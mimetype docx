--- v0 (2025-10-14)
+++ v1 (2025-11-04)
@@ -1,66 +1,62 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
-[...1 lines deleted...]
-  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/glossary/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.glossary+xml"/>
   <Override PartName="/word/glossary/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/glossary/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/glossary/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/glossary/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="642A6536" w14:textId="645C331D" w:rsidR="00156610" w:rsidRDefault="00D81FA6" w:rsidP="00D81FA6">
+    <w:p w14:paraId="642A6536" w14:textId="132F1C3B" w:rsidR="00156610" w:rsidRDefault="00D81FA6" w:rsidP="00D81FA6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="009F6CE1">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t>HSIP</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
@@ -118,110 +114,130 @@
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="004322D6" w:rsidRPr="000D4C19">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve">State </w:t>
       </w:r>
       <w:r w:rsidR="00D746CB" w:rsidRPr="000D4C19">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>FY 202</w:t>
       </w:r>
-      <w:r w:rsidR="00793239">
+      <w:r w:rsidR="001F6FC6">
         <w:rPr>
           <w:b/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>6</w:t>
+        <w:t>7</w:t>
       </w:r>
       <w:r w:rsidR="003D235E" w:rsidRPr="003D235E">
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38EE82D2" w14:textId="311D8C94" w:rsidR="00156610" w:rsidRPr="00156610" w:rsidRDefault="003D235E" w:rsidP="00156610">
+    <w:p w14:paraId="38EE82D2" w14:textId="345EE4F3" w:rsidR="00156610" w:rsidRPr="00156610" w:rsidRDefault="003D235E" w:rsidP="00156610">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003D235E">
         <w:rPr>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="28"/>
           <w:szCs w:val="28"/>
         </w:rPr>
-        <w:t>(Due November 15, 2024)</w:t>
+        <w:t>(Due November 15, 202</w:t>
+      </w:r>
+      <w:r w:rsidR="001F6FC6">
+        <w:rPr>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+      <w:r w:rsidRPr="003D235E">
+        <w:rPr>
+          <w:bCs/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="28"/>
+          <w:szCs w:val="28"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="74DB492B" w14:textId="77777777" w:rsidR="00D81FA6" w:rsidRPr="00BC2F65" w:rsidRDefault="00D81FA6" w:rsidP="004B7E07">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BC2F65">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:b/>
         </w:rPr>
         <w:t>General Information:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B92F674" w14:textId="0EB01B86" w:rsidR="00D81FA6" w:rsidRPr="00945A18" w:rsidRDefault="00D81FA6" w:rsidP="004B7E07">
+    <w:p w14:paraId="1B92F674" w14:textId="24B068D6" w:rsidR="00D81FA6" w:rsidRPr="00945A18" w:rsidRDefault="00D81FA6" w:rsidP="004B7E07">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="2340"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00D769BA">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>Agency</w:t>
       </w:r>
       <w:r w:rsidRPr="00945A18">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
@@ -243,94 +259,94 @@
             <w:name w:val="Text1"/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="Text1"/>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00B0510C">
+      <w:r w:rsidR="001728BA">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00B0510C">
+      <w:r w:rsidR="001728BA">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00B0510C">
+      <w:r w:rsidR="001728BA">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00B0510C">
+      <w:r w:rsidR="001728BA">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00B0510C">
+      <w:r w:rsidR="001728BA">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:p w14:paraId="70056F1E" w14:textId="409072A0" w:rsidR="00D81FA6" w:rsidRPr="00945A18" w:rsidRDefault="00D81FA6" w:rsidP="004B7E07">
+    <w:p w14:paraId="70056F1E" w14:textId="6694B4CA" w:rsidR="00D81FA6" w:rsidRPr="00945A18" w:rsidRDefault="00D81FA6" w:rsidP="004B7E07">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="2340"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Contact Person:  </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
@@ -341,93 +357,93 @@
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:statusText w:type="text" w:val="Contact Person"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00B0510C">
+      <w:r w:rsidR="001728BA">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00B0510C">
+      <w:r w:rsidR="001728BA">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00B0510C">
+      <w:r w:rsidR="001728BA">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00B0510C">
+      <w:r w:rsidR="001728BA">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00B0510C">
+      <w:r w:rsidR="001728BA">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B84CDD5" w14:textId="5369738A" w:rsidR="00D81FA6" w:rsidRPr="00945A18" w:rsidRDefault="00D81FA6" w:rsidP="004B7E07">
+    <w:p w14:paraId="1B84CDD5" w14:textId="0268F794" w:rsidR="00D81FA6" w:rsidRPr="00945A18" w:rsidRDefault="00D81FA6" w:rsidP="004B7E07">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="2340"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00945A18">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t>Phone Number:</w:t>
       </w:r>
       <w:r w:rsidRPr="00945A18">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
@@ -442,93 +458,93 @@
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00B0510C">
+      <w:r w:rsidR="001728BA">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00B0510C">
+      <w:r w:rsidR="001728BA">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00B0510C">
+      <w:r w:rsidR="001728BA">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00B0510C">
+      <w:r w:rsidR="001728BA">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00B0510C">
+      <w:r w:rsidR="001728BA">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="50A8814F" w14:textId="14E8C5EC" w:rsidR="004B7E07" w:rsidRDefault="00D81FA6" w:rsidP="004B7E07">
+    <w:p w14:paraId="50A8814F" w14:textId="4F518F2E" w:rsidR="004B7E07" w:rsidRDefault="00D81FA6" w:rsidP="004B7E07">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="2340"/>
         </w:tabs>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00945A18">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:t xml:space="preserve">Email Address: </w:t>
       </w:r>
       <w:r w:rsidRPr="00945A18">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
@@ -543,79 +559,79 @@
           <w:ffData>
             <w:name w:val=""/>
             <w:enabled/>
             <w:calcOnExit w:val="0"/>
             <w:textInput/>
           </w:ffData>
         </w:fldChar>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00B0510C">
+      <w:r w:rsidR="001728BA">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00B0510C">
+      <w:r w:rsidR="001728BA">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00B0510C">
+      <w:r w:rsidR="001728BA">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00B0510C">
+      <w:r w:rsidR="001728BA">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
-      <w:r w:rsidR="00B0510C">
+      <w:r w:rsidR="001728BA">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:noProof/>
         </w:rPr>
         <w:t> </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:p w14:paraId="6FEF6B4A" w14:textId="77777777" w:rsidR="00004CF0" w:rsidRPr="00004CF0" w:rsidRDefault="00D81FA6" w:rsidP="001F26F9">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="2340"/>
         </w:tabs>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
@@ -1637,50 +1653,51 @@
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>varies</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B0510C" w14:paraId="1901152D" w14:textId="77777777" w:rsidTr="001F26F9">
         <w:trPr>
           <w:trHeight w:val="302"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:bCs/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:id w:val="-1079210992"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="557" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="485F83F1" w14:textId="4D116072" w:rsidR="00B0510C" w:rsidRPr="004D17BD" w:rsidRDefault="00B0510C" w:rsidP="00B0510C">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:b/>
                     <w:sz w:val="21"/>
                     <w:szCs w:val="21"/>
                     <w:u w:val="single"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00156610">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
@@ -1746,50 +1763,51 @@
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>7-10%</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:bCs/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:id w:val="-1490854535"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="596" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="630769F1" w14:textId="2546BFDC" w:rsidR="00B0510C" w:rsidRPr="00156610" w:rsidRDefault="00B0510C" w:rsidP="00B0510C">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:bCs/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00156610">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
@@ -2055,50 +2073,51 @@
                 <w:vertAlign w:val="subscript"/>
               </w:rPr>
               <w:t>night)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00B0510C" w14:paraId="3F7F0F0E" w14:textId="77777777" w:rsidTr="001F26F9">
         <w:trPr>
           <w:trHeight w:val="302"/>
         </w:trPr>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:bCs/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:id w:val="-1493938763"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="557" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="579B5722" w14:textId="3B2B813E" w:rsidR="00B0510C" w:rsidRPr="004D17BD" w:rsidRDefault="00B0510C" w:rsidP="00B0510C">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:b/>
                     <w:sz w:val="21"/>
                     <w:szCs w:val="21"/>
                     <w:u w:val="single"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00156610">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
@@ -2149,50 +2168,51 @@
               <w:rPr>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t>varies</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:bCs/>
               <w:sz w:val="24"/>
               <w:szCs w:val="24"/>
             </w:rPr>
             <w:id w:val="1357766386"/>
             <w14:checkbox>
               <w14:checked w14:val="0"/>
               <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
               <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
             </w14:checkbox>
           </w:sdtPr>
+          <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="596" w:type="dxa"/>
               </w:tcPr>
               <w:p w14:paraId="25E26B9F" w14:textId="234D9D3F" w:rsidR="00B0510C" w:rsidRPr="00156610" w:rsidRDefault="00B0510C" w:rsidP="00B0510C">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:bCs/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00156610">
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
@@ -2558,51 +2578,51 @@
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:bCs/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r>
                   <w:rPr>
                     <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
                     <w:bCs/>
                     <w:sz w:val="24"/>
                     <w:szCs w:val="24"/>
                   </w:rPr>
                   <w:t>☐</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3419" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="400E61DB" w14:textId="615DF415" w:rsidR="003B30EE" w:rsidRPr="004D17BD" w:rsidRDefault="003B30EE" w:rsidP="003B30EE">
+          <w:p w14:paraId="400E61DB" w14:textId="105A4629" w:rsidR="003B30EE" w:rsidRPr="004D17BD" w:rsidRDefault="003B30EE" w:rsidP="003B30EE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D17BD">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t xml:space="preserve">Other: </w:t>
             </w:r>
             <w:r w:rsidRPr="004D17BD">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
@@ -2618,116 +2638,116 @@
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="004D17BD">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="004D17BD">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00B0510C">
+            <w:r w:rsidR="001728BA">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00B0510C">
+            <w:r w:rsidR="001728BA">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00B0510C">
+            <w:r w:rsidR="001728BA">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00B0510C">
+            <w:r w:rsidR="001728BA">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00B0510C">
+            <w:r w:rsidR="001728BA">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004D17BD">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="901" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="02CCDA77" w14:textId="302BF0AA" w:rsidR="003B30EE" w:rsidRPr="004D17BD" w:rsidRDefault="003B30EE" w:rsidP="003B30EE">
+          <w:p w14:paraId="02CCDA77" w14:textId="771633B4" w:rsidR="003B30EE" w:rsidRPr="004D17BD" w:rsidRDefault="003B30EE" w:rsidP="003B30EE">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004D17BD">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
@@ -2735,91 +2755,91 @@
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="004D17BD">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="004D17BD">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00B0510C">
+            <w:r w:rsidR="001728BA">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00B0510C">
+            <w:r w:rsidR="001728BA">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00B0510C">
+            <w:r w:rsidR="001728BA">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00B0510C">
+            <w:r w:rsidR="001728BA">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00B0510C">
+            <w:r w:rsidR="001728BA">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004D17BD">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="7DEE09A9" w14:textId="6206BB10" w:rsidR="00156610" w:rsidRPr="00156610" w:rsidRDefault="00156610" w:rsidP="00156610">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
@@ -2984,51 +3004,51 @@
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>**</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:tab/>
         <w:t>Typical projects include 4-lane to 3-lane conversions (30% CRF) or similar</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5B8BB5C2" w14:textId="11012792" w:rsidR="004B7E07" w:rsidRDefault="004B7E07" w:rsidP="00BC2F65">
+    <w:p w14:paraId="5B8BB5C2" w14:textId="24119A44" w:rsidR="004B7E07" w:rsidRDefault="004B7E07" w:rsidP="00BC2F65">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>**</w:t>
       </w:r>
       <w:r w:rsidR="003B30EE">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
@@ -3075,1041 +3095,931 @@
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>projects: c</w:t>
       </w:r>
       <w:r w:rsidR="006867AC">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>rosswalk</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> signing</w:t>
       </w:r>
-      <w:r w:rsidR="00E429F6">
+      <w:r w:rsidR="001F6FC6">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> + </w:t>
+        <w:t>/</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">marking </w:t>
       </w:r>
       <w:r w:rsidR="00850BD8">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">with </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>RRFB</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00E37DA2">
+        <w:t>PHB (HAWK)</w:t>
+      </w:r>
+      <w:r w:rsidR="006867AC">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="004322D6">
+      <w:r w:rsidR="001F6FC6">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>or</w:t>
-[...44 lines deleted...]
-        <w:t>CRF)</w:t>
+        <w:t>or other as part of a lane reconfiguration</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="55C75B91" w14:textId="77777777" w:rsidR="00C47276" w:rsidRDefault="00D81FA6" w:rsidP="003E00C3">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BC2F65">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Project Details:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B036F68" w14:textId="7BCF0DB7" w:rsidR="00004CF0" w:rsidRPr="00BC2F65" w:rsidRDefault="00C47276" w:rsidP="003E00C3">
+    <w:p w14:paraId="7E8A2C43" w14:textId="1DC6AF0B" w:rsidR="001728BA" w:rsidRPr="00BC2F65" w:rsidRDefault="001728BA" w:rsidP="001728BA">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidRPr="007F3B43">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>Note:</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidRPr="00E37DA2">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t>HSIP-Local ‘Swap’ projects must be let through</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00705AFE">
+        <w:t xml:space="preserve">HSIP-Local ‘Swap’ projects must be </w:t>
+      </w:r>
+      <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Iowa </w:t>
+        <w:t xml:space="preserve">Iowa </w:t>
       </w:r>
       <w:r w:rsidRPr="00E37DA2">
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>DOT</w:t>
       </w:r>
-      <w:r w:rsidR="00705AFE">
+      <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">. See </w:t>
-[...29 lines deleted...]
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> letting. See Local Systems Bureau </w:t>
       </w:r>
       <w:hyperlink r:id="rId8" w:history="1">
         <w:r w:rsidRPr="00004CF0">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:rFonts w:cstheme="minorHAnsi"/>
             <w:i/>
             <w:iCs/>
             <w:sz w:val="20"/>
             <w:szCs w:val="20"/>
           </w:rPr>
           <w:t>IM 1.150</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00D12B61">
+      <w:r>
         <w:rPr>
           <w:rFonts w:cstheme="minorHAnsi"/>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">, </w:t>
-[...9 lines deleted...]
-        <w:t>Appendix A)</w:t>
+        <w:t xml:space="preserve"> re: letting and TIP)</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
-        <w:tblW w:w="10075" w:type="dxa"/>
+        <w:tblW w:w="10345" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2784"/>
-[...3 lines deleted...]
-        <w:gridCol w:w="1890"/>
+        <w:gridCol w:w="3097"/>
+        <w:gridCol w:w="540"/>
+        <w:gridCol w:w="1218"/>
+        <w:gridCol w:w="2059"/>
+        <w:gridCol w:w="1721"/>
         <w:gridCol w:w="1710"/>
       </w:tblGrid>
-      <w:tr w:rsidR="004A1924" w14:paraId="431740F1" w14:textId="77777777" w:rsidTr="004A1924">
+      <w:tr w:rsidR="00F87E63" w14:paraId="33E31A11" w14:textId="77777777" w:rsidTr="00F87E63">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2784" w:type="dxa"/>
+            <w:tcW w:w="3097" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="708D689B" w14:textId="7CFC89D2" w:rsidR="003D235E" w:rsidRPr="004A1924" w:rsidRDefault="003D235E" w:rsidP="003E00C3">
+          <w:p w14:paraId="5E1F74C8" w14:textId="77777777" w:rsidR="001728BA" w:rsidRPr="004A1924" w:rsidRDefault="001728BA" w:rsidP="002F1F8E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
+            <w:bookmarkStart w:id="1" w:name="_Hlk177731963"/>
             <w:r w:rsidRPr="004A1924">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
-              <w:t>Targeted letting fiscal year:</w:t>
+              <w:t>Target letting</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> State</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004A1924">
+              <w:rPr>
+                <w:rFonts w:cstheme="minorHAnsi"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Fiscal Year:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="451" w:type="dxa"/>
+            <w:tcW w:w="540" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7BF2FA91" w14:textId="5DCBE4CC" w:rsidR="003D235E" w:rsidRPr="004A1924" w:rsidRDefault="003D235E" w:rsidP="003E00C3">
+          <w:p w14:paraId="77D00D1F" w14:textId="77777777" w:rsidR="001728BA" w:rsidRPr="004A1924" w:rsidRDefault="001728BA" w:rsidP="002F1F8E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:b/>
+              </w:rPr>
+              <w:t>S</w:t>
+            </w:r>
             <w:r w:rsidRPr="004A1924">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>FY</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcW w:w="1218" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="33837B0C" w14:textId="3D73030C" w:rsidR="003D235E" w:rsidRPr="004A1924" w:rsidRDefault="003D235E" w:rsidP="003E00C3">
+          <w:p w14:paraId="039450C2" w14:textId="77777777" w:rsidR="001728BA" w:rsidRPr="004A1924" w:rsidRDefault="001728BA" w:rsidP="002F1F8E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004A1924">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="004A1924">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="004A1924">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="004A1924">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00B0510C">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00B0510C">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00B0510C">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00B0510C">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00B0510C">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004A1924">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1890" w:type="dxa"/>
+            <w:tcW w:w="2059" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="628BB46D" w14:textId="0EDDD6B7" w:rsidR="003D235E" w:rsidRPr="004A1924" w:rsidRDefault="003D235E" w:rsidP="003E00C3">
+          <w:p w14:paraId="6BEAC491" w14:textId="77777777" w:rsidR="001728BA" w:rsidRPr="004A1924" w:rsidRDefault="001728BA" w:rsidP="002F1F8E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004A1924">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>FY Flexible?</w:t>
             </w:r>
-            <w:r w:rsidR="00D81314" w:rsidRPr="004A1924">
+            <w:r w:rsidRPr="004A1924">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:bCs/>
             </w:rPr>
             <w:id w:val="-529416662"/>
             <w:placeholder>
-              <w:docPart w:val="296B0AAC6EB04D30A8E03383C7B6F0CD"/>
+              <w:docPart w:val="437818D2CA5847BEA015D3BEDACEE96B"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:dropDownList>
               <w:listItem w:value="Choose an item."/>
               <w:listItem w:displayText="Yes" w:value="Yes"/>
               <w:listItem w:displayText="No" w:value="No"/>
               <w:listItem w:displayText="Would Consider" w:value="Would Consider"/>
             </w:dropDownList>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
-                <w:tcW w:w="1890" w:type="dxa"/>
+                <w:tcW w:w="1721" w:type="dxa"/>
               </w:tcPr>
-              <w:p w14:paraId="24959DA1" w14:textId="3759933F" w:rsidR="003D235E" w:rsidRPr="004A1924" w:rsidRDefault="00FB5243" w:rsidP="003E00C3">
+              <w:p w14:paraId="2883E151" w14:textId="77777777" w:rsidR="001728BA" w:rsidRPr="004A1924" w:rsidRDefault="001728BA" w:rsidP="002F1F8E">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:rPr>
                     <w:bCs/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00593FEB">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Choose an item.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1710" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1ACCEFC6" w14:textId="0027CF5E" w:rsidR="003D235E" w:rsidRPr="004A1924" w:rsidRDefault="00004CF0" w:rsidP="003E00C3">
+          <w:p w14:paraId="6667B6F7" w14:textId="77777777" w:rsidR="001728BA" w:rsidRPr="004A1924" w:rsidRDefault="001728BA" w:rsidP="002F1F8E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004A1924">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="004A1924">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="004A1924">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="004A1924">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00B0510C">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00B0510C">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00B0510C">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00B0510C">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00B0510C">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004A1924">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="003D235E" w14:paraId="2B37AC0A" w14:textId="77777777" w:rsidTr="004A1924">
+      <w:tr w:rsidR="00F87E63" w14:paraId="623BB85E" w14:textId="77777777" w:rsidTr="00F87E63">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="2784" w:type="dxa"/>
+            <w:tcW w:w="3097" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="58362751" w14:textId="342B522E" w:rsidR="003D235E" w:rsidRPr="004A1924" w:rsidRDefault="003D235E" w:rsidP="003E00C3">
+          <w:p w14:paraId="2A6BCD14" w14:textId="77777777" w:rsidR="001728BA" w:rsidRPr="004A1924" w:rsidRDefault="001728BA" w:rsidP="002F1F8E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004A1924">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>Estimated funding request:</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="451" w:type="dxa"/>
+            <w:tcW w:w="540" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="308F3F0B" w14:textId="721541BE" w:rsidR="003D235E" w:rsidRPr="004A1924" w:rsidRDefault="003D235E" w:rsidP="003E00C3">
+          <w:p w14:paraId="04A73603" w14:textId="77777777" w:rsidR="001728BA" w:rsidRPr="004A1924" w:rsidRDefault="001728BA" w:rsidP="002F1F8E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004A1924">
               <w:rPr>
                 <w:b/>
               </w:rPr>
               <w:t>$</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1350" w:type="dxa"/>
+            <w:tcW w:w="1218" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="02726310" w14:textId="642EAA9F" w:rsidR="003D235E" w:rsidRPr="004A1924" w:rsidRDefault="003B30EE" w:rsidP="003E00C3">
+          <w:p w14:paraId="1DCFB7FB" w14:textId="5B2921D8" w:rsidR="001728BA" w:rsidRPr="004A1924" w:rsidRDefault="00F87E63" w:rsidP="002F1F8E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004A1924">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput/>
                 </w:ffData>
               </w:fldChar>
             </w:r>
             <w:r w:rsidRPr="004A1924">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="004A1924">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
             </w:r>
             <w:r w:rsidRPr="004A1924">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00B0510C">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00B0510C">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00B0510C">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00B0510C">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00B0510C">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:noProof/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r w:rsidRPr="004A1924">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3780" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
           </w:tcPr>
-          <w:p w14:paraId="6B196292" w14:textId="1DD77A44" w:rsidR="003D235E" w:rsidRPr="004A1924" w:rsidRDefault="003D235E" w:rsidP="003E00C3">
+          <w:p w14:paraId="44D1D613" w14:textId="77777777" w:rsidR="001728BA" w:rsidRPr="004A1924" w:rsidRDefault="001728BA" w:rsidP="002F1F8E">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:b/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004A1924">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve">Project </w:t>
             </w:r>
-            <w:r w:rsidR="00705AFE">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve">also </w:t>
             </w:r>
             <w:r w:rsidRPr="004A1924">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>include</w:t>
             </w:r>
-            <w:r w:rsidR="00705AFE">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>s</w:t>
             </w:r>
             <w:r w:rsidRPr="004A1924">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t xml:space="preserve"> Federal</w:t>
             </w:r>
-            <w:r w:rsidR="00705AFE">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>-a</w:t>
             </w:r>
             <w:r w:rsidRPr="004A1924">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
               </w:rPr>
               <w:t>id funds?</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:bCs/>
             </w:rPr>
             <w:id w:val="1301967252"/>
             <w:placeholder>
-              <w:docPart w:val="91A2E1FFD4634C0A945FF0AD2F6BDCA9"/>
+              <w:docPart w:val="790A03D121B04598BF61DC3ABC30AE3E"/>
             </w:placeholder>
             <w:showingPlcHdr/>
             <w:dropDownList>
               <w:listItem w:value="Choose an item."/>
               <w:listItem w:displayText="Yes" w:value="Yes"/>
               <w:listItem w:displayText="No" w:value="No"/>
               <w:listItem w:displayText="TBD" w:value="TBD"/>
             </w:dropDownList>
           </w:sdtPr>
           <w:sdtEndPr/>
           <w:sdtContent>
             <w:tc>
               <w:tcPr>
                 <w:tcW w:w="1710" w:type="dxa"/>
               </w:tcPr>
-              <w:p w14:paraId="1292F7C3" w14:textId="17DC111F" w:rsidR="003D235E" w:rsidRPr="004A1924" w:rsidRDefault="004A1924" w:rsidP="00156610">
+              <w:p w14:paraId="410E7217" w14:textId="29B5B725" w:rsidR="001728BA" w:rsidRPr="004A1924" w:rsidRDefault="00F87E63" w:rsidP="002F1F8E">
                 <w:pPr>
                   <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
                   <w:jc w:val="center"/>
                   <w:rPr>
                     <w:b/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00593FEB">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Choose an item.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
-      <w:tr w:rsidR="00F010DC" w14:paraId="10C910E8" w14:textId="77777777" w:rsidTr="003D235E">
+      <w:tr w:rsidR="001728BA" w14:paraId="4A89F075" w14:textId="77777777" w:rsidTr="001728BA">
         <w:trPr>
           <w:trHeight w:val="947"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="10075" w:type="dxa"/>
+            <w:tcW w:w="10345" w:type="dxa"/>
             <w:gridSpan w:val="6"/>
           </w:tcPr>
-          <w:p w14:paraId="26B2D8B8" w14:textId="1E11BB07" w:rsidR="00004CF0" w:rsidRDefault="00786B7C" w:rsidP="00004CF0">
+          <w:p w14:paraId="281CCA16" w14:textId="77777777" w:rsidR="001728BA" w:rsidRDefault="001728BA" w:rsidP="002F1F8E">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="2340"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t>Enter g</w:t>
             </w:r>
-            <w:r w:rsidR="004A1924" w:rsidRPr="004A1924">
+            <w:r w:rsidRPr="004A1924">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
-              <w:t xml:space="preserve">eneral project description including routes and </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00004CF0" w:rsidRPr="004A1924">
+              <w:t>eneral project description including routes and locations</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
-              <w:t>locations</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00705AFE">
+              <w:t>/limits</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004A1924">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
-              <w:t>/limits</w:t>
-[...7 lines deleted...]
-              </w:rPr>
               <w:t>.</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0C5E17F0" w14:textId="37E17BA9" w:rsidR="00F010DC" w:rsidRPr="004A1924" w:rsidRDefault="004A1924" w:rsidP="00004CF0">
+          <w:p w14:paraId="738182F5" w14:textId="77777777" w:rsidR="001728BA" w:rsidRPr="004A1924" w:rsidRDefault="001728BA" w:rsidP="002F1F8E">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="2340"/>
               </w:tabs>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="004A1924">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t>(</w:t>
             </w:r>
-            <w:r w:rsidR="00004CF0">
+            <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
-              <w:t>Please</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="000715AA">
+              <w:t xml:space="preserve">Please </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004A1924">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="004A1924">
+              <w:t>attach map</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
-              <w:t>attach map</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00FE677D">
+              <w:t>, cost estimate, and typical cross-section</w:t>
+            </w:r>
+            <w:r w:rsidRPr="004A1924">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
-              <w:t xml:space="preserve">, cost estimate, and </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00705AFE">
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
-              <w:t xml:space="preserve">typical </w:t>
-[...1 lines deleted...]
-            <w:r w:rsidR="00FE677D">
+              <w:t xml:space="preserve">when </w:t>
+            </w:r>
+            <w:r w:rsidRPr="004A1924">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
-              <w:t>cross-section</w:t>
-[...1 lines deleted...]
-            <w:r w:rsidRPr="004A1924">
+              <w:t>possible</w:t>
+            </w:r>
+            <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
-              <w:t xml:space="preserve"> </w:t>
-[...35 lines deleted...]
-              <w:t>.</w:t>
+              <w:t xml:space="preserve"> and applicable.</w:t>
             </w:r>
             <w:r w:rsidRPr="004A1924">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:i/>
                 <w:iCs/>
               </w:rPr>
               <w:t>)</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7AB06D1B" w14:textId="16A10477" w:rsidR="00D81FA6" w:rsidRPr="003E00C3" w:rsidRDefault="00D81FA6" w:rsidP="00D81FA6">
+    <w:bookmarkEnd w:id="1"/>
+    <w:p w14:paraId="7AB06D1B" w14:textId="687904B9" w:rsidR="00D81FA6" w:rsidRPr="003E00C3" w:rsidRDefault="00D81FA6" w:rsidP="00D81FA6">
       <w:pPr>
         <w:spacing w:after="0"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="003E00C3">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>Additional Project Safety Documentation</w:t>
       </w:r>
       <w:r w:rsidR="006D14F1" w:rsidRPr="003E00C3">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="006D14F1" w:rsidRPr="00FE677D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
@@ -4133,51 +4043,51 @@
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">attach </w:t>
       </w:r>
       <w:r w:rsidR="006D14F1" w:rsidRPr="00FE677D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>when available)</w:t>
       </w:r>
       <w:r w:rsidRPr="00FE677D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:i/>
           <w:iCs/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D569EB7" w14:textId="1BBBC9A5" w:rsidR="00D81FA6" w:rsidRPr="00FE677D" w:rsidRDefault="000525AE" w:rsidP="004A006A">
+    <w:p w14:paraId="5D569EB7" w14:textId="1BBBC9A5" w:rsidR="00D81FA6" w:rsidRPr="00FE677D" w:rsidRDefault="004705E4" w:rsidP="004A006A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0"/>
         <w:ind w:left="180"/>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:bCs/>
           </w:rPr>
           <w:id w:val="-190764863"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00FE677D">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
               <w:bCs/>
             </w:rPr>
             <w:t>☐</w:t>
@@ -4201,51 +4111,51 @@
       </w:r>
       <w:r w:rsidR="005C776C" w:rsidRPr="00FE677D">
         <w:t>/</w:t>
       </w:r>
       <w:r w:rsidR="00D769BA" w:rsidRPr="00FE677D">
         <w:t>C</w:t>
       </w:r>
       <w:r w:rsidR="00E429F6" w:rsidRPr="00FE677D">
         <w:t>ity</w:t>
       </w:r>
       <w:r w:rsidR="00FE677D">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00D81FA6" w:rsidRPr="00FE677D">
         <w:rPr>
           <w:b/>
           <w:bCs/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Local Road Safety Plan</w:t>
       </w:r>
       <w:r w:rsidR="00F11267" w:rsidRPr="00FE677D">
         <w:t xml:space="preserve"> (LRSP)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="318825F1" w14:textId="2D182E13" w:rsidR="003E00C3" w:rsidRPr="00FE677D" w:rsidRDefault="000525AE" w:rsidP="004A006A">
+    <w:p w14:paraId="318825F1" w14:textId="2D182E13" w:rsidR="003E00C3" w:rsidRPr="00FE677D" w:rsidRDefault="004705E4" w:rsidP="004A006A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0"/>
         <w:ind w:left="180"/>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:bCs/>
           </w:rPr>
           <w:id w:val="-703018561"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00FE677D">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
               <w:bCs/>
             </w:rPr>
             <w:t>☐</w:t>
@@ -4287,51 +4197,51 @@
         </w:rPr>
         <w:t>Safety Action Pla</w:t>
       </w:r>
       <w:r w:rsidR="00F11267" w:rsidRPr="00FE677D">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>n</w:t>
       </w:r>
       <w:r w:rsidR="00F11267" w:rsidRPr="00FE677D">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="003E00C3" w:rsidRPr="00FE677D">
         <w:t>or similar</w:t>
       </w:r>
       <w:r w:rsidR="004A006A" w:rsidRPr="00FE677D">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00D12B61">
         <w:t xml:space="preserve">LPA </w:t>
       </w:r>
       <w:r w:rsidR="004A006A" w:rsidRPr="00FE677D">
         <w:t>comprehensive transportation safety plan</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="750B1AB8" w14:textId="67CB481C" w:rsidR="00C075B4" w:rsidRPr="00FE677D" w:rsidRDefault="000525AE" w:rsidP="004A006A">
+    <w:p w14:paraId="750B1AB8" w14:textId="67CB481C" w:rsidR="00C075B4" w:rsidRPr="00FE677D" w:rsidRDefault="004705E4" w:rsidP="004A006A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0"/>
         <w:ind w:left="180"/>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:bCs/>
           </w:rPr>
           <w:id w:val="915755412"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00FE677D">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
               <w:bCs/>
             </w:rPr>
             <w:t>☐</w:t>
@@ -4355,51 +4265,51 @@
       <w:r w:rsidR="00C075B4" w:rsidRPr="00FE677D">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> Study</w:t>
       </w:r>
       <w:r w:rsidR="00C075B4" w:rsidRPr="00FE677D">
         <w:t xml:space="preserve"> or </w:t>
       </w:r>
       <w:r w:rsidR="00F11267" w:rsidRPr="00FE677D">
         <w:t>similar</w:t>
       </w:r>
       <w:r w:rsidR="00C075B4" w:rsidRPr="00FE677D">
         <w:t xml:space="preserve"> analysis and</w:t>
       </w:r>
       <w:r w:rsidR="002771C7">
         <w:t xml:space="preserve">/or project </w:t>
       </w:r>
       <w:r w:rsidR="00C075B4" w:rsidRPr="00FE677D">
         <w:t>concept</w:t>
       </w:r>
       <w:r w:rsidR="002771C7">
         <w:t>/exhibits</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3D883F63" w14:textId="224936B0" w:rsidR="00092295" w:rsidRPr="00FE677D" w:rsidRDefault="000525AE" w:rsidP="004A006A">
+    <w:p w14:paraId="3D883F63" w14:textId="4CC84C74" w:rsidR="00092295" w:rsidRPr="00FE677D" w:rsidRDefault="004705E4" w:rsidP="004A006A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0"/>
         <w:ind w:left="180"/>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:bCs/>
           </w:rPr>
           <w:id w:val="-928495110"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00FE677D">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
               <w:bCs/>
             </w:rPr>
             <w:t>☐</w:t>
@@ -4453,57 +4363,65 @@
           </w:rPr>
           <w:t xml:space="preserve">TSIP </w:t>
         </w:r>
         <w:r w:rsidR="00092295" w:rsidRPr="00FE677D">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Benefit/Cost</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00FE677D">
         <w:t xml:space="preserve"> analysis, </w:t>
       </w:r>
       <w:hyperlink r:id="rId10" w:history="1">
         <w:r w:rsidR="00FE677D" w:rsidRPr="002771C7">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>ICAT</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="00FE677D">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="002771C7">
-        <w:t>reports/collision diagrams, etc)</w:t>
+        <w:t xml:space="preserve">reports/collision diagrams, </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="002771C7">
+        <w:t>etc</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="002771C7">
+        <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="00092295" w:rsidRPr="00FE677D">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="003D79D1" w14:textId="09DEC412" w:rsidR="001725F2" w:rsidRPr="007C2455" w:rsidRDefault="000525AE" w:rsidP="004A006A">
+    <w:p w14:paraId="003D79D1" w14:textId="502FBFC4" w:rsidR="001725F2" w:rsidRPr="007C2455" w:rsidRDefault="004705E4" w:rsidP="004A006A">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:spacing w:after="0"/>
         <w:ind w:left="180"/>
       </w:pPr>
       <w:sdt>
         <w:sdtPr>
           <w:rPr>
             <w:bCs/>
           </w:rPr>
           <w:id w:val="-1651205416"/>
           <w14:checkbox>
             <w14:checked w14:val="0"/>
             <w14:checkedState w14:val="2612" w14:font="MS Gothic"/>
             <w14:uncheckedState w14:val="2610" w14:font="MS Gothic"/>
           </w14:checkbox>
         </w:sdtPr>
         <w:sdtEndPr/>
         <w:sdtContent>
           <w:r w:rsidR="00FE677D">
             <w:rPr>
               <w:rFonts w:ascii="MS Gothic" w:eastAsia="MS Gothic" w:hAnsi="MS Gothic" w:hint="eastAsia"/>
               <w:bCs/>
             </w:rPr>
             <w:t>☐</w:t>
@@ -4541,51 +4459,51 @@
       </w:r>
       <w:r w:rsidR="00727F11" w:rsidRPr="00FE677D">
         <w:t>from the</w:t>
       </w:r>
       <w:r w:rsidR="001725F2">
         <w:t xml:space="preserve"> Iowa DOT </w:t>
       </w:r>
       <w:r w:rsidR="008D055B" w:rsidRPr="002771C7">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Potential for Crash Reduction</w:t>
       </w:r>
       <w:r w:rsidR="001725F2" w:rsidRPr="002771C7">
         <w:rPr>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t xml:space="preserve"> (PCR)</w:t>
       </w:r>
       <w:r w:rsidR="005C776C">
         <w:t xml:space="preserve"> web-based map</w:t>
       </w:r>
       <w:r w:rsidR="00092295">
         <w:t xml:space="preserve"> tool</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="000525AE">
         <w:t xml:space="preserve"> (click pop-ups)</w:t>
       </w:r>
       <w:r w:rsidR="00D81FA6" w:rsidRPr="00E37DA2">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId11" w:history="1">
         <w:r w:rsidR="00092295" w:rsidRPr="005C776C">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>https://pcr.iowadot.gov/</w:t>
         </w:r>
       </w:hyperlink>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="10131" w:type="dxa"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="808080" w:themeColor="background1" w:themeShade="80"/>
@@ -4789,51 +4707,51 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FB5243">
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t>Level</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="000715AA" w14:paraId="0BB1B77C" w14:textId="77777777" w:rsidTr="00755372">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="8" w:type="dxa"/>
           <w:trHeight w:val="285"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1975" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1653D5BF" w14:textId="49EA7DD7" w:rsidR="000715AA" w:rsidRPr="004D17BD" w:rsidRDefault="000715AA" w:rsidP="00156610">
+          <w:p w14:paraId="1653D5BF" w14:textId="77DBFB51" w:rsidR="000715AA" w:rsidRPr="004D17BD" w:rsidRDefault="000715AA" w:rsidP="00156610">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:type w:val="number"/>
                     <w:maxLength w:val="10"/>
@@ -4845,116 +4763,116 @@
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00B0510C">
+            <w:r w:rsidR="001728BA">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00B0510C">
+            <w:r w:rsidR="001728BA">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00B0510C">
+            <w:r w:rsidR="001728BA">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00B0510C">
+            <w:r w:rsidR="001728BA">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00B0510C">
+            <w:r w:rsidR="001728BA">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4590" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="09C14EFD" w14:textId="1764119A" w:rsidR="000715AA" w:rsidRPr="004D17BD" w:rsidRDefault="000715AA" w:rsidP="00156610">
+          <w:p w14:paraId="09C14EFD" w14:textId="74779F26" w:rsidR="000715AA" w:rsidRPr="004D17BD" w:rsidRDefault="000715AA" w:rsidP="00156610">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="36"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
@@ -4962,91 +4880,91 @@
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00B0510C">
+            <w:r w:rsidR="001728BA">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00B0510C">
+            <w:r w:rsidR="001728BA">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00B0510C">
+            <w:r w:rsidR="001728BA">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00B0510C">
+            <w:r w:rsidR="001728BA">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00B0510C">
+            <w:r w:rsidR="001728BA">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:bCs/>
             </w:rPr>
@@ -5120,51 +5038,51 @@
                     <w:sz w:val="21"/>
                     <w:szCs w:val="21"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00593FEB">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Choose an item.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="000715AA" w14:paraId="7064B4BF" w14:textId="77777777" w:rsidTr="00A335E0">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="8" w:type="dxa"/>
           <w:trHeight w:val="285"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1975" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3BD8BDE7" w14:textId="37F1F4CC" w:rsidR="000715AA" w:rsidRPr="004D17BD" w:rsidRDefault="000715AA" w:rsidP="00156610">
+          <w:p w14:paraId="3BD8BDE7" w14:textId="1B9273E4" w:rsidR="000715AA" w:rsidRPr="004D17BD" w:rsidRDefault="000715AA" w:rsidP="00156610">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:b/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
                 <w:u w:val="single"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="10"/>
                   </w:textInput>
@@ -5175,116 +5093,116 @@
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00B0510C">
+            <w:r w:rsidR="001728BA">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00B0510C">
+            <w:r w:rsidR="001728BA">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00B0510C">
+            <w:r w:rsidR="001728BA">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00B0510C">
+            <w:r w:rsidR="001728BA">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00B0510C">
+            <w:r w:rsidR="001728BA">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4590" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="11EF45B7" w14:textId="0623ACE2" w:rsidR="000715AA" w:rsidRPr="004D17BD" w:rsidRDefault="000715AA" w:rsidP="00156610">
+          <w:p w14:paraId="11EF45B7" w14:textId="046BF6B0" w:rsidR="000715AA" w:rsidRPr="004D17BD" w:rsidRDefault="000715AA" w:rsidP="00156610">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="36"/>
                   </w:textInput>
                 </w:ffData>
               </w:fldChar>
             </w:r>
@@ -5292,91 +5210,91 @@
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00B0510C">
+            <w:r w:rsidR="001728BA">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00B0510C">
+            <w:r w:rsidR="001728BA">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00B0510C">
+            <w:r w:rsidR="001728BA">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00B0510C">
+            <w:r w:rsidR="001728BA">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00B0510C">
+            <w:r w:rsidR="001728BA">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:bCs/>
             </w:rPr>
@@ -5451,51 +5369,51 @@
                     <w:sz w:val="21"/>
                     <w:szCs w:val="21"/>
                   </w:rPr>
                 </w:pPr>
                 <w:r w:rsidRPr="00593FEB">
                   <w:rPr>
                     <w:rStyle w:val="PlaceholderText"/>
                   </w:rPr>
                   <w:t>Choose an item.</w:t>
                 </w:r>
               </w:p>
             </w:tc>
           </w:sdtContent>
         </w:sdt>
       </w:tr>
       <w:tr w:rsidR="000715AA" w14:paraId="27A368D8" w14:textId="77777777" w:rsidTr="00F87483">
         <w:trPr>
           <w:gridAfter w:val="1"/>
           <w:wAfter w:w="8" w:type="dxa"/>
           <w:trHeight w:val="285"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1975" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4641BDAB" w14:textId="621E6697" w:rsidR="000715AA" w:rsidRDefault="000715AA" w:rsidP="00156610">
+          <w:p w14:paraId="4641BDAB" w14:textId="7F2C0287" w:rsidR="000715AA" w:rsidRDefault="000715AA" w:rsidP="00156610">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:jc w:val="center"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="10"/>
                   </w:textInput>
@@ -5506,116 +5424,116 @@
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00B0510C">
+            <w:r w:rsidR="001728BA">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00B0510C">
+            <w:r w:rsidR="001728BA">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00B0510C">
+            <w:r w:rsidR="001728BA">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00B0510C">
+            <w:r w:rsidR="001728BA">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00B0510C">
+            <w:r w:rsidR="001728BA">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4590" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="63162FB2" w14:textId="51445B79" w:rsidR="000715AA" w:rsidRDefault="000715AA" w:rsidP="00156610">
+          <w:p w14:paraId="63162FB2" w14:textId="373D82E0" w:rsidR="000715AA" w:rsidRDefault="000715AA" w:rsidP="00156610">
             <w:pPr>
               <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin">
                 <w:ffData>
                   <w:name w:val=""/>
                   <w:enabled/>
                   <w:calcOnExit w:val="0"/>
                   <w:textInput>
                     <w:maxLength w:val="36"/>
                   </w:textInput>
                 </w:ffData>
@@ -5625,91 +5543,91 @@
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> FORMTEXT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00B0510C">
+            <w:r w:rsidR="001728BA">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00B0510C">
+            <w:r w:rsidR="001728BA">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00B0510C">
+            <w:r w:rsidR="001728BA">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00B0510C">
+            <w:r w:rsidR="001728BA">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
-            <w:r w:rsidR="00B0510C">
+            <w:r w:rsidR="001728BA">
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:t> </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:sz w:val="21"/>
                 <w:szCs w:val="21"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:sdt>
           <w:sdtPr>
             <w:rPr>
               <w:bCs/>
             </w:rPr>
@@ -5833,51 +5751,51 @@
       <w:r w:rsidRPr="00D769BA">
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Iowa DOT to utilize HSIP-</w:t>
       </w:r>
       <w:r w:rsidR="008345FD" w:rsidRPr="00D769BA">
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t>Local</w:t>
       </w:r>
       <w:r w:rsidRPr="00D769BA">
         <w:rPr>
           <w:b/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve"> funds on the identified project.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F51CD36" w14:textId="3955481C" w:rsidR="00D81FA6" w:rsidRDefault="00004CF0" w:rsidP="003D235E">
+    <w:p w14:paraId="0F51CD36" w14:textId="267A90BF" w:rsidR="00D81FA6" w:rsidRDefault="00004CF0" w:rsidP="003D235E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="720"/>
           <w:tab w:val="left" w:pos="2340"/>
         </w:tabs>
         <w:spacing w:after="240" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:t>S</w:t>
       </w:r>
       <w:r w:rsidR="00D81FA6">
         <w:t xml:space="preserve">ubmit application </w:t>
       </w:r>
       <w:r w:rsidR="00FE677D">
         <w:t>to</w:t>
       </w:r>
       <w:r w:rsidR="003D235E">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="000172DC">
         <w:t>Traffic and Safety Bureau</w:t>
       </w:r>
       <w:r w:rsidR="00FE677D">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
@@ -5902,92 +5820,88 @@
       <w:r w:rsidR="003D235E">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId12" w:history="1">
         <w:r w:rsidR="003D235E">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
           </w:rPr>
           <w:t>Greg.Karssen@iowadot.us</w:t>
         </w:r>
       </w:hyperlink>
       <w:r w:rsidR="003D235E" w:rsidRPr="00E37DA2">
         <w:t xml:space="preserve">  (515) 239-1267 by </w:t>
       </w:r>
       <w:r w:rsidR="003D235E">
         <w:t xml:space="preserve">November 15 </w:t>
       </w:r>
       <w:r w:rsidR="003D235E" w:rsidRPr="00E37DA2">
         <w:t xml:space="preserve">for </w:t>
       </w:r>
       <w:r w:rsidR="003D235E">
         <w:t>following fiscal year or later.</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00D81FA6" w:rsidSect="00BA268E">
-      <w:headerReference w:type="even" r:id="rId13"/>
-[...4 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId18"/>
+      <w:headerReference w:type="default" r:id="rId13"/>
+      <w:footerReference w:type="default" r:id="rId14"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1260" w:right="1440" w:bottom="540" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="2BECFCEF" w14:textId="77777777" w:rsidR="00D81FA6" w:rsidRDefault="00D81FA6" w:rsidP="00D81FA6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="09AEA34D" w14:textId="77777777" w:rsidR="00D81FA6" w:rsidRDefault="00D81FA6" w:rsidP="00D81FA6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
@@ -5998,170 +5912,147 @@
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-[...10 lines deleted...]
-  <w:p w14:paraId="230BAC61" w14:textId="0A930FE9" w:rsidR="00D81FA6" w:rsidRPr="00D81FA6" w:rsidRDefault="003B5456" w:rsidP="00D81FA6">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="230BAC61" w14:textId="2F9C7A23" w:rsidR="00D81FA6" w:rsidRPr="00D81FA6" w:rsidRDefault="003B5456" w:rsidP="00D81FA6">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="right"/>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidR="00D81FA6">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t xml:space="preserve">Rev. </w:t>
     </w:r>
     <w:r w:rsidR="00092295">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>0</w:t>
     </w:r>
-    <w:r w:rsidR="00793239">
+    <w:r w:rsidR="004705E4">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>8</w:t>
+      <w:t>9</w:t>
     </w:r>
     <w:r w:rsidR="00D81FA6">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
       <w:t>/</w:t>
     </w:r>
     <w:r w:rsidR="00793239">
       <w:rPr>
         <w:sz w:val="16"/>
         <w:szCs w:val="16"/>
       </w:rPr>
-      <w:t>24</w:t>
+      <w:t>2</w:t>
+    </w:r>
+    <w:r w:rsidR="004705E4">
+      <w:rPr>
+        <w:sz w:val="16"/>
+        <w:szCs w:val="16"/>
+      </w:rPr>
+      <w:t>5</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
-<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="15F43E7D" w14:textId="77777777" w:rsidR="00D81FA6" w:rsidRDefault="00D81FA6" w:rsidP="00D81FA6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="7BE7AD23" w14:textId="77777777" w:rsidR="00D81FA6" w:rsidRDefault="00D81FA6" w:rsidP="00D81FA6">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-[...9 lines deleted...]
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="40328F57" w14:textId="30ABDC93" w:rsidR="00D81FA6" w:rsidRDefault="00793239">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251660288" behindDoc="1" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="02A2927E" wp14:editId="6558C318">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>1390015</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-247650</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="3181985" cy="571500"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapTight wrapText="bothSides">
             <wp:wrapPolygon edited="0">
               <wp:start x="1035" y="2880"/>
               <wp:lineTo x="1035" y="17280"/>
               <wp:lineTo x="1422" y="18000"/>
               <wp:lineTo x="3233" y="19440"/>
@@ -6209,62 +6100,52 @@
                   <a:ln>
                     <a:noFill/>
                   </a:ln>
                   <a:extLst>
                     <a:ext uri="{53640926-AAD7-44D8-BBD7-CCE9431645EC}">
                       <a14:shadowObscured xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main"/>
                     </a:ext>
                   </a:extLst>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="10AF4927"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="5298E9B6"/>
     <w:lvl w:ilvl="0" w:tplc="9294B0B2">
       <w:start w:val="7"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Symbol" w:eastAsiaTheme="minorEastAsia" w:hAnsi="Symbol" w:cstheme="minorBidi" w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090003" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val="o"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
@@ -6573,196 +6454,205 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="bullet"/>
       <w:lvlText w:val=""/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="22949010">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="232398901">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="631252332">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="90"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:documentProtection w:edit="forms" w:enforcement="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="6145"/>
+    <o:shapedefaults v:ext="edit" spidmax="12289"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00D81FA6"/>
     <w:rsid w:val="00004CF0"/>
     <w:rsid w:val="0000641C"/>
     <w:rsid w:val="000172DC"/>
     <w:rsid w:val="000525AE"/>
     <w:rsid w:val="000715AA"/>
     <w:rsid w:val="00092295"/>
     <w:rsid w:val="000D32ED"/>
     <w:rsid w:val="000D4C19"/>
+    <w:rsid w:val="000E400B"/>
     <w:rsid w:val="000F3F0F"/>
     <w:rsid w:val="00102B2E"/>
     <w:rsid w:val="00156610"/>
     <w:rsid w:val="001725F2"/>
+    <w:rsid w:val="001728BA"/>
     <w:rsid w:val="0018169F"/>
     <w:rsid w:val="001F26F9"/>
+    <w:rsid w:val="001F6FC6"/>
     <w:rsid w:val="002771C7"/>
     <w:rsid w:val="00283272"/>
     <w:rsid w:val="00286F65"/>
     <w:rsid w:val="002A573B"/>
     <w:rsid w:val="002E28A4"/>
     <w:rsid w:val="003043BB"/>
+    <w:rsid w:val="003647A9"/>
     <w:rsid w:val="003B30EE"/>
     <w:rsid w:val="003B5456"/>
     <w:rsid w:val="003D235E"/>
     <w:rsid w:val="003E00C3"/>
     <w:rsid w:val="00421059"/>
     <w:rsid w:val="004322D6"/>
     <w:rsid w:val="00452F01"/>
+    <w:rsid w:val="00465FE6"/>
     <w:rsid w:val="00467254"/>
+    <w:rsid w:val="004705E4"/>
     <w:rsid w:val="004A006A"/>
     <w:rsid w:val="004A1924"/>
     <w:rsid w:val="004B7613"/>
     <w:rsid w:val="004B7E07"/>
     <w:rsid w:val="004D0E8F"/>
     <w:rsid w:val="004D17BD"/>
     <w:rsid w:val="004F5604"/>
     <w:rsid w:val="00515B7E"/>
     <w:rsid w:val="005C776C"/>
     <w:rsid w:val="00670A7A"/>
     <w:rsid w:val="006867AC"/>
     <w:rsid w:val="00697D04"/>
     <w:rsid w:val="006D14F1"/>
     <w:rsid w:val="00705AFE"/>
     <w:rsid w:val="00727F11"/>
     <w:rsid w:val="007311A8"/>
     <w:rsid w:val="007643CD"/>
     <w:rsid w:val="00786B7C"/>
     <w:rsid w:val="00793239"/>
     <w:rsid w:val="007C2455"/>
     <w:rsid w:val="007F3B43"/>
     <w:rsid w:val="008345FD"/>
     <w:rsid w:val="00843530"/>
     <w:rsid w:val="00850BD8"/>
     <w:rsid w:val="008D055B"/>
+    <w:rsid w:val="008E6BBB"/>
     <w:rsid w:val="00901782"/>
     <w:rsid w:val="009F608F"/>
     <w:rsid w:val="00A52944"/>
     <w:rsid w:val="00A86FD5"/>
     <w:rsid w:val="00B0510C"/>
     <w:rsid w:val="00B07CB7"/>
     <w:rsid w:val="00B32969"/>
     <w:rsid w:val="00B96B0F"/>
     <w:rsid w:val="00BA268E"/>
     <w:rsid w:val="00BB3E0C"/>
     <w:rsid w:val="00BC2F65"/>
     <w:rsid w:val="00BD34E8"/>
     <w:rsid w:val="00C075B4"/>
     <w:rsid w:val="00C36AAA"/>
     <w:rsid w:val="00C47276"/>
     <w:rsid w:val="00CD42DA"/>
     <w:rsid w:val="00D1225B"/>
     <w:rsid w:val="00D12B61"/>
     <w:rsid w:val="00D72C84"/>
     <w:rsid w:val="00D746CB"/>
     <w:rsid w:val="00D769BA"/>
     <w:rsid w:val="00D81314"/>
     <w:rsid w:val="00D81FA6"/>
     <w:rsid w:val="00DB6402"/>
     <w:rsid w:val="00E240DF"/>
     <w:rsid w:val="00E37DA2"/>
     <w:rsid w:val="00E429F6"/>
     <w:rsid w:val="00E854AE"/>
     <w:rsid w:val="00EA64BD"/>
     <w:rsid w:val="00F010DC"/>
     <w:rsid w:val="00F11267"/>
     <w:rsid w:val="00F614A0"/>
+    <w:rsid w:val="00F87E63"/>
     <w:rsid w:val="00FA005C"/>
     <w:rsid w:val="00FB5243"/>
     <w:rsid w:val="00FE677D"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="6145"/>
+    <o:shapedefaults v:ext="edit" spidmax="12289"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="609EDFF3"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{F966BFD6-296B-411E-A580-4D576607D15E}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -7264,100 +7154,71 @@
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00092295"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="003D235E"/>
     <w:rPr>
       <w:color w:val="808080"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.iowadot.gov/local_systems/publications/im/1150.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:greg.karssen@iowadot.us" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pcr.iowadot.gov/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icat.iowadot.gov/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iowadot.gov/traffic/traffic-and-safety-programs/tsip/tsip-program" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.iowadot.gov/local_systems/publications/im/1150.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:greg.karssen@iowadot.us" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/glossaryDocument" Target="glossary/document.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://pcr.iowadot.gov/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://icat.iowadot.gov/" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iowadot.gov/traffic/traffic-and-safety-programs/tsip/tsip-program" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
-<file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/glossary/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/glossary/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:glossaryDocument xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:docParts>
-    <w:docPart>
-[...27 lines deleted...]
-    </w:docPart>
     <w:docPart>
       <w:docPartPr>
         <w:name w:val="BAD4D2C150834E87ADC5D7EAE9AA2AB9"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{33400DF0-73BD-4360-857E-F8BF8214F26B}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00742532" w:rsidRDefault="00742532" w:rsidP="00742532">
           <w:pPr>
             <w:pStyle w:val="BAD4D2C150834E87ADC5D7EAE9AA2AB91"/>
           </w:pPr>
           <w:r w:rsidRPr="00593FEB">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
@@ -7461,206 +7322,249 @@
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{9A549937-1919-4DFC-AE60-0447D39E7D7A}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00742532" w:rsidRDefault="00742532" w:rsidP="00742532">
           <w:pPr>
             <w:pStyle w:val="F4B16F9F09364A0291492EF64A2C186D1"/>
           </w:pPr>
           <w:r w:rsidRPr="00593FEB">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
     <w:docPart>
       <w:docPartPr>
-        <w:name w:val="296B0AAC6EB04D30A8E03383C7B6F0CD"/>
-[...27 lines deleted...]
-      <w:docPartPr>
         <w:name w:val="7EFE84B209084D02BFCA5910E2A4E67D"/>
         <w:category>
           <w:name w:val="General"/>
           <w:gallery w:val="placeholder"/>
         </w:category>
         <w:types>
           <w:type w:val="bbPlcHdr"/>
         </w:types>
         <w:behaviors>
           <w:behavior w:val="content"/>
         </w:behaviors>
         <w:guid w:val="{4C126A33-FFAB-406C-8EC7-5B50F6D5F2EF}"/>
       </w:docPartPr>
       <w:docPartBody>
         <w:p w:rsidR="00742532" w:rsidRDefault="00742532" w:rsidP="00742532">
           <w:pPr>
             <w:pStyle w:val="7EFE84B209084D02BFCA5910E2A4E67D"/>
           </w:pPr>
           <w:r w:rsidRPr="00593FEB">
             <w:rPr>
               <w:rStyle w:val="PlaceholderText"/>
             </w:rPr>
             <w:t>Choose an item.</w:t>
           </w:r>
         </w:p>
       </w:docPartBody>
     </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="437818D2CA5847BEA015D3BEDACEE96B"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{BC5DB76D-C1EA-4D01-B850-38AF4086ED97}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00662CAA" w:rsidRDefault="00662CAA" w:rsidP="00662CAA">
+          <w:pPr>
+            <w:pStyle w:val="437818D2CA5847BEA015D3BEDACEE96B"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00593FEB">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Choose an item.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
+    <w:docPart>
+      <w:docPartPr>
+        <w:name w:val="790A03D121B04598BF61DC3ABC30AE3E"/>
+        <w:category>
+          <w:name w:val="General"/>
+          <w:gallery w:val="placeholder"/>
+        </w:category>
+        <w:types>
+          <w:type w:val="bbPlcHdr"/>
+        </w:types>
+        <w:behaviors>
+          <w:behavior w:val="content"/>
+        </w:behaviors>
+        <w:guid w:val="{B8180F6B-8204-4C10-99F2-76E4343007F7}"/>
+      </w:docPartPr>
+      <w:docPartBody>
+        <w:p w:rsidR="00662CAA" w:rsidRDefault="00662CAA" w:rsidP="00662CAA">
+          <w:pPr>
+            <w:pStyle w:val="790A03D121B04598BF61DC3ABC30AE3E"/>
+          </w:pPr>
+          <w:r w:rsidRPr="00593FEB">
+            <w:rPr>
+              <w:rStyle w:val="PlaceholderText"/>
+            </w:rPr>
+            <w:t>Choose an item.</w:t>
+          </w:r>
+        </w:p>
+      </w:docPartBody>
+    </w:docPart>
   </w:docParts>
 </w:glossaryDocument>
 </file>
 
 <file path=word/glossary/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Gothic">
     <w:altName w:val="ＭＳ ゴシック"/>
     <w:panose1 w:val="020B0609070205080204"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Aptos">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
+  <w:font w:name="Aptos Display">
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/glossary/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:view w:val="normal"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00742532"/>
+    <w:rsid w:val="00465FE6"/>
+    <w:rsid w:val="00662CAA"/>
     <w:rsid w:val="00742532"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w15:chartTrackingRefBased/>
 </w:settings>
 </file>
 
 <file path=word/glossary/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:kern w:val="2"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
         <w14:ligatures w14:val="standardContextual"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -8048,75 +7952,53 @@
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="character" w:styleId="PlaceholderText">
     <w:name w:val="Placeholder Text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
-    <w:rsid w:val="00742532"/>
+    <w:rsid w:val="00662CAA"/>
     <w:rPr>
       <w:color w:val="808080"/>
-    </w:rPr>
-[...20 lines deleted...]
-      <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="457A7B4173294D7A8D84A43E8BCA818F1">
     <w:name w:val="457A7B4173294D7A8D84A43E8BCA818F1"/>
     <w:rsid w:val="00742532"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:kern w:val="0"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="BAD4D2C150834E87ADC5D7EAE9AA2AB91">
     <w:name w:val="BAD4D2C150834E87ADC5D7EAE9AA2AB91"/>
     <w:rsid w:val="00742532"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:kern w:val="0"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="B20D6BB89CCE4295B9B43736ECE48B5E1">
@@ -8134,55 +8016,63 @@
     <w:name w:val="F59642439A164F6391111FA5EEFCA8411"/>
     <w:rsid w:val="00742532"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:kern w:val="0"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="F4B16F9F09364A0291492EF64A2C186D1">
     <w:name w:val="F4B16F9F09364A0291492EF64A2C186D1"/>
     <w:rsid w:val="00742532"/>
     <w:pPr>
       <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
     </w:pPr>
     <w:rPr>
       <w:kern w:val="0"/>
       <w14:ligatures w14:val="none"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:customStyle="1" w:styleId="7EFE84B209084D02BFCA5910E2A4E67D">
     <w:name w:val="7EFE84B209084D02BFCA5910E2A4E67D"/>
     <w:rsid w:val="00742532"/>
   </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="437818D2CA5847BEA015D3BEDACEE96B">
+    <w:name w:val="437818D2CA5847BEA015D3BEDACEE96B"/>
+    <w:rsid w:val="00662CAA"/>
+  </w:style>
+  <w:style w:type="paragraph" w:customStyle="1" w:styleId="790A03D121B04598BF61DC3ABC30AE3E">
+    <w:name w:val="790A03D121B04598BF61DC3ABC30AE3E"/>
+    <w:rsid w:val="00662CAA"/>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/glossary/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
@@ -8460,75 +8350,75 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FEBAB2BF-3637-4CDB-8F65-6B309F4A77ED}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>513</Words>
-  <Characters>2984</Characters>
+  <Words>523</Words>
+  <Characters>2985</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>135</Lines>
-  <Paragraphs>152</Paragraphs>
+  <Lines>24</Lines>
+  <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3345</CharactersWithSpaces>
+  <CharactersWithSpaces>3501</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Karssen, Greg</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Folder_Number">
     <vt:lpwstr/>
@@ -8610,27 +8500,51 @@
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="28" name="Document_Updater">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="29" name="Document_UpdaterDesc">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="30" name="Document_UpdateDate">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="31" name="Document_Size">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="32" name="Document_Storage">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="33" name="Document_StorageDesc">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="34" name="Document_Department">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="35" name="Document_DepartmentDesc">
     <vt:lpwstr/>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="36" name="MSIP_Label_0faac733-ded1-41e0-8ea6-961193f81247_Enabled">
+    <vt:lpwstr>true</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="37" name="MSIP_Label_0faac733-ded1-41e0-8ea6-961193f81247_SetDate">
+    <vt:lpwstr>2025-10-14T18:05:28Z</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="38" name="MSIP_Label_0faac733-ded1-41e0-8ea6-961193f81247_Method">
+    <vt:lpwstr>Standard</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="39" name="MSIP_Label_0faac733-ded1-41e0-8ea6-961193f81247_Name">
+    <vt:lpwstr>defa4170-0d19-0005-0004-bc88714345d2</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="40" name="MSIP_Label_0faac733-ded1-41e0-8ea6-961193f81247_SiteId">
+    <vt:lpwstr>a1e65fcc-32fa-4fdd-8692-0cc2eb06676e</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="41" name="MSIP_Label_0faac733-ded1-41e0-8ea6-961193f81247_ActionId">
+    <vt:lpwstr>11bec591-3578-482d-b70b-572f3259ae36</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="42" name="MSIP_Label_0faac733-ded1-41e0-8ea6-961193f81247_ContentBits">
+    <vt:lpwstr>0</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="43" name="MSIP_Label_0faac733-ded1-41e0-8ea6-961193f81247_Tag">
+    <vt:lpwstr>10, 3, 0, 1</vt:lpwstr>
+  </property>
 </Properties>
 </file>