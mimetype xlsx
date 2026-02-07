--- v0 (2025-10-09)
+++ v1 (2026-02-07)
@@ -1,3295 +1,3283 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="27928"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="4" rupBuild="28526"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\ntdfs\(W)DataStor\Modal\Aviation\Aviation Data\Contact Lists\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\svaughn\Downloads\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{0229F92C-8FE6-4E44-84EB-167541E52311}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{5901F33E-3C03-4C57-ADE4-7E7423AC2C75}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-110" yWindow="-110" windowWidth="19420" windowHeight="11500" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="59970" yWindow="1770" windowWidth="22830" windowHeight="11250" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Airport_managers_and_sponsor_co" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Airport_managers_and_sponsor_co!$A$1:$N$126</definedName>
     <definedName name="Airport_managers_and_sponsor_contact_information">Airport_managers_and_sponsor_co!$A$1:$N$117</definedName>
   </definedNames>
   <calcPr calcId="125725"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1548" uniqueCount="1055">
-[...10 lines deleted...]
-    <t>Montezuma Sig Field</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1534" uniqueCount="1042">
+  <si>
+    <t>BRL</t>
+  </si>
+  <si>
+    <t>Burlington</t>
+  </si>
+  <si>
+    <t>Southeast Iowa Regional</t>
+  </si>
+  <si>
+    <t>Y</t>
+  </si>
+  <si>
+    <t>Sara</t>
+  </si>
+  <si>
+    <t>Sandburg</t>
+  </si>
+  <si>
+    <t>2515 Summer Street</t>
+  </si>
+  <si>
+    <t>52601</t>
+  </si>
+  <si>
+    <t>sara@brlairport.com</t>
+  </si>
+  <si>
+    <t>AMW</t>
+  </si>
+  <si>
+    <t>Ames</t>
+  </si>
+  <si>
+    <t>Ames Municipal</t>
+  </si>
+  <si>
+    <t>Damion</t>
+  </si>
+  <si>
+    <t>Pregitzer</t>
+  </si>
+  <si>
+    <t>515 Clark Ave</t>
+  </si>
+  <si>
+    <t>50010</t>
+  </si>
+  <si>
+    <t>damion.pregitzer@cityofames.org</t>
+  </si>
+  <si>
+    <t>BNW</t>
+  </si>
+  <si>
+    <t>Boone</t>
+  </si>
+  <si>
+    <t>Boone Municipal</t>
+  </si>
+  <si>
+    <t>Dale</t>
+  </si>
+  <si>
+    <t>Farnham</t>
+  </si>
+  <si>
+    <t>424 Snedden Drive</t>
+  </si>
+  <si>
+    <t>50036</t>
+  </si>
+  <si>
+    <t>defarnham@msn.com</t>
+  </si>
+  <si>
+    <t>Joe</t>
+  </si>
+  <si>
+    <t>Pundzak</t>
+  </si>
+  <si>
+    <t>jpundzak@gmail.com</t>
+  </si>
+  <si>
+    <t>C17</t>
+  </si>
+  <si>
+    <t>Marion</t>
   </si>
   <si>
     <t>N</t>
   </si>
   <si>
-    <t>Y</t>
-[...104 lines deleted...]
-    <t>Marion</t>
+    <t>Peggy</t>
+  </si>
+  <si>
+    <t>Morris</t>
+  </si>
+  <si>
+    <t>890 Bolton Manor Road</t>
+  </si>
+  <si>
+    <t>52302</t>
+  </si>
+  <si>
+    <t>peg@jpmenterprises.net</t>
+  </si>
+  <si>
+    <t>RRQ</t>
+  </si>
+  <si>
+    <t>Rock Rapids</t>
+  </si>
+  <si>
+    <t>Rock Rapids Municipal</t>
+  </si>
+  <si>
+    <t>Micah</t>
+  </si>
+  <si>
+    <t>Freese</t>
+  </si>
+  <si>
+    <t>310 South 3rd Avenue</t>
+  </si>
+  <si>
+    <t>51246</t>
+  </si>
+  <si>
+    <t>development@rockrapids.net</t>
+  </si>
+  <si>
+    <t>CKP</t>
+  </si>
+  <si>
+    <t>Cherokee</t>
+  </si>
+  <si>
+    <t>Cherokee County Regional</t>
+  </si>
+  <si>
+    <t>Savannah</t>
+  </si>
+  <si>
+    <t>Nelson</t>
+  </si>
+  <si>
+    <t>1201 South 2nd Street</t>
+  </si>
+  <si>
+    <t>51012</t>
+  </si>
+  <si>
+    <t>s.nelson.12@hotmail.com</t>
+  </si>
+  <si>
+    <t>Kellen</t>
+  </si>
+  <si>
+    <t>Ludvigson</t>
+  </si>
+  <si>
+    <t>kellenludvigson@gmail.com</t>
+  </si>
+  <si>
+    <t>CWI</t>
+  </si>
+  <si>
+    <t>Clinton</t>
+  </si>
+  <si>
+    <t>Clinton Municipal</t>
+  </si>
+  <si>
+    <t>Marlana</t>
+  </si>
+  <si>
+    <t>Nass</t>
+  </si>
+  <si>
+    <t>2000 S 60th St</t>
+  </si>
+  <si>
+    <t>52732</t>
+  </si>
+  <si>
+    <t>marlananass@cityofclintoniowa.gov</t>
+  </si>
+  <si>
+    <t>Lester</t>
+  </si>
+  <si>
+    <t>Shields</t>
+  </si>
+  <si>
+    <t>ICL</t>
+  </si>
+  <si>
+    <t>Clarinda</t>
+  </si>
+  <si>
+    <t>Clarinda Municipal - Schenck Field</t>
+  </si>
+  <si>
+    <t>Milo</t>
+  </si>
+  <si>
+    <t>Beery</t>
+  </si>
+  <si>
+    <t>3042 210th Street</t>
+  </si>
+  <si>
+    <t>51632</t>
+  </si>
+  <si>
+    <t>gmcclarnon@cityofclarinda.com</t>
+  </si>
+  <si>
+    <t>Gary</t>
+  </si>
+  <si>
+    <t>Mc Clarnon</t>
+  </si>
+  <si>
+    <t>Y46</t>
+  </si>
+  <si>
+    <t>Bedford</t>
+  </si>
+  <si>
+    <t>Bedford Municipal</t>
+  </si>
+  <si>
+    <t>Alan</t>
+  </si>
+  <si>
+    <t>Nicholas</t>
+  </si>
+  <si>
+    <t>Po Box 66</t>
+  </si>
+  <si>
+    <t>50833</t>
+  </si>
+  <si>
+    <t>alannicholas@outlook.com</t>
+  </si>
+  <si>
+    <t>City Hall</t>
+  </si>
+  <si>
+    <t>utilclerk@mediacombb.net</t>
+  </si>
+  <si>
+    <t>SLB</t>
+  </si>
+  <si>
+    <t>Storm Lake</t>
+  </si>
+  <si>
+    <t>Storm Lake Municipal</t>
+  </si>
+  <si>
+    <t>Jim</t>
+  </si>
+  <si>
+    <t>Bartholomew</t>
+  </si>
+  <si>
+    <t>173 Scott Street</t>
+  </si>
+  <si>
+    <t>50588</t>
+  </si>
+  <si>
+    <t>bartbfs@live.com</t>
+  </si>
+  <si>
+    <t>Patrick</t>
+  </si>
+  <si>
+    <t>Patrick@stormlake.org</t>
+  </si>
+  <si>
+    <t>LRJ</t>
+  </si>
+  <si>
+    <t>Le Mars</t>
+  </si>
+  <si>
+    <t>Le Mars Municipal</t>
+  </si>
+  <si>
+    <t>Tom</t>
+  </si>
+  <si>
+    <t>Mullaly</t>
+  </si>
+  <si>
+    <t>1621 Airport Drive</t>
+  </si>
+  <si>
+    <t>51031</t>
+  </si>
+  <si>
+    <t>ultraflightllc51031@gmail.com</t>
+  </si>
+  <si>
+    <t>Jason</t>
+  </si>
+  <si>
+    <t>Vacura</t>
+  </si>
+  <si>
+    <t>jvacura@lemarsiowa.com</t>
+  </si>
+  <si>
+    <t>EOK</t>
+  </si>
+  <si>
+    <t>Keokuk</t>
+  </si>
+  <si>
+    <t>Keokuk Municipal</t>
+  </si>
+  <si>
+    <t>Raymond</t>
+  </si>
+  <si>
+    <t>Ott</t>
+  </si>
+  <si>
+    <t>501 Main Street</t>
+  </si>
+  <si>
+    <t>52632</t>
+  </si>
+  <si>
+    <t>keokukairport@cityofkeokuk.org</t>
+  </si>
+  <si>
+    <t>Brian</t>
+  </si>
+  <si>
+    <t>Carroll</t>
+  </si>
+  <si>
+    <t>bcarroll@cityofkeokuk.org</t>
+  </si>
+  <si>
+    <t>CSQ</t>
+  </si>
+  <si>
+    <t>Creston</t>
+  </si>
+  <si>
+    <t>Creston Municipal</t>
+  </si>
+  <si>
+    <t>Tyler</t>
+  </si>
+  <si>
+    <t>West</t>
+  </si>
+  <si>
+    <t>1945 South Cherry Street Road</t>
+  </si>
+  <si>
+    <t>50801</t>
+  </si>
+  <si>
+    <t>tyler@westaviationinc.com</t>
+  </si>
+  <si>
+    <t>Mike</t>
+  </si>
+  <si>
+    <t>Taylor</t>
+  </si>
+  <si>
+    <t>mike@crestoniowa.org</t>
+  </si>
+  <si>
+    <t>EBS</t>
+  </si>
+  <si>
+    <t>Webster City</t>
+  </si>
+  <si>
+    <t>Webster City Municipal</t>
+  </si>
+  <si>
+    <t>Luedtke</t>
+  </si>
+  <si>
+    <t>1524 - 240th Street</t>
+  </si>
+  <si>
+    <t>50595</t>
+  </si>
+  <si>
+    <t>info@stormflyingservice.com</t>
+  </si>
+  <si>
+    <t>Scott</t>
+  </si>
+  <si>
+    <t>Bargfrede</t>
+  </si>
+  <si>
+    <t>sbargfrede@gmail.com</t>
+  </si>
+  <si>
+    <t>IIB</t>
+  </si>
+  <si>
+    <t>Independence</t>
+  </si>
+  <si>
+    <t>Independence Municipal - James H. Connell</t>
+  </si>
+  <si>
+    <t>Brett</t>
+  </si>
+  <si>
+    <t>Soukup</t>
+  </si>
+  <si>
+    <t>1684 - 230th Street</t>
+  </si>
+  <si>
+    <t>50644</t>
+  </si>
+  <si>
+    <t>airportmgr@independenceia.org</t>
+  </si>
+  <si>
+    <t>Matthew</t>
+  </si>
+  <si>
+    <t>Schmitz</t>
+  </si>
+  <si>
+    <t>mschmitz@independenceia.org</t>
+  </si>
+  <si>
+    <t>OXV</t>
+  </si>
+  <si>
+    <t>Knoxville</t>
+  </si>
+  <si>
+    <t>Knoxville Municipal</t>
+  </si>
+  <si>
+    <t>Katherine</t>
+  </si>
+  <si>
+    <t>Shawver</t>
+  </si>
+  <si>
+    <t>1700 South Linocln Street</t>
+  </si>
+  <si>
+    <t>50138</t>
+  </si>
+  <si>
+    <t>knoxvilleiaairport@gmail.com</t>
+  </si>
+  <si>
+    <t>Wayne</t>
+  </si>
+  <si>
+    <t>Westberg</t>
+  </si>
+  <si>
+    <t>wjwestberg@gmail.com</t>
+  </si>
+  <si>
+    <t>8C2</t>
+  </si>
+  <si>
+    <t>Sully</t>
+  </si>
+  <si>
+    <t>Sully Municipal</t>
+  </si>
+  <si>
+    <t>Shane</t>
+  </si>
+  <si>
+    <t>VandeVoort</t>
+  </si>
+  <si>
+    <t>501 West 15th Street</t>
+  </si>
+  <si>
+    <t>Pella</t>
+  </si>
+  <si>
+    <t>50219</t>
+  </si>
+  <si>
+    <t>shane@flyclassicaviation.com</t>
+  </si>
+  <si>
+    <t>Barbara</t>
+  </si>
+  <si>
+    <t>Maasdam</t>
+  </si>
+  <si>
+    <t>sullycty@netins.net</t>
+  </si>
+  <si>
+    <t>SPW</t>
+  </si>
+  <si>
+    <t>Spencer</t>
+  </si>
+  <si>
+    <t>Spencer Municipal</t>
+  </si>
+  <si>
+    <t>Mark</t>
+  </si>
+  <si>
+    <t>White</t>
+  </si>
+  <si>
+    <t>101 West 5th Street</t>
+  </si>
+  <si>
+    <t>51301</t>
+  </si>
+  <si>
+    <t>mwhite@spenceriowacity.com</t>
+  </si>
+  <si>
+    <t>MEY</t>
+  </si>
+  <si>
+    <t>Mapleton</t>
+  </si>
+  <si>
+    <t>Mapleton - James G Whiting Mem Field</t>
+  </si>
+  <si>
+    <t>513 Main Street</t>
+  </si>
+  <si>
+    <t>51034</t>
+  </si>
+  <si>
+    <t>koenigs.mapleton@gmail.com</t>
+  </si>
+  <si>
+    <t>SKI</t>
+  </si>
+  <si>
+    <t>Sac City</t>
+  </si>
+  <si>
+    <t>Sac City Municipal</t>
+  </si>
+  <si>
+    <t>Ken</t>
+  </si>
+  <si>
+    <t>Myers</t>
+  </si>
+  <si>
+    <t>Po Box 321</t>
+  </si>
+  <si>
+    <t>50583</t>
+  </si>
+  <si>
+    <t>ken@myersflyingservice.com</t>
+  </si>
+  <si>
+    <t>Wallace</t>
+  </si>
+  <si>
+    <t>mbwallace@mchsi.com</t>
+  </si>
+  <si>
+    <t>8C4</t>
+  </si>
+  <si>
+    <t>Tipton</t>
+  </si>
+  <si>
+    <t>Tipton Municipal - Mathews Memorial</t>
+  </si>
+  <si>
+    <t>Max</t>
+  </si>
+  <si>
+    <t>Coppess</t>
+  </si>
+  <si>
+    <t>303 2nd Avenue</t>
+  </si>
+  <si>
+    <t>Stanwood</t>
+  </si>
+  <si>
+    <t>52337</t>
+  </si>
+  <si>
+    <t>maxcoppess@aol.com</t>
+  </si>
+  <si>
+    <t>Wagner</t>
+  </si>
+  <si>
+    <t>citymanager@tiptoniowa.org</t>
+  </si>
+  <si>
+    <t>4K6</t>
+  </si>
+  <si>
+    <t>Bloomfield</t>
+  </si>
+  <si>
+    <t>Bloomfield Municipal</t>
+  </si>
+  <si>
+    <t>Tony</t>
+  </si>
+  <si>
+    <t>Spargur</t>
+  </si>
+  <si>
+    <t>20956 - 230th Street</t>
+  </si>
+  <si>
+    <t>52537</t>
+  </si>
+  <si>
+    <t>heartlandaviationiowa@gmail.com</t>
+  </si>
+  <si>
+    <t>Jade</t>
+  </si>
+  <si>
+    <t>Batt</t>
+  </si>
+  <si>
+    <t>jade_batt@hotmail.com</t>
+  </si>
+  <si>
+    <t>ADU</t>
+  </si>
+  <si>
+    <t>Audubon</t>
+  </si>
+  <si>
+    <t>Audubon County</t>
+  </si>
+  <si>
+    <t>Lou</t>
+  </si>
+  <si>
+    <t>Herbers</t>
+  </si>
+  <si>
+    <t>Po Box 266</t>
+  </si>
+  <si>
+    <t>50025</t>
+  </si>
+  <si>
+    <t>louherbers@herbersseed.com</t>
+  </si>
+  <si>
+    <t>EFW</t>
+  </si>
+  <si>
+    <t>Jefferson</t>
+  </si>
+  <si>
+    <t>Jefferson Municipal</t>
+  </si>
+  <si>
+    <t>Peterson</t>
+  </si>
+  <si>
+    <t>1581 235th Street</t>
+  </si>
+  <si>
+    <t>50129</t>
+  </si>
+  <si>
+    <t>utilityclerk@cityofjeffersoniowa.org</t>
+  </si>
+  <si>
+    <t>Ryan</t>
+  </si>
+  <si>
+    <t>Stott</t>
+  </si>
+  <si>
+    <t>stottaerial@outlook.com</t>
+  </si>
+  <si>
+    <t>AIO</t>
+  </si>
+  <si>
+    <t>Atlantic</t>
+  </si>
+  <si>
+    <t>Atlantic Municipal</t>
+  </si>
+  <si>
+    <t>Barry</t>
+  </si>
+  <si>
+    <t>Reid</t>
+  </si>
+  <si>
+    <t>59706 Airport Road</t>
+  </si>
+  <si>
+    <t>50022</t>
+  </si>
+  <si>
+    <t>airworksaio@gmail.com</t>
+  </si>
+  <si>
+    <t>John</t>
+  </si>
+  <si>
+    <t>Lund</t>
+  </si>
+  <si>
+    <t>johnlund@cityofatlantic.com</t>
+  </si>
+  <si>
+    <t>MIW</t>
+  </si>
+  <si>
+    <t>Marshalltown</t>
+  </si>
+  <si>
+    <t>Marshalltown Municipal</t>
+  </si>
+  <si>
+    <t>Stephen</t>
+  </si>
+  <si>
+    <t>Valbracht</t>
+  </si>
+  <si>
+    <t>2651 - 170th Street</t>
+  </si>
+  <si>
+    <t>50158</t>
+  </si>
+  <si>
+    <t>steve@miwairport.com</t>
+  </si>
+  <si>
+    <t>Heather</t>
+  </si>
+  <si>
+    <t>Thomas</t>
+  </si>
+  <si>
+    <t>hthomas@marshalltown-ia.gov</t>
+  </si>
+  <si>
+    <t>AXA</t>
+  </si>
+  <si>
+    <t>Algona</t>
+  </si>
+  <si>
+    <t>Algona Municipal</t>
+  </si>
+  <si>
+    <t>Kohlhaas</t>
+  </si>
+  <si>
+    <t>2907 Highway 18 West</t>
+  </si>
+  <si>
+    <t>50511</t>
+  </si>
+  <si>
+    <t>algonaaero@gmail.com</t>
+  </si>
+  <si>
+    <t>Ron</t>
+  </si>
+  <si>
+    <t>Covert</t>
+  </si>
+  <si>
+    <t>kwalker@ottosenelevator.com</t>
+  </si>
+  <si>
+    <t>OTM</t>
+  </si>
+  <si>
+    <t>Ottumwa</t>
+  </si>
+  <si>
+    <t>Ottumwa Regional</t>
+  </si>
+  <si>
+    <t>Jay</t>
+  </si>
+  <si>
+    <t>Wheaton</t>
+  </si>
+  <si>
+    <t>14850 Terminal Street</t>
+  </si>
+  <si>
+    <t>52501</t>
+  </si>
+  <si>
+    <t>wheatonj@ottumwa.us</t>
+  </si>
+  <si>
+    <t>Joni</t>
+  </si>
+  <si>
+    <t>Keith</t>
+  </si>
+  <si>
+    <t>airport@ci.ottumwa.ia.us</t>
+  </si>
+  <si>
+    <t>CIN</t>
+  </si>
+  <si>
+    <t>Carroll Municipal - Arthur N. Neu</t>
+  </si>
+  <si>
+    <t>Donald</t>
+  </si>
+  <si>
+    <t>Mensen</t>
+  </si>
+  <si>
+    <t>21177 Quail Avenue</t>
+  </si>
+  <si>
+    <t>51401</t>
+  </si>
+  <si>
+    <t>don@carrollaviation.com</t>
+  </si>
+  <si>
+    <t>Norman</t>
+  </si>
+  <si>
+    <t>Hutcheson</t>
+  </si>
+  <si>
+    <t>normanandjoan@cs.com</t>
+  </si>
+  <si>
+    <t>CID</t>
+  </si>
+  <si>
+    <t>Cedar Rapids</t>
+  </si>
+  <si>
+    <t>Eastern Iowa</t>
+  </si>
+  <si>
+    <t>Martin</t>
+  </si>
+  <si>
+    <t>Lenss</t>
+  </si>
+  <si>
+    <t>2515 Arthur Collins Pkwy Sw</t>
+  </si>
+  <si>
+    <t>52404</t>
+  </si>
+  <si>
+    <t>m.lenss@flycid.com</t>
+  </si>
+  <si>
+    <t>DEH</t>
+  </si>
+  <si>
+    <t>Decorah</t>
+  </si>
+  <si>
+    <t>Decorah Municipal</t>
+  </si>
+  <si>
+    <t>Connell</t>
+  </si>
+  <si>
+    <t>1705 Highway 9</t>
+  </si>
+  <si>
+    <t>52101</t>
+  </si>
+  <si>
+    <t>flyconnell@usa.com</t>
+  </si>
+  <si>
+    <t>Travis</t>
+  </si>
+  <si>
+    <t>Goedken</t>
+  </si>
+  <si>
+    <t>citymanager@decorahia.org</t>
+  </si>
+  <si>
+    <t>LWD</t>
+  </si>
+  <si>
+    <t>Lamoni</t>
+  </si>
+  <si>
+    <t>Lamoni Municipal</t>
+  </si>
+  <si>
+    <t>Jordan</t>
+  </si>
+  <si>
+    <t>Omstead</t>
+  </si>
+  <si>
+    <t>190 South Chestnut</t>
+  </si>
+  <si>
+    <t>50140</t>
+  </si>
+  <si>
+    <t>jordan.j.omstead@gmail.com</t>
+  </si>
+  <si>
+    <t>Baraba</t>
+  </si>
+  <si>
+    <t>Stuck</t>
+  </si>
+  <si>
+    <t>Lamoniadmin@grm.net</t>
+  </si>
+  <si>
+    <t>3Y2</t>
+  </si>
+  <si>
+    <t>West Union</t>
+  </si>
+  <si>
+    <t>West Union Municipal - George L Scott</t>
+  </si>
+  <si>
+    <t>Kent</t>
+  </si>
+  <si>
+    <t>Halverson</t>
+  </si>
+  <si>
+    <t>10184 - 240th Street</t>
+  </si>
+  <si>
+    <t>52175</t>
+  </si>
+  <si>
+    <t>kenthalverson72@gmail.com</t>
+  </si>
+  <si>
+    <t>Amie</t>
+  </si>
+  <si>
+    <t>McIntyre</t>
+  </si>
+  <si>
+    <t>wuadmin@westunion.com</t>
+  </si>
+  <si>
+    <t>VTI</t>
+  </si>
+  <si>
+    <t>Vinton</t>
+  </si>
+  <si>
+    <t>Vinton Veterans Memorial</t>
+  </si>
+  <si>
+    <t>Paul</t>
+  </si>
+  <si>
+    <t>Seeton</t>
+  </si>
+  <si>
+    <t>110 West Third Street</t>
+  </si>
+  <si>
+    <t>52349</t>
+  </si>
+  <si>
+    <t>deerseaton@aol.com</t>
+  </si>
+  <si>
+    <t>Chris</t>
+  </si>
+  <si>
+    <t>Ward</t>
+  </si>
+  <si>
+    <t>cward@vintoniowa.net</t>
+  </si>
+  <si>
+    <t>1Y5</t>
+  </si>
+  <si>
+    <t>New Hampton</t>
+  </si>
+  <si>
+    <t>New Hampton Municipal</t>
+  </si>
+  <si>
+    <t>Lori</t>
+  </si>
+  <si>
+    <t>Carey</t>
+  </si>
+  <si>
+    <t>620 West Hamilton Street</t>
+  </si>
+  <si>
+    <t>50659</t>
+  </si>
+  <si>
+    <t>lcarey@carbomachine.com</t>
+  </si>
+  <si>
+    <t>4D8</t>
+  </si>
+  <si>
+    <t>Milford</t>
+  </si>
+  <si>
+    <t>Milford Municipal - Fuller</t>
+  </si>
+  <si>
+    <t>Stein</t>
+  </si>
+  <si>
+    <t>P.O. Box 463</t>
+  </si>
+  <si>
+    <t>51351</t>
+  </si>
+  <si>
+    <t>cstein@lake-okoboji.com</t>
+  </si>
+  <si>
+    <t>LeAnn</t>
+  </si>
+  <si>
+    <t>Houge</t>
+  </si>
+  <si>
+    <t>lhouge@milford.ia.us</t>
+  </si>
+  <si>
+    <t>4C8</t>
+  </si>
+  <si>
+    <t>Albia</t>
+  </si>
+  <si>
+    <t>Albia Municipal</t>
+  </si>
+  <si>
+    <t>Linda</t>
+  </si>
+  <si>
+    <t>Heller</t>
+  </si>
+  <si>
+    <t>120 South "A" Street</t>
+  </si>
+  <si>
+    <t>52531</t>
+  </si>
+  <si>
+    <t>albiacity@iowatelecom.net</t>
+  </si>
+  <si>
+    <t>CNC</t>
+  </si>
+  <si>
+    <t>Chariton</t>
+  </si>
+  <si>
+    <t>Chariton Municipal</t>
+  </si>
+  <si>
+    <t>Doug</t>
+  </si>
+  <si>
+    <t>Anderson</t>
+  </si>
+  <si>
+    <t>115 South Main Street</t>
+  </si>
+  <si>
+    <t>50049</t>
+  </si>
+  <si>
+    <t>citymanager@chariton.org</t>
+  </si>
+  <si>
+    <t>RDK</t>
+  </si>
+  <si>
+    <t>Red Oak</t>
+  </si>
+  <si>
+    <t>Red Oak Municipal</t>
+  </si>
+  <si>
+    <t>Kevin</t>
+  </si>
+  <si>
+    <t>McGrew</t>
+  </si>
+  <si>
+    <t>1674 - 200th Street</t>
+  </si>
+  <si>
+    <t>51566</t>
+  </si>
+  <si>
+    <t>nrdk@redoakia.city</t>
+  </si>
+  <si>
+    <t>Brad</t>
+  </si>
+  <si>
+    <t>Wright</t>
+  </si>
+  <si>
+    <t>redoakadmin@redoakia.city</t>
+  </si>
+  <si>
+    <t>EST</t>
+  </si>
+  <si>
+    <t>Estherville</t>
+  </si>
+  <si>
+    <t>Estherville Municipal</t>
+  </si>
+  <si>
+    <t>Matt</t>
+  </si>
+  <si>
+    <t>McNea</t>
+  </si>
+  <si>
+    <t>1672 - 425th Avenue</t>
+  </si>
+  <si>
+    <t>51334</t>
+  </si>
+  <si>
+    <t>estairport@gmail.com</t>
+  </si>
+  <si>
+    <t>Penny</t>
+  </si>
+  <si>
+    <t>Clayton</t>
+  </si>
+  <si>
+    <t>estherville@mchsi.com</t>
+  </si>
+  <si>
+    <t>DBQ</t>
+  </si>
+  <si>
+    <t>Dubuque</t>
+  </si>
+  <si>
+    <t>Dubuque Regional</t>
+  </si>
+  <si>
+    <t>Todd</t>
+  </si>
+  <si>
+    <t>Dalsing</t>
+  </si>
+  <si>
+    <t>11000 Airport Road</t>
+  </si>
+  <si>
+    <t>52003</t>
+  </si>
+  <si>
+    <t>tdalsing@cityofdubuque.org</t>
+  </si>
+  <si>
+    <t>TVK</t>
+  </si>
+  <si>
+    <t>Centerville</t>
+  </si>
+  <si>
+    <t>Centerville Municipal</t>
+  </si>
+  <si>
+    <t>Kury</t>
+  </si>
+  <si>
+    <t>20320 - 545th Street</t>
+  </si>
+  <si>
+    <t>52544</t>
+  </si>
+  <si>
+    <t>centervilleiaairport@gmail.com</t>
+  </si>
+  <si>
+    <t>Fraser</t>
+  </si>
+  <si>
+    <t>cityadmin@centerville-ia.org</t>
+  </si>
+  <si>
+    <t>CBF</t>
+  </si>
+  <si>
+    <t>Council Bluffs</t>
+  </si>
+  <si>
+    <t>Council Bluffs Municipal</t>
+  </si>
+  <si>
+    <t>Andy</t>
+  </si>
+  <si>
+    <t>Biller</t>
+  </si>
+  <si>
+    <t>101 Mc Candless Lane</t>
+  </si>
+  <si>
+    <t>51503</t>
+  </si>
+  <si>
+    <t>andybiller@cbairport.com</t>
+  </si>
+  <si>
+    <t>CJJ</t>
+  </si>
+  <si>
+    <t>Cresco</t>
+  </si>
+  <si>
+    <t>Cresco Municipal - Ellen Church Field</t>
+  </si>
+  <si>
+    <t>Clair</t>
+  </si>
+  <si>
+    <t>Pecinovsky</t>
+  </si>
+  <si>
+    <t>12848 Well Road</t>
+  </si>
+  <si>
+    <t>52136</t>
+  </si>
+  <si>
+    <t>clairsky@windstream.net</t>
+  </si>
+  <si>
+    <t>Rod</t>
+  </si>
+  <si>
+    <t>Freidhof</t>
+  </si>
+  <si>
+    <t>pwd@iowatelecom.net</t>
+  </si>
+  <si>
+    <t>3Y4</t>
+  </si>
+  <si>
+    <t>Woodbine</t>
+  </si>
+  <si>
+    <t>Woodbine Municipal</t>
+  </si>
+  <si>
+    <t>Curtis</t>
+  </si>
+  <si>
+    <t>Lee</t>
+  </si>
+  <si>
+    <t>43 11th Street</t>
+  </si>
+  <si>
+    <t>51579</t>
+  </si>
+  <si>
+    <t>clnaklee@outlook.com</t>
+  </si>
+  <si>
+    <t>Lisa</t>
+  </si>
+  <si>
+    <t>Koch</t>
+  </si>
+  <si>
+    <t>lkoch@woodbineia.com</t>
+  </si>
+  <si>
+    <t>GFZ</t>
+  </si>
+  <si>
+    <t>Greenfield</t>
+  </si>
+  <si>
+    <t>Greenfield Municipal</t>
+  </si>
+  <si>
+    <t>Hoadley</t>
+  </si>
+  <si>
+    <t>202 South 1st Street</t>
+  </si>
+  <si>
+    <t>50849</t>
+  </si>
+  <si>
+    <t>laura.wolfe@gmu-ia.com</t>
+  </si>
+  <si>
+    <t>Laura</t>
+  </si>
+  <si>
+    <t>Wolf</t>
+  </si>
+  <si>
+    <t>MUT</t>
+  </si>
+  <si>
+    <t>Muscatine</t>
+  </si>
+  <si>
+    <t>Muscatine Municipal</t>
+  </si>
+  <si>
+    <t>Woerly</t>
+  </si>
+  <si>
+    <t>5701 South Highway 61</t>
+  </si>
+  <si>
+    <t>52761</t>
+  </si>
+  <si>
+    <t>mwoerly@gmail.com</t>
+  </si>
+  <si>
+    <t>Stineman</t>
+  </si>
+  <si>
+    <t>bstineman@muscatineiowa.gov</t>
+  </si>
+  <si>
+    <t>IOW</t>
+  </si>
+  <si>
+    <t>Iowa City</t>
+  </si>
+  <si>
+    <t>Iowa City Municipal</t>
+  </si>
+  <si>
+    <t>Michael</t>
+  </si>
+  <si>
+    <t>Tharp</t>
+  </si>
+  <si>
+    <t>1801 South Riverside Drive</t>
+  </si>
+  <si>
+    <t>52246</t>
+  </si>
+  <si>
+    <t>Michael-Tharp@iowa-city.org</t>
+  </si>
+  <si>
+    <t>ALO</t>
+  </si>
+  <si>
+    <t>Waterloo</t>
+  </si>
+  <si>
+    <t>Waterloo Regional</t>
+  </si>
+  <si>
+    <t>Steven</t>
+  </si>
+  <si>
+    <t>Kjergaard</t>
+  </si>
+  <si>
+    <t>2790 Livingston Lane</t>
+  </si>
+  <si>
+    <t>50704</t>
+  </si>
+  <si>
+    <t>steven.kjergaard@waterloo-ia.org</t>
+  </si>
+  <si>
+    <t>K98</t>
+  </si>
+  <si>
+    <t>Allison</t>
+  </si>
+  <si>
+    <t>Allison Municipal</t>
+  </si>
+  <si>
+    <t>Schrage</t>
+  </si>
+  <si>
+    <t>20664 - 190th Street</t>
+  </si>
+  <si>
+    <t>50602</t>
+  </si>
+  <si>
+    <t>jschrage46@gmail.com</t>
+  </si>
+  <si>
+    <t>CRZ</t>
+  </si>
+  <si>
+    <t>Corning</t>
+  </si>
+  <si>
+    <t>Corning Municipal</t>
+  </si>
+  <si>
+    <t>Gilbert</t>
+  </si>
+  <si>
+    <t>601 - 6th Street</t>
+  </si>
+  <si>
+    <t>50841</t>
+  </si>
+  <si>
+    <t>cchall@corningia.net</t>
+  </si>
+  <si>
+    <t>mayor@corningia.net</t>
+  </si>
+  <si>
+    <t>FSW</t>
+  </si>
+  <si>
+    <t>Fort Madison</t>
+  </si>
+  <si>
+    <t>Fort Madison Municipal</t>
+  </si>
+  <si>
+    <t>Tim</t>
+  </si>
+  <si>
+    <t>Bingham</t>
+  </si>
+  <si>
+    <t>50 Airport Road</t>
+  </si>
+  <si>
+    <t>52627</t>
+  </si>
+  <si>
+    <t>fmairport@yahoo.com</t>
+  </si>
+  <si>
+    <t>Josh</t>
+  </si>
+  <si>
+    <t>Denning</t>
+  </si>
+  <si>
+    <t>jdenn_2000@yahoo.com</t>
+  </si>
+  <si>
+    <t>C27</t>
+  </si>
+  <si>
+    <t>Manchester</t>
+  </si>
+  <si>
+    <t>Manchester Municipal</t>
+  </si>
+  <si>
+    <t>Vick</t>
+  </si>
+  <si>
+    <t>208 East Main Street</t>
+  </si>
+  <si>
+    <t>52054</t>
+  </si>
+  <si>
+    <t>tvick@manchester-ia.org</t>
+  </si>
+  <si>
+    <t>8C5</t>
+  </si>
+  <si>
+    <t>Toledo</t>
+  </si>
+  <si>
+    <t>Toledo Municipal</t>
+  </si>
+  <si>
+    <t>Jeff</t>
+  </si>
+  <si>
+    <t>Else</t>
+  </si>
+  <si>
+    <t>401 South Elm Street</t>
+  </si>
+  <si>
+    <t>52342</t>
+  </si>
+  <si>
+    <t>elsejeffclaudia@gmail.com</t>
+  </si>
+  <si>
+    <t>DSM</t>
+  </si>
+  <si>
+    <t>Des Moines</t>
+  </si>
+  <si>
+    <t>Des Moines International</t>
+  </si>
+  <si>
+    <t>Mulcahy</t>
+  </si>
+  <si>
+    <t>5800 Fleur Drive, Room 201</t>
+  </si>
+  <si>
+    <t>50321</t>
+  </si>
+  <si>
+    <t>bcmulcahy@dsmairport.com</t>
+  </si>
+  <si>
+    <t>MCW</t>
+  </si>
+  <si>
+    <t>Mason City</t>
+  </si>
+  <si>
+    <t>Mason City Municipal</t>
+  </si>
+  <si>
+    <t>David</t>
+  </si>
+  <si>
+    <t>Sims</t>
+  </si>
+  <si>
+    <t>9184 265th Street</t>
+  </si>
+  <si>
+    <t>Clear Lake</t>
+  </si>
+  <si>
+    <t>50428</t>
+  </si>
+  <si>
+    <t>dsims@masoncity.net</t>
+  </si>
+  <si>
+    <t>C11</t>
+  </si>
+  <si>
+    <t>Amana</t>
+  </si>
+  <si>
+    <t>John D.</t>
+  </si>
+  <si>
+    <t>Thompson</t>
+  </si>
+  <si>
+    <t>950 48th Ave</t>
+  </si>
+  <si>
+    <t>52203</t>
+  </si>
+  <si>
+    <t>thompsonaero@gmail.com</t>
+  </si>
+  <si>
+    <t>IKV</t>
+  </si>
+  <si>
+    <t>Ankeny</t>
+  </si>
+  <si>
+    <t>Ankeny Regional</t>
+  </si>
+  <si>
+    <t>Dave</t>
+  </si>
+  <si>
+    <t>Kalwishky</t>
+  </si>
+  <si>
+    <t>3700 SE Convenience Boulevard</t>
+  </si>
+  <si>
+    <t>50021</t>
+  </si>
+  <si>
+    <t>dkalwishky@AnkenyIowa.gov</t>
+  </si>
+  <si>
+    <t>EGQ</t>
+  </si>
+  <si>
+    <t>Emmetsburg</t>
+  </si>
+  <si>
+    <t>Emmetsburg Municipal</t>
+  </si>
+  <si>
+    <t>Kimberly</t>
+  </si>
+  <si>
+    <t>Kibbie</t>
+  </si>
+  <si>
+    <t>3775 - 450th Ave</t>
+  </si>
+  <si>
+    <t>50536</t>
+  </si>
+  <si>
+    <t>kkibbie@emmetsburg.com</t>
+  </si>
+  <si>
+    <t>Koppe</t>
+  </si>
+  <si>
+    <t>lkoppie@mediacom.net</t>
+  </si>
+  <si>
+    <t>PRO</t>
+  </si>
+  <si>
+    <t>Perry</t>
+  </si>
+  <si>
+    <t>Perry Municipal</t>
+  </si>
+  <si>
+    <t>Jack</t>
+  </si>
+  <si>
+    <t>Butler</t>
+  </si>
+  <si>
+    <t>14381 Galveston Court</t>
+  </si>
+  <si>
+    <t>50220</t>
+  </si>
+  <si>
+    <t>jack.butler@perryia.org</t>
+  </si>
+  <si>
+    <t>Sven</t>
+  </si>
+  <si>
+    <t>sven.peterson@perryia.org</t>
+  </si>
+  <si>
+    <t>OQW</t>
+  </si>
+  <si>
+    <t>Maquoketa</t>
+  </si>
+  <si>
+    <t>Maquoketa Municipal</t>
+  </si>
+  <si>
+    <t>Jon</t>
+  </si>
+  <si>
+    <t>Hopson</t>
+  </si>
+  <si>
+    <t>201 East Pleasant Street</t>
+  </si>
+  <si>
+    <t>52060</t>
+  </si>
+  <si>
+    <t>publicworks@maquoketaia.com</t>
+  </si>
+  <si>
+    <t>Boldt</t>
+  </si>
+  <si>
+    <t>manager@maquoketaia.com</t>
+  </si>
+  <si>
+    <t>2Y4</t>
+  </si>
+  <si>
+    <t>Rockwell City</t>
+  </si>
+  <si>
+    <t>Rockwell City Municipal</t>
+  </si>
+  <si>
+    <t>Philip</t>
+  </si>
+  <si>
+    <t>Hammen</t>
+  </si>
+  <si>
+    <t>335 Main Street</t>
+  </si>
+  <si>
+    <t>50579</t>
+  </si>
+  <si>
+    <t>cityofrc@wccta.net</t>
+  </si>
+  <si>
+    <t>Kelly</t>
+  </si>
+  <si>
+    <t>Smidt</t>
+  </si>
+  <si>
+    <t>FFL</t>
+  </si>
+  <si>
+    <t>Fairfield</t>
+  </si>
+  <si>
+    <t>Fairfield Municipal</t>
+  </si>
+  <si>
+    <t>Robert</t>
+  </si>
+  <si>
+    <t>Lyons</t>
+  </si>
+  <si>
+    <t>2013 Airport Road</t>
+  </si>
+  <si>
+    <t>52556</t>
+  </si>
+  <si>
+    <t>ffslyons@yahoo.com</t>
+  </si>
+  <si>
+    <t>Harmon</t>
+  </si>
+  <si>
+    <t>FOD</t>
+  </si>
+  <si>
+    <t>Fort Dodge</t>
+  </si>
+  <si>
+    <t>Fort Dodge Regional</t>
   </si>
   <si>
     <t>Sarah</t>
   </si>
   <si>
-    <t>Witter</t>
-[...782 lines deleted...]
-    <t>normanandjoan@cs.com</t>
+    <t>Rustvold</t>
+  </si>
+  <si>
+    <t>1639 Nelson Ave, Suite 2</t>
+  </si>
+  <si>
+    <t>50501</t>
+  </si>
+  <si>
+    <t>srustvold@fortdodgeiowa.org</t>
+  </si>
+  <si>
+    <t>0Y6</t>
+  </si>
+  <si>
+    <t>Lake Mills</t>
+  </si>
+  <si>
+    <t>Lake Mills Municipal</t>
+  </si>
+  <si>
+    <t>Wempen</t>
+  </si>
+  <si>
+    <t>200 North 1st Avenue West</t>
+  </si>
+  <si>
+    <t>50450</t>
+  </si>
+  <si>
+    <t>lmpublicworks@wctatel.net</t>
+  </si>
+  <si>
+    <t>Y43</t>
+  </si>
+  <si>
+    <t>Anita</t>
+  </si>
+  <si>
+    <t>Anita Municipal-Burke Memorial Field</t>
+  </si>
+  <si>
+    <t>Wittrock</t>
+  </si>
+  <si>
+    <t>55255 - 710th Street</t>
+  </si>
+  <si>
+    <t>Wiota</t>
+  </si>
+  <si>
+    <t>50274</t>
+  </si>
+  <si>
+    <t>wittrock.tom@gmail.com</t>
+  </si>
+  <si>
+    <t>SUX</t>
+  </si>
+  <si>
+    <t>Sioux City</t>
+  </si>
+  <si>
+    <t>Sioux Gateway</t>
+  </si>
+  <si>
+    <t>Alvin</t>
+  </si>
+  <si>
+    <t>Lorenzo</t>
+  </si>
+  <si>
+    <t>2403 Aviation Boulevard</t>
+  </si>
+  <si>
+    <t>51111</t>
+  </si>
+  <si>
+    <t>alorenzo@sioux-city.org</t>
+  </si>
+  <si>
+    <t>I75</t>
+  </si>
+  <si>
+    <t>Osceola</t>
+  </si>
+  <si>
+    <t>Osceola Municipal</t>
+  </si>
+  <si>
+    <t>Persels</t>
+  </si>
+  <si>
+    <t>1754 - 270th Avenue</t>
+  </si>
+  <si>
+    <t>50213</t>
+  </si>
+  <si>
+    <t>linda_hildreth@yahoo.com</t>
+  </si>
+  <si>
+    <t>SHL</t>
+  </si>
+  <si>
+    <t>Sheldon</t>
+  </si>
+  <si>
+    <t>Sheldon Regional</t>
+  </si>
+  <si>
+    <t>Lyle</t>
+  </si>
+  <si>
+    <t>Vust</t>
+  </si>
+  <si>
+    <t>3020 Northwest Blvd</t>
+  </si>
+  <si>
+    <t>51201</t>
+  </si>
+  <si>
+    <t>mwfs@nethtc.net</t>
+  </si>
+  <si>
+    <t>Sam</t>
+  </si>
+  <si>
+    <t>Kooiker</t>
+  </si>
+  <si>
+    <t>SAM@CITYOFSHELDON.COM</t>
+  </si>
+  <si>
+    <t>D02</t>
+  </si>
+  <si>
+    <t>Osage</t>
+  </si>
+  <si>
+    <t>Osage Municipal</t>
+  </si>
+  <si>
+    <t>Brock</t>
+  </si>
+  <si>
+    <t>Waters</t>
+  </si>
+  <si>
+    <t>806 Main Street</t>
+  </si>
+  <si>
+    <t>50461</t>
+  </si>
+  <si>
+    <t>brockwaters@osageia.org</t>
+  </si>
+  <si>
+    <t>HPT</t>
+  </si>
+  <si>
+    <t>Hampton</t>
+  </si>
+  <si>
+    <t>Hampton Municipal</t>
+  </si>
+  <si>
+    <t>Schumann</t>
+  </si>
+  <si>
+    <t>1274 "B" Olive Avenue</t>
+  </si>
+  <si>
+    <t>50441</t>
+  </si>
+  <si>
+    <t>jay@schumannaviation.com</t>
+  </si>
+  <si>
+    <t>Dunt</t>
+  </si>
+  <si>
+    <t>rdunt@hamptonia.us</t>
+  </si>
+  <si>
+    <t>CAV</t>
+  </si>
+  <si>
+    <t>Clarion</t>
+  </si>
+  <si>
+    <t>Clarion Municipal</t>
+  </si>
+  <si>
+    <t>Devries</t>
+  </si>
+  <si>
+    <t>2076 - 210th Street</t>
+  </si>
+  <si>
+    <t>50525</t>
+  </si>
+  <si>
+    <t>jdevries@clarioniowa.gov</t>
+  </si>
+  <si>
+    <t>Clint</t>
+  </si>
+  <si>
+    <t>Middleton</t>
+  </si>
+  <si>
+    <t>cmiddleton@clarioniowa.gov</t>
+  </si>
+  <si>
+    <t>6K7</t>
+  </si>
+  <si>
+    <t>Grundy Center</t>
+  </si>
+  <si>
+    <t>Grundy Center Municipal</t>
+  </si>
+  <si>
+    <t>Dan</t>
+  </si>
+  <si>
+    <t>Bangasser</t>
+  </si>
+  <si>
+    <t>703 "F" Avenue Suite 2</t>
+  </si>
+  <si>
+    <t>50638</t>
+  </si>
+  <si>
+    <t>publicworks@gcmuni.net</t>
+  </si>
+  <si>
+    <t>POH</t>
+  </si>
+  <si>
+    <t>Pocahontas</t>
+  </si>
+  <si>
+    <t>Pocahontas Municipal</t>
+  </si>
+  <si>
+    <t>Dennis</t>
+  </si>
+  <si>
+    <t>Dahl</t>
+  </si>
+  <si>
+    <t>212 South Main</t>
+  </si>
+  <si>
+    <t>50574</t>
+  </si>
+  <si>
+    <t>jd4745dahl@yahoo.com</t>
+  </si>
+  <si>
+    <t>Brandi</t>
+  </si>
+  <si>
+    <t>Henderson</t>
+  </si>
+  <si>
+    <t>cityadmin@cityofpokyia.org</t>
+  </si>
+  <si>
+    <t>IDG</t>
+  </si>
+  <si>
+    <t>Ida Grove</t>
+  </si>
+  <si>
+    <t>Ida Grove Municipal</t>
+  </si>
+  <si>
+    <t>Sweeden</t>
+  </si>
+  <si>
+    <t>403 Third Street</t>
+  </si>
+  <si>
+    <t>51445</t>
+  </si>
+  <si>
+    <t>cityclerk@idagroveia.com</t>
+  </si>
+  <si>
+    <t>0F3</t>
+  </si>
+  <si>
+    <t>Spirit Lake</t>
+  </si>
+  <si>
+    <t>Spirit Lake Municipal</t>
+  </si>
+  <si>
+    <t>Bruce</t>
+  </si>
+  <si>
+    <t>Smith</t>
+  </si>
+  <si>
+    <t>Po Box 202</t>
+  </si>
+  <si>
+    <t>Okoboji</t>
+  </si>
+  <si>
+    <t>51355</t>
+  </si>
+  <si>
+    <t>bwsvss@yahoo.com</t>
+  </si>
+  <si>
+    <t>4C7</t>
+  </si>
+  <si>
+    <t>Ackley</t>
+  </si>
+  <si>
+    <t>Ackley Municipal</t>
+  </si>
+  <si>
+    <t>Brass</t>
+  </si>
+  <si>
+    <t>1204 Butler Street</t>
+  </si>
+  <si>
+    <t>50601</t>
+  </si>
+  <si>
+    <t>d.brass@mchsi.com</t>
+  </si>
+  <si>
+    <t>Na</t>
+  </si>
+  <si>
+    <t>GGI</t>
+  </si>
+  <si>
+    <t>Grinnell</t>
+  </si>
+  <si>
+    <t>Grinnell Regional</t>
+  </si>
+  <si>
+    <t>Lowry</t>
+  </si>
+  <si>
+    <t>1607 West Street South</t>
+  </si>
+  <si>
+    <t>50112</t>
+  </si>
+  <si>
+    <t>lowrymotorsports@iowatelecom.net</t>
+  </si>
+  <si>
+    <t>Russ</t>
+  </si>
+  <si>
+    <t>Behrens</t>
+  </si>
+  <si>
+    <t>rbehrens@grinnelliowa.gov</t>
+  </si>
+  <si>
+    <t>1Y9</t>
+  </si>
+  <si>
+    <t>Paullina</t>
+  </si>
+  <si>
+    <t>Paullina Municipal</t>
+  </si>
+  <si>
+    <t>Feltman</t>
+  </si>
+  <si>
+    <t>4217 Roosevelt Avenue</t>
+  </si>
+  <si>
+    <t>51046</t>
+  </si>
+  <si>
+    <t>33firefighter.bf@gmail.com</t>
+  </si>
+  <si>
+    <t>Sandy</t>
+  </si>
+  <si>
+    <t>Fritz</t>
+  </si>
+  <si>
+    <t>sfcity@tcaexpress.net</t>
+  </si>
+  <si>
+    <t>5D2</t>
+  </si>
+  <si>
+    <t>Northwood</t>
+  </si>
+  <si>
+    <t>Northwood Municipal</t>
+  </si>
+  <si>
+    <t>Dr. Mike</t>
+  </si>
+  <si>
+    <t>Dierenfeld</t>
+  </si>
+  <si>
+    <t>1600 Central Ave</t>
+  </si>
+  <si>
+    <t>50459</t>
+  </si>
+  <si>
+    <t>med79dvm@gmail.com</t>
+  </si>
+  <si>
+    <t>Amber</t>
+  </si>
+  <si>
+    <t>Julseth</t>
+  </si>
+  <si>
+    <t>clerk@northwoodia.org</t>
+  </si>
+  <si>
+    <t>0K7</t>
+  </si>
+  <si>
+    <t>Humboldt</t>
+  </si>
+  <si>
+    <t>Humboldt Municipal</t>
+  </si>
+  <si>
+    <t>Fletcher</t>
+  </si>
+  <si>
+    <t>Satern</t>
+  </si>
+  <si>
+    <t>709 North Taft</t>
+  </si>
+  <si>
+    <t>50548</t>
+  </si>
+  <si>
+    <t>dave@growthland.com</t>
+  </si>
+  <si>
+    <t>Cole</t>
+  </si>
+  <si>
+    <t>Bockelmann</t>
+  </si>
+  <si>
+    <t>coleb@ci.humboldt.ia.us</t>
+  </si>
+  <si>
+    <t>OOA</t>
+  </si>
+  <si>
+    <t>Oskaloosa</t>
+  </si>
+  <si>
+    <t>Oskaloosa Municipal</t>
+  </si>
+  <si>
+    <t>Vande Voort</t>
+  </si>
+  <si>
+    <t>2973 Urbana Avenue</t>
+  </si>
+  <si>
+    <t>52577</t>
+  </si>
+  <si>
+    <t>Steve</t>
+  </si>
+  <si>
+    <t>Brown</t>
+  </si>
+  <si>
+    <t>srb646@gmail.com</t>
+  </si>
+  <si>
+    <t>EAG</t>
+  </si>
+  <si>
+    <t>Eagle Grove</t>
+  </si>
+  <si>
+    <t>Eagle Grove Municipal</t>
+  </si>
+  <si>
+    <t>Bryce</t>
+  </si>
+  <si>
+    <t>Davis</t>
+  </si>
+  <si>
+    <t>121 N. Commercial Ave</t>
+  </si>
+  <si>
+    <t>50533</t>
+  </si>
+  <si>
+    <t>b.davis@eaglegrove.gov</t>
+  </si>
+  <si>
+    <t>ISB</t>
+  </si>
+  <si>
+    <t>Sibley</t>
+  </si>
+  <si>
+    <t>Sibley Municipal</t>
+  </si>
+  <si>
+    <t>O'Leary</t>
+  </si>
+  <si>
+    <t>1928 Olive Avenue</t>
+  </si>
+  <si>
+    <t>51249</t>
+  </si>
+  <si>
+    <t>bvoleary@premieronline.net</t>
+  </si>
+  <si>
+    <t>Janssen</t>
+  </si>
+  <si>
+    <t>sibleyclerk@premieronline.net</t>
+  </si>
+  <si>
+    <t>CCY</t>
+  </si>
+  <si>
+    <t>Charles City</t>
+  </si>
+  <si>
+    <t>Northeast Iowa Regional</t>
+  </si>
+  <si>
+    <t>William</t>
+  </si>
+  <si>
+    <t>Kyle</t>
+  </si>
+  <si>
+    <t>3129 Highway 18</t>
+  </si>
+  <si>
+    <t>50616</t>
+  </si>
+  <si>
+    <t>bill@northiowaair.com</t>
+  </si>
+  <si>
+    <t>Kamm</t>
+  </si>
+  <si>
+    <t>theneiowaregionalairport@yahoo.com</t>
+  </si>
+  <si>
+    <t>MXO</t>
+  </si>
+  <si>
+    <t>Monticello</t>
+  </si>
+  <si>
+    <t>Monticello Regional</t>
+  </si>
+  <si>
+    <t>Ostwinkle</t>
+  </si>
+  <si>
+    <t>P.O. Box 168</t>
+  </si>
+  <si>
+    <t>52310</t>
+  </si>
+  <si>
+    <t>monticelloaviation@qwestoffice.net</t>
+  </si>
+  <si>
+    <t>Russell</t>
+  </si>
+  <si>
+    <t>Farhnmen</t>
+  </si>
+  <si>
+    <t>rfarnum@ci.monticello.ia.us</t>
+  </si>
+  <si>
+    <t>DVN</t>
+  </si>
+  <si>
+    <t>Davenport</t>
+  </si>
+  <si>
+    <t>Davenport Municipal</t>
+  </si>
+  <si>
+    <t>Vesalga</t>
+  </si>
+  <si>
+    <t>1200 East 46th Street</t>
+  </si>
+  <si>
+    <t>52806</t>
+  </si>
+  <si>
+    <t>thomas.vesalga@davenportiowa.com</t>
+  </si>
+  <si>
+    <t>FXY</t>
+  </si>
+  <si>
+    <t>Forest City</t>
+  </si>
+  <si>
+    <t>Forest City Municipal - Trimble Field</t>
+  </si>
+  <si>
+    <t>Richard</t>
+  </si>
+  <si>
+    <t>Trimble</t>
+  </si>
+  <si>
+    <t>1842 - 330th Street</t>
+  </si>
+  <si>
+    <t>50436</t>
+  </si>
+  <si>
+    <t>trimbler@wctatel.net</t>
+  </si>
+  <si>
+    <t>Barb</t>
+  </si>
+  <si>
+    <t>administrator@forestcityia.com</t>
+  </si>
+  <si>
+    <t>Y48</t>
+  </si>
+  <si>
+    <t>Belmond</t>
+  </si>
+  <si>
+    <t>Belmond Municipal</t>
+  </si>
+  <si>
+    <t>Joel</t>
+  </si>
+  <si>
+    <t>Buseman</t>
+  </si>
+  <si>
+    <t>1601 3rd Street NE</t>
+  </si>
+  <si>
+    <t>50421</t>
+  </si>
+  <si>
+    <t>jbuseman@gmail.com</t>
+  </si>
+  <si>
+    <t>Darrel Steven</t>
+  </si>
+  <si>
+    <t>Carlyle</t>
+  </si>
+  <si>
+    <t>cityhall@wmtel.net</t>
+  </si>
+  <si>
+    <t>C25</t>
+  </si>
+  <si>
+    <t>Waverly</t>
+  </si>
+  <si>
+    <t>Waverly Municipal</t>
+  </si>
+  <si>
+    <t>Irvin</t>
+  </si>
+  <si>
+    <t>Swieter</t>
+  </si>
+  <si>
+    <t>1710 35th St Northwest</t>
+  </si>
+  <si>
+    <t>50677</t>
+  </si>
+  <si>
+    <t>Irv@swieteraircraft.com</t>
+  </si>
+  <si>
+    <t>Justin</t>
+  </si>
+  <si>
+    <t>McGlaun</t>
+  </si>
+  <si>
+    <t>jmcglaun@waverlyia.com</t>
+  </si>
+  <si>
+    <t>TNU</t>
+  </si>
+  <si>
+    <t>Newton</t>
+  </si>
+  <si>
+    <t>Newton Municipal - Earl Johnson Field</t>
+  </si>
+  <si>
+    <t>Ethan</t>
+  </si>
+  <si>
+    <t>Nasalroad</t>
+  </si>
+  <si>
+    <t>Po Box 986</t>
+  </si>
+  <si>
+    <t>50208</t>
+  </si>
+  <si>
+    <t>nasalroadethan@hotmail.com</t>
+  </si>
+  <si>
+    <t>Varsha</t>
+  </si>
+  <si>
+    <t>Borde</t>
+  </si>
+  <si>
+    <t>varshab@newtongov.org</t>
+  </si>
+  <si>
+    <t>HNR</t>
+  </si>
+  <si>
+    <t>Harlan</t>
+  </si>
+  <si>
+    <t>Harlan Municipal</t>
+  </si>
+  <si>
+    <t>Pigsley</t>
+  </si>
+  <si>
+    <t>610 Highway 59</t>
+  </si>
+  <si>
+    <t>51537</t>
+  </si>
+  <si>
+    <t>spigsley@cityofharlan.com</t>
+  </si>
+  <si>
+    <t>Gervas</t>
+  </si>
+  <si>
+    <t>Mgonja</t>
+  </si>
+  <si>
+    <t>gmgonja@cityofharlan.com</t>
+  </si>
+  <si>
+    <t>MPZ</t>
+  </si>
+  <si>
+    <t>Mount Pleasant</t>
+  </si>
+  <si>
+    <t>Mount Pleasant Municipal</t>
+  </si>
+  <si>
+    <t>Cliff</t>
+  </si>
+  <si>
+    <t>Baker</t>
+  </si>
+  <si>
+    <t>1720 South Iris Street</t>
+  </si>
+  <si>
+    <t>52641</t>
+  </si>
+  <si>
+    <t>airadvantagempz@gmail.com</t>
+  </si>
+  <si>
+    <t>Lori@citymtpia.com</t>
+  </si>
+  <si>
+    <t>3Y3</t>
+  </si>
+  <si>
+    <t>Winterset</t>
+  </si>
+  <si>
+    <t>Winterset Municipal</t>
+  </si>
+  <si>
+    <t>Randy</t>
+  </si>
+  <si>
+    <t>Benge</t>
+  </si>
+  <si>
+    <t>3405 North 8th Avenue</t>
+  </si>
+  <si>
+    <t>50273</t>
+  </si>
+  <si>
+    <t>randybenge.waa@gmail.com</t>
+  </si>
+  <si>
+    <t>OLZ</t>
+  </si>
+  <si>
+    <t>Oelwein</t>
+  </si>
+  <si>
+    <t>Oelwein Municipal</t>
+  </si>
+  <si>
+    <t>Dylan</t>
+  </si>
+  <si>
+    <t>Mulfinger</t>
+  </si>
+  <si>
+    <t>20 Second Avenue Southwest</t>
+  </si>
+  <si>
+    <t>50662</t>
+  </si>
+  <si>
+    <t>dmulfinger@cityofoelwein.org</t>
+  </si>
+  <si>
+    <t>SDA</t>
+  </si>
+  <si>
+    <t>Shenandoah</t>
+  </si>
+  <si>
+    <t>Shenandoah Municipal</t>
+  </si>
+  <si>
+    <t>2033 Manti Road</t>
+  </si>
+  <si>
+    <t>51601</t>
+  </si>
+  <si>
+    <t>wagneraero1@gmail.com</t>
+  </si>
+  <si>
+    <t>AJ</t>
+  </si>
+  <si>
+    <t>Lyman</t>
+  </si>
+  <si>
+    <t>ajlyman@shenandoahiowa.net</t>
+  </si>
+  <si>
+    <t>AWG</t>
+  </si>
+  <si>
+    <t>Washington</t>
+  </si>
+  <si>
+    <t>Washington Municipal</t>
+  </si>
+  <si>
+    <t>Kurt</t>
+  </si>
+  <si>
+    <t>Kucera</t>
+  </si>
+  <si>
+    <t>1433 West Main</t>
+  </si>
+  <si>
+    <t>52353</t>
+  </si>
+  <si>
+    <t>kawgwashington@gmail.com</t>
+  </si>
+  <si>
+    <t>Harvey</t>
+  </si>
+  <si>
+    <t>j.w.harvey@hotmail.com</t>
+  </si>
+  <si>
+    <t>6K9</t>
+  </si>
+  <si>
+    <t>Keosauqua</t>
+  </si>
+  <si>
+    <t>Keosauqua Municipal</t>
+  </si>
+  <si>
+    <t>Rick</t>
+  </si>
+  <si>
+    <t>Michalek</t>
+  </si>
+  <si>
+    <t>20158 Heather Road</t>
+  </si>
+  <si>
+    <t>52565</t>
+  </si>
+  <si>
+    <t>rickdmichalek@gmail.com</t>
+  </si>
+  <si>
+    <t>Chambers</t>
+  </si>
+  <si>
+    <t>citykeo@netins.net</t>
+  </si>
+  <si>
+    <t>IFA</t>
+  </si>
+  <si>
+    <t>Iowa Falls</t>
+  </si>
+  <si>
+    <t>Iowa Falls Municipal</t>
+  </si>
+  <si>
+    <t>Rena</t>
+  </si>
+  <si>
+    <t>Heem</t>
+  </si>
+  <si>
+    <t>16041 Highway 65</t>
+  </si>
+  <si>
+    <t>50126</t>
+  </si>
+  <si>
+    <t>airport@cityofiowafalls.com</t>
+  </si>
+  <si>
+    <t>Kaci</t>
+  </si>
+  <si>
+    <t>Elkin</t>
+  </si>
+  <si>
+    <t>kelkin@cityofiowafalls.com</t>
+  </si>
+  <si>
+    <t>GCT</t>
+  </si>
+  <si>
+    <t>Guthrie Center</t>
+  </si>
+  <si>
+    <t>Guthrie County Regional</t>
+  </si>
+  <si>
+    <t>Marshall</t>
+  </si>
+  <si>
+    <t>Burgess</t>
+  </si>
+  <si>
+    <t>208 Sw 2nd Street</t>
+  </si>
+  <si>
+    <t>Panora</t>
+  </si>
+  <si>
+    <t>50216</t>
+  </si>
+  <si>
+    <t>marlin2@netins.net</t>
+  </si>
+  <si>
+    <t>8C6</t>
+  </si>
+  <si>
+    <t>Traer</t>
+  </si>
+  <si>
+    <t>Traer Municipal</t>
+  </si>
+  <si>
+    <t>City</t>
+  </si>
+  <si>
+    <t>Clerk</t>
+  </si>
+  <si>
+    <t>649 2nd Avenue</t>
+  </si>
+  <si>
+    <t>50675</t>
+  </si>
+  <si>
+    <t>cityclerk@traer.net</t>
+  </si>
+  <si>
+    <t>Pete</t>
+  </si>
+  <si>
+    <t>Holden</t>
+  </si>
+  <si>
+    <t>TZT</t>
+  </si>
+  <si>
+    <t>Belle Plaine</t>
+  </si>
+  <si>
+    <t>Belle Plaine Municipal - Mansfield Tippie</t>
+  </si>
+  <si>
+    <t>Beck</t>
+  </si>
+  <si>
+    <t>1207 - 8th Avenue</t>
+  </si>
+  <si>
+    <t>52208</t>
+  </si>
+  <si>
+    <t>steve.beck@belleplaineiowa.gov</t>
+  </si>
+  <si>
+    <t>2VA</t>
+  </si>
+  <si>
+    <t>Larchwood</t>
+  </si>
+  <si>
+    <t>Zangger Vintage Airpark</t>
+  </si>
+  <si>
+    <t>Zangger</t>
+  </si>
+  <si>
+    <t>1351 Airport Road</t>
+  </si>
+  <si>
+    <t>51241</t>
+  </si>
+  <si>
+    <t>jzangger@alliancecom.net</t>
+  </si>
+  <si>
+    <t>Y01</t>
+  </si>
+  <si>
+    <t>Waukon</t>
+  </si>
+  <si>
+    <t>Waukon Municipal</t>
+  </si>
+  <si>
+    <t>Wadsworth</t>
+  </si>
+  <si>
+    <t>1051 Iron Mine Drive NW</t>
+  </si>
+  <si>
+    <t>52172</t>
+  </si>
+  <si>
+    <t>jim@jwkitchens.com</t>
+  </si>
+  <si>
+    <t>Al</t>
+  </si>
+  <si>
+    <t>27P</t>
+  </si>
+  <si>
+    <t>Eldora</t>
+  </si>
+  <si>
+    <t>Marc</t>
+  </si>
+  <si>
+    <t>Broer</t>
+  </si>
+  <si>
+    <t>5285 NW 6th Drive</t>
+  </si>
+  <si>
+    <t>50313</t>
+  </si>
+  <si>
+    <t>skycoupe318@gmail.com</t>
+  </si>
+  <si>
+    <t>8Y8</t>
+  </si>
+  <si>
+    <t>Ringsted</t>
+  </si>
+  <si>
+    <t>Peltz Field</t>
+  </si>
+  <si>
+    <t>Peltz</t>
+  </si>
+  <si>
+    <t>7501 Territory Pass</t>
+  </si>
+  <si>
+    <t>Lakeville</t>
+  </si>
+  <si>
+    <t>55044</t>
+  </si>
+  <si>
+    <t>mattpeltz@gmail.com</t>
+  </si>
+  <si>
+    <t>SXK</t>
+  </si>
+  <si>
+    <t>Maurice</t>
+  </si>
+  <si>
+    <t>Sioux County Regional</t>
+  </si>
+  <si>
+    <t>Andrew</t>
+  </si>
+  <si>
+    <t>Schreier</t>
+  </si>
+  <si>
+    <t>3153 - 460th Street</t>
+  </si>
+  <si>
+    <t>51036</t>
+  </si>
+  <si>
+    <t>andrew@airflairinc.com</t>
+  </si>
+  <si>
+    <t>Harold</t>
+  </si>
+  <si>
+    <t>Schiebout</t>
+  </si>
+  <si>
+    <t>haroldsc@siouxcenter.org</t>
+  </si>
+  <si>
+    <t>1Y3</t>
+  </si>
+  <si>
+    <t>Mount Ayr</t>
+  </si>
+  <si>
+    <t>Mount Ayr Municipal - Judge Lewis Field</t>
+  </si>
+  <si>
+    <t>Warin</t>
+  </si>
+  <si>
+    <t>705 South Taylor Street</t>
+  </si>
+  <si>
+    <t>50854</t>
+  </si>
+  <si>
+    <t>mikegwarin@gmail.com</t>
+  </si>
+  <si>
+    <t>Brent</t>
+  </si>
+  <si>
+    <t>Wise</t>
+  </si>
+  <si>
+    <t>macitysuper@windstream.net</t>
+  </si>
+  <si>
+    <t>DNS</t>
+  </si>
+  <si>
+    <t>Denison</t>
+  </si>
+  <si>
+    <t>Denison Municipal</t>
+  </si>
+  <si>
+    <t>Leed</t>
+  </si>
+  <si>
+    <t>2587 Airport Street</t>
+  </si>
+  <si>
+    <t>51442</t>
+  </si>
+  <si>
+    <t>kadrvr@live.com</t>
+  </si>
+  <si>
+    <t>Terence</t>
+  </si>
+  <si>
+    <t>Crawford</t>
+  </si>
+  <si>
+    <t>citymanager@denisonia.com</t>
   </si>
   <si>
     <t>PEA</t>
   </si>
   <si>
     <t>Pella Municipal</t>
   </si>
   <si>
-    <t>Vande Voort</t>
-[...1 lines deleted...]
-  <si>
     <t>Denny</t>
   </si>
   <si>
     <t>Buyert</t>
   </si>
   <si>
     <t>dbuyert@cityofpella.com</t>
   </si>
   <si>
-    <t>CID</t>
-[...2174 lines deleted...]
-    <t>macitysuper@windstream.net</t>
+    <t>Airport City</t>
+  </si>
+  <si>
+    <t>Airport Name</t>
+  </si>
+  <si>
+    <t>FAA Code</t>
+  </si>
+  <si>
+    <t>Manager First Name</t>
+  </si>
+  <si>
+    <t>Manager Last Name</t>
+  </si>
+  <si>
+    <t>Manager Address</t>
+  </si>
+  <si>
+    <t>Manager City</t>
+  </si>
+  <si>
+    <t>Manager Zip Code</t>
+  </si>
+  <si>
+    <t>Manager Email</t>
+  </si>
+  <si>
+    <t>Sponsor First Name</t>
+  </si>
+  <si>
+    <t>Sponsor Last Name</t>
+  </si>
+  <si>
+    <t>Sponsor Email</t>
+  </si>
+  <si>
+    <t>NIPIAS</t>
+  </si>
+  <si>
+    <t>Commercial</t>
+  </si>
+  <si>
+    <t>Enhanced</t>
+  </si>
+  <si>
+    <t>General</t>
   </si>
   <si>
     <t>Basic</t>
   </si>
   <si>
-    <t>Commercial</t>
-[...4 lines deleted...]
-  <si>
     <t>Local</t>
   </si>
   <si>
-    <t>General</t>
-[...1 lines deleted...]
-  <si>
     <t>Private Owned Public Use</t>
   </si>
   <si>
-    <t>Role</t>
-[...35 lines deleted...]
-    <t>Sponsor First Name</t>
+    <t>Classification</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="2" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
-      <sz val="11"/>
+      <sz val="12"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="2">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right style="thin">
         <color indexed="64"/>
       </right>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="3">
+  <cellXfs count="10">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
-    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
     <a:clrScheme name="Office 2007 - 2010">
@@ -3556,5063 +3544,5064 @@
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:N117"/>
   <sheetViews>
-    <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="F88" sqref="F88"/>
+    <sheetView tabSelected="1" topLeftCell="A104" workbookViewId="0">
+      <selection activeCell="C118" sqref="C118"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="15.6328125" defaultRowHeight="14.5" x14ac:dyDescent="0.35"/>
+  <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="8.6328125" bestFit="1" customWidth="1"/>
-[...9 lines deleted...]
-    <col min="14" max="14" width="31.54296875" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="12.21875" style="6" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="14.5546875" style="6" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="39.44140625" style="6" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="9.5546875" style="2" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="14" style="2" customWidth="1"/>
+    <col min="6" max="6" width="13.5546875" style="6" customWidth="1"/>
+    <col min="7" max="7" width="13.109375" style="6" customWidth="1"/>
+    <col min="8" max="8" width="28.5546875" style="6" bestFit="1" customWidth="1"/>
+    <col min="9" max="9" width="16" style="6" bestFit="1" customWidth="1"/>
+    <col min="10" max="10" width="12.6640625" style="2" customWidth="1"/>
+    <col min="11" max="11" width="34.109375" style="6" bestFit="1" customWidth="1"/>
+    <col min="12" max="12" width="12.6640625" style="6" customWidth="1"/>
+    <col min="13" max="13" width="12.109375" style="6" customWidth="1"/>
+    <col min="14" max="14" width="35.21875" style="6" bestFit="1" customWidth="1"/>
+    <col min="15" max="16384" width="8.88671875" style="6"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14" s="1" customFormat="1" x14ac:dyDescent="0.35">
-[...9 lines deleted...]
-      <c r="D1" s="1" t="s">
+    <row r="1" spans="1:14" s="8" customFormat="1" ht="39.6" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A1" s="7" t="s">
+        <v>1024</v>
+      </c>
+      <c r="B1" s="7" t="s">
+        <v>1022</v>
+      </c>
+      <c r="C1" s="7" t="s">
+        <v>1023</v>
+      </c>
+      <c r="D1" s="7" t="s">
+        <v>1034</v>
+      </c>
+      <c r="E1" s="7" t="s">
+        <v>1041</v>
+      </c>
+      <c r="F1" s="7" t="s">
+        <v>1025</v>
+      </c>
+      <c r="G1" s="7" t="s">
+        <v>1026</v>
+      </c>
+      <c r="H1" s="7" t="s">
+        <v>1027</v>
+      </c>
+      <c r="I1" s="7" t="s">
+        <v>1028</v>
+      </c>
+      <c r="J1" s="7" t="s">
+        <v>1029</v>
+      </c>
+      <c r="K1" s="7" t="s">
+        <v>1030</v>
+      </c>
+      <c r="L1" s="7" t="s">
+        <v>1031</v>
+      </c>
+      <c r="M1" s="7" t="s">
+        <v>1032</v>
+      </c>
+      <c r="N1" s="7" t="s">
+        <v>1033</v>
+      </c>
+    </row>
+    <row r="2" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A2" s="5" t="s">
         <v>0</v>
       </c>
-      <c r="E1" s="1" t="s">
-[...31 lines deleted...]
-      <c r="A2" s="2" t="s">
+      <c r="B2" s="5" t="s">
+        <v>1</v>
+      </c>
+      <c r="C2" s="5" t="s">
+        <v>2</v>
+      </c>
+      <c r="D2" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="E2" s="3" t="s">
+        <v>1035</v>
+      </c>
+      <c r="F2" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="G2" s="5" t="s">
+        <v>5</v>
+      </c>
+      <c r="H2" s="5" t="s">
+        <v>6</v>
+      </c>
+      <c r="I2" s="5" t="s">
+        <v>1</v>
+      </c>
+      <c r="J2" s="3" t="s">
+        <v>7</v>
+      </c>
+      <c r="K2" s="5" t="s">
+        <v>8</v>
+      </c>
+      <c r="L2" s="5" t="s">
+        <v>4</v>
+      </c>
+      <c r="M2" s="5" t="s">
+        <v>5</v>
+      </c>
+      <c r="N2" s="5" t="s">
+        <v>8</v>
+      </c>
+    </row>
+    <row r="3" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A3" s="5" t="s">
+        <v>289</v>
+      </c>
+      <c r="B3" s="5" t="s">
+        <v>290</v>
+      </c>
+      <c r="C3" s="5" t="s">
+        <v>291</v>
+      </c>
+      <c r="D3" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="E3" s="3" t="s">
+        <v>1035</v>
+      </c>
+      <c r="F3" s="5" t="s">
+        <v>292</v>
+      </c>
+      <c r="G3" s="5" t="s">
+        <v>293</v>
+      </c>
+      <c r="H3" s="5" t="s">
+        <v>294</v>
+      </c>
+      <c r="I3" s="5" t="s">
+        <v>290</v>
+      </c>
+      <c r="J3" s="3" t="s">
+        <v>295</v>
+      </c>
+      <c r="K3" s="5" t="s">
+        <v>296</v>
+      </c>
+      <c r="L3" s="5" t="s">
+        <v>292</v>
+      </c>
+      <c r="M3" s="5" t="s">
+        <v>293</v>
+      </c>
+      <c r="N3" s="5" t="s">
+        <v>296</v>
+      </c>
+    </row>
+    <row r="4" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A4" s="5" t="s">
+        <v>396</v>
+      </c>
+      <c r="B4" s="5" t="s">
+        <v>397</v>
+      </c>
+      <c r="C4" s="5" t="s">
+        <v>398</v>
+      </c>
+      <c r="D4" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="E4" s="3" t="s">
+        <v>1035</v>
+      </c>
+      <c r="F4" s="5" t="s">
+        <v>399</v>
+      </c>
+      <c r="G4" s="5" t="s">
+        <v>400</v>
+      </c>
+      <c r="H4" s="5" t="s">
+        <v>401</v>
+      </c>
+      <c r="I4" s="5" t="s">
+        <v>397</v>
+      </c>
+      <c r="J4" s="3" t="s">
+        <v>402</v>
+      </c>
+      <c r="K4" s="5" t="s">
+        <v>403</v>
+      </c>
+      <c r="L4" s="5" t="s">
+        <v>399</v>
+      </c>
+      <c r="M4" s="5" t="s">
+        <v>400</v>
+      </c>
+      <c r="N4" s="5" t="s">
+        <v>403</v>
+      </c>
+    </row>
+    <row r="5" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A5" s="5" t="s">
+        <v>469</v>
+      </c>
+      <c r="B5" s="5" t="s">
+        <v>470</v>
+      </c>
+      <c r="C5" s="5" t="s">
+        <v>471</v>
+      </c>
+      <c r="D5" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="E5" s="3" t="s">
+        <v>1035</v>
+      </c>
+      <c r="F5" s="5" t="s">
+        <v>472</v>
+      </c>
+      <c r="G5" s="5" t="s">
+        <v>473</v>
+      </c>
+      <c r="H5" s="5" t="s">
+        <v>474</v>
+      </c>
+      <c r="I5" s="5" t="s">
+        <v>470</v>
+      </c>
+      <c r="J5" s="3" t="s">
+        <v>475</v>
+      </c>
+      <c r="K5" s="5" t="s">
+        <v>476</v>
+      </c>
+      <c r="L5" s="5" t="s">
+        <v>472</v>
+      </c>
+      <c r="M5" s="5" t="s">
+        <v>473</v>
+      </c>
+      <c r="N5" s="5" t="s">
+        <v>476</v>
+      </c>
+    </row>
+    <row r="6" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A6" s="5" t="s">
+        <v>518</v>
+      </c>
+      <c r="B6" s="5" t="s">
+        <v>519</v>
+      </c>
+      <c r="C6" s="5" t="s">
+        <v>520</v>
+      </c>
+      <c r="D6" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="E6" s="3" t="s">
+        <v>1035</v>
+      </c>
+      <c r="F6" s="5" t="s">
+        <v>114</v>
+      </c>
+      <c r="G6" s="5" t="s">
+        <v>521</v>
+      </c>
+      <c r="H6" s="5" t="s">
+        <v>522</v>
+      </c>
+      <c r="I6" s="5" t="s">
+        <v>519</v>
+      </c>
+      <c r="J6" s="3" t="s">
+        <v>523</v>
+      </c>
+      <c r="K6" s="5" t="s">
+        <v>524</v>
+      </c>
+      <c r="L6" s="5" t="s">
+        <v>114</v>
+      </c>
+      <c r="M6" s="5" t="s">
+        <v>521</v>
+      </c>
+      <c r="N6" s="5" t="s">
+        <v>524</v>
+      </c>
+    </row>
+    <row r="7" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A7" s="5" t="s">
+        <v>525</v>
+      </c>
+      <c r="B7" s="5" t="s">
+        <v>526</v>
+      </c>
+      <c r="C7" s="5" t="s">
+        <v>527</v>
+      </c>
+      <c r="D7" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="E7" s="3" t="s">
+        <v>1035</v>
+      </c>
+      <c r="F7" s="5" t="s">
+        <v>528</v>
+      </c>
+      <c r="G7" s="5" t="s">
+        <v>529</v>
+      </c>
+      <c r="H7" s="5" t="s">
+        <v>530</v>
+      </c>
+      <c r="I7" s="5" t="s">
+        <v>531</v>
+      </c>
+      <c r="J7" s="3" t="s">
+        <v>532</v>
+      </c>
+      <c r="K7" s="5" t="s">
+        <v>533</v>
+      </c>
+      <c r="L7" s="5" t="s">
+        <v>528</v>
+      </c>
+      <c r="M7" s="5" t="s">
+        <v>529</v>
+      </c>
+      <c r="N7" s="5" t="s">
+        <v>533</v>
+      </c>
+    </row>
+    <row r="8" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A8" s="5" t="s">
+        <v>598</v>
+      </c>
+      <c r="B8" s="5" t="s">
+        <v>599</v>
+      </c>
+      <c r="C8" s="5" t="s">
+        <v>600</v>
+      </c>
+      <c r="D8" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="E8" s="3" t="s">
+        <v>1035</v>
+      </c>
+      <c r="F8" s="5" t="s">
+        <v>601</v>
+      </c>
+      <c r="G8" s="5" t="s">
+        <v>602</v>
+      </c>
+      <c r="H8" s="5" t="s">
+        <v>603</v>
+      </c>
+      <c r="I8" s="5" t="s">
+        <v>599</v>
+      </c>
+      <c r="J8" s="3" t="s">
+        <v>604</v>
+      </c>
+      <c r="K8" s="5" t="s">
+        <v>605</v>
+      </c>
+      <c r="L8" s="5" t="s">
+        <v>601</v>
+      </c>
+      <c r="M8" s="5" t="s">
+        <v>602</v>
+      </c>
+      <c r="N8" s="5" t="s">
+        <v>605</v>
+      </c>
+    </row>
+    <row r="9" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A9" s="5" t="s">
+        <v>621</v>
+      </c>
+      <c r="B9" s="5" t="s">
+        <v>622</v>
+      </c>
+      <c r="C9" s="5" t="s">
+        <v>623</v>
+      </c>
+      <c r="D9" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="E9" s="3" t="s">
+        <v>1035</v>
+      </c>
+      <c r="F9" s="5" t="s">
+        <v>624</v>
+      </c>
+      <c r="G9" s="5" t="s">
+        <v>625</v>
+      </c>
+      <c r="H9" s="5" t="s">
+        <v>626</v>
+      </c>
+      <c r="I9" s="5" t="s">
+        <v>622</v>
+      </c>
+      <c r="J9" s="3" t="s">
+        <v>627</v>
+      </c>
+      <c r="K9" s="5" t="s">
+        <v>628</v>
+      </c>
+      <c r="L9" s="5" t="s">
+        <v>624</v>
+      </c>
+      <c r="M9" s="5" t="s">
+        <v>625</v>
+      </c>
+      <c r="N9" s="5" t="s">
+        <v>628</v>
+      </c>
+    </row>
+    <row r="10" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A10" s="5"/>
+      <c r="B10" s="5"/>
+      <c r="C10" s="5"/>
+      <c r="D10" s="3"/>
+      <c r="E10" s="3"/>
+      <c r="F10" s="5"/>
+      <c r="G10" s="5"/>
+      <c r="H10" s="5"/>
+      <c r="I10" s="5"/>
+      <c r="J10" s="3"/>
+      <c r="K10" s="5"/>
+      <c r="L10" s="5"/>
+      <c r="M10" s="5"/>
+      <c r="N10" s="5"/>
+    </row>
+    <row r="11" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A11" s="5" t="s">
+        <v>9</v>
+      </c>
+      <c r="B11" s="5" t="s">
+        <v>10</v>
+      </c>
+      <c r="C11" s="5" t="s">
         <v>11</v>
       </c>
-      <c r="B2" s="2" t="s">
+      <c r="D11" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="E11" s="3" t="s">
+        <v>1036</v>
+      </c>
+      <c r="F11" s="5" t="s">
         <v>12</v>
       </c>
-      <c r="C2" s="2" t="s">
+      <c r="G11" s="5" t="s">
         <v>13</v>
       </c>
-      <c r="D2" s="2" t="s">
-[...2 lines deleted...]
-      <c r="E2" s="2" t="s">
+      <c r="H11" s="5" t="s">
+        <v>14</v>
+      </c>
+      <c r="I11" s="5" t="s">
+        <v>10</v>
+      </c>
+      <c r="J11" s="3" t="s">
+        <v>15</v>
+      </c>
+      <c r="K11" s="5" t="s">
+        <v>16</v>
+      </c>
+      <c r="L11" s="5" t="s">
+        <v>12</v>
+      </c>
+      <c r="M11" s="5" t="s">
+        <v>13</v>
+      </c>
+      <c r="N11" s="5" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="12" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A12" s="5" t="s">
+        <v>55</v>
+      </c>
+      <c r="B12" s="5" t="s">
+        <v>56</v>
+      </c>
+      <c r="C12" s="5" t="s">
+        <v>57</v>
+      </c>
+      <c r="D12" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="E12" s="3" t="s">
+        <v>1036</v>
+      </c>
+      <c r="F12" s="5" t="s">
+        <v>58</v>
+      </c>
+      <c r="G12" s="5" t="s">
+        <v>59</v>
+      </c>
+      <c r="H12" s="5" t="s">
+        <v>60</v>
+      </c>
+      <c r="I12" s="5" t="s">
+        <v>56</v>
+      </c>
+      <c r="J12" s="3" t="s">
+        <v>61</v>
+      </c>
+      <c r="K12" s="5" t="s">
+        <v>62</v>
+      </c>
+      <c r="L12" s="5" t="s">
+        <v>63</v>
+      </c>
+      <c r="M12" s="5" t="s">
+        <v>64</v>
+      </c>
+      <c r="N12" s="5" t="s">
+        <v>62</v>
+      </c>
+    </row>
+    <row r="13" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A13" s="5" t="s">
+        <v>106</v>
+      </c>
+      <c r="B13" s="5" t="s">
+        <v>107</v>
+      </c>
+      <c r="C13" s="5" t="s">
+        <v>108</v>
+      </c>
+      <c r="D13" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="E13" s="3" t="s">
+        <v>1036</v>
+      </c>
+      <c r="F13" s="5" t="s">
+        <v>109</v>
+      </c>
+      <c r="G13" s="5" t="s">
+        <v>110</v>
+      </c>
+      <c r="H13" s="5" t="s">
+        <v>111</v>
+      </c>
+      <c r="I13" s="5" t="s">
+        <v>107</v>
+      </c>
+      <c r="J13" s="3" t="s">
+        <v>112</v>
+      </c>
+      <c r="K13" s="5" t="s">
+        <v>113</v>
+      </c>
+      <c r="L13" s="5" t="s">
+        <v>114</v>
+      </c>
+      <c r="M13" s="5" t="s">
+        <v>115</v>
+      </c>
+      <c r="N13" s="5" t="s">
+        <v>116</v>
+      </c>
+    </row>
+    <row r="14" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A14" s="5" t="s">
+        <v>138</v>
+      </c>
+      <c r="B14" s="5" t="s">
+        <v>139</v>
+      </c>
+      <c r="C14" s="5" t="s">
+        <v>140</v>
+      </c>
+      <c r="D14" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="E14" s="3" t="s">
+        <v>1036</v>
+      </c>
+      <c r="F14" s="5" t="s">
+        <v>141</v>
+      </c>
+      <c r="G14" s="5" t="s">
+        <v>142</v>
+      </c>
+      <c r="H14" s="5" t="s">
+        <v>143</v>
+      </c>
+      <c r="I14" s="5" t="s">
+        <v>139</v>
+      </c>
+      <c r="J14" s="3" t="s">
+        <v>144</v>
+      </c>
+      <c r="K14" s="5" t="s">
+        <v>145</v>
+      </c>
+      <c r="L14" s="5" t="s">
+        <v>146</v>
+      </c>
+      <c r="M14" s="5" t="s">
+        <v>147</v>
+      </c>
+      <c r="N14" s="5" t="s">
+        <v>148</v>
+      </c>
+    </row>
+    <row r="15" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A15" s="5" t="s">
+        <v>172</v>
+      </c>
+      <c r="B15" s="5" t="s">
+        <v>173</v>
+      </c>
+      <c r="C15" s="5" t="s">
+        <v>174</v>
+      </c>
+      <c r="D15" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="E15" s="3" t="s">
+        <v>1036</v>
+      </c>
+      <c r="F15" s="5" t="s">
+        <v>175</v>
+      </c>
+      <c r="G15" s="5" t="s">
+        <v>176</v>
+      </c>
+      <c r="H15" s="5" t="s">
+        <v>177</v>
+      </c>
+      <c r="I15" s="5" t="s">
+        <v>173</v>
+      </c>
+      <c r="J15" s="3" t="s">
+        <v>178</v>
+      </c>
+      <c r="K15" s="5" t="s">
+        <v>179</v>
+      </c>
+      <c r="L15" s="5" t="s">
+        <v>175</v>
+      </c>
+      <c r="M15" s="5" t="s">
+        <v>176</v>
+      </c>
+      <c r="N15" s="5" t="s">
+        <v>179</v>
+      </c>
+    </row>
+    <row r="16" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A16" s="5" t="s">
+        <v>247</v>
+      </c>
+      <c r="B16" s="5" t="s">
+        <v>248</v>
+      </c>
+      <c r="C16" s="5" t="s">
+        <v>249</v>
+      </c>
+      <c r="D16" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="E16" s="3" t="s">
+        <v>1036</v>
+      </c>
+      <c r="F16" s="5" t="s">
+        <v>250</v>
+      </c>
+      <c r="G16" s="5" t="s">
+        <v>251</v>
+      </c>
+      <c r="H16" s="5" t="s">
+        <v>252</v>
+      </c>
+      <c r="I16" s="5" t="s">
+        <v>248</v>
+      </c>
+      <c r="J16" s="3" t="s">
+        <v>253</v>
+      </c>
+      <c r="K16" s="5" t="s">
+        <v>254</v>
+      </c>
+      <c r="L16" s="5" t="s">
+        <v>255</v>
+      </c>
+      <c r="M16" s="5" t="s">
+        <v>256</v>
+      </c>
+      <c r="N16" s="5" t="s">
+        <v>257</v>
+      </c>
+    </row>
+    <row r="17" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A17" s="5" t="s">
+        <v>268</v>
+      </c>
+      <c r="B17" s="5" t="s">
+        <v>269</v>
+      </c>
+      <c r="C17" s="5" t="s">
+        <v>270</v>
+      </c>
+      <c r="D17" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="E17" s="3" t="s">
+        <v>1036</v>
+      </c>
+      <c r="F17" s="5" t="s">
+        <v>271</v>
+      </c>
+      <c r="G17" s="5" t="s">
+        <v>272</v>
+      </c>
+      <c r="H17" s="5" t="s">
+        <v>273</v>
+      </c>
+      <c r="I17" s="5" t="s">
+        <v>269</v>
+      </c>
+      <c r="J17" s="3" t="s">
+        <v>274</v>
+      </c>
+      <c r="K17" s="5" t="s">
+        <v>275</v>
+      </c>
+      <c r="L17" s="5" t="s">
+        <v>276</v>
+      </c>
+      <c r="M17" s="5" t="s">
+        <v>277</v>
+      </c>
+      <c r="N17" s="5" t="s">
+        <v>278</v>
+      </c>
+    </row>
+    <row r="18" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A18" s="5" t="s">
+        <v>279</v>
+      </c>
+      <c r="B18" s="5" t="s">
+        <v>115</v>
+      </c>
+      <c r="C18" s="5" t="s">
+        <v>280</v>
+      </c>
+      <c r="D18" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="E18" s="3" t="s">
+        <v>1036</v>
+      </c>
+      <c r="F18" s="5" t="s">
+        <v>281</v>
+      </c>
+      <c r="G18" s="5" t="s">
+        <v>282</v>
+      </c>
+      <c r="H18" s="5" t="s">
+        <v>283</v>
+      </c>
+      <c r="I18" s="5" t="s">
+        <v>115</v>
+      </c>
+      <c r="J18" s="3" t="s">
+        <v>284</v>
+      </c>
+      <c r="K18" s="5" t="s">
+        <v>285</v>
+      </c>
+      <c r="L18" s="5" t="s">
+        <v>286</v>
+      </c>
+      <c r="M18" s="5" t="s">
+        <v>287</v>
+      </c>
+      <c r="N18" s="5" t="s">
+        <v>288</v>
+      </c>
+    </row>
+    <row r="19" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A19" s="5" t="s">
+        <v>413</v>
+      </c>
+      <c r="B19" s="5" t="s">
+        <v>414</v>
+      </c>
+      <c r="C19" s="5" t="s">
+        <v>415</v>
+      </c>
+      <c r="D19" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="E19" s="3" t="s">
+        <v>1036</v>
+      </c>
+      <c r="F19" s="5" t="s">
+        <v>416</v>
+      </c>
+      <c r="G19" s="5" t="s">
+        <v>417</v>
+      </c>
+      <c r="H19" s="5" t="s">
+        <v>418</v>
+      </c>
+      <c r="I19" s="5" t="s">
+        <v>414</v>
+      </c>
+      <c r="J19" s="3" t="s">
+        <v>419</v>
+      </c>
+      <c r="K19" s="5" t="s">
+        <v>420</v>
+      </c>
+      <c r="L19" s="5" t="s">
+        <v>416</v>
+      </c>
+      <c r="M19" s="5" t="s">
+        <v>417</v>
+      </c>
+      <c r="N19" s="5" t="s">
+        <v>420</v>
+      </c>
+    </row>
+    <row r="20" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A20" s="5" t="s">
+        <v>452</v>
+      </c>
+      <c r="B20" s="5" t="s">
+        <v>453</v>
+      </c>
+      <c r="C20" s="5" t="s">
+        <v>454</v>
+      </c>
+      <c r="D20" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="E20" s="3" t="s">
+        <v>1036</v>
+      </c>
+      <c r="F20" s="5" t="s">
+        <v>125</v>
+      </c>
+      <c r="G20" s="5" t="s">
+        <v>455</v>
+      </c>
+      <c r="H20" s="5" t="s">
+        <v>456</v>
+      </c>
+      <c r="I20" s="5" t="s">
+        <v>453</v>
+      </c>
+      <c r="J20" s="3" t="s">
+        <v>457</v>
+      </c>
+      <c r="K20" s="5" t="s">
+        <v>458</v>
+      </c>
+      <c r="L20" s="5" t="s">
+        <v>114</v>
+      </c>
+      <c r="M20" s="5" t="s">
+        <v>459</v>
+      </c>
+      <c r="N20" s="5" t="s">
+        <v>460</v>
+      </c>
+    </row>
+    <row r="21" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A21" s="5" t="s">
+        <v>461</v>
+      </c>
+      <c r="B21" s="5" t="s">
+        <v>462</v>
+      </c>
+      <c r="C21" s="5" t="s">
+        <v>463</v>
+      </c>
+      <c r="D21" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="E21" s="3" t="s">
+        <v>1036</v>
+      </c>
+      <c r="F21" s="5" t="s">
+        <v>464</v>
+      </c>
+      <c r="G21" s="5" t="s">
+        <v>465</v>
+      </c>
+      <c r="H21" s="5" t="s">
+        <v>466</v>
+      </c>
+      <c r="I21" s="5" t="s">
+        <v>462</v>
+      </c>
+      <c r="J21" s="3" t="s">
+        <v>467</v>
+      </c>
+      <c r="K21" s="5" t="s">
+        <v>468</v>
+      </c>
+      <c r="L21" s="5"/>
+      <c r="M21" s="5"/>
+      <c r="N21" s="5"/>
+    </row>
+    <row r="22" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A22" s="5" t="s">
+        <v>541</v>
+      </c>
+      <c r="B22" s="5" t="s">
+        <v>542</v>
+      </c>
+      <c r="C22" s="5" t="s">
+        <v>543</v>
+      </c>
+      <c r="D22" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="E22" s="3" t="s">
+        <v>1036</v>
+      </c>
+      <c r="F22" s="5" t="s">
+        <v>544</v>
+      </c>
+      <c r="G22" s="5" t="s">
+        <v>545</v>
+      </c>
+      <c r="H22" s="5" t="s">
+        <v>546</v>
+      </c>
+      <c r="I22" s="5" t="s">
+        <v>542</v>
+      </c>
+      <c r="J22" s="3" t="s">
+        <v>547</v>
+      </c>
+      <c r="K22" s="5" t="s">
+        <v>548</v>
+      </c>
+      <c r="L22" s="5" t="s">
+        <v>544</v>
+      </c>
+      <c r="M22" s="5" t="s">
+        <v>545</v>
+      </c>
+      <c r="N22" s="5" t="s">
+        <v>548</v>
+      </c>
+    </row>
+    <row r="23" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A23" s="5" t="s">
+        <v>589</v>
+      </c>
+      <c r="B23" s="5" t="s">
+        <v>590</v>
+      </c>
+      <c r="C23" s="5" t="s">
+        <v>591</v>
+      </c>
+      <c r="D23" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="E23" s="3" t="s">
+        <v>1036</v>
+      </c>
+      <c r="F23" s="5" t="s">
+        <v>592</v>
+      </c>
+      <c r="G23" s="5" t="s">
+        <v>593</v>
+      </c>
+      <c r="H23" s="5" t="s">
+        <v>594</v>
+      </c>
+      <c r="I23" s="5" t="s">
+        <v>590</v>
+      </c>
+      <c r="J23" s="3" t="s">
+        <v>595</v>
+      </c>
+      <c r="K23" s="5" t="s">
+        <v>596</v>
+      </c>
+      <c r="L23" s="5" t="s">
+        <v>125</v>
+      </c>
+      <c r="M23" s="5" t="s">
+        <v>597</v>
+      </c>
+      <c r="N23" s="5"/>
+    </row>
+    <row r="24" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A24" s="5" t="s">
+        <v>805</v>
+      </c>
+      <c r="B24" s="5" t="s">
+        <v>806</v>
+      </c>
+      <c r="C24" s="5" t="s">
+        <v>807</v>
+      </c>
+      <c r="D24" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="E24" s="3" t="s">
+        <v>1036</v>
+      </c>
+      <c r="F24" s="5" t="s">
+        <v>256</v>
+      </c>
+      <c r="G24" s="5" t="s">
+        <v>808</v>
+      </c>
+      <c r="H24" s="5" t="s">
+        <v>809</v>
+      </c>
+      <c r="I24" s="5" t="s">
+        <v>806</v>
+      </c>
+      <c r="J24" s="3" t="s">
+        <v>810</v>
+      </c>
+      <c r="K24" s="5" t="s">
+        <v>811</v>
+      </c>
+      <c r="L24" s="5" t="s">
+        <v>256</v>
+      </c>
+      <c r="M24" s="5" t="s">
+        <v>808</v>
+      </c>
+      <c r="N24" s="5" t="s">
+        <v>811</v>
+      </c>
+    </row>
+    <row r="25" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A25" s="5" t="s">
+        <v>844</v>
+      </c>
+      <c r="B25" s="5" t="s">
+        <v>845</v>
+      </c>
+      <c r="C25" s="5" t="s">
+        <v>846</v>
+      </c>
+      <c r="D25" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="E25" s="3" t="s">
+        <v>1036</v>
+      </c>
+      <c r="F25" s="5" t="s">
+        <v>847</v>
+      </c>
+      <c r="G25" s="5" t="s">
+        <v>848</v>
+      </c>
+      <c r="H25" s="5" t="s">
+        <v>849</v>
+      </c>
+      <c r="I25" s="5" t="s">
+        <v>845</v>
+      </c>
+      <c r="J25" s="3" t="s">
+        <v>850</v>
+      </c>
+      <c r="K25" s="5" t="s">
+        <v>851</v>
+      </c>
+      <c r="L25" s="5" t="s">
+        <v>852</v>
+      </c>
+      <c r="M25" s="5" t="s">
+        <v>853</v>
+      </c>
+      <c r="N25" s="5" t="s">
+        <v>854</v>
+      </c>
+    </row>
+    <row r="26" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A26" s="5" t="s">
+        <v>986</v>
+      </c>
+      <c r="B26" s="5" t="s">
+        <v>987</v>
+      </c>
+      <c r="C26" s="5" t="s">
+        <v>988</v>
+      </c>
+      <c r="D26" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="E26" s="3" t="s">
+        <v>1036</v>
+      </c>
+      <c r="F26" s="5" t="s">
+        <v>989</v>
+      </c>
+      <c r="G26" s="5" t="s">
+        <v>990</v>
+      </c>
+      <c r="H26" s="5" t="s">
+        <v>991</v>
+      </c>
+      <c r="I26" s="5" t="s">
+        <v>987</v>
+      </c>
+      <c r="J26" s="3" t="s">
+        <v>992</v>
+      </c>
+      <c r="K26" s="5" t="s">
+        <v>993</v>
+      </c>
+      <c r="L26" s="5" t="s">
+        <v>994</v>
+      </c>
+      <c r="M26" s="5" t="s">
+        <v>995</v>
+      </c>
+      <c r="N26" s="5" t="s">
+        <v>996</v>
+      </c>
+    </row>
+    <row r="27" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A27" s="5"/>
+      <c r="B27" s="5"/>
+      <c r="C27" s="5"/>
+      <c r="D27" s="3"/>
+      <c r="E27" s="3"/>
+      <c r="F27" s="5"/>
+      <c r="G27" s="5"/>
+      <c r="H27" s="5"/>
+      <c r="I27" s="5"/>
+      <c r="J27" s="3"/>
+      <c r="K27" s="5"/>
+      <c r="L27" s="5"/>
+      <c r="M27" s="5"/>
+      <c r="N27" s="5"/>
+    </row>
+    <row r="28" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A28" s="5" t="s">
+        <v>17</v>
+      </c>
+      <c r="B28" s="5" t="s">
+        <v>18</v>
+      </c>
+      <c r="C28" s="5" t="s">
+        <v>19</v>
+      </c>
+      <c r="D28" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="E28" s="3" t="s">
         <v>1037</v>
       </c>
-      <c r="F2" s="2" t="s">
-[...14 lines deleted...]
-      <c r="K2" s="2" t="s">
+      <c r="F28" s="5" t="s">
+        <v>20</v>
+      </c>
+      <c r="G28" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="H28" s="5" t="s">
+        <v>22</v>
+      </c>
+      <c r="I28" s="5" t="s">
         <v>18</v>
       </c>
-      <c r="L2" s="2" t="s">
-[...10 lines deleted...]
-      <c r="A3" s="2" t="s">
+      <c r="J28" s="3" t="s">
+        <v>23</v>
+      </c>
+      <c r="K28" s="5" t="s">
+        <v>24</v>
+      </c>
+      <c r="L28" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M28" s="5" t="s">
+        <v>26</v>
+      </c>
+      <c r="N28" s="5" t="s">
+        <v>27</v>
+      </c>
+    </row>
+    <row r="29" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A29" s="5" t="s">
+        <v>44</v>
+      </c>
+      <c r="B29" s="5" t="s">
+        <v>45</v>
+      </c>
+      <c r="C29" s="5" t="s">
+        <v>46</v>
+      </c>
+      <c r="D29" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="E29" s="3" t="s">
+        <v>1037</v>
+      </c>
+      <c r="F29" s="5" t="s">
+        <v>47</v>
+      </c>
+      <c r="G29" s="5" t="s">
+        <v>48</v>
+      </c>
+      <c r="H29" s="5" t="s">
+        <v>49</v>
+      </c>
+      <c r="I29" s="5" t="s">
+        <v>45</v>
+      </c>
+      <c r="J29" s="3" t="s">
+        <v>50</v>
+      </c>
+      <c r="K29" s="5" t="s">
+        <v>51</v>
+      </c>
+      <c r="L29" s="5" t="s">
+        <v>52</v>
+      </c>
+      <c r="M29" s="5" t="s">
+        <v>53</v>
+      </c>
+      <c r="N29" s="5" t="s">
+        <v>54</v>
+      </c>
+    </row>
+    <row r="30" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A30" s="5" t="s">
+        <v>85</v>
+      </c>
+      <c r="B30" s="5" t="s">
+        <v>86</v>
+      </c>
+      <c r="C30" s="5" t="s">
+        <v>87</v>
+      </c>
+      <c r="D30" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="E30" s="3" t="s">
+        <v>1037</v>
+      </c>
+      <c r="F30" s="5" t="s">
+        <v>88</v>
+      </c>
+      <c r="G30" s="5" t="s">
+        <v>89</v>
+      </c>
+      <c r="H30" s="5" t="s">
+        <v>90</v>
+      </c>
+      <c r="I30" s="5" t="s">
+        <v>86</v>
+      </c>
+      <c r="J30" s="3" t="s">
+        <v>91</v>
+      </c>
+      <c r="K30" s="5" t="s">
+        <v>92</v>
+      </c>
+      <c r="L30" s="5" t="s">
+        <v>88</v>
+      </c>
+      <c r="M30" s="5" t="s">
+        <v>93</v>
+      </c>
+      <c r="N30" s="5" t="s">
+        <v>94</v>
+      </c>
+    </row>
+    <row r="31" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A31" s="5" t="s">
+        <v>95</v>
+      </c>
+      <c r="B31" s="5" t="s">
+        <v>96</v>
+      </c>
+      <c r="C31" s="5" t="s">
+        <v>97</v>
+      </c>
+      <c r="D31" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="E31" s="3" t="s">
+        <v>1037</v>
+      </c>
+      <c r="F31" s="5" t="s">
+        <v>98</v>
+      </c>
+      <c r="G31" s="5" t="s">
+        <v>99</v>
+      </c>
+      <c r="H31" s="5" t="s">
+        <v>100</v>
+      </c>
+      <c r="I31" s="5" t="s">
+        <v>96</v>
+      </c>
+      <c r="J31" s="3" t="s">
+        <v>101</v>
+      </c>
+      <c r="K31" s="5" t="s">
+        <v>102</v>
+      </c>
+      <c r="L31" s="5" t="s">
+        <v>103</v>
+      </c>
+      <c r="M31" s="5" t="s">
+        <v>104</v>
+      </c>
+      <c r="N31" s="5" t="s">
+        <v>105</v>
+      </c>
+    </row>
+    <row r="32" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A32" s="5" t="s">
+        <v>117</v>
+      </c>
+      <c r="B32" s="5" t="s">
+        <v>118</v>
+      </c>
+      <c r="C32" s="5" t="s">
+        <v>119</v>
+      </c>
+      <c r="D32" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="E32" s="3" t="s">
+        <v>1037</v>
+      </c>
+      <c r="F32" s="5" t="s">
+        <v>120</v>
+      </c>
+      <c r="G32" s="5" t="s">
+        <v>121</v>
+      </c>
+      <c r="H32" s="5" t="s">
+        <v>122</v>
+      </c>
+      <c r="I32" s="5" t="s">
+        <v>118</v>
+      </c>
+      <c r="J32" s="3" t="s">
+        <v>123</v>
+      </c>
+      <c r="K32" s="5" t="s">
+        <v>124</v>
+      </c>
+      <c r="L32" s="5" t="s">
+        <v>125</v>
+      </c>
+      <c r="M32" s="5" t="s">
+        <v>126</v>
+      </c>
+      <c r="N32" s="5" t="s">
+        <v>127</v>
+      </c>
+    </row>
+    <row r="33" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A33" s="5" t="s">
+        <v>128</v>
+      </c>
+      <c r="B33" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="C33" s="5" t="s">
+        <v>130</v>
+      </c>
+      <c r="D33" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="E33" s="3" t="s">
+        <v>1037</v>
+      </c>
+      <c r="F33" s="5" t="s">
+        <v>125</v>
+      </c>
+      <c r="G33" s="5" t="s">
+        <v>131</v>
+      </c>
+      <c r="H33" s="5" t="s">
+        <v>132</v>
+      </c>
+      <c r="I33" s="5" t="s">
+        <v>129</v>
+      </c>
+      <c r="J33" s="3" t="s">
+        <v>133</v>
+      </c>
+      <c r="K33" s="5" t="s">
+        <v>134</v>
+      </c>
+      <c r="L33" s="5" t="s">
+        <v>135</v>
+      </c>
+      <c r="M33" s="5" t="s">
+        <v>136</v>
+      </c>
+      <c r="N33" s="5" t="s">
+        <v>137</v>
+      </c>
+    </row>
+    <row r="34" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A34" s="5" t="s">
+        <v>149</v>
+      </c>
+      <c r="B34" s="5" t="s">
+        <v>150</v>
+      </c>
+      <c r="C34" s="5" t="s">
+        <v>151</v>
+      </c>
+      <c r="D34" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="E34" s="3" t="s">
+        <v>1037</v>
+      </c>
+      <c r="F34" s="5" t="s">
+        <v>152</v>
+      </c>
+      <c r="G34" s="5" t="s">
+        <v>153</v>
+      </c>
+      <c r="H34" s="5" t="s">
+        <v>154</v>
+      </c>
+      <c r="I34" s="5" t="s">
+        <v>150</v>
+      </c>
+      <c r="J34" s="3" t="s">
+        <v>155</v>
+      </c>
+      <c r="K34" s="5" t="s">
+        <v>156</v>
+      </c>
+      <c r="L34" s="5" t="s">
+        <v>157</v>
+      </c>
+      <c r="M34" s="5" t="s">
+        <v>158</v>
+      </c>
+      <c r="N34" s="5" t="s">
+        <v>159</v>
+      </c>
+    </row>
+    <row r="35" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A35" s="5" t="s">
+        <v>236</v>
+      </c>
+      <c r="B35" s="5" t="s">
+        <v>237</v>
+      </c>
+      <c r="C35" s="5" t="s">
+        <v>238</v>
+      </c>
+      <c r="D35" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="E35" s="3" t="s">
+        <v>1037</v>
+      </c>
+      <c r="F35" s="5" t="s">
+        <v>239</v>
+      </c>
+      <c r="G35" s="5" t="s">
+        <v>240</v>
+      </c>
+      <c r="H35" s="5" t="s">
+        <v>241</v>
+      </c>
+      <c r="I35" s="5" t="s">
+        <v>237</v>
+      </c>
+      <c r="J35" s="3" t="s">
+        <v>242</v>
+      </c>
+      <c r="K35" s="5" t="s">
+        <v>243</v>
+      </c>
+      <c r="L35" s="5" t="s">
+        <v>244</v>
+      </c>
+      <c r="M35" s="5" t="s">
+        <v>245</v>
+      </c>
+      <c r="N35" s="5" t="s">
+        <v>246</v>
+      </c>
+    </row>
+    <row r="36" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A36" s="5" t="s">
+        <v>258</v>
+      </c>
+      <c r="B36" s="5" t="s">
+        <v>259</v>
+      </c>
+      <c r="C36" s="5" t="s">
+        <v>260</v>
+      </c>
+      <c r="D36" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="E36" s="3" t="s">
+        <v>1037</v>
+      </c>
+      <c r="F36" s="5" t="s">
+        <v>88</v>
+      </c>
+      <c r="G36" s="5" t="s">
+        <v>261</v>
+      </c>
+      <c r="H36" s="5" t="s">
+        <v>262</v>
+      </c>
+      <c r="I36" s="5" t="s">
+        <v>259</v>
+      </c>
+      <c r="J36" s="3" t="s">
+        <v>263</v>
+      </c>
+      <c r="K36" s="5" t="s">
+        <v>264</v>
+      </c>
+      <c r="L36" s="5" t="s">
+        <v>265</v>
+      </c>
+      <c r="M36" s="5" t="s">
+        <v>266</v>
+      </c>
+      <c r="N36" s="5" t="s">
+        <v>267</v>
+      </c>
+    </row>
+    <row r="37" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A37" s="5" t="s">
+        <v>297</v>
+      </c>
+      <c r="B37" s="5" t="s">
+        <v>298</v>
+      </c>
+      <c r="C37" s="5" t="s">
+        <v>299</v>
+      </c>
+      <c r="D37" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="E37" s="3" t="s">
+        <v>1037</v>
+      </c>
+      <c r="F37" s="5" t="s">
+        <v>125</v>
+      </c>
+      <c r="G37" s="5" t="s">
+        <v>300</v>
+      </c>
+      <c r="H37" s="5" t="s">
+        <v>301</v>
+      </c>
+      <c r="I37" s="5" t="s">
+        <v>298</v>
+      </c>
+      <c r="J37" s="3" t="s">
+        <v>302</v>
+      </c>
+      <c r="K37" s="5" t="s">
+        <v>303</v>
+      </c>
+      <c r="L37" s="5" t="s">
+        <v>304</v>
+      </c>
+      <c r="M37" s="5" t="s">
+        <v>305</v>
+      </c>
+      <c r="N37" s="5" t="s">
+        <v>306</v>
+      </c>
+    </row>
+    <row r="38" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A38" s="5" t="s">
+        <v>329</v>
+      </c>
+      <c r="B38" s="5" t="s">
+        <v>330</v>
+      </c>
+      <c r="C38" s="5" t="s">
+        <v>331</v>
+      </c>
+      <c r="D38" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="E38" s="3" t="s">
+        <v>1037</v>
+      </c>
+      <c r="F38" s="5" t="s">
+        <v>332</v>
+      </c>
+      <c r="G38" s="5" t="s">
+        <v>333</v>
+      </c>
+      <c r="H38" s="5" t="s">
+        <v>334</v>
+      </c>
+      <c r="I38" s="5" t="s">
+        <v>330</v>
+      </c>
+      <c r="J38" s="3" t="s">
+        <v>335</v>
+      </c>
+      <c r="K38" s="5" t="s">
+        <v>336</v>
+      </c>
+      <c r="L38" s="5" t="s">
+        <v>337</v>
+      </c>
+      <c r="M38" s="5" t="s">
+        <v>338</v>
+      </c>
+      <c r="N38" s="5" t="s">
+        <v>339</v>
+      </c>
+    </row>
+    <row r="39" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A39" s="5" t="s">
+        <v>374</v>
+      </c>
+      <c r="B39" s="5" t="s">
+        <v>375</v>
+      </c>
+      <c r="C39" s="5" t="s">
+        <v>376</v>
+      </c>
+      <c r="D39" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="E39" s="3" t="s">
+        <v>1037</v>
+      </c>
+      <c r="F39" s="5" t="s">
+        <v>377</v>
+      </c>
+      <c r="G39" s="5" t="s">
+        <v>378</v>
+      </c>
+      <c r="H39" s="5" t="s">
+        <v>379</v>
+      </c>
+      <c r="I39" s="5" t="s">
+        <v>375</v>
+      </c>
+      <c r="J39" s="3" t="s">
+        <v>380</v>
+      </c>
+      <c r="K39" s="5" t="s">
+        <v>381</v>
+      </c>
+      <c r="L39" s="5" t="s">
+        <v>382</v>
+      </c>
+      <c r="M39" s="5" t="s">
+        <v>383</v>
+      </c>
+      <c r="N39" s="5" t="s">
+        <v>384</v>
+      </c>
+    </row>
+    <row r="40" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A40" s="5" t="s">
+        <v>385</v>
+      </c>
+      <c r="B40" s="5" t="s">
+        <v>386</v>
+      </c>
+      <c r="C40" s="5" t="s">
+        <v>387</v>
+      </c>
+      <c r="D40" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="E40" s="3" t="s">
+        <v>1037</v>
+      </c>
+      <c r="F40" s="5" t="s">
+        <v>388</v>
+      </c>
+      <c r="G40" s="5" t="s">
+        <v>389</v>
+      </c>
+      <c r="H40" s="5" t="s">
+        <v>390</v>
+      </c>
+      <c r="I40" s="5" t="s">
+        <v>386</v>
+      </c>
+      <c r="J40" s="3" t="s">
+        <v>391</v>
+      </c>
+      <c r="K40" s="5" t="s">
+        <v>392</v>
+      </c>
+      <c r="L40" s="5" t="s">
+        <v>393</v>
+      </c>
+      <c r="M40" s="5" t="s">
+        <v>394</v>
+      </c>
+      <c r="N40" s="5" t="s">
+        <v>395</v>
+      </c>
+    </row>
+    <row r="41" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A41" s="5" t="s">
+        <v>404</v>
+      </c>
+      <c r="B41" s="5" t="s">
+        <v>405</v>
+      </c>
+      <c r="C41" s="5" t="s">
+        <v>406</v>
+      </c>
+      <c r="D41" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="E41" s="3" t="s">
+        <v>1037</v>
+      </c>
+      <c r="F41" s="5" t="s">
+        <v>210</v>
+      </c>
+      <c r="G41" s="5" t="s">
+        <v>407</v>
+      </c>
+      <c r="H41" s="5" t="s">
+        <v>408</v>
+      </c>
+      <c r="I41" s="5" t="s">
+        <v>405</v>
+      </c>
+      <c r="J41" s="3" t="s">
+        <v>409</v>
+      </c>
+      <c r="K41" s="5" t="s">
+        <v>410</v>
+      </c>
+      <c r="L41" s="5" t="s">
+        <v>103</v>
+      </c>
+      <c r="M41" s="5" t="s">
+        <v>411</v>
+      </c>
+      <c r="N41" s="5" t="s">
+        <v>412</v>
+      </c>
+    </row>
+    <row r="42" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A42" s="5" t="s">
+        <v>559</v>
+      </c>
+      <c r="B42" s="5" t="s">
+        <v>560</v>
+      </c>
+      <c r="C42" s="5" t="s">
+        <v>561</v>
+      </c>
+      <c r="D42" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="E42" s="3" t="s">
+        <v>1037</v>
+      </c>
+      <c r="F42" s="5" t="s">
+        <v>562</v>
+      </c>
+      <c r="G42" s="5" t="s">
+        <v>563</v>
+      </c>
+      <c r="H42" s="5" t="s">
+        <v>564</v>
+      </c>
+      <c r="I42" s="5" t="s">
+        <v>560</v>
+      </c>
+      <c r="J42" s="3" t="s">
+        <v>565</v>
+      </c>
+      <c r="K42" s="5" t="s">
+        <v>566</v>
+      </c>
+      <c r="L42" s="5" t="s">
+        <v>567</v>
+      </c>
+      <c r="M42" s="5" t="s">
+        <v>229</v>
+      </c>
+      <c r="N42" s="5" t="s">
+        <v>568</v>
+      </c>
+    </row>
+    <row r="43" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A43" s="5" t="s">
+        <v>629</v>
+      </c>
+      <c r="B43" s="5" t="s">
+        <v>630</v>
+      </c>
+      <c r="C43" s="5" t="s">
+        <v>631</v>
+      </c>
+      <c r="D43" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="E43" s="3" t="s">
+        <v>1037</v>
+      </c>
+      <c r="F43" s="5" t="s">
+        <v>361</v>
+      </c>
+      <c r="G43" s="5" t="s">
+        <v>632</v>
+      </c>
+      <c r="H43" s="5" t="s">
+        <v>633</v>
+      </c>
+      <c r="I43" s="5" t="s">
+        <v>630</v>
+      </c>
+      <c r="J43" s="3" t="s">
+        <v>634</v>
+      </c>
+      <c r="K43" s="5" t="s">
+        <v>635</v>
+      </c>
+      <c r="L43" s="5"/>
+      <c r="M43" s="5"/>
+      <c r="N43" s="5"/>
+    </row>
+    <row r="44" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A44" s="5" t="s">
+        <v>636</v>
+      </c>
+      <c r="B44" s="5" t="s">
+        <v>637</v>
+      </c>
+      <c r="C44" s="5" t="s">
+        <v>638</v>
+      </c>
+      <c r="D44" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="E44" s="3" t="s">
+        <v>1037</v>
+      </c>
+      <c r="F44" s="5" t="s">
+        <v>639</v>
+      </c>
+      <c r="G44" s="5" t="s">
+        <v>640</v>
+      </c>
+      <c r="H44" s="5" t="s">
+        <v>641</v>
+      </c>
+      <c r="I44" s="5" t="s">
+        <v>637</v>
+      </c>
+      <c r="J44" s="3" t="s">
+        <v>642</v>
+      </c>
+      <c r="K44" s="5" t="s">
+        <v>643</v>
+      </c>
+      <c r="L44" s="5" t="s">
+        <v>644</v>
+      </c>
+      <c r="M44" s="5" t="s">
+        <v>645</v>
+      </c>
+      <c r="N44" s="5" t="s">
+        <v>646</v>
+      </c>
+    </row>
+    <row r="45" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A45" s="5" t="s">
+        <v>655</v>
+      </c>
+      <c r="B45" s="5" t="s">
+        <v>656</v>
+      </c>
+      <c r="C45" s="5" t="s">
+        <v>657</v>
+      </c>
+      <c r="D45" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="E45" s="3" t="s">
+        <v>1037</v>
+      </c>
+      <c r="F45" s="5" t="s">
+        <v>271</v>
+      </c>
+      <c r="G45" s="5" t="s">
+        <v>658</v>
+      </c>
+      <c r="H45" s="5" t="s">
+        <v>659</v>
+      </c>
+      <c r="I45" s="5" t="s">
+        <v>656</v>
+      </c>
+      <c r="J45" s="3" t="s">
+        <v>660</v>
+      </c>
+      <c r="K45" s="5" t="s">
+        <v>661</v>
+      </c>
+      <c r="L45" s="5" t="s">
+        <v>265</v>
+      </c>
+      <c r="M45" s="5" t="s">
+        <v>662</v>
+      </c>
+      <c r="N45" s="5" t="s">
+        <v>663</v>
+      </c>
+    </row>
+    <row r="46" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A46" s="5" t="s">
+        <v>717</v>
+      </c>
+      <c r="B46" s="5" t="s">
+        <v>718</v>
+      </c>
+      <c r="C46" s="5" t="s">
+        <v>719</v>
+      </c>
+      <c r="D46" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="E46" s="3" t="s">
+        <v>1037</v>
+      </c>
+      <c r="F46" s="5" t="s">
+        <v>265</v>
+      </c>
+      <c r="G46" s="5" t="s">
+        <v>720</v>
+      </c>
+      <c r="H46" s="5" t="s">
+        <v>721</v>
+      </c>
+      <c r="I46" s="5" t="s">
+        <v>718</v>
+      </c>
+      <c r="J46" s="3" t="s">
+        <v>722</v>
+      </c>
+      <c r="K46" s="5" t="s">
+        <v>723</v>
+      </c>
+      <c r="L46" s="5" t="s">
+        <v>724</v>
+      </c>
+      <c r="M46" s="5" t="s">
+        <v>725</v>
+      </c>
+      <c r="N46" s="5" t="s">
+        <v>726</v>
+      </c>
+    </row>
+    <row r="47" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A47" s="5" t="s">
+        <v>759</v>
+      </c>
+      <c r="B47" s="5" t="s">
+        <v>760</v>
+      </c>
+      <c r="C47" s="5" t="s">
+        <v>761</v>
+      </c>
+      <c r="D47" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="E47" s="3" t="s">
+        <v>1037</v>
+      </c>
+      <c r="F47" s="5" t="s">
+        <v>163</v>
+      </c>
+      <c r="G47" s="5" t="s">
+        <v>762</v>
+      </c>
+      <c r="H47" s="5" t="s">
+        <v>763</v>
+      </c>
+      <c r="I47" s="5" t="s">
+        <v>760</v>
+      </c>
+      <c r="J47" s="3" t="s">
+        <v>764</v>
+      </c>
+      <c r="K47" s="5" t="s">
+        <v>168</v>
+      </c>
+      <c r="L47" s="5" t="s">
+        <v>765</v>
+      </c>
+      <c r="M47" s="5" t="s">
+        <v>766</v>
+      </c>
+      <c r="N47" s="5" t="s">
+        <v>767</v>
+      </c>
+    </row>
+    <row r="48" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A48" s="5" t="s">
+        <v>785</v>
+      </c>
+      <c r="B48" s="5" t="s">
+        <v>786</v>
+      </c>
+      <c r="C48" s="5" t="s">
+        <v>787</v>
+      </c>
+      <c r="D48" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="E48" s="3" t="s">
+        <v>1037</v>
+      </c>
+      <c r="F48" s="5" t="s">
+        <v>788</v>
+      </c>
+      <c r="G48" s="5" t="s">
+        <v>789</v>
+      </c>
+      <c r="H48" s="5" t="s">
+        <v>790</v>
+      </c>
+      <c r="I48" s="5" t="s">
+        <v>786</v>
+      </c>
+      <c r="J48" s="3" t="s">
+        <v>791</v>
+      </c>
+      <c r="K48" s="5" t="s">
+        <v>792</v>
+      </c>
+      <c r="L48" s="5" t="s">
+        <v>369</v>
+      </c>
+      <c r="M48" s="5" t="s">
+        <v>793</v>
+      </c>
+      <c r="N48" s="5" t="s">
+        <v>794</v>
+      </c>
+    </row>
+    <row r="49" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A49" s="5" t="s">
+        <v>795</v>
+      </c>
+      <c r="B49" s="5" t="s">
+        <v>796</v>
+      </c>
+      <c r="C49" s="5" t="s">
+        <v>797</v>
+      </c>
+      <c r="D49" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="E49" s="3" t="s">
+        <v>1037</v>
+      </c>
+      <c r="F49" s="5" t="s">
+        <v>114</v>
+      </c>
+      <c r="G49" s="5" t="s">
+        <v>798</v>
+      </c>
+      <c r="H49" s="5" t="s">
+        <v>799</v>
+      </c>
+      <c r="I49" s="5" t="s">
+        <v>796</v>
+      </c>
+      <c r="J49" s="3" t="s">
+        <v>800</v>
+      </c>
+      <c r="K49" s="5" t="s">
+        <v>801</v>
+      </c>
+      <c r="L49" s="5" t="s">
+        <v>802</v>
+      </c>
+      <c r="M49" s="5" t="s">
+        <v>803</v>
+      </c>
+      <c r="N49" s="5" t="s">
+        <v>804</v>
+      </c>
+    </row>
+    <row r="50" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A50" s="5" t="s">
+        <v>812</v>
+      </c>
+      <c r="B50" s="5" t="s">
+        <v>813</v>
+      </c>
+      <c r="C50" s="5" t="s">
+        <v>814</v>
+      </c>
+      <c r="D50" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="E50" s="3" t="s">
+        <v>1037</v>
+      </c>
+      <c r="F50" s="5" t="s">
+        <v>815</v>
+      </c>
+      <c r="G50" s="5" t="s">
+        <v>816</v>
+      </c>
+      <c r="H50" s="5" t="s">
+        <v>817</v>
+      </c>
+      <c r="I50" s="5" t="s">
+        <v>813</v>
+      </c>
+      <c r="J50" s="3" t="s">
+        <v>818</v>
+      </c>
+      <c r="K50" s="5" t="s">
+        <v>819</v>
+      </c>
+      <c r="L50" s="5" t="s">
+        <v>820</v>
+      </c>
+      <c r="M50" s="5" t="s">
+        <v>704</v>
+      </c>
+      <c r="N50" s="5" t="s">
+        <v>821</v>
+      </c>
+    </row>
+    <row r="51" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A51" s="5" t="s">
+        <v>855</v>
+      </c>
+      <c r="B51" s="5" t="s">
+        <v>856</v>
+      </c>
+      <c r="C51" s="5" t="s">
+        <v>857</v>
+      </c>
+      <c r="D51" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="E51" s="3" t="s">
+        <v>1037</v>
+      </c>
+      <c r="F51" s="5" t="s">
+        <v>135</v>
+      </c>
+      <c r="G51" s="5" t="s">
+        <v>858</v>
+      </c>
+      <c r="H51" s="5" t="s">
+        <v>859</v>
+      </c>
+      <c r="I51" s="5" t="s">
+        <v>856</v>
+      </c>
+      <c r="J51" s="3" t="s">
+        <v>860</v>
+      </c>
+      <c r="K51" s="5" t="s">
+        <v>861</v>
+      </c>
+      <c r="L51" s="5" t="s">
+        <v>862</v>
+      </c>
+      <c r="M51" s="5" t="s">
+        <v>863</v>
+      </c>
+      <c r="N51" s="5" t="s">
+        <v>864</v>
+      </c>
+    </row>
+    <row r="52" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A52" s="5" t="s">
+        <v>865</v>
+      </c>
+      <c r="B52" s="5" t="s">
+        <v>866</v>
+      </c>
+      <c r="C52" s="5" t="s">
+        <v>867</v>
+      </c>
+      <c r="D52" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="E52" s="3" t="s">
+        <v>1037</v>
+      </c>
+      <c r="F52" s="5" t="s">
+        <v>868</v>
+      </c>
+      <c r="G52" s="5" t="s">
+        <v>869</v>
+      </c>
+      <c r="H52" s="5" t="s">
+        <v>870</v>
+      </c>
+      <c r="I52" s="5" t="s">
+        <v>866</v>
+      </c>
+      <c r="J52" s="3" t="s">
+        <v>871</v>
+      </c>
+      <c r="K52" s="5" t="s">
+        <v>872</v>
+      </c>
+      <c r="L52" s="5" t="s">
+        <v>343</v>
+      </c>
+      <c r="M52" s="5" t="s">
+        <v>772</v>
+      </c>
+      <c r="N52" s="5" t="s">
+        <v>873</v>
+      </c>
+    </row>
+    <row r="53" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A53" s="5" t="s">
+        <v>882</v>
+      </c>
+      <c r="B53" s="5" t="s">
+        <v>883</v>
+      </c>
+      <c r="C53" s="5" t="s">
+        <v>884</v>
+      </c>
+      <c r="D53" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="E53" s="3" t="s">
+        <v>1037</v>
+      </c>
+      <c r="F53" s="5" t="s">
+        <v>885</v>
+      </c>
+      <c r="G53" s="5" t="s">
+        <v>886</v>
+      </c>
+      <c r="H53" s="5" t="s">
+        <v>887</v>
+      </c>
+      <c r="I53" s="5" t="s">
+        <v>883</v>
+      </c>
+      <c r="J53" s="3" t="s">
+        <v>888</v>
+      </c>
+      <c r="K53" s="5" t="s">
+        <v>889</v>
+      </c>
+      <c r="L53" s="5" t="s">
+        <v>885</v>
+      </c>
+      <c r="M53" s="5" t="s">
+        <v>886</v>
+      </c>
+      <c r="N53" s="5" t="s">
+        <v>889</v>
+      </c>
+    </row>
+    <row r="54" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A54" s="5" t="s">
+        <v>890</v>
+      </c>
+      <c r="B54" s="5" t="s">
+        <v>891</v>
+      </c>
+      <c r="C54" s="5" t="s">
+        <v>892</v>
+      </c>
+      <c r="D54" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="E54" s="3" t="s">
+        <v>1037</v>
+      </c>
+      <c r="F54" s="5" t="s">
+        <v>877</v>
+      </c>
+      <c r="G54" s="5" t="s">
+        <v>205</v>
+      </c>
+      <c r="H54" s="5" t="s">
+        <v>893</v>
+      </c>
+      <c r="I54" s="5" t="s">
+        <v>891</v>
+      </c>
+      <c r="J54" s="3" t="s">
+        <v>894</v>
+      </c>
+      <c r="K54" s="5" t="s">
+        <v>895</v>
+      </c>
+      <c r="L54" s="5" t="s">
+        <v>896</v>
+      </c>
+      <c r="M54" s="5" t="s">
+        <v>897</v>
+      </c>
+      <c r="N54" s="5" t="s">
+        <v>898</v>
+      </c>
+    </row>
+    <row r="55" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A55" s="5" t="s">
+        <v>899</v>
+      </c>
+      <c r="B55" s="5" t="s">
+        <v>900</v>
+      </c>
+      <c r="C55" s="5" t="s">
+        <v>901</v>
+      </c>
+      <c r="D55" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="E55" s="3" t="s">
+        <v>1037</v>
+      </c>
+      <c r="F55" s="5" t="s">
+        <v>902</v>
+      </c>
+      <c r="G55" s="5" t="s">
+        <v>903</v>
+      </c>
+      <c r="H55" s="5" t="s">
+        <v>904</v>
+      </c>
+      <c r="I55" s="5" t="s">
+        <v>900</v>
+      </c>
+      <c r="J55" s="3" t="s">
+        <v>905</v>
+      </c>
+      <c r="K55" s="5" t="s">
+        <v>906</v>
+      </c>
+      <c r="L55" s="5" t="s">
+        <v>25</v>
+      </c>
+      <c r="M55" s="5" t="s">
+        <v>907</v>
+      </c>
+      <c r="N55" s="5" t="s">
+        <v>908</v>
+      </c>
+    </row>
+    <row r="56" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A56" s="5" t="s">
+        <v>919</v>
+      </c>
+      <c r="B56" s="5" t="s">
+        <v>920</v>
+      </c>
+      <c r="C56" s="5" t="s">
+        <v>921</v>
+      </c>
+      <c r="D56" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="E56" s="3" t="s">
+        <v>1037</v>
+      </c>
+      <c r="F56" s="5" t="s">
+        <v>922</v>
+      </c>
+      <c r="G56" s="5" t="s">
+        <v>923</v>
+      </c>
+      <c r="H56" s="5" t="s">
+        <v>924</v>
+      </c>
+      <c r="I56" s="5" t="s">
+        <v>920</v>
+      </c>
+      <c r="J56" s="3" t="s">
+        <v>925</v>
+      </c>
+      <c r="K56" s="5" t="s">
+        <v>926</v>
+      </c>
+      <c r="L56" s="5" t="s">
+        <v>927</v>
+      </c>
+      <c r="M56" s="5" t="s">
+        <v>928</v>
+      </c>
+      <c r="N56" s="5" t="s">
+        <v>929</v>
+      </c>
+    </row>
+    <row r="57" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A57" s="5" t="s">
+        <v>1007</v>
+      </c>
+      <c r="B57" s="5" t="s">
+        <v>1008</v>
+      </c>
+      <c r="C57" s="5" t="s">
+        <v>1009</v>
+      </c>
+      <c r="D57" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="E57" s="3" t="s">
+        <v>1037</v>
+      </c>
+      <c r="F57" s="5" t="s">
+        <v>233</v>
+      </c>
+      <c r="G57" s="5" t="s">
+        <v>1010</v>
+      </c>
+      <c r="H57" s="5" t="s">
+        <v>1011</v>
+      </c>
+      <c r="I57" s="5" t="s">
+        <v>1008</v>
+      </c>
+      <c r="J57" s="3" t="s">
+        <v>1012</v>
+      </c>
+      <c r="K57" s="5" t="s">
+        <v>1013</v>
+      </c>
+      <c r="L57" s="5" t="s">
+        <v>1014</v>
+      </c>
+      <c r="M57" s="5" t="s">
+        <v>1015</v>
+      </c>
+      <c r="N57" s="5" t="s">
+        <v>1016</v>
+      </c>
+    </row>
+    <row r="58" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A58" s="5" t="s">
+        <v>1017</v>
+      </c>
+      <c r="B58" s="5" t="s">
+        <v>166</v>
+      </c>
+      <c r="C58" s="5" t="s">
+        <v>1018</v>
+      </c>
+      <c r="D58" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="E58" s="3" t="s">
+        <v>1037</v>
+      </c>
+      <c r="F58" s="5" t="s">
+        <v>163</v>
+      </c>
+      <c r="G58" s="5" t="s">
+        <v>762</v>
+      </c>
+      <c r="H58" s="5" t="s">
+        <v>165</v>
+      </c>
+      <c r="I58" s="5" t="s">
+        <v>166</v>
+      </c>
+      <c r="J58" s="3" t="s">
+        <v>167</v>
+      </c>
+      <c r="K58" s="5" t="s">
+        <v>168</v>
+      </c>
+      <c r="L58" s="5" t="s">
+        <v>1019</v>
+      </c>
+      <c r="M58" s="5" t="s">
+        <v>1020</v>
+      </c>
+      <c r="N58" s="5" t="s">
+        <v>1021</v>
+      </c>
+    </row>
+    <row r="59" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A59" s="5"/>
+      <c r="B59" s="5"/>
+      <c r="C59" s="5"/>
+      <c r="D59" s="3"/>
+      <c r="E59" s="3"/>
+      <c r="F59" s="5"/>
+      <c r="G59" s="5"/>
+      <c r="H59" s="5"/>
+      <c r="I59" s="5"/>
+      <c r="J59" s="3"/>
+      <c r="K59" s="5"/>
+      <c r="L59" s="5"/>
+      <c r="M59" s="5"/>
+      <c r="N59" s="5"/>
+    </row>
+    <row r="60" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A60" s="5" t="s">
+        <v>28</v>
+      </c>
+      <c r="B60" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="C60" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="D60" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="E60" s="3" t="s">
+        <v>1038</v>
+      </c>
+      <c r="F60" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="G60" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="H60" s="5" t="s">
+        <v>33</v>
+      </c>
+      <c r="I60" s="5" t="s">
+        <v>29</v>
+      </c>
+      <c r="J60" s="3" t="s">
+        <v>34</v>
+      </c>
+      <c r="K60" s="5" t="s">
+        <v>35</v>
+      </c>
+      <c r="L60" s="5" t="s">
+        <v>31</v>
+      </c>
+      <c r="M60" s="5" t="s">
+        <v>32</v>
+      </c>
+      <c r="N60" s="5" t="s">
+        <v>35</v>
+      </c>
+    </row>
+    <row r="61" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A61" s="5" t="s">
+        <v>36</v>
+      </c>
+      <c r="B61" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="C61" s="5" t="s">
+        <v>38</v>
+      </c>
+      <c r="D61" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="E61" s="3" t="s">
+        <v>1038</v>
+      </c>
+      <c r="F61" s="5" t="s">
+        <v>39</v>
+      </c>
+      <c r="G61" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="H61" s="5" t="s">
+        <v>41</v>
+      </c>
+      <c r="I61" s="5" t="s">
+        <v>37</v>
+      </c>
+      <c r="J61" s="3" t="s">
+        <v>42</v>
+      </c>
+      <c r="K61" s="5" t="s">
+        <v>43</v>
+      </c>
+      <c r="L61" s="5" t="s">
+        <v>39</v>
+      </c>
+      <c r="M61" s="5" t="s">
+        <v>40</v>
+      </c>
+      <c r="N61" s="5" t="s">
+        <v>43</v>
+      </c>
+    </row>
+    <row r="62" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A62" s="5" t="s">
+        <v>65</v>
+      </c>
+      <c r="B62" s="5" t="s">
+        <v>66</v>
+      </c>
+      <c r="C62" s="5" t="s">
+        <v>67</v>
+      </c>
+      <c r="D62" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="E62" s="3" t="s">
+        <v>1038</v>
+      </c>
+      <c r="F62" s="5" t="s">
+        <v>68</v>
+      </c>
+      <c r="G62" s="5" t="s">
+        <v>69</v>
+      </c>
+      <c r="H62" s="5" t="s">
+        <v>70</v>
+      </c>
+      <c r="I62" s="5" t="s">
+        <v>66</v>
+      </c>
+      <c r="J62" s="3" t="s">
+        <v>71</v>
+      </c>
+      <c r="K62" s="5" t="s">
+        <v>72</v>
+      </c>
+      <c r="L62" s="5" t="s">
+        <v>73</v>
+      </c>
+      <c r="M62" s="5" t="s">
+        <v>74</v>
+      </c>
+      <c r="N62" s="5" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="63" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A63" s="5" t="s">
+        <v>186</v>
+      </c>
+      <c r="B63" s="5" t="s">
+        <v>187</v>
+      </c>
+      <c r="C63" s="5" t="s">
+        <v>188</v>
+      </c>
+      <c r="D63" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="E63" s="3" t="s">
+        <v>1038</v>
+      </c>
+      <c r="F63" s="5" t="s">
+        <v>189</v>
+      </c>
+      <c r="G63" s="5" t="s">
+        <v>190</v>
+      </c>
+      <c r="H63" s="5" t="s">
+        <v>191</v>
+      </c>
+      <c r="I63" s="5" t="s">
+        <v>187</v>
+      </c>
+      <c r="J63" s="3" t="s">
+        <v>192</v>
+      </c>
+      <c r="K63" s="5" t="s">
+        <v>193</v>
+      </c>
+      <c r="L63" s="5" t="s">
+        <v>146</v>
+      </c>
+      <c r="M63" s="5" t="s">
+        <v>194</v>
+      </c>
+      <c r="N63" s="5" t="s">
+        <v>195</v>
+      </c>
+    </row>
+    <row r="64" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A64" s="5" t="s">
+        <v>207</v>
+      </c>
+      <c r="B64" s="5" t="s">
+        <v>208</v>
+      </c>
+      <c r="C64" s="5" t="s">
+        <v>209</v>
+      </c>
+      <c r="D64" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="E64" s="3" t="s">
+        <v>1038</v>
+      </c>
+      <c r="F64" s="5" t="s">
+        <v>210</v>
+      </c>
+      <c r="G64" s="5" t="s">
+        <v>211</v>
+      </c>
+      <c r="H64" s="5" t="s">
+        <v>212</v>
+      </c>
+      <c r="I64" s="5" t="s">
+        <v>208</v>
+      </c>
+      <c r="J64" s="3" t="s">
+        <v>213</v>
+      </c>
+      <c r="K64" s="5" t="s">
+        <v>214</v>
+      </c>
+      <c r="L64" s="5" t="s">
+        <v>215</v>
+      </c>
+      <c r="M64" s="5" t="s">
+        <v>216</v>
+      </c>
+      <c r="N64" s="5" t="s">
+        <v>217</v>
+      </c>
+    </row>
+    <row r="65" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A65" s="5" t="s">
+        <v>226</v>
+      </c>
+      <c r="B65" s="5" t="s">
+        <v>227</v>
+      </c>
+      <c r="C65" s="5" t="s">
+        <v>228</v>
+      </c>
+      <c r="D65" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="E65" s="3" t="s">
+        <v>1038</v>
+      </c>
+      <c r="F65" s="5" t="s">
+        <v>135</v>
+      </c>
+      <c r="G65" s="5" t="s">
+        <v>229</v>
+      </c>
+      <c r="H65" s="5" t="s">
+        <v>230</v>
+      </c>
+      <c r="I65" s="5" t="s">
+        <v>227</v>
+      </c>
+      <c r="J65" s="3" t="s">
+        <v>231</v>
+      </c>
+      <c r="K65" s="5" t="s">
+        <v>232</v>
+      </c>
+      <c r="L65" s="5" t="s">
+        <v>233</v>
+      </c>
+      <c r="M65" s="5" t="s">
+        <v>234</v>
+      </c>
+      <c r="N65" s="5" t="s">
+        <v>235</v>
+      </c>
+    </row>
+    <row r="66" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A66" s="5" t="s">
+        <v>307</v>
+      </c>
+      <c r="B66" s="5" t="s">
+        <v>308</v>
+      </c>
+      <c r="C66" s="5" t="s">
+        <v>309</v>
+      </c>
+      <c r="D66" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="E66" s="3" t="s">
+        <v>1038</v>
+      </c>
+      <c r="F66" s="5" t="s">
         <v>310</v>
       </c>
-      <c r="B3" s="2" t="s">
+      <c r="G66" s="5" t="s">
         <v>311</v>
       </c>
-      <c r="C3" s="2" t="s">
+      <c r="H66" s="5" t="s">
         <v>312</v>
       </c>
-      <c r="D3" s="2" t="s">
-[...5 lines deleted...]
-      <c r="F3" s="2" t="s">
+      <c r="I66" s="5" t="s">
+        <v>308</v>
+      </c>
+      <c r="J66" s="3" t="s">
         <v>313</v>
       </c>
-      <c r="G3" s="2" t="s">
+      <c r="K66" s="5" t="s">
         <v>314</v>
       </c>
-      <c r="H3" s="2" t="s">
+      <c r="L66" s="5" t="s">
         <v>315</v>
       </c>
-      <c r="I3" s="2" t="s">
-[...2 lines deleted...]
-      <c r="J3" s="2" t="s">
+      <c r="M66" s="5" t="s">
         <v>316</v>
       </c>
-      <c r="K3" s="2" t="s">
+      <c r="N66" s="5" t="s">
         <v>317</v>
       </c>
-      <c r="L3" s="2" t="s">
-[...31 lines deleted...]
-      <c r="H4" s="2" t="s">
+    </row>
+    <row r="67" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A67" s="5" t="s">
+        <v>318</v>
+      </c>
+      <c r="B67" s="5" t="s">
+        <v>319</v>
+      </c>
+      <c r="C67" s="5" t="s">
+        <v>320</v>
+      </c>
+      <c r="D67" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="E67" s="3" t="s">
+        <v>1038</v>
+      </c>
+      <c r="F67" s="5" t="s">
+        <v>321</v>
+      </c>
+      <c r="G67" s="5" t="s">
+        <v>322</v>
+      </c>
+      <c r="H67" s="5" t="s">
+        <v>323</v>
+      </c>
+      <c r="I67" s="5" t="s">
+        <v>319</v>
+      </c>
+      <c r="J67" s="3" t="s">
+        <v>324</v>
+      </c>
+      <c r="K67" s="5" t="s">
+        <v>325</v>
+      </c>
+      <c r="L67" s="5" t="s">
+        <v>326</v>
+      </c>
+      <c r="M67" s="5" t="s">
+        <v>327</v>
+      </c>
+      <c r="N67" s="5" t="s">
+        <v>328</v>
+      </c>
+    </row>
+    <row r="68" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A68" s="5" t="s">
+        <v>366</v>
+      </c>
+      <c r="B68" s="5" t="s">
+        <v>367</v>
+      </c>
+      <c r="C68" s="5" t="s">
+        <v>368</v>
+      </c>
+      <c r="D68" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="E68" s="3" t="s">
+        <v>1038</v>
+      </c>
+      <c r="F68" s="5" t="s">
+        <v>369</v>
+      </c>
+      <c r="G68" s="5" t="s">
+        <v>370</v>
+      </c>
+      <c r="H68" s="5" t="s">
+        <v>371</v>
+      </c>
+      <c r="I68" s="5" t="s">
+        <v>367</v>
+      </c>
+      <c r="J68" s="3" t="s">
+        <v>372</v>
+      </c>
+      <c r="K68" s="5" t="s">
+        <v>373</v>
+      </c>
+      <c r="L68" s="5" t="s">
+        <v>369</v>
+      </c>
+      <c r="M68" s="5" t="s">
+        <v>370</v>
+      </c>
+      <c r="N68" s="5" t="s">
+        <v>373</v>
+      </c>
+    </row>
+    <row r="69" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A69" s="5" t="s">
+        <v>443</v>
+      </c>
+      <c r="B69" s="5" t="s">
+        <v>444</v>
+      </c>
+      <c r="C69" s="5" t="s">
+        <v>445</v>
+      </c>
+      <c r="D69" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="E69" s="3" t="s">
+        <v>1038</v>
+      </c>
+      <c r="F69" s="5" t="s">
+        <v>114</v>
+      </c>
+      <c r="G69" s="5" t="s">
+        <v>446</v>
+      </c>
+      <c r="H69" s="5" t="s">
+        <v>447</v>
+      </c>
+      <c r="I69" s="5" t="s">
+        <v>444</v>
+      </c>
+      <c r="J69" s="3" t="s">
+        <v>448</v>
+      </c>
+      <c r="K69" s="5" t="s">
+        <v>449</v>
+      </c>
+      <c r="L69" s="5" t="s">
+        <v>450</v>
+      </c>
+      <c r="M69" s="5" t="s">
+        <v>451</v>
+      </c>
+      <c r="N69" s="5" t="s">
+        <v>449</v>
+      </c>
+    </row>
+    <row r="70" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A70" s="5" t="s">
+        <v>492</v>
+      </c>
+      <c r="B70" s="5" t="s">
+        <v>493</v>
+      </c>
+      <c r="C70" s="5" t="s">
+        <v>494</v>
+      </c>
+      <c r="D70" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="E70" s="3" t="s">
+        <v>1038</v>
+      </c>
+      <c r="F70" s="5" t="s">
+        <v>495</v>
+      </c>
+      <c r="G70" s="5" t="s">
+        <v>496</v>
+      </c>
+      <c r="H70" s="5" t="s">
+        <v>497</v>
+      </c>
+      <c r="I70" s="5" t="s">
+        <v>493</v>
+      </c>
+      <c r="J70" s="3" t="s">
+        <v>498</v>
+      </c>
+      <c r="K70" s="5" t="s">
+        <v>499</v>
+      </c>
+      <c r="L70" s="5" t="s">
+        <v>500</v>
+      </c>
+      <c r="M70" s="5" t="s">
+        <v>501</v>
+      </c>
+      <c r="N70" s="5" t="s">
+        <v>502</v>
+      </c>
+    </row>
+    <row r="71" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A71" s="5" t="s">
+        <v>503</v>
+      </c>
+      <c r="B71" s="5" t="s">
+        <v>504</v>
+      </c>
+      <c r="C71" s="5" t="s">
+        <v>505</v>
+      </c>
+      <c r="D71" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="E71" s="3" t="s">
+        <v>1038</v>
+      </c>
+      <c r="F71" s="5" t="s">
+        <v>495</v>
+      </c>
+      <c r="G71" s="5" t="s">
+        <v>506</v>
+      </c>
+      <c r="H71" s="5" t="s">
+        <v>507</v>
+      </c>
+      <c r="I71" s="5" t="s">
+        <v>504</v>
+      </c>
+      <c r="J71" s="3" t="s">
+        <v>508</v>
+      </c>
+      <c r="K71" s="5" t="s">
+        <v>509</v>
+      </c>
+      <c r="L71" s="5" t="s">
+        <v>495</v>
+      </c>
+      <c r="M71" s="5" t="s">
+        <v>506</v>
+      </c>
+      <c r="N71" s="5" t="s">
+        <v>509</v>
+      </c>
+    </row>
+    <row r="72" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A72" s="5" t="s">
+        <v>549</v>
+      </c>
+      <c r="B72" s="5" t="s">
+        <v>550</v>
+      </c>
+      <c r="C72" s="5" t="s">
+        <v>551</v>
+      </c>
+      <c r="D72" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="E72" s="3" t="s">
+        <v>1038</v>
+      </c>
+      <c r="F72" s="5" t="s">
+        <v>552</v>
+      </c>
+      <c r="G72" s="5" t="s">
+        <v>553</v>
+      </c>
+      <c r="H72" s="5" t="s">
+        <v>554</v>
+      </c>
+      <c r="I72" s="5" t="s">
+        <v>550</v>
+      </c>
+      <c r="J72" s="3" t="s">
+        <v>555</v>
+      </c>
+      <c r="K72" s="5" t="s">
+        <v>556</v>
+      </c>
+      <c r="L72" s="5" t="s">
+        <v>73</v>
+      </c>
+      <c r="M72" s="5" t="s">
+        <v>557</v>
+      </c>
+      <c r="N72" s="5" t="s">
+        <v>558</v>
+      </c>
+    </row>
+    <row r="73" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A73" s="5" t="s">
+        <v>569</v>
+      </c>
+      <c r="B73" s="5" t="s">
+        <v>570</v>
+      </c>
+      <c r="C73" s="5" t="s">
+        <v>571</v>
+      </c>
+      <c r="D73" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="E73" s="3" t="s">
+        <v>1038</v>
+      </c>
+      <c r="F73" s="5" t="s">
+        <v>572</v>
+      </c>
+      <c r="G73" s="5" t="s">
+        <v>573</v>
+      </c>
+      <c r="H73" s="5" t="s">
+        <v>574</v>
+      </c>
+      <c r="I73" s="5" t="s">
+        <v>570</v>
+      </c>
+      <c r="J73" s="3" t="s">
+        <v>575</v>
+      </c>
+      <c r="K73" s="5" t="s">
+        <v>576</v>
+      </c>
+      <c r="L73" s="5" t="s">
+        <v>500</v>
+      </c>
+      <c r="M73" s="5" t="s">
+        <v>577</v>
+      </c>
+      <c r="N73" s="5" t="s">
+        <v>578</v>
+      </c>
+    </row>
+    <row r="74" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A74" s="5" t="s">
+        <v>664</v>
+      </c>
+      <c r="B74" s="5" t="s">
+        <v>665</v>
+      </c>
+      <c r="C74" s="5" t="s">
+        <v>666</v>
+      </c>
+      <c r="D74" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="E74" s="3" t="s">
+        <v>1038</v>
+      </c>
+      <c r="F74" s="5" t="s">
+        <v>572</v>
+      </c>
+      <c r="G74" s="5" t="s">
+        <v>667</v>
+      </c>
+      <c r="H74" s="5" t="s">
+        <v>668</v>
+      </c>
+      <c r="I74" s="5" t="s">
+        <v>665</v>
+      </c>
+      <c r="J74" s="3" t="s">
+        <v>669</v>
+      </c>
+      <c r="K74" s="5" t="s">
+        <v>670</v>
+      </c>
+      <c r="L74" s="5" t="s">
+        <v>671</v>
+      </c>
+      <c r="M74" s="5" t="s">
+        <v>672</v>
+      </c>
+      <c r="N74" s="5" t="s">
+        <v>673</v>
+      </c>
+    </row>
+    <row r="75" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A75" s="5" t="s">
+        <v>682</v>
+      </c>
+      <c r="B75" s="5" t="s">
+        <v>683</v>
+      </c>
+      <c r="C75" s="5" t="s">
+        <v>684</v>
+      </c>
+      <c r="D75" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="E75" s="3" t="s">
+        <v>1038</v>
+      </c>
+      <c r="F75" s="5" t="s">
+        <v>685</v>
+      </c>
+      <c r="G75" s="5" t="s">
+        <v>686</v>
+      </c>
+      <c r="H75" s="5" t="s">
+        <v>687</v>
+      </c>
+      <c r="I75" s="5" t="s">
+        <v>683</v>
+      </c>
+      <c r="J75" s="3" t="s">
+        <v>688</v>
+      </c>
+      <c r="K75" s="5" t="s">
+        <v>689</v>
+      </c>
+      <c r="L75" s="5" t="s">
+        <v>690</v>
+      </c>
+      <c r="M75" s="5" t="s">
+        <v>691</v>
+      </c>
+      <c r="N75" s="5" t="s">
+        <v>692</v>
+      </c>
+    </row>
+    <row r="76" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A76" s="5" t="s">
+        <v>776</v>
+      </c>
+      <c r="B76" s="5" t="s">
+        <v>777</v>
+      </c>
+      <c r="C76" s="5" t="s">
+        <v>778</v>
+      </c>
+      <c r="D76" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="E76" s="3" t="s">
+        <v>1038</v>
+      </c>
+      <c r="F76" s="5" t="s">
+        <v>592</v>
+      </c>
+      <c r="G76" s="5" t="s">
+        <v>779</v>
+      </c>
+      <c r="H76" s="5" t="s">
+        <v>780</v>
+      </c>
+      <c r="I76" s="5" t="s">
+        <v>777</v>
+      </c>
+      <c r="J76" s="3" t="s">
+        <v>781</v>
+      </c>
+      <c r="K76" s="5" t="s">
+        <v>782</v>
+      </c>
+      <c r="L76" s="5" t="s">
+        <v>677</v>
+      </c>
+      <c r="M76" s="5" t="s">
+        <v>783</v>
+      </c>
+      <c r="N76" s="5" t="s">
+        <v>784</v>
+      </c>
+    </row>
+    <row r="77" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A77" s="5" t="s">
+        <v>833</v>
+      </c>
+      <c r="B77" s="5" t="s">
+        <v>834</v>
+      </c>
+      <c r="C77" s="5" t="s">
+        <v>835</v>
+      </c>
+      <c r="D77" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="E77" s="3" t="s">
+        <v>1038</v>
+      </c>
+      <c r="F77" s="5" t="s">
+        <v>836</v>
+      </c>
+      <c r="G77" s="5" t="s">
+        <v>837</v>
+      </c>
+      <c r="H77" s="5" t="s">
+        <v>838</v>
+      </c>
+      <c r="I77" s="5" t="s">
+        <v>834</v>
+      </c>
+      <c r="J77" s="3" t="s">
+        <v>839</v>
+      </c>
+      <c r="K77" s="5" t="s">
+        <v>840</v>
+      </c>
+      <c r="L77" s="5" t="s">
+        <v>841</v>
+      </c>
+      <c r="M77" s="5" t="s">
+        <v>842</v>
+      </c>
+      <c r="N77" s="5" t="s">
+        <v>843</v>
+      </c>
+    </row>
+    <row r="78" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A78" s="5" t="s">
+        <v>874</v>
+      </c>
+      <c r="B78" s="5" t="s">
+        <v>875</v>
+      </c>
+      <c r="C78" s="5" t="s">
+        <v>876</v>
+      </c>
+      <c r="D78" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="E78" s="3" t="s">
+        <v>1038</v>
+      </c>
+      <c r="F78" s="5" t="s">
+        <v>877</v>
+      </c>
+      <c r="G78" s="5" t="s">
+        <v>878</v>
+      </c>
+      <c r="H78" s="5" t="s">
+        <v>879</v>
+      </c>
+      <c r="I78" s="5" t="s">
+        <v>875</v>
+      </c>
+      <c r="J78" s="3" t="s">
+        <v>880</v>
+      </c>
+      <c r="K78" s="5" t="s">
+        <v>881</v>
+      </c>
+      <c r="L78" s="5" t="s">
+        <v>877</v>
+      </c>
+      <c r="M78" s="5" t="s">
+        <v>878</v>
+      </c>
+      <c r="N78" s="5" t="s">
+        <v>881</v>
+      </c>
+    </row>
+    <row r="79" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A79" s="5" t="s">
+        <v>949</v>
+      </c>
+      <c r="B79" s="5" t="s">
+        <v>950</v>
+      </c>
+      <c r="C79" s="5" t="s">
+        <v>951</v>
+      </c>
+      <c r="D79" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="E79" s="3" t="s">
+        <v>1038</v>
+      </c>
+      <c r="F79" s="5" t="s">
+        <v>250</v>
+      </c>
+      <c r="G79" s="5" t="s">
+        <v>952</v>
+      </c>
+      <c r="H79" s="5" t="s">
+        <v>953</v>
+      </c>
+      <c r="I79" s="5" t="s">
+        <v>950</v>
+      </c>
+      <c r="J79" s="3" t="s">
+        <v>954</v>
+      </c>
+      <c r="K79" s="5" t="s">
+        <v>955</v>
+      </c>
+      <c r="L79" s="5" t="s">
+        <v>250</v>
+      </c>
+      <c r="M79" s="5" t="s">
+        <v>952</v>
+      </c>
+      <c r="N79" s="5" t="s">
+        <v>955</v>
+      </c>
+    </row>
+    <row r="80" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A80" s="5"/>
+      <c r="B80" s="5"/>
+      <c r="C80" s="5"/>
+      <c r="D80" s="3"/>
+      <c r="E80" s="3"/>
+      <c r="F80" s="5"/>
+      <c r="G80" s="5"/>
+      <c r="H80" s="5"/>
+      <c r="I80" s="5"/>
+      <c r="J80" s="3"/>
+      <c r="K80" s="5"/>
+      <c r="L80" s="5"/>
+      <c r="M80" s="5"/>
+      <c r="N80" s="5"/>
+    </row>
+    <row r="81" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A81" s="5" t="s">
+        <v>75</v>
+      </c>
+      <c r="B81" s="5" t="s">
+        <v>76</v>
+      </c>
+      <c r="C81" s="5" t="s">
+        <v>77</v>
+      </c>
+      <c r="D81" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="E81" s="3" t="s">
+        <v>1039</v>
+      </c>
+      <c r="F81" s="5" t="s">
+        <v>78</v>
+      </c>
+      <c r="G81" s="5" t="s">
+        <v>79</v>
+      </c>
+      <c r="H81" s="5" t="s">
+        <v>80</v>
+      </c>
+      <c r="I81" s="5" t="s">
+        <v>76</v>
+      </c>
+      <c r="J81" s="3" t="s">
+        <v>81</v>
+      </c>
+      <c r="K81" s="5" t="s">
+        <v>82</v>
+      </c>
+      <c r="L81" s="5" t="s">
+        <v>83</v>
+      </c>
+      <c r="M81" s="5"/>
+      <c r="N81" s="5" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="82" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A82" s="5" t="s">
+        <v>160</v>
+      </c>
+      <c r="B82" s="5" t="s">
+        <v>161</v>
+      </c>
+      <c r="C82" s="5" t="s">
+        <v>162</v>
+      </c>
+      <c r="D82" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="E82" s="3" t="s">
+        <v>1039</v>
+      </c>
+      <c r="F82" s="5" t="s">
+        <v>163</v>
+      </c>
+      <c r="G82" s="5" t="s">
+        <v>164</v>
+      </c>
+      <c r="H82" s="5" t="s">
+        <v>165</v>
+      </c>
+      <c r="I82" s="5" t="s">
+        <v>166</v>
+      </c>
+      <c r="J82" s="3" t="s">
+        <v>167</v>
+      </c>
+      <c r="K82" s="5" t="s">
+        <v>168</v>
+      </c>
+      <c r="L82" s="5" t="s">
+        <v>169</v>
+      </c>
+      <c r="M82" s="5" t="s">
+        <v>170</v>
+      </c>
+      <c r="N82" s="5" t="s">
+        <v>171</v>
+      </c>
+    </row>
+    <row r="83" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A83" s="5" t="s">
+        <v>180</v>
+      </c>
+      <c r="B83" s="5" t="s">
+        <v>181</v>
+      </c>
+      <c r="C83" s="5" t="s">
+        <v>182</v>
+      </c>
+      <c r="D83" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="E83" s="3" t="s">
+        <v>1039</v>
+      </c>
+      <c r="F83" s="5"/>
+      <c r="G83" s="5"/>
+      <c r="H83" s="5" t="s">
+        <v>183</v>
+      </c>
+      <c r="I83" s="5" t="s">
+        <v>181</v>
+      </c>
+      <c r="J83" s="3" t="s">
+        <v>184</v>
+      </c>
+      <c r="K83" s="5" t="s">
+        <v>185</v>
+      </c>
+      <c r="L83" s="5"/>
+      <c r="M83" s="5"/>
+      <c r="N83" s="5" t="s">
+        <v>185</v>
+      </c>
+    </row>
+    <row r="84" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A84" s="5" t="s">
+        <v>196</v>
+      </c>
+      <c r="B84" s="5" t="s">
+        <v>197</v>
+      </c>
+      <c r="C84" s="5" t="s">
+        <v>198</v>
+      </c>
+      <c r="D84" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="E84" s="3" t="s">
+        <v>1039</v>
+      </c>
+      <c r="F84" s="5" t="s">
+        <v>199</v>
+      </c>
+      <c r="G84" s="5" t="s">
+        <v>200</v>
+      </c>
+      <c r="H84" s="5" t="s">
+        <v>201</v>
+      </c>
+      <c r="I84" s="5" t="s">
+        <v>202</v>
+      </c>
+      <c r="J84" s="3" t="s">
+        <v>203</v>
+      </c>
+      <c r="K84" s="5" t="s">
+        <v>204</v>
+      </c>
+      <c r="L84" s="5" t="s">
+        <v>114</v>
+      </c>
+      <c r="M84" s="5" t="s">
+        <v>205</v>
+      </c>
+      <c r="N84" s="5" t="s">
+        <v>206</v>
+      </c>
+    </row>
+    <row r="85" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A85" s="5" t="s">
+        <v>218</v>
+      </c>
+      <c r="B85" s="5" t="s">
+        <v>219</v>
+      </c>
+      <c r="C85" s="5" t="s">
+        <v>220</v>
+      </c>
+      <c r="D85" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="E85" s="3" t="s">
+        <v>1039</v>
+      </c>
+      <c r="F85" s="5" t="s">
+        <v>221</v>
+      </c>
+      <c r="G85" s="5" t="s">
+        <v>222</v>
+      </c>
+      <c r="H85" s="5" t="s">
+        <v>223</v>
+      </c>
+      <c r="I85" s="5" t="s">
+        <v>219</v>
+      </c>
+      <c r="J85" s="3" t="s">
+        <v>224</v>
+      </c>
+      <c r="K85" s="5" t="s">
+        <v>225</v>
+      </c>
+      <c r="L85" s="5" t="s">
+        <v>221</v>
+      </c>
+      <c r="M85" s="5" t="s">
+        <v>222</v>
+      </c>
+      <c r="N85" s="5" t="s">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="86" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A86" s="5" t="s">
+        <v>340</v>
+      </c>
+      <c r="B86" s="5" t="s">
+        <v>341</v>
+      </c>
+      <c r="C86" s="5" t="s">
+        <v>342</v>
+      </c>
+      <c r="D86" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="E86" s="3" t="s">
+        <v>1039</v>
+      </c>
+      <c r="F86" s="5" t="s">
+        <v>343</v>
+      </c>
+      <c r="G86" s="5" t="s">
+        <v>344</v>
+      </c>
+      <c r="H86" s="5" t="s">
+        <v>345</v>
+      </c>
+      <c r="I86" s="5" t="s">
+        <v>341</v>
+      </c>
+      <c r="J86" s="3" t="s">
+        <v>346</v>
+      </c>
+      <c r="K86" s="5" t="s">
+        <v>347</v>
+      </c>
+      <c r="L86" s="5" t="s">
+        <v>343</v>
+      </c>
+      <c r="M86" s="5" t="s">
+        <v>344</v>
+      </c>
+      <c r="N86" s="5" t="s">
+        <v>347</v>
+      </c>
+    </row>
+    <row r="87" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A87" s="5" t="s">
+        <v>348</v>
+      </c>
+      <c r="B87" s="5" t="s">
+        <v>349</v>
+      </c>
+      <c r="C87" s="5" t="s">
+        <v>350</v>
+      </c>
+      <c r="D87" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="E87" s="3" t="s">
+        <v>1039</v>
+      </c>
+      <c r="F87" s="5" t="s">
+        <v>337</v>
+      </c>
+      <c r="G87" s="5" t="s">
+        <v>351</v>
+      </c>
+      <c r="H87" s="5" t="s">
+        <v>352</v>
+      </c>
+      <c r="I87" s="5" t="s">
+        <v>349</v>
+      </c>
+      <c r="J87" s="3" t="s">
+        <v>353</v>
+      </c>
+      <c r="K87" s="5" t="s">
+        <v>354</v>
+      </c>
+      <c r="L87" s="5" t="s">
+        <v>355</v>
+      </c>
+      <c r="M87" s="5" t="s">
+        <v>356</v>
+      </c>
+      <c r="N87" s="5" t="s">
+        <v>357</v>
+      </c>
+    </row>
+    <row r="88" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A88" s="5" t="s">
+        <v>358</v>
+      </c>
+      <c r="B88" s="5" t="s">
+        <v>359</v>
+      </c>
+      <c r="C88" s="5" t="s">
+        <v>360</v>
+      </c>
+      <c r="D88" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="E88" s="3" t="s">
+        <v>1039</v>
+      </c>
+      <c r="F88" s="5" t="s">
+        <v>361</v>
+      </c>
+      <c r="G88" s="5" t="s">
+        <v>362</v>
+      </c>
+      <c r="H88" s="5" t="s">
+        <v>363</v>
+      </c>
+      <c r="I88" s="5" t="s">
+        <v>359</v>
+      </c>
+      <c r="J88" s="3" t="s">
+        <v>364</v>
+      </c>
+      <c r="K88" s="5" t="s">
+        <v>365</v>
+      </c>
+      <c r="L88" s="5" t="s">
+        <v>361</v>
+      </c>
+      <c r="M88" s="5" t="s">
+        <v>362</v>
+      </c>
+      <c r="N88" s="5" t="s">
+        <v>365</v>
+      </c>
+    </row>
+    <row r="89" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A89" s="5" t="s">
         <v>421</v>
       </c>
-      <c r="I4" s="2" t="s">
-[...2 lines deleted...]
-      <c r="J4" s="2" t="s">
+      <c r="B89" s="5" t="s">
         <v>422</v>
       </c>
-      <c r="K4" s="2" t="s">
+      <c r="C89" s="5" t="s">
         <v>423</v>
       </c>
-      <c r="L4" s="2" t="s">
-[...10 lines deleted...]
-      <c r="A5" s="2" t="s">
+      <c r="D89" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="E89" s="3" t="s">
+        <v>1039</v>
+      </c>
+      <c r="F89" s="5" t="s">
+        <v>424</v>
+      </c>
+      <c r="G89" s="5" t="s">
+        <v>425</v>
+      </c>
+      <c r="H89" s="5" t="s">
+        <v>426</v>
+      </c>
+      <c r="I89" s="5" t="s">
+        <v>422</v>
+      </c>
+      <c r="J89" s="3" t="s">
+        <v>427</v>
+      </c>
+      <c r="K89" s="5" t="s">
+        <v>428</v>
+      </c>
+      <c r="L89" s="5" t="s">
+        <v>429</v>
+      </c>
+      <c r="M89" s="5" t="s">
+        <v>430</v>
+      </c>
+      <c r="N89" s="5" t="s">
+        <v>431</v>
+      </c>
+    </row>
+    <row r="90" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A90" s="5" t="s">
+        <v>432</v>
+      </c>
+      <c r="B90" s="5" t="s">
+        <v>433</v>
+      </c>
+      <c r="C90" s="5" t="s">
+        <v>434</v>
+      </c>
+      <c r="D90" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="E90" s="3" t="s">
+        <v>1039</v>
+      </c>
+      <c r="F90" s="5" t="s">
+        <v>435</v>
+      </c>
+      <c r="G90" s="5" t="s">
+        <v>436</v>
+      </c>
+      <c r="H90" s="5" t="s">
+        <v>437</v>
+      </c>
+      <c r="I90" s="5" t="s">
+        <v>433</v>
+      </c>
+      <c r="J90" s="3" t="s">
+        <v>438</v>
+      </c>
+      <c r="K90" s="5" t="s">
+        <v>439</v>
+      </c>
+      <c r="L90" s="5" t="s">
+        <v>440</v>
+      </c>
+      <c r="M90" s="5" t="s">
+        <v>441</v>
+      </c>
+      <c r="N90" s="5" t="s">
+        <v>442</v>
+      </c>
+    </row>
+    <row r="91" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A91" s="5" t="s">
+        <v>477</v>
+      </c>
+      <c r="B91" s="5" t="s">
+        <v>478</v>
+      </c>
+      <c r="C91" s="5" t="s">
+        <v>479</v>
+      </c>
+      <c r="D91" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="E91" s="3" t="s">
+        <v>1039</v>
+      </c>
+      <c r="F91" s="5" t="s">
+        <v>271</v>
+      </c>
+      <c r="G91" s="5" t="s">
+        <v>480</v>
+      </c>
+      <c r="H91" s="5" t="s">
+        <v>481</v>
+      </c>
+      <c r="I91" s="5" t="s">
+        <v>478</v>
+      </c>
+      <c r="J91" s="3" t="s">
+        <v>482</v>
+      </c>
+      <c r="K91" s="5" t="s">
+        <v>483</v>
+      </c>
+      <c r="L91" s="5" t="s">
+        <v>271</v>
+      </c>
+      <c r="M91" s="5" t="s">
+        <v>480</v>
+      </c>
+      <c r="N91" s="5" t="s">
+        <v>483</v>
+      </c>
+    </row>
+    <row r="92" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A92" s="5" t="s">
+        <v>484</v>
+      </c>
+      <c r="B92" s="5" t="s">
+        <v>485</v>
+      </c>
+      <c r="C92" s="5" t="s">
+        <v>486</v>
+      </c>
+      <c r="D92" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="E92" s="3" t="s">
+        <v>1039</v>
+      </c>
+      <c r="F92" s="5" t="s">
+        <v>337</v>
+      </c>
+      <c r="G92" s="5" t="s">
+        <v>487</v>
+      </c>
+      <c r="H92" s="5" t="s">
+        <v>488</v>
+      </c>
+      <c r="I92" s="5" t="s">
+        <v>485</v>
+      </c>
+      <c r="J92" s="3" t="s">
         <v>489</v>
       </c>
-      <c r="B5" s="2" t="s">
+      <c r="K92" s="5" t="s">
         <v>490</v>
       </c>
-      <c r="C5" s="2" t="s">
+      <c r="L92" s="5" t="s">
+        <v>337</v>
+      </c>
+      <c r="M92" s="5" t="s">
+        <v>487</v>
+      </c>
+      <c r="N92" s="5" t="s">
         <v>491</v>
       </c>
-      <c r="D5" s="2" t="s">
-[...34 lines deleted...]
-      <c r="A6" s="2" t="s">
+    </row>
+    <row r="93" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A93" s="5" t="s">
+        <v>510</v>
+      </c>
+      <c r="B93" s="5" t="s">
+        <v>511</v>
+      </c>
+      <c r="C93" s="5" t="s">
+        <v>512</v>
+      </c>
+      <c r="D93" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="E93" s="3" t="s">
+        <v>1039</v>
+      </c>
+      <c r="F93" s="5" t="s">
+        <v>513</v>
+      </c>
+      <c r="G93" s="5" t="s">
+        <v>514</v>
+      </c>
+      <c r="H93" s="5" t="s">
+        <v>515</v>
+      </c>
+      <c r="I93" s="5" t="s">
+        <v>511</v>
+      </c>
+      <c r="J93" s="3" t="s">
+        <v>516</v>
+      </c>
+      <c r="K93" s="5" t="s">
+        <v>517</v>
+      </c>
+      <c r="L93" s="5" t="s">
+        <v>513</v>
+      </c>
+      <c r="M93" s="5" t="s">
+        <v>514</v>
+      </c>
+      <c r="N93" s="5" t="s">
+        <v>517</v>
+      </c>
+    </row>
+    <row r="94" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A94" s="5" t="s">
+        <v>579</v>
+      </c>
+      <c r="B94" s="5" t="s">
+        <v>580</v>
+      </c>
+      <c r="C94" s="5" t="s">
+        <v>581</v>
+      </c>
+      <c r="D94" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="E94" s="3" t="s">
+        <v>1039</v>
+      </c>
+      <c r="F94" s="5" t="s">
+        <v>582</v>
+      </c>
+      <c r="G94" s="5" t="s">
+        <v>583</v>
+      </c>
+      <c r="H94" s="5" t="s">
+        <v>584</v>
+      </c>
+      <c r="I94" s="5" t="s">
+        <v>580</v>
+      </c>
+      <c r="J94" s="3" t="s">
+        <v>585</v>
+      </c>
+      <c r="K94" s="5" t="s">
+        <v>586</v>
+      </c>
+      <c r="L94" s="5" t="s">
+        <v>587</v>
+      </c>
+      <c r="M94" s="5" t="s">
+        <v>588</v>
+      </c>
+      <c r="N94" s="5" t="s">
+        <v>586</v>
+      </c>
+    </row>
+    <row r="95" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A95" s="5" t="s">
+        <v>606</v>
+      </c>
+      <c r="B95" s="5" t="s">
+        <v>607</v>
+      </c>
+      <c r="C95" s="5" t="s">
+        <v>608</v>
+      </c>
+      <c r="D95" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="E95" s="3" t="s">
+        <v>1039</v>
+      </c>
+      <c r="F95" s="5" t="s">
+        <v>382</v>
+      </c>
+      <c r="G95" s="5" t="s">
+        <v>609</v>
+      </c>
+      <c r="H95" s="5" t="s">
+        <v>610</v>
+      </c>
+      <c r="I95" s="5" t="s">
+        <v>607</v>
+      </c>
+      <c r="J95" s="3" t="s">
+        <v>611</v>
+      </c>
+      <c r="K95" s="5" t="s">
+        <v>612</v>
+      </c>
+      <c r="L95" s="5" t="s">
+        <v>382</v>
+      </c>
+      <c r="M95" s="5" t="s">
+        <v>609</v>
+      </c>
+      <c r="N95" s="5" t="s">
+        <v>612</v>
+      </c>
+    </row>
+    <row r="96" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A96" s="5" t="s">
+        <v>613</v>
+      </c>
+      <c r="B96" s="5" t="s">
+        <v>614</v>
+      </c>
+      <c r="C96" s="5" t="s">
+        <v>615</v>
+      </c>
+      <c r="D96" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="E96" s="3" t="s">
+        <v>1039</v>
+      </c>
+      <c r="F96" s="5" t="s">
+        <v>98</v>
+      </c>
+      <c r="G96" s="5" t="s">
+        <v>616</v>
+      </c>
+      <c r="H96" s="5" t="s">
+        <v>617</v>
+      </c>
+      <c r="I96" s="5" t="s">
+        <v>618</v>
+      </c>
+      <c r="J96" s="3" t="s">
+        <v>619</v>
+      </c>
+      <c r="K96" s="5" t="s">
+        <v>620</v>
+      </c>
+      <c r="L96" s="5"/>
+      <c r="M96" s="5"/>
+      <c r="N96" s="5"/>
+    </row>
+    <row r="97" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A97" s="5" t="s">
+        <v>647</v>
+      </c>
+      <c r="B97" s="5" t="s">
+        <v>648</v>
+      </c>
+      <c r="C97" s="5" t="s">
+        <v>649</v>
+      </c>
+      <c r="D97" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="E97" s="3" t="s">
+        <v>1039</v>
+      </c>
+      <c r="F97" s="5" t="s">
+        <v>650</v>
+      </c>
+      <c r="G97" s="5" t="s">
+        <v>651</v>
+      </c>
+      <c r="H97" s="5" t="s">
+        <v>652</v>
+      </c>
+      <c r="I97" s="5" t="s">
+        <v>648</v>
+      </c>
+      <c r="J97" s="3" t="s">
+        <v>653</v>
+      </c>
+      <c r="K97" s="5" t="s">
+        <v>654</v>
+      </c>
+      <c r="L97" s="5" t="s">
+        <v>650</v>
+      </c>
+      <c r="M97" s="5" t="s">
+        <v>651</v>
+      </c>
+      <c r="N97" s="5" t="s">
+        <v>654</v>
+      </c>
+    </row>
+    <row r="98" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A98" s="5" t="s">
+        <v>674</v>
+      </c>
+      <c r="B98" s="5" t="s">
+        <v>675</v>
+      </c>
+      <c r="C98" s="5" t="s">
+        <v>676</v>
+      </c>
+      <c r="D98" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="E98" s="3" t="s">
+        <v>1039</v>
+      </c>
+      <c r="F98" s="5" t="s">
+        <v>677</v>
+      </c>
+      <c r="G98" s="5" t="s">
+        <v>678</v>
+      </c>
+      <c r="H98" s="5" t="s">
+        <v>679</v>
+      </c>
+      <c r="I98" s="5" t="s">
+        <v>675</v>
+      </c>
+      <c r="J98" s="3" t="s">
+        <v>680</v>
+      </c>
+      <c r="K98" s="5" t="s">
+        <v>681</v>
+      </c>
+      <c r="L98" s="5" t="s">
+        <v>677</v>
+      </c>
+      <c r="M98" s="5" t="s">
+        <v>678</v>
+      </c>
+      <c r="N98" s="5" t="s">
+        <v>681</v>
+      </c>
+    </row>
+    <row r="99" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A99" s="5" t="s">
+        <v>693</v>
+      </c>
+      <c r="B99" s="5" t="s">
+        <v>694</v>
+      </c>
+      <c r="C99" s="5" t="s">
+        <v>695</v>
+      </c>
+      <c r="D99" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="E99" s="3" t="s">
+        <v>1039</v>
+      </c>
+      <c r="F99" s="5" t="s">
+        <v>255</v>
+      </c>
+      <c r="G99" s="5" t="s">
+        <v>696</v>
+      </c>
+      <c r="H99" s="5" t="s">
+        <v>697</v>
+      </c>
+      <c r="I99" s="5" t="s">
+        <v>694</v>
+      </c>
+      <c r="J99" s="3" t="s">
+        <v>698</v>
+      </c>
+      <c r="K99" s="5" t="s">
+        <v>699</v>
+      </c>
+      <c r="L99" s="5" t="s">
+        <v>255</v>
+      </c>
+      <c r="M99" s="5" t="s">
+        <v>696</v>
+      </c>
+      <c r="N99" s="5" t="s">
+        <v>699</v>
+      </c>
+    </row>
+    <row r="100" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A100" s="5" t="s">
+        <v>700</v>
+      </c>
+      <c r="B100" s="5" t="s">
+        <v>701</v>
+      </c>
+      <c r="C100" s="5" t="s">
+        <v>702</v>
+      </c>
+      <c r="D100" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="E100" s="3" t="s">
+        <v>1039</v>
+      </c>
+      <c r="F100" s="5" t="s">
+        <v>703</v>
+      </c>
+      <c r="G100" s="5" t="s">
+        <v>704</v>
+      </c>
+      <c r="H100" s="5" t="s">
+        <v>705</v>
+      </c>
+      <c r="I100" s="5" t="s">
+        <v>706</v>
+      </c>
+      <c r="J100" s="3" t="s">
+        <v>707</v>
+      </c>
+      <c r="K100" s="5" t="s">
+        <v>708</v>
+      </c>
+      <c r="L100" s="5" t="s">
+        <v>703</v>
+      </c>
+      <c r="M100" s="5" t="s">
+        <v>704</v>
+      </c>
+      <c r="N100" s="5" t="s">
+        <v>708</v>
+      </c>
+    </row>
+    <row r="101" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A101" s="5" t="s">
+        <v>727</v>
+      </c>
+      <c r="B101" s="5" t="s">
+        <v>728</v>
+      </c>
+      <c r="C101" s="5" t="s">
+        <v>729</v>
+      </c>
+      <c r="D101" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="E101" s="3" t="s">
+        <v>1039</v>
+      </c>
+      <c r="F101" s="5" t="s">
+        <v>114</v>
+      </c>
+      <c r="G101" s="5" t="s">
+        <v>730</v>
+      </c>
+      <c r="H101" s="5" t="s">
+        <v>731</v>
+      </c>
+      <c r="I101" s="5" t="s">
+        <v>728</v>
+      </c>
+      <c r="J101" s="3" t="s">
+        <v>732</v>
+      </c>
+      <c r="K101" s="5" t="s">
+        <v>733</v>
+      </c>
+      <c r="L101" s="5" t="s">
+        <v>734</v>
+      </c>
+      <c r="M101" s="5" t="s">
+        <v>735</v>
+      </c>
+      <c r="N101" s="5" t="s">
+        <v>736</v>
+      </c>
+    </row>
+    <row r="102" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A102" s="5" t="s">
+        <v>737</v>
+      </c>
+      <c r="B102" s="5" t="s">
+        <v>738</v>
+      </c>
+      <c r="C102" s="5" t="s">
+        <v>739</v>
+      </c>
+      <c r="D102" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="E102" s="3" t="s">
+        <v>1039</v>
+      </c>
+      <c r="F102" s="5" t="s">
+        <v>740</v>
+      </c>
+      <c r="G102" s="5" t="s">
+        <v>741</v>
+      </c>
+      <c r="H102" s="5" t="s">
+        <v>742</v>
+      </c>
+      <c r="I102" s="5" t="s">
+        <v>738</v>
+      </c>
+      <c r="J102" s="3" t="s">
+        <v>743</v>
+      </c>
+      <c r="K102" s="5" t="s">
+        <v>744</v>
+      </c>
+      <c r="L102" s="5" t="s">
+        <v>745</v>
+      </c>
+      <c r="M102" s="5" t="s">
+        <v>746</v>
+      </c>
+      <c r="N102" s="5" t="s">
+        <v>747</v>
+      </c>
+    </row>
+    <row r="103" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A103" s="5" t="s">
+        <v>748</v>
+      </c>
+      <c r="B103" s="5" t="s">
+        <v>749</v>
+      </c>
+      <c r="C103" s="5" t="s">
+        <v>750</v>
+      </c>
+      <c r="D103" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="E103" s="3" t="s">
+        <v>1039</v>
+      </c>
+      <c r="F103" s="5" t="s">
+        <v>751</v>
+      </c>
+      <c r="G103" s="5" t="s">
+        <v>752</v>
+      </c>
+      <c r="H103" s="5" t="s">
+        <v>753</v>
+      </c>
+      <c r="I103" s="5" t="s">
+        <v>749</v>
+      </c>
+      <c r="J103" s="3" t="s">
+        <v>754</v>
+      </c>
+      <c r="K103" s="5" t="s">
+        <v>755</v>
+      </c>
+      <c r="L103" s="5" t="s">
+        <v>756</v>
+      </c>
+      <c r="M103" s="5" t="s">
+        <v>757</v>
+      </c>
+      <c r="N103" s="5" t="s">
+        <v>758</v>
+      </c>
+    </row>
+    <row r="104" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A104" s="5" t="s">
+        <v>768</v>
+      </c>
+      <c r="B104" s="5" t="s">
+        <v>769</v>
+      </c>
+      <c r="C104" s="5" t="s">
+        <v>770</v>
+      </c>
+      <c r="D104" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="E104" s="3" t="s">
+        <v>1039</v>
+      </c>
+      <c r="F104" s="5" t="s">
+        <v>771</v>
+      </c>
+      <c r="G104" s="5" t="s">
+        <v>772</v>
+      </c>
+      <c r="H104" s="5" t="s">
+        <v>773</v>
+      </c>
+      <c r="I104" s="5" t="s">
+        <v>769</v>
+      </c>
+      <c r="J104" s="3" t="s">
+        <v>774</v>
+      </c>
+      <c r="K104" s="5" t="s">
+        <v>775</v>
+      </c>
+      <c r="L104" s="5" t="s">
+        <v>771</v>
+      </c>
+      <c r="M104" s="5" t="s">
+        <v>772</v>
+      </c>
+      <c r="N104" s="5" t="s">
+        <v>775</v>
+      </c>
+    </row>
+    <row r="105" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A105" s="5" t="s">
+        <v>822</v>
+      </c>
+      <c r="B105" s="5" t="s">
+        <v>823</v>
+      </c>
+      <c r="C105" s="5" t="s">
+        <v>824</v>
+      </c>
+      <c r="D105" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="E105" s="3" t="s">
+        <v>1039</v>
+      </c>
+      <c r="F105" s="5" t="s">
+        <v>825</v>
+      </c>
+      <c r="G105" s="5" t="s">
+        <v>826</v>
+      </c>
+      <c r="H105" s="5" t="s">
+        <v>827</v>
+      </c>
+      <c r="I105" s="5" t="s">
+        <v>823</v>
+      </c>
+      <c r="J105" s="3" t="s">
+        <v>828</v>
+      </c>
+      <c r="K105" s="5" t="s">
+        <v>829</v>
+      </c>
+      <c r="L105" s="5" t="s">
+        <v>830</v>
+      </c>
+      <c r="M105" s="5" t="s">
+        <v>831</v>
+      </c>
+      <c r="N105" s="5" t="s">
+        <v>832</v>
+      </c>
+    </row>
+    <row r="106" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A106" s="5" t="s">
+        <v>909</v>
+      </c>
+      <c r="B106" s="5" t="s">
+        <v>910</v>
+      </c>
+      <c r="C106" s="5" t="s">
+        <v>911</v>
+      </c>
+      <c r="D106" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="E106" s="3" t="s">
+        <v>1039</v>
+      </c>
+      <c r="F106" s="5" t="s">
+        <v>912</v>
+      </c>
+      <c r="G106" s="5" t="s">
+        <v>913</v>
+      </c>
+      <c r="H106" s="5" t="s">
+        <v>914</v>
+      </c>
+      <c r="I106" s="5" t="s">
+        <v>910</v>
+      </c>
+      <c r="J106" s="3" t="s">
+        <v>915</v>
+      </c>
+      <c r="K106" s="5" t="s">
+        <v>916</v>
+      </c>
+      <c r="L106" s="5" t="s">
+        <v>88</v>
+      </c>
+      <c r="M106" s="5" t="s">
+        <v>917</v>
+      </c>
+      <c r="N106" s="5" t="s">
+        <v>918</v>
+      </c>
+    </row>
+    <row r="107" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A107" s="5" t="s">
+        <v>930</v>
+      </c>
+      <c r="B107" s="5" t="s">
+        <v>931</v>
+      </c>
+      <c r="C107" s="5" t="s">
+        <v>932</v>
+      </c>
+      <c r="D107" s="3" t="s">
+        <v>3</v>
+      </c>
+      <c r="E107" s="3" t="s">
+        <v>1039</v>
+      </c>
+      <c r="F107" s="5" t="s">
+        <v>933</v>
+      </c>
+      <c r="G107" s="5" t="s">
+        <v>934</v>
+      </c>
+      <c r="H107" s="5" t="s">
+        <v>935</v>
+      </c>
+      <c r="I107" s="5" t="s">
+        <v>936</v>
+      </c>
+      <c r="J107" s="3" t="s">
+        <v>937</v>
+      </c>
+      <c r="K107" s="5" t="s">
+        <v>938</v>
+      </c>
+      <c r="L107" s="5"/>
+      <c r="M107" s="5"/>
+      <c r="N107" s="5" t="s">
+        <v>938</v>
+      </c>
+    </row>
+    <row r="108" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A108" s="5" t="s">
+        <v>939</v>
+      </c>
+      <c r="B108" s="5" t="s">
+        <v>940</v>
+      </c>
+      <c r="C108" s="5" t="s">
+        <v>941</v>
+      </c>
+      <c r="D108" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="E108" s="3" t="s">
+        <v>1039</v>
+      </c>
+      <c r="F108" s="5" t="s">
+        <v>942</v>
+      </c>
+      <c r="G108" s="5" t="s">
+        <v>943</v>
+      </c>
+      <c r="H108" s="5" t="s">
+        <v>944</v>
+      </c>
+      <c r="I108" s="5" t="s">
+        <v>940</v>
+      </c>
+      <c r="J108" s="3" t="s">
+        <v>945</v>
+      </c>
+      <c r="K108" s="5" t="s">
+        <v>946</v>
+      </c>
+      <c r="L108" s="5" t="s">
+        <v>947</v>
+      </c>
+      <c r="M108" s="5" t="s">
+        <v>948</v>
+      </c>
+      <c r="N108" s="5" t="s">
+        <v>946</v>
+      </c>
+    </row>
+    <row r="109" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A109" s="5" t="s">
+        <v>963</v>
+      </c>
+      <c r="B109" s="5" t="s">
+        <v>964</v>
+      </c>
+      <c r="C109" s="5" t="s">
+        <v>965</v>
+      </c>
+      <c r="D109" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="E109" s="3" t="s">
+        <v>1039</v>
+      </c>
+      <c r="F109" s="5" t="s">
+        <v>88</v>
+      </c>
+      <c r="G109" s="5" t="s">
+        <v>966</v>
+      </c>
+      <c r="H109" s="5" t="s">
+        <v>967</v>
+      </c>
+      <c r="I109" s="5" t="s">
+        <v>964</v>
+      </c>
+      <c r="J109" s="3" t="s">
+        <v>968</v>
+      </c>
+      <c r="K109" s="5" t="s">
+        <v>969</v>
+      </c>
+      <c r="L109" s="5" t="s">
+        <v>970</v>
+      </c>
+      <c r="M109" s="5" t="s">
+        <v>593</v>
+      </c>
+      <c r="N109" s="5"/>
+    </row>
+    <row r="110" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A110" s="5" t="s">
+        <v>997</v>
+      </c>
+      <c r="B110" s="5" t="s">
+        <v>998</v>
+      </c>
+      <c r="C110" s="5" t="s">
+        <v>999</v>
+      </c>
+      <c r="D110" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="E110" s="3" t="s">
+        <v>1039</v>
+      </c>
+      <c r="F110" s="5" t="s">
+        <v>125</v>
+      </c>
+      <c r="G110" s="5" t="s">
+        <v>1000</v>
+      </c>
+      <c r="H110" s="5" t="s">
+        <v>1001</v>
+      </c>
+      <c r="I110" s="5" t="s">
+        <v>998</v>
+      </c>
+      <c r="J110" s="3" t="s">
+        <v>1002</v>
+      </c>
+      <c r="K110" s="5" t="s">
+        <v>1003</v>
+      </c>
+      <c r="L110" s="5" t="s">
+        <v>1004</v>
+      </c>
+      <c r="M110" s="5" t="s">
+        <v>1005</v>
+      </c>
+      <c r="N110" s="5" t="s">
+        <v>1006</v>
+      </c>
+    </row>
+    <row r="111" spans="1:14" x14ac:dyDescent="0.3">
+      <c r="A111" s="5"/>
+      <c r="B111" s="5"/>
+      <c r="C111" s="5"/>
+      <c r="D111" s="3"/>
+      <c r="E111" s="3"/>
+      <c r="F111" s="5"/>
+      <c r="G111" s="5"/>
+      <c r="H111" s="5"/>
+      <c r="I111" s="5"/>
+      <c r="J111" s="3"/>
+      <c r="K111" s="5"/>
+      <c r="L111" s="5"/>
+      <c r="M111" s="5"/>
+      <c r="N111" s="5"/>
+    </row>
+    <row r="112" spans="1:14" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A112" s="5" t="s">
+        <v>534</v>
+      </c>
+      <c r="B112" s="5" t="s">
+        <v>535</v>
+      </c>
+      <c r="C112" s="5" t="s">
+        <v>535</v>
+      </c>
+      <c r="D112" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="E112" s="9" t="s">
+        <v>1040</v>
+      </c>
+      <c r="F112" s="5" t="s">
+        <v>536</v>
+      </c>
+      <c r="G112" s="5" t="s">
+        <v>537</v>
+      </c>
+      <c r="H112" s="5" t="s">
+        <v>538</v>
+      </c>
+      <c r="I112" s="5" t="s">
+        <v>535</v>
+      </c>
+      <c r="J112" s="3" t="s">
         <v>539</v>
       </c>
-      <c r="B6" s="2" t="s">
+      <c r="K112" s="5" t="s">
         <v>540</v>
       </c>
-      <c r="C6" s="2" t="s">
-[...17 lines deleted...]
-      <c r="I6" s="2" t="s">
+      <c r="L112" s="5" t="s">
+        <v>244</v>
+      </c>
+      <c r="M112" s="5" t="s">
+        <v>537</v>
+      </c>
+      <c r="N112" s="5" t="s">
         <v>540</v>
       </c>
-      <c r="J6" s="2" t="s">
-[...167 lines deleted...]
-      <c r="B11" s="2" t="s">
+    </row>
+    <row r="113" spans="1:14" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A113" s="5" t="s">
+        <v>709</v>
+      </c>
+      <c r="B113" s="5" t="s">
+        <v>710</v>
+      </c>
+      <c r="C113" s="5" t="s">
+        <v>711</v>
+      </c>
+      <c r="D113" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="E113" s="9" t="s">
+        <v>1040</v>
+      </c>
+      <c r="F113" s="5" t="s">
         <v>20</v>
       </c>
-      <c r="C11" s="2" t="s">
-[...619 lines deleted...]
-      <c r="G25" s="2" t="s">
+      <c r="G113" s="5" t="s">
+        <v>712</v>
+      </c>
+      <c r="H113" s="5" t="s">
+        <v>713</v>
+      </c>
+      <c r="I113" s="5" t="s">
+        <v>710</v>
+      </c>
+      <c r="J113" s="3" t="s">
+        <v>714</v>
+      </c>
+      <c r="K113" s="5" t="s">
+        <v>715</v>
+      </c>
+      <c r="L113" s="5" t="s">
+        <v>716</v>
+      </c>
+      <c r="M113" s="5"/>
+      <c r="N113" s="5"/>
+    </row>
+    <row r="114" spans="1:14" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A114" s="5" t="s">
+        <v>956</v>
+      </c>
+      <c r="B114" s="5" t="s">
+        <v>957</v>
+      </c>
+      <c r="C114" s="5" t="s">
+        <v>958</v>
+      </c>
+      <c r="D114" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="E114" s="9" t="s">
+        <v>1040</v>
+      </c>
+      <c r="F114" s="5" t="s">
+        <v>88</v>
+      </c>
+      <c r="G114" s="5" t="s">
+        <v>959</v>
+      </c>
+      <c r="H114" s="5" t="s">
+        <v>960</v>
+      </c>
+      <c r="I114" s="5" t="s">
+        <v>957</v>
+      </c>
+      <c r="J114" s="3" t="s">
+        <v>961</v>
+      </c>
+      <c r="K114" s="5" t="s">
+        <v>962</v>
+      </c>
+      <c r="L114" s="5" t="s">
+        <v>88</v>
+      </c>
+      <c r="M114" s="5" t="s">
+        <v>959</v>
+      </c>
+      <c r="N114" s="5" t="s">
+        <v>962</v>
+      </c>
+    </row>
+    <row r="115" spans="1:14" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A115" s="5" t="s">
+        <v>971</v>
+      </c>
+      <c r="B115" s="5" t="s">
+        <v>972</v>
+      </c>
+      <c r="C115" s="5" t="s">
+        <v>972</v>
+      </c>
+      <c r="D115" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="E115" s="9" t="s">
+        <v>1040</v>
+      </c>
+      <c r="F115" s="5" t="s">
+        <v>973</v>
+      </c>
+      <c r="G115" s="5" t="s">
+        <v>974</v>
+      </c>
+      <c r="H115" s="5" t="s">
+        <v>975</v>
+      </c>
+      <c r="I115" s="5" t="s">
+        <v>519</v>
+      </c>
+      <c r="J115" s="3" t="s">
+        <v>976</v>
+      </c>
+      <c r="K115" s="5" t="s">
+        <v>977</v>
+      </c>
+      <c r="L115" s="5" t="s">
+        <v>973</v>
+      </c>
+      <c r="M115" s="5" t="s">
+        <v>974</v>
+      </c>
+      <c r="N115" s="5" t="s">
+        <v>977</v>
+      </c>
+    </row>
+    <row r="116" spans="1:14" ht="28.8" x14ac:dyDescent="0.3">
+      <c r="A116" s="5" t="s">
+        <v>978</v>
+      </c>
+      <c r="B116" s="5" t="s">
+        <v>979</v>
+      </c>
+      <c r="C116" s="5" t="s">
+        <v>980</v>
+      </c>
+      <c r="D116" s="3" t="s">
+        <v>30</v>
+      </c>
+      <c r="E116" s="9" t="s">
+        <v>1040</v>
+      </c>
+      <c r="F116" s="5" t="s">
+        <v>388</v>
+      </c>
+      <c r="G116" s="5" t="s">
+        <v>981</v>
+      </c>
+      <c r="H116" s="5" t="s">
+        <v>982</v>
+      </c>
+      <c r="I116" s="5" t="s">
+        <v>983</v>
+      </c>
+      <c r="J116" s="3" t="s">
+        <v>984</v>
+      </c>
+      <c r="K116" s="5" t="s">
+        <v>985</v>
+      </c>
+      <c r="L116" s="5" t="s">
         <v>877</v>
       </c>
-      <c r="H25" s="2" t="s">
-[...2304 lines deleted...]
-      <c r="G79" s="2" t="s">
+      <c r="M116" s="5" t="s">
         <v>981</v>
       </c>
-      <c r="H79" s="2" t="s">
-[...1486 lines deleted...]
-      <c r="A115" s="2" t="s">
+      <c r="N116" s="5" t="s">
         <v>985</v>
       </c>
-      <c r="B115" s="2" t="s">
-[...125 lines deleted...]
-      </c>
+    </row>
+    <row r="117" spans="1:14" ht="15.6" x14ac:dyDescent="0.3">
+      <c r="A117" s="4"/>
+      <c r="B117" s="4"/>
+      <c r="C117" s="4"/>
+      <c r="D117" s="1"/>
+      <c r="F117" s="4"/>
+      <c r="G117" s="4"/>
+      <c r="H117" s="4"/>
+      <c r="I117" s="4"/>
+      <c r="J117" s="1"/>
+      <c r="K117" s="4"/>
+      <c r="L117" s="4"/>
+      <c r="M117" s="4"/>
+      <c r="N117" s="4"/>
     </row>
   </sheetData>
-  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A2:Q118">
-[...1 lines deleted...]
-  </sortState>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr>Airport_managers_and_sponsor_co</vt:lpstr>
       <vt:lpstr>Airport_managers_and_sponsor_contact_information</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Microsoft</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:creator>Wright, Shane</dc:creator>
+  <dc:creator>Vaughn, Spencer</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_0faac733-ded1-41e0-8ea6-961193f81247_Enabled">
+    <vt:lpwstr>true</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_0faac733-ded1-41e0-8ea6-961193f81247_SetDate">
+    <vt:lpwstr>2026-01-30T21:34:22Z</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_0faac733-ded1-41e0-8ea6-961193f81247_Method">
+    <vt:lpwstr>Standard</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_0faac733-ded1-41e0-8ea6-961193f81247_Name">
+    <vt:lpwstr>defa4170-0d19-0005-0004-bc88714345d2</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_0faac733-ded1-41e0-8ea6-961193f81247_SiteId">
+    <vt:lpwstr>a1e65fcc-32fa-4fdd-8692-0cc2eb06676e</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_0faac733-ded1-41e0-8ea6-961193f81247_ActionId">
+    <vt:lpwstr>1df9ae91-c4da-4e45-b6a4-80fbd50474d2</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_0faac733-ded1-41e0-8ea6-961193f81247_ContentBits">
+    <vt:lpwstr>0</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_0faac733-ded1-41e0-8ea6-961193f81247_Tag">
+    <vt:lpwstr>10, 3, 0, 1</vt:lpwstr>
+  </property>
+</Properties>
+</file>