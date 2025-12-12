--- v0 (2025-10-18)
+++ v1 (2025-12-12)
@@ -1,89 +1,89 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="W:\Planning\SystemsPlanning\Highway\SQL\Programs\FM\FMSUM\Report Copies\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://iadot-my.sharepoint.com/personal/cherice_ogg_iowadot_us/Documents/Desktop/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{1E5549AF-DC64-45AF-BB6F-AC0BD953B85A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{2E53B3B3-0517-4E9D-BC26-6F722D439F84}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{A00CBFC8-8CA8-46F1-8E43-530577CEC29A}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{A00CBFC8-8CA8-46F1-8E43-530577CEC29A}"/>
   </bookViews>
   <sheets>
-    <sheet name="JAN 24" sheetId="2" r:id="rId1"/>
+    <sheet name="JAN 25" sheetId="2" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="C106" i="2" l="1"/>
-  <c r="I106" i="2" s="1"/>
   <c r="D106" i="2"/>
   <c r="E106" i="2"/>
   <c r="F106" i="2"/>
   <c r="G106" i="2"/>
   <c r="H106" i="2"/>
+  <c r="I106" i="2" l="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="128" uniqueCount="116">
   <si>
     <t xml:space="preserve">                   Farm-to-Market System Mileage Summary</t>
   </si>
   <si>
     <t>@sum(c7+d7+e7)</t>
   </si>
   <si>
     <t>@sum(h7-f7)+e7</t>
   </si>
   <si>
     <t>@sum(f7+g7)-e7</t>
   </si>
   <si>
     <t>@sum(c7/h7)</t>
   </si>
   <si>
     <t>Secondary</t>
   </si>
   <si>
     <t>Farm to Market</t>
@@ -391,51 +391,51 @@
   <si>
     <t>WAYNE</t>
   </si>
   <si>
     <t>WEBSTER</t>
   </si>
   <si>
     <t>WINNEBAGO</t>
   </si>
   <si>
     <t>WINNESHIEK</t>
   </si>
   <si>
     <t>WOODBURY</t>
   </si>
   <si>
     <t>WORTH</t>
   </si>
   <si>
     <t>WRIGHT</t>
   </si>
   <si>
     <t xml:space="preserve">Total </t>
   </si>
   <si>
-    <t xml:space="preserve">                               As of January 1, 2024</t>
+    <t xml:space="preserve">                               As of January 1, 2025</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="0.0%"/>
     <numFmt numFmtId="165" formatCode="0.000"/>
   </numFmts>
   <fonts count="6" x14ac:knownFonts="1">
     <font>
       <sz val="12"/>
       <name val="Arial"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="12"/>
       <name val="Arial"/>
       <family val="2"/>
@@ -668,91 +668,91 @@
     </xf>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="12" xfId="0" applyNumberFormat="1" applyBorder="1"/>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Percent" xfId="1" builtinId="5"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 Theme">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2013 - 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2013 - 2022">
       <a:majorFont>
         <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
@@ -814,51 +814,51 @@
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2013 - 2022">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="109000"/>
                 <a:tint val="81000"/>
@@ -956,51 +956,51 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{7C744A4D-DB82-4F01-896D-19E4DDF94FC6}">
   <dimension ref="A1:L106"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
       <pane ySplit="6" topLeftCell="A7" activePane="bottomLeft" state="frozen"/>
       <selection pane="bottomLeft" activeCell="C3" sqref="C3"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="4" customWidth="1"/>
     <col min="2" max="2" width="16" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="14.33203125" customWidth="1"/>
     <col min="4" max="4" width="13.5546875" bestFit="1" customWidth="1"/>
     <col min="5" max="6" width="13.88671875" bestFit="1" customWidth="1"/>
@@ -1807,57 +1807,57 @@
       </c>
       <c r="I6" s="14" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="7" spans="1:12" ht="15.75" thickTop="1" x14ac:dyDescent="0.2">
       <c r="A7">
         <v>1</v>
       </c>
       <c r="B7" t="s">
         <v>15</v>
       </c>
       <c r="C7">
         <v>274.822</v>
       </c>
       <c r="D7">
         <v>1.7549999999999999</v>
       </c>
       <c r="E7">
         <v>5.2770000000000001</v>
       </c>
       <c r="F7">
         <v>281.85399999999998</v>
       </c>
       <c r="G7">
-        <v>732.255</v>
+        <v>730.24</v>
       </c>
       <c r="H7">
-        <v>1008.832</v>
+        <v>1006.817</v>
       </c>
       <c r="I7" s="15">
-        <v>0.27200000000000002</v>
+        <v>0.27300000000000002</v>
       </c>
       <c r="K7" s="16"/>
       <c r="L7" s="16"/>
     </row>
     <row r="8" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A8">
         <v>2</v>
       </c>
       <c r="B8" t="s">
         <v>16</v>
       </c>
       <c r="C8">
         <v>196.34</v>
       </c>
       <c r="D8">
         <v>2.778</v>
       </c>
       <c r="E8">
         <v>1.294</v>
       </c>
       <c r="F8">
         <v>200.41200000000001</v>
       </c>
       <c r="G8">
         <v>516.89800000000002</v>
@@ -1896,199 +1896,199 @@
       </c>
       <c r="I9" s="15">
         <v>0.34599999999999997</v>
       </c>
     </row>
     <row r="10" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A10">
         <v>4</v>
       </c>
       <c r="B10" t="s">
         <v>18</v>
       </c>
       <c r="C10">
         <v>286.58100000000002</v>
       </c>
       <c r="D10">
         <v>10.912000000000001</v>
       </c>
       <c r="E10">
         <v>6.1050000000000004</v>
       </c>
       <c r="F10">
         <v>303.59899999999999</v>
       </c>
       <c r="G10">
-        <v>460.375</v>
+        <v>459.54300000000001</v>
       </c>
       <c r="H10">
-        <v>757.86900000000003</v>
+        <v>757.03700000000003</v>
       </c>
       <c r="I10" s="15">
-        <v>0.378</v>
+        <v>0.379</v>
       </c>
     </row>
     <row r="11" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A11">
         <v>5</v>
       </c>
       <c r="B11" t="s">
         <v>19</v>
       </c>
       <c r="C11">
         <v>272.43700000000001</v>
       </c>
       <c r="D11">
         <v>2.0640000000000001</v>
       </c>
       <c r="E11">
         <v>2.2029999999999998</v>
       </c>
       <c r="F11">
         <v>276.70400000000001</v>
       </c>
       <c r="G11">
         <v>469.57499999999999</v>
       </c>
       <c r="H11">
         <v>744.07600000000002</v>
       </c>
       <c r="I11" s="15">
         <v>0.36599999999999999</v>
       </c>
     </row>
     <row r="12" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A12">
         <v>6</v>
       </c>
       <c r="B12" t="s">
         <v>20</v>
       </c>
       <c r="C12">
-        <v>360.33</v>
+        <v>360.32600000000002</v>
       </c>
       <c r="D12">
         <v>2.8149999999999999</v>
       </c>
       <c r="E12">
-        <v>13.676</v>
+        <v>13.677</v>
       </c>
       <c r="F12">
-        <v>376.82100000000003</v>
+        <v>376.81799999999998</v>
       </c>
       <c r="G12">
-        <v>864.27099999999996</v>
+        <v>864.36</v>
       </c>
       <c r="H12">
-        <v>1227.4159999999999</v>
+        <v>1227.501</v>
       </c>
       <c r="I12" s="15">
         <v>0.29399999999999998</v>
       </c>
     </row>
     <row r="13" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A13">
         <v>7</v>
       </c>
       <c r="B13" t="s">
         <v>21</v>
       </c>
       <c r="C13">
         <v>278.07900000000001</v>
       </c>
       <c r="E13">
         <v>45.079000000000001</v>
       </c>
       <c r="F13">
-        <v>323.15800000000002</v>
+        <v>323.15699999999998</v>
       </c>
       <c r="G13">
         <v>498.68299999999999</v>
       </c>
       <c r="H13">
-        <v>776.76199999999994</v>
+        <v>776.76099999999997</v>
       </c>
       <c r="I13" s="15">
         <v>0.35799999999999998</v>
       </c>
     </row>
     <row r="14" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A14">
         <v>8</v>
       </c>
       <c r="B14" t="s">
         <v>22</v>
       </c>
       <c r="C14">
-        <v>296.71300000000002</v>
+        <v>296.72199999999998</v>
       </c>
       <c r="D14">
         <v>3.7770000000000001</v>
       </c>
       <c r="E14">
         <v>11.372999999999999</v>
       </c>
       <c r="F14">
-        <v>311.86200000000002</v>
+        <v>311.87200000000001</v>
       </c>
       <c r="G14">
-        <v>669.46699999999998</v>
+        <v>669.15599999999995</v>
       </c>
       <c r="H14">
-        <v>969.95600000000002</v>
+        <v>969.65499999999997</v>
       </c>
       <c r="I14" s="15">
         <v>0.30599999999999999</v>
       </c>
     </row>
     <row r="15" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A15">
         <v>9</v>
       </c>
       <c r="B15" t="s">
         <v>23</v>
       </c>
       <c r="C15">
         <v>183.76900000000001</v>
       </c>
       <c r="D15">
         <v>0.89300000000000002</v>
       </c>
       <c r="E15">
         <v>15.425000000000001</v>
       </c>
       <c r="F15">
         <v>200.08600000000001</v>
       </c>
       <c r="G15">
-        <v>528.72699999999998</v>
+        <v>529.15700000000004</v>
       </c>
       <c r="H15">
-        <v>713.38800000000003</v>
+        <v>713.81799999999998</v>
       </c>
       <c r="I15" s="15">
-        <v>0.25800000000000001</v>
+        <v>0.25700000000000001</v>
       </c>
     </row>
     <row r="16" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A16">
         <v>10</v>
       </c>
       <c r="B16" t="s">
         <v>24</v>
       </c>
       <c r="C16">
         <v>345.66699999999997</v>
       </c>
       <c r="D16">
         <v>3.089</v>
       </c>
       <c r="E16">
         <v>13.948</v>
       </c>
       <c r="F16">
         <v>362.70400000000001</v>
       </c>
       <c r="G16">
         <v>606.33600000000001</v>
       </c>
       <c r="H16">
@@ -2125,54 +2125,54 @@
       </c>
       <c r="I17" s="15">
         <v>0.32900000000000001</v>
       </c>
     </row>
     <row r="18" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A18">
         <v>12</v>
       </c>
       <c r="B18" t="s">
         <v>26</v>
       </c>
       <c r="C18">
         <v>293.13900000000001</v>
       </c>
       <c r="D18">
         <v>3.448</v>
       </c>
       <c r="E18">
         <v>11.817</v>
       </c>
       <c r="F18">
         <v>308.404</v>
       </c>
       <c r="G18">
-        <v>660.13499999999999</v>
+        <v>660.08799999999997</v>
       </c>
       <c r="H18">
-        <v>956.72199999999998</v>
+        <v>956.67499999999995</v>
       </c>
       <c r="I18" s="15">
         <v>0.30599999999999999</v>
       </c>
     </row>
     <row r="19" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A19">
         <v>13</v>
       </c>
       <c r="B19" t="s">
         <v>27</v>
       </c>
       <c r="C19">
         <v>330.79300000000001</v>
       </c>
       <c r="D19">
         <v>5.782</v>
       </c>
       <c r="E19">
         <v>11.189</v>
       </c>
       <c r="F19">
         <v>347.76400000000001</v>
       </c>
       <c r="G19">
@@ -2241,199 +2241,199 @@
       </c>
       <c r="I21" s="15">
         <v>0.29299999999999998</v>
       </c>
     </row>
     <row r="22" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A22">
         <v>16</v>
       </c>
       <c r="B22" t="s">
         <v>30</v>
       </c>
       <c r="C22">
         <v>352.137</v>
       </c>
       <c r="D22">
         <v>0.36499999999999999</v>
       </c>
       <c r="E22">
         <v>11.648</v>
       </c>
       <c r="F22">
         <v>364.15</v>
       </c>
       <c r="G22">
-        <v>585.86099999999999</v>
+        <v>585.77700000000004</v>
       </c>
       <c r="H22">
-        <v>938.36300000000006</v>
+        <v>938.279</v>
       </c>
       <c r="I22" s="15">
         <v>0.375</v>
       </c>
     </row>
     <row r="23" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A23">
         <v>17</v>
       </c>
       <c r="B23" t="s">
         <v>31</v>
       </c>
       <c r="C23">
-        <v>335.56799999999998</v>
+        <v>336.59</v>
       </c>
       <c r="D23">
         <v>7.33</v>
       </c>
       <c r="E23">
-        <v>29.41</v>
+        <v>28.407</v>
       </c>
       <c r="F23">
-        <v>372.30799999999999</v>
+        <v>372.327</v>
       </c>
       <c r="G23">
-        <v>627.53399999999999</v>
+        <v>626.23800000000006</v>
       </c>
       <c r="H23">
-        <v>970.43200000000002</v>
+        <v>970.15800000000002</v>
       </c>
       <c r="I23" s="15">
-        <v>0.34599999999999997</v>
+        <v>0.34699999999999998</v>
       </c>
     </row>
     <row r="24" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A24">
         <v>18</v>
       </c>
       <c r="B24" t="s">
         <v>32</v>
       </c>
       <c r="C24">
         <v>310.49799999999999</v>
       </c>
       <c r="D24">
         <v>1.5349999999999999</v>
       </c>
       <c r="E24">
         <v>5.8049999999999997</v>
       </c>
       <c r="F24">
         <v>317.83800000000002</v>
       </c>
       <c r="G24">
         <v>686.41499999999996</v>
       </c>
       <c r="H24">
         <v>998.44799999999998</v>
       </c>
       <c r="I24" s="15">
         <v>0.311</v>
       </c>
     </row>
     <row r="25" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A25">
         <v>19</v>
       </c>
       <c r="B25" t="s">
         <v>33</v>
       </c>
       <c r="C25">
-        <v>239.18899999999999</v>
+        <v>239.17699999999999</v>
       </c>
       <c r="D25">
         <v>5.91</v>
       </c>
       <c r="E25">
-        <v>4.5720000000000001</v>
+        <v>4.5839999999999996</v>
       </c>
       <c r="F25">
         <v>249.67099999999999</v>
       </c>
       <c r="G25">
         <v>604.255</v>
       </c>
       <c r="H25">
-        <v>849.35400000000004</v>
+        <v>849.34199999999998</v>
       </c>
       <c r="I25" s="15">
         <v>0.28199999999999997</v>
       </c>
     </row>
     <row r="26" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A26">
         <v>20</v>
       </c>
       <c r="B26" t="s">
         <v>34</v>
       </c>
       <c r="C26">
-        <v>249.80199999999999</v>
+        <v>249.55500000000001</v>
       </c>
       <c r="D26">
         <v>0.86699999999999999</v>
       </c>
       <c r="E26">
         <v>3.016</v>
       </c>
       <c r="F26">
-        <v>253.685</v>
+        <v>253.43799999999999</v>
       </c>
       <c r="G26">
-        <v>400.005</v>
+        <v>400.02100000000002</v>
       </c>
       <c r="H26">
-        <v>650.67399999999998</v>
+        <v>650.44299999999998</v>
       </c>
       <c r="I26" s="15">
         <v>0.38400000000000001</v>
       </c>
     </row>
     <row r="27" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A27">
         <v>21</v>
       </c>
       <c r="B27" t="s">
         <v>35</v>
       </c>
       <c r="C27">
         <v>302.18299999999999</v>
       </c>
       <c r="D27">
         <v>4.58</v>
       </c>
       <c r="E27">
         <v>4.984</v>
       </c>
       <c r="F27">
         <v>311.74599999999998</v>
       </c>
       <c r="G27">
-        <v>663.21900000000005</v>
+        <v>663.21799999999996</v>
       </c>
       <c r="H27">
-        <v>969.98099999999999</v>
+        <v>969.98</v>
       </c>
       <c r="I27" s="15">
         <v>0.312</v>
       </c>
     </row>
     <row r="28" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A28">
         <v>22</v>
       </c>
       <c r="B28" t="s">
         <v>36</v>
       </c>
       <c r="C28">
         <v>399.64699999999999</v>
       </c>
       <c r="D28">
         <v>12.836</v>
       </c>
       <c r="E28">
         <v>12.037000000000001</v>
       </c>
       <c r="F28">
         <v>424.51900000000001</v>
       </c>
       <c r="G28">
@@ -2473,460 +2473,460 @@
       </c>
       <c r="I29" s="15">
         <v>0.34699999999999998</v>
       </c>
     </row>
     <row r="30" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A30">
         <v>24</v>
       </c>
       <c r="B30" t="s">
         <v>38</v>
       </c>
       <c r="C30">
         <v>369.30900000000003</v>
       </c>
       <c r="D30">
         <v>5.7460000000000004</v>
       </c>
       <c r="E30">
         <v>3.633</v>
       </c>
       <c r="F30">
         <v>378.68799999999999</v>
       </c>
       <c r="G30">
-        <v>831.54</v>
+        <v>830.524</v>
       </c>
       <c r="H30">
-        <v>1206.595</v>
+        <v>1205.579</v>
       </c>
       <c r="I30" s="15">
         <v>0.30599999999999999</v>
       </c>
     </row>
     <row r="31" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A31">
         <v>25</v>
       </c>
       <c r="B31" t="s">
         <v>39</v>
       </c>
       <c r="C31">
-        <v>274.95800000000003</v>
+        <v>274.95299999999997</v>
       </c>
       <c r="D31">
         <v>4.694</v>
       </c>
       <c r="E31">
-        <v>61.25</v>
+        <v>61.44</v>
       </c>
       <c r="F31">
-        <v>340.90100000000001</v>
+        <v>341.08699999999999</v>
       </c>
       <c r="G31">
-        <v>567.68499999999995</v>
+        <v>567.298</v>
       </c>
       <c r="H31">
-        <v>847.33600000000001</v>
+        <v>846.94500000000005</v>
       </c>
       <c r="I31" s="15">
-        <v>0.32400000000000001</v>
+        <v>0.32500000000000001</v>
       </c>
     </row>
     <row r="32" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A32">
         <v>26</v>
       </c>
       <c r="B32" t="s">
         <v>40</v>
       </c>
       <c r="C32">
-        <v>274.18200000000002</v>
+        <v>274.66699999999997</v>
       </c>
       <c r="D32">
         <v>2.9990000000000001</v>
       </c>
       <c r="E32">
         <v>2.7210000000000001</v>
       </c>
       <c r="F32">
-        <v>279.90199999999999</v>
+        <v>280.38799999999998</v>
       </c>
       <c r="G32">
-        <v>515.63</v>
+        <v>514.99300000000005</v>
       </c>
       <c r="H32">
-        <v>792.81100000000004</v>
+        <v>792.66</v>
       </c>
       <c r="I32" s="15">
-        <v>0.34599999999999997</v>
+        <v>0.34699999999999998</v>
       </c>
     </row>
     <row r="33" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A33">
         <v>27</v>
       </c>
       <c r="B33" t="s">
         <v>41</v>
       </c>
       <c r="C33">
-        <v>321.726</v>
+        <v>317.935</v>
       </c>
       <c r="D33">
         <v>6.6619999999999999</v>
       </c>
       <c r="E33">
         <v>2.786</v>
       </c>
       <c r="F33">
-        <v>331.17399999999998</v>
+        <v>327.38200000000001</v>
       </c>
       <c r="G33">
-        <v>450.113</v>
+        <v>453.85700000000003</v>
       </c>
       <c r="H33">
-        <v>778.50099999999998</v>
+        <v>778.45299999999997</v>
       </c>
       <c r="I33" s="15">
-        <v>0.41299999999999998</v>
+        <v>0.40799999999999997</v>
       </c>
     </row>
     <row r="34" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A34">
         <v>28</v>
       </c>
       <c r="B34" t="s">
         <v>42</v>
       </c>
       <c r="C34">
         <v>288.75</v>
       </c>
       <c r="D34">
         <v>4.2229999999999999</v>
       </c>
       <c r="E34">
         <v>10.384</v>
       </c>
       <c r="F34">
         <v>303.35700000000003</v>
       </c>
       <c r="G34">
-        <v>616.42700000000002</v>
+        <v>616.37099999999998</v>
       </c>
       <c r="H34">
-        <v>909.4</v>
+        <v>909.34400000000005</v>
       </c>
       <c r="I34" s="15">
         <v>0.318</v>
       </c>
     </row>
     <row r="35" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A35">
         <v>29</v>
       </c>
       <c r="B35" t="s">
         <v>43</v>
       </c>
       <c r="C35">
-        <v>251.66300000000001</v>
+        <v>251.535</v>
       </c>
       <c r="D35">
         <v>1.014</v>
       </c>
       <c r="E35">
         <v>18.350000000000001</v>
       </c>
       <c r="F35">
-        <v>271.02800000000002</v>
+        <v>270.89999999999998</v>
       </c>
       <c r="G35">
-        <v>398.13499999999999</v>
+        <v>398.85</v>
       </c>
       <c r="H35">
-        <v>650.81299999999999</v>
+        <v>651.4</v>
       </c>
       <c r="I35" s="15">
-        <v>0.38700000000000001</v>
+        <v>0.38600000000000001</v>
       </c>
     </row>
     <row r="36" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A36">
         <v>30</v>
       </c>
       <c r="B36" t="s">
         <v>44</v>
       </c>
       <c r="C36">
         <v>220.24299999999999</v>
       </c>
       <c r="D36">
         <v>0.436</v>
       </c>
       <c r="E36">
-        <v>10.525</v>
+        <v>10.522</v>
       </c>
       <c r="F36">
-        <v>231.20500000000001</v>
+        <v>231.20099999999999</v>
       </c>
       <c r="G36">
-        <v>421.82100000000003</v>
+        <v>421.56799999999998</v>
       </c>
       <c r="H36">
-        <v>642.50099999999998</v>
+        <v>642.24699999999996</v>
       </c>
       <c r="I36" s="15">
         <v>0.34300000000000003</v>
       </c>
     </row>
     <row r="37" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A37">
         <v>31</v>
       </c>
       <c r="B37" t="s">
         <v>45</v>
       </c>
       <c r="C37">
-        <v>314.363</v>
+        <v>313.21499999999997</v>
       </c>
       <c r="D37">
         <v>6.5170000000000003</v>
       </c>
       <c r="E37">
-        <v>49.39</v>
+        <v>49.823</v>
       </c>
       <c r="F37">
-        <v>370.27</v>
+        <v>369.55500000000001</v>
       </c>
       <c r="G37">
-        <v>453.17099999999999</v>
+        <v>453.18700000000001</v>
       </c>
       <c r="H37">
-        <v>774.05100000000004</v>
+        <v>772.91899999999998</v>
       </c>
       <c r="I37" s="15">
-        <v>0.40600000000000003</v>
+        <v>0.40500000000000003</v>
       </c>
     </row>
     <row r="38" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A38">
         <v>32</v>
       </c>
       <c r="B38" t="s">
         <v>46</v>
       </c>
       <c r="C38">
         <v>180.792</v>
       </c>
       <c r="D38">
         <v>2.5579999999999998</v>
       </c>
       <c r="E38">
         <v>3.266</v>
       </c>
       <c r="F38">
         <v>186.61600000000001</v>
       </c>
       <c r="G38">
         <v>455.85</v>
       </c>
       <c r="H38">
         <v>639.20000000000005</v>
       </c>
       <c r="I38" s="15">
         <v>0.28299999999999997</v>
       </c>
     </row>
     <row r="39" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A39">
         <v>33</v>
       </c>
       <c r="B39" t="s">
         <v>47</v>
       </c>
       <c r="C39">
-        <v>356.435</v>
+        <v>356.98599999999999</v>
       </c>
       <c r="D39">
-        <v>8.5530000000000008</v>
+        <v>8.0030000000000001</v>
       </c>
       <c r="E39">
         <v>12.942</v>
       </c>
       <c r="F39">
         <v>377.93099999999998</v>
       </c>
       <c r="G39">
-        <v>784.21400000000006</v>
+        <v>785.38499999999999</v>
       </c>
       <c r="H39">
-        <v>1149.203</v>
+        <v>1150.374</v>
       </c>
       <c r="I39" s="15">
         <v>0.31</v>
       </c>
     </row>
     <row r="40" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A40">
         <v>34</v>
       </c>
       <c r="B40" t="s">
         <v>48</v>
       </c>
       <c r="C40">
         <v>270.32499999999999</v>
       </c>
       <c r="D40">
         <v>4.9470000000000001</v>
       </c>
       <c r="E40">
         <v>8.5090000000000003</v>
       </c>
       <c r="F40">
         <v>283.78100000000001</v>
       </c>
       <c r="G40">
         <v>616.85599999999999</v>
       </c>
       <c r="H40">
         <v>892.12800000000004</v>
       </c>
       <c r="I40" s="15">
         <v>0.30299999999999999</v>
       </c>
     </row>
     <row r="41" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A41">
         <v>35</v>
       </c>
       <c r="B41" t="s">
         <v>49</v>
       </c>
       <c r="C41">
-        <v>358.88400000000001</v>
+        <v>358.89800000000002</v>
       </c>
       <c r="D41">
         <v>11.279</v>
       </c>
       <c r="E41">
         <v>7.3970000000000002</v>
       </c>
       <c r="F41">
-        <v>377.56099999999998</v>
+        <v>377.57400000000001</v>
       </c>
       <c r="G41">
         <v>638.53700000000003</v>
       </c>
       <c r="H41">
-        <v>1008.701</v>
+        <v>1008.7140000000001</v>
       </c>
       <c r="I41" s="15">
         <v>0.35599999999999998</v>
       </c>
     </row>
     <row r="42" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A42">
         <v>36</v>
       </c>
       <c r="B42" t="s">
         <v>50</v>
       </c>
       <c r="C42">
         <v>282.93200000000002</v>
       </c>
       <c r="D42">
         <v>5.1790000000000003</v>
       </c>
       <c r="E42">
         <v>2.7669999999999999</v>
       </c>
       <c r="F42">
         <v>290.87799999999999</v>
       </c>
       <c r="G42">
         <v>494.73099999999999</v>
       </c>
       <c r="H42">
         <v>782.84199999999998</v>
       </c>
       <c r="I42" s="15">
         <v>0.36099999999999999</v>
       </c>
     </row>
     <row r="43" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A43">
         <v>37</v>
       </c>
       <c r="B43" t="s">
         <v>51</v>
       </c>
       <c r="C43">
-        <v>324.02800000000002</v>
+        <v>324.02699999999999</v>
       </c>
       <c r="D43">
         <v>6.0279999999999996</v>
       </c>
       <c r="E43">
         <v>9.4209999999999994</v>
       </c>
       <c r="F43">
         <v>339.476</v>
       </c>
       <c r="G43">
         <v>633.89400000000001</v>
       </c>
       <c r="H43">
         <v>963.94899999999996</v>
       </c>
       <c r="I43" s="15">
         <v>0.33600000000000002</v>
       </c>
     </row>
     <row r="44" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A44">
         <v>38</v>
       </c>
       <c r="B44" t="s">
         <v>52</v>
       </c>
       <c r="C44">
         <v>285.62700000000001</v>
       </c>
       <c r="D44">
         <v>1.5229999999999999</v>
       </c>
       <c r="E44">
-        <v>7.7279999999999998</v>
+        <v>7.8940000000000001</v>
       </c>
       <c r="F44">
-        <v>294.87799999999999</v>
+        <v>295.04399999999998</v>
       </c>
       <c r="G44">
-        <v>545.16</v>
+        <v>544.99400000000003</v>
       </c>
       <c r="H44">
-        <v>832.31</v>
+        <v>832.14400000000001</v>
       </c>
       <c r="I44" s="15">
         <v>0.34300000000000003</v>
       </c>
     </row>
     <row r="45" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A45">
         <v>39</v>
       </c>
       <c r="B45" t="s">
         <v>53</v>
       </c>
       <c r="C45">
         <v>301.55</v>
       </c>
       <c r="D45">
         <v>2.5459999999999998</v>
       </c>
       <c r="E45">
         <v>2.9329999999999998</v>
       </c>
       <c r="F45">
         <v>307.029</v>
       </c>
       <c r="G45">
@@ -2937,573 +2937,573 @@
       </c>
       <c r="I45" s="15">
         <v>0.317</v>
       </c>
     </row>
     <row r="46" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A46">
         <v>40</v>
       </c>
       <c r="B46" t="s">
         <v>54</v>
       </c>
       <c r="C46">
         <v>343.77</v>
       </c>
       <c r="D46">
         <v>2.6309999999999998</v>
       </c>
       <c r="E46">
         <v>14.108000000000001</v>
       </c>
       <c r="F46">
         <v>360.50799999999998</v>
       </c>
       <c r="G46">
-        <v>575.11500000000001</v>
+        <v>574.63499999999999</v>
       </c>
       <c r="H46">
-        <v>921.51499999999999</v>
+        <v>921.03499999999997</v>
       </c>
       <c r="I46" s="15">
         <v>0.373</v>
       </c>
     </row>
     <row r="47" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A47">
         <v>41</v>
       </c>
       <c r="B47" t="s">
         <v>55</v>
       </c>
       <c r="C47">
         <v>320.33199999999999</v>
       </c>
       <c r="D47">
         <v>5.4710000000000001</v>
       </c>
       <c r="E47">
         <v>10.006</v>
       </c>
       <c r="F47">
         <v>335.80900000000003</v>
       </c>
       <c r="G47">
         <v>674.79399999999998</v>
       </c>
       <c r="H47">
         <v>1000.597</v>
       </c>
       <c r="I47" s="15">
         <v>0.32</v>
       </c>
     </row>
     <row r="48" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A48">
         <v>42</v>
       </c>
       <c r="B48" t="s">
         <v>56</v>
       </c>
       <c r="C48">
-        <v>382.065</v>
+        <v>380.87599999999998</v>
       </c>
       <c r="D48">
-        <v>8.8919999999999995</v>
+        <v>8.8849999999999998</v>
       </c>
       <c r="E48">
-        <v>18.297999999999998</v>
+        <v>18.638000000000002</v>
       </c>
       <c r="F48">
-        <v>409.255</v>
+        <v>408.399</v>
       </c>
       <c r="G48">
-        <v>610.15599999999995</v>
+        <v>609.82000000000005</v>
       </c>
       <c r="H48">
-        <v>1001.1130000000001</v>
+        <v>999.58100000000002</v>
       </c>
       <c r="I48" s="15">
-        <v>0.38200000000000001</v>
+        <v>0.38100000000000001</v>
       </c>
     </row>
     <row r="49" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A49">
         <v>43</v>
       </c>
       <c r="B49" t="s">
         <v>57</v>
       </c>
       <c r="C49">
-        <v>360.875</v>
+        <v>360.87</v>
       </c>
       <c r="D49">
         <v>6.2649999999999997</v>
       </c>
       <c r="E49">
         <v>3.7930000000000001</v>
       </c>
       <c r="F49">
-        <v>370.93299999999999</v>
+        <v>370.928</v>
       </c>
       <c r="G49">
-        <v>716.92399999999998</v>
+        <v>716.62800000000004</v>
       </c>
       <c r="H49">
-        <v>1084.0640000000001</v>
+        <v>1083.7629999999999</v>
       </c>
       <c r="I49" s="15">
         <v>0.33300000000000002</v>
       </c>
     </row>
     <row r="50" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A50">
         <v>44</v>
       </c>
       <c r="B50" t="s">
         <v>58</v>
       </c>
       <c r="C50">
         <v>269.45999999999998</v>
       </c>
       <c r="D50">
         <v>3.81</v>
       </c>
       <c r="E50">
         <v>8.6120000000000001</v>
       </c>
       <c r="F50">
         <v>281.88200000000001</v>
       </c>
       <c r="G50">
-        <v>468.35199999999998</v>
+        <v>468.31599999999997</v>
       </c>
       <c r="H50">
-        <v>741.62199999999996</v>
+        <v>741.58600000000001</v>
       </c>
       <c r="I50" s="15">
         <v>0.36299999999999999</v>
       </c>
     </row>
     <row r="51" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A51">
         <v>45</v>
       </c>
       <c r="B51" t="s">
         <v>59</v>
       </c>
       <c r="C51">
-        <v>236.637</v>
+        <v>236.7</v>
       </c>
       <c r="D51">
         <v>1.8779999999999999</v>
       </c>
       <c r="E51">
         <v>9.5709999999999997</v>
       </c>
       <c r="F51">
-        <v>248.08500000000001</v>
+        <v>248.148</v>
       </c>
       <c r="G51">
-        <v>502.74700000000001</v>
+        <v>502.97500000000002</v>
       </c>
       <c r="H51">
-        <v>741.26099999999997</v>
+        <v>741.55200000000002</v>
       </c>
       <c r="I51" s="15">
         <v>0.31900000000000001</v>
       </c>
     </row>
     <row r="52" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A52">
         <v>46</v>
       </c>
       <c r="B52" t="s">
         <v>60</v>
       </c>
       <c r="C52">
         <v>210.33600000000001</v>
       </c>
       <c r="D52">
         <v>11.819000000000001</v>
       </c>
       <c r="E52">
         <v>4.0369999999999999</v>
       </c>
       <c r="F52">
         <v>226.19200000000001</v>
       </c>
       <c r="G52">
         <v>507.33600000000001</v>
       </c>
       <c r="H52">
         <v>729.49099999999999</v>
       </c>
       <c r="I52" s="15">
         <v>0.28799999999999998</v>
       </c>
     </row>
     <row r="53" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A53">
         <v>47</v>
       </c>
       <c r="B53" t="s">
         <v>61</v>
       </c>
       <c r="C53">
-        <v>223.86699999999999</v>
+        <v>223.87</v>
       </c>
       <c r="D53">
         <v>1.647</v>
       </c>
       <c r="E53">
         <v>1.651</v>
       </c>
       <c r="F53">
-        <v>227.16499999999999</v>
+        <v>227.16800000000001</v>
       </c>
       <c r="G53">
-        <v>490.63400000000001</v>
+        <v>488.755</v>
       </c>
       <c r="H53">
-        <v>716.14800000000002</v>
+        <v>714.27200000000005</v>
       </c>
       <c r="I53" s="15">
         <v>0.313</v>
       </c>
     </row>
     <row r="54" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A54">
         <v>48</v>
       </c>
       <c r="B54" t="s">
         <v>62</v>
       </c>
       <c r="C54">
         <v>354.80399999999997</v>
       </c>
       <c r="D54">
         <v>1.232</v>
       </c>
       <c r="E54">
         <v>6.2160000000000002</v>
       </c>
       <c r="F54">
         <v>362.25200000000001</v>
       </c>
       <c r="G54">
-        <v>574.99300000000005</v>
+        <v>575.00599999999997</v>
       </c>
       <c r="H54">
-        <v>931.029</v>
+        <v>931.04200000000003</v>
       </c>
       <c r="I54" s="15">
         <v>0.38100000000000001</v>
       </c>
     </row>
     <row r="55" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A55">
         <v>49</v>
       </c>
       <c r="B55" t="s">
         <v>63</v>
       </c>
       <c r="C55">
         <v>335.041</v>
       </c>
       <c r="D55">
         <v>8.8930000000000007</v>
       </c>
       <c r="E55">
         <v>4.8310000000000004</v>
       </c>
       <c r="F55">
-        <v>348.76499999999999</v>
+        <v>348.76400000000001</v>
       </c>
       <c r="G55">
-        <v>493.46300000000002</v>
+        <v>493.47699999999998</v>
       </c>
       <c r="H55">
-        <v>837.39700000000005</v>
+        <v>837.41</v>
       </c>
       <c r="I55" s="15">
         <v>0.4</v>
       </c>
     </row>
     <row r="56" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A56">
         <v>50</v>
       </c>
       <c r="B56" t="s">
         <v>64</v>
       </c>
       <c r="C56">
-        <v>405.54</v>
+        <v>405.51499999999999</v>
       </c>
       <c r="D56">
         <v>3.8050000000000002</v>
       </c>
       <c r="E56">
         <v>11.817</v>
       </c>
       <c r="F56">
-        <v>421.16199999999998</v>
+        <v>421.137</v>
       </c>
       <c r="G56">
-        <v>794.65899999999999</v>
+        <v>794.45600000000002</v>
       </c>
       <c r="H56">
-        <v>1204.0039999999999</v>
+        <v>1203.7760000000001</v>
       </c>
       <c r="I56" s="15">
         <v>0.33700000000000002</v>
       </c>
     </row>
     <row r="57" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A57">
         <v>51</v>
       </c>
       <c r="B57" t="s">
         <v>65</v>
       </c>
       <c r="C57">
         <v>281.87700000000001</v>
       </c>
       <c r="D57">
         <v>8.6669999999999998</v>
       </c>
       <c r="E57">
         <v>6.0880000000000001</v>
       </c>
       <c r="F57">
         <v>296.63200000000001</v>
       </c>
       <c r="G57">
         <v>470.00400000000002</v>
       </c>
       <c r="H57">
         <v>760.548</v>
       </c>
       <c r="I57" s="15">
         <v>0.371</v>
       </c>
     </row>
     <row r="58" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A58">
         <v>52</v>
       </c>
       <c r="B58" t="s">
         <v>66</v>
       </c>
       <c r="C58">
         <v>314.791</v>
       </c>
       <c r="E58">
-        <v>45.003999999999998</v>
+        <v>45.02</v>
       </c>
       <c r="F58">
-        <v>359.79500000000002</v>
+        <v>359.81099999999998</v>
       </c>
       <c r="G58">
-        <v>599.404</v>
+        <v>599.24300000000005</v>
       </c>
       <c r="H58">
-        <v>914.19500000000005</v>
+        <v>914.03399999999999</v>
       </c>
       <c r="I58" s="15">
         <v>0.34399999999999997</v>
       </c>
     </row>
     <row r="59" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A59">
         <v>53</v>
       </c>
       <c r="B59" t="s">
         <v>67</v>
       </c>
       <c r="C59">
-        <v>307.97800000000001</v>
+        <v>307.97699999999998</v>
       </c>
       <c r="D59">
         <v>1.84</v>
       </c>
       <c r="E59">
-        <v>10.622</v>
+        <v>10.622999999999999</v>
       </c>
       <c r="F59">
         <v>320.44</v>
       </c>
       <c r="G59">
-        <v>528.60299999999995</v>
+        <v>528.67100000000005</v>
       </c>
       <c r="H59">
-        <v>838.42100000000005</v>
+        <v>838.48800000000006</v>
       </c>
       <c r="I59" s="15">
         <v>0.36699999999999999</v>
       </c>
     </row>
     <row r="60" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A60">
         <v>54</v>
       </c>
       <c r="B60" t="s">
         <v>68</v>
       </c>
       <c r="C60">
         <v>322.827</v>
       </c>
       <c r="D60">
         <v>6.81</v>
       </c>
       <c r="E60">
         <v>5.0650000000000004</v>
       </c>
       <c r="F60">
         <v>334.70100000000002</v>
       </c>
       <c r="G60">
-        <v>582.57600000000002</v>
+        <v>582.30799999999999</v>
       </c>
       <c r="H60">
-        <v>912.21199999999999</v>
+        <v>911.94399999999996</v>
       </c>
       <c r="I60" s="15">
         <v>0.35399999999999998</v>
       </c>
     </row>
     <row r="61" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A61">
         <v>55</v>
       </c>
       <c r="B61" t="s">
         <v>69</v>
       </c>
       <c r="C61">
         <v>498.09699999999998</v>
       </c>
       <c r="D61">
         <v>4.976</v>
       </c>
       <c r="E61">
         <v>3.4860000000000002</v>
       </c>
       <c r="F61">
         <v>506.55900000000003</v>
       </c>
       <c r="G61">
-        <v>1142.616</v>
+        <v>1141.6130000000001</v>
       </c>
       <c r="H61">
-        <v>1645.6890000000001</v>
+        <v>1644.6859999999999</v>
       </c>
       <c r="I61" s="15">
         <v>0.30299999999999999</v>
       </c>
     </row>
     <row r="62" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A62">
         <v>56</v>
       </c>
       <c r="B62" t="s">
         <v>70</v>
       </c>
       <c r="C62">
-        <v>299.911</v>
+        <v>292.37299999999999</v>
       </c>
       <c r="D62">
         <v>1.7849999999999999</v>
       </c>
       <c r="E62">
         <v>18.111999999999998</v>
       </c>
       <c r="F62">
-        <v>319.80799999999999</v>
+        <v>312.27</v>
       </c>
       <c r="G62">
-        <v>442.48599999999999</v>
+        <v>450.02300000000002</v>
       </c>
       <c r="H62">
-        <v>744.18200000000002</v>
+        <v>744.18100000000004</v>
       </c>
       <c r="I62" s="15">
-        <v>0.40300000000000002</v>
+        <v>0.39300000000000002</v>
       </c>
     </row>
     <row r="63" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A63">
         <v>57</v>
       </c>
       <c r="B63" t="s">
         <v>71</v>
       </c>
       <c r="C63">
-        <v>344.04199999999997</v>
+        <v>344.25799999999998</v>
       </c>
       <c r="D63">
         <v>1.01</v>
       </c>
       <c r="E63">
-        <v>125.17</v>
+        <v>126.053</v>
       </c>
       <c r="F63">
-        <v>470.22199999999998</v>
+        <v>471.322</v>
       </c>
       <c r="G63">
-        <v>779.39700000000005</v>
+        <v>779.94799999999998</v>
       </c>
       <c r="H63">
-        <v>1124.4490000000001</v>
+        <v>1125.2170000000001</v>
       </c>
       <c r="I63" s="15">
         <v>0.30599999999999999</v>
       </c>
     </row>
     <row r="64" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A64">
         <v>58</v>
       </c>
       <c r="B64" t="s">
         <v>72</v>
       </c>
       <c r="C64">
         <v>204.33500000000001</v>
       </c>
       <c r="D64">
         <v>4.5330000000000004</v>
       </c>
       <c r="E64">
         <v>5.7770000000000001</v>
       </c>
       <c r="F64">
         <v>214.64599999999999</v>
       </c>
       <c r="G64">
-        <v>389.23899999999998</v>
+        <v>389.233</v>
       </c>
       <c r="H64">
-        <v>598.10799999999995</v>
+        <v>598.10199999999998</v>
       </c>
       <c r="I64" s="15">
         <v>0.34200000000000003</v>
       </c>
     </row>
     <row r="65" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A65">
         <v>59</v>
       </c>
       <c r="B65" t="s">
         <v>73</v>
       </c>
       <c r="C65">
         <v>211.952</v>
       </c>
       <c r="D65">
         <v>4.665</v>
       </c>
       <c r="E65">
         <v>6.4850000000000003</v>
       </c>
       <c r="F65">
         <v>223.101</v>
       </c>
       <c r="G65">
@@ -3514,199 +3514,199 @@
       </c>
       <c r="I65" s="15">
         <v>0.33500000000000002</v>
       </c>
     </row>
     <row r="66" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A66">
         <v>60</v>
       </c>
       <c r="B66" t="s">
         <v>74</v>
       </c>
       <c r="C66">
         <v>322.28100000000001</v>
       </c>
       <c r="D66">
         <v>3.51</v>
       </c>
       <c r="E66">
         <v>9.2810000000000006</v>
       </c>
       <c r="F66">
         <v>335.072</v>
       </c>
       <c r="G66">
-        <v>658.923</v>
+        <v>658.41800000000001</v>
       </c>
       <c r="H66">
-        <v>984.71400000000006</v>
+        <v>984.20899999999995</v>
       </c>
       <c r="I66" s="15">
         <v>0.32700000000000001</v>
       </c>
     </row>
     <row r="67" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A67">
         <v>61</v>
       </c>
       <c r="B67" t="s">
         <v>75</v>
       </c>
       <c r="C67">
-        <v>320.30399999999997</v>
+        <v>320.274</v>
       </c>
       <c r="D67">
         <v>6.8529999999999998</v>
       </c>
       <c r="E67">
         <v>5.9160000000000004</v>
       </c>
       <c r="F67">
-        <v>333.072</v>
+        <v>333.04300000000001</v>
       </c>
       <c r="G67">
-        <v>578.64800000000002</v>
+        <v>578.42399999999998</v>
       </c>
       <c r="H67">
-        <v>905.80399999999997</v>
+        <v>905.55100000000004</v>
       </c>
       <c r="I67" s="15">
         <v>0.35399999999999998</v>
       </c>
     </row>
     <row r="68" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A68">
         <v>62</v>
       </c>
       <c r="B68" t="s">
         <v>76</v>
       </c>
       <c r="C68">
-        <v>298.19400000000002</v>
+        <v>299.74400000000003</v>
       </c>
       <c r="D68">
         <v>4.5979999999999999</v>
       </c>
       <c r="E68">
-        <v>1.804</v>
+        <v>2.387</v>
       </c>
       <c r="F68">
-        <v>304.59500000000003</v>
+        <v>306.72899999999998</v>
       </c>
       <c r="G68">
-        <v>667.85</v>
+        <v>666.32799999999997</v>
       </c>
       <c r="H68">
-        <v>970.64099999999996</v>
+        <v>970.67</v>
       </c>
       <c r="I68" s="15">
-        <v>0.307</v>
+        <v>0.309</v>
       </c>
     </row>
     <row r="69" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A69">
         <v>63</v>
       </c>
       <c r="B69" t="s">
         <v>77</v>
       </c>
       <c r="C69">
-        <v>308.73500000000001</v>
+        <v>308.45800000000003</v>
       </c>
       <c r="D69">
         <v>3.5489999999999999</v>
       </c>
       <c r="E69">
-        <v>19.268999999999998</v>
+        <v>19.202999999999999</v>
       </c>
       <c r="F69">
-        <v>331.553</v>
+        <v>331.21100000000001</v>
       </c>
       <c r="G69">
-        <v>538.06399999999996</v>
+        <v>538.13300000000004</v>
       </c>
       <c r="H69">
-        <v>850.34799999999996</v>
+        <v>850.14099999999996</v>
       </c>
       <c r="I69" s="15">
         <v>0.36299999999999999</v>
       </c>
     </row>
     <row r="70" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A70">
         <v>64</v>
       </c>
       <c r="B70" t="s">
         <v>78</v>
       </c>
       <c r="C70">
-        <v>314.54199999999997</v>
+        <v>315.52800000000002</v>
       </c>
       <c r="D70">
         <v>7.8970000000000002</v>
       </c>
       <c r="E70">
         <v>17.477</v>
       </c>
       <c r="F70">
-        <v>339.916</v>
+        <v>340.90100000000001</v>
       </c>
       <c r="G70">
-        <v>607.39</v>
+        <v>606.40499999999997</v>
       </c>
       <c r="H70">
         <v>929.82899999999995</v>
       </c>
       <c r="I70" s="15">
-        <v>0.33800000000000002</v>
+        <v>0.33900000000000002</v>
       </c>
     </row>
     <row r="71" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A71">
         <v>65</v>
       </c>
       <c r="B71" t="s">
         <v>79</v>
       </c>
       <c r="C71">
         <v>245.702</v>
       </c>
       <c r="D71">
         <v>3.5920000000000001</v>
       </c>
       <c r="E71">
-        <v>7.7990000000000004</v>
+        <v>7.798</v>
       </c>
       <c r="F71">
         <v>257.09300000000002</v>
       </c>
       <c r="G71">
-        <v>436.66699999999997</v>
+        <v>436.70100000000002</v>
       </c>
       <c r="H71">
-        <v>685.96100000000001</v>
+        <v>685.99599999999998</v>
       </c>
       <c r="I71" s="15">
         <v>0.35799999999999998</v>
       </c>
     </row>
     <row r="72" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A72">
         <v>66</v>
       </c>
       <c r="B72" t="s">
         <v>80</v>
       </c>
       <c r="C72">
         <v>233.31800000000001</v>
       </c>
       <c r="D72">
         <v>5.0529999999999999</v>
       </c>
       <c r="E72">
         <v>2.569</v>
       </c>
       <c r="F72">
         <v>240.94</v>
       </c>
       <c r="G72">
@@ -3763,388 +3763,388 @@
       </c>
       <c r="E74">
         <v>3.0910000000000002</v>
       </c>
       <c r="F74">
         <v>274.92</v>
       </c>
       <c r="G74">
         <v>324.60000000000002</v>
       </c>
       <c r="H74">
         <v>596.42899999999997</v>
       </c>
       <c r="I74" s="15">
         <v>0.45300000000000001</v>
       </c>
     </row>
     <row r="75" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A75">
         <v>69</v>
       </c>
       <c r="B75" t="s">
         <v>83</v>
       </c>
       <c r="C75">
-        <v>223.958</v>
+        <v>223.89699999999999</v>
       </c>
       <c r="D75">
         <v>1.972</v>
       </c>
       <c r="E75">
-        <v>5.4640000000000004</v>
+        <v>5.5250000000000004</v>
       </c>
       <c r="F75">
         <v>231.39400000000001</v>
       </c>
       <c r="G75">
-        <v>488.22399999999999</v>
+        <v>488.101</v>
       </c>
       <c r="H75">
-        <v>714.154</v>
+        <v>713.97</v>
       </c>
       <c r="I75" s="15">
         <v>0.314</v>
       </c>
     </row>
     <row r="76" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A76">
         <v>70</v>
       </c>
       <c r="B76" t="s">
         <v>84</v>
       </c>
       <c r="C76">
-        <v>227.88900000000001</v>
+        <v>227.80500000000001</v>
       </c>
       <c r="D76">
         <v>0.88</v>
       </c>
       <c r="E76">
-        <v>12.707000000000001</v>
+        <v>12.791</v>
       </c>
       <c r="F76">
-        <v>241.476</v>
+        <v>241.47499999999999</v>
       </c>
       <c r="G76">
-        <v>383.07400000000001</v>
+        <v>382.93299999999999</v>
       </c>
       <c r="H76">
-        <v>611.84299999999996</v>
+        <v>611.61699999999996</v>
       </c>
       <c r="I76" s="15">
         <v>0.372</v>
       </c>
     </row>
     <row r="77" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A77">
         <v>71</v>
       </c>
       <c r="B77" t="s">
         <v>85</v>
       </c>
       <c r="C77">
-        <v>325.07299999999998</v>
+        <v>324.88299999999998</v>
       </c>
       <c r="D77">
         <v>0.66</v>
       </c>
       <c r="E77">
-        <v>10.507</v>
+        <v>10.696</v>
       </c>
       <c r="F77">
         <v>336.24</v>
       </c>
       <c r="G77">
         <v>693.827</v>
       </c>
       <c r="H77">
-        <v>1019.56</v>
+        <v>1019.371</v>
       </c>
       <c r="I77" s="15">
         <v>0.31900000000000001</v>
       </c>
     </row>
     <row r="78" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A78">
         <v>72</v>
       </c>
       <c r="B78" t="s">
         <v>86</v>
       </c>
       <c r="C78">
         <v>244.48</v>
       </c>
       <c r="D78">
-        <v>4.0179999999999998</v>
+        <v>4.1630000000000003</v>
       </c>
       <c r="E78">
         <v>2.2389999999999999</v>
       </c>
       <c r="F78">
-        <v>250.73599999999999</v>
+        <v>250.88200000000001</v>
       </c>
       <c r="G78">
         <v>474.28500000000003</v>
       </c>
       <c r="H78">
-        <v>722.78200000000004</v>
+        <v>722.928</v>
       </c>
       <c r="I78" s="15">
         <v>0.33800000000000002</v>
       </c>
     </row>
     <row r="79" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A79">
         <v>73</v>
       </c>
       <c r="B79" t="s">
         <v>87</v>
       </c>
       <c r="C79">
         <v>321.11099999999999</v>
       </c>
       <c r="D79">
         <v>6.18</v>
       </c>
       <c r="E79">
-        <v>7.27</v>
+        <v>7.2510000000000003</v>
       </c>
       <c r="F79">
-        <v>334.56099999999998</v>
+        <v>334.54199999999997</v>
       </c>
       <c r="G79">
         <v>595.99300000000005</v>
       </c>
       <c r="H79">
         <v>923.28399999999999</v>
       </c>
       <c r="I79" s="15">
         <v>0.34799999999999998</v>
       </c>
     </row>
     <row r="80" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A80">
         <v>74</v>
       </c>
       <c r="B80" t="s">
         <v>88</v>
       </c>
       <c r="C80">
         <v>321.42899999999997</v>
       </c>
       <c r="D80">
         <v>4.0650000000000004</v>
       </c>
       <c r="E80">
         <v>4.3689999999999998</v>
       </c>
       <c r="F80">
         <v>329.863</v>
       </c>
       <c r="G80">
         <v>624.37400000000002</v>
       </c>
       <c r="H80">
         <v>949.86800000000005</v>
       </c>
       <c r="I80" s="15">
         <v>0.33800000000000002</v>
       </c>
     </row>
     <row r="81" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A81">
         <v>75</v>
       </c>
       <c r="B81" t="s">
         <v>89</v>
       </c>
       <c r="C81">
-        <v>361.70800000000003</v>
+        <v>361.67</v>
       </c>
       <c r="D81">
         <v>0.97099999999999997</v>
       </c>
       <c r="E81">
-        <v>9.0410000000000004</v>
+        <v>9.1259999999999994</v>
       </c>
       <c r="F81">
-        <v>371.72</v>
+        <v>371.767</v>
       </c>
       <c r="G81">
-        <v>1051.1600000000001</v>
+        <v>1051.1130000000001</v>
       </c>
       <c r="H81">
-        <v>1413.8389999999999</v>
+        <v>1413.7539999999999</v>
       </c>
       <c r="I81" s="15">
         <v>0.25600000000000001</v>
       </c>
     </row>
     <row r="82" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A82">
         <v>76</v>
       </c>
       <c r="B82" t="s">
         <v>90</v>
       </c>
       <c r="C82">
-        <v>295.83999999999997</v>
+        <v>295.84199999999998</v>
       </c>
       <c r="D82">
         <v>4.1900000000000004</v>
       </c>
       <c r="E82">
         <v>3.1320000000000001</v>
       </c>
       <c r="F82">
-        <v>303.16199999999998</v>
+        <v>303.16399999999999</v>
       </c>
       <c r="G82">
-        <v>706.81299999999999</v>
+        <v>706.06500000000005</v>
       </c>
       <c r="H82">
-        <v>1006.843</v>
+        <v>1006.097</v>
       </c>
       <c r="I82" s="15">
         <v>0.29399999999999998</v>
       </c>
     </row>
     <row r="83" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A83">
         <v>77</v>
       </c>
       <c r="B83" t="s">
         <v>91</v>
       </c>
       <c r="C83">
-        <v>305.77600000000001</v>
+        <v>304.47699999999998</v>
       </c>
       <c r="D83">
         <v>4.4349999999999996</v>
       </c>
       <c r="E83">
-        <v>146.40100000000001</v>
+        <v>149.96799999999999</v>
       </c>
       <c r="F83">
-        <v>456.61200000000002</v>
+        <v>458.88</v>
       </c>
       <c r="G83">
-        <v>399.649</v>
+        <v>398.81700000000001</v>
       </c>
       <c r="H83">
-        <v>709.86</v>
+        <v>707.72900000000004</v>
       </c>
       <c r="I83" s="15">
-        <v>0.43099999999999999</v>
+        <v>0.43</v>
       </c>
     </row>
     <row r="84" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A84">
         <v>78</v>
       </c>
       <c r="B84" t="s">
         <v>92</v>
       </c>
       <c r="C84">
-        <v>593.16</v>
+        <v>593.06899999999996</v>
       </c>
       <c r="D84">
         <v>1.472</v>
       </c>
       <c r="E84">
-        <v>27.181000000000001</v>
+        <v>27.271999999999998</v>
       </c>
       <c r="F84">
         <v>621.81299999999999</v>
       </c>
       <c r="G84">
-        <v>870.928</v>
+        <v>870.96699999999998</v>
       </c>
       <c r="H84">
-        <v>1465.56</v>
+        <v>1465.508</v>
       </c>
       <c r="I84" s="15">
         <v>0.40500000000000003</v>
       </c>
     </row>
     <row r="85" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A85">
         <v>79</v>
       </c>
       <c r="B85" t="s">
         <v>93</v>
       </c>
       <c r="C85">
-        <v>323.52699999999999</v>
+        <v>323.47199999999998</v>
       </c>
       <c r="D85">
         <v>2.944</v>
       </c>
       <c r="E85">
         <v>10.712</v>
       </c>
       <c r="F85">
-        <v>337.18299999999999</v>
+        <v>337.12799999999999</v>
       </c>
       <c r="G85">
-        <v>639.26</v>
+        <v>639.23800000000006</v>
       </c>
       <c r="H85">
-        <v>965.73099999999999</v>
+        <v>965.654</v>
       </c>
       <c r="I85" s="15">
         <v>0.33500000000000002</v>
       </c>
     </row>
     <row r="86" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A86">
         <v>80</v>
       </c>
       <c r="B86" t="s">
         <v>94</v>
       </c>
       <c r="C86">
         <v>292.19</v>
       </c>
       <c r="D86">
-        <v>7.8360000000000003</v>
+        <v>7.8920000000000003</v>
       </c>
       <c r="E86">
         <v>1.6639999999999999</v>
       </c>
       <c r="F86">
-        <v>301.68900000000002</v>
+        <v>301.74599999999998</v>
       </c>
       <c r="G86">
-        <v>590.12400000000002</v>
+        <v>589.27099999999996</v>
       </c>
       <c r="H86">
-        <v>890.149</v>
+        <v>889.35299999999995</v>
       </c>
       <c r="I86" s="17">
-        <v>0.32800000000000001</v>
+        <v>0.32900000000000001</v>
       </c>
     </row>
     <row r="87" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A87">
         <v>81</v>
       </c>
       <c r="B87" t="s">
         <v>95</v>
       </c>
       <c r="C87">
         <v>329.89100000000002</v>
       </c>
       <c r="D87">
         <v>0.51600000000000001</v>
       </c>
       <c r="E87">
         <v>13.51</v>
       </c>
       <c r="F87">
         <v>343.916</v>
       </c>
       <c r="G87">
         <v>695.59900000000005</v>
       </c>
       <c r="H87">
@@ -4152,489 +4152,489 @@
       </c>
       <c r="I87" s="15">
         <v>0.32200000000000001</v>
       </c>
     </row>
     <row r="88" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A88">
         <v>82</v>
       </c>
       <c r="B88" t="s">
         <v>96</v>
       </c>
       <c r="C88">
         <v>205.001</v>
       </c>
       <c r="D88">
         <v>3.8</v>
       </c>
       <c r="E88">
         <v>44.735999999999997</v>
       </c>
       <c r="F88">
         <v>253.53700000000001</v>
       </c>
       <c r="G88">
-        <v>352.81799999999998</v>
+        <v>352.81599999999997</v>
       </c>
       <c r="H88">
-        <v>561.61900000000003</v>
+        <v>561.61699999999996</v>
       </c>
       <c r="I88" s="15">
         <v>0.36499999999999999</v>
       </c>
     </row>
     <row r="89" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A89">
         <v>83</v>
       </c>
       <c r="B89" t="s">
         <v>97</v>
       </c>
       <c r="C89">
         <v>294.02199999999999</v>
       </c>
       <c r="D89">
         <v>4.726</v>
       </c>
       <c r="E89">
         <v>6.9349999999999996</v>
       </c>
       <c r="F89">
         <v>305.68400000000003</v>
       </c>
       <c r="G89">
-        <v>639.48599999999999</v>
+        <v>639.39800000000002</v>
       </c>
       <c r="H89">
-        <v>938.23500000000001</v>
+        <v>938.14700000000005</v>
       </c>
       <c r="I89" s="15">
         <v>0.313</v>
       </c>
     </row>
     <row r="90" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A90">
         <v>84</v>
       </c>
       <c r="B90" t="s">
         <v>98</v>
       </c>
       <c r="C90">
         <v>409.98599999999999</v>
       </c>
       <c r="D90">
         <v>1.4510000000000001</v>
       </c>
       <c r="E90">
         <v>19.858000000000001</v>
       </c>
       <c r="F90">
         <v>431.29500000000002</v>
       </c>
       <c r="G90">
-        <v>922.20799999999997</v>
+        <v>921.79600000000005</v>
       </c>
       <c r="H90">
-        <v>1333.645</v>
+        <v>1333.2329999999999</v>
       </c>
       <c r="I90" s="15">
-        <v>0.307</v>
+        <v>0.308</v>
       </c>
     </row>
     <row r="91" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A91">
         <v>85</v>
       </c>
       <c r="B91" t="s">
         <v>99</v>
       </c>
       <c r="C91">
-        <v>359.64699999999999</v>
+        <v>359.32600000000002</v>
       </c>
       <c r="D91">
         <v>2.7519999999999998</v>
       </c>
       <c r="E91">
-        <v>51.515999999999998</v>
+        <v>52.252000000000002</v>
       </c>
       <c r="F91">
-        <v>413.91500000000002</v>
+        <v>414.33</v>
       </c>
       <c r="G91">
-        <v>562.15300000000002</v>
+        <v>562.96299999999997</v>
       </c>
       <c r="H91">
-        <v>924.55200000000002</v>
+        <v>925.04100000000005</v>
       </c>
       <c r="I91" s="15">
-        <v>0.38900000000000001</v>
+        <v>0.38800000000000001</v>
       </c>
     </row>
     <row r="92" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A92">
         <v>86</v>
       </c>
       <c r="B92" t="s">
         <v>100</v>
       </c>
       <c r="C92">
-        <v>355.73899999999998</v>
+        <v>356.411</v>
       </c>
       <c r="D92">
         <v>8.6869999999999994</v>
       </c>
       <c r="E92">
         <v>4.0789999999999997</v>
       </c>
       <c r="F92">
-        <v>368.505</v>
+        <v>369.17700000000002</v>
       </c>
       <c r="G92">
-        <v>789.74800000000005</v>
+        <v>789.04899999999998</v>
       </c>
       <c r="H92">
-        <v>1154.174</v>
+        <v>1154.1469999999999</v>
       </c>
       <c r="I92" s="15">
-        <v>0.308</v>
+        <v>0.309</v>
       </c>
     </row>
     <row r="93" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A93">
         <v>87</v>
       </c>
       <c r="B93" t="s">
         <v>101</v>
       </c>
       <c r="C93">
-        <v>322.49900000000002</v>
+        <v>322.43099999999998</v>
       </c>
       <c r="D93">
         <v>4.7530000000000001</v>
       </c>
       <c r="E93">
-        <v>2.569</v>
+        <v>2.6360000000000001</v>
       </c>
       <c r="F93">
         <v>329.82100000000003</v>
       </c>
       <c r="G93">
-        <v>591.65099999999995</v>
+        <v>591.65300000000002</v>
       </c>
       <c r="H93">
-        <v>918.90300000000002</v>
+        <v>918.83799999999997</v>
       </c>
       <c r="I93" s="15">
         <v>0.35099999999999998</v>
       </c>
     </row>
     <row r="94" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A94">
         <v>88</v>
       </c>
       <c r="B94" t="s">
         <v>102</v>
       </c>
       <c r="C94">
         <v>246.19499999999999</v>
       </c>
       <c r="D94">
         <v>3.3380000000000001</v>
       </c>
       <c r="E94">
         <v>5.1950000000000003</v>
       </c>
       <c r="F94">
         <v>254.72800000000001</v>
       </c>
       <c r="G94">
         <v>446.22800000000001</v>
       </c>
       <c r="H94">
         <v>695.76099999999997</v>
       </c>
       <c r="I94" s="15">
         <v>0.35399999999999998</v>
       </c>
     </row>
     <row r="95" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A95">
         <v>89</v>
       </c>
       <c r="B95" t="s">
         <v>103</v>
       </c>
       <c r="C95">
-        <v>259.73500000000001</v>
+        <v>259.73599999999999</v>
       </c>
       <c r="D95">
         <v>8.1140000000000008</v>
       </c>
       <c r="E95">
         <v>1.927</v>
       </c>
       <c r="F95">
         <v>269.77600000000001</v>
       </c>
       <c r="G95">
-        <v>471.15899999999999</v>
+        <v>467.01499999999999</v>
       </c>
       <c r="H95">
-        <v>739.00800000000004</v>
+        <v>734.86400000000003</v>
       </c>
       <c r="I95" s="15">
-        <v>0.35099999999999998</v>
+        <v>0.35299999999999998</v>
       </c>
     </row>
     <row r="96" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A96">
         <v>90</v>
       </c>
       <c r="B96" t="s">
         <v>104</v>
       </c>
       <c r="C96">
-        <v>293.09500000000003</v>
+        <v>293.47300000000001</v>
       </c>
       <c r="D96">
         <v>3.6789999999999998</v>
       </c>
       <c r="E96">
         <v>19.957999999999998</v>
       </c>
       <c r="F96">
-        <v>316.73200000000003</v>
+        <v>317.11</v>
       </c>
       <c r="G96">
-        <v>408.88</v>
+        <v>408.52100000000002</v>
       </c>
       <c r="H96">
-        <v>705.654</v>
+        <v>705.673</v>
       </c>
       <c r="I96" s="15">
-        <v>0.41499999999999998</v>
+        <v>0.41599999999999998</v>
       </c>
     </row>
     <row r="97" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A97">
         <v>91</v>
       </c>
       <c r="B97" t="s">
         <v>105</v>
       </c>
       <c r="C97">
-        <v>311.209</v>
+        <v>310.89400000000001</v>
       </c>
       <c r="D97">
         <v>5.0549999999999997</v>
       </c>
       <c r="E97">
-        <v>18.795000000000002</v>
+        <v>19.295999999999999</v>
       </c>
       <c r="F97">
-        <v>335.06</v>
+        <v>335.245</v>
       </c>
       <c r="G97">
-        <v>542.06600000000003</v>
+        <v>541.99699999999996</v>
       </c>
       <c r="H97">
-        <v>858.33100000000002</v>
+        <v>857.94600000000003</v>
       </c>
       <c r="I97" s="15">
-        <v>0.36299999999999999</v>
+        <v>0.36199999999999999</v>
       </c>
     </row>
     <row r="98" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A98">
         <v>92</v>
       </c>
       <c r="B98" t="s">
         <v>106</v>
       </c>
       <c r="C98">
-        <v>363.37200000000001</v>
+        <v>362.02199999999999</v>
       </c>
       <c r="D98">
         <v>2.04</v>
       </c>
       <c r="E98">
         <v>8.0109999999999992</v>
       </c>
       <c r="F98">
-        <v>373.42200000000003</v>
+        <v>372.072</v>
       </c>
       <c r="G98">
-        <v>536.70399999999995</v>
+        <v>538.05399999999997</v>
       </c>
       <c r="H98">
         <v>902.11500000000001</v>
       </c>
       <c r="I98" s="15">
-        <v>0.40300000000000002</v>
+        <v>0.40100000000000002</v>
       </c>
     </row>
     <row r="99" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A99">
         <v>93</v>
       </c>
       <c r="B99" t="s">
         <v>107</v>
       </c>
       <c r="C99">
         <v>304.24900000000002</v>
       </c>
       <c r="D99">
         <v>5.53</v>
       </c>
       <c r="E99">
         <v>4.7380000000000004</v>
       </c>
       <c r="F99">
         <v>314.517</v>
       </c>
       <c r="G99">
         <v>527.85</v>
       </c>
       <c r="H99">
         <v>837.62900000000002</v>
       </c>
       <c r="I99" s="15">
         <v>0.36299999999999999</v>
       </c>
     </row>
     <row r="100" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A100">
         <v>94</v>
       </c>
       <c r="B100" t="s">
         <v>108</v>
       </c>
       <c r="C100">
-        <v>397.85700000000003</v>
+        <v>397.935</v>
       </c>
       <c r="D100">
         <v>10.801</v>
       </c>
       <c r="E100">
         <v>20.241</v>
       </c>
       <c r="F100">
-        <v>428.899</v>
+        <v>428.97699999999998</v>
       </c>
       <c r="G100">
-        <v>779.83699999999999</v>
+        <v>779.24800000000005</v>
       </c>
       <c r="H100">
-        <v>1188.4949999999999</v>
+        <v>1187.9839999999999</v>
       </c>
       <c r="I100" s="15">
         <v>0.33500000000000002</v>
       </c>
     </row>
     <row r="101" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A101">
         <v>95</v>
       </c>
       <c r="B101" t="s">
         <v>109</v>
       </c>
       <c r="C101">
-        <v>201.47399999999999</v>
+        <v>201.38399999999999</v>
       </c>
       <c r="D101">
         <v>2.335</v>
       </c>
       <c r="E101">
-        <v>4.9329999999999998</v>
+        <v>5.0129999999999999</v>
       </c>
       <c r="F101">
-        <v>208.74299999999999</v>
+        <v>208.732</v>
       </c>
       <c r="G101">
-        <v>504.25200000000001</v>
+        <v>504.34199999999998</v>
       </c>
       <c r="H101">
-        <v>708.06200000000001</v>
+        <v>708.06100000000004</v>
       </c>
       <c r="I101" s="15">
-        <v>0.28499999999999998</v>
+        <v>0.28399999999999997</v>
       </c>
     </row>
     <row r="102" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A102">
         <v>96</v>
       </c>
       <c r="B102" t="s">
         <v>110</v>
       </c>
       <c r="C102">
         <v>352.84500000000003</v>
       </c>
       <c r="D102">
         <v>6.3460000000000001</v>
       </c>
       <c r="E102">
         <v>6.8140000000000001</v>
       </c>
       <c r="F102">
         <v>366.00400000000002</v>
       </c>
       <c r="G102">
-        <v>691.47400000000005</v>
+        <v>691.47</v>
       </c>
       <c r="H102">
-        <v>1050.664</v>
+        <v>1050.6600000000001</v>
       </c>
       <c r="I102" s="15">
         <v>0.33600000000000002</v>
       </c>
     </row>
     <row r="103" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A103">
         <v>97</v>
       </c>
       <c r="B103" t="s">
         <v>111</v>
       </c>
       <c r="C103">
-        <v>387.75799999999998</v>
+        <v>388.27300000000002</v>
       </c>
       <c r="D103">
-        <v>5.9039999999999999</v>
+        <v>6.3810000000000002</v>
       </c>
       <c r="E103">
-        <v>34.335999999999999</v>
+        <v>34.247999999999998</v>
       </c>
       <c r="F103">
-        <v>427.99799999999999</v>
+        <v>428.90199999999999</v>
       </c>
       <c r="G103">
-        <v>939.322</v>
+        <v>939.44299999999998</v>
       </c>
       <c r="H103">
-        <v>1332.9839999999999</v>
+        <v>1334.097</v>
       </c>
       <c r="I103" s="15">
         <v>0.29099999999999998</v>
       </c>
     </row>
     <row r="104" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A104">
         <v>98</v>
       </c>
       <c r="B104" t="s">
         <v>112</v>
       </c>
       <c r="C104">
         <v>232.292</v>
       </c>
       <c r="D104">
         <v>6.6580000000000004</v>
       </c>
       <c r="E104">
         <v>1.992</v>
       </c>
       <c r="F104">
         <v>240.941</v>
       </c>
       <c r="G104">
@@ -4661,102 +4661,102 @@
         <v>2.1269999999999998</v>
       </c>
       <c r="E105">
         <v>9.5359999999999996</v>
       </c>
       <c r="F105">
         <v>237.571</v>
       </c>
       <c r="G105">
         <v>730.495</v>
       </c>
       <c r="H105">
         <v>958.53</v>
       </c>
       <c r="I105" s="15">
         <v>0.23599999999999999</v>
       </c>
     </row>
     <row r="106" spans="1:9" x14ac:dyDescent="0.2">
       <c r="A106" s="18"/>
       <c r="B106" s="19" t="s">
         <v>114</v>
       </c>
       <c r="C106" s="20">
         <f t="shared" ref="C106:H106" si="0">SUM(C7:C105)</f>
-        <v>30159.417000000005</v>
+        <v>30147.599000000013</v>
       </c>
       <c r="D106" s="20">
         <f t="shared" si="0"/>
-        <v>426.32399999999984</v>
+        <v>426.44499999999988</v>
       </c>
       <c r="E106" s="20">
         <f t="shared" si="0"/>
-        <v>1379.1130000000001</v>
+        <v>1386.0189999999998</v>
       </c>
       <c r="F106" s="20">
         <f t="shared" si="0"/>
-        <v>31964.845000000012</v>
+        <v>31960.056000000004</v>
       </c>
       <c r="G106" s="20">
         <f t="shared" si="0"/>
-        <v>59033.41399999999</v>
+        <v>59026.383999999991</v>
       </c>
       <c r="H106" s="20">
         <f t="shared" si="0"/>
-        <v>89619.146000000008</v>
+        <v>89600.420999999988</v>
       </c>
       <c r="I106" s="21">
         <f>C106/H106</f>
-        <v>0.33652872568100572</v>
+        <v>0.33646715789426945</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.25" right="0.25" top="0.5" bottom="0.5" header="0.3" footer="0.3"/>
   <pageSetup scale="75" orientation="portrait" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>JAN 24</vt:lpstr>
+      <vt:lpstr>JAN 25</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Mason, Cameron</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Folder_Number">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Folder_Code">
@@ -4836,27 +4836,48 @@
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="28" name="Document_Updater">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="29" name="Document_UpdaterDesc">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="30" name="Document_UpdateDate">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="31" name="Document_Size">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="32" name="Document_Storage">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="33" name="Document_StorageDesc">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="34" name="Document_Department">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="35" name="Document_DepartmentDesc">
     <vt:lpwstr/>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="36" name="MSIP_Label_0faac733-ded1-41e0-8ea6-961193f81247_Enabled">
+    <vt:lpwstr>true</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="37" name="MSIP_Label_0faac733-ded1-41e0-8ea6-961193f81247_SetDate">
+    <vt:lpwstr>2025-07-24T18:43:25Z</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="38" name="MSIP_Label_0faac733-ded1-41e0-8ea6-961193f81247_Method">
+    <vt:lpwstr>Standard</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="39" name="MSIP_Label_0faac733-ded1-41e0-8ea6-961193f81247_Name">
+    <vt:lpwstr>defa4170-0d19-0005-0004-bc88714345d2</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="40" name="MSIP_Label_0faac733-ded1-41e0-8ea6-961193f81247_SiteId">
+    <vt:lpwstr>a1e65fcc-32fa-4fdd-8692-0cc2eb06676e</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="41" name="MSIP_Label_0faac733-ded1-41e0-8ea6-961193f81247_ActionId">
+    <vt:lpwstr>afb1bb2e-133b-498d-876d-0f76641f4689</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="42" name="MSIP_Label_0faac733-ded1-41e0-8ea6-961193f81247_ContentBits">
+    <vt:lpwstr>0</vt:lpwstr>
+  </property>
 </Properties>
 </file>