--- v0 (2025-10-18)
+++ v1 (2025-12-12)
@@ -1,240 +1,229 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="W:\Planning\SystemsPlanning\Highway\SQL\Programs\FFC\Report Copies\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://iadot-my.sharepoint.com/personal/cherice_ogg_iowadot_us/Documents/Desktop/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{3E7BB909-7F70-4B2A-80B3-6CEE0A7E66E2}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{A3908C50-AE88-4415-B347-0266B7DCD4B4}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="14295" yWindow="0" windowWidth="14610" windowHeight="15585" xr2:uid="{7165EA5A-FA39-48B6-9D82-F04062CC777F}"/>
+    <workbookView xWindow="28680" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{7165EA5A-FA39-48B6-9D82-F04062CC777F}"/>
   </bookViews>
   <sheets>
-    <sheet name="2024" sheetId="4" r:id="rId1"/>
+    <sheet name="2025" sheetId="4" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="Final" localSheetId="0">'2024'!$A$1:$P$108</definedName>
+    <definedName name="Final" localSheetId="0">'2025'!$A$1:$P$108</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <c r="N76" i="4" l="1"/>
   <c r="N77" i="4"/>
-  <c r="N78" i="4"/>
-[...4 lines deleted...]
-  <c r="N83" i="4"/>
   <c r="N84" i="4"/>
   <c r="N85" i="4"/>
   <c r="N86" i="4"/>
   <c r="N87" i="4"/>
   <c r="N88" i="4"/>
   <c r="P110" i="4"/>
   <c r="O110" i="4"/>
   <c r="H110" i="4"/>
   <c r="G110" i="4"/>
   <c r="F110" i="4"/>
   <c r="E110" i="4"/>
   <c r="D110" i="4"/>
   <c r="C110" i="4"/>
   <c r="I108" i="4"/>
   <c r="K108" i="4" s="1"/>
   <c r="I107" i="4"/>
   <c r="M107" i="4" s="1"/>
   <c r="I106" i="4"/>
   <c r="I105" i="4"/>
   <c r="L105" i="4" s="1"/>
   <c r="I104" i="4"/>
   <c r="K104" i="4" s="1"/>
   <c r="I103" i="4"/>
   <c r="M103" i="4" s="1"/>
   <c r="I102" i="4"/>
   <c r="I101" i="4"/>
   <c r="L101" i="4" s="1"/>
-  <c r="N100" i="4"/>
   <c r="I100" i="4"/>
   <c r="K100" i="4" s="1"/>
   <c r="I99" i="4"/>
   <c r="M99" i="4" s="1"/>
   <c r="I98" i="4"/>
   <c r="I97" i="4"/>
   <c r="L97" i="4" s="1"/>
   <c r="I96" i="4"/>
   <c r="K96" i="4" s="1"/>
   <c r="I95" i="4"/>
   <c r="M95" i="4" s="1"/>
   <c r="I94" i="4"/>
   <c r="I93" i="4"/>
   <c r="L93" i="4" s="1"/>
   <c r="I92" i="4"/>
   <c r="K92" i="4" s="1"/>
   <c r="I91" i="4"/>
   <c r="M91" i="4" s="1"/>
   <c r="I90" i="4"/>
   <c r="I89" i="4"/>
   <c r="L89" i="4" s="1"/>
   <c r="I88" i="4"/>
   <c r="K88" i="4" s="1"/>
   <c r="I87" i="4"/>
   <c r="M87" i="4" s="1"/>
   <c r="I86" i="4"/>
   <c r="I85" i="4"/>
   <c r="L85" i="4" s="1"/>
   <c r="I84" i="4"/>
   <c r="K84" i="4" s="1"/>
   <c r="I83" i="4"/>
   <c r="M83" i="4" s="1"/>
   <c r="I82" i="4"/>
+  <c r="N82" i="4" s="1"/>
   <c r="I81" i="4"/>
   <c r="L81" i="4" s="1"/>
   <c r="I80" i="4"/>
   <c r="K80" i="4" s="1"/>
   <c r="I79" i="4"/>
   <c r="M79" i="4" s="1"/>
   <c r="I78" i="4"/>
+  <c r="N78" i="4" s="1"/>
   <c r="I77" i="4"/>
   <c r="L77" i="4" s="1"/>
   <c r="I76" i="4"/>
   <c r="K76" i="4" s="1"/>
-  <c r="L75" i="4"/>
   <c r="I75" i="4"/>
   <c r="M75" i="4" s="1"/>
   <c r="I74" i="4"/>
   <c r="I73" i="4"/>
   <c r="L73" i="4" s="1"/>
   <c r="I72" i="4"/>
   <c r="K72" i="4" s="1"/>
   <c r="I71" i="4"/>
   <c r="M71" i="4" s="1"/>
   <c r="I70" i="4"/>
   <c r="I69" i="4"/>
   <c r="L69" i="4" s="1"/>
   <c r="I68" i="4"/>
   <c r="K68" i="4" s="1"/>
   <c r="I67" i="4"/>
   <c r="M67" i="4" s="1"/>
   <c r="I66" i="4"/>
   <c r="I65" i="4"/>
   <c r="L65" i="4" s="1"/>
   <c r="I64" i="4"/>
   <c r="K64" i="4" s="1"/>
   <c r="I63" i="4"/>
   <c r="M63" i="4" s="1"/>
   <c r="I62" i="4"/>
   <c r="I61" i="4"/>
   <c r="L61" i="4" s="1"/>
   <c r="I60" i="4"/>
   <c r="K60" i="4" s="1"/>
   <c r="I59" i="4"/>
   <c r="M59" i="4" s="1"/>
   <c r="I58" i="4"/>
-  <c r="N57" i="4"/>
   <c r="I57" i="4"/>
   <c r="L57" i="4" s="1"/>
   <c r="I56" i="4"/>
   <c r="K56" i="4" s="1"/>
   <c r="I55" i="4"/>
   <c r="M55" i="4" s="1"/>
   <c r="I54" i="4"/>
   <c r="I53" i="4"/>
   <c r="L53" i="4" s="1"/>
   <c r="I52" i="4"/>
   <c r="K52" i="4" s="1"/>
   <c r="I51" i="4"/>
   <c r="M51" i="4" s="1"/>
   <c r="I50" i="4"/>
-  <c r="M49" i="4"/>
-  <c r="K49" i="4"/>
   <c r="I49" i="4"/>
   <c r="L49" i="4" s="1"/>
   <c r="I48" i="4"/>
   <c r="K48" i="4" s="1"/>
-  <c r="N47" i="4"/>
   <c r="I47" i="4"/>
   <c r="M47" i="4" s="1"/>
   <c r="I46" i="4"/>
   <c r="I45" i="4"/>
   <c r="L45" i="4" s="1"/>
   <c r="I44" i="4"/>
   <c r="K44" i="4" s="1"/>
   <c r="I43" i="4"/>
   <c r="M43" i="4" s="1"/>
   <c r="I42" i="4"/>
   <c r="I41" i="4"/>
   <c r="L41" i="4" s="1"/>
   <c r="I40" i="4"/>
   <c r="K40" i="4" s="1"/>
   <c r="I39" i="4"/>
   <c r="M39" i="4" s="1"/>
   <c r="I38" i="4"/>
   <c r="J38" i="4" s="1"/>
   <c r="I37" i="4"/>
   <c r="L37" i="4" s="1"/>
-  <c r="N36" i="4"/>
   <c r="I36" i="4"/>
   <c r="K36" i="4" s="1"/>
   <c r="I35" i="4"/>
   <c r="M35" i="4" s="1"/>
   <c r="I34" i="4"/>
   <c r="J34" i="4" s="1"/>
   <c r="I33" i="4"/>
   <c r="L33" i="4" s="1"/>
   <c r="I32" i="4"/>
   <c r="K32" i="4" s="1"/>
   <c r="I31" i="4"/>
   <c r="M31" i="4" s="1"/>
   <c r="I30" i="4"/>
   <c r="J30" i="4" s="1"/>
   <c r="I29" i="4"/>
   <c r="L29" i="4" s="1"/>
   <c r="I28" i="4"/>
   <c r="K28" i="4" s="1"/>
   <c r="I27" i="4"/>
   <c r="M27" i="4" s="1"/>
   <c r="I26" i="4"/>
   <c r="J26" i="4" s="1"/>
   <c r="I25" i="4"/>
   <c r="L25" i="4" s="1"/>
   <c r="I24" i="4"/>
@@ -244,51 +233,62 @@
   <c r="I22" i="4"/>
   <c r="J22" i="4" s="1"/>
   <c r="I21" i="4"/>
   <c r="L21" i="4" s="1"/>
   <c r="I20" i="4"/>
   <c r="K20" i="4" s="1"/>
   <c r="I19" i="4"/>
   <c r="M19" i="4" s="1"/>
   <c r="I18" i="4"/>
   <c r="J18" i="4" s="1"/>
   <c r="I17" i="4"/>
   <c r="L17" i="4" s="1"/>
   <c r="I16" i="4"/>
   <c r="K16" i="4" s="1"/>
   <c r="I15" i="4"/>
   <c r="M15" i="4" s="1"/>
   <c r="I14" i="4"/>
   <c r="J14" i="4" s="1"/>
   <c r="I13" i="4"/>
   <c r="L13" i="4" s="1"/>
   <c r="I12" i="4"/>
   <c r="J12" i="4" s="1"/>
   <c r="I11" i="4"/>
   <c r="M11" i="4" s="1"/>
   <c r="I10" i="4"/>
-  <c r="K85" i="4" l="1"/>
+  <c r="N36" i="4" l="1"/>
+  <c r="L75" i="4"/>
+  <c r="N57" i="4"/>
+  <c r="N100" i="4"/>
+  <c r="N47" i="4"/>
+  <c r="N83" i="4"/>
+  <c r="N81" i="4"/>
+  <c r="K49" i="4"/>
+  <c r="N80" i="4"/>
+  <c r="M49" i="4"/>
+  <c r="N79" i="4"/>
+  <c r="K85" i="4"/>
   <c r="N48" i="4"/>
   <c r="M85" i="4"/>
   <c r="N20" i="4"/>
   <c r="M89" i="4"/>
   <c r="L51" i="4"/>
   <c r="M64" i="4"/>
   <c r="N89" i="4"/>
   <c r="N64" i="4"/>
   <c r="K53" i="4"/>
   <c r="M65" i="4"/>
   <c r="M80" i="4"/>
   <c r="J91" i="4"/>
   <c r="K43" i="4"/>
   <c r="M53" i="4"/>
   <c r="K91" i="4"/>
   <c r="L43" i="4"/>
   <c r="N53" i="4"/>
   <c r="L91" i="4"/>
   <c r="N43" i="4"/>
   <c r="M81" i="4"/>
   <c r="M68" i="4"/>
   <c r="L11" i="4"/>
   <c r="N68" i="4"/>
   <c r="L83" i="4"/>
   <c r="J57" i="4"/>
@@ -1022,51 +1022,51 @@
   <si>
     <t>WASHINGTON</t>
   </si>
   <si>
     <t>WAYNE</t>
   </si>
   <si>
     <t>WEBSTER</t>
   </si>
   <si>
     <t>WINNEBAGO</t>
   </si>
   <si>
     <t>WINNESHIEK</t>
   </si>
   <si>
     <t>WOODBURY</t>
   </si>
   <si>
     <t>WORTH</t>
   </si>
   <si>
     <t>WRIGHT</t>
   </si>
   <si>
-    <t xml:space="preserve">                          (As of January 1, 2024)</t>
+    <t xml:space="preserve">                          (As of January 1, 2025)</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="0.00_)"/>
     <numFmt numFmtId="165" formatCode="0.0%"/>
   </numFmts>
   <fonts count="9" x14ac:knownFonts="1">
     <font>
       <sz val="12"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="MS Sans Serif"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="12"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
@@ -1392,91 +1392,91 @@
       <alignment horizontal="right"/>
     </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal_Final 2008 Rural" xfId="1" xr:uid="{7BE70F04-07D9-4DA1-9866-D740AE836BC9}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 Theme">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2013 - 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2013 - 2022">
       <a:majorFont>
         <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
@@ -1538,51 +1538,51 @@
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2013 - 2022">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="109000"/>
                 <a:tint val="81000"/>
@@ -1680,71 +1680,71 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B8E7CE92-28D3-417C-A823-F80106894CC3}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:P117"/>
   <sheetViews>
     <sheetView showZeros="0" tabSelected="1" zoomScale="85" zoomScaleNormal="85" workbookViewId="0">
       <pane ySplit="8" topLeftCell="A9" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="N112" sqref="N112"/>
-      <selection pane="bottomLeft" activeCell="L98" sqref="L98"/>
+      <selection pane="bottomLeft" activeCell="S111" sqref="S111"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="7.109375" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="4.33203125" style="30" customWidth="1"/>
     <col min="2" max="2" width="14.33203125" style="30" customWidth="1"/>
     <col min="3" max="3" width="8.44140625" style="30" customWidth="1"/>
     <col min="4" max="4" width="8.6640625" style="30" customWidth="1"/>
     <col min="5" max="5" width="8.5546875" style="30" customWidth="1"/>
     <col min="6" max="6" width="9.77734375" style="30" customWidth="1"/>
     <col min="7" max="7" width="10.77734375" style="30" customWidth="1"/>
     <col min="8" max="8" width="9.6640625" style="30" customWidth="1"/>
     <col min="9" max="9" width="11.77734375" style="30" customWidth="1"/>
     <col min="10" max="10" width="11.21875" style="30" customWidth="1"/>
     <col min="11" max="11" width="16.44140625" style="30" customWidth="1"/>
     <col min="12" max="12" width="13" style="30" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="13.5546875" style="30" customWidth="1"/>
     <col min="14" max="14" width="9.33203125" style="30" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="9.109375" style="30" customWidth="1"/>
     <col min="16" max="16" width="9.33203125" style="30" customWidth="1"/>
     <col min="17" max="256" width="7.109375" style="30"/>
     <col min="257" max="257" width="4.33203125" style="30" customWidth="1"/>
     <col min="258" max="258" width="14.33203125" style="30" customWidth="1"/>
     <col min="259" max="259" width="8.44140625" style="30" customWidth="1"/>
     <col min="260" max="260" width="8.6640625" style="30" customWidth="1"/>
@@ -2951,662 +2951,662 @@
       <c r="E9" s="21"/>
       <c r="F9" s="21"/>
       <c r="G9" s="21"/>
       <c r="H9" s="21"/>
       <c r="I9" s="21"/>
       <c r="J9" s="21"/>
       <c r="K9" s="21"/>
       <c r="L9" s="21"/>
       <c r="M9" s="21"/>
       <c r="N9" s="21"/>
       <c r="O9" s="22"/>
       <c r="P9" s="22"/>
     </row>
     <row r="10" spans="1:16" ht="15" x14ac:dyDescent="0.2">
       <c r="A10" s="23">
         <v>1</v>
       </c>
       <c r="B10" s="24" t="s">
         <v>25</v>
       </c>
       <c r="C10" s="25">
         <v>23.931000000000001</v>
       </c>
       <c r="D10" s="25"/>
       <c r="E10" s="25">
-        <v>51.381</v>
+        <v>51.378</v>
       </c>
       <c r="F10" s="25">
         <v>140.00899999999999</v>
       </c>
       <c r="G10" s="25">
-        <v>142.68299999999999</v>
+        <v>142.68199999999999</v>
       </c>
       <c r="H10" s="25">
-        <v>778.35</v>
+        <v>776.33399999999995</v>
       </c>
       <c r="I10" s="26">
         <f>SUM(C10:H10)</f>
-        <v>1136.354</v>
+        <v>1134.3339999999998</v>
       </c>
       <c r="J10" s="27">
         <f>(C10+D10)-(I10*0.04)</f>
-        <v>-21.523160000000001</v>
+        <v>-21.44235999999999</v>
       </c>
       <c r="K10" s="27">
         <f>(C10+D10+E10)-(I10*0.12)</f>
-        <v>-61.050480000000007</v>
+        <v>-60.811079999999976</v>
       </c>
       <c r="L10" s="27">
         <f>(F10+G10)-(I10*0.25)</f>
-        <v>-1.3965000000000032</v>
+        <v>-0.89249999999998408</v>
       </c>
       <c r="M10" s="27">
         <f>(C10+D10+E10+F10+G10)-(I10*0.37)</f>
-        <v>-62.446980000000053</v>
+        <v>-61.703579999999931</v>
       </c>
       <c r="N10" s="28">
         <f>(C10+D10+E10+F10+G10)/(I10)</f>
-        <v>0.31504619159170466</v>
+        <v>0.31560369344478789</v>
       </c>
       <c r="O10" s="29">
         <v>23.931000000000001</v>
       </c>
       <c r="P10" s="29"/>
     </row>
     <row r="11" spans="1:16" ht="15" x14ac:dyDescent="0.2">
       <c r="A11" s="23">
         <v>2</v>
       </c>
       <c r="B11" s="24" t="s">
         <v>26</v>
       </c>
       <c r="C11" s="25"/>
       <c r="D11" s="25">
-        <v>23.948</v>
+        <v>23.949000000000002</v>
       </c>
       <c r="E11" s="25">
         <v>24.119</v>
       </c>
       <c r="F11" s="25">
         <v>87.995999999999995</v>
       </c>
       <c r="G11" s="25">
-        <v>106.08</v>
+        <v>106.081</v>
       </c>
       <c r="H11" s="25">
-        <v>549.221</v>
+        <v>549.22400000000005</v>
       </c>
       <c r="I11" s="26">
         <f t="shared" ref="I11:I74" si="0">SUM(C11:H11)</f>
-        <v>791.36400000000003</v>
+        <v>791.36900000000003</v>
       </c>
       <c r="J11" s="27">
         <f t="shared" ref="J11:J74" si="1">(C11+D11)-(I11*0.04)</f>
-        <v>-7.7065600000000032</v>
+        <v>-7.7057600000000015</v>
       </c>
       <c r="K11" s="27">
         <f t="shared" ref="K11:K74" si="2">(C11+D11+E11)-(I11*0.12)</f>
-        <v>-46.896679999999996</v>
+        <v>-46.896280000000004</v>
       </c>
       <c r="L11" s="27">
         <f t="shared" ref="L11:L74" si="3">(F11+G11)-(I11*0.25)</f>
-        <v>-3.7650000000000148</v>
+        <v>-3.7652500000000089</v>
       </c>
       <c r="M11" s="27">
         <f t="shared" ref="M11:M74" si="4">(C11+D11+E11+F11+G11)-(I11*0.37)</f>
-        <v>-50.661680000000047</v>
+        <v>-50.661530000000027</v>
       </c>
       <c r="N11" s="28">
         <f t="shared" ref="N11:N74" si="5">(C11+D11+E11+F11+G11)/(I11)</f>
-        <v>0.30598182378778915</v>
+        <v>0.30598241781014923</v>
       </c>
       <c r="O11" s="29">
-        <v>23.948</v>
+        <v>23.949000000000002</v>
       </c>
       <c r="P11" s="29"/>
     </row>
     <row r="12" spans="1:16" ht="15" x14ac:dyDescent="0.2">
       <c r="A12" s="23">
         <v>3</v>
       </c>
       <c r="B12" s="24" t="s">
         <v>27</v>
       </c>
       <c r="C12" s="25"/>
       <c r="D12" s="25">
         <v>3.4470000000000001</v>
       </c>
       <c r="E12" s="25">
-        <v>87.953000000000003</v>
+        <v>87.953999999999994</v>
       </c>
       <c r="F12" s="25">
         <v>148.89500000000001</v>
       </c>
       <c r="G12" s="25">
         <v>150.25399999999999</v>
       </c>
       <c r="H12" s="25">
-        <v>637.10500000000002</v>
+        <v>637.44600000000003</v>
       </c>
       <c r="I12" s="26">
         <f t="shared" si="0"/>
-        <v>1027.654</v>
+        <v>1027.9960000000001</v>
       </c>
       <c r="J12" s="27">
         <f t="shared" si="1"/>
-        <v>-37.65916</v>
+        <v>-37.672840000000001</v>
       </c>
       <c r="K12" s="27">
         <f t="shared" si="2"/>
-        <v>-31.918479999999988</v>
+        <v>-31.958520000000007</v>
       </c>
       <c r="L12" s="27">
         <f t="shared" si="3"/>
-        <v>42.235500000000002</v>
+        <v>42.149999999999977</v>
       </c>
       <c r="M12" s="27">
         <f t="shared" si="4"/>
-        <v>10.317019999999957</v>
+        <v>10.191479999999899</v>
       </c>
       <c r="N12" s="28">
         <f t="shared" si="5"/>
-        <v>0.38003939068986253</v>
+        <v>0.37991392962618525</v>
       </c>
       <c r="O12" s="29">
         <v>3.4470000000000001</v>
       </c>
       <c r="P12" s="29"/>
     </row>
     <row r="13" spans="1:16" ht="15" x14ac:dyDescent="0.2">
       <c r="A13" s="23">
         <v>4</v>
       </c>
       <c r="B13" s="24" t="s">
         <v>28</v>
       </c>
       <c r="C13" s="25"/>
       <c r="D13" s="25">
-        <v>21.512</v>
+        <v>21.951000000000001</v>
       </c>
       <c r="E13" s="25">
-        <v>21.898</v>
+        <v>21.893000000000001</v>
       </c>
       <c r="F13" s="25">
-        <v>144.23599999999999</v>
+        <v>142.54900000000001</v>
       </c>
       <c r="G13" s="25">
-        <v>169.46899999999999</v>
+        <v>169.46700000000001</v>
       </c>
       <c r="H13" s="25">
-        <v>539.63699999999994</v>
+        <v>539.80600000000004</v>
       </c>
       <c r="I13" s="26">
         <f t="shared" si="0"/>
-        <v>896.75199999999995</v>
+        <v>895.66600000000005</v>
       </c>
       <c r="J13" s="27">
         <f t="shared" si="1"/>
-        <v>-14.358080000000001</v>
+        <v>-13.875640000000004</v>
       </c>
       <c r="K13" s="27">
         <f t="shared" si="2"/>
-        <v>-64.200239999999994</v>
+        <v>-63.635920000000006</v>
       </c>
       <c r="L13" s="27">
         <f t="shared" si="3"/>
-        <v>89.516999999999996</v>
+        <v>88.099500000000006</v>
       </c>
       <c r="M13" s="27">
         <f t="shared" si="4"/>
-        <v>25.316760000000045</v>
+        <v>24.463579999999979</v>
       </c>
       <c r="N13" s="28">
         <f t="shared" si="5"/>
-        <v>0.39823161810623231</v>
+        <v>0.39731328419299156</v>
       </c>
       <c r="O13" s="29">
-        <v>21.512</v>
+        <v>21.951000000000001</v>
       </c>
       <c r="P13" s="29"/>
     </row>
     <row r="14" spans="1:16" ht="15" x14ac:dyDescent="0.2">
       <c r="A14" s="23">
         <v>5</v>
       </c>
       <c r="B14" s="24" t="s">
         <v>29</v>
       </c>
       <c r="C14" s="25"/>
       <c r="D14" s="25">
         <v>26.024999999999999</v>
       </c>
       <c r="E14" s="25">
         <v>21.49</v>
       </c>
       <c r="F14" s="25">
-        <v>119.274</v>
+        <v>119.276</v>
       </c>
       <c r="G14" s="25">
-        <v>157.38999999999999</v>
+        <v>157.386</v>
       </c>
       <c r="H14" s="25">
-        <v>499.45100000000002</v>
+        <v>499.44400000000002</v>
       </c>
       <c r="I14" s="26">
         <f t="shared" si="0"/>
-        <v>823.63</v>
+        <v>823.62100000000009</v>
       </c>
       <c r="J14" s="27">
         <f t="shared" si="1"/>
-        <v>-6.9202000000000012</v>
+        <v>-6.9198400000000078</v>
       </c>
       <c r="K14" s="27">
         <f t="shared" si="2"/>
-        <v>-51.320599999999999</v>
+        <v>-51.319520000000011</v>
       </c>
       <c r="L14" s="27">
         <f t="shared" si="3"/>
-        <v>70.756499999999988</v>
+        <v>70.756749999999954</v>
       </c>
       <c r="M14" s="27">
         <f t="shared" si="4"/>
-        <v>19.435900000000004</v>
+        <v>19.43723</v>
       </c>
       <c r="N14" s="28">
         <f t="shared" si="5"/>
-        <v>0.39359785340504838</v>
+        <v>0.39359972608760579</v>
       </c>
       <c r="O14" s="29">
         <v>26.024999999999999</v>
       </c>
       <c r="P14" s="29"/>
     </row>
     <row r="15" spans="1:16" ht="15" x14ac:dyDescent="0.2">
       <c r="A15" s="23">
         <v>6</v>
       </c>
       <c r="B15" s="24" t="s">
         <v>30</v>
       </c>
       <c r="C15" s="25">
         <v>9.1669999999999998</v>
       </c>
       <c r="D15" s="25">
-        <v>55.25</v>
+        <v>55.494999999999997</v>
       </c>
       <c r="E15" s="25">
-        <v>43.646999999999998</v>
+        <v>44.366</v>
       </c>
       <c r="F15" s="25">
-        <v>190.65</v>
+        <v>191.34899999999999</v>
       </c>
       <c r="G15" s="25">
-        <v>205.09899999999999</v>
+        <v>205.09800000000001</v>
       </c>
       <c r="H15" s="25">
-        <v>926.43100000000004</v>
+        <v>930.23400000000004</v>
       </c>
       <c r="I15" s="26">
         <f t="shared" si="0"/>
-        <v>1430.2440000000001</v>
+        <v>1435.7090000000001</v>
       </c>
       <c r="J15" s="27">
         <f t="shared" si="1"/>
-        <v>7.2072399999999917</v>
+        <v>7.233639999999987</v>
       </c>
       <c r="K15" s="27">
         <f t="shared" si="2"/>
-        <v>-63.56528000000003</v>
+        <v>-63.257080000000002</v>
       </c>
       <c r="L15" s="27">
         <f t="shared" si="3"/>
-        <v>38.187999999999988</v>
+        <v>37.519749999999988</v>
       </c>
       <c r="M15" s="27">
         <f t="shared" si="4"/>
-        <v>-25.377280000000042</v>
+        <v>-25.7373300000001</v>
       </c>
       <c r="N15" s="28">
         <f t="shared" si="5"/>
-        <v>0.35225667788153625</v>
+        <v>0.35207343549424008</v>
       </c>
       <c r="O15" s="29">
-        <v>64.417000000000002</v>
+        <v>64.662000000000006</v>
       </c>
       <c r="P15" s="29"/>
     </row>
     <row r="16" spans="1:16" ht="15" x14ac:dyDescent="0.2">
       <c r="A16" s="23">
         <v>7</v>
       </c>
       <c r="B16" s="24" t="s">
         <v>31</v>
       </c>
       <c r="C16" s="25">
-        <v>11.141999999999999</v>
+        <v>10.766999999999999</v>
       </c>
       <c r="D16" s="25">
-        <v>26.343</v>
+        <v>26.356000000000002</v>
       </c>
       <c r="E16" s="25">
-        <v>41.128</v>
+        <v>40.345999999999997</v>
       </c>
       <c r="F16" s="25">
-        <v>124.679</v>
+        <v>122.946</v>
       </c>
       <c r="G16" s="25">
-        <v>141.27000000000001</v>
+        <v>139.733</v>
       </c>
       <c r="H16" s="25">
-        <v>484.43099999999998</v>
+        <v>485.29500000000002</v>
       </c>
       <c r="I16" s="26">
         <f t="shared" si="0"/>
-        <v>828.99299999999994</v>
+        <v>825.44299999999998</v>
       </c>
       <c r="J16" s="27">
         <f t="shared" si="1"/>
-        <v>4.3252799999999993</v>
+        <v>4.1052800000000076</v>
       </c>
       <c r="K16" s="27">
         <f t="shared" si="2"/>
-        <v>-20.866159999999994</v>
+        <v>-21.584159999999997</v>
       </c>
       <c r="L16" s="27">
         <f t="shared" si="3"/>
-        <v>58.700750000000028</v>
+        <v>56.318249999999978</v>
       </c>
       <c r="M16" s="27">
         <f t="shared" si="4"/>
-        <v>37.834590000000048</v>
+        <v>34.734090000000037</v>
       </c>
       <c r="N16" s="28">
         <f t="shared" si="5"/>
-        <v>0.41563921528891079</v>
+        <v>0.41207933194660323</v>
       </c>
       <c r="O16" s="29">
-        <v>37.484999999999999</v>
+        <v>37.122999999999998</v>
       </c>
       <c r="P16" s="29"/>
     </row>
     <row r="17" spans="1:16" ht="15" x14ac:dyDescent="0.2">
       <c r="A17" s="23">
         <v>8</v>
       </c>
       <c r="B17" s="24" t="s">
         <v>32</v>
       </c>
       <c r="C17" s="25"/>
       <c r="D17" s="25">
-        <v>44.905999999999999</v>
+        <v>44.908999999999999</v>
       </c>
       <c r="E17" s="25">
-        <v>43.667000000000002</v>
+        <v>44.673999999999999</v>
       </c>
       <c r="F17" s="25">
-        <v>150.96100000000001</v>
+        <v>150.786</v>
       </c>
       <c r="G17" s="25">
-        <v>145.32499999999999</v>
+        <v>145.22499999999999</v>
       </c>
       <c r="H17" s="25">
-        <v>719.41600000000005</v>
+        <v>721.10799999999995</v>
       </c>
       <c r="I17" s="26">
         <f t="shared" si="0"/>
-        <v>1104.2750000000001</v>
+        <v>1106.702</v>
       </c>
       <c r="J17" s="27">
         <f t="shared" si="1"/>
-        <v>0.73499999999999233</v>
+        <v>0.64092000000000127</v>
       </c>
       <c r="K17" s="27">
         <f t="shared" si="2"/>
-        <v>-43.94</v>
+        <v>-43.221239999999995</v>
       </c>
       <c r="L17" s="27">
         <f t="shared" si="3"/>
-        <v>20.217249999999979</v>
+        <v>19.335499999999968</v>
       </c>
       <c r="M17" s="27">
         <f t="shared" si="4"/>
-        <v>-23.722750000000019</v>
+        <v>-23.885739999999998</v>
       </c>
       <c r="N17" s="28">
         <f t="shared" si="5"/>
-        <v>0.34851735301442122</v>
+        <v>0.34841718908974595</v>
       </c>
       <c r="O17" s="29">
-        <v>44.905999999999999</v>
+        <v>44.908999999999999</v>
       </c>
       <c r="P17" s="29"/>
     </row>
     <row r="18" spans="1:16" ht="15" x14ac:dyDescent="0.2">
       <c r="A18" s="23">
         <v>9</v>
       </c>
       <c r="B18" s="24" t="s">
         <v>33</v>
       </c>
       <c r="C18" s="25"/>
       <c r="D18" s="25">
-        <v>59.256</v>
+        <v>59.777000000000001</v>
       </c>
       <c r="E18" s="25">
-        <v>27.535</v>
+        <v>28.535</v>
       </c>
       <c r="F18" s="25">
-        <v>101.413</v>
+        <v>101.414</v>
       </c>
       <c r="G18" s="25">
         <v>92.542000000000002</v>
       </c>
       <c r="H18" s="25">
-        <v>577.99900000000002</v>
+        <v>580.44000000000005</v>
       </c>
       <c r="I18" s="26">
         <f t="shared" si="0"/>
-        <v>858.745</v>
+        <v>862.70800000000008</v>
       </c>
       <c r="J18" s="27">
         <f t="shared" si="1"/>
-        <v>24.906199999999998</v>
+        <v>25.268679999999996</v>
       </c>
       <c r="K18" s="27">
         <f t="shared" si="2"/>
-        <v>-16.258399999999995</v>
+        <v>-15.21296000000001</v>
       </c>
       <c r="L18" s="27">
         <f t="shared" si="3"/>
-        <v>-20.731250000000017</v>
+        <v>-21.721000000000004</v>
       </c>
       <c r="M18" s="27">
         <f t="shared" si="4"/>
-        <v>-36.98965000000004</v>
+        <v>-36.933960000000013</v>
       </c>
       <c r="N18" s="28">
         <f t="shared" si="5"/>
-        <v>0.32692592096606093</v>
+        <v>0.32718834182597123</v>
       </c>
       <c r="O18" s="29">
-        <v>59.256</v>
+        <v>59.777000000000001</v>
       </c>
       <c r="P18" s="29"/>
     </row>
     <row r="19" spans="1:16" ht="15" x14ac:dyDescent="0.2">
       <c r="A19" s="23">
         <v>10</v>
       </c>
       <c r="B19" s="24" t="s">
         <v>34</v>
       </c>
       <c r="C19" s="25">
-        <v>6.7530000000000001</v>
+        <v>6.7519999999999998</v>
       </c>
       <c r="D19" s="25">
-        <v>38.523000000000003</v>
+        <v>38.515999999999998</v>
       </c>
       <c r="E19" s="25">
         <v>20.795999999999999</v>
       </c>
       <c r="F19" s="25">
-        <v>183.31200000000001</v>
+        <v>188.517</v>
       </c>
       <c r="G19" s="25">
-        <v>180.27199999999999</v>
+        <v>171.5</v>
       </c>
       <c r="H19" s="25">
-        <v>628.12199999999996</v>
+        <v>627.96799999999996</v>
       </c>
       <c r="I19" s="26">
         <f t="shared" si="0"/>
-        <v>1057.778</v>
+        <v>1054.049</v>
       </c>
       <c r="J19" s="27">
         <f t="shared" si="1"/>
-        <v>2.9648800000000008</v>
+        <v>3.1060400000000001</v>
       </c>
       <c r="K19" s="27">
         <f t="shared" si="2"/>
-        <v>-60.861359999999991</v>
+        <v>-60.421880000000002</v>
       </c>
       <c r="L19" s="27">
         <f t="shared" si="3"/>
-        <v>99.139499999999998</v>
+        <v>96.504750000000001</v>
       </c>
       <c r="M19" s="27">
         <f t="shared" si="4"/>
-        <v>38.278140000000008</v>
+        <v>36.082870000000014</v>
       </c>
       <c r="N19" s="28">
         <f t="shared" si="5"/>
-        <v>0.40618730962451477</v>
+        <v>0.40423263055133113</v>
       </c>
       <c r="O19" s="29">
-        <v>45.276000000000003</v>
+        <v>45.268000000000001</v>
       </c>
       <c r="P19" s="29"/>
     </row>
     <row r="20" spans="1:16" ht="15" x14ac:dyDescent="0.2">
       <c r="A20" s="23">
         <v>11</v>
       </c>
       <c r="B20" s="24" t="s">
         <v>35</v>
       </c>
       <c r="C20" s="25"/>
       <c r="D20" s="25">
-        <v>46.993000000000002</v>
+        <v>47.67</v>
       </c>
       <c r="E20" s="25">
-        <v>37.566000000000003</v>
+        <v>36.713999999999999</v>
       </c>
       <c r="F20" s="25">
-        <v>138.821</v>
+        <v>136.375</v>
       </c>
       <c r="G20" s="25">
-        <v>189.273</v>
+        <v>189.26300000000001</v>
       </c>
       <c r="H20" s="25">
-        <v>705.72900000000004</v>
+        <v>704.4</v>
       </c>
       <c r="I20" s="26">
         <f t="shared" si="0"/>
-        <v>1118.3820000000001</v>
+        <v>1114.422</v>
       </c>
       <c r="J20" s="27">
         <f t="shared" si="1"/>
-        <v>2.2577199999999991</v>
+        <v>3.093119999999999</v>
       </c>
       <c r="K20" s="27">
         <f t="shared" si="2"/>
-        <v>-49.646839999999997</v>
+        <v>-49.346639999999994</v>
       </c>
       <c r="L20" s="27">
         <f t="shared" si="3"/>
-        <v>48.498499999999979</v>
+        <v>47.032500000000027</v>
       </c>
       <c r="M20" s="27">
         <f t="shared" si="4"/>
-        <v>-1.1483400000000188</v>
+        <v>-2.3141399999999521</v>
       </c>
       <c r="N20" s="28">
         <f t="shared" si="5"/>
-        <v>0.36897321308819347</v>
+        <v>0.36792346166891898</v>
       </c>
       <c r="O20" s="29">
-        <v>46.993000000000002</v>
+        <v>47.67</v>
       </c>
       <c r="P20" s="29"/>
     </row>
     <row r="21" spans="1:16" ht="15" x14ac:dyDescent="0.2">
       <c r="A21" s="23">
         <v>12</v>
       </c>
       <c r="B21" s="24" t="s">
         <v>36</v>
       </c>
       <c r="C21" s="25"/>
       <c r="D21" s="25">
         <v>24.823</v>
       </c>
       <c r="E21" s="25">
-        <v>56.822000000000003</v>
+        <v>56.823</v>
       </c>
       <c r="F21" s="25">
         <v>153.47900000000001</v>
       </c>
       <c r="G21" s="25">
         <v>151.852</v>
       </c>
       <c r="H21" s="25">
-        <v>749.42700000000002</v>
+        <v>749.36500000000001</v>
       </c>
       <c r="I21" s="26">
         <f t="shared" si="0"/>
-        <v>1136.403</v>
+        <v>1136.3420000000001</v>
       </c>
       <c r="J21" s="27">
         <f t="shared" si="1"/>
-        <v>-20.633119999999998</v>
+        <v>-20.630680000000005</v>
       </c>
       <c r="K21" s="27">
         <f t="shared" si="2"/>
-        <v>-54.723359999999985</v>
+        <v>-54.715040000000002</v>
       </c>
       <c r="L21" s="27">
         <f t="shared" si="3"/>
-        <v>21.230250000000012</v>
+        <v>21.245499999999993</v>
       </c>
       <c r="M21" s="27">
         <f t="shared" si="4"/>
-        <v>-33.493110000000001</v>
+        <v>-33.469540000000052</v>
       </c>
       <c r="N21" s="28">
         <f t="shared" si="5"/>
-        <v>0.34052708414180533</v>
+        <v>0.34054624400048572</v>
       </c>
       <c r="O21" s="29">
         <v>24.823</v>
       </c>
       <c r="P21" s="29"/>
     </row>
     <row r="22" spans="1:16" ht="15" x14ac:dyDescent="0.2">
       <c r="A22" s="23">
         <v>13</v>
       </c>
       <c r="B22" s="24" t="s">
         <v>37</v>
       </c>
       <c r="C22" s="25"/>
       <c r="D22" s="25">
         <v>23.52</v>
       </c>
       <c r="E22" s="25">
         <v>61.271999999999998</v>
       </c>
       <c r="F22" s="25">
         <v>146.81700000000001</v>
       </c>
       <c r="G22" s="25">
         <v>182.02099999999999</v>
@@ -3630,3080 +3630,3082 @@
         <f t="shared" si="3"/>
         <v>33.194999999999936</v>
       </c>
       <c r="M22" s="27">
         <f t="shared" si="4"/>
         <v>-23.921640000000025</v>
       </c>
       <c r="N22" s="28">
         <f t="shared" si="5"/>
         <v>0.34977151496906739</v>
       </c>
       <c r="O22" s="29">
         <v>23.52</v>
       </c>
       <c r="P22" s="29"/>
     </row>
     <row r="23" spans="1:16" ht="15" x14ac:dyDescent="0.2">
       <c r="A23" s="23">
         <v>14</v>
       </c>
       <c r="B23" s="24" t="s">
         <v>38</v>
       </c>
       <c r="C23" s="25"/>
       <c r="D23" s="25">
-        <v>45.597999999999999</v>
+        <v>44.719000000000001</v>
       </c>
       <c r="E23" s="25">
-        <v>19.719000000000001</v>
+        <v>19.718</v>
       </c>
       <c r="F23" s="25">
-        <v>168.42500000000001</v>
+        <v>168.47300000000001</v>
       </c>
       <c r="G23" s="25">
-        <v>200.71100000000001</v>
+        <v>200.398</v>
       </c>
       <c r="H23" s="25">
-        <v>708.03200000000004</v>
+        <v>707.77499999999998</v>
       </c>
       <c r="I23" s="26">
         <f t="shared" si="0"/>
-        <v>1142.4850000000001</v>
+        <v>1141.0830000000001</v>
       </c>
       <c r="J23" s="27">
         <f t="shared" si="1"/>
-        <v>-0.10140000000000526</v>
+        <v>-0.92432000000000158</v>
       </c>
       <c r="K23" s="27">
         <f t="shared" si="2"/>
-        <v>-71.781200000000013</v>
+        <v>-72.492959999999997</v>
       </c>
       <c r="L23" s="27">
         <f t="shared" si="3"/>
-        <v>83.514749999999992</v>
+        <v>83.60024999999996</v>
       </c>
       <c r="M23" s="27">
         <f t="shared" si="4"/>
-        <v>11.73354999999998</v>
+        <v>11.107289999999978</v>
       </c>
       <c r="N23" s="28">
         <f t="shared" si="5"/>
-        <v>0.38027020048403259</v>
+        <v>0.3797339895520308</v>
       </c>
       <c r="O23" s="29">
-        <v>45.597999999999999</v>
+        <v>44.719000000000001</v>
       </c>
       <c r="P23" s="29"/>
     </row>
     <row r="24" spans="1:16" ht="15" x14ac:dyDescent="0.2">
       <c r="A24" s="23">
         <v>15</v>
       </c>
       <c r="B24" s="24" t="s">
         <v>39</v>
       </c>
       <c r="C24" s="25">
-        <v>23.581</v>
+        <v>23.579000000000001</v>
       </c>
       <c r="D24" s="25">
-        <v>23.785</v>
+        <v>23.666</v>
       </c>
       <c r="E24" s="25">
-        <v>84.234999999999999</v>
+        <v>83.733999999999995</v>
       </c>
       <c r="F24" s="25">
-        <v>110.85899999999999</v>
+        <v>109.756</v>
       </c>
       <c r="G24" s="25">
-        <v>159.04499999999999</v>
+        <v>159.05600000000001</v>
       </c>
       <c r="H24" s="25">
-        <v>666.67399999999998</v>
+        <v>664.78099999999995</v>
       </c>
       <c r="I24" s="26">
         <f t="shared" si="0"/>
-        <v>1068.1790000000001</v>
+        <v>1064.5719999999999</v>
       </c>
       <c r="J24" s="27">
         <f t="shared" si="1"/>
-        <v>4.6388399999999947</v>
+        <v>4.6621200000000087</v>
       </c>
       <c r="K24" s="27">
         <f t="shared" si="2"/>
-        <v>3.4195200000000057</v>
+        <v>3.2303600000000046</v>
       </c>
       <c r="L24" s="27">
         <f t="shared" si="3"/>
-        <v>2.8592499999999745</v>
+        <v>2.6690000000000396</v>
       </c>
       <c r="M24" s="27">
         <f t="shared" si="4"/>
-        <v>6.2787699999999518</v>
+        <v>5.8993600000000583</v>
       </c>
       <c r="N24" s="28">
         <f t="shared" si="5"/>
-        <v>0.37587801295475753</v>
+        <v>0.37554153218382602</v>
       </c>
       <c r="O24" s="29">
-        <v>47.366</v>
+        <v>47.244999999999997</v>
       </c>
       <c r="P24" s="29"/>
     </row>
     <row r="25" spans="1:16" ht="15" x14ac:dyDescent="0.2">
       <c r="A25" s="23">
         <v>16</v>
       </c>
       <c r="B25" s="24" t="s">
         <v>40</v>
       </c>
       <c r="C25" s="25">
-        <v>24.478999999999999</v>
+        <v>24.477</v>
       </c>
       <c r="D25" s="25">
-        <v>28.677</v>
+        <v>28.678000000000001</v>
       </c>
       <c r="E25" s="25">
         <v>36.835000000000001</v>
       </c>
       <c r="F25" s="25">
         <v>155.88</v>
       </c>
       <c r="G25" s="25">
-        <v>217.75</v>
+        <v>217.749</v>
       </c>
       <c r="H25" s="25">
-        <v>649.08799999999997</v>
+        <v>649.00400000000002</v>
       </c>
       <c r="I25" s="26">
         <f t="shared" si="0"/>
-        <v>1112.7089999999998</v>
+        <v>1112.623</v>
       </c>
       <c r="J25" s="27">
         <f t="shared" si="1"/>
-        <v>8.6476400000000027</v>
+        <v>8.6500799999999956</v>
       </c>
       <c r="K25" s="27">
         <f t="shared" si="2"/>
-        <v>-43.534079999999975</v>
+        <v>-43.524759999999986</v>
       </c>
       <c r="L25" s="27">
         <f t="shared" si="3"/>
-        <v>95.452750000000037</v>
+        <v>95.473250000000007</v>
       </c>
       <c r="M25" s="27">
         <f t="shared" si="4"/>
-        <v>51.91867000000002</v>
+        <v>51.948489999999993</v>
       </c>
       <c r="N25" s="28">
         <f t="shared" si="5"/>
-        <v>0.4166597016830097</v>
+        <v>0.41669010976763921</v>
       </c>
       <c r="O25" s="29">
-        <v>53.478999999999999</v>
+        <v>53.478000000000002</v>
       </c>
       <c r="P25" s="29"/>
     </row>
     <row r="26" spans="1:16" ht="15" x14ac:dyDescent="0.2">
       <c r="A26" s="23">
         <v>17</v>
       </c>
       <c r="B26" s="24" t="s">
         <v>41</v>
       </c>
       <c r="C26" s="25">
-        <v>21.207000000000001</v>
+        <v>21.209</v>
       </c>
       <c r="D26" s="25">
-        <v>30.318999999999999</v>
+        <v>28.062999999999999</v>
       </c>
       <c r="E26" s="25">
-        <v>7.9969999999999999</v>
+        <v>7.4930000000000003</v>
       </c>
       <c r="F26" s="25">
-        <v>158.92699999999999</v>
+        <v>156.65799999999999</v>
       </c>
       <c r="G26" s="25">
-        <v>167.09800000000001</v>
+        <v>165.56</v>
       </c>
       <c r="H26" s="25">
-        <v>644.31700000000001</v>
+        <v>642.81299999999999</v>
       </c>
       <c r="I26" s="26">
         <f t="shared" si="0"/>
-        <v>1029.865</v>
+        <v>1021.796</v>
       </c>
       <c r="J26" s="27">
         <f t="shared" si="1"/>
-        <v>10.331399999999995</v>
+        <v>8.4001599999999925</v>
       </c>
       <c r="K26" s="27">
         <f t="shared" si="2"/>
-        <v>-64.0608</v>
+        <v>-65.850520000000003</v>
       </c>
       <c r="L26" s="27">
         <f t="shared" si="3"/>
-        <v>68.558749999999975</v>
+        <v>66.768999999999949</v>
       </c>
       <c r="M26" s="27">
         <f t="shared" si="4"/>
-        <v>4.497950000000003</v>
+        <v>0.91847999999998819</v>
       </c>
       <c r="N26" s="28">
         <f t="shared" si="5"/>
-        <v>0.37436751418875291</v>
+        <v>0.37089888784062569</v>
       </c>
       <c r="O26" s="29">
-        <v>51.526000000000003</v>
+        <v>49.26</v>
       </c>
       <c r="P26" s="29"/>
     </row>
     <row r="27" spans="1:16" ht="15" x14ac:dyDescent="0.2">
       <c r="A27" s="23">
         <v>18</v>
       </c>
       <c r="B27" s="24" t="s">
         <v>42</v>
       </c>
       <c r="C27" s="25"/>
       <c r="D27" s="25">
-        <v>40.162999999999997</v>
+        <v>35.267000000000003</v>
       </c>
       <c r="E27" s="25">
-        <v>33.067</v>
+        <v>33.066000000000003</v>
       </c>
       <c r="F27" s="25">
-        <v>153.458</v>
+        <v>147.46799999999999</v>
       </c>
       <c r="G27" s="25">
-        <v>166.774</v>
+        <v>165.47300000000001</v>
       </c>
       <c r="H27" s="25">
-        <v>753.98400000000004</v>
+        <v>727.67100000000005</v>
       </c>
       <c r="I27" s="26">
         <f t="shared" si="0"/>
-        <v>1147.4459999999999</v>
+        <v>1108.9450000000002</v>
       </c>
       <c r="J27" s="27">
         <f t="shared" si="1"/>
-        <v>-5.7348399999999984</v>
+        <v>-9.0908000000000015</v>
       </c>
       <c r="K27" s="27">
         <f t="shared" si="2"/>
-        <v>-64.463519999999988</v>
+        <v>-64.740400000000022</v>
       </c>
       <c r="L27" s="27">
         <f t="shared" si="3"/>
-        <v>33.370499999999993</v>
+        <v>35.70474999999999</v>
       </c>
       <c r="M27" s="27">
         <f t="shared" si="4"/>
-        <v>-31.093019999999967</v>
+        <v>-29.035650000000032</v>
       </c>
       <c r="N27" s="28">
         <f t="shared" si="5"/>
-        <v>0.34290241109385539</v>
+        <v>0.34381687098999497</v>
       </c>
       <c r="O27" s="29">
-        <v>40.162999999999997</v>
+        <v>35.267000000000003</v>
       </c>
       <c r="P27" s="29"/>
     </row>
     <row r="28" spans="1:16" ht="15" x14ac:dyDescent="0.2">
       <c r="A28" s="23">
         <v>19</v>
       </c>
       <c r="B28" s="24" t="s">
         <v>43</v>
       </c>
       <c r="C28" s="25"/>
       <c r="D28" s="25">
-        <v>50.173000000000002</v>
+        <v>50.173999999999999</v>
       </c>
       <c r="E28" s="25">
         <v>26.13</v>
       </c>
       <c r="F28" s="25">
-        <v>134.91999999999999</v>
+        <v>134.92099999999999</v>
       </c>
       <c r="G28" s="25">
         <v>115.76</v>
       </c>
       <c r="H28" s="25">
-        <v>658.53800000000001</v>
+        <v>658.63099999999997</v>
       </c>
       <c r="I28" s="26">
         <f t="shared" si="0"/>
-        <v>985.52099999999996</v>
+        <v>985.61599999999999</v>
       </c>
       <c r="J28" s="27">
         <f t="shared" si="1"/>
-        <v>10.752160000000003</v>
+        <v>10.749359999999996</v>
       </c>
       <c r="K28" s="27">
         <f t="shared" si="2"/>
-        <v>-41.959519999999998</v>
+        <v>-41.969919999999988</v>
       </c>
       <c r="L28" s="27">
         <f t="shared" si="3"/>
-        <v>4.2997500000000173</v>
+        <v>4.2769999999999868</v>
       </c>
       <c r="M28" s="27">
         <f t="shared" si="4"/>
-        <v>-37.65976999999998</v>
+        <v>-37.692919999999958</v>
       </c>
       <c r="N28" s="28">
         <f t="shared" si="5"/>
-        <v>0.33178694314986695</v>
+        <v>0.33175699258128927</v>
       </c>
       <c r="O28" s="29">
-        <v>50.445</v>
+        <v>50.445999999999998</v>
       </c>
       <c r="P28" s="29"/>
     </row>
     <row r="29" spans="1:16" ht="15" x14ac:dyDescent="0.2">
       <c r="A29" s="23">
         <v>20</v>
       </c>
       <c r="B29" s="24" t="s">
         <v>44</v>
       </c>
       <c r="C29" s="25">
-        <v>18.524000000000001</v>
+        <v>15.792999999999999</v>
       </c>
       <c r="D29" s="25">
-        <v>24.082000000000001</v>
+        <v>19.984999999999999</v>
       </c>
       <c r="E29" s="25">
-        <v>22.260999999999999</v>
+        <v>18.91</v>
       </c>
       <c r="F29" s="25">
-        <v>104.687</v>
+        <v>104.527</v>
       </c>
       <c r="G29" s="25">
-        <v>145.815</v>
+        <v>140.756</v>
       </c>
       <c r="H29" s="25">
-        <v>448.59699999999998</v>
+        <v>412.233</v>
       </c>
       <c r="I29" s="26">
         <f t="shared" si="0"/>
-        <v>763.96600000000001</v>
+        <v>712.20399999999995</v>
       </c>
       <c r="J29" s="27">
         <f t="shared" si="1"/>
-        <v>12.047360000000001</v>
+        <v>7.2898400000000017</v>
       </c>
       <c r="K29" s="27">
         <f t="shared" si="2"/>
-        <v>-26.808919999999986</v>
+        <v>-30.776479999999992</v>
       </c>
       <c r="L29" s="27">
         <f t="shared" si="3"/>
-        <v>59.510500000000008</v>
+        <v>67.232000000000028</v>
       </c>
       <c r="M29" s="27">
         <f t="shared" si="4"/>
-        <v>32.701580000000035</v>
+        <v>36.455520000000035</v>
       </c>
       <c r="N29" s="28">
         <f t="shared" si="5"/>
-        <v>0.41280502011869641</v>
+        <v>0.4211869071221167</v>
       </c>
       <c r="O29" s="29">
-        <v>42.606000000000002</v>
+        <v>35.777999999999999</v>
       </c>
       <c r="P29" s="29"/>
     </row>
     <row r="30" spans="1:16" ht="15" x14ac:dyDescent="0.2">
       <c r="A30" s="23">
         <v>21</v>
       </c>
       <c r="B30" s="24" t="s">
         <v>45</v>
       </c>
       <c r="C30" s="25"/>
       <c r="D30" s="25">
-        <v>39.264000000000003</v>
+        <v>39.249000000000002</v>
       </c>
       <c r="E30" s="25">
-        <v>11.861000000000001</v>
+        <v>11.875</v>
       </c>
       <c r="F30" s="25">
-        <v>140.96899999999999</v>
+        <v>140.44800000000001</v>
       </c>
       <c r="G30" s="25">
-        <v>164.55600000000001</v>
+        <v>164.542</v>
       </c>
       <c r="H30" s="25">
-        <v>687.56399999999996</v>
+        <v>688.23699999999997</v>
       </c>
       <c r="I30" s="26">
         <f t="shared" si="0"/>
-        <v>1044.2139999999999</v>
+        <v>1044.3510000000001</v>
       </c>
       <c r="J30" s="27">
         <f t="shared" si="1"/>
-        <v>-2.5045599999999979</v>
+        <v>-2.5250400000000042</v>
       </c>
       <c r="K30" s="27">
         <f t="shared" si="2"/>
-        <v>-74.180679999999995</v>
+        <v>-74.198120000000017</v>
       </c>
       <c r="L30" s="27">
         <f t="shared" si="3"/>
-        <v>44.471499999999992</v>
+        <v>43.902249999999981</v>
       </c>
       <c r="M30" s="27">
         <f t="shared" si="4"/>
-        <v>-29.709180000000003</v>
+        <v>-30.295869999999979</v>
       </c>
       <c r="N30" s="28">
         <f t="shared" si="5"/>
-        <v>0.34154876299302633</v>
+        <v>0.34099072055276436</v>
       </c>
       <c r="O30" s="29">
-        <v>39.264000000000003</v>
+        <v>39.249000000000002</v>
       </c>
       <c r="P30" s="29"/>
     </row>
     <row r="31" spans="1:16" ht="15" x14ac:dyDescent="0.2">
       <c r="A31" s="23">
         <v>22</v>
       </c>
       <c r="B31" s="24" t="s">
         <v>46</v>
       </c>
       <c r="C31" s="25"/>
       <c r="D31" s="25">
-        <v>61.116</v>
+        <v>61.128999999999998</v>
       </c>
       <c r="E31" s="25">
-        <v>47.341999999999999</v>
+        <v>45.344000000000001</v>
       </c>
       <c r="F31" s="25">
-        <v>202.33199999999999</v>
+        <v>202.38499999999999</v>
       </c>
       <c r="G31" s="25">
-        <v>226.58799999999999</v>
+        <v>226.107</v>
       </c>
       <c r="H31" s="25">
-        <v>733.23400000000004</v>
+        <v>732.66700000000003</v>
       </c>
       <c r="I31" s="26">
         <f t="shared" si="0"/>
-        <v>1270.6120000000001</v>
+        <v>1267.6320000000001</v>
       </c>
       <c r="J31" s="27">
         <f t="shared" si="1"/>
-        <v>10.291519999999998</v>
+        <v>10.423719999999996</v>
       </c>
       <c r="K31" s="27">
         <f t="shared" si="2"/>
-        <v>-44.015440000000012</v>
+        <v>-45.642839999999993</v>
       </c>
       <c r="L31" s="27">
         <f t="shared" si="3"/>
-        <v>111.26699999999994</v>
+        <v>111.58399999999995</v>
       </c>
       <c r="M31" s="27">
         <f t="shared" si="4"/>
-        <v>67.251559999999927</v>
+        <v>65.941160000000025</v>
       </c>
       <c r="N31" s="28">
         <f t="shared" si="5"/>
-        <v>0.42292847855993798</v>
+        <v>0.42201916644578236</v>
       </c>
       <c r="O31" s="29">
-        <v>61.015999999999998</v>
+        <v>61.023000000000003</v>
       </c>
       <c r="P31" s="29">
-        <v>0.1</v>
+        <v>0.106</v>
       </c>
     </row>
     <row r="32" spans="1:16" ht="15" x14ac:dyDescent="0.2">
       <c r="A32" s="23">
         <v>23</v>
       </c>
       <c r="B32" s="24" t="s">
         <v>47</v>
       </c>
       <c r="C32" s="25"/>
       <c r="D32" s="25">
-        <v>53.997999999999998</v>
+        <v>47.95</v>
       </c>
       <c r="E32" s="25">
-        <v>47.551000000000002</v>
+        <v>47.555</v>
       </c>
       <c r="F32" s="25">
-        <v>157.99700000000001</v>
+        <v>153.67400000000001</v>
       </c>
       <c r="G32" s="25">
-        <v>188.56800000000001</v>
+        <v>185.48</v>
       </c>
       <c r="H32" s="25">
-        <v>719.4</v>
+        <v>686.89599999999996</v>
       </c>
       <c r="I32" s="26">
         <f t="shared" si="0"/>
-        <v>1167.5140000000001</v>
+        <v>1121.5549999999998</v>
       </c>
       <c r="J32" s="27">
         <f t="shared" si="1"/>
-        <v>7.2974399999999946</v>
+        <v>3.0878000000000085</v>
       </c>
       <c r="K32" s="27">
         <f t="shared" si="2"/>
-        <v>-38.552680000000009</v>
+        <v>-39.08159999999998</v>
       </c>
       <c r="L32" s="27">
         <f t="shared" si="3"/>
-        <v>54.686500000000024</v>
+        <v>58.765250000000037</v>
       </c>
       <c r="M32" s="27">
         <f t="shared" si="4"/>
-        <v>16.133820000000014</v>
+        <v>19.683650000000057</v>
       </c>
       <c r="N32" s="28">
         <f t="shared" si="5"/>
-        <v>0.38381895206395811</v>
+        <v>0.38755032076001628</v>
       </c>
       <c r="O32" s="29">
-        <v>53.997999999999998</v>
+        <v>47.95</v>
       </c>
       <c r="P32" s="29"/>
     </row>
     <row r="33" spans="1:16" ht="15" x14ac:dyDescent="0.2">
       <c r="A33" s="23">
         <v>24</v>
       </c>
       <c r="B33" s="24" t="s">
         <v>48</v>
       </c>
       <c r="C33" s="25"/>
       <c r="D33" s="25">
-        <v>50.42</v>
+        <v>49.819000000000003</v>
       </c>
       <c r="E33" s="25">
-        <v>48.274000000000001</v>
+        <v>48.268000000000001</v>
       </c>
       <c r="F33" s="25">
-        <v>141.77199999999999</v>
+        <v>141.208</v>
       </c>
       <c r="G33" s="25">
-        <v>234.887</v>
+        <v>234.49100000000001</v>
       </c>
       <c r="H33" s="25">
-        <v>877.91399999999999</v>
+        <v>875.39700000000005</v>
       </c>
       <c r="I33" s="26">
         <f t="shared" si="0"/>
-        <v>1353.2670000000001</v>
+        <v>1349.183</v>
       </c>
       <c r="J33" s="27">
         <f t="shared" si="1"/>
-        <v>-3.7106800000000035</v>
+        <v>-4.1483199999999982</v>
       </c>
       <c r="K33" s="27">
         <f t="shared" si="2"/>
-        <v>-63.698040000000006</v>
+        <v>-63.814959999999999</v>
       </c>
       <c r="L33" s="27">
         <f t="shared" si="3"/>
-        <v>38.342249999999979</v>
+        <v>38.403250000000014</v>
       </c>
       <c r="M33" s="27">
         <f t="shared" si="4"/>
-        <v>-25.355790000000013</v>
+        <v>-25.411709999999914</v>
       </c>
       <c r="N33" s="28">
         <f t="shared" si="5"/>
-        <v>0.35126327620491743</v>
+        <v>0.35116511251624133</v>
       </c>
       <c r="O33" s="29">
-        <v>50.42</v>
+        <v>49.819000000000003</v>
       </c>
       <c r="P33" s="29"/>
     </row>
     <row r="34" spans="1:16" ht="15" x14ac:dyDescent="0.2">
       <c r="A34" s="23">
         <v>25</v>
       </c>
       <c r="B34" s="24" t="s">
         <v>49</v>
       </c>
       <c r="C34" s="25">
-        <v>17.056999999999999</v>
+        <v>17.062999999999999</v>
       </c>
       <c r="D34" s="25">
-        <v>48.81</v>
+        <v>43.73</v>
       </c>
       <c r="E34" s="25">
-        <v>32.707000000000001</v>
+        <v>26.155000000000001</v>
       </c>
       <c r="F34" s="25">
-        <v>141.898</v>
+        <v>135.55099999999999</v>
       </c>
       <c r="G34" s="25">
-        <v>138.328</v>
+        <v>129.834</v>
       </c>
       <c r="H34" s="25">
-        <v>666.37</v>
+        <v>596.42200000000003</v>
       </c>
       <c r="I34" s="26">
         <f t="shared" si="0"/>
-        <v>1045.17</v>
+        <v>948.755</v>
       </c>
       <c r="J34" s="27">
         <f t="shared" si="1"/>
-        <v>24.060200000000002</v>
+        <v>22.84279999999999</v>
       </c>
       <c r="K34" s="27">
         <f t="shared" si="2"/>
-        <v>-26.846399999999988</v>
+        <v>-26.902600000000007</v>
       </c>
       <c r="L34" s="27">
         <f t="shared" si="3"/>
-        <v>18.933499999999981</v>
+        <v>28.196249999999992</v>
       </c>
       <c r="M34" s="27">
         <f t="shared" si="4"/>
-        <v>-7.912900000000036</v>
+        <v>1.2936499999999569</v>
       </c>
       <c r="N34" s="28">
         <f t="shared" si="5"/>
-        <v>0.36242907852311107</v>
+        <v>0.37136352377589577</v>
       </c>
       <c r="O34" s="29">
-        <v>65.867000000000004</v>
+        <v>60.792999999999999</v>
       </c>
       <c r="P34" s="29"/>
     </row>
     <row r="35" spans="1:16" ht="15" x14ac:dyDescent="0.2">
       <c r="A35" s="23">
         <v>26</v>
       </c>
       <c r="B35" s="24" t="s">
         <v>50</v>
       </c>
       <c r="C35" s="25"/>
       <c r="D35" s="25">
         <v>33.729999999999997</v>
       </c>
       <c r="E35" s="25">
         <v>14.759</v>
       </c>
       <c r="F35" s="25">
         <v>120.262</v>
       </c>
       <c r="G35" s="25">
-        <v>161.89099999999999</v>
+        <v>161.88999999999999</v>
       </c>
       <c r="H35" s="25">
-        <v>549.64800000000002</v>
+        <v>549.49599999999998</v>
       </c>
       <c r="I35" s="26">
         <f t="shared" si="0"/>
-        <v>880.29</v>
+        <v>880.13699999999994</v>
       </c>
       <c r="J35" s="27">
         <f t="shared" si="1"/>
-        <v>-1.4816000000000003</v>
+        <v>-1.4754800000000046</v>
       </c>
       <c r="K35" s="27">
         <f t="shared" si="2"/>
-        <v>-57.145800000000001</v>
+        <v>-57.127439999999986</v>
       </c>
       <c r="L35" s="27">
         <f t="shared" si="3"/>
-        <v>62.080500000000029</v>
+        <v>62.117750000000001</v>
       </c>
       <c r="M35" s="27">
         <f t="shared" si="4"/>
-        <v>4.9347000000000207</v>
+        <v>4.9903099999999654</v>
       </c>
       <c r="N35" s="28">
         <f t="shared" si="5"/>
-        <v>0.37560576628156633</v>
+        <v>0.37566992411408678</v>
       </c>
       <c r="O35" s="29">
         <v>33.729999999999997</v>
       </c>
       <c r="P35" s="29"/>
     </row>
     <row r="36" spans="1:16" ht="15" x14ac:dyDescent="0.2">
       <c r="A36" s="23">
         <v>27</v>
       </c>
       <c r="B36" s="24" t="s">
         <v>51</v>
       </c>
       <c r="C36" s="25">
-        <v>24.327999999999999</v>
+        <v>24.329000000000001</v>
       </c>
       <c r="D36" s="25"/>
       <c r="E36" s="25">
-        <v>54.131</v>
+        <v>54.131999999999998</v>
       </c>
       <c r="F36" s="25">
-        <v>153.62299999999999</v>
+        <v>153.62100000000001</v>
       </c>
       <c r="G36" s="25">
-        <v>172.18299999999999</v>
+        <v>172.185</v>
       </c>
       <c r="H36" s="25">
-        <v>526.15099999999995</v>
+        <v>526.1</v>
       </c>
       <c r="I36" s="26">
         <f t="shared" si="0"/>
-        <v>930.41599999999994</v>
+        <v>930.36699999999996</v>
       </c>
       <c r="J36" s="27">
         <f t="shared" si="1"/>
-        <v>-12.888639999999999</v>
+        <v>-12.885680000000001</v>
       </c>
       <c r="K36" s="27">
         <f t="shared" si="2"/>
-        <v>-33.190919999999991</v>
+        <v>-33.183039999999991</v>
       </c>
       <c r="L36" s="27">
         <f t="shared" si="3"/>
-        <v>93.201999999999998</v>
+        <v>93.21425000000005</v>
       </c>
       <c r="M36" s="27">
         <f t="shared" si="4"/>
-        <v>60.011079999999993</v>
+        <v>60.031209999999987</v>
       </c>
       <c r="N36" s="28">
         <f t="shared" si="5"/>
-        <v>0.43449919175938506</v>
+        <v>0.43452422538632607</v>
       </c>
       <c r="O36" s="29">
-        <v>24.327999999999999</v>
+        <v>24.329000000000001</v>
       </c>
       <c r="P36" s="29"/>
     </row>
     <row r="37" spans="1:16" ht="15" x14ac:dyDescent="0.2">
       <c r="A37" s="23">
         <v>28</v>
       </c>
       <c r="B37" s="24" t="s">
         <v>52</v>
       </c>
       <c r="C37" s="25"/>
       <c r="D37" s="25">
-        <v>60.957999999999998</v>
+        <v>65.046999999999997</v>
       </c>
       <c r="E37" s="25">
-        <v>28.535</v>
+        <v>29.88</v>
       </c>
       <c r="F37" s="25">
-        <v>133.10599999999999</v>
+        <v>133.91900000000001</v>
       </c>
       <c r="G37" s="25">
-        <v>165.399</v>
+        <v>165.405</v>
       </c>
       <c r="H37" s="25">
-        <v>664.76800000000003</v>
+        <v>672.98500000000001</v>
       </c>
       <c r="I37" s="26">
         <f t="shared" si="0"/>
-        <v>1052.7660000000001</v>
+        <v>1067.2359999999999</v>
       </c>
       <c r="J37" s="27">
         <f t="shared" si="1"/>
-        <v>18.847359999999995</v>
+        <v>22.357559999999999</v>
       </c>
       <c r="K37" s="27">
         <f t="shared" si="2"/>
-        <v>-36.838920000000016</v>
+        <v>-33.141319999999979</v>
       </c>
       <c r="L37" s="27">
         <f t="shared" si="3"/>
-        <v>35.313499999999976</v>
+        <v>32.515000000000043</v>
       </c>
       <c r="M37" s="27">
         <f t="shared" si="4"/>
-        <v>-1.5254200000000537</v>
+        <v>-0.62631999999996424</v>
       </c>
       <c r="N37" s="28">
         <f t="shared" si="5"/>
-        <v>0.36855103603269856</v>
+        <v>0.3694131382374658</v>
       </c>
       <c r="O37" s="29">
-        <v>60.957999999999998</v>
+        <v>65.046999999999997</v>
       </c>
       <c r="P37" s="29"/>
     </row>
     <row r="38" spans="1:16" ht="15" x14ac:dyDescent="0.2">
       <c r="A38" s="23">
         <v>29</v>
       </c>
       <c r="B38" s="24" t="s">
         <v>53</v>
       </c>
       <c r="C38" s="25"/>
       <c r="D38" s="25">
-        <v>28.536999999999999</v>
+        <v>27.545999999999999</v>
       </c>
       <c r="E38" s="25">
-        <v>16.588000000000001</v>
+        <v>16.574000000000002</v>
       </c>
       <c r="F38" s="25">
-        <v>117.366</v>
+        <v>115.46</v>
       </c>
       <c r="G38" s="25">
-        <v>118.092</v>
+        <v>112.92</v>
       </c>
       <c r="H38" s="25">
-        <v>381.63</v>
+        <v>383.54199999999997</v>
       </c>
       <c r="I38" s="26">
         <f t="shared" si="0"/>
-        <v>662.21299999999997</v>
+        <v>656.04199999999992</v>
       </c>
       <c r="J38" s="27">
         <f t="shared" si="1"/>
-        <v>2.0484800000000014</v>
+        <v>1.3043200000000006</v>
       </c>
       <c r="K38" s="27">
         <f t="shared" si="2"/>
-        <v>-34.340559999999996</v>
+        <v>-34.605039999999988</v>
       </c>
       <c r="L38" s="27">
         <f t="shared" si="3"/>
-        <v>69.904750000000007</v>
+        <v>64.369500000000016</v>
       </c>
       <c r="M38" s="27">
         <f t="shared" si="4"/>
-        <v>35.564189999999996</v>
+        <v>29.764460000000042</v>
       </c>
       <c r="N38" s="28">
         <f t="shared" si="5"/>
-        <v>0.42370506166444932</v>
+        <v>0.41536974766859447</v>
       </c>
       <c r="O38" s="29">
-        <v>28.536999999999999</v>
+        <v>27.545999999999999</v>
       </c>
       <c r="P38" s="29"/>
     </row>
     <row r="39" spans="1:16" ht="15" x14ac:dyDescent="0.2">
       <c r="A39" s="23">
         <v>30</v>
       </c>
       <c r="B39" s="24" t="s">
         <v>54</v>
       </c>
       <c r="C39" s="25"/>
       <c r="D39" s="25">
-        <v>17.242999999999999</v>
+        <v>16.991</v>
       </c>
       <c r="E39" s="25">
-        <v>14.401999999999999</v>
+        <v>14.401</v>
       </c>
       <c r="F39" s="25">
-        <v>83.007000000000005</v>
+        <v>79.680000000000007</v>
       </c>
       <c r="G39" s="25">
-        <v>127.9</v>
+        <v>127.893</v>
       </c>
       <c r="H39" s="25">
-        <v>403.46800000000002</v>
+        <v>401.15</v>
       </c>
       <c r="I39" s="26">
         <f t="shared" si="0"/>
-        <v>646.02</v>
+        <v>640.11500000000001</v>
       </c>
       <c r="J39" s="27">
         <f t="shared" si="1"/>
-        <v>-8.597800000000003</v>
+        <v>-8.6136000000000017</v>
       </c>
       <c r="K39" s="27">
         <f t="shared" si="2"/>
-        <v>-45.877399999999994</v>
+        <v>-45.421800000000005</v>
       </c>
       <c r="L39" s="27">
         <f t="shared" si="3"/>
-        <v>49.402000000000015</v>
+        <v>47.544250000000005</v>
       </c>
       <c r="M39" s="27">
         <f t="shared" si="4"/>
-        <v>3.5246000000000208</v>
+        <v>2.1224500000000148</v>
       </c>
       <c r="N39" s="28">
         <f t="shared" si="5"/>
-        <v>0.37545586823937344</v>
+        <v>0.37331573232934706</v>
       </c>
       <c r="O39" s="29">
-        <v>17.242999999999999</v>
+        <v>16.991</v>
       </c>
       <c r="P39" s="29"/>
     </row>
     <row r="40" spans="1:16" ht="15" x14ac:dyDescent="0.2">
       <c r="A40" s="23">
         <v>31</v>
       </c>
       <c r="B40" s="24" t="s">
         <v>55</v>
       </c>
       <c r="C40" s="25"/>
       <c r="D40" s="25">
-        <v>88.391999999999996</v>
+        <v>84.492000000000004</v>
       </c>
       <c r="E40" s="25">
-        <v>21.234000000000002</v>
+        <v>21.234999999999999</v>
       </c>
       <c r="F40" s="25">
-        <v>145.40799999999999</v>
+        <v>142.28399999999999</v>
       </c>
       <c r="G40" s="25">
-        <v>150.83099999999999</v>
+        <v>150.48599999999999</v>
       </c>
       <c r="H40" s="25">
-        <v>539.524</v>
+        <v>532.64</v>
       </c>
       <c r="I40" s="26">
         <f t="shared" si="0"/>
-        <v>945.38900000000001</v>
+        <v>931.13699999999994</v>
       </c>
       <c r="J40" s="27">
         <f t="shared" si="1"/>
-        <v>50.576439999999998</v>
+        <v>47.246520000000004</v>
       </c>
       <c r="K40" s="27">
         <f t="shared" si="2"/>
-        <v>-3.8206799999999959</v>
+        <v>-6.0094399999999837</v>
       </c>
       <c r="L40" s="27">
         <f t="shared" si="3"/>
-        <v>59.891749999999973</v>
+        <v>59.985749999999996</v>
       </c>
       <c r="M40" s="27">
         <f t="shared" si="4"/>
-        <v>56.07107000000002</v>
+        <v>53.976309999999955</v>
       </c>
       <c r="N40" s="28">
         <f t="shared" si="5"/>
-        <v>0.42931005120643462</v>
+        <v>0.42796817224533013</v>
       </c>
       <c r="O40" s="29">
-        <v>87.715999999999994</v>
+        <v>84.492000000000004</v>
       </c>
       <c r="P40" s="29"/>
     </row>
     <row r="41" spans="1:16" ht="15" x14ac:dyDescent="0.2">
       <c r="A41" s="23">
         <v>32</v>
       </c>
       <c r="B41" s="24" t="s">
         <v>56</v>
       </c>
       <c r="C41" s="25"/>
       <c r="D41" s="25">
-        <v>20.32</v>
+        <v>20.155000000000001</v>
       </c>
       <c r="E41" s="25">
-        <v>32.847999999999999</v>
+        <v>32.417999999999999</v>
       </c>
       <c r="F41" s="25">
-        <v>105.70399999999999</v>
+        <v>105.699</v>
       </c>
       <c r="G41" s="25">
-        <v>75.204999999999998</v>
+        <v>75.200999999999993</v>
       </c>
       <c r="H41" s="25">
-        <v>475.27600000000001</v>
+        <v>474.03699999999998</v>
       </c>
       <c r="I41" s="26">
         <f t="shared" si="0"/>
-        <v>709.35300000000007</v>
+        <v>707.51</v>
       </c>
       <c r="J41" s="27">
         <f t="shared" si="1"/>
-        <v>-8.0541200000000046</v>
+        <v>-8.1453999999999986</v>
       </c>
       <c r="K41" s="27">
         <f t="shared" si="2"/>
-        <v>-31.954360000000001</v>
+        <v>-32.328199999999988</v>
       </c>
       <c r="L41" s="27">
         <f t="shared" si="3"/>
-        <v>3.5707499999999754</v>
+        <v>4.0224999999999795</v>
       </c>
       <c r="M41" s="27">
         <f t="shared" si="4"/>
-        <v>-28.383610000000033</v>
+        <v>-28.30570000000003</v>
       </c>
       <c r="N41" s="28">
         <f t="shared" si="5"/>
-        <v>0.32998662161152481</v>
+        <v>0.32999250893980298</v>
       </c>
       <c r="O41" s="29">
-        <v>20.32</v>
+        <v>20.155000000000001</v>
       </c>
       <c r="P41" s="29"/>
     </row>
     <row r="42" spans="1:16" ht="15" x14ac:dyDescent="0.2">
       <c r="A42" s="23">
         <v>33</v>
       </c>
       <c r="B42" s="24" t="s">
         <v>57</v>
       </c>
       <c r="C42" s="25"/>
       <c r="D42" s="25">
-        <v>83.965999999999994</v>
+        <v>83.963999999999999</v>
       </c>
       <c r="E42" s="25">
-        <v>42.064999999999998</v>
+        <v>42.06</v>
       </c>
       <c r="F42" s="25">
-        <v>177.208</v>
+        <v>175.47</v>
       </c>
       <c r="G42" s="25">
-        <v>189.56</v>
+        <v>188.571</v>
       </c>
       <c r="H42" s="25">
-        <v>849.95299999999997</v>
+        <v>848.12</v>
       </c>
       <c r="I42" s="26">
         <f t="shared" si="0"/>
-        <v>1342.752</v>
+        <v>1338.1849999999999</v>
       </c>
       <c r="J42" s="27">
         <f t="shared" si="1"/>
-        <v>30.255919999999996</v>
+        <v>30.436599999999999</v>
       </c>
       <c r="K42" s="27">
         <f t="shared" si="2"/>
-        <v>-35.099239999999995</v>
+        <v>-34.558199999999999</v>
       </c>
       <c r="L42" s="27">
         <f t="shared" si="3"/>
-        <v>31.080000000000041</v>
+        <v>29.49475000000001</v>
       </c>
       <c r="M42" s="27">
         <f t="shared" si="4"/>
-        <v>-4.0192400000000248</v>
+        <v>-5.0634499999999321</v>
       </c>
       <c r="N42" s="28">
         <f t="shared" si="5"/>
-        <v>0.36700671456828959</v>
+        <v>0.36621618087185259</v>
       </c>
       <c r="O42" s="29">
-        <v>83.944999999999993</v>
+        <v>83.942999999999998</v>
       </c>
       <c r="P42" s="29"/>
     </row>
     <row r="43" spans="1:16" ht="15" x14ac:dyDescent="0.2">
       <c r="A43" s="23">
         <v>34</v>
       </c>
       <c r="B43" s="24" t="s">
         <v>58</v>
       </c>
       <c r="C43" s="25"/>
       <c r="D43" s="25">
-        <v>35.619</v>
+        <v>34.912999999999997</v>
       </c>
       <c r="E43" s="25">
-        <v>24.481000000000002</v>
+        <v>24.483000000000001</v>
       </c>
       <c r="F43" s="25">
-        <v>118.556</v>
+        <v>118.194</v>
       </c>
       <c r="G43" s="25">
-        <v>146.589</v>
+        <v>146.596</v>
       </c>
       <c r="H43" s="25">
-        <v>658.18</v>
+        <v>656.82899999999995</v>
       </c>
       <c r="I43" s="26">
         <f t="shared" si="0"/>
-        <v>983.42499999999995</v>
+        <v>981.01499999999999</v>
       </c>
       <c r="J43" s="27">
         <f t="shared" si="1"/>
-        <v>-3.7179999999999964</v>
+        <v>-4.3276000000000039</v>
       </c>
       <c r="K43" s="27">
         <f t="shared" si="2"/>
-        <v>-57.910999999999994</v>
+        <v>-58.325799999999987</v>
       </c>
       <c r="L43" s="27">
         <f t="shared" si="3"/>
-        <v>19.288749999999993</v>
+        <v>19.536250000000024</v>
       </c>
       <c r="M43" s="27">
         <f t="shared" si="4"/>
-        <v>-38.622249999999951</v>
+        <v>-38.789549999999963</v>
       </c>
       <c r="N43" s="28">
         <f t="shared" si="5"/>
-        <v>0.33072679665454918</v>
+        <v>0.33045977890246331</v>
       </c>
       <c r="O43" s="29">
-        <v>35.244</v>
+        <v>34.537999999999997</v>
       </c>
       <c r="P43" s="29"/>
     </row>
     <row r="44" spans="1:16" ht="15" x14ac:dyDescent="0.2">
       <c r="A44" s="23">
         <v>35</v>
       </c>
       <c r="B44" s="24" t="s">
         <v>59</v>
       </c>
       <c r="C44" s="25">
-        <v>22.300999999999998</v>
+        <v>22.3</v>
       </c>
       <c r="D44" s="25">
-        <v>48.624000000000002</v>
+        <v>48.622999999999998</v>
       </c>
       <c r="E44" s="25"/>
       <c r="F44" s="25">
-        <v>206.887</v>
+        <v>206.90199999999999</v>
       </c>
       <c r="G44" s="25">
         <v>168.678</v>
       </c>
       <c r="H44" s="25">
-        <v>702.44200000000001</v>
+        <v>702.28700000000003</v>
       </c>
       <c r="I44" s="26">
         <f t="shared" si="0"/>
-        <v>1148.932</v>
+        <v>1148.79</v>
       </c>
       <c r="J44" s="27">
         <f t="shared" si="1"/>
-        <v>24.967719999999993</v>
+        <v>24.971400000000003</v>
       </c>
       <c r="K44" s="27">
         <f t="shared" si="2"/>
-        <v>-66.946839999999995</v>
+        <v>-66.931799999999981</v>
       </c>
       <c r="L44" s="27">
         <f t="shared" si="3"/>
-        <v>88.331999999999994</v>
+        <v>88.382499999999993</v>
       </c>
       <c r="M44" s="27">
         <f t="shared" si="4"/>
-        <v>21.385159999999985</v>
+        <v>21.450699999999983</v>
       </c>
       <c r="N44" s="28">
         <f t="shared" si="5"/>
-        <v>0.38861307718820609</v>
+        <v>0.38867242925164741</v>
       </c>
       <c r="O44" s="29">
-        <v>70.924999999999997</v>
+        <v>70.884</v>
       </c>
       <c r="P44" s="29"/>
     </row>
     <row r="45" spans="1:16" ht="15" x14ac:dyDescent="0.2">
       <c r="A45" s="23">
         <v>36</v>
       </c>
       <c r="B45" s="24" t="s">
         <v>60</v>
       </c>
       <c r="C45" s="25">
         <v>25.484000000000002</v>
       </c>
       <c r="D45" s="25">
-        <v>4.4610000000000003</v>
+        <v>4.7709999999999999</v>
       </c>
       <c r="E45" s="25">
-        <v>76.882999999999996</v>
+        <v>77.119</v>
       </c>
       <c r="F45" s="25">
-        <v>141.541</v>
+        <v>141.71899999999999</v>
       </c>
       <c r="G45" s="25">
-        <v>136.745</v>
+        <v>135.917</v>
       </c>
       <c r="H45" s="25">
-        <v>554.56200000000001</v>
+        <v>555.68799999999999</v>
       </c>
       <c r="I45" s="26">
         <f t="shared" si="0"/>
-        <v>939.67600000000004</v>
+        <v>940.69799999999998</v>
       </c>
       <c r="J45" s="27">
         <f t="shared" si="1"/>
-        <v>-7.6420400000000015</v>
+        <v>-7.3729200000000006</v>
       </c>
       <c r="K45" s="27">
         <f t="shared" si="2"/>
-        <v>-5.9331200000000024</v>
+        <v>-5.50976</v>
       </c>
       <c r="L45" s="27">
         <f t="shared" si="3"/>
-        <v>43.36699999999999</v>
+        <v>42.461499999999972</v>
       </c>
       <c r="M45" s="27">
         <f t="shared" si="4"/>
-        <v>37.433880000000045</v>
+        <v>36.951740000000029</v>
       </c>
       <c r="N45" s="28">
         <f t="shared" si="5"/>
-        <v>0.40983700764944514</v>
+        <v>0.40928119332665747</v>
       </c>
       <c r="O45" s="29">
         <v>29.945</v>
       </c>
       <c r="P45" s="29"/>
     </row>
     <row r="46" spans="1:16" ht="15" x14ac:dyDescent="0.2">
       <c r="A46" s="23">
         <v>37</v>
       </c>
       <c r="B46" s="24" t="s">
         <v>61</v>
       </c>
       <c r="C46" s="25"/>
       <c r="D46" s="25">
-        <v>36.554000000000002</v>
+        <v>36.552999999999997</v>
       </c>
       <c r="E46" s="25">
         <v>39.601999999999997</v>
       </c>
       <c r="F46" s="25">
-        <v>157.238</v>
+        <v>157.23699999999999</v>
       </c>
       <c r="G46" s="25">
         <v>192.517</v>
       </c>
       <c r="H46" s="25">
-        <v>703.98</v>
+        <v>703.98099999999999</v>
       </c>
       <c r="I46" s="26">
         <f t="shared" si="0"/>
-        <v>1129.8910000000001</v>
+        <v>1129.8899999999999</v>
       </c>
       <c r="J46" s="27">
         <f t="shared" si="1"/>
-        <v>-8.6416400000000024</v>
+        <v>-8.6426000000000016</v>
       </c>
       <c r="K46" s="27">
         <f t="shared" si="2"/>
-        <v>-59.430919999999986</v>
+        <v>-59.431799999999981</v>
       </c>
       <c r="L46" s="27">
         <f t="shared" si="3"/>
-        <v>67.282249999999976</v>
+        <v>67.281500000000051</v>
       </c>
       <c r="M46" s="27">
         <f t="shared" si="4"/>
-        <v>7.8513299999999617</v>
+        <v>7.8497000000000412</v>
       </c>
       <c r="N46" s="28">
         <f t="shared" si="5"/>
-        <v>0.37694874992366517</v>
+        <v>0.37694731345529214</v>
       </c>
       <c r="O46" s="29">
-        <v>36.554000000000002</v>
+        <v>36.552999999999997</v>
       </c>
       <c r="P46" s="29"/>
     </row>
     <row r="47" spans="1:16" ht="15" x14ac:dyDescent="0.2">
       <c r="A47" s="23">
         <v>38</v>
       </c>
       <c r="B47" s="24" t="s">
         <v>62</v>
       </c>
       <c r="C47" s="25"/>
       <c r="D47" s="25">
         <v>48.499000000000002</v>
       </c>
       <c r="E47" s="25">
-        <v>32.203000000000003</v>
+        <v>32.204000000000001</v>
       </c>
       <c r="F47" s="25">
-        <v>142.45500000000001</v>
+        <v>142.45400000000001</v>
       </c>
       <c r="G47" s="25">
         <v>153.102</v>
       </c>
       <c r="H47" s="25">
-        <v>606.69200000000001</v>
+        <v>607.053</v>
       </c>
       <c r="I47" s="26">
         <f t="shared" si="0"/>
-        <v>982.95100000000002</v>
+        <v>983.31200000000001</v>
       </c>
       <c r="J47" s="27">
         <f t="shared" si="1"/>
-        <v>9.1809599999999989</v>
+        <v>9.1665199999999984</v>
       </c>
       <c r="K47" s="27">
         <f t="shared" si="2"/>
-        <v>-37.252120000000005</v>
+        <v>-37.294439999999994</v>
       </c>
       <c r="L47" s="27">
         <f t="shared" si="3"/>
-        <v>49.819250000000011</v>
+        <v>49.728000000000037</v>
       </c>
       <c r="M47" s="27">
         <f t="shared" si="4"/>
-        <v>12.56713000000002</v>
+        <v>12.43356</v>
       </c>
       <c r="N47" s="28">
         <f t="shared" si="5"/>
-        <v>0.38278510322488102</v>
+        <v>0.38264457262801632</v>
       </c>
       <c r="O47" s="29">
         <v>48.499000000000002</v>
       </c>
       <c r="P47" s="29"/>
     </row>
     <row r="48" spans="1:16" ht="15" x14ac:dyDescent="0.2">
       <c r="A48" s="23">
         <v>39</v>
       </c>
       <c r="B48" s="24" t="s">
         <v>63</v>
       </c>
       <c r="C48" s="25"/>
       <c r="D48" s="25">
         <v>6.33</v>
       </c>
       <c r="E48" s="25">
-        <v>78.004000000000005</v>
+        <v>78.003</v>
       </c>
       <c r="F48" s="25">
-        <v>130.87100000000001</v>
+        <v>130.87</v>
       </c>
       <c r="G48" s="25">
-        <v>175.17</v>
+        <v>175.17099999999999</v>
       </c>
       <c r="H48" s="25">
         <v>713.77499999999998</v>
       </c>
       <c r="I48" s="26">
         <f t="shared" si="0"/>
-        <v>1104.1500000000001</v>
+        <v>1104.1489999999999</v>
       </c>
       <c r="J48" s="27">
         <f t="shared" si="1"/>
-        <v>-37.836000000000006</v>
+        <v>-37.83596</v>
       </c>
       <c r="K48" s="27">
         <f t="shared" si="2"/>
-        <v>-48.164000000000016</v>
+        <v>-48.164879999999982</v>
       </c>
       <c r="L48" s="27">
         <f t="shared" si="3"/>
-        <v>30.003499999999974</v>
+        <v>30.003750000000025</v>
       </c>
       <c r="M48" s="27">
         <f t="shared" si="4"/>
-        <v>-18.160500000000013</v>
+        <v>-18.161129999999957</v>
       </c>
       <c r="N48" s="28">
         <f t="shared" si="5"/>
-        <v>0.35355250645292757</v>
+        <v>0.35355192098167915</v>
       </c>
       <c r="O48" s="29">
         <v>6.33</v>
       </c>
       <c r="P48" s="29"/>
     </row>
     <row r="49" spans="1:16" ht="15" x14ac:dyDescent="0.2">
       <c r="A49" s="23">
         <v>40</v>
       </c>
       <c r="B49" s="24" t="s">
         <v>64</v>
       </c>
       <c r="C49" s="25">
-        <v>24.068999999999999</v>
+        <v>24.07</v>
       </c>
       <c r="D49" s="25">
-        <v>21.398</v>
+        <v>21.15</v>
       </c>
       <c r="E49" s="25">
-        <v>73.106999999999999</v>
+        <v>73.102000000000004</v>
       </c>
       <c r="F49" s="25">
-        <v>178.642</v>
+        <v>178.46600000000001</v>
       </c>
       <c r="G49" s="25">
-        <v>169.935</v>
+        <v>169.21299999999999</v>
       </c>
       <c r="H49" s="25">
-        <v>605.82600000000002</v>
+        <v>605.34900000000005</v>
       </c>
       <c r="I49" s="26">
         <f t="shared" si="0"/>
-        <v>1072.9770000000001</v>
+        <v>1071.3499999999999</v>
       </c>
       <c r="J49" s="27">
         <f t="shared" si="1"/>
-        <v>2.5479199999999977</v>
+        <v>2.3659999999999997</v>
       </c>
       <c r="K49" s="27">
         <f t="shared" si="2"/>
-        <v>-10.183239999999998</v>
+        <v>-10.239999999999981</v>
       </c>
       <c r="L49" s="27">
         <f t="shared" si="3"/>
-        <v>80.332749999999976</v>
+        <v>79.841499999999996</v>
       </c>
       <c r="M49" s="27">
         <f t="shared" si="4"/>
-        <v>70.149509999999964</v>
+        <v>69.601499999999987</v>
       </c>
       <c r="N49" s="28">
         <f t="shared" si="5"/>
-        <v>0.43537839114911125</v>
+        <v>0.43496616418537359</v>
       </c>
       <c r="O49" s="29">
-        <v>45.466999999999999</v>
+        <v>45.22</v>
       </c>
       <c r="P49" s="29"/>
     </row>
     <row r="50" spans="1:16" ht="15" x14ac:dyDescent="0.2">
       <c r="A50" s="23">
         <v>41</v>
       </c>
       <c r="B50" s="24" t="s">
         <v>65</v>
       </c>
       <c r="C50" s="25"/>
       <c r="D50" s="25">
-        <v>24.414000000000001</v>
+        <v>24.413</v>
       </c>
       <c r="E50" s="25">
-        <v>37.127000000000002</v>
+        <v>37.125999999999998</v>
       </c>
       <c r="F50" s="25">
-        <v>180.55</v>
+        <v>182.881</v>
       </c>
       <c r="G50" s="25">
-        <v>144.36600000000001</v>
+        <v>142.04900000000001</v>
       </c>
       <c r="H50" s="25">
-        <v>750.19</v>
+        <v>750.17499999999995</v>
       </c>
       <c r="I50" s="26">
         <f t="shared" si="0"/>
-        <v>1136.6469999999999</v>
+        <v>1136.644</v>
       </c>
       <c r="J50" s="27">
         <f t="shared" si="1"/>
-        <v>-21.051879999999997</v>
+        <v>-21.052760000000003</v>
       </c>
       <c r="K50" s="27">
         <f t="shared" si="2"/>
-        <v>-74.856639999999999</v>
+        <v>-74.858279999999993</v>
       </c>
       <c r="L50" s="27">
         <f t="shared" si="3"/>
-        <v>40.75425000000007</v>
+        <v>40.769000000000005</v>
       </c>
       <c r="M50" s="27">
         <f t="shared" si="4"/>
-        <v>-34.102389999999957</v>
+        <v>-34.089279999999974</v>
       </c>
       <c r="N50" s="28">
         <f t="shared" si="5"/>
-        <v>0.33999737825375864</v>
+        <v>0.34000883302071716</v>
       </c>
       <c r="O50" s="29">
-        <v>24.414000000000001</v>
+        <v>24.413</v>
       </c>
       <c r="P50" s="29"/>
     </row>
     <row r="51" spans="1:16" ht="15" x14ac:dyDescent="0.2">
       <c r="A51" s="23">
         <v>42</v>
       </c>
       <c r="B51" s="24" t="s">
         <v>66</v>
       </c>
       <c r="C51" s="25"/>
       <c r="D51" s="25">
-        <v>32.698999999999998</v>
+        <v>32.694000000000003</v>
       </c>
       <c r="E51" s="25">
-        <v>49.247999999999998</v>
+        <v>49.246000000000002</v>
       </c>
       <c r="F51" s="25">
-        <v>194.12299999999999</v>
+        <v>193.375</v>
       </c>
       <c r="G51" s="25">
-        <v>160.54400000000001</v>
+        <v>160.52099999999999</v>
       </c>
       <c r="H51" s="25">
-        <v>724.66200000000003</v>
+        <v>722.26</v>
       </c>
       <c r="I51" s="26">
         <f t="shared" si="0"/>
-        <v>1161.2760000000001</v>
+        <v>1158.096</v>
       </c>
       <c r="J51" s="27">
         <f t="shared" si="1"/>
-        <v>-13.752040000000008</v>
+        <v>-13.629840000000002</v>
       </c>
       <c r="K51" s="27">
         <f t="shared" si="2"/>
-        <v>-57.406119999999987</v>
+        <v>-57.03152</v>
       </c>
       <c r="L51" s="27">
         <f t="shared" si="3"/>
-        <v>64.348000000000013</v>
+        <v>64.371999999999957</v>
       </c>
       <c r="M51" s="27">
         <f t="shared" si="4"/>
-        <v>6.941880000000026</v>
+        <v>7.3404800000000137</v>
       </c>
       <c r="N51" s="28">
         <f t="shared" si="5"/>
-        <v>0.37597780372624595</v>
+        <v>0.37633840372473443</v>
       </c>
       <c r="O51" s="29">
-        <v>32.698999999999998</v>
+        <v>32.548000000000002</v>
       </c>
       <c r="P51" s="29"/>
     </row>
     <row r="52" spans="1:16" ht="15" x14ac:dyDescent="0.2">
       <c r="A52" s="23">
         <v>43</v>
       </c>
       <c r="B52" s="24" t="s">
         <v>67</v>
       </c>
       <c r="C52" s="25">
-        <v>28.312999999999999</v>
+        <v>28.314</v>
       </c>
       <c r="D52" s="25">
         <v>38.43</v>
       </c>
       <c r="E52" s="25">
-        <v>48.082999999999998</v>
+        <v>48.08</v>
       </c>
       <c r="F52" s="25">
-        <v>169.72</v>
+        <v>169.71799999999999</v>
       </c>
       <c r="G52" s="25">
         <v>201.54599999999999</v>
       </c>
       <c r="H52" s="25">
-        <v>795.53300000000002</v>
+        <v>798.13699999999994</v>
       </c>
       <c r="I52" s="26">
         <f t="shared" si="0"/>
-        <v>1281.625</v>
+        <v>1284.2249999999999</v>
       </c>
       <c r="J52" s="27">
         <f t="shared" si="1"/>
-        <v>15.477999999999994</v>
+        <v>15.375</v>
       </c>
       <c r="K52" s="27">
         <f t="shared" si="2"/>
-        <v>-38.968999999999994</v>
+        <v>-39.282999999999973</v>
       </c>
       <c r="L52" s="27">
         <f t="shared" si="3"/>
-        <v>50.859749999999963</v>
+        <v>50.207750000000033</v>
       </c>
       <c r="M52" s="27">
         <f t="shared" si="4"/>
-        <v>11.890749999999969</v>
+        <v>10.924750000000017</v>
       </c>
       <c r="N52" s="28">
         <f t="shared" si="5"/>
-        <v>0.37927786989173901</v>
+        <v>0.37850688158227724</v>
       </c>
       <c r="O52" s="29">
-        <v>66.742999999999995</v>
+        <v>66.744</v>
       </c>
       <c r="P52" s="29"/>
     </row>
     <row r="53" spans="1:16" ht="15" x14ac:dyDescent="0.2">
       <c r="A53" s="23">
         <v>44</v>
       </c>
       <c r="B53" s="24" t="s">
         <v>68</v>
       </c>
       <c r="C53" s="25"/>
       <c r="D53" s="25">
-        <v>42.856999999999999</v>
+        <v>34.603000000000002</v>
       </c>
       <c r="E53" s="25">
-        <v>22.268000000000001</v>
+        <v>22.242999999999999</v>
       </c>
       <c r="F53" s="25">
-        <v>123.688</v>
+        <v>123.271</v>
       </c>
       <c r="G53" s="25">
-        <v>155.096</v>
+        <v>154.56800000000001</v>
       </c>
       <c r="H53" s="25">
-        <v>499.10300000000001</v>
+        <v>498.46100000000001</v>
       </c>
       <c r="I53" s="26">
         <f t="shared" si="0"/>
-        <v>843.01199999999994</v>
+        <v>833.14600000000007</v>
       </c>
       <c r="J53" s="27">
         <f t="shared" si="1"/>
-        <v>9.1365200000000044</v>
+        <v>1.277159999999995</v>
       </c>
       <c r="K53" s="27">
         <f t="shared" si="2"/>
-        <v>-36.036439999999985</v>
+        <v>-43.131519999999995</v>
       </c>
       <c r="L53" s="27">
         <f t="shared" si="3"/>
-        <v>68.031000000000006</v>
+        <v>69.552499999999981</v>
       </c>
       <c r="M53" s="27">
         <f t="shared" si="4"/>
-        <v>31.994560000000035</v>
+        <v>26.420980000000043</v>
       </c>
       <c r="N53" s="28">
         <f t="shared" si="5"/>
-        <v>0.40795267445777761</v>
+        <v>0.40171230492614746</v>
       </c>
       <c r="O53" s="29">
-        <v>42.856999999999999</v>
+        <v>34.603000000000002</v>
       </c>
       <c r="P53" s="29"/>
     </row>
     <row r="54" spans="1:16" ht="15" x14ac:dyDescent="0.2">
       <c r="A54" s="23">
         <v>45</v>
       </c>
       <c r="B54" s="24" t="s">
         <v>69</v>
       </c>
       <c r="C54" s="25"/>
       <c r="D54" s="25">
-        <v>32.588000000000001</v>
+        <v>32.587000000000003</v>
       </c>
       <c r="E54" s="25">
         <v>13.084</v>
       </c>
       <c r="F54" s="25">
-        <v>134.255</v>
+        <v>134.25399999999999</v>
       </c>
       <c r="G54" s="25">
         <v>114.83</v>
       </c>
       <c r="H54" s="25">
-        <v>547.23699999999997</v>
+        <v>547.99300000000005</v>
       </c>
       <c r="I54" s="26">
         <f t="shared" si="0"/>
-        <v>841.99399999999991</v>
+        <v>842.74800000000005</v>
       </c>
       <c r="J54" s="27">
         <f t="shared" si="1"/>
-        <v>-1.0917599999999936</v>
+        <v>-1.1229200000000006</v>
       </c>
       <c r="K54" s="27">
         <f t="shared" si="2"/>
-        <v>-55.367279999999994</v>
+        <v>-55.458759999999998</v>
       </c>
       <c r="L54" s="27">
         <f t="shared" si="3"/>
-        <v>38.586500000000001</v>
+        <v>38.396999999999991</v>
       </c>
       <c r="M54" s="27">
         <f t="shared" si="4"/>
-        <v>-16.780779999999936</v>
+        <v>-17.061759999999992</v>
       </c>
       <c r="N54" s="28">
         <f t="shared" si="5"/>
-        <v>0.35007019052392302</v>
+        <v>0.34975461229216798</v>
       </c>
       <c r="O54" s="29">
-        <v>32.588000000000001</v>
+        <v>32.587000000000003</v>
       </c>
       <c r="P54" s="29"/>
     </row>
     <row r="55" spans="1:16" ht="15" x14ac:dyDescent="0.2">
       <c r="A55" s="23">
         <v>46</v>
       </c>
       <c r="B55" s="24" t="s">
         <v>70</v>
       </c>
       <c r="C55" s="25"/>
       <c r="D55" s="25">
-        <v>36.578000000000003</v>
+        <v>35.6</v>
       </c>
       <c r="E55" s="25">
-        <v>1.6679999999999999</v>
+        <v>1.6559999999999999</v>
       </c>
       <c r="F55" s="25">
-        <v>119.306</v>
+        <v>126.337</v>
       </c>
       <c r="G55" s="25">
-        <v>92.197000000000003</v>
+        <v>81.269000000000005</v>
       </c>
       <c r="H55" s="25">
-        <v>545.47900000000004</v>
+        <v>544.16200000000003</v>
       </c>
       <c r="I55" s="26">
         <f t="shared" si="0"/>
-        <v>795.22800000000007</v>
+        <v>789.02400000000011</v>
       </c>
       <c r="J55" s="27">
         <f t="shared" si="1"/>
-        <v>4.7688799999999993</v>
+        <v>4.0390399999999964</v>
       </c>
       <c r="K55" s="27">
         <f t="shared" si="2"/>
-        <v>-57.181360000000005</v>
+        <v>-57.426880000000011</v>
       </c>
       <c r="L55" s="27">
         <f t="shared" si="3"/>
-        <v>12.69599999999997</v>
+        <v>10.349999999999966</v>
       </c>
       <c r="M55" s="27">
         <f t="shared" si="4"/>
-        <v>-44.485360000000043</v>
+        <v>-47.076880000000017</v>
       </c>
       <c r="N55" s="28">
         <f t="shared" si="5"/>
-        <v>0.31405961560709628</v>
+        <v>0.3103353003203958</v>
       </c>
       <c r="O55" s="29">
-        <v>36.578000000000003</v>
+        <v>35.6</v>
       </c>
       <c r="P55" s="29"/>
     </row>
     <row r="56" spans="1:16" ht="15" x14ac:dyDescent="0.2">
       <c r="A56" s="23">
         <v>47</v>
       </c>
       <c r="B56" s="24" t="s">
         <v>71</v>
       </c>
       <c r="C56" s="25"/>
       <c r="D56" s="25">
-        <v>41.88</v>
+        <v>41.881</v>
       </c>
       <c r="E56" s="25">
         <v>19.593</v>
       </c>
       <c r="F56" s="25">
-        <v>118.10899999999999</v>
+        <v>118.11199999999999</v>
       </c>
       <c r="G56" s="25">
         <v>109.536</v>
       </c>
       <c r="H56" s="25">
-        <v>532.17200000000003</v>
+        <v>530.29200000000003</v>
       </c>
       <c r="I56" s="26">
         <f t="shared" si="0"/>
-        <v>821.29</v>
+        <v>819.41399999999999</v>
       </c>
       <c r="J56" s="27">
         <f t="shared" si="1"/>
-        <v>9.0284000000000049</v>
+        <v>9.1044399999999968</v>
       </c>
       <c r="K56" s="27">
         <f t="shared" si="2"/>
-        <v>-37.081799999999987</v>
+        <v>-36.855679999999992</v>
       </c>
       <c r="L56" s="27">
         <f t="shared" si="3"/>
-        <v>22.322499999999991</v>
+        <v>22.794499999999999</v>
       </c>
       <c r="M56" s="27">
         <f t="shared" si="4"/>
-        <v>-14.759299999999996</v>
+        <v>-14.061179999999979</v>
       </c>
       <c r="N56" s="28">
         <f t="shared" si="5"/>
-        <v>0.35202912491324623</v>
+        <v>0.35283995635905663</v>
       </c>
       <c r="O56" s="29">
-        <v>41.88</v>
+        <v>41.881</v>
       </c>
       <c r="P56" s="29"/>
     </row>
     <row r="57" spans="1:16" ht="15" x14ac:dyDescent="0.2">
       <c r="A57" s="23">
         <v>48</v>
       </c>
       <c r="B57" s="24" t="s">
         <v>72</v>
       </c>
       <c r="C57" s="25">
-        <v>24.123999999999999</v>
+        <v>24.126999999999999</v>
       </c>
       <c r="D57" s="25">
-        <v>17.015000000000001</v>
+        <v>14.692</v>
       </c>
       <c r="E57" s="25">
-        <v>57.768999999999998</v>
+        <v>60.093000000000004</v>
       </c>
       <c r="F57" s="25">
         <v>196.863</v>
       </c>
       <c r="G57" s="25">
         <v>170.18700000000001</v>
       </c>
       <c r="H57" s="25">
-        <v>635.36500000000001</v>
+        <v>635.37400000000002</v>
       </c>
       <c r="I57" s="26">
         <f t="shared" si="0"/>
-        <v>1101.3229999999999</v>
+        <v>1101.336</v>
       </c>
       <c r="J57" s="27">
         <f t="shared" si="1"/>
-        <v>-2.9139199999999974</v>
+        <v>-5.2344399999999993</v>
       </c>
       <c r="K57" s="27">
         <f t="shared" si="2"/>
-        <v>-33.250759999999985</v>
+        <v>-33.248319999999978</v>
       </c>
       <c r="L57" s="27">
         <f t="shared" si="3"/>
-        <v>91.719250000000045</v>
+        <v>91.716000000000008</v>
       </c>
       <c r="M57" s="27">
         <f t="shared" si="4"/>
-        <v>58.468490000000031</v>
+        <v>58.467679999999973</v>
       </c>
       <c r="N57" s="28">
         <f t="shared" si="5"/>
-        <v>0.42308932075331218</v>
+        <v>0.42308795862479748</v>
       </c>
       <c r="O57" s="29">
-        <v>38.816000000000003</v>
+        <v>38.819000000000003</v>
       </c>
       <c r="P57" s="29"/>
     </row>
     <row r="58" spans="1:16" ht="15" x14ac:dyDescent="0.2">
       <c r="A58" s="23">
         <v>49</v>
       </c>
       <c r="B58" s="24" t="s">
         <v>73</v>
       </c>
       <c r="C58" s="25"/>
       <c r="D58" s="25">
-        <v>15.391999999999999</v>
+        <v>15.356</v>
       </c>
       <c r="E58" s="25">
-        <v>92.626999999999995</v>
+        <v>92.608999999999995</v>
       </c>
       <c r="F58" s="25">
-        <v>151.71</v>
+        <v>151.72999999999999</v>
       </c>
       <c r="G58" s="25">
         <v>193.28899999999999</v>
       </c>
       <c r="H58" s="25">
-        <v>534.08900000000006</v>
+        <v>534.12400000000002</v>
       </c>
       <c r="I58" s="26">
         <f t="shared" si="0"/>
-        <v>987.10699999999997</v>
+        <v>987.10799999999995</v>
       </c>
       <c r="J58" s="27">
         <f t="shared" si="1"/>
-        <v>-24.092279999999999</v>
+        <v>-24.128319999999995</v>
       </c>
       <c r="K58" s="27">
         <f t="shared" si="2"/>
-        <v>-10.433840000000004</v>
+        <v>-10.487960000000001</v>
       </c>
       <c r="L58" s="27">
         <f t="shared" si="3"/>
-        <v>98.222250000000031</v>
+        <v>98.242000000000019</v>
       </c>
       <c r="M58" s="27">
         <f t="shared" si="4"/>
-        <v>87.788409999999999</v>
+        <v>87.754040000000032</v>
       </c>
       <c r="N58" s="28">
         <f t="shared" si="5"/>
-        <v>0.45893504959442083</v>
+        <v>0.45890014061277995</v>
       </c>
       <c r="O58" s="29">
-        <v>15.379</v>
+        <v>15.343</v>
       </c>
       <c r="P58" s="29"/>
     </row>
     <row r="59" spans="1:16" ht="15" x14ac:dyDescent="0.2">
       <c r="A59" s="23">
         <v>50</v>
       </c>
       <c r="B59" s="24" t="s">
         <v>74</v>
       </c>
       <c r="C59" s="25">
-        <v>26.300999999999998</v>
+        <v>26.021000000000001</v>
       </c>
       <c r="D59" s="25">
-        <v>52.792999999999999</v>
+        <v>52.777000000000001</v>
       </c>
       <c r="E59" s="25">
-        <v>59.648000000000003</v>
+        <v>59.642000000000003</v>
       </c>
       <c r="F59" s="25">
-        <v>152.822</v>
+        <v>152.816</v>
       </c>
       <c r="G59" s="25">
-        <v>245.63800000000001</v>
+        <v>242.41800000000001</v>
       </c>
       <c r="H59" s="25">
-        <v>862.42600000000004</v>
+        <v>860.44500000000005</v>
       </c>
       <c r="I59" s="26">
         <f t="shared" si="0"/>
-        <v>1399.6280000000002</v>
+        <v>1394.1190000000001</v>
       </c>
       <c r="J59" s="27">
         <f t="shared" si="1"/>
-        <v>23.108879999999985</v>
+        <v>23.033239999999992</v>
       </c>
       <c r="K59" s="27">
         <f t="shared" si="2"/>
-        <v>-29.213360000000023</v>
+        <v>-28.854280000000017</v>
       </c>
       <c r="L59" s="27">
         <f t="shared" si="3"/>
-        <v>48.552999999999997</v>
+        <v>46.704250000000002</v>
       </c>
       <c r="M59" s="27">
         <f t="shared" si="4"/>
-        <v>19.339639999999918</v>
+        <v>17.849969999999985</v>
       </c>
       <c r="N59" s="28">
         <f t="shared" si="5"/>
-        <v>0.38381770013174926</v>
+        <v>0.38280376352377377</v>
       </c>
       <c r="O59" s="29">
-        <v>78.685000000000002</v>
+        <v>78.388999999999996</v>
       </c>
       <c r="P59" s="29"/>
     </row>
     <row r="60" spans="1:16" ht="15" x14ac:dyDescent="0.2">
       <c r="A60" s="23">
         <v>51</v>
       </c>
       <c r="B60" s="24" t="s">
         <v>75</v>
       </c>
       <c r="C60" s="25"/>
       <c r="D60" s="25">
-        <v>34.939</v>
+        <v>30.922000000000001</v>
       </c>
       <c r="E60" s="25">
-        <v>10.061999999999999</v>
+        <v>10.776999999999999</v>
       </c>
       <c r="F60" s="25">
-        <v>126.104</v>
+        <v>126.83799999999999</v>
       </c>
       <c r="G60" s="25">
-        <v>152.798</v>
+        <v>152.792</v>
       </c>
       <c r="H60" s="25">
-        <v>485.17500000000001</v>
+        <v>483.40100000000001</v>
       </c>
       <c r="I60" s="26">
         <f t="shared" si="0"/>
-        <v>809.07799999999997</v>
+        <v>804.73</v>
       </c>
       <c r="J60" s="27">
         <f t="shared" si="1"/>
-        <v>2.5758799999999979</v>
+        <v>-1.267199999999999</v>
       </c>
       <c r="K60" s="27">
         <f t="shared" si="2"/>
-        <v>-52.088360000000002</v>
+        <v>-54.868600000000001</v>
       </c>
       <c r="L60" s="27">
         <f t="shared" si="3"/>
-        <v>76.632499999999993</v>
+        <v>78.447499999999991</v>
       </c>
       <c r="M60" s="27">
         <f t="shared" si="4"/>
-        <v>24.544140000000027</v>
+        <v>23.578899999999976</v>
       </c>
       <c r="N60" s="28">
         <f t="shared" si="5"/>
-        <v>0.40033593794417849</v>
+        <v>0.39930038646502547</v>
       </c>
       <c r="O60" s="29">
-        <v>34.939</v>
+        <v>30.922000000000001</v>
       </c>
       <c r="P60" s="29"/>
     </row>
     <row r="61" spans="1:16" ht="15" x14ac:dyDescent="0.2">
       <c r="A61" s="23">
         <v>52</v>
       </c>
       <c r="B61" s="24" t="s">
         <v>76</v>
       </c>
       <c r="C61" s="25">
-        <v>19.997</v>
+        <v>18.585999999999999</v>
       </c>
       <c r="D61" s="25">
-        <v>43.893000000000001</v>
+        <v>35.408999999999999</v>
       </c>
       <c r="E61" s="25">
-        <v>10.016</v>
+        <v>18.190000000000001</v>
       </c>
       <c r="F61" s="25">
-        <v>169.58799999999999</v>
+        <v>169.29599999999999</v>
       </c>
       <c r="G61" s="25">
-        <v>145.02199999999999</v>
+        <v>143.959</v>
       </c>
       <c r="H61" s="25">
-        <v>605.72299999999996</v>
+        <v>603.875</v>
       </c>
       <c r="I61" s="26">
         <f t="shared" si="0"/>
-        <v>994.23899999999992</v>
+        <v>989.31500000000005</v>
       </c>
       <c r="J61" s="27">
         <f t="shared" si="1"/>
-        <v>24.120440000000002</v>
+        <v>14.422399999999996</v>
       </c>
       <c r="K61" s="27">
         <f t="shared" si="2"/>
-        <v>-45.402679999999975</v>
+        <v>-46.532799999999995</v>
       </c>
       <c r="L61" s="27">
         <f t="shared" si="3"/>
-        <v>66.050250000000034</v>
+        <v>65.926249999999982</v>
       </c>
       <c r="M61" s="27">
         <f t="shared" si="4"/>
-        <v>20.647569999999973</v>
+        <v>19.393449999999973</v>
       </c>
       <c r="N61" s="28">
         <f t="shared" si="5"/>
-        <v>0.39076720989621205</v>
+        <v>0.38960290706195699</v>
       </c>
       <c r="O61" s="29">
-        <v>55.411000000000001</v>
+        <v>53.994999999999997</v>
       </c>
       <c r="P61" s="29"/>
     </row>
     <row r="62" spans="1:16" ht="15" x14ac:dyDescent="0.2">
       <c r="A62" s="23">
         <v>53</v>
       </c>
       <c r="B62" s="24" t="s">
         <v>77</v>
       </c>
       <c r="C62" s="25"/>
       <c r="D62" s="25">
-        <v>28.262</v>
+        <v>27.623999999999999</v>
       </c>
       <c r="E62" s="25">
-        <v>75.188999999999993</v>
+        <v>75.186000000000007</v>
       </c>
       <c r="F62" s="25">
-        <v>134.38200000000001</v>
+        <v>134.33600000000001</v>
       </c>
       <c r="G62" s="25">
-        <v>186.58500000000001</v>
+        <v>186.58600000000001</v>
       </c>
       <c r="H62" s="25">
-        <v>572.29100000000005</v>
+        <v>572.43200000000002</v>
       </c>
       <c r="I62" s="26">
         <f t="shared" si="0"/>
-        <v>996.70900000000006</v>
+        <v>996.16399999999999</v>
       </c>
       <c r="J62" s="27">
         <f t="shared" si="1"/>
-        <v>-11.606360000000002</v>
+        <v>-12.222560000000005</v>
       </c>
       <c r="K62" s="27">
         <f t="shared" si="2"/>
-        <v>-16.154080000000008</v>
+        <v>-16.729679999999988</v>
       </c>
       <c r="L62" s="27">
         <f t="shared" si="3"/>
-        <v>71.78974999999997</v>
+        <v>71.881000000000029</v>
       </c>
       <c r="M62" s="27">
         <f t="shared" si="4"/>
-        <v>55.635670000000005</v>
+        <v>55.151320000000055</v>
       </c>
       <c r="N62" s="28">
         <f t="shared" si="5"/>
-        <v>0.4258193715517769</v>
+        <v>0.42536369513453609</v>
       </c>
       <c r="O62" s="29">
-        <v>28.262</v>
+        <v>27.623999999999999</v>
       </c>
       <c r="P62" s="29"/>
     </row>
     <row r="63" spans="1:16" ht="15" x14ac:dyDescent="0.2">
       <c r="A63" s="23">
         <v>54</v>
       </c>
       <c r="B63" s="24" t="s">
         <v>78</v>
       </c>
       <c r="C63" s="25"/>
       <c r="D63" s="25">
-        <v>26.151</v>
+        <v>26.149000000000001</v>
       </c>
       <c r="E63" s="25">
-        <v>95.738</v>
+        <v>95.739000000000004</v>
       </c>
       <c r="F63" s="25">
-        <v>115.72199999999999</v>
+        <v>115.723</v>
       </c>
       <c r="G63" s="25">
         <v>214.655</v>
       </c>
       <c r="H63" s="25">
-        <v>657.05799999999999</v>
+        <v>656.78899999999999</v>
       </c>
       <c r="I63" s="26">
         <f t="shared" si="0"/>
-        <v>1109.3240000000001</v>
+        <v>1109.0549999999998</v>
       </c>
       <c r="J63" s="27">
         <f t="shared" si="1"/>
-        <v>-18.221960000000006</v>
+        <v>-18.213199999999993</v>
       </c>
       <c r="K63" s="27">
         <f t="shared" si="2"/>
-        <v>-11.229879999999994</v>
+        <v>-11.198599999999971</v>
       </c>
       <c r="L63" s="27">
         <f t="shared" si="3"/>
-        <v>53.045999999999992</v>
+        <v>53.114250000000027</v>
       </c>
       <c r="M63" s="27">
         <f t="shared" si="4"/>
-        <v>41.816119999999955</v>
+        <v>41.915650000000028</v>
       </c>
       <c r="N63" s="28">
         <f t="shared" si="5"/>
-        <v>0.40769513685812253</v>
+        <v>0.40779402283926408</v>
       </c>
       <c r="O63" s="29">
-        <v>26.151</v>
+        <v>25.64</v>
       </c>
       <c r="P63" s="29"/>
     </row>
     <row r="64" spans="1:16" ht="15" x14ac:dyDescent="0.2">
       <c r="A64" s="23">
         <v>55</v>
       </c>
       <c r="B64" s="24" t="s">
         <v>79</v>
       </c>
       <c r="C64" s="25"/>
       <c r="D64" s="25">
-        <v>75.997</v>
+        <v>75.713999999999999</v>
       </c>
       <c r="E64" s="25">
-        <v>33.765999999999998</v>
+        <v>33.768000000000001</v>
       </c>
       <c r="F64" s="25">
-        <v>224.79300000000001</v>
+        <v>224.45099999999999</v>
       </c>
       <c r="G64" s="25">
         <v>253.423</v>
       </c>
       <c r="H64" s="25">
-        <v>1219.2239999999999</v>
+        <v>1218.107</v>
       </c>
       <c r="I64" s="26">
         <f t="shared" si="0"/>
-        <v>1807.203</v>
+        <v>1805.463</v>
       </c>
       <c r="J64" s="27">
         <f t="shared" si="1"/>
-        <v>3.7088799999999935</v>
+        <v>3.4954800000000006</v>
       </c>
       <c r="K64" s="27">
         <f t="shared" si="2"/>
-        <v>-107.10135999999997</v>
+        <v>-107.17355999999998</v>
       </c>
       <c r="L64" s="27">
         <f t="shared" si="3"/>
-        <v>26.415250000000015</v>
+        <v>26.508250000000032</v>
       </c>
       <c r="M64" s="27">
         <f t="shared" si="4"/>
-        <v>-80.686109999999985</v>
+        <v>-80.665309999999977</v>
       </c>
       <c r="N64" s="28">
         <f t="shared" si="5"/>
-        <v>0.32535304556267342</v>
+        <v>0.32532153802099517</v>
       </c>
       <c r="O64" s="29">
-        <v>75.997</v>
+        <v>75.713999999999999</v>
       </c>
       <c r="P64" s="29"/>
     </row>
     <row r="65" spans="1:16" ht="15" x14ac:dyDescent="0.2">
       <c r="A65" s="23">
         <v>56</v>
       </c>
       <c r="B65" s="24" t="s">
         <v>80</v>
       </c>
       <c r="C65" s="25"/>
       <c r="D65" s="25">
-        <v>67.694999999999993</v>
+        <v>63.064</v>
       </c>
       <c r="E65" s="25">
-        <v>52.161999999999999</v>
+        <v>54.325000000000003</v>
       </c>
       <c r="F65" s="25">
-        <v>129.72200000000001</v>
+        <v>128.37700000000001</v>
       </c>
       <c r="G65" s="25">
-        <v>158.55199999999999</v>
+        <v>157.72499999999999</v>
       </c>
       <c r="H65" s="25">
-        <v>463.66800000000001</v>
+        <v>456.28</v>
       </c>
       <c r="I65" s="26">
         <f t="shared" si="0"/>
-        <v>871.79899999999998</v>
+        <v>859.77099999999996</v>
       </c>
       <c r="J65" s="27">
         <f t="shared" si="1"/>
-        <v>32.823039999999992</v>
+        <v>28.673160000000003</v>
       </c>
       <c r="K65" s="27">
         <f t="shared" si="2"/>
-        <v>15.241120000000009</v>
+        <v>14.216480000000018</v>
       </c>
       <c r="L65" s="27">
         <f t="shared" si="3"/>
-        <v>70.324250000000006</v>
+        <v>71.159249999999986</v>
       </c>
       <c r="M65" s="27">
         <f t="shared" si="4"/>
-        <v>85.565369999999973</v>
+        <v>85.375730000000033</v>
       </c>
       <c r="N65" s="28">
         <f t="shared" si="5"/>
-        <v>0.468148047887185</v>
+        <v>0.46930054630826118</v>
       </c>
       <c r="O65" s="29">
-        <v>67.694999999999993</v>
+        <v>63.064</v>
       </c>
       <c r="P65" s="29"/>
     </row>
     <row r="66" spans="1:16" ht="15" x14ac:dyDescent="0.2">
       <c r="A66" s="23">
         <v>57</v>
       </c>
       <c r="B66" s="24" t="s">
         <v>81</v>
       </c>
       <c r="C66" s="25">
         <v>9.6159999999999997</v>
       </c>
       <c r="D66" s="25">
-        <v>40.161999999999999</v>
+        <v>39.811</v>
       </c>
       <c r="E66" s="25">
-        <v>0.56499999999999995</v>
+        <v>4.2279999999999998</v>
       </c>
       <c r="F66" s="25">
-        <v>151.613</v>
+        <v>154.249</v>
       </c>
       <c r="G66" s="25">
-        <v>78.519000000000005</v>
+        <v>73.989999999999995</v>
       </c>
       <c r="H66" s="25">
-        <v>650.66300000000001</v>
+        <v>667.01900000000001</v>
       </c>
       <c r="I66" s="26">
         <f t="shared" si="0"/>
-        <v>931.13800000000003</v>
+        <v>948.91300000000001</v>
       </c>
       <c r="J66" s="27">
         <f t="shared" si="1"/>
-        <v>12.53248</v>
+        <v>11.470479999999995</v>
       </c>
       <c r="K66" s="27">
         <f t="shared" si="2"/>
-        <v>-61.393560000000001</v>
+        <v>-60.214559999999992</v>
       </c>
       <c r="L66" s="27">
         <f t="shared" si="3"/>
-        <v>-2.6525000000000034</v>
+        <v>-8.9892500000000268</v>
       </c>
       <c r="M66" s="27">
         <f t="shared" si="4"/>
-        <v>-64.046060000000011</v>
+        <v>-69.203809999999976</v>
       </c>
       <c r="N66" s="28">
         <f t="shared" si="5"/>
-        <v>0.30121743500963338</v>
+        <v>0.29707043743736256</v>
       </c>
       <c r="O66" s="29">
-        <v>49.777999999999999</v>
-[...1 lines deleted...]
-      <c r="P66" s="29"/>
+        <v>49.427</v>
+      </c>
+      <c r="P66" s="29">
+        <v>0</v>
+      </c>
     </row>
     <row r="67" spans="1:16" ht="15" x14ac:dyDescent="0.2">
       <c r="A67" s="23">
         <v>58</v>
       </c>
       <c r="B67" s="24" t="s">
         <v>82</v>
       </c>
       <c r="C67" s="25"/>
       <c r="D67" s="25">
-        <v>33.771000000000001</v>
+        <v>33.768000000000001</v>
       </c>
       <c r="E67" s="25">
         <v>27.431999999999999</v>
       </c>
       <c r="F67" s="25">
-        <v>104.753</v>
+        <v>104.754</v>
       </c>
       <c r="G67" s="25">
         <v>153.25</v>
       </c>
       <c r="H67" s="25">
-        <v>389.5</v>
+        <v>389.49200000000002</v>
       </c>
       <c r="I67" s="26">
         <f t="shared" si="0"/>
-        <v>708.70600000000002</v>
+        <v>708.69600000000003</v>
       </c>
       <c r="J67" s="27">
         <f t="shared" si="1"/>
-        <v>5.4227600000000002</v>
+        <v>5.4201599999999992</v>
       </c>
       <c r="K67" s="27">
         <f t="shared" si="2"/>
-        <v>-23.841719999999995</v>
+        <v>-23.843519999999998</v>
       </c>
       <c r="L67" s="27">
         <f t="shared" si="3"/>
-        <v>80.826499999999982</v>
+        <v>80.830000000000013</v>
       </c>
       <c r="M67" s="27">
         <f t="shared" si="4"/>
-        <v>56.984780000000001</v>
+        <v>56.986480000000029</v>
       </c>
       <c r="N67" s="28">
         <f t="shared" si="5"/>
-        <v>0.45040679774123543</v>
+        <v>0.45041033108695405</v>
       </c>
       <c r="O67" s="29">
-        <v>33.771000000000001</v>
+        <v>33.768000000000001</v>
       </c>
       <c r="P67" s="29"/>
     </row>
     <row r="68" spans="1:16" ht="15" x14ac:dyDescent="0.2">
       <c r="A68" s="23">
         <v>59</v>
       </c>
       <c r="B68" s="24" t="s">
         <v>83</v>
       </c>
       <c r="C68" s="25"/>
       <c r="D68" s="25">
-        <v>43.924999999999997</v>
+        <v>43.926000000000002</v>
       </c>
       <c r="E68" s="25">
-        <v>21.443999999999999</v>
+        <v>21.445</v>
       </c>
       <c r="F68" s="25">
         <v>103.09</v>
       </c>
       <c r="G68" s="25">
         <v>119.441</v>
       </c>
       <c r="H68" s="25">
-        <v>481.714</v>
+        <v>481.72399999999999</v>
       </c>
       <c r="I68" s="26">
         <f t="shared" si="0"/>
-        <v>769.61400000000003</v>
+        <v>769.62599999999998</v>
       </c>
       <c r="J68" s="27">
         <f t="shared" si="1"/>
-        <v>13.140439999999995</v>
+        <v>13.140960000000003</v>
       </c>
       <c r="K68" s="27">
         <f t="shared" si="2"/>
-        <v>-26.984679999999997</v>
+        <v>-26.98411999999999</v>
       </c>
       <c r="L68" s="27">
         <f t="shared" si="3"/>
-        <v>30.127499999999998</v>
+        <v>30.124500000000012</v>
       </c>
       <c r="M68" s="27">
         <f t="shared" si="4"/>
-        <v>3.142819999999972</v>
+        <v>3.1403800000000501</v>
       </c>
       <c r="N68" s="28">
         <f t="shared" si="5"/>
-        <v>0.37408363153476931</v>
+        <v>0.3740803974917688</v>
       </c>
       <c r="O68" s="29">
-        <v>43.924999999999997</v>
+        <v>43.926000000000002</v>
       </c>
       <c r="P68" s="29"/>
     </row>
     <row r="69" spans="1:16" ht="15" x14ac:dyDescent="0.2">
       <c r="A69" s="23">
         <v>60</v>
       </c>
       <c r="B69" s="24" t="s">
         <v>84</v>
       </c>
       <c r="C69" s="25"/>
       <c r="D69" s="25">
         <v>7.9829999999999997</v>
       </c>
       <c r="E69" s="25">
         <v>62.204999999999998</v>
       </c>
       <c r="F69" s="25">
-        <v>160.316</v>
+        <v>160.315</v>
       </c>
       <c r="G69" s="25">
-        <v>173.75700000000001</v>
+        <v>173.732</v>
       </c>
       <c r="H69" s="25">
-        <v>722.85699999999997</v>
+        <v>722.36099999999999</v>
       </c>
       <c r="I69" s="26">
         <f t="shared" si="0"/>
-        <v>1127.1179999999999</v>
+        <v>1126.596</v>
       </c>
       <c r="J69" s="27">
         <f t="shared" si="1"/>
-        <v>-37.10172</v>
+        <v>-37.080840000000002</v>
       </c>
       <c r="K69" s="27">
         <f t="shared" si="2"/>
-        <v>-65.066159999999982</v>
+        <v>-65.003519999999995</v>
       </c>
       <c r="L69" s="27">
         <f t="shared" si="3"/>
-        <v>52.293499999999995</v>
+        <v>52.398000000000025</v>
       </c>
       <c r="M69" s="27">
         <f t="shared" si="4"/>
-        <v>-12.772659999999973</v>
+        <v>-12.605519999999956</v>
       </c>
       <c r="N69" s="28">
         <f t="shared" si="5"/>
-        <v>0.35866785908840071</v>
+        <v>0.35881096684170727</v>
       </c>
       <c r="O69" s="29">
         <v>7.9829999999999997</v>
       </c>
       <c r="P69" s="29"/>
     </row>
     <row r="70" spans="1:16" ht="15" x14ac:dyDescent="0.2">
       <c r="A70" s="23">
         <v>61</v>
       </c>
       <c r="B70" s="24" t="s">
         <v>85</v>
       </c>
       <c r="C70" s="25">
-        <v>1.964</v>
+        <v>1.9630000000000001</v>
       </c>
       <c r="D70" s="25">
-        <v>22.423999999999999</v>
+        <v>21.626999999999999</v>
       </c>
       <c r="E70" s="25">
-        <v>24.591000000000001</v>
+        <v>23.398</v>
       </c>
       <c r="F70" s="25">
-        <v>167.37700000000001</v>
+        <v>165.239</v>
       </c>
       <c r="G70" s="25">
-        <v>169.988</v>
+        <v>169.06299999999999</v>
       </c>
       <c r="H70" s="25">
-        <v>596.19899999999996</v>
+        <v>594.05399999999997</v>
       </c>
       <c r="I70" s="26">
         <f t="shared" si="0"/>
-        <v>982.54299999999989</v>
+        <v>975.34399999999994</v>
       </c>
       <c r="J70" s="27">
         <f t="shared" si="1"/>
-        <v>-14.913719999999998</v>
+        <v>-15.423759999999998</v>
       </c>
       <c r="K70" s="27">
         <f t="shared" si="2"/>
-        <v>-68.926159999999982</v>
+        <v>-70.053279999999987</v>
       </c>
       <c r="L70" s="27">
         <f t="shared" si="3"/>
-        <v>91.729250000000036</v>
+        <v>90.466000000000037</v>
       </c>
       <c r="M70" s="27">
         <f t="shared" si="4"/>
-        <v>22.803090000000054</v>
+        <v>20.412719999999979</v>
       </c>
       <c r="N70" s="28">
         <f t="shared" si="5"/>
-        <v>0.39320823617897643</v>
+        <v>0.39092873898850045</v>
       </c>
       <c r="O70" s="29">
-        <v>24.388000000000002</v>
+        <v>23.59</v>
       </c>
       <c r="P70" s="29"/>
     </row>
     <row r="71" spans="1:16" ht="15" x14ac:dyDescent="0.2">
       <c r="A71" s="23">
         <v>62</v>
       </c>
       <c r="B71" s="24" t="s">
         <v>86</v>
       </c>
       <c r="C71" s="25"/>
       <c r="D71" s="25">
-        <v>54.84</v>
+        <v>53.51</v>
       </c>
       <c r="E71" s="25">
-        <v>29.582000000000001</v>
+        <v>29.234000000000002</v>
       </c>
       <c r="F71" s="25">
-        <v>112.455</v>
+        <v>112.666</v>
       </c>
       <c r="G71" s="25">
-        <v>182.02099999999999</v>
+        <v>181.60599999999999</v>
       </c>
       <c r="H71" s="25">
-        <v>660.53200000000004</v>
+        <v>656.69899999999996</v>
       </c>
       <c r="I71" s="26">
         <f t="shared" si="0"/>
-        <v>1039.43</v>
+        <v>1033.7149999999999</v>
       </c>
       <c r="J71" s="27">
         <f t="shared" si="1"/>
-        <v>13.262799999999999</v>
+        <v>12.1614</v>
       </c>
       <c r="K71" s="27">
         <f t="shared" si="2"/>
-        <v>-40.309600000000003</v>
+        <v>-41.301799999999986</v>
       </c>
       <c r="L71" s="27">
         <f t="shared" si="3"/>
-        <v>34.618499999999983</v>
+        <v>35.843250000000012</v>
       </c>
       <c r="M71" s="27">
         <f t="shared" si="4"/>
-        <v>-5.6911000000000058</v>
+        <v>-5.4585500000000025</v>
       </c>
       <c r="N71" s="28">
         <f t="shared" si="5"/>
-        <v>0.36452478762398621</v>
+        <v>0.36471948264270132</v>
       </c>
       <c r="O71" s="29">
-        <v>54.84</v>
+        <v>53.51</v>
       </c>
       <c r="P71" s="29"/>
     </row>
     <row r="72" spans="1:16" ht="15" x14ac:dyDescent="0.2">
       <c r="A72" s="23">
         <v>63</v>
       </c>
       <c r="B72" s="24" t="s">
         <v>87</v>
       </c>
       <c r="C72" s="25"/>
       <c r="D72" s="25">
-        <v>67.594999999999999</v>
+        <v>67.510999999999996</v>
       </c>
       <c r="E72" s="25">
-        <v>12.856999999999999</v>
+        <v>13.401</v>
       </c>
       <c r="F72" s="25">
-        <v>122.676</v>
+        <v>119.03100000000001</v>
       </c>
       <c r="G72" s="25">
-        <v>190.90799999999999</v>
+        <v>190.904</v>
       </c>
       <c r="H72" s="25">
-        <v>589.25</v>
+        <v>591.47799999999995</v>
       </c>
       <c r="I72" s="26">
         <f t="shared" si="0"/>
-        <v>983.28599999999994</v>
+        <v>982.32499999999993</v>
       </c>
       <c r="J72" s="27">
         <f t="shared" si="1"/>
-        <v>28.263559999999998</v>
+        <v>28.217999999999996</v>
       </c>
       <c r="K72" s="27">
         <f t="shared" si="2"/>
-        <v>-37.542319999999989</v>
+        <v>-36.966999999999999</v>
       </c>
       <c r="L72" s="27">
         <f t="shared" si="3"/>
-        <v>67.762500000000017</v>
+        <v>64.353750000000019</v>
       </c>
       <c r="M72" s="27">
         <f t="shared" si="4"/>
-        <v>30.220179999999971</v>
+        <v>27.386750000000006</v>
       </c>
       <c r="N72" s="28">
         <f t="shared" si="5"/>
-        <v>0.40073386583354176</v>
+        <v>0.39787952052528441</v>
       </c>
       <c r="O72" s="29">
-        <v>67.594999999999999</v>
+        <v>67.510999999999996</v>
       </c>
       <c r="P72" s="29"/>
     </row>
     <row r="73" spans="1:16" ht="15" x14ac:dyDescent="0.2">
       <c r="A73" s="23">
         <v>64</v>
       </c>
       <c r="B73" s="24" t="s">
         <v>88</v>
       </c>
       <c r="C73" s="25"/>
       <c r="D73" s="25">
-        <v>67.605999999999995</v>
+        <v>67.597999999999999</v>
       </c>
       <c r="E73" s="25">
-        <v>17.367000000000001</v>
+        <v>17.376000000000001</v>
       </c>
       <c r="F73" s="25">
-        <v>145.077</v>
+        <v>145.03200000000001</v>
       </c>
       <c r="G73" s="25">
-        <v>175.43299999999999</v>
+        <v>175.43</v>
       </c>
       <c r="H73" s="25">
-        <v>652.91999999999996</v>
+        <v>652.29999999999995</v>
       </c>
       <c r="I73" s="26">
         <f t="shared" si="0"/>
-        <v>1058.403</v>
+        <v>1057.7359999999999</v>
       </c>
       <c r="J73" s="27">
         <f t="shared" si="1"/>
-        <v>25.269879999999993</v>
+        <v>25.288560000000004</v>
       </c>
       <c r="K73" s="27">
         <f t="shared" si="2"/>
-        <v>-42.035359999999997</v>
+        <v>-41.954319999999981</v>
       </c>
       <c r="L73" s="27">
         <f t="shared" si="3"/>
-        <v>55.909249999999986</v>
+        <v>56.02800000000002</v>
       </c>
       <c r="M73" s="27">
         <f t="shared" si="4"/>
-        <v>13.873890000000017</v>
+        <v>14.073680000000081</v>
       </c>
       <c r="N73" s="28">
         <f t="shared" si="5"/>
-        <v>0.38310832452288968</v>
+        <v>0.38330547509019269</v>
       </c>
       <c r="O73" s="29">
-        <v>67.605999999999995</v>
+        <v>67.597999999999999</v>
       </c>
       <c r="P73" s="29"/>
     </row>
     <row r="74" spans="1:16" ht="15" x14ac:dyDescent="0.2">
       <c r="A74" s="23">
         <v>65</v>
       </c>
       <c r="B74" s="24" t="s">
         <v>89</v>
       </c>
       <c r="C74" s="25">
-        <v>18.114999999999998</v>
+        <v>18.116</v>
       </c>
       <c r="D74" s="25">
-        <v>44.28</v>
+        <v>42.854999999999997</v>
       </c>
       <c r="E74" s="25">
-        <v>21.98</v>
+        <v>21.963000000000001</v>
       </c>
       <c r="F74" s="25">
-        <v>121.88</v>
+        <v>122.01300000000001</v>
       </c>
       <c r="G74" s="25">
-        <v>113.759</v>
+        <v>112.14</v>
       </c>
       <c r="H74" s="25">
-        <v>450.45</v>
+        <v>451.23700000000002</v>
       </c>
       <c r="I74" s="26">
         <f t="shared" si="0"/>
-        <v>770.46399999999994</v>
+        <v>768.32400000000007</v>
       </c>
       <c r="J74" s="27">
         <f t="shared" si="1"/>
-        <v>31.576439999999998</v>
+        <v>30.238039999999994</v>
       </c>
       <c r="K74" s="27">
         <f t="shared" si="2"/>
-        <v>-8.0806799999999868</v>
+        <v>-9.2648800000000051</v>
       </c>
       <c r="L74" s="27">
         <f t="shared" si="3"/>
-        <v>43.023000000000025</v>
+        <v>42.072000000000003</v>
       </c>
       <c r="M74" s="27">
         <f t="shared" si="4"/>
-        <v>34.942320000000052</v>
+        <v>32.807119999999941</v>
       </c>
       <c r="N74" s="28">
         <f t="shared" si="5"/>
-        <v>0.41535230718112726</v>
+        <v>0.41269959027701852</v>
       </c>
       <c r="O74" s="29">
-        <v>62.395000000000003</v>
+        <v>60.786000000000001</v>
       </c>
       <c r="P74" s="29"/>
     </row>
     <row r="75" spans="1:16" ht="15" x14ac:dyDescent="0.2">
       <c r="A75" s="23">
         <v>66</v>
       </c>
       <c r="B75" s="24" t="s">
         <v>90</v>
       </c>
       <c r="C75" s="25"/>
       <c r="D75" s="25"/>
       <c r="E75" s="25">
         <v>54.527999999999999</v>
       </c>
       <c r="F75" s="25">
         <v>136.39699999999999</v>
       </c>
       <c r="G75" s="25">
-        <v>104.893</v>
+        <v>104.89400000000001</v>
       </c>
       <c r="H75" s="25">
-        <v>596.452</v>
+        <v>596.44799999999998</v>
       </c>
       <c r="I75" s="26">
         <f t="shared" ref="I75:I107" si="6">SUM(C75:H75)</f>
-        <v>892.27</v>
+        <v>892.26699999999994</v>
       </c>
       <c r="J75" s="27">
         <f t="shared" ref="J75:J110" si="7">(C75+D75)-(I75*0.04)</f>
-        <v>-35.690800000000003</v>
+        <v>-35.69068</v>
       </c>
       <c r="K75" s="27">
         <f t="shared" ref="K75:K110" si="8">(C75+D75+E75)-(I75*0.12)</f>
-        <v>-52.544399999999989</v>
+        <v>-52.544039999999988</v>
       </c>
       <c r="L75" s="27">
         <f t="shared" ref="L75:L110" si="9">(F75+G75)-(I75*0.25)</f>
-        <v>18.222499999999997</v>
+        <v>18.224250000000012</v>
       </c>
       <c r="M75" s="27">
         <f t="shared" ref="M75:M110" si="10">(C75+D75+E75+F75+G75)-(I75*0.37)</f>
-        <v>-34.321900000000028</v>
+        <v>-34.319790000000012</v>
       </c>
       <c r="N75" s="28">
         <f t="shared" ref="N75:N110" si="11">(C75+D75+E75+F75+G75)/(I75)</f>
-        <v>0.33153417687471282</v>
+        <v>0.33153641230707848</v>
       </c>
       <c r="O75" s="31"/>
       <c r="P75" s="31"/>
     </row>
     <row r="76" spans="1:16" ht="15" x14ac:dyDescent="0.2">
       <c r="A76" s="23">
         <v>67</v>
       </c>
       <c r="B76" s="24" t="s">
         <v>91</v>
       </c>
       <c r="C76" s="25">
         <v>25.748000000000001</v>
       </c>
       <c r="D76" s="25"/>
       <c r="E76" s="25">
-        <v>88.227999999999994</v>
+        <v>88.228999999999999</v>
       </c>
       <c r="F76" s="25">
         <v>146.75299999999999</v>
       </c>
       <c r="G76" s="25">
         <v>210.03700000000001</v>
       </c>
       <c r="H76" s="25">
-        <v>776.09900000000005</v>
+        <v>776.07799999999997</v>
       </c>
       <c r="I76" s="26">
         <f t="shared" si="6"/>
-        <v>1246.865</v>
+        <v>1246.845</v>
       </c>
       <c r="J76" s="27">
         <f t="shared" si="7"/>
-        <v>-24.1266</v>
+        <v>-24.125800000000002</v>
       </c>
       <c r="K76" s="27">
         <f t="shared" si="8"/>
-        <v>-35.647799999999989</v>
+        <v>-35.64439999999999</v>
       </c>
       <c r="L76" s="27">
         <f t="shared" si="9"/>
-        <v>45.073749999999961</v>
+        <v>45.078749999999957</v>
       </c>
       <c r="M76" s="27">
         <f t="shared" si="10"/>
-        <v>9.4259499999999434</v>
+        <v>9.4343500000000518</v>
       </c>
       <c r="N76" s="28">
         <f t="shared" si="11"/>
-        <v>0.37755971977720121</v>
+        <v>0.37756657804298049</v>
       </c>
       <c r="O76" s="29">
         <v>25.748000000000001</v>
       </c>
       <c r="P76" s="29"/>
     </row>
     <row r="77" spans="1:16" ht="15" x14ac:dyDescent="0.2">
       <c r="A77" s="23">
         <v>68</v>
       </c>
       <c r="B77" s="24" t="s">
         <v>92</v>
       </c>
       <c r="C77" s="25"/>
       <c r="D77" s="25">
         <v>44.811999999999998</v>
       </c>
       <c r="E77" s="25">
         <v>14.081</v>
       </c>
       <c r="F77" s="25">
-        <v>104.21299999999999</v>
+        <v>104.214</v>
       </c>
       <c r="G77" s="25">
         <v>134.42400000000001</v>
       </c>
       <c r="H77" s="25">
         <v>399.03500000000003</v>
       </c>
       <c r="I77" s="26">
         <f t="shared" si="6"/>
-        <v>696.56500000000005</v>
+        <v>696.56600000000003</v>
       </c>
       <c r="J77" s="27">
         <f t="shared" si="7"/>
-        <v>16.949399999999994</v>
+        <v>16.949359999999995</v>
       </c>
       <c r="K77" s="27">
         <f t="shared" si="8"/>
-        <v>-24.694800000000001</v>
+        <v>-24.694919999999996</v>
       </c>
       <c r="L77" s="27">
         <f t="shared" si="9"/>
-        <v>64.495749999999987</v>
+        <v>64.496499999999997</v>
       </c>
       <c r="M77" s="27">
         <f t="shared" si="10"/>
-        <v>39.800949999999943</v>
+        <v>39.801580000000001</v>
       </c>
       <c r="N77" s="28">
         <f t="shared" si="11"/>
-        <v>0.42713888868949768</v>
+        <v>0.42713971109701016</v>
       </c>
       <c r="O77" s="29">
         <v>44.811999999999998</v>
       </c>
       <c r="P77" s="29"/>
     </row>
     <row r="78" spans="1:16" ht="15" x14ac:dyDescent="0.2">
       <c r="A78" s="23">
         <v>69</v>
       </c>
       <c r="B78" s="24" t="s">
         <v>93</v>
       </c>
       <c r="C78" s="25"/>
       <c r="D78" s="25">
-        <v>40.139000000000003</v>
+        <v>39.625</v>
       </c>
       <c r="E78" s="25">
-        <v>19.872</v>
+        <v>19.202000000000002</v>
       </c>
       <c r="F78" s="25">
-        <v>116.075</v>
+        <v>114.715</v>
       </c>
       <c r="G78" s="25">
-        <v>109.752</v>
+        <v>108.035</v>
       </c>
       <c r="H78" s="25">
-        <v>516.69000000000005</v>
+        <v>513.08399999999995</v>
       </c>
       <c r="I78" s="26">
         <f t="shared" si="6"/>
-        <v>802.52800000000002</v>
+        <v>794.66099999999994</v>
       </c>
       <c r="J78" s="27">
         <f t="shared" si="7"/>
-        <v>8.0378800000000012</v>
+        <v>7.8385600000000011</v>
       </c>
       <c r="K78" s="27">
         <f t="shared" si="8"/>
-        <v>-36.292359999999995</v>
+        <v>-36.532319999999999</v>
       </c>
       <c r="L78" s="27">
         <f t="shared" si="9"/>
-        <v>25.194999999999993</v>
+        <v>24.084750000000014</v>
       </c>
       <c r="M78" s="27">
         <f t="shared" si="10"/>
-        <v>-11.097359999999981</v>
+        <v>-12.447569999999985</v>
       </c>
       <c r="N78" s="28">
         <f t="shared" si="11"/>
-        <v>0.35617199649108816</v>
+        <v>0.35433599987919379</v>
       </c>
       <c r="O78" s="29">
-        <v>40.139000000000003</v>
+        <v>39.625</v>
       </c>
       <c r="P78" s="29"/>
     </row>
     <row r="79" spans="1:16" ht="15" x14ac:dyDescent="0.2">
       <c r="A79" s="23">
         <v>70</v>
       </c>
       <c r="B79" s="24" t="s">
         <v>94</v>
       </c>
       <c r="C79" s="25"/>
       <c r="D79" s="25">
-        <v>43.963000000000001</v>
+        <v>43.942999999999998</v>
       </c>
       <c r="E79" s="25">
-        <v>40.35</v>
+        <v>40.347999999999999</v>
       </c>
       <c r="F79" s="25">
-        <v>91.213999999999999</v>
+        <v>91.203999999999994</v>
       </c>
       <c r="G79" s="25">
-        <v>115.876</v>
+        <v>115.863</v>
       </c>
       <c r="H79" s="25">
-        <v>419.46499999999997</v>
+        <v>414.11700000000002</v>
       </c>
       <c r="I79" s="26">
         <f t="shared" si="6"/>
-        <v>710.86799999999994</v>
+        <v>705.47500000000002</v>
       </c>
       <c r="J79" s="27">
         <f t="shared" si="7"/>
-        <v>15.528280000000002</v>
+        <v>15.723999999999997</v>
       </c>
       <c r="K79" s="27">
         <f t="shared" si="8"/>
-        <v>-0.9911599999999936</v>
+        <v>-0.36599999999999966</v>
       </c>
       <c r="L79" s="27">
         <f t="shared" si="9"/>
-        <v>29.373000000000019</v>
+        <v>30.698250000000002</v>
       </c>
       <c r="M79" s="27">
         <f t="shared" si="10"/>
-        <v>28.381840000000068</v>
+        <v>30.332249999999988</v>
       </c>
       <c r="N79" s="28">
         <f t="shared" si="11"/>
-        <v>0.40992561206862604</v>
+        <v>0.41299549948616182</v>
       </c>
       <c r="O79" s="29">
-        <v>43.963000000000001</v>
+        <v>43.942999999999998</v>
       </c>
       <c r="P79" s="29"/>
     </row>
     <row r="80" spans="1:16" ht="15" x14ac:dyDescent="0.2">
       <c r="A80" s="23">
         <v>71</v>
       </c>
       <c r="B80" s="24" t="s">
         <v>95</v>
       </c>
       <c r="C80" s="25"/>
       <c r="D80" s="25">
-        <v>32.579000000000001</v>
+        <v>28.765999999999998</v>
       </c>
       <c r="E80" s="25">
         <v>54.585999999999999</v>
       </c>
       <c r="F80" s="25">
-        <v>141.68600000000001</v>
+        <v>134.83799999999999</v>
       </c>
       <c r="G80" s="25">
-        <v>196.31299999999999</v>
+        <v>194.078</v>
       </c>
       <c r="H80" s="25">
-        <v>780.46100000000001</v>
+        <v>751.67399999999998</v>
       </c>
       <c r="I80" s="26">
         <f t="shared" si="6"/>
-        <v>1205.625</v>
+        <v>1163.942</v>
       </c>
       <c r="J80" s="27">
         <f t="shared" si="7"/>
-        <v>-15.646000000000001</v>
+        <v>-17.791679999999999</v>
       </c>
       <c r="K80" s="27">
         <f t="shared" si="8"/>
-        <v>-57.509999999999991</v>
+        <v>-56.321039999999982</v>
       </c>
       <c r="L80" s="27">
         <f t="shared" si="9"/>
-        <v>36.592750000000024</v>
+        <v>37.930499999999995</v>
       </c>
       <c r="M80" s="27">
         <f t="shared" si="10"/>
-        <v>-20.917250000000024</v>
+        <v>-18.390539999999987</v>
       </c>
       <c r="N80" s="28">
         <f t="shared" si="11"/>
-        <v>0.35265028512182478</v>
+        <v>0.35419977971410949</v>
       </c>
       <c r="O80" s="29">
-        <v>32.579000000000001</v>
+        <v>28.765999999999998</v>
       </c>
       <c r="P80" s="29"/>
     </row>
     <row r="81" spans="1:16" ht="15" x14ac:dyDescent="0.2">
       <c r="A81" s="23">
         <v>72</v>
       </c>
       <c r="B81" s="24" t="s">
         <v>96</v>
       </c>
       <c r="C81" s="25"/>
       <c r="D81" s="25">
         <v>19.384</v>
       </c>
       <c r="E81" s="25">
         <v>40.558</v>
       </c>
       <c r="F81" s="25">
         <v>118.55800000000001</v>
       </c>
       <c r="G81" s="25">
         <v>138.06800000000001</v>
       </c>
       <c r="H81" s="25">
         <v>507.11200000000002</v>
@@ -6724,1078 +6726,1078 @@
         <f t="shared" si="9"/>
         <v>50.706000000000017</v>
       </c>
       <c r="M81" s="27">
         <f t="shared" si="10"/>
         <v>11.80639999999994</v>
       </c>
       <c r="N81" s="28">
         <f t="shared" si="11"/>
         <v>0.38433372183372178</v>
       </c>
       <c r="O81" s="29">
         <v>19.384</v>
       </c>
       <c r="P81" s="29"/>
     </row>
     <row r="82" spans="1:16" ht="15" x14ac:dyDescent="0.2">
       <c r="A82" s="23">
         <v>73</v>
       </c>
       <c r="B82" s="24" t="s">
         <v>97</v>
       </c>
       <c r="C82" s="25"/>
       <c r="D82" s="25">
-        <v>44.661000000000001</v>
+        <v>47.744</v>
       </c>
       <c r="E82" s="25">
-        <v>18.428000000000001</v>
+        <v>19.016999999999999</v>
       </c>
       <c r="F82" s="25">
-        <v>138.626</v>
+        <v>140.185</v>
       </c>
       <c r="G82" s="25">
-        <v>192.05199999999999</v>
+        <v>192.035</v>
       </c>
       <c r="H82" s="25">
-        <v>617.98</v>
+        <v>622.68399999999997</v>
       </c>
       <c r="I82" s="26">
         <f t="shared" si="6"/>
-        <v>1011.7470000000001</v>
+        <v>1021.665</v>
       </c>
       <c r="J82" s="27">
         <f t="shared" si="7"/>
-        <v>4.191119999999998</v>
+        <v>6.8774000000000015</v>
       </c>
       <c r="K82" s="27">
         <f t="shared" si="8"/>
-        <v>-58.320640000000012</v>
+        <v>-55.838799999999992</v>
       </c>
       <c r="L82" s="27">
         <f t="shared" si="9"/>
-        <v>77.74124999999998</v>
+        <v>76.803750000000036</v>
       </c>
       <c r="M82" s="27">
         <f t="shared" si="10"/>
-        <v>19.420609999999954</v>
+        <v>20.964949999999988</v>
       </c>
       <c r="N82" s="28">
         <f t="shared" si="11"/>
-        <v>0.38919512486817354</v>
+        <v>0.39052037605281575</v>
       </c>
       <c r="O82" s="29">
-        <v>44.661000000000001</v>
+        <v>47.055999999999997</v>
       </c>
       <c r="P82" s="29"/>
     </row>
     <row r="83" spans="1:16" ht="15" x14ac:dyDescent="0.2">
       <c r="A83" s="23">
         <v>74</v>
       </c>
       <c r="B83" s="24" t="s">
         <v>98</v>
       </c>
       <c r="C83" s="25"/>
       <c r="D83" s="25">
-        <v>26.265999999999998</v>
+        <v>26.265000000000001</v>
       </c>
       <c r="E83" s="25">
         <v>22.962</v>
       </c>
       <c r="F83" s="25">
-        <v>138.31399999999999</v>
+        <v>138.06100000000001</v>
       </c>
       <c r="G83" s="25">
-        <v>186.40899999999999</v>
+        <v>186.41499999999999</v>
       </c>
       <c r="H83" s="25">
-        <v>703.20899999999995</v>
+        <v>703.45500000000004</v>
       </c>
       <c r="I83" s="26">
         <f t="shared" si="6"/>
-        <v>1077.1599999999999</v>
+        <v>1077.1579999999999</v>
       </c>
       <c r="J83" s="27">
         <f t="shared" si="7"/>
-        <v>-16.820399999999999</v>
+        <v>-16.821319999999993</v>
       </c>
       <c r="K83" s="27">
         <f t="shared" si="8"/>
-        <v>-80.03119999999997</v>
+        <v>-80.03195999999997</v>
       </c>
       <c r="L83" s="27">
         <f t="shared" si="9"/>
-        <v>55.432999999999993</v>
+        <v>55.186500000000024</v>
       </c>
       <c r="M83" s="27">
         <f t="shared" si="10"/>
-        <v>-24.598199999999963</v>
+        <v>-24.845460000000003</v>
       </c>
       <c r="N83" s="28">
         <f t="shared" si="11"/>
-        <v>0.3471638382413012</v>
+        <v>0.34693424734347239</v>
       </c>
       <c r="O83" s="29">
-        <v>26.265999999999998</v>
+        <v>26.265000000000001</v>
       </c>
       <c r="P83" s="29"/>
     </row>
     <row r="84" spans="1:16" ht="15" x14ac:dyDescent="0.2">
       <c r="A84" s="23">
         <v>75</v>
       </c>
       <c r="B84" s="24" t="s">
         <v>99</v>
       </c>
       <c r="C84" s="25"/>
       <c r="D84" s="25">
-        <v>46.615000000000002</v>
+        <v>45.640999999999998</v>
       </c>
       <c r="E84" s="25">
-        <v>67.903999999999996</v>
+        <v>67.944000000000003</v>
       </c>
       <c r="F84" s="25">
-        <v>193.25299999999999</v>
+        <v>193.511</v>
       </c>
       <c r="G84" s="25">
-        <v>173.97</v>
+        <v>173.96199999999999</v>
       </c>
       <c r="H84" s="25">
-        <v>1082.231</v>
+        <v>1085.123</v>
       </c>
       <c r="I84" s="26">
         <f t="shared" si="6"/>
-        <v>1563.973</v>
+        <v>1566.181</v>
       </c>
       <c r="J84" s="27">
         <f t="shared" si="7"/>
-        <v>-15.943919999999999</v>
+        <v>-17.006240000000005</v>
       </c>
       <c r="K84" s="27">
         <f t="shared" si="8"/>
-        <v>-73.157759999999996</v>
+        <v>-74.356719999999996</v>
       </c>
       <c r="L84" s="27">
         <f t="shared" si="9"/>
-        <v>-23.770250000000033</v>
+        <v>-24.072250000000054</v>
       </c>
       <c r="M84" s="27">
         <f t="shared" si="10"/>
-        <v>-96.928009999999972</v>
+        <v>-98.428970000000049</v>
       </c>
       <c r="N84" s="28">
         <f t="shared" si="11"/>
-        <v>0.3080244991441668</v>
+        <v>0.30715351546213365</v>
       </c>
       <c r="O84" s="29">
-        <v>46.615000000000002</v>
+        <v>45.640999999999998</v>
       </c>
       <c r="P84" s="29"/>
     </row>
     <row r="85" spans="1:16" ht="15" x14ac:dyDescent="0.2">
       <c r="A85" s="23">
         <v>76</v>
       </c>
       <c r="B85" s="24" t="s">
         <v>100</v>
       </c>
       <c r="C85" s="25"/>
       <c r="D85" s="25">
         <v>24.62</v>
       </c>
       <c r="E85" s="25">
-        <v>64.239999999999995</v>
+        <v>64.239000000000004</v>
       </c>
       <c r="F85" s="25">
-        <v>128.91800000000001</v>
+        <v>128.91999999999999</v>
       </c>
       <c r="G85" s="25">
         <v>173.47800000000001</v>
       </c>
       <c r="H85" s="25">
-        <v>763.18700000000001</v>
+        <v>762.43899999999996</v>
       </c>
       <c r="I85" s="26">
         <f t="shared" si="6"/>
-        <v>1154.443</v>
+        <v>1153.6959999999999</v>
       </c>
       <c r="J85" s="27">
         <f t="shared" si="7"/>
-        <v>-21.55772</v>
+        <v>-21.527839999999994</v>
       </c>
       <c r="K85" s="27">
         <f t="shared" si="8"/>
-        <v>-49.673159999999982</v>
+        <v>-49.584519999999969</v>
       </c>
       <c r="L85" s="27">
         <f t="shared" si="9"/>
-        <v>13.785250000000019</v>
+        <v>13.974000000000046</v>
       </c>
       <c r="M85" s="27">
         <f t="shared" si="10"/>
-        <v>-35.887909999999977</v>
+        <v>-35.610519999999951</v>
       </c>
       <c r="N85" s="28">
         <f t="shared" si="11"/>
-        <v>0.33891322481924185</v>
+        <v>0.33913353257703938</v>
       </c>
       <c r="O85" s="29">
         <v>24.62</v>
       </c>
       <c r="P85" s="29"/>
     </row>
     <row r="86" spans="1:16" ht="15" x14ac:dyDescent="0.2">
       <c r="A86" s="23">
         <v>77</v>
       </c>
       <c r="B86" s="24" t="s">
         <v>101</v>
       </c>
       <c r="C86" s="25">
-        <v>10.004</v>
+        <v>8.657</v>
       </c>
       <c r="D86" s="25">
-        <v>13.522</v>
+        <v>14.007</v>
       </c>
       <c r="E86" s="25">
-        <v>42.850999999999999</v>
+        <v>42.319000000000003</v>
       </c>
       <c r="F86" s="25">
-        <v>116.786</v>
+        <v>115.20699999999999</v>
       </c>
       <c r="G86" s="25">
-        <v>80.534000000000006</v>
+        <v>78.781999999999996</v>
       </c>
       <c r="H86" s="25">
-        <v>321.24700000000001</v>
+        <v>307.108</v>
       </c>
       <c r="I86" s="26">
         <f t="shared" si="6"/>
-        <v>584.94399999999996</v>
+        <v>566.07999999999993</v>
       </c>
       <c r="J86" s="27">
         <f t="shared" si="7"/>
-        <v>0.12824000000000169</v>
+        <v>2.0800000000004815E-2</v>
       </c>
       <c r="K86" s="27">
         <f t="shared" si="8"/>
-        <v>-3.8162799999999919</v>
+        <v>-2.9465999999999894</v>
       </c>
       <c r="L86" s="27">
         <f t="shared" si="9"/>
-        <v>51.084000000000003</v>
+        <v>52.468999999999994</v>
       </c>
       <c r="M86" s="27">
         <f t="shared" si="10"/>
-        <v>47.267720000000025</v>
+        <v>49.522400000000005</v>
       </c>
       <c r="N86" s="28">
         <f t="shared" si="11"/>
-        <v>0.45080725676304062</v>
+        <v>0.45748304126625217</v>
       </c>
       <c r="O86" s="29">
-        <v>23.526</v>
+        <v>22.664000000000001</v>
       </c>
       <c r="P86" s="29"/>
     </row>
     <row r="87" spans="1:16" ht="15" x14ac:dyDescent="0.2">
       <c r="A87" s="23">
         <v>78</v>
       </c>
       <c r="B87" s="24" t="s">
         <v>102</v>
       </c>
       <c r="C87" s="25">
-        <v>80.5</v>
+        <v>76.632000000000005</v>
       </c>
       <c r="D87" s="25">
-        <v>26.585000000000001</v>
+        <v>25.835999999999999</v>
       </c>
       <c r="E87" s="25">
-        <v>67.334000000000003</v>
+        <v>70.825000000000003</v>
       </c>
       <c r="F87" s="25">
-        <v>258.74700000000001</v>
+        <v>261.98200000000003</v>
       </c>
       <c r="G87" s="25">
-        <v>319.94</v>
+        <v>319.06599999999997</v>
       </c>
       <c r="H87" s="25">
-        <v>949.76900000000001</v>
+        <v>956.41399999999999</v>
       </c>
       <c r="I87" s="26">
         <f t="shared" si="6"/>
-        <v>1702.875</v>
+        <v>1710.7550000000001</v>
       </c>
       <c r="J87" s="27">
         <f t="shared" si="7"/>
-        <v>38.970000000000013</v>
+        <v>34.037800000000004</v>
       </c>
       <c r="K87" s="27">
         <f t="shared" si="8"/>
-        <v>-29.925999999999988</v>
+        <v>-31.997600000000006</v>
       </c>
       <c r="L87" s="27">
         <f t="shared" si="9"/>
-        <v>152.96825000000001</v>
+        <v>153.35924999999997</v>
       </c>
       <c r="M87" s="27">
         <f t="shared" si="10"/>
-        <v>123.04224999999997</v>
+        <v>121.36164999999994</v>
       </c>
       <c r="N87" s="28">
         <f t="shared" si="11"/>
-        <v>0.44225559715187551</v>
+        <v>0.44094040350605435</v>
       </c>
       <c r="O87" s="29">
-        <v>107.08499999999999</v>
+        <v>102.468</v>
       </c>
       <c r="P87" s="29"/>
     </row>
     <row r="88" spans="1:16" ht="15" x14ac:dyDescent="0.2">
       <c r="A88" s="23">
         <v>79</v>
       </c>
       <c r="B88" s="24" t="s">
         <v>103</v>
       </c>
       <c r="C88" s="25">
-        <v>24.14</v>
+        <v>23.187999999999999</v>
       </c>
       <c r="D88" s="25">
-        <v>27.376999999999999</v>
+        <v>27.375</v>
       </c>
       <c r="E88" s="25">
-        <v>57.524000000000001</v>
+        <v>54.844000000000001</v>
       </c>
       <c r="F88" s="25">
-        <v>129.398</v>
+        <v>129.10599999999999</v>
       </c>
       <c r="G88" s="25">
-        <v>206.374</v>
+        <v>205.65600000000001</v>
       </c>
       <c r="H88" s="25">
-        <v>677.28700000000003</v>
+        <v>667.51199999999994</v>
       </c>
       <c r="I88" s="26">
         <f t="shared" si="6"/>
-        <v>1122.0999999999999</v>
+        <v>1107.681</v>
       </c>
       <c r="J88" s="27">
         <f t="shared" si="7"/>
-        <v>6.6329999999999956</v>
+        <v>6.2557600000000022</v>
       </c>
       <c r="K88" s="27">
         <f t="shared" si="8"/>
-        <v>-25.61099999999999</v>
+        <v>-27.514719999999983</v>
       </c>
       <c r="L88" s="27">
         <f t="shared" si="9"/>
-        <v>55.247000000000014</v>
+        <v>57.84174999999999</v>
       </c>
       <c r="M88" s="27">
         <f t="shared" si="10"/>
-        <v>29.636000000000024</v>
+        <v>30.327029999999979</v>
       </c>
       <c r="N88" s="28">
         <f t="shared" si="11"/>
-        <v>0.39641119329828001</v>
+        <v>0.3973788482424091</v>
       </c>
       <c r="O88" s="29">
-        <v>51.588999999999999</v>
+        <v>50.563000000000002</v>
       </c>
       <c r="P88" s="29"/>
     </row>
     <row r="89" spans="1:16" ht="15" x14ac:dyDescent="0.2">
       <c r="A89" s="23">
         <v>80</v>
       </c>
       <c r="B89" s="24" t="s">
         <v>104</v>
       </c>
       <c r="C89" s="25"/>
       <c r="D89" s="25"/>
       <c r="E89" s="25">
-        <v>67.290000000000006</v>
+        <v>67.289000000000001</v>
       </c>
       <c r="F89" s="25">
         <v>143.49600000000001</v>
       </c>
       <c r="G89" s="25">
-        <v>157.06200000000001</v>
+        <v>157.06299999999999</v>
       </c>
       <c r="H89" s="25">
-        <v>638.59100000000001</v>
+        <v>637.74199999999996</v>
       </c>
       <c r="I89" s="26">
         <f t="shared" si="6"/>
-        <v>1006.4390000000001</v>
+        <v>1005.5899999999999</v>
       </c>
       <c r="J89" s="27">
         <f>(C89+D89)-(I89*0.04)</f>
-        <v>-40.257560000000005</v>
+        <v>-40.223599999999998</v>
       </c>
       <c r="K89" s="27">
         <f t="shared" si="8"/>
-        <v>-53.482680000000002</v>
+        <v>-53.381799999999984</v>
       </c>
       <c r="L89" s="27">
         <f t="shared" si="9"/>
-        <v>48.948249999999973</v>
+        <v>49.16149999999999</v>
       </c>
       <c r="M89" s="27">
         <f t="shared" si="10"/>
-        <v>-4.5344299999999862</v>
+        <v>-4.220299999999952</v>
       </c>
       <c r="N89" s="28">
         <f t="shared" si="11"/>
-        <v>0.36549458039682481</v>
+        <v>0.36580316033373445</v>
       </c>
       <c r="O89" s="31"/>
       <c r="P89" s="31"/>
     </row>
     <row r="90" spans="1:16" ht="15" x14ac:dyDescent="0.2">
       <c r="A90" s="23">
         <v>81</v>
       </c>
       <c r="B90" s="24" t="s">
         <v>105</v>
       </c>
       <c r="C90" s="25"/>
       <c r="D90" s="25">
         <v>54.951999999999998</v>
       </c>
       <c r="E90" s="25">
-        <v>44.098999999999997</v>
+        <v>44.097999999999999</v>
       </c>
       <c r="F90" s="25">
-        <v>159.73400000000001</v>
+        <v>159.73500000000001</v>
       </c>
       <c r="G90" s="25">
         <v>184.27799999999999</v>
       </c>
       <c r="H90" s="25">
-        <v>771.59</v>
+        <v>771.58900000000006</v>
       </c>
       <c r="I90" s="26">
         <f t="shared" si="6"/>
-        <v>1214.653</v>
+        <v>1214.652</v>
       </c>
       <c r="J90" s="27">
         <f t="shared" si="7"/>
-        <v>6.3658799999999971</v>
+        <v>6.3659199999999956</v>
       </c>
       <c r="K90" s="27">
         <f t="shared" si="8"/>
-        <v>-46.707360000000023</v>
+        <v>-46.708240000000004</v>
       </c>
       <c r="L90" s="27">
         <f t="shared" si="9"/>
-        <v>40.348749999999995</v>
+        <v>40.350000000000023</v>
       </c>
       <c r="M90" s="27">
         <f t="shared" si="10"/>
-        <v>-6.3586099999999988</v>
+        <v>-6.3582400000000234</v>
       </c>
       <c r="N90" s="28">
         <f t="shared" si="11"/>
-        <v>0.36476508105607114</v>
+        <v>0.36476538136025788</v>
       </c>
       <c r="O90" s="29">
-        <v>54.951999999999998</v>
+        <v>54.951000000000001</v>
       </c>
       <c r="P90" s="29"/>
     </row>
     <row r="91" spans="1:16" ht="15" x14ac:dyDescent="0.2">
       <c r="A91" s="23">
         <v>82</v>
       </c>
       <c r="B91" s="24" t="s">
         <v>106</v>
       </c>
       <c r="C91" s="25">
-        <v>11.430999999999999</v>
+        <v>11.422000000000001</v>
       </c>
       <c r="D91" s="25">
-        <v>15.81</v>
+        <v>15.808</v>
       </c>
       <c r="E91" s="25">
         <v>16.414999999999999</v>
       </c>
       <c r="F91" s="25">
-        <v>110.435</v>
+        <v>110.42400000000001</v>
       </c>
       <c r="G91" s="25">
-        <v>74.091999999999999</v>
+        <v>75.441000000000003</v>
       </c>
       <c r="H91" s="25">
-        <v>386.65199999999999</v>
+        <v>384.584</v>
       </c>
       <c r="I91" s="26">
         <f t="shared" si="6"/>
-        <v>614.83500000000004</v>
+        <v>614.09400000000005</v>
       </c>
       <c r="J91" s="27">
         <f t="shared" si="7"/>
-        <v>2.6475999999999971</v>
+        <v>2.6662399999999984</v>
       </c>
       <c r="K91" s="27">
         <f t="shared" si="8"/>
-        <v>-30.124200000000009</v>
+        <v>-30.04628000000001</v>
       </c>
       <c r="L91" s="27">
         <f t="shared" si="9"/>
-        <v>30.818249999999978</v>
+        <v>32.341499999999996</v>
       </c>
       <c r="M91" s="27">
         <f t="shared" si="10"/>
-        <v>0.69404999999997585</v>
+        <v>2.2952200000000005</v>
       </c>
       <c r="N91" s="28">
         <f t="shared" si="11"/>
-        <v>0.37112883944472902</v>
+        <v>0.37373757112103356</v>
       </c>
       <c r="O91" s="29">
-        <v>27.241</v>
+        <v>27.23</v>
       </c>
       <c r="P91" s="29"/>
     </row>
     <row r="92" spans="1:16" ht="15" x14ac:dyDescent="0.2">
       <c r="A92" s="23">
         <v>83</v>
       </c>
       <c r="B92" s="24" t="s">
         <v>107</v>
       </c>
       <c r="C92" s="25"/>
       <c r="D92" s="25">
-        <v>26.702000000000002</v>
+        <v>23.271000000000001</v>
       </c>
       <c r="E92" s="25">
-        <v>64.477999999999994</v>
+        <v>58.874000000000002</v>
       </c>
       <c r="F92" s="25">
-        <v>158.959</v>
+        <v>154.59399999999999</v>
       </c>
       <c r="G92" s="25">
-        <v>133.06899999999999</v>
+        <v>133.066</v>
       </c>
       <c r="H92" s="25">
-        <v>715.60900000000004</v>
+        <v>688.52599999999995</v>
       </c>
       <c r="I92" s="26">
         <f t="shared" si="6"/>
-        <v>1098.817</v>
+        <v>1058.3309999999999</v>
       </c>
       <c r="J92" s="27">
         <f t="shared" si="7"/>
-        <v>-17.250679999999999</v>
+        <v>-19.062239999999996</v>
       </c>
       <c r="K92" s="27">
         <f t="shared" si="8"/>
-        <v>-40.678039999999996</v>
+        <v>-44.854719999999972</v>
       </c>
       <c r="L92" s="27">
         <f t="shared" si="9"/>
-        <v>17.323750000000018</v>
+        <v>23.077249999999992</v>
       </c>
       <c r="M92" s="27">
         <f t="shared" si="10"/>
-        <v>-23.354290000000049</v>
+        <v>-21.777469999999937</v>
       </c>
       <c r="N92" s="28">
         <f t="shared" si="11"/>
-        <v>0.34874596952904802</v>
+        <v>0.34942281762510974</v>
       </c>
       <c r="O92" s="29">
-        <v>26.702000000000002</v>
+        <v>23.271000000000001</v>
       </c>
       <c r="P92" s="29"/>
     </row>
     <row r="93" spans="1:16" ht="15" x14ac:dyDescent="0.2">
       <c r="A93" s="23">
         <v>84</v>
       </c>
       <c r="B93" s="24" t="s">
         <v>108</v>
       </c>
       <c r="C93" s="25"/>
       <c r="D93" s="25">
-        <v>70.667000000000002</v>
+        <v>69.594999999999999</v>
       </c>
       <c r="E93" s="25">
-        <v>42.603999999999999</v>
+        <v>41.753</v>
       </c>
       <c r="F93" s="25">
-        <v>181.10400000000001</v>
+        <v>180.55</v>
       </c>
       <c r="G93" s="25">
-        <v>239.21600000000001</v>
+        <v>237.29599999999999</v>
       </c>
       <c r="H93" s="25">
-        <v>1013.841</v>
+        <v>1008.067</v>
       </c>
       <c r="I93" s="26">
         <f t="shared" si="6"/>
-        <v>1547.432</v>
+        <v>1537.261</v>
       </c>
       <c r="J93" s="27">
         <f t="shared" si="7"/>
-        <v>8.7697199999999995</v>
+        <v>8.1045599999999993</v>
       </c>
       <c r="K93" s="27">
         <f t="shared" si="8"/>
-        <v>-72.420839999999984</v>
+        <v>-73.123319999999993</v>
       </c>
       <c r="L93" s="27">
         <f t="shared" si="9"/>
-        <v>33.462000000000046</v>
+        <v>33.530750000000012</v>
       </c>
       <c r="M93" s="27">
         <f t="shared" si="10"/>
-        <v>-38.958840000000009</v>
+        <v>-39.592570000000023</v>
       </c>
       <c r="N93" s="28">
         <f t="shared" si="11"/>
-        <v>0.34482355282816951</v>
+        <v>0.34424473137612932</v>
       </c>
       <c r="O93" s="29">
-        <v>70.667000000000002</v>
+        <v>69.593000000000004</v>
       </c>
       <c r="P93" s="29"/>
     </row>
     <row r="94" spans="1:16" ht="15" x14ac:dyDescent="0.2">
       <c r="A94" s="23">
         <v>85</v>
       </c>
       <c r="B94" s="24" t="s">
         <v>109</v>
       </c>
       <c r="C94" s="25">
-        <v>21.85</v>
+        <v>20.266999999999999</v>
       </c>
       <c r="D94" s="25">
-        <v>15.077999999999999</v>
+        <v>14.099</v>
       </c>
       <c r="E94" s="25">
-        <v>62.439</v>
+        <v>61.444000000000003</v>
       </c>
       <c r="F94" s="25">
-        <v>160.03700000000001</v>
+        <v>155</v>
       </c>
       <c r="G94" s="25">
-        <v>212.15100000000001</v>
+        <v>209.13800000000001</v>
       </c>
       <c r="H94" s="25">
-        <v>656.28399999999999</v>
+        <v>641.07399999999996</v>
       </c>
       <c r="I94" s="26">
         <f t="shared" si="6"/>
-        <v>1127.8389999999999</v>
+        <v>1101.0219999999999</v>
       </c>
       <c r="J94" s="27">
         <f t="shared" si="7"/>
-        <v>-8.1855600000000024</v>
+        <v>-9.6748800000000017</v>
       </c>
       <c r="K94" s="27">
         <f t="shared" si="8"/>
-        <v>-35.973680000000002</v>
+        <v>-36.312639999999988</v>
       </c>
       <c r="L94" s="27">
         <f t="shared" si="9"/>
-        <v>90.228250000000003</v>
+        <v>88.88250000000005</v>
       </c>
       <c r="M94" s="27">
         <f t="shared" si="10"/>
-        <v>54.254570000000058</v>
+        <v>52.569860000000006</v>
       </c>
       <c r="N94" s="28">
         <f t="shared" si="11"/>
-        <v>0.41810488908434629</v>
+        <v>0.41774642105244036</v>
       </c>
       <c r="O94" s="29">
-        <v>36.927999999999997</v>
+        <v>34.366</v>
       </c>
       <c r="P94" s="29"/>
     </row>
     <row r="95" spans="1:16" ht="15" x14ac:dyDescent="0.2">
       <c r="A95" s="23">
         <v>86</v>
       </c>
       <c r="B95" s="24" t="s">
         <v>110</v>
       </c>
       <c r="C95" s="25"/>
       <c r="D95" s="25">
-        <v>61.292000000000002</v>
+        <v>55.747</v>
       </c>
       <c r="E95" s="25">
         <v>29.276</v>
       </c>
       <c r="F95" s="25">
-        <v>191.28200000000001</v>
+        <v>185.84899999999999</v>
       </c>
       <c r="G95" s="25">
-        <v>185.86699999999999</v>
+        <v>183.55600000000001</v>
       </c>
       <c r="H95" s="25">
-        <v>898.9</v>
+        <v>852.68299999999999</v>
       </c>
       <c r="I95" s="26">
         <f t="shared" si="6"/>
-        <v>1366.617</v>
+        <v>1307.1109999999999</v>
       </c>
       <c r="J95" s="27">
         <f t="shared" si="7"/>
-        <v>6.6273200000000045</v>
+        <v>3.4625600000000034</v>
       </c>
       <c r="K95" s="27">
         <f t="shared" si="8"/>
-        <v>-73.426039999999986</v>
+        <v>-71.830319999999972</v>
       </c>
       <c r="L95" s="27">
         <f t="shared" si="9"/>
-        <v>35.49475000000001</v>
+        <v>42.627250000000004</v>
       </c>
       <c r="M95" s="27">
         <f t="shared" si="10"/>
-        <v>-37.93128999999999</v>
+        <v>-29.203069999999968</v>
       </c>
       <c r="N95" s="28">
         <f t="shared" si="11"/>
-        <v>0.34224438888144959</v>
+        <v>0.34765830904949929</v>
       </c>
       <c r="O95" s="29">
-        <v>61.292000000000002</v>
+        <v>55.747</v>
       </c>
       <c r="P95" s="29"/>
     </row>
     <row r="96" spans="1:16" ht="15" x14ac:dyDescent="0.2">
       <c r="A96" s="23">
         <v>87</v>
       </c>
       <c r="B96" s="24" t="s">
         <v>111</v>
       </c>
       <c r="C96" s="25"/>
       <c r="D96" s="25"/>
       <c r="E96" s="25">
-        <v>71.819000000000003</v>
+        <v>71.819999999999993</v>
       </c>
       <c r="F96" s="25">
-        <v>139.679</v>
+        <v>139.67599999999999</v>
       </c>
       <c r="G96" s="25">
-        <v>117.577</v>
+        <v>117.58</v>
       </c>
       <c r="H96" s="25">
-        <v>697.73500000000001</v>
+        <v>697.73699999999997</v>
       </c>
       <c r="I96" s="26">
         <f t="shared" si="6"/>
-        <v>1026.81</v>
+        <v>1026.8129999999999</v>
       </c>
       <c r="J96" s="27">
         <f t="shared" si="7"/>
-        <v>-41.072400000000002</v>
+        <v>-41.072519999999997</v>
       </c>
       <c r="K96" s="27">
         <f t="shared" si="8"/>
-        <v>-51.398199999999989</v>
+        <v>-51.397559999999984</v>
       </c>
       <c r="L96" s="27">
         <f t="shared" si="9"/>
-        <v>0.55349999999998545</v>
+        <v>0.55275000000000318</v>
       </c>
       <c r="M96" s="27">
         <f t="shared" si="10"/>
-        <v>-50.844699999999989</v>
+        <v>-50.844809999999995</v>
       </c>
       <c r="N96" s="28">
         <f t="shared" si="11"/>
-        <v>0.32048285466639398</v>
+        <v>0.32048289221114262</v>
       </c>
       <c r="O96" s="31"/>
       <c r="P96" s="31"/>
     </row>
     <row r="97" spans="1:16" ht="15" x14ac:dyDescent="0.2">
       <c r="A97" s="23">
         <v>88</v>
       </c>
       <c r="B97" s="24" t="s">
         <v>112</v>
       </c>
       <c r="C97" s="25"/>
       <c r="D97" s="25">
-        <v>23.995999999999999</v>
+        <v>23.997</v>
       </c>
       <c r="E97" s="25">
-        <v>31.998999999999999</v>
+        <v>31.998000000000001</v>
       </c>
       <c r="F97" s="25">
-        <v>97.51</v>
+        <v>96.242000000000004</v>
       </c>
       <c r="G97" s="25">
-        <v>147.46100000000001</v>
+        <v>147.44800000000001</v>
       </c>
       <c r="H97" s="25">
-        <v>477.22</v>
+        <v>474.19</v>
       </c>
       <c r="I97" s="26">
         <f t="shared" si="6"/>
-        <v>778.18600000000004</v>
+        <v>773.875</v>
       </c>
       <c r="J97" s="27">
         <f t="shared" si="7"/>
-        <v>-7.1314400000000049</v>
+        <v>-6.958000000000002</v>
       </c>
       <c r="K97" s="27">
         <f t="shared" si="8"/>
-        <v>-37.38732000000001</v>
+        <v>-36.86999999999999</v>
       </c>
       <c r="L97" s="27">
         <f t="shared" si="9"/>
-        <v>50.424499999999995</v>
+        <v>50.221249999999998</v>
       </c>
       <c r="M97" s="27">
         <f t="shared" si="10"/>
-        <v>13.037179999999978</v>
+        <v>13.35125000000005</v>
       </c>
       <c r="N97" s="28">
         <f t="shared" si="11"/>
-        <v>0.38675329548462706</v>
+        <v>0.38725246325310941</v>
       </c>
       <c r="O97" s="29">
-        <v>23.995999999999999</v>
+        <v>23.997</v>
       </c>
       <c r="P97" s="29"/>
     </row>
     <row r="98" spans="1:16" ht="15" x14ac:dyDescent="0.2">
       <c r="A98" s="23">
         <v>89</v>
       </c>
       <c r="B98" s="24" t="s">
         <v>113</v>
       </c>
       <c r="C98" s="25"/>
       <c r="D98" s="25"/>
       <c r="E98" s="25">
-        <v>74.111000000000004</v>
+        <v>74.11</v>
       </c>
       <c r="F98" s="25">
         <v>104.553</v>
       </c>
       <c r="G98" s="25">
         <v>158.62</v>
       </c>
       <c r="H98" s="25">
-        <v>529.75199999999995</v>
+        <v>525.60699999999997</v>
       </c>
       <c r="I98" s="26">
         <f t="shared" si="6"/>
-        <v>867.03599999999994</v>
+        <v>862.89</v>
       </c>
       <c r="J98" s="27">
         <f t="shared" si="7"/>
-        <v>-34.681440000000002</v>
+        <v>-34.515599999999999</v>
       </c>
       <c r="K98" s="27">
         <f t="shared" si="8"/>
-        <v>-29.933319999999981</v>
+        <v>-29.436799999999991</v>
       </c>
       <c r="L98" s="27">
         <f t="shared" si="9"/>
-        <v>46.414000000000016</v>
+        <v>47.450500000000005</v>
       </c>
       <c r="M98" s="27">
         <f t="shared" si="10"/>
-        <v>16.480680000000007</v>
+        <v>18.013700000000028</v>
       </c>
       <c r="N98" s="28">
         <f t="shared" si="11"/>
-        <v>0.38900806886911271</v>
+        <v>0.39087600968837283</v>
       </c>
       <c r="O98" s="31"/>
       <c r="P98" s="31"/>
     </row>
     <row r="99" spans="1:16" ht="15" x14ac:dyDescent="0.2">
       <c r="A99" s="23">
         <v>90</v>
       </c>
       <c r="B99" s="24" t="s">
         <v>114</v>
       </c>
       <c r="C99" s="25"/>
       <c r="D99" s="25">
-        <v>36.773000000000003</v>
+        <v>37.158000000000001</v>
       </c>
       <c r="E99" s="25">
-        <v>13.202</v>
+        <v>17.239000000000001</v>
       </c>
       <c r="F99" s="25">
-        <v>134.53100000000001</v>
+        <v>133.339</v>
       </c>
       <c r="G99" s="25">
-        <v>120.00700000000001</v>
+        <v>118.307</v>
       </c>
       <c r="H99" s="25">
-        <v>443.84199999999998</v>
+        <v>448.43700000000001</v>
       </c>
       <c r="I99" s="26">
         <f t="shared" si="6"/>
-        <v>748.35500000000002</v>
+        <v>754.48</v>
       </c>
       <c r="J99" s="27">
         <f t="shared" si="7"/>
-        <v>6.8388000000000027</v>
+        <v>6.9787999999999997</v>
       </c>
       <c r="K99" s="27">
         <f t="shared" si="8"/>
-        <v>-39.827599999999997</v>
+        <v>-36.140599999999992</v>
       </c>
       <c r="L99" s="27">
         <f t="shared" si="9"/>
-        <v>67.449250000000006</v>
+        <v>63.02600000000001</v>
       </c>
       <c r="M99" s="27">
         <f t="shared" si="10"/>
-        <v>27.621650000000045</v>
+        <v>26.885400000000004</v>
       </c>
       <c r="N99" s="28">
         <f t="shared" si="11"/>
-        <v>0.4069098222100474</v>
+        <v>0.40563434418407379</v>
       </c>
       <c r="O99" s="29">
-        <v>36.773000000000003</v>
+        <v>37.158000000000001</v>
       </c>
       <c r="P99" s="29"/>
     </row>
     <row r="100" spans="1:16" ht="15" x14ac:dyDescent="0.2">
       <c r="A100" s="23">
         <v>91</v>
       </c>
       <c r="B100" s="24" t="s">
         <v>115</v>
       </c>
       <c r="C100" s="25">
-        <v>22.198</v>
+        <v>21.739000000000001</v>
       </c>
       <c r="D100" s="25">
-        <v>49.81</v>
+        <v>52.320999999999998</v>
       </c>
       <c r="E100" s="25">
-        <v>19.605</v>
+        <v>19.983000000000001</v>
       </c>
       <c r="F100" s="25">
-        <v>145.53800000000001</v>
+        <v>147.08500000000001</v>
       </c>
       <c r="G100" s="25">
-        <v>159.63399999999999</v>
+        <v>157.19200000000001</v>
       </c>
       <c r="H100" s="25">
-        <v>539.803</v>
+        <v>557.08799999999997</v>
       </c>
       <c r="I100" s="26">
         <f t="shared" si="6"/>
-        <v>936.58799999999997</v>
+        <v>955.40800000000002</v>
       </c>
       <c r="J100" s="27">
         <f t="shared" si="7"/>
-        <v>34.544480000000007</v>
+        <v>35.843679999999999</v>
       </c>
       <c r="K100" s="27">
         <f t="shared" si="8"/>
-        <v>-20.77755999999998</v>
+        <v>-20.605959999999996</v>
       </c>
       <c r="L100" s="27">
         <f t="shared" si="9"/>
-        <v>71.025000000000034</v>
+        <v>65.42500000000004</v>
       </c>
       <c r="M100" s="27">
         <f t="shared" si="10"/>
-        <v>50.247439999999983</v>
+        <v>44.81904000000003</v>
       </c>
       <c r="N100" s="28">
         <f t="shared" si="11"/>
-        <v>0.42364945952756172</v>
+        <v>0.41691089042587048</v>
       </c>
       <c r="O100" s="29">
-        <v>72.007999999999996</v>
+        <v>74.06</v>
       </c>
       <c r="P100" s="29"/>
     </row>
     <row r="101" spans="1:16" ht="15" x14ac:dyDescent="0.2">
       <c r="A101" s="23">
         <v>92</v>
       </c>
       <c r="B101" s="24" t="s">
         <v>116</v>
       </c>
       <c r="C101" s="25"/>
       <c r="D101" s="25">
-        <v>74.847999999999999</v>
+        <v>74.834000000000003</v>
       </c>
       <c r="E101" s="25">
-        <v>25.157</v>
+        <v>25.155999999999999</v>
       </c>
       <c r="F101" s="25">
-        <v>135.398</v>
+        <v>135.38800000000001</v>
       </c>
       <c r="G101" s="25">
-        <v>182.74100000000001</v>
+        <v>182.261</v>
       </c>
       <c r="H101" s="25">
-        <v>630.38699999999994</v>
+        <v>627.74800000000005</v>
       </c>
       <c r="I101" s="26">
         <f t="shared" si="6"/>
-        <v>1048.5309999999999</v>
+        <v>1045.3870000000002</v>
       </c>
       <c r="J101" s="27">
         <f t="shared" si="7"/>
-        <v>32.906759999999998</v>
+        <v>33.018519999999995</v>
       </c>
       <c r="K101" s="27">
         <f t="shared" si="8"/>
-        <v>-25.818719999999999</v>
+        <v>-25.456440000000001</v>
       </c>
       <c r="L101" s="27">
         <f t="shared" si="9"/>
-        <v>56.006250000000023</v>
+        <v>56.302249999999958</v>
       </c>
       <c r="M101" s="27">
         <f t="shared" si="10"/>
-        <v>30.187530000000038</v>
+        <v>30.845809999999972</v>
       </c>
       <c r="N101" s="28">
         <f t="shared" si="11"/>
-        <v>0.39879030758270384</v>
+        <v>0.39950659420865187</v>
       </c>
       <c r="O101" s="29">
-        <v>74.847999999999999</v>
+        <v>74.834000000000003</v>
       </c>
       <c r="P101" s="29"/>
     </row>
     <row r="102" spans="1:16" ht="15" x14ac:dyDescent="0.2">
       <c r="A102" s="23">
         <v>93</v>
       </c>
       <c r="B102" s="24" t="s">
         <v>117</v>
       </c>
       <c r="C102" s="25"/>
       <c r="D102" s="25">
         <v>22.411000000000001</v>
       </c>
       <c r="E102" s="25">
         <v>34.134</v>
       </c>
       <c r="F102" s="25">
         <v>152.10499999999999</v>
       </c>
       <c r="G102" s="25">
         <v>162.74100000000001</v>
       </c>
       <c r="H102" s="25">
         <v>580.47900000000004</v>
@@ -7816,431 +7818,431 @@
         <f t="shared" si="9"/>
         <v>76.878500000000003</v>
       </c>
       <c r="M102" s="27">
         <f t="shared" si="10"/>
         <v>19.199099999999987</v>
       </c>
       <c r="N102" s="28">
         <f t="shared" si="11"/>
         <v>0.39016987613854831</v>
       </c>
       <c r="O102" s="29">
         <v>22.411000000000001</v>
       </c>
       <c r="P102" s="29"/>
     </row>
     <row r="103" spans="1:16" ht="15" x14ac:dyDescent="0.2">
       <c r="A103" s="23">
         <v>94</v>
       </c>
       <c r="B103" s="24" t="s">
         <v>118</v>
       </c>
       <c r="C103" s="25"/>
       <c r="D103" s="25">
-        <v>54.738</v>
+        <v>52.753999999999998</v>
       </c>
       <c r="E103" s="25">
-        <v>35.845999999999997</v>
+        <v>35.363999999999997</v>
       </c>
       <c r="F103" s="25">
-        <v>190.64500000000001</v>
+        <v>189.565</v>
       </c>
       <c r="G103" s="25">
-        <v>210.53700000000001</v>
+        <v>210.55600000000001</v>
       </c>
       <c r="H103" s="25">
-        <v>830.38599999999997</v>
+        <v>829.21400000000006</v>
       </c>
       <c r="I103" s="26">
         <f t="shared" si="6"/>
-        <v>1322.152</v>
+        <v>1317.453</v>
       </c>
       <c r="J103" s="27">
         <f t="shared" si="7"/>
-        <v>1.8519199999999998</v>
+        <v>5.5879999999994823E-2</v>
       </c>
       <c r="K103" s="27">
         <f t="shared" si="8"/>
-        <v>-68.074240000000003</v>
+        <v>-69.97636</v>
       </c>
       <c r="L103" s="27">
         <f t="shared" si="9"/>
-        <v>70.644000000000005</v>
+        <v>70.757749999999987</v>
       </c>
       <c r="M103" s="27">
         <f t="shared" si="10"/>
-        <v>2.5697600000000875</v>
+        <v>0.78139000000004444</v>
       </c>
       <c r="N103" s="28">
         <f t="shared" si="11"/>
-        <v>0.37194361919053187</v>
+        <v>0.37059310654725447</v>
       </c>
       <c r="O103" s="29">
-        <v>54.738</v>
+        <v>52.753999999999998</v>
       </c>
       <c r="P103" s="29"/>
     </row>
     <row r="104" spans="1:16" ht="15" x14ac:dyDescent="0.2">
       <c r="A104" s="23">
         <v>95</v>
       </c>
       <c r="B104" s="24" t="s">
         <v>119</v>
       </c>
       <c r="C104" s="25"/>
       <c r="D104" s="25"/>
       <c r="E104" s="25">
-        <v>46.356000000000002</v>
+        <v>46.353999999999999</v>
       </c>
       <c r="F104" s="25">
         <v>118.074</v>
       </c>
       <c r="G104" s="25">
         <v>91.444999999999993</v>
       </c>
       <c r="H104" s="25">
         <v>565.59</v>
       </c>
       <c r="I104" s="26">
         <f t="shared" si="6"/>
-        <v>821.46500000000003</v>
+        <v>821.46299999999997</v>
       </c>
       <c r="J104" s="27">
         <f t="shared" si="7"/>
-        <v>-32.858600000000003</v>
+        <v>-32.858519999999999</v>
       </c>
       <c r="K104" s="27">
         <f t="shared" si="8"/>
-        <v>-52.219799999999999</v>
+        <v>-52.221559999999997</v>
       </c>
       <c r="L104" s="27">
         <f t="shared" si="9"/>
-        <v>4.1527499999999975</v>
+        <v>4.1532500000000141</v>
       </c>
       <c r="M104" s="27">
         <f t="shared" si="10"/>
-        <v>-48.067049999999995</v>
+        <v>-48.068309999999997</v>
       </c>
       <c r="N104" s="28">
         <f t="shared" si="11"/>
-        <v>0.31148618626478303</v>
+        <v>0.31148450995358279</v>
       </c>
       <c r="O104" s="31"/>
       <c r="P104" s="29">
         <v>0</v>
       </c>
     </row>
     <row r="105" spans="1:16" ht="15" x14ac:dyDescent="0.2">
       <c r="A105" s="23">
         <v>96</v>
       </c>
       <c r="B105" s="24" t="s">
         <v>120</v>
       </c>
       <c r="C105" s="25"/>
       <c r="D105" s="25">
-        <v>62.287999999999997</v>
+        <v>62.273000000000003</v>
       </c>
       <c r="E105" s="25">
-        <v>20.640999999999998</v>
+        <v>20.65</v>
       </c>
       <c r="F105" s="25">
-        <v>155.40600000000001</v>
+        <v>155.375</v>
       </c>
       <c r="G105" s="25">
-        <v>213.661</v>
+        <v>213.65299999999999</v>
       </c>
       <c r="H105" s="25">
-        <v>716.54700000000003</v>
+        <v>715.91099999999994</v>
       </c>
       <c r="I105" s="26">
         <f t="shared" si="6"/>
-        <v>1168.5430000000001</v>
+        <v>1167.8620000000001</v>
       </c>
       <c r="J105" s="27">
         <f t="shared" si="7"/>
-        <v>15.546279999999989</v>
+        <v>15.558520000000001</v>
       </c>
       <c r="K105" s="27">
         <f t="shared" si="8"/>
-        <v>-57.296160000000015</v>
+        <v>-57.220439999999996</v>
       </c>
       <c r="L105" s="27">
         <f t="shared" si="9"/>
-        <v>76.931249999999977</v>
+        <v>77.0625</v>
       </c>
       <c r="M105" s="27">
         <f t="shared" si="10"/>
-        <v>19.635089999999934</v>
+        <v>19.842060000000004</v>
       </c>
       <c r="N105" s="28">
         <f t="shared" si="11"/>
-        <v>0.38680305303270818</v>
+        <v>0.38699007245719097</v>
       </c>
       <c r="O105" s="29">
-        <v>62.286999999999999</v>
+        <v>62.273000000000003</v>
       </c>
       <c r="P105" s="29"/>
     </row>
     <row r="106" spans="1:16" ht="15" x14ac:dyDescent="0.2">
       <c r="A106" s="23">
         <v>97</v>
       </c>
       <c r="B106" s="24" t="s">
         <v>121</v>
       </c>
       <c r="C106" s="25">
-        <v>13.218999999999999</v>
+        <v>11.452</v>
       </c>
       <c r="D106" s="25">
-        <v>32.225999999999999</v>
+        <v>32.215000000000003</v>
       </c>
       <c r="E106" s="25">
-        <v>57.475999999999999</v>
+        <v>58.531999999999996</v>
       </c>
       <c r="F106" s="25">
-        <v>191.404</v>
+        <v>190.41399999999999</v>
       </c>
       <c r="G106" s="25">
-        <v>194.27199999999999</v>
+        <v>194.42699999999999</v>
       </c>
       <c r="H106" s="25">
-        <v>968.43399999999997</v>
+        <v>975.303</v>
       </c>
       <c r="I106" s="26">
         <f t="shared" si="6"/>
-        <v>1457.0309999999999</v>
+        <v>1462.3429999999998</v>
       </c>
       <c r="J106" s="27">
         <f t="shared" si="7"/>
-        <v>-12.836239999999997</v>
+        <v>-14.826719999999995</v>
       </c>
       <c r="K106" s="27">
         <f t="shared" si="8"/>
-        <v>-71.922719999999998</v>
+        <v>-73.28215999999999</v>
       </c>
       <c r="L106" s="27">
         <f t="shared" si="9"/>
-        <v>21.41825</v>
+        <v>19.255250000000046</v>
       </c>
       <c r="M106" s="27">
         <f t="shared" si="10"/>
-        <v>-50.504469999999969</v>
+        <v>-54.02690999999993</v>
       </c>
       <c r="N106" s="28">
         <f t="shared" si="11"/>
-        <v>0.33533740874422024</v>
+        <v>0.33305455696782493</v>
       </c>
       <c r="O106" s="29">
-        <v>45.445</v>
+        <v>43.667000000000002</v>
       </c>
       <c r="P106" s="29"/>
     </row>
     <row r="107" spans="1:16" ht="15" x14ac:dyDescent="0.2">
       <c r="A107" s="23">
         <v>98</v>
       </c>
       <c r="B107" s="24" t="s">
         <v>122</v>
       </c>
       <c r="C107" s="25">
         <v>16.852</v>
       </c>
       <c r="D107" s="25"/>
       <c r="E107" s="25">
-        <v>42.417000000000002</v>
+        <v>42.415999999999997</v>
       </c>
       <c r="F107" s="25">
         <v>124.486</v>
       </c>
       <c r="G107" s="25">
-        <v>117.587</v>
+        <v>117.58799999999999</v>
       </c>
       <c r="H107" s="25">
         <v>486.22699999999998</v>
       </c>
       <c r="I107" s="26">
         <f t="shared" si="6"/>
         <v>787.56899999999996</v>
       </c>
       <c r="J107" s="27">
         <f t="shared" si="7"/>
         <v>-14.650759999999998</v>
       </c>
       <c r="K107" s="27">
         <f t="shared" si="8"/>
-        <v>-35.23927999999998</v>
+        <v>-35.240279999999984</v>
       </c>
       <c r="L107" s="27">
         <f t="shared" si="9"/>
-        <v>45.180750000000018</v>
+        <v>45.181750000000022</v>
       </c>
       <c r="M107" s="27">
         <f t="shared" si="10"/>
         <v>9.9414699999999812</v>
       </c>
       <c r="N107" s="28">
         <f t="shared" si="11"/>
         <v>0.38262298287515123</v>
       </c>
       <c r="O107" s="29">
         <v>16.852</v>
       </c>
       <c r="P107" s="29"/>
     </row>
     <row r="108" spans="1:16" ht="15" x14ac:dyDescent="0.2">
       <c r="A108" s="23">
         <v>99</v>
       </c>
       <c r="B108" s="24" t="s">
         <v>123</v>
       </c>
       <c r="C108" s="25">
         <v>5.0979999999999999</v>
       </c>
       <c r="D108" s="25">
-        <v>25.158000000000001</v>
+        <v>25.16</v>
       </c>
       <c r="E108" s="25">
-        <v>47.624000000000002</v>
+        <v>47.622999999999998</v>
       </c>
       <c r="F108" s="25">
         <v>141.48699999999999</v>
       </c>
       <c r="G108" s="25">
         <v>93.811000000000007</v>
       </c>
       <c r="H108" s="25">
         <v>824.98699999999997</v>
       </c>
       <c r="I108" s="26">
         <f>SUM(C108:H108)</f>
-        <v>1138.165</v>
+        <v>1138.1659999999999</v>
       </c>
       <c r="J108" s="27">
         <f t="shared" si="7"/>
-        <v>-15.270600000000002</v>
+        <v>-15.268640000000001</v>
       </c>
       <c r="K108" s="27">
         <f t="shared" si="8"/>
-        <v>-58.699799999999982</v>
+        <v>-58.698919999999987</v>
       </c>
       <c r="L108" s="27">
         <f t="shared" si="9"/>
-        <v>-49.243249999999989</v>
+        <v>-49.243499999999983</v>
       </c>
       <c r="M108" s="27">
         <f t="shared" si="10"/>
-        <v>-107.94304999999997</v>
+        <v>-107.94242000000003</v>
       </c>
       <c r="N108" s="28">
         <f t="shared" si="11"/>
-        <v>0.2751604556457104</v>
+        <v>0.27516109249441645</v>
       </c>
       <c r="O108" s="29">
-        <v>30.026</v>
+        <v>30.027999999999999</v>
       </c>
       <c r="P108" s="29"/>
     </row>
     <row r="109" spans="1:16" ht="15" x14ac:dyDescent="0.2">
       <c r="A109" s="32"/>
       <c r="B109" s="33"/>
       <c r="C109" s="34"/>
       <c r="D109" s="34"/>
       <c r="E109" s="34"/>
       <c r="F109" s="34"/>
       <c r="G109" s="34"/>
       <c r="H109" s="34"/>
       <c r="I109" s="34"/>
       <c r="J109" s="27"/>
       <c r="K109" s="27"/>
       <c r="L109" s="27"/>
       <c r="M109" s="27"/>
       <c r="N109" s="35"/>
       <c r="O109" s="36"/>
       <c r="P109" s="36"/>
     </row>
     <row r="110" spans="1:16" ht="15" x14ac:dyDescent="0.2">
       <c r="A110" s="32"/>
       <c r="B110" s="33"/>
       <c r="C110" s="34">
         <f t="shared" ref="C110:I110" si="12">SUM(C10:C109)</f>
-        <v>611.49300000000005</v>
+        <v>596.71900000000005</v>
       </c>
       <c r="D110" s="34">
         <f t="shared" si="12"/>
-        <v>3437.0230000000006</v>
+        <v>3366.748</v>
       </c>
       <c r="E110" s="34">
         <f t="shared" si="12"/>
-        <v>3902.5999999999985</v>
+        <v>3905.6640000000002</v>
       </c>
       <c r="F110" s="34">
         <f t="shared" si="12"/>
-        <v>14240.035000000002</v>
+        <v>14189.449000000002</v>
       </c>
       <c r="G110" s="34">
         <f t="shared" si="12"/>
-        <v>15996.495999999999</v>
+        <v>15913.224000000006</v>
       </c>
       <c r="H110" s="34">
         <f>SUM(H10:H109)</f>
-        <v>63820.407999999996</v>
+        <v>63519.301999999996</v>
       </c>
       <c r="I110" s="34">
         <f t="shared" si="12"/>
-        <v>102008.05500000004</v>
+        <v>101491.10599999993</v>
       </c>
       <c r="J110" s="27">
         <f t="shared" si="7"/>
-        <v>-31.806200000000899</v>
+        <v>-96.177239999997255</v>
       </c>
       <c r="K110" s="27">
         <f t="shared" si="8"/>
-        <v>-4289.8506000000043</v>
+        <v>-4309.8017199999913</v>
       </c>
       <c r="L110" s="27">
         <f t="shared" si="9"/>
-        <v>4734.5172499999935</v>
+        <v>4729.896500000028</v>
       </c>
       <c r="M110" s="27">
         <f t="shared" si="10"/>
-        <v>444.66664999998466</v>
+        <v>420.09478000002855</v>
       </c>
       <c r="N110" s="35">
         <f t="shared" si="11"/>
-        <v>0.37435913271750926</v>
+        <v>0.3741392275299476</v>
       </c>
       <c r="O110" s="34">
         <f>SUM(O10:O109)</f>
-        <v>4036.5559999999991</v>
+        <v>3961.0159999999996</v>
       </c>
       <c r="P110" s="34">
         <f>SUM(P10:P109)</f>
-        <v>0.1</v>
+        <v>0.106</v>
       </c>
     </row>
     <row r="111" spans="1:16" s="37" customFormat="1" ht="15" x14ac:dyDescent="0.2">
       <c r="C111" s="38"/>
       <c r="D111" s="38"/>
       <c r="E111" s="38"/>
       <c r="F111" s="38"/>
       <c r="I111" s="39"/>
     </row>
     <row r="112" spans="1:16" s="37" customFormat="1" ht="15" x14ac:dyDescent="0.2">
       <c r="C112" s="42"/>
       <c r="D112" s="42"/>
       <c r="E112" s="42"/>
       <c r="F112" s="42"/>
       <c r="G112" s="42"/>
       <c r="H112" s="42"/>
       <c r="I112" s="42"/>
       <c r="J112" s="41"/>
       <c r="K112" s="41"/>
       <c r="L112" s="41"/>
       <c r="M112" s="41"/>
       <c r="N112" s="41"/>
       <c r="O112" s="41"/>
       <c r="P112" s="41"/>
     </row>
@@ -8266,52 +8268,52 @@
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
-      <vt:lpstr>2024</vt:lpstr>
-      <vt:lpstr>'2024'!Final</vt:lpstr>
+      <vt:lpstr>2025</vt:lpstr>
+      <vt:lpstr>'2025'!Final</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Mason, Cameron</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Folder_Number">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Folder_Code">
@@ -8391,27 +8393,48 @@
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="28" name="Document_Updater">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="29" name="Document_UpdaterDesc">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="30" name="Document_UpdateDate">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="31" name="Document_Size">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="32" name="Document_Storage">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="33" name="Document_StorageDesc">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="34" name="Document_Department">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="35" name="Document_DepartmentDesc">
     <vt:lpwstr/>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="36" name="MSIP_Label_0faac733-ded1-41e0-8ea6-961193f81247_Enabled">
+    <vt:lpwstr>true</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="37" name="MSIP_Label_0faac733-ded1-41e0-8ea6-961193f81247_SetDate">
+    <vt:lpwstr>2025-07-24T18:48:50Z</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="38" name="MSIP_Label_0faac733-ded1-41e0-8ea6-961193f81247_Method">
+    <vt:lpwstr>Standard</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="39" name="MSIP_Label_0faac733-ded1-41e0-8ea6-961193f81247_Name">
+    <vt:lpwstr>defa4170-0d19-0005-0004-bc88714345d2</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="40" name="MSIP_Label_0faac733-ded1-41e0-8ea6-961193f81247_SiteId">
+    <vt:lpwstr>a1e65fcc-32fa-4fdd-8692-0cc2eb06676e</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="41" name="MSIP_Label_0faac733-ded1-41e0-8ea6-961193f81247_ActionId">
+    <vt:lpwstr>2ba5020f-92d1-4de3-b43f-b7cce75f1b15</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="42" name="MSIP_Label_0faac733-ded1-41e0-8ea6-961193f81247_ContentBits">
+    <vt:lpwstr>0</vt:lpwstr>
+  </property>
 </Properties>
 </file>