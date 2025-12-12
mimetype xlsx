--- v0 (2025-10-18)
+++ v1 (2025-12-12)
@@ -1,810 +1,887 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27928"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="W:\Planning\SystemsPlanning\Highway\SQL\Programs\FFC\Report Copies\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="W:\Planning\SystemsPlanning\Highway\FedFuncClass\Mileage Reports\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{9CAEF722-B87D-4BED-B15F-7709F72EED77}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{5C19B1B2-FE26-455C-965E-1722430AF368}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{BA049D39-B500-495A-84AC-5CB4C86E73F1}"/>
+    <workbookView xWindow="-28920" yWindow="-6390" windowWidth="29040" windowHeight="15720" xr2:uid="{BA049D39-B500-495A-84AC-5CB4C86E73F1}"/>
   </bookViews>
   <sheets>
-    <sheet name="2024" sheetId="2" r:id="rId1"/>
+    <sheet name="2025" sheetId="3" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="F10" i="2" l="1"/>
-[...452 lines deleted...]
-  <c r="L74" i="2"/>
+  <c r="J52" i="3" l="1"/>
+  <c r="L52" i="3" s="1"/>
+  <c r="F52" i="3"/>
+  <c r="J25" i="3"/>
+  <c r="L25" i="3" s="1"/>
+  <c r="F25" i="3"/>
+  <c r="F11" i="3"/>
+  <c r="F12" i="3"/>
+  <c r="J12" i="3" s="1"/>
+  <c r="M12" i="3" s="1"/>
+  <c r="F13" i="3"/>
+  <c r="J13" i="3" s="1"/>
+  <c r="K13" i="3" s="1"/>
+  <c r="F14" i="3"/>
+  <c r="F15" i="3"/>
+  <c r="F16" i="3"/>
+  <c r="F17" i="3"/>
+  <c r="J17" i="3" s="1"/>
+  <c r="L17" i="3" s="1"/>
+  <c r="F18" i="3"/>
+  <c r="F19" i="3"/>
+  <c r="J19" i="3" s="1"/>
+  <c r="N19" i="3" s="1"/>
+  <c r="F20" i="3"/>
+  <c r="F21" i="3"/>
+  <c r="F22" i="3"/>
+  <c r="F23" i="3"/>
+  <c r="F24" i="3"/>
+  <c r="F26" i="3"/>
+  <c r="F27" i="3"/>
+  <c r="F28" i="3"/>
+  <c r="F29" i="3"/>
+  <c r="J29" i="3" s="1"/>
+  <c r="F30" i="3"/>
+  <c r="F31" i="3"/>
+  <c r="J31" i="3" s="1"/>
+  <c r="O31" i="3" s="1"/>
+  <c r="F32" i="3"/>
+  <c r="F33" i="3"/>
+  <c r="F34" i="3"/>
+  <c r="F35" i="3"/>
+  <c r="F36" i="3"/>
+  <c r="F37" i="3"/>
+  <c r="F38" i="3"/>
+  <c r="J38" i="3" s="1"/>
+  <c r="N38" i="3" s="1"/>
+  <c r="F39" i="3"/>
+  <c r="F40" i="3"/>
+  <c r="J40" i="3" s="1"/>
+  <c r="O40" i="3" s="1"/>
+  <c r="F41" i="3"/>
+  <c r="J41" i="3" s="1"/>
+  <c r="L41" i="3" s="1"/>
+  <c r="F42" i="3"/>
+  <c r="F43" i="3"/>
+  <c r="F44" i="3"/>
+  <c r="J44" i="3" s="1"/>
+  <c r="F45" i="3"/>
+  <c r="F46" i="3"/>
+  <c r="F47" i="3"/>
+  <c r="F48" i="3"/>
+  <c r="J48" i="3" s="1"/>
+  <c r="L48" i="3" s="1"/>
+  <c r="F49" i="3"/>
+  <c r="F50" i="3"/>
+  <c r="F51" i="3"/>
+  <c r="J51" i="3" s="1"/>
+  <c r="O51" i="3" s="1"/>
+  <c r="F53" i="3"/>
+  <c r="F54" i="3"/>
+  <c r="F55" i="3"/>
+  <c r="F56" i="3"/>
+  <c r="F57" i="3"/>
+  <c r="F58" i="3"/>
+  <c r="J58" i="3" s="1"/>
+  <c r="O58" i="3" s="1"/>
+  <c r="F59" i="3"/>
+  <c r="F60" i="3"/>
+  <c r="J60" i="3" s="1"/>
+  <c r="L60" i="3" s="1"/>
+  <c r="F61" i="3"/>
+  <c r="F62" i="3"/>
+  <c r="F63" i="3"/>
+  <c r="F64" i="3"/>
+  <c r="F65" i="3"/>
+  <c r="F66" i="3"/>
+  <c r="F67" i="3"/>
+  <c r="J67" i="3" s="1"/>
+  <c r="F68" i="3"/>
+  <c r="J68" i="3" s="1"/>
+  <c r="F69" i="3"/>
+  <c r="F70" i="3"/>
+  <c r="J70" i="3" s="1"/>
+  <c r="F71" i="3"/>
+  <c r="F72" i="3"/>
+  <c r="F73" i="3"/>
+  <c r="J73" i="3" s="1"/>
+  <c r="K73" i="3" s="1"/>
+  <c r="F74" i="3"/>
+  <c r="F75" i="3"/>
+  <c r="F76" i="3"/>
+  <c r="F77" i="3"/>
+  <c r="F78" i="3"/>
+  <c r="F79" i="3"/>
+  <c r="J79" i="3" s="1"/>
+  <c r="O79" i="3" s="1"/>
+  <c r="F80" i="3"/>
+  <c r="F10" i="3"/>
+  <c r="J11" i="3"/>
+  <c r="M11" i="3" s="1"/>
+  <c r="J16" i="3"/>
+  <c r="N16" i="3" s="1"/>
+  <c r="Q82" i="3"/>
+  <c r="P82" i="3"/>
+  <c r="I82" i="3"/>
+  <c r="E82" i="3"/>
+  <c r="D82" i="3"/>
+  <c r="C82" i="3"/>
+  <c r="J76" i="3"/>
+  <c r="O76" i="3" s="1"/>
+  <c r="J74" i="3"/>
+  <c r="J55" i="3"/>
+  <c r="K55" i="3" s="1"/>
+  <c r="J37" i="3"/>
+  <c r="O37" i="3" s="1"/>
+  <c r="J34" i="3"/>
+  <c r="K34" i="3" s="1"/>
+  <c r="J22" i="3"/>
+  <c r="O52" i="3" l="1"/>
+  <c r="K52" i="3"/>
+  <c r="M52" i="3"/>
+  <c r="N52" i="3"/>
+  <c r="M25" i="3"/>
+  <c r="N25" i="3"/>
+  <c r="O25" i="3"/>
+  <c r="K25" i="3"/>
+  <c r="L67" i="3"/>
+  <c r="M67" i="3"/>
+  <c r="J18" i="3"/>
+  <c r="J15" i="3"/>
+  <c r="M15" i="3" s="1"/>
+  <c r="J14" i="3"/>
+  <c r="K14" i="3" s="1"/>
+  <c r="J28" i="3"/>
+  <c r="L28" i="3" s="1"/>
+  <c r="N18" i="3"/>
+  <c r="O18" i="3"/>
+  <c r="N13" i="3"/>
+  <c r="M13" i="3"/>
+  <c r="L13" i="3"/>
+  <c r="M16" i="3"/>
+  <c r="L16" i="3"/>
+  <c r="O17" i="3"/>
+  <c r="O16" i="3"/>
+  <c r="O15" i="3"/>
+  <c r="O14" i="3"/>
+  <c r="K17" i="3"/>
+  <c r="O13" i="3"/>
+  <c r="K16" i="3"/>
+  <c r="O11" i="3"/>
+  <c r="N17" i="3"/>
+  <c r="M17" i="3"/>
+  <c r="L11" i="3"/>
+  <c r="N12" i="3"/>
+  <c r="O12" i="3"/>
+  <c r="L12" i="3"/>
+  <c r="N11" i="3"/>
+  <c r="K12" i="3"/>
+  <c r="K11" i="3"/>
+  <c r="M48" i="3"/>
+  <c r="N48" i="3"/>
+  <c r="M60" i="3"/>
+  <c r="N60" i="3"/>
+  <c r="O60" i="3"/>
+  <c r="O48" i="3"/>
+  <c r="O19" i="3"/>
+  <c r="L37" i="3"/>
+  <c r="M37" i="3"/>
+  <c r="N67" i="3"/>
+  <c r="O67" i="3"/>
+  <c r="N73" i="3"/>
+  <c r="O73" i="3"/>
+  <c r="N51" i="3"/>
+  <c r="L68" i="3"/>
+  <c r="K68" i="3"/>
+  <c r="M68" i="3"/>
+  <c r="O68" i="3"/>
+  <c r="N68" i="3"/>
+  <c r="K29" i="3"/>
+  <c r="O29" i="3"/>
+  <c r="L29" i="3"/>
+  <c r="N29" i="3"/>
+  <c r="M29" i="3"/>
+  <c r="K74" i="3"/>
+  <c r="L74" i="3"/>
+  <c r="K44" i="3"/>
+  <c r="L44" i="3"/>
+  <c r="K22" i="3"/>
+  <c r="L22" i="3"/>
+  <c r="L34" i="3"/>
+  <c r="K38" i="3"/>
+  <c r="J20" i="3"/>
+  <c r="O20" i="3" s="1"/>
+  <c r="L38" i="3"/>
+  <c r="J26" i="3"/>
+  <c r="N26" i="3" s="1"/>
+  <c r="N34" i="3"/>
+  <c r="M38" i="3"/>
+  <c r="J53" i="3"/>
+  <c r="O53" i="3" s="1"/>
+  <c r="O34" i="3"/>
+  <c r="L58" i="3"/>
+  <c r="K79" i="3"/>
+  <c r="J35" i="3"/>
+  <c r="N35" i="3" s="1"/>
+  <c r="L79" i="3"/>
+  <c r="M79" i="3"/>
+  <c r="M31" i="3"/>
+  <c r="N79" i="3"/>
+  <c r="K40" i="3"/>
+  <c r="L40" i="3"/>
+  <c r="J63" i="3"/>
+  <c r="N63" i="3" s="1"/>
+  <c r="J71" i="3"/>
+  <c r="M71" i="3" s="1"/>
+  <c r="M40" i="3"/>
+  <c r="L55" i="3"/>
+  <c r="K76" i="3"/>
+  <c r="J80" i="3"/>
+  <c r="M22" i="3"/>
+  <c r="J32" i="3"/>
+  <c r="N32" i="3" s="1"/>
+  <c r="J36" i="3"/>
+  <c r="O36" i="3" s="1"/>
+  <c r="N40" i="3"/>
+  <c r="M44" i="3"/>
+  <c r="M55" i="3"/>
+  <c r="L76" i="3"/>
+  <c r="N22" i="3"/>
+  <c r="N55" i="3"/>
+  <c r="M76" i="3"/>
+  <c r="O22" i="3"/>
+  <c r="K37" i="3"/>
+  <c r="O41" i="3"/>
+  <c r="O55" i="3"/>
+  <c r="N76" i="3"/>
+  <c r="J43" i="3"/>
+  <c r="O43" i="3" s="1"/>
+  <c r="K58" i="3"/>
+  <c r="J30" i="3"/>
+  <c r="O38" i="3"/>
+  <c r="M74" i="3"/>
+  <c r="L31" i="3"/>
+  <c r="K31" i="3"/>
+  <c r="N74" i="3"/>
+  <c r="O74" i="3"/>
+  <c r="J49" i="3"/>
+  <c r="N49" i="3" s="1"/>
+  <c r="K19" i="3"/>
+  <c r="M34" i="3"/>
+  <c r="J47" i="3"/>
+  <c r="J61" i="3"/>
+  <c r="M61" i="3" s="1"/>
+  <c r="J69" i="3"/>
+  <c r="O69" i="3" s="1"/>
+  <c r="L70" i="3"/>
+  <c r="K70" i="3"/>
+  <c r="M58" i="3"/>
+  <c r="M70" i="3"/>
+  <c r="N58" i="3"/>
+  <c r="N70" i="3"/>
+  <c r="O44" i="3"/>
+  <c r="N44" i="3"/>
+  <c r="O70" i="3"/>
+  <c r="N31" i="3"/>
+  <c r="J54" i="3"/>
+  <c r="N54" i="3" s="1"/>
+  <c r="J27" i="3"/>
+  <c r="O27" i="3" s="1"/>
+  <c r="J66" i="3"/>
+  <c r="J23" i="3"/>
+  <c r="K41" i="3"/>
+  <c r="J46" i="3"/>
+  <c r="J56" i="3"/>
+  <c r="M56" i="3" s="1"/>
+  <c r="J72" i="3"/>
+  <c r="L19" i="3"/>
+  <c r="N37" i="3"/>
+  <c r="J50" i="3"/>
+  <c r="M50" i="3" s="1"/>
+  <c r="J64" i="3"/>
+  <c r="J77" i="3"/>
+  <c r="O77" i="3" s="1"/>
+  <c r="M19" i="3"/>
+  <c r="M41" i="3"/>
+  <c r="L51" i="3"/>
+  <c r="K51" i="3"/>
+  <c r="K60" i="3"/>
+  <c r="L73" i="3"/>
+  <c r="J33" i="3"/>
+  <c r="O33" i="3" s="1"/>
+  <c r="N41" i="3"/>
+  <c r="M51" i="3"/>
+  <c r="M73" i="3"/>
+  <c r="J57" i="3"/>
+  <c r="O57" i="3" s="1"/>
+  <c r="J75" i="3"/>
+  <c r="J10" i="3"/>
+  <c r="J39" i="3"/>
+  <c r="O39" i="3" s="1"/>
+  <c r="J59" i="3"/>
+  <c r="M59" i="3" s="1"/>
+  <c r="J78" i="3"/>
+  <c r="J21" i="3"/>
+  <c r="J42" i="3"/>
+  <c r="N42" i="3" s="1"/>
+  <c r="J62" i="3"/>
+  <c r="M62" i="3" s="1"/>
+  <c r="J24" i="3"/>
+  <c r="J45" i="3"/>
+  <c r="M45" i="3" s="1"/>
+  <c r="J65" i="3"/>
+  <c r="N65" i="3" s="1"/>
+  <c r="F82" i="3"/>
+  <c r="K48" i="3"/>
+  <c r="K67" i="3"/>
+  <c r="N14" i="3" l="1"/>
+  <c r="L14" i="3"/>
+  <c r="L15" i="3"/>
+  <c r="M14" i="3"/>
+  <c r="N15" i="3"/>
+  <c r="K15" i="3"/>
+  <c r="L18" i="3"/>
+  <c r="K18" i="3"/>
+  <c r="M18" i="3"/>
+  <c r="M28" i="3"/>
+  <c r="O28" i="3"/>
+  <c r="K28" i="3"/>
+  <c r="N28" i="3"/>
+  <c r="M35" i="3"/>
+  <c r="N45" i="3"/>
+  <c r="M65" i="3"/>
+  <c r="M54" i="3"/>
+  <c r="O62" i="3"/>
+  <c r="M49" i="3"/>
+  <c r="M27" i="3"/>
+  <c r="N27" i="3"/>
+  <c r="O49" i="3"/>
+  <c r="O63" i="3"/>
+  <c r="N43" i="3"/>
+  <c r="M63" i="3"/>
+  <c r="M20" i="3"/>
+  <c r="N36" i="3"/>
+  <c r="O26" i="3"/>
+  <c r="O59" i="3"/>
+  <c r="M26" i="3"/>
+  <c r="N20" i="3"/>
+  <c r="N59" i="3"/>
+  <c r="O35" i="3"/>
+  <c r="N39" i="3"/>
+  <c r="N69" i="3"/>
+  <c r="M33" i="3"/>
+  <c r="N33" i="3"/>
+  <c r="L24" i="3"/>
+  <c r="K24" i="3"/>
+  <c r="O24" i="3"/>
+  <c r="L46" i="3"/>
+  <c r="K46" i="3"/>
+  <c r="O46" i="3"/>
+  <c r="N46" i="3"/>
+  <c r="L62" i="3"/>
+  <c r="K62" i="3"/>
+  <c r="M32" i="3"/>
+  <c r="L32" i="3"/>
+  <c r="K32" i="3"/>
+  <c r="L23" i="3"/>
+  <c r="K23" i="3"/>
+  <c r="M42" i="3"/>
+  <c r="L78" i="3"/>
+  <c r="K78" i="3"/>
+  <c r="L80" i="3"/>
+  <c r="K80" i="3"/>
+  <c r="L64" i="3"/>
+  <c r="K64" i="3"/>
+  <c r="L61" i="3"/>
+  <c r="K61" i="3"/>
+  <c r="L27" i="3"/>
+  <c r="K27" i="3"/>
+  <c r="N61" i="3"/>
+  <c r="J82" i="3"/>
+  <c r="O82" i="3" s="1"/>
+  <c r="L10" i="3"/>
+  <c r="K10" i="3"/>
+  <c r="O61" i="3"/>
+  <c r="L30" i="3"/>
+  <c r="K30" i="3"/>
+  <c r="N53" i="3"/>
+  <c r="N10" i="3"/>
+  <c r="L75" i="3"/>
+  <c r="K75" i="3"/>
+  <c r="L47" i="3"/>
+  <c r="K47" i="3"/>
+  <c r="N80" i="3"/>
+  <c r="M47" i="3"/>
+  <c r="L57" i="3"/>
+  <c r="K57" i="3"/>
+  <c r="L72" i="3"/>
+  <c r="K72" i="3"/>
+  <c r="L54" i="3"/>
+  <c r="K54" i="3"/>
+  <c r="O78" i="3"/>
+  <c r="M30" i="3"/>
+  <c r="O80" i="3"/>
+  <c r="N47" i="3"/>
+  <c r="M78" i="3"/>
+  <c r="M72" i="3"/>
+  <c r="O54" i="3"/>
+  <c r="N30" i="3"/>
+  <c r="L71" i="3"/>
+  <c r="K71" i="3"/>
+  <c r="O47" i="3"/>
+  <c r="N75" i="3"/>
+  <c r="N72" i="3"/>
+  <c r="O30" i="3"/>
+  <c r="L63" i="3"/>
+  <c r="K63" i="3"/>
+  <c r="O71" i="3"/>
+  <c r="O72" i="3"/>
+  <c r="O42" i="3"/>
+  <c r="L43" i="3"/>
+  <c r="K43" i="3"/>
+  <c r="M53" i="3"/>
+  <c r="L20" i="3"/>
+  <c r="K20" i="3"/>
+  <c r="N57" i="3"/>
+  <c r="L33" i="3"/>
+  <c r="K33" i="3"/>
+  <c r="M64" i="3"/>
+  <c r="O10" i="3"/>
+  <c r="L21" i="3"/>
+  <c r="K21" i="3"/>
+  <c r="M46" i="3"/>
+  <c r="L69" i="3"/>
+  <c r="K69" i="3"/>
+  <c r="L66" i="3"/>
+  <c r="K66" i="3"/>
+  <c r="L39" i="3"/>
+  <c r="K39" i="3"/>
+  <c r="M21" i="3"/>
+  <c r="M39" i="3"/>
+  <c r="M10" i="3"/>
+  <c r="O64" i="3"/>
+  <c r="N23" i="3"/>
+  <c r="M80" i="3"/>
+  <c r="M66" i="3"/>
+  <c r="M75" i="3"/>
+  <c r="L56" i="3"/>
+  <c r="K56" i="3"/>
+  <c r="N56" i="3"/>
+  <c r="O56" i="3"/>
+  <c r="O23" i="3"/>
+  <c r="N66" i="3"/>
+  <c r="M24" i="3"/>
+  <c r="L65" i="3"/>
+  <c r="K65" i="3"/>
+  <c r="O65" i="3"/>
+  <c r="O21" i="3"/>
+  <c r="L49" i="3"/>
+  <c r="K49" i="3"/>
+  <c r="N71" i="3"/>
+  <c r="O66" i="3"/>
+  <c r="M43" i="3"/>
+  <c r="L42" i="3"/>
+  <c r="K42" i="3"/>
+  <c r="O32" i="3"/>
+  <c r="L53" i="3"/>
+  <c r="K53" i="3"/>
+  <c r="L77" i="3"/>
+  <c r="K77" i="3"/>
+  <c r="M77" i="3"/>
+  <c r="N77" i="3"/>
+  <c r="L59" i="3"/>
+  <c r="K59" i="3"/>
+  <c r="L50" i="3"/>
+  <c r="K50" i="3"/>
+  <c r="L26" i="3"/>
+  <c r="K26" i="3"/>
+  <c r="N62" i="3"/>
+  <c r="M23" i="3"/>
+  <c r="N64" i="3"/>
+  <c r="N24" i="3"/>
+  <c r="L35" i="3"/>
+  <c r="K35" i="3"/>
+  <c r="N21" i="3"/>
+  <c r="M57" i="3"/>
+  <c r="N50" i="3"/>
+  <c r="O75" i="3"/>
+  <c r="L36" i="3"/>
+  <c r="K36" i="3"/>
+  <c r="N78" i="3"/>
+  <c r="L45" i="3"/>
+  <c r="K45" i="3"/>
+  <c r="O45" i="3"/>
+  <c r="O50" i="3"/>
+  <c r="M36" i="3"/>
+  <c r="M69" i="3"/>
+  <c r="M82" i="3" l="1"/>
+  <c r="N82" i="3"/>
+  <c r="L82" i="3"/>
+  <c r="K82" i="3"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="96" uniqueCount="90">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="103" uniqueCount="97">
   <si>
     <t xml:space="preserve">     Federal Functional Classification</t>
   </si>
   <si>
     <t xml:space="preserve">     Urban Area System Mileage</t>
   </si>
   <si>
     <t xml:space="preserve">              PAS</t>
   </si>
   <si>
     <t>Minor</t>
   </si>
   <si>
     <t>PAS miles</t>
   </si>
   <si>
     <t>Minor Arterial/PAS</t>
   </si>
   <si>
     <t>Collector Miles</t>
   </si>
   <si>
     <t>Classified Miles</t>
   </si>
   <si>
     <t>% Miles</t>
   </si>
   <si>
     <t>NHS</t>
   </si>
   <si>
-    <t>Urban Area</t>
-[...1 lines deleted...]
-  <si>
     <t>Interstate</t>
   </si>
   <si>
     <t>OPA</t>
   </si>
   <si>
     <t>Arterial</t>
   </si>
   <si>
     <t>Collector</t>
   </si>
   <si>
     <t>Local</t>
   </si>
   <si>
     <t>Total</t>
   </si>
   <si>
     <t>&gt;10% Limit</t>
   </si>
   <si>
     <t>Miles &gt; 25 % Limit</t>
   </si>
   <si>
     <t>&gt; 35% Limit</t>
   </si>
   <si>
     <t>Classified</t>
   </si>
   <si>
     <t>Connector</t>
   </si>
   <si>
-    <t>ALGONA</t>
-[...187 lines deleted...]
-  <si>
     <t>Notes</t>
   </si>
   <si>
-    <t>1. Due to the 2010 decennial census, Harlan and Tama urban areas removed and Iowa Falls, Vinton, and Winterset added to the list above</t>
-[...4 lines deleted...]
-  <si>
     <t>Major</t>
   </si>
   <si>
-    <t xml:space="preserve">     (As of January 1, 2024)</t>
+    <t xml:space="preserve">     (As of January 1, 2025)</t>
+  </si>
+  <si>
+    <t>Urban Area (Code)</t>
+  </si>
+  <si>
+    <t>Adel</t>
+  </si>
+  <si>
+    <t>Algona</t>
+  </si>
+  <si>
+    <t>Ames</t>
+  </si>
+  <si>
+    <t>Anamosa</t>
+  </si>
+  <si>
+    <t>Atlantic</t>
+  </si>
+  <si>
+    <t>Boone</t>
+  </si>
+  <si>
+    <t>Burlington</t>
+  </si>
+  <si>
+    <t>Carroll</t>
+  </si>
+  <si>
+    <t>Cedar Rapids</t>
+  </si>
+  <si>
+    <t>Centerville</t>
+  </si>
+  <si>
+    <t>Charles City</t>
+  </si>
+  <si>
+    <t>Cherokee</t>
+  </si>
+  <si>
+    <t>Clarinda</t>
+  </si>
+  <si>
+    <t>Clear Lake</t>
+  </si>
+  <si>
+    <t>Creston</t>
+  </si>
+  <si>
+    <t>Davenport</t>
+  </si>
+  <si>
+    <t>Decorah</t>
+  </si>
+  <si>
+    <t>Denison</t>
+  </si>
+  <si>
+    <t>Des Moines</t>
+  </si>
+  <si>
+    <t>DeWitt</t>
+  </si>
+  <si>
+    <t>Dubuque</t>
+  </si>
+  <si>
+    <t>Estherville</t>
+  </si>
+  <si>
+    <t>Fairfield</t>
+  </si>
+  <si>
+    <t>Fort Dodge</t>
+  </si>
+  <si>
+    <t>Fort Madison</t>
+  </si>
+  <si>
+    <t>Glenwood</t>
+  </si>
+  <si>
+    <t>Grinnell</t>
+  </si>
+  <si>
+    <t>Harlan</t>
+  </si>
+  <si>
+    <t>Humboldt</t>
+  </si>
+  <si>
+    <t>Independence</t>
+  </si>
+  <si>
+    <t>Indianola</t>
+  </si>
+  <si>
+    <t>Iowa City</t>
+  </si>
+  <si>
+    <t>Iowa Falls</t>
+  </si>
+  <si>
+    <t>Keokuk</t>
+  </si>
+  <si>
+    <t>Knoxville</t>
+  </si>
+  <si>
+    <t>Le Mars</t>
+  </si>
+  <si>
+    <t>Manchester</t>
+  </si>
+  <si>
+    <t>Maquoketa</t>
+  </si>
+  <si>
+    <t>Marshalltown</t>
+  </si>
+  <si>
+    <t>Mason City</t>
+  </si>
+  <si>
+    <t>Mount Pleasant</t>
+  </si>
+  <si>
+    <t>Mount Vernon</t>
+  </si>
+  <si>
+    <t>Muscatine</t>
+  </si>
+  <si>
+    <t>Nevada</t>
+  </si>
+  <si>
+    <t>Newton</t>
+  </si>
+  <si>
+    <t>Oelwein</t>
+  </si>
+  <si>
+    <t>Orange City</t>
+  </si>
+  <si>
+    <t>Osceola</t>
+  </si>
+  <si>
+    <t>Oskaloosa</t>
+  </si>
+  <si>
+    <t>Ottumwa</t>
+  </si>
+  <si>
+    <t>Pella</t>
+  </si>
+  <si>
+    <t>Perry</t>
+  </si>
+  <si>
+    <t>Polk City</t>
+  </si>
+  <si>
+    <t>Red Oak</t>
+  </si>
+  <si>
+    <t>Sheldon</t>
+  </si>
+  <si>
+    <t>Shenandoah</t>
+  </si>
+  <si>
+    <t>Sioux Center</t>
+  </si>
+  <si>
+    <t>Sioux City</t>
+  </si>
+  <si>
+    <t>Spencer</t>
+  </si>
+  <si>
+    <t>Spirit Lake</t>
+  </si>
+  <si>
+    <t>Storm Lake</t>
+  </si>
+  <si>
+    <t>Tama</t>
+  </si>
+  <si>
+    <t>Vinton</t>
+  </si>
+  <si>
+    <t>Washington</t>
+  </si>
+  <si>
+    <t>Waterloo</t>
+  </si>
+  <si>
+    <t>Waverly</t>
+  </si>
+  <si>
+    <t>Webster City</t>
+  </si>
+  <si>
+    <t>Winterset</t>
+  </si>
+  <si>
+    <t xml:space="preserve">1. 2020 Census Urban Areas have been updated. Some Urban Areas from other States have area within Iowa. </t>
+  </si>
+  <si>
+    <t>Clinton</t>
+  </si>
+  <si>
+    <t>Council Bluffs</t>
+  </si>
+  <si>
+    <t>McGregor</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="0.00_)"/>
     <numFmt numFmtId="165" formatCode="0.0%"/>
   </numFmts>
   <fonts count="8" x14ac:knownFonts="1">
     <font>
       <sz val="12"/>
       <name val="Arial"/>
     </font>
     <font>
       <u/>
       <sz val="10"/>
       <color indexed="8"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
@@ -1112,148 +1189,146 @@
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="2" fontId="2" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="39" fontId="2" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="12" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="165" fontId="2" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="7" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="165" fontId="2" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="39" fontId="2" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="right"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="165" fontId="2" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="2" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
+    <xf numFmtId="2" fontId="2" fillId="0" borderId="13" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 Theme">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2013 - 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2013 - 2022">
       <a:majorFont>
         <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
@@ -1315,51 +1390,51 @@
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2013 - 2022">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="109000"/>
                 <a:tint val="81000"/>
@@ -1457,67 +1532,67 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B889FF52-49DB-4126-AF5E-53CB33FCB885}">
-  <dimension ref="B2:U78"/>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{243F729B-8CC2-459A-9FEC-F85337A6D636}">
+  <dimension ref="B2:U85"/>
   <sheetViews>
     <sheetView showZeros="0" tabSelected="1" zoomScale="115" zoomScaleNormal="115" workbookViewId="0">
       <pane ySplit="8" topLeftCell="A9" activePane="bottomLeft" state="frozen"/>
-      <selection pane="bottomLeft" activeCell="B5" sqref="B5"/>
+      <selection pane="bottomLeft" activeCell="B45" sqref="B45"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.77734375" defaultRowHeight="15" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="1.5546875" style="4" customWidth="1"/>
     <col min="2" max="2" width="13.33203125" style="4" customWidth="1"/>
     <col min="3" max="3" width="7.5546875" style="2" customWidth="1"/>
     <col min="4" max="4" width="6.33203125" style="2" bestFit="1" customWidth="1"/>
     <col min="5" max="6" width="6.77734375" style="2" bestFit="1" customWidth="1"/>
     <col min="7" max="8" width="6.77734375" style="2" hidden="1" customWidth="1"/>
     <col min="9" max="9" width="6.6640625" style="2" customWidth="1"/>
     <col min="10" max="10" width="7.5546875" style="2" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="8.6640625" style="2" customWidth="1"/>
     <col min="12" max="12" width="13" style="2" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="10.33203125" style="2" bestFit="1" customWidth="1"/>
     <col min="14" max="14" width="10.88671875" style="2" bestFit="1" customWidth="1"/>
     <col min="15" max="15" width="7" style="2" bestFit="1" customWidth="1"/>
     <col min="16" max="17" width="7.33203125" style="2" bestFit="1" customWidth="1"/>
     <col min="18" max="18" width="2.77734375" style="4" customWidth="1"/>
     <col min="19" max="21" width="9.77734375" style="5"/>
     <col min="22" max="258" width="9.77734375" style="4"/>
     <col min="259" max="259" width="1.5546875" style="4" customWidth="1"/>
     <col min="260" max="260" width="13.33203125" style="4" customWidth="1"/>
     <col min="261" max="261" width="7.5546875" style="4" customWidth="1"/>
     <col min="262" max="262" width="6.33203125" style="4" bestFit="1" customWidth="1"/>
@@ -2459,3746 +2534,4183 @@
     <col min="16141" max="16141" width="10.33203125" style="4" bestFit="1" customWidth="1"/>
     <col min="16142" max="16142" width="10.88671875" style="4" bestFit="1" customWidth="1"/>
     <col min="16143" max="16143" width="7" style="4" bestFit="1" customWidth="1"/>
     <col min="16144" max="16145" width="7.33203125" style="4" bestFit="1" customWidth="1"/>
     <col min="16146" max="16146" width="2.77734375" style="4" customWidth="1"/>
     <col min="16147" max="16384" width="9.77734375" style="4"/>
   </cols>
   <sheetData>
     <row r="2" spans="2:21" x14ac:dyDescent="0.2">
       <c r="B2" s="1"/>
       <c r="K2" s="3" t="s">
         <v>0</v>
       </c>
     </row>
     <row r="3" spans="2:21" x14ac:dyDescent="0.2">
       <c r="B3" s="6"/>
       <c r="K3" s="3" t="s">
         <v>1</v>
       </c>
       <c r="Q3" s="7"/>
     </row>
     <row r="4" spans="2:21" x14ac:dyDescent="0.2">
       <c r="B4" s="6"/>
       <c r="D4" s="8"/>
       <c r="K4" s="3" t="s">
-        <v>89</v>
+        <v>23</v>
       </c>
       <c r="M4" s="9"/>
       <c r="Q4" s="10"/>
     </row>
     <row r="5" spans="2:21" x14ac:dyDescent="0.2">
       <c r="B5" s="6"/>
       <c r="K5" s="11"/>
     </row>
     <row r="7" spans="2:21" x14ac:dyDescent="0.2">
       <c r="B7" s="12"/>
       <c r="C7" s="13" t="s">
         <v>2</v>
       </c>
       <c r="D7" s="14"/>
       <c r="E7" s="15" t="s">
         <v>3</v>
       </c>
       <c r="F7" s="14"/>
       <c r="G7" s="14" t="s">
-        <v>88</v>
+        <v>22</v>
       </c>
       <c r="H7" s="14" t="s">
         <v>3</v>
       </c>
       <c r="I7" s="14"/>
       <c r="J7" s="14"/>
       <c r="K7" s="16" t="s">
         <v>4</v>
       </c>
       <c r="L7" s="17" t="s">
         <v>5</v>
       </c>
       <c r="M7" s="16" t="s">
         <v>6</v>
       </c>
       <c r="N7" s="18" t="s">
         <v>7</v>
       </c>
       <c r="O7" s="15" t="s">
         <v>8</v>
       </c>
       <c r="P7" s="14"/>
       <c r="Q7" s="15" t="s">
         <v>9</v>
       </c>
       <c r="T7" s="45"/>
       <c r="U7" s="45"/>
     </row>
     <row r="8" spans="2:21" x14ac:dyDescent="0.2">
       <c r="B8" s="19" t="s">
+        <v>24</v>
+      </c>
+      <c r="C8" s="20" t="s">
         <v>10</v>
       </c>
-      <c r="C8" s="20" t="s">
+      <c r="D8" s="21" t="s">
         <v>11</v>
       </c>
-      <c r="D8" s="21" t="s">
+      <c r="E8" s="22" t="s">
         <v>12</v>
       </c>
-      <c r="E8" s="22" t="s">
+      <c r="F8" s="22" t="s">
         <v>13</v>
       </c>
-      <c r="F8" s="22" t="s">
+      <c r="G8" s="22" t="s">
+        <v>13</v>
+      </c>
+      <c r="H8" s="22" t="s">
+        <v>13</v>
+      </c>
+      <c r="I8" s="22" t="s">
         <v>14</v>
       </c>
-      <c r="G8" s="22" t="s">
-[...5 lines deleted...]
-      <c r="I8" s="22" t="s">
+      <c r="J8" s="22" t="s">
         <v>15</v>
       </c>
-      <c r="J8" s="22" t="s">
+      <c r="K8" s="23" t="s">
         <v>16</v>
       </c>
-      <c r="K8" s="23" t="s">
+      <c r="L8" s="24" t="s">
         <v>17</v>
       </c>
-      <c r="L8" s="24" t="s">
+      <c r="M8" s="22" t="s">
+        <v>16</v>
+      </c>
+      <c r="N8" s="25" t="s">
         <v>18</v>
       </c>
-      <c r="M8" s="22" t="s">
-[...2 lines deleted...]
-      <c r="N8" s="25" t="s">
+      <c r="O8" s="25" t="s">
         <v>19</v>
-      </c>
-[...1 lines deleted...]
-        <v>20</v>
       </c>
       <c r="P8" s="25" t="s">
         <v>9</v>
       </c>
       <c r="Q8" s="25" t="s">
-        <v>21</v>
+        <v>20</v>
       </c>
       <c r="T8" s="11"/>
       <c r="U8" s="11"/>
     </row>
     <row r="9" spans="2:21" x14ac:dyDescent="0.2">
       <c r="B9" s="26"/>
       <c r="C9" s="27"/>
       <c r="D9" s="27"/>
       <c r="E9" s="27"/>
       <c r="F9" s="27"/>
       <c r="G9" s="27"/>
       <c r="H9" s="27"/>
       <c r="I9" s="27"/>
       <c r="J9" s="27"/>
       <c r="K9" s="27"/>
       <c r="L9" s="27"/>
       <c r="M9" s="27"/>
       <c r="N9" s="27"/>
       <c r="O9" s="27"/>
       <c r="P9" s="28"/>
       <c r="Q9" s="28"/>
     </row>
     <row r="10" spans="2:21" x14ac:dyDescent="0.2">
-      <c r="B10" s="29" t="s">
-        <v>22</v>
+      <c r="B10" s="44" t="s">
+        <v>25</v>
       </c>
       <c r="C10" s="30"/>
       <c r="D10" s="30">
-        <v>7.4029999999999996</v>
+        <v>4.0839999999999996</v>
       </c>
       <c r="E10" s="30">
-        <v>6.984</v>
+        <v>3.51</v>
       </c>
       <c r="F10" s="30">
         <f>G10+H10</f>
-        <v>5.7759999999999998</v>
+        <v>4.9190000000000005</v>
       </c>
       <c r="G10" s="30">
-        <v>5.7759999999999998</v>
-[...1 lines deleted...]
-      <c r="H10" s="30"/>
+        <v>4.7190000000000003</v>
+      </c>
+      <c r="H10" s="30">
+        <v>0.2</v>
+      </c>
       <c r="I10" s="30">
-        <v>40.323999999999998</v>
+        <v>39.807000000000002</v>
       </c>
       <c r="J10" s="31">
         <f>SUM(I10,F10,E10,D10,C10)</f>
-        <v>60.486999999999995</v>
+        <v>52.319999999999993</v>
       </c>
       <c r="K10" s="32">
-        <f t="shared" ref="K10:K72" si="0">(C10+D10)-(J10*0.1)</f>
-        <v>1.3542999999999994</v>
+        <f t="shared" ref="K10:K80" si="0">(C10+D10)-(J10*0.1)</f>
+        <v>-1.1479999999999997</v>
       </c>
       <c r="L10" s="32">
-        <f t="shared" ref="L10:L72" si="1">(C10+D10+E10)-(J10*0.25)</f>
-        <v>-0.73474999999999824</v>
+        <f t="shared" ref="L10:L80" si="1">(C10+D10+E10)-(J10*0.25)</f>
+        <v>-5.4859999999999989</v>
       </c>
       <c r="M10" s="32">
-        <f t="shared" ref="M10:M72" si="2">(F10)-(J10*0.1)</f>
-        <v>-0.27270000000000039</v>
+        <f t="shared" ref="M10:M80" si="2">(F10)-(J10*0.1)</f>
+        <v>-0.31299999999999883</v>
       </c>
       <c r="N10" s="33">
-        <f t="shared" ref="N10:N36" si="3">(C10+D10+E10+F10)-(J10*0.35)</f>
-        <v>-1.0074499999999951</v>
+        <f t="shared" ref="N10:N45" si="3">(C10+D10+E10+F10)-(J10*0.35)</f>
+        <v>-5.7989999999999977</v>
       </c>
       <c r="O10" s="34">
-        <f t="shared" ref="O10:O72" si="4">(C10+D10+E10+F10)/(J10)</f>
-        <v>0.3333443549853688</v>
+        <f t="shared" ref="O10:O80" si="4">(C10+D10+E10+F10)/(J10)</f>
+        <v>0.23916284403669727</v>
       </c>
       <c r="P10" s="30">
-        <v>7.4029999999999996</v>
+        <v>4.0839999999999996</v>
       </c>
       <c r="Q10" s="30"/>
+      <c r="T10"/>
     </row>
     <row r="11" spans="2:21" x14ac:dyDescent="0.2">
-      <c r="B11" s="29" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="B11" s="44" t="s">
+        <v>26</v>
+      </c>
+      <c r="C11" s="30"/>
       <c r="D11" s="30">
-        <v>19.795999999999999</v>
+        <v>7.6849999999999996</v>
       </c>
       <c r="E11" s="30">
-        <v>32.454000000000001</v>
+        <v>6.984</v>
       </c>
       <c r="F11" s="30">
-        <f t="shared" ref="F11:F72" si="5">G11+H11</f>
-        <v>28.371000000000002</v>
+        <f t="shared" ref="F11:F74" si="5">G11+H11</f>
+        <v>6.1180000000000003</v>
       </c>
       <c r="G11" s="30">
-        <v>28.37</v>
-[...3 lines deleted...]
-      </c>
+        <v>6.1180000000000003</v>
+      </c>
+      <c r="H11" s="30"/>
       <c r="I11" s="30">
-        <v>181.154</v>
+        <v>40.427999999999997</v>
       </c>
       <c r="J11" s="31">
-        <f>SUM(I11,F11,E11,D11,C11)</f>
-        <v>264.14400000000006</v>
+        <f t="shared" ref="J11:J18" si="6">SUM(I11,F11,E11,D11,C11)</f>
+        <v>61.215000000000003</v>
       </c>
       <c r="K11" s="32">
         <f t="shared" si="0"/>
-        <v>-4.2494000000000085</v>
+        <v>1.5634999999999986</v>
       </c>
       <c r="L11" s="32">
         <f t="shared" si="1"/>
-        <v>-11.417000000000016</v>
+        <v>-0.63475000000000037</v>
       </c>
       <c r="M11" s="32">
         <f t="shared" si="2"/>
-        <v>1.9565999999999946</v>
+        <v>-3.5000000000007248E-3</v>
       </c>
       <c r="N11" s="33">
         <f t="shared" si="3"/>
-        <v>-9.460400000000007</v>
+        <v>-0.63824999999999932</v>
       </c>
       <c r="O11" s="34">
         <f t="shared" si="4"/>
-        <v>0.31418468714034764</v>
+        <v>0.33957363391325651</v>
       </c>
       <c r="P11" s="30">
-        <v>22.164999999999999</v>
+        <v>7.6849999999999996</v>
       </c>
       <c r="Q11" s="30"/>
+      <c r="T11"/>
     </row>
     <row r="12" spans="2:21" x14ac:dyDescent="0.2">
-      <c r="B12" s="29" t="s">
-[...2 lines deleted...]
-      <c r="C12" s="30"/>
+      <c r="B12" s="44" t="s">
+        <v>27</v>
+      </c>
+      <c r="C12" s="30">
+        <v>3.9529999999999998</v>
+      </c>
       <c r="D12" s="30">
-        <v>3.766</v>
+        <v>20.151</v>
       </c>
       <c r="E12" s="30">
-        <v>4.3529999999999998</v>
+        <v>33.439</v>
       </c>
       <c r="F12" s="30">
         <f t="shared" si="5"/>
-        <v>3.2709999999999999</v>
+        <v>33.981999999999999</v>
       </c>
       <c r="G12" s="30">
-        <v>3.2709999999999999</v>
-[...1 lines deleted...]
-      <c r="H12" s="30"/>
+        <v>31.859000000000002</v>
+      </c>
+      <c r="H12" s="30">
+        <v>2.1230000000000002</v>
+      </c>
       <c r="I12" s="30">
-        <v>29.452000000000002</v>
+        <v>193.309</v>
       </c>
       <c r="J12" s="31">
-        <f>SUM(I12,F12,E12,D12,C12)</f>
-        <v>40.841999999999999</v>
+        <f t="shared" si="6"/>
+        <v>284.834</v>
       </c>
       <c r="K12" s="32">
         <f t="shared" si="0"/>
-        <v>-0.31820000000000004</v>
+        <v>-4.379400000000004</v>
       </c>
       <c r="L12" s="32">
         <f t="shared" si="1"/>
-        <v>-2.0914999999999999</v>
+        <v>-13.665500000000002</v>
       </c>
       <c r="M12" s="32">
         <f t="shared" si="2"/>
-        <v>-0.81320000000000014</v>
+        <v>5.4985999999999962</v>
       </c>
       <c r="N12" s="33">
         <f t="shared" si="3"/>
-        <v>-2.9046999999999983</v>
+        <v>-8.1668999999999841</v>
       </c>
       <c r="O12" s="34">
         <f t="shared" si="4"/>
-        <v>0.27887958474119778</v>
+        <v>0.32132751005849025</v>
       </c>
       <c r="P12" s="30">
-        <v>3.766</v>
+        <v>24.103999999999999</v>
       </c>
       <c r="Q12" s="30"/>
+      <c r="T12"/>
     </row>
     <row r="13" spans="2:21" x14ac:dyDescent="0.2">
-      <c r="B13" s="29" t="s">
-        <v>25</v>
+      <c r="B13" s="44" t="s">
+        <v>28</v>
       </c>
       <c r="C13" s="30"/>
       <c r="D13" s="30">
-        <v>8.2989999999999995</v>
+        <v>4.4039999999999999</v>
       </c>
       <c r="E13" s="30">
-        <v>7.11</v>
+        <v>4.3550000000000004</v>
       </c>
       <c r="F13" s="30">
         <f t="shared" si="5"/>
-        <v>7.173</v>
+        <v>3.3180000000000001</v>
       </c>
       <c r="G13" s="30">
-        <v>7.1589999999999998</v>
-[...3 lines deleted...]
-      </c>
+        <v>3.3180000000000001</v>
+      </c>
+      <c r="H13" s="30"/>
       <c r="I13" s="30">
-        <v>42.503</v>
+        <v>29.376999999999999</v>
       </c>
       <c r="J13" s="31">
-        <f t="shared" ref="J13:J72" si="6">SUM(I13,F13,E13,D13,C13)</f>
-        <v>65.085000000000008</v>
+        <f t="shared" si="6"/>
+        <v>41.453999999999994</v>
       </c>
       <c r="K13" s="32">
         <f t="shared" si="0"/>
-        <v>1.790499999999998</v>
+        <v>0.25860000000000039</v>
       </c>
       <c r="L13" s="32">
         <f t="shared" si="1"/>
-        <v>-0.86225000000000307</v>
+        <v>-1.604499999999998</v>
       </c>
       <c r="M13" s="32">
         <f t="shared" si="2"/>
-        <v>0.66449999999999854</v>
+        <v>-0.82739999999999947</v>
       </c>
       <c r="N13" s="33">
         <f t="shared" si="3"/>
-        <v>-0.1977499999999992</v>
+        <v>-2.4318999999999971</v>
       </c>
       <c r="O13" s="34">
         <f t="shared" si="4"/>
-        <v>0.34696166551432739</v>
+        <v>0.29133497370579442</v>
       </c>
       <c r="P13" s="30">
-        <v>8.2989999999999995</v>
+        <v>4.4039999999999999</v>
       </c>
       <c r="Q13" s="30"/>
+      <c r="T13"/>
     </row>
     <row r="14" spans="2:21" x14ac:dyDescent="0.2">
-      <c r="B14" s="29" t="s">
-        <v>26</v>
+      <c r="B14" s="44" t="s">
+        <v>29</v>
       </c>
       <c r="C14" s="30"/>
       <c r="D14" s="30">
-        <v>3.5</v>
+        <v>8.4169999999999998</v>
       </c>
       <c r="E14" s="30">
-        <v>24.986000000000001</v>
+        <v>7.6109999999999998</v>
       </c>
       <c r="F14" s="30">
         <f t="shared" si="5"/>
-        <v>11.877000000000001</v>
+        <v>8.2690000000000001</v>
       </c>
       <c r="G14" s="30">
-        <v>11.877000000000001</v>
-[...1 lines deleted...]
-      <c r="H14" s="30"/>
+        <v>8.2639999999999993</v>
+      </c>
+      <c r="H14" s="30">
+        <v>5.0000000000000001E-3</v>
+      </c>
       <c r="I14" s="30">
-        <v>80.034000000000006</v>
+        <v>44.386000000000003</v>
       </c>
       <c r="J14" s="31">
         <f t="shared" si="6"/>
-        <v>120.39700000000001</v>
+        <v>68.682999999999993</v>
       </c>
       <c r="K14" s="32">
         <f t="shared" si="0"/>
-        <v>-8.5397000000000016</v>
+        <v>1.5487000000000002</v>
       </c>
       <c r="L14" s="32">
         <f t="shared" si="1"/>
-        <v>-1.6132500000000007</v>
+        <v>-1.1427499999999995</v>
       </c>
       <c r="M14" s="32">
         <f t="shared" si="2"/>
-        <v>-0.16270000000000095</v>
+        <v>1.4007000000000005</v>
       </c>
       <c r="N14" s="33">
         <f t="shared" si="3"/>
-        <v>-1.7759500000000017</v>
+        <v>0.25795000000000101</v>
       </c>
       <c r="O14" s="34">
         <f t="shared" si="4"/>
-        <v>0.33524921717318534</v>
+        <v>0.35375566006144171</v>
       </c>
       <c r="P14" s="30">
-        <v>3.5</v>
+        <v>8.4169999999999998</v>
       </c>
       <c r="Q14" s="30"/>
+      <c r="T14"/>
     </row>
     <row r="15" spans="2:21" x14ac:dyDescent="0.2">
-      <c r="B15" s="29" t="s">
-        <v>27</v>
+      <c r="B15" s="44" t="s">
+        <v>30</v>
       </c>
       <c r="C15" s="30"/>
       <c r="D15" s="30">
-        <v>17.079999999999998</v>
+        <v>3.5</v>
       </c>
       <c r="E15" s="30">
-        <v>43.936999999999998</v>
+        <v>23.96</v>
       </c>
       <c r="F15" s="30">
         <f t="shared" si="5"/>
-        <v>25.51</v>
+        <v>12.042</v>
       </c>
       <c r="G15" s="30">
-        <v>25.504000000000001</v>
-[...3 lines deleted...]
-      </c>
+        <v>12.042</v>
+      </c>
+      <c r="H15" s="30"/>
       <c r="I15" s="30">
-        <v>154.17500000000001</v>
+        <v>78.034000000000006</v>
       </c>
       <c r="J15" s="31">
         <f t="shared" si="6"/>
-        <v>240.702</v>
+        <v>117.536</v>
       </c>
       <c r="K15" s="32">
         <f t="shared" si="0"/>
-        <v>-6.9902000000000015</v>
+        <v>-8.2536000000000005</v>
       </c>
       <c r="L15" s="32">
         <f t="shared" si="1"/>
-        <v>0.84149999999999636</v>
+        <v>-1.9239999999999995</v>
       </c>
       <c r="M15" s="32">
         <f t="shared" si="2"/>
-        <v>1.4398000000000017</v>
+        <v>0.28839999999999932</v>
       </c>
       <c r="N15" s="33">
         <f t="shared" si="3"/>
-        <v>2.2813000000000017</v>
+        <v>-1.6355999999999966</v>
       </c>
       <c r="O15" s="34">
         <f t="shared" si="4"/>
-        <v>0.35947769441051591</v>
+        <v>0.33608426354478632</v>
       </c>
       <c r="P15" s="30">
-        <v>18.565999999999999</v>
+        <v>3.5</v>
       </c>
       <c r="Q15" s="30"/>
-      <c r="S15" s="4"/>
+      <c r="T15"/>
     </row>
     <row r="16" spans="2:21" x14ac:dyDescent="0.2">
-      <c r="B16" s="29" t="s">
-        <v>28</v>
+      <c r="B16" s="44" t="s">
+        <v>31</v>
       </c>
       <c r="C16" s="30"/>
       <c r="D16" s="30">
-        <v>5.9580000000000002</v>
+        <v>18.071000000000002</v>
       </c>
       <c r="E16" s="30">
-        <v>10.766</v>
+        <v>43.95</v>
       </c>
       <c r="F16" s="30">
         <f t="shared" si="5"/>
-        <v>8.4019999999999992</v>
+        <v>32.457000000000001</v>
       </c>
       <c r="G16" s="30">
-        <v>8.3879999999999999</v>
+        <v>31.498000000000001</v>
       </c>
       <c r="H16" s="30">
-        <v>1.4E-2</v>
+        <v>0.95899999999999996</v>
       </c>
       <c r="I16" s="30">
-        <v>52.435000000000002</v>
+        <v>154.08799999999999</v>
       </c>
       <c r="J16" s="31">
         <f t="shared" si="6"/>
-        <v>77.561000000000007</v>
+        <v>248.566</v>
       </c>
       <c r="K16" s="32">
         <f t="shared" si="0"/>
-        <v>-1.7981000000000007</v>
+        <v>-6.7855999999999987</v>
       </c>
       <c r="L16" s="32">
         <f t="shared" si="1"/>
-        <v>-2.6662500000000016</v>
+        <v>-0.12049999999999983</v>
       </c>
       <c r="M16" s="32">
         <f t="shared" si="2"/>
-        <v>0.64589999999999836</v>
+        <v>7.6004000000000005</v>
       </c>
       <c r="N16" s="33">
         <f t="shared" si="3"/>
-        <v>-2.0203500000000041</v>
+        <v>7.4799000000000149</v>
       </c>
       <c r="O16" s="34">
         <f t="shared" si="4"/>
-        <v>0.32395147045551237</v>
+        <v>0.38009220891030959</v>
       </c>
       <c r="P16" s="30">
-        <v>5.9580000000000002</v>
+        <v>19.556999999999999</v>
       </c>
       <c r="Q16" s="30"/>
-      <c r="T16" s="4"/>
-      <c r="U16" s="4"/>
+      <c r="T16"/>
     </row>
     <row r="17" spans="2:21" x14ac:dyDescent="0.2">
-      <c r="B17" s="29" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="B17" s="44" t="s">
+        <v>32</v>
+      </c>
+      <c r="C17" s="30"/>
       <c r="D17" s="30">
-        <v>79.932000000000002</v>
+        <v>6.8369999999999997</v>
       </c>
       <c r="E17" s="30">
-        <v>155.303</v>
+        <v>10.765000000000001</v>
       </c>
       <c r="F17" s="30">
         <f t="shared" si="5"/>
-        <v>146.36099999999999</v>
+        <v>8.67</v>
       </c>
       <c r="G17" s="30">
-        <v>146.34299999999999</v>
+        <v>8.3420000000000005</v>
       </c>
       <c r="H17" s="30">
-        <v>1.7999999999999999E-2</v>
+        <v>0.32800000000000001</v>
       </c>
       <c r="I17" s="30">
-        <v>939.59199999999998</v>
+        <v>52.863</v>
       </c>
       <c r="J17" s="31">
         <f t="shared" si="6"/>
-        <v>1340.9649999999999</v>
+        <v>79.135000000000005</v>
       </c>
       <c r="K17" s="32">
         <f t="shared" si="0"/>
-        <v>-34.387499999999989</v>
+        <v>-1.0765000000000011</v>
       </c>
       <c r="L17" s="32">
         <f t="shared" si="1"/>
-        <v>-80.229249999999979</v>
+        <v>-2.181750000000001</v>
       </c>
       <c r="M17" s="32">
         <f t="shared" si="2"/>
-        <v>12.264499999999998</v>
+        <v>0.75649999999999906</v>
       </c>
       <c r="N17" s="33">
         <f t="shared" si="3"/>
-        <v>-67.964749999999924</v>
+        <v>-1.4252500000000019</v>
       </c>
       <c r="O17" s="34">
         <f t="shared" si="4"/>
-        <v>0.29931653697150934</v>
+        <v>0.33198963796044728</v>
       </c>
       <c r="P17" s="30">
-        <v>99.781000000000006</v>
-[...3 lines deleted...]
-      </c>
+        <v>6.8369999999999997</v>
+      </c>
+      <c r="Q17" s="30"/>
+      <c r="T17" s="43"/>
     </row>
     <row r="18" spans="2:21" x14ac:dyDescent="0.2">
-      <c r="B18" s="29" t="s">
-[...2 lines deleted...]
-      <c r="C18" s="30"/>
+      <c r="B18" s="44" t="s">
+        <v>33</v>
+      </c>
+      <c r="C18" s="30">
+        <v>19.738</v>
+      </c>
       <c r="D18" s="30">
-        <v>7.1639999999999997</v>
+        <v>80.504999999999995</v>
       </c>
       <c r="E18" s="30">
-        <v>6.9820000000000002</v>
+        <v>151.84899999999999</v>
       </c>
       <c r="F18" s="30">
         <f t="shared" si="5"/>
-        <v>6.3360000000000003</v>
+        <v>150.08500000000001</v>
       </c>
       <c r="G18" s="30">
-        <v>6.3360000000000003</v>
-[...1 lines deleted...]
-      <c r="H18" s="30"/>
+        <v>144.50800000000001</v>
+      </c>
+      <c r="H18" s="30">
+        <v>5.577</v>
+      </c>
       <c r="I18" s="30">
-        <v>40.008000000000003</v>
+        <v>921.16700000000003</v>
       </c>
       <c r="J18" s="31">
         <f t="shared" si="6"/>
-        <v>60.49</v>
+        <v>1323.3439999999998</v>
       </c>
       <c r="K18" s="32">
         <f t="shared" si="0"/>
-        <v>1.1149999999999993</v>
+        <v>-32.091399999999993</v>
       </c>
       <c r="L18" s="32">
         <f t="shared" si="1"/>
-        <v>-0.9764999999999997</v>
+        <v>-78.743999999999971</v>
       </c>
       <c r="M18" s="32">
         <f t="shared" si="2"/>
-        <v>0.28699999999999992</v>
+        <v>17.75060000000002</v>
       </c>
       <c r="N18" s="33">
         <f t="shared" si="3"/>
-        <v>-0.68949999999999889</v>
+        <v>-60.993399999999895</v>
       </c>
       <c r="O18" s="34">
         <f t="shared" si="4"/>
-        <v>0.33860142172259877</v>
+        <v>0.30390964103060131</v>
       </c>
       <c r="P18" s="30">
-        <v>7.1639999999999997</v>
-[...1 lines deleted...]
-      <c r="Q18" s="30"/>
+        <v>100.315</v>
+      </c>
+      <c r="Q18" s="30">
+        <v>3.488</v>
+      </c>
+      <c r="T18"/>
     </row>
     <row r="19" spans="2:21" x14ac:dyDescent="0.2">
-      <c r="B19" s="29" t="s">
-        <v>31</v>
+      <c r="B19" s="44" t="s">
+        <v>34</v>
       </c>
       <c r="C19" s="30"/>
       <c r="D19" s="30">
-        <v>4.8849999999999998</v>
+        <v>6.7240000000000002</v>
       </c>
       <c r="E19" s="30">
-        <v>10.567</v>
+        <v>6.9859999999999998</v>
       </c>
       <c r="F19" s="30">
         <f t="shared" si="5"/>
-        <v>5.569</v>
+        <v>8.0250000000000004</v>
       </c>
       <c r="G19" s="30">
-        <v>5.5620000000000003</v>
+        <v>8.0229999999999997</v>
       </c>
       <c r="H19" s="30">
-        <v>7.0000000000000001E-3</v>
+        <v>2E-3</v>
       </c>
       <c r="I19" s="30">
-        <v>48.884</v>
+        <v>39.003999999999998</v>
       </c>
       <c r="J19" s="31">
-        <f t="shared" si="6"/>
-        <v>69.905000000000015</v>
+        <f>SUM(I19,F19,E19,D19,C19)</f>
+        <v>60.73899999999999</v>
       </c>
       <c r="K19" s="32">
         <f t="shared" si="0"/>
-        <v>-2.1055000000000019</v>
+        <v>0.65010000000000101</v>
       </c>
       <c r="L19" s="32">
         <f t="shared" si="1"/>
-        <v>-2.0242500000000039</v>
+        <v>-1.4747499999999967</v>
       </c>
       <c r="M19" s="32">
         <f t="shared" si="2"/>
-        <v>-1.4215000000000018</v>
+        <v>1.9511000000000012</v>
       </c>
       <c r="N19" s="33">
         <f t="shared" si="3"/>
-        <v>-3.4457500000000039</v>
+        <v>0.4763500000000036</v>
       </c>
       <c r="O19" s="34">
         <f t="shared" si="4"/>
-        <v>0.30070810385523206</v>
+        <v>0.35784257231762134</v>
       </c>
       <c r="P19" s="30">
-        <v>4.8849999999999998</v>
+        <v>6.7240000000000002</v>
       </c>
       <c r="Q19" s="30"/>
+      <c r="T19"/>
     </row>
     <row r="20" spans="2:21" x14ac:dyDescent="0.2">
-      <c r="B20" s="29" t="s">
-        <v>32</v>
+      <c r="B20" s="44" t="s">
+        <v>35</v>
       </c>
       <c r="C20" s="30"/>
       <c r="D20" s="30">
-        <v>3.8410000000000002</v>
+        <v>5.5919999999999996</v>
       </c>
       <c r="E20" s="30">
-        <v>7.585</v>
+        <v>10.555999999999999</v>
       </c>
       <c r="F20" s="30">
         <f t="shared" si="5"/>
-        <v>4.133</v>
+        <v>5.9249999999999998</v>
       </c>
       <c r="G20" s="30">
-        <v>4.133</v>
+        <v>5.9249999999999998</v>
       </c>
       <c r="H20" s="30"/>
       <c r="I20" s="30">
-        <v>37.912999999999997</v>
+        <v>50.005000000000003</v>
       </c>
       <c r="J20" s="31">
-        <f t="shared" si="6"/>
-        <v>53.472000000000001</v>
+        <f>SUM(I20,F20,E20,D20,C20)</f>
+        <v>72.078000000000003</v>
       </c>
       <c r="K20" s="32">
         <f t="shared" si="0"/>
-        <v>-1.5062000000000006</v>
+        <v>-1.615800000000001</v>
       </c>
       <c r="L20" s="32">
         <f t="shared" si="1"/>
-        <v>-1.9420000000000002</v>
+        <v>-1.8715000000000011</v>
       </c>
       <c r="M20" s="32">
         <f t="shared" si="2"/>
-        <v>-1.2142000000000008</v>
+        <v>-1.2828000000000008</v>
       </c>
       <c r="N20" s="33">
         <f t="shared" si="3"/>
-        <v>-3.1561999999999983</v>
+        <v>-3.1542999999999992</v>
       </c>
       <c r="O20" s="34">
         <f t="shared" si="4"/>
-        <v>0.2909747157390784</v>
+        <v>0.30623768695024833</v>
       </c>
       <c r="P20" s="30">
-        <v>3.8410000000000002</v>
+        <v>5.5919999999999996</v>
       </c>
       <c r="Q20" s="30"/>
+      <c r="T20"/>
     </row>
     <row r="21" spans="2:21" x14ac:dyDescent="0.2">
-      <c r="B21" s="29" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="B21" s="44" t="s">
+        <v>36</v>
+      </c>
+      <c r="C21" s="30"/>
       <c r="D21" s="30">
-        <v>8.9120000000000008</v>
+        <v>4.8970000000000002</v>
       </c>
       <c r="E21" s="30">
-        <v>14.266</v>
+        <v>1E-3</v>
       </c>
       <c r="F21" s="30">
         <f t="shared" si="5"/>
-        <v>10.702999999999999</v>
+        <v>7.2889999999999997</v>
       </c>
       <c r="G21" s="30">
-        <v>10.702999999999999</v>
-[...1 lines deleted...]
-      <c r="H21" s="30"/>
+        <v>7.0419999999999998</v>
+      </c>
+      <c r="H21" s="30">
+        <v>0.247</v>
+      </c>
       <c r="I21" s="30">
-        <v>72.599999999999994</v>
+        <v>26.312999999999999</v>
       </c>
       <c r="J21" s="31">
-        <f t="shared" si="6"/>
-        <v>109.52600000000001</v>
+        <f t="shared" ref="J21:J80" si="7">SUM(I21,F21,E21,D21,C21)</f>
+        <v>38.499999999999993</v>
       </c>
       <c r="K21" s="32">
         <f t="shared" si="0"/>
-        <v>1.0043999999999986</v>
+        <v>1.0470000000000006</v>
       </c>
       <c r="L21" s="32">
         <f t="shared" si="1"/>
-        <v>-1.1585000000000036</v>
+        <v>-4.7269999999999976</v>
       </c>
       <c r="M21" s="32">
         <f t="shared" si="2"/>
-        <v>-0.24960000000000271</v>
+        <v>3.4390000000000001</v>
       </c>
       <c r="N21" s="33">
         <f t="shared" si="3"/>
-        <v>-1.4080999999999975</v>
+        <v>-1.2879999999999949</v>
       </c>
       <c r="O21" s="34">
         <f t="shared" si="4"/>
-        <v>0.33714369190877053</v>
+        <v>0.31654545454545463</v>
       </c>
       <c r="P21" s="30">
-        <v>11.956</v>
+        <v>4.8970000000000002</v>
       </c>
       <c r="Q21" s="30"/>
+      <c r="T21"/>
     </row>
     <row r="22" spans="2:21" x14ac:dyDescent="0.2">
-      <c r="B22" s="29" t="s">
-        <v>34</v>
+      <c r="B22" s="44" t="s">
+        <v>37</v>
       </c>
       <c r="C22" s="30"/>
       <c r="D22" s="30">
-        <v>25.541</v>
+        <v>3.8559999999999999</v>
       </c>
       <c r="E22" s="30">
-        <v>31.146999999999998</v>
+        <v>7.585</v>
       </c>
       <c r="F22" s="30">
         <f t="shared" si="5"/>
-        <v>23.933</v>
+        <v>4.0739999999999998</v>
       </c>
       <c r="G22" s="30">
-        <v>23.933</v>
-[...1 lines deleted...]
-      <c r="H22" s="30"/>
+        <v>4.0739999999999998</v>
+      </c>
+      <c r="H22" s="30">
+        <v>0</v>
+      </c>
       <c r="I22" s="30">
-        <v>149.23099999999999</v>
+        <v>37.886000000000003</v>
       </c>
       <c r="J22" s="31">
-        <f t="shared" si="6"/>
-        <v>229.85199999999998</v>
+        <f t="shared" si="7"/>
+        <v>53.401000000000003</v>
       </c>
       <c r="K22" s="32">
         <f t="shared" si="0"/>
-        <v>2.5558000000000014</v>
+        <v>-1.4841000000000006</v>
       </c>
       <c r="L22" s="32">
         <f t="shared" si="1"/>
-        <v>-0.77499999999999147</v>
+        <v>-1.9092500000000019</v>
       </c>
       <c r="M22" s="32">
         <f t="shared" si="2"/>
-        <v>0.94780000000000086</v>
+        <v>-1.2661000000000007</v>
       </c>
       <c r="N22" s="33">
         <f t="shared" si="3"/>
-        <v>0.1728000000000236</v>
+        <v>-3.1753499999999999</v>
       </c>
       <c r="O22" s="34">
         <f t="shared" si="4"/>
-        <v>0.35075178810712987</v>
+        <v>0.29053763038145347</v>
       </c>
       <c r="P22" s="30">
-        <v>25.530999999999999</v>
-[...3 lines deleted...]
-      </c>
+        <v>3.8559999999999999</v>
+      </c>
+      <c r="Q22" s="30"/>
+      <c r="T22"/>
     </row>
     <row r="23" spans="2:21" x14ac:dyDescent="0.2">
-      <c r="B23" s="29" t="s">
-        <v>35</v>
+      <c r="B23" s="44" t="s">
+        <v>38</v>
       </c>
       <c r="C23" s="30">
-        <v>18.888000000000002</v>
+        <v>3.0449999999999999</v>
       </c>
       <c r="D23" s="30">
-        <v>18.161999999999999</v>
+        <v>9.1720000000000006</v>
       </c>
       <c r="E23" s="30">
-        <v>55.354999999999997</v>
+        <v>14.265000000000001</v>
       </c>
       <c r="F23" s="30">
         <f t="shared" si="5"/>
-        <v>46.336000000000006</v>
+        <v>11.313000000000001</v>
       </c>
       <c r="G23" s="30">
-        <v>46.328000000000003</v>
-[...3 lines deleted...]
-      </c>
+        <v>11.313000000000001</v>
+      </c>
+      <c r="H23" s="30"/>
       <c r="I23" s="30">
-        <v>264.13400000000001</v>
+        <v>73.480999999999995</v>
       </c>
       <c r="J23" s="31">
-        <f t="shared" si="6"/>
-        <v>402.875</v>
+        <f t="shared" si="7"/>
+        <v>111.276</v>
       </c>
       <c r="K23" s="32">
         <f t="shared" si="0"/>
-        <v>-3.2375000000000043</v>
+        <v>1.0893999999999995</v>
       </c>
       <c r="L23" s="32">
         <f t="shared" si="1"/>
-        <v>-8.3137499999999989</v>
+        <v>-1.3369999999999997</v>
       </c>
       <c r="M23" s="32">
         <f t="shared" si="2"/>
-        <v>6.0485000000000042</v>
+        <v>0.18539999999999957</v>
       </c>
       <c r="N23" s="33">
         <f t="shared" si="3"/>
-        <v>-2.2652499999999804</v>
+        <v>-1.1515999999999948</v>
       </c>
       <c r="O23" s="34">
         <f t="shared" si="4"/>
-        <v>0.34437728824076952</v>
+        <v>0.33965095797836015</v>
       </c>
       <c r="P23" s="30">
-        <v>34.966999999999999</v>
-[...3 lines deleted...]
-      </c>
+        <v>12.215999999999999</v>
+      </c>
+      <c r="Q23" s="30"/>
+      <c r="T23"/>
     </row>
     <row r="24" spans="2:21" x14ac:dyDescent="0.2">
-      <c r="B24" s="29" t="s">
-        <v>36</v>
+      <c r="B24" s="44" t="s">
+        <v>94</v>
       </c>
       <c r="C24" s="30"/>
       <c r="D24" s="30">
-        <v>4.96</v>
+        <v>25.617000000000001</v>
       </c>
       <c r="E24" s="30">
-        <v>12.243</v>
+        <v>30.294</v>
       </c>
       <c r="F24" s="30">
         <f t="shared" si="5"/>
-        <v>7.1829999999999998</v>
+        <v>28.488</v>
       </c>
       <c r="G24" s="30">
-        <v>7.1790000000000003</v>
+        <v>28.478999999999999</v>
       </c>
       <c r="H24" s="30">
-        <v>4.0000000000000001E-3</v>
+        <v>8.9999999999999993E-3</v>
       </c>
       <c r="I24" s="30">
-        <v>50.109000000000002</v>
+        <v>145.881</v>
       </c>
       <c r="J24" s="31">
-        <f t="shared" si="6"/>
-        <v>74.49499999999999</v>
+        <f t="shared" si="7"/>
+        <v>230.28</v>
       </c>
       <c r="K24" s="32">
         <f t="shared" si="0"/>
-        <v>-2.4894999999999996</v>
+        <v>2.5889999999999986</v>
       </c>
       <c r="L24" s="32">
         <f t="shared" si="1"/>
-        <v>-1.4207499999999982</v>
+        <v>-1.6589999999999989</v>
       </c>
       <c r="M24" s="32">
         <f t="shared" si="2"/>
-        <v>-0.26649999999999974</v>
+        <v>5.4599999999999973</v>
       </c>
       <c r="N24" s="33">
         <f t="shared" si="3"/>
-        <v>-1.6872499999999953</v>
+        <v>3.8010000000000019</v>
       </c>
       <c r="O24" s="34">
         <f t="shared" si="4"/>
-        <v>0.3273508289146923</v>
+        <v>0.3665059927045336</v>
       </c>
       <c r="P24" s="30">
-        <v>4.96</v>
-[...1 lines deleted...]
-      <c r="Q24" s="30"/>
+        <v>25.606999999999999</v>
+      </c>
+      <c r="Q24" s="30">
+        <v>0.16600000000000001</v>
+      </c>
+      <c r="T24"/>
+      <c r="U24" s="4"/>
     </row>
     <row r="25" spans="2:21" x14ac:dyDescent="0.2">
-      <c r="B25" s="29" t="s">
-        <v>37</v>
+      <c r="B25" s="44" t="s">
+        <v>95</v>
       </c>
       <c r="C25" s="30">
-        <v>32.575000000000003</v>
+        <v>22.754999999999999</v>
       </c>
       <c r="D25" s="30">
-        <v>53.445</v>
+        <v>18.911000000000001</v>
       </c>
       <c r="E25" s="30">
-        <v>108.96899999999999</v>
+        <v>45.530999999999999</v>
       </c>
       <c r="F25" s="30">
-        <f t="shared" si="5"/>
-        <v>72.823999999999998</v>
+        <f t="shared" ref="F25" si="8">G25+H25</f>
+        <v>42.315999999999995</v>
       </c>
       <c r="G25" s="30">
-        <v>72.793999999999997</v>
+        <v>41.470999999999997</v>
       </c>
       <c r="H25" s="30">
-        <v>0.03</v>
+        <v>0.84499999999999997</v>
       </c>
       <c r="I25" s="30">
-        <v>638.39099999999996</v>
+        <v>251.31100000000001</v>
       </c>
       <c r="J25" s="31">
-        <f t="shared" si="6"/>
-        <v>906.20400000000006</v>
+        <f t="shared" ref="J25" si="9">SUM(I25,F25,E25,D25,C25)</f>
+        <v>380.82400000000001</v>
       </c>
       <c r="K25" s="32">
-        <f t="shared" si="0"/>
-        <v>-4.6004000000000076</v>
+        <f t="shared" ref="K25" si="10">(C25+D25)-(J25*0.1)</f>
+        <v>3.583599999999997</v>
       </c>
       <c r="L25" s="32">
-        <f t="shared" si="1"/>
-        <v>-31.562000000000012</v>
+        <f t="shared" ref="L25" si="11">(C25+D25+E25)-(J25*0.25)</f>
+        <v>-8.0090000000000003</v>
       </c>
       <c r="M25" s="32">
-        <f>(F25)-(J25*0.1)</f>
-        <v>-17.79640000000002</v>
+        <f t="shared" ref="M25" si="12">(F25)-(J25*0.1)</f>
+        <v>4.2335999999999956</v>
       </c>
       <c r="N25" s="33">
         <f t="shared" si="3"/>
-        <v>-49.358400000000017</v>
+        <v>-3.7753999999999905</v>
       </c>
       <c r="O25" s="34">
-        <f t="shared" si="4"/>
-        <v>0.29553279394043724</v>
+        <f t="shared" ref="O25" si="13">(C25+D25+E25+F25)/(J25)</f>
+        <v>0.34008623406087851</v>
       </c>
       <c r="P25" s="30">
-        <v>86.158000000000001</v>
+        <v>39.585999999999999</v>
       </c>
       <c r="Q25" s="30">
-        <v>5.04</v>
-      </c>
+        <v>2.2000000000000002</v>
+      </c>
+      <c r="T25"/>
+      <c r="U25" s="4"/>
     </row>
     <row r="26" spans="2:21" x14ac:dyDescent="0.2">
-      <c r="B26" s="29" t="s">
-        <v>38</v>
+      <c r="B26" s="44" t="s">
+        <v>39</v>
       </c>
       <c r="C26" s="30"/>
       <c r="D26" s="30">
-        <v>7.9850000000000003</v>
+        <v>4.9610000000000003</v>
       </c>
       <c r="E26" s="30">
-        <v>8.0210000000000008</v>
+        <v>12.244</v>
       </c>
       <c r="F26" s="30">
         <f t="shared" si="5"/>
-        <v>7.4529999999999994</v>
+        <v>8.4629999999999992</v>
       </c>
       <c r="G26" s="30">
-        <v>7.4459999999999997</v>
+        <v>8.4499999999999993</v>
       </c>
       <c r="H26" s="30">
-        <v>7.0000000000000001E-3</v>
+        <v>1.2999999999999999E-2</v>
       </c>
       <c r="I26" s="30">
-        <v>44.506999999999998</v>
+        <v>53.167000000000002</v>
       </c>
       <c r="J26" s="31">
-        <f t="shared" si="6"/>
-        <v>67.965999999999994</v>
+        <f t="shared" si="7"/>
+        <v>78.834999999999994</v>
       </c>
       <c r="K26" s="32">
         <f t="shared" si="0"/>
-        <v>1.1884000000000006</v>
+        <v>-2.9224999999999994</v>
       </c>
       <c r="L26" s="32">
         <f t="shared" si="1"/>
-        <v>-0.98549999999999827</v>
+        <v>-2.5037500000000001</v>
       </c>
       <c r="M26" s="32">
         <f t="shared" si="2"/>
-        <v>0.65639999999999965</v>
+        <v>0.57949999999999946</v>
       </c>
       <c r="N26" s="33">
         <f t="shared" si="3"/>
-        <v>-0.32909999999999684</v>
+        <v>-1.9242499999999971</v>
       </c>
       <c r="O26" s="34">
         <f t="shared" si="4"/>
-        <v>0.34515787305417417</v>
+        <v>0.32559142512843281</v>
       </c>
       <c r="P26" s="30">
-        <v>7.9850000000000003</v>
+        <v>4.9610000000000003</v>
       </c>
       <c r="Q26" s="30"/>
+      <c r="T26"/>
     </row>
     <row r="27" spans="2:21" x14ac:dyDescent="0.2">
-      <c r="B27" s="29" t="s">
-[...2 lines deleted...]
-      <c r="C27" s="30"/>
+      <c r="B27" s="44" t="s">
+        <v>40</v>
+      </c>
+      <c r="C27" s="30">
+        <v>32.585000000000001</v>
+      </c>
       <c r="D27" s="30">
-        <v>7.5389999999999997</v>
+        <v>53.447000000000003</v>
       </c>
       <c r="E27" s="30">
-        <v>6.1909999999999998</v>
+        <v>108.97199999999999</v>
       </c>
       <c r="F27" s="30">
         <f t="shared" si="5"/>
-        <v>8.1920000000000002</v>
+        <v>76.075000000000003</v>
       </c>
       <c r="G27" s="30">
-        <v>8.1869999999999994</v>
+        <v>75.935000000000002</v>
       </c>
       <c r="H27" s="30">
-        <v>5.0000000000000001E-3</v>
+        <v>0.14000000000000001</v>
       </c>
       <c r="I27" s="30">
-        <v>33.988</v>
+        <v>637.68100000000004</v>
       </c>
       <c r="J27" s="31">
-        <f t="shared" si="6"/>
-        <v>55.910000000000004</v>
+        <f t="shared" si="7"/>
+        <v>908.7600000000001</v>
       </c>
       <c r="K27" s="32">
         <f t="shared" si="0"/>
-        <v>1.9479999999999986</v>
+        <v>-4.8440000000000083</v>
       </c>
       <c r="L27" s="32">
         <f t="shared" si="1"/>
-        <v>-0.2475000000000005</v>
+        <v>-32.186000000000007</v>
       </c>
       <c r="M27" s="32">
         <f t="shared" si="2"/>
-        <v>2.6009999999999991</v>
+        <v>-14.801000000000016</v>
       </c>
       <c r="N27" s="33">
         <f t="shared" si="3"/>
-        <v>2.3535000000000004</v>
+        <v>-46.987000000000023</v>
       </c>
       <c r="O27" s="34">
         <f t="shared" si="4"/>
-        <v>0.39209443748882128</v>
+        <v>0.29829547955455782</v>
       </c>
       <c r="P27" s="30">
-        <v>7.5380000000000003</v>
-[...1 lines deleted...]
-      <c r="Q27" s="30"/>
+        <v>86.171000000000006</v>
+      </c>
+      <c r="Q27" s="30">
+        <v>5.0389999999999997</v>
+      </c>
+      <c r="T27"/>
     </row>
     <row r="28" spans="2:21" x14ac:dyDescent="0.2">
-      <c r="B28" s="29" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="B28" s="44" t="s">
+        <v>41</v>
+      </c>
+      <c r="C28" s="30"/>
       <c r="D28" s="30">
-        <v>146.559</v>
+        <v>8</v>
       </c>
       <c r="E28" s="30">
-        <v>331.351</v>
+        <v>8.0120000000000005</v>
       </c>
       <c r="F28" s="30">
         <f t="shared" si="5"/>
-        <v>306.14699999999999</v>
+        <v>7.4950000000000001</v>
       </c>
       <c r="G28" s="30">
-        <v>306.077</v>
+        <v>7.4790000000000001</v>
       </c>
       <c r="H28" s="30">
-        <v>7.0000000000000007E-2</v>
+        <v>1.6E-2</v>
       </c>
       <c r="I28" s="30">
-        <v>2026.2049999999999</v>
+        <v>45.137999999999998</v>
       </c>
       <c r="J28" s="31">
-        <f t="shared" si="6"/>
-        <v>2871.703</v>
+        <f t="shared" si="7"/>
+        <v>68.644999999999996</v>
       </c>
       <c r="K28" s="32">
         <f t="shared" si="0"/>
-        <v>-79.170299999999997</v>
+        <v>1.1355000000000004</v>
       </c>
       <c r="L28" s="32">
         <f t="shared" si="1"/>
-        <v>-178.57474999999999</v>
+        <v>-1.1492499999999986</v>
       </c>
       <c r="M28" s="32">
         <f t="shared" si="2"/>
-        <v>18.976699999999994</v>
+        <v>0.6305000000000005</v>
       </c>
       <c r="N28" s="33">
         <f t="shared" si="3"/>
-        <v>-159.59804999999983</v>
+        <v>-0.51874999999999716</v>
       </c>
       <c r="O28" s="34">
         <f t="shared" si="4"/>
-        <v>0.29442390107890687</v>
+        <v>0.34244300386044146</v>
       </c>
       <c r="P28" s="30">
-        <v>200.39599999999999</v>
-[...4 lines deleted...]
-      <c r="S28" s="4"/>
+        <v>8</v>
+      </c>
+      <c r="Q28" s="30"/>
+      <c r="T28"/>
     </row>
     <row r="29" spans="2:21" x14ac:dyDescent="0.2">
-      <c r="B29" s="29" t="s">
-        <v>41</v>
+      <c r="B29" s="44" t="s">
+        <v>42</v>
       </c>
       <c r="C29" s="30"/>
       <c r="D29" s="30">
-        <v>34.707000000000001</v>
+        <v>8.1379999999999999</v>
       </c>
       <c r="E29" s="30">
-        <v>50.335999999999999</v>
+        <v>6.1950000000000003</v>
       </c>
       <c r="F29" s="30">
         <f t="shared" si="5"/>
-        <v>31.957999999999998</v>
+        <v>9.907</v>
       </c>
       <c r="G29" s="30">
-        <v>31.936</v>
+        <v>9.5050000000000008</v>
       </c>
       <c r="H29" s="30">
-        <v>2.1999999999999999E-2</v>
+        <v>0.40200000000000002</v>
       </c>
       <c r="I29" s="30">
-        <v>257.35500000000002</v>
+        <v>34.734999999999999</v>
       </c>
       <c r="J29" s="31">
-        <f t="shared" si="6"/>
-        <v>374.35599999999999</v>
+        <f t="shared" si="7"/>
+        <v>58.974999999999994</v>
       </c>
       <c r="K29" s="32">
         <f t="shared" si="0"/>
-        <v>-2.7286000000000001</v>
+        <v>2.2404999999999999</v>
       </c>
       <c r="L29" s="32">
         <f t="shared" si="1"/>
-        <v>-8.5459999999999923</v>
+        <v>-0.41074999999999839</v>
       </c>
       <c r="M29" s="32">
         <f t="shared" si="2"/>
-        <v>-5.4776000000000025</v>
+        <v>4.0095000000000001</v>
       </c>
       <c r="N29" s="33">
         <f t="shared" si="3"/>
-        <v>-14.023599999999988</v>
+        <v>3.5987500000000061</v>
       </c>
       <c r="O29" s="34">
         <f t="shared" si="4"/>
-        <v>0.31253940099798055</v>
+        <v>0.41102161933022474</v>
       </c>
       <c r="P29" s="30">
-        <v>34.558999999999997</v>
-[...5 lines deleted...]
-      <c r="U29" s="4"/>
+        <v>8.1370000000000005</v>
+      </c>
+      <c r="Q29" s="30"/>
+      <c r="T29"/>
     </row>
     <row r="30" spans="2:21" x14ac:dyDescent="0.2">
-      <c r="B30" s="29" t="s">
-[...2 lines deleted...]
-      <c r="C30" s="30"/>
+      <c r="B30" s="44" t="s">
+        <v>43</v>
+      </c>
+      <c r="C30" s="30">
+        <v>64.27</v>
+      </c>
       <c r="D30" s="30">
-        <v>7.9880000000000004</v>
+        <v>142.69399999999999</v>
       </c>
       <c r="E30" s="30">
-        <v>6.2960000000000003</v>
+        <v>326.80200000000002</v>
       </c>
       <c r="F30" s="30">
         <f t="shared" si="5"/>
-        <v>6.7679999999999998</v>
+        <v>310.42099999999999</v>
       </c>
       <c r="G30" s="30">
-        <v>6.7679999999999998</v>
-[...1 lines deleted...]
-      <c r="H30" s="30"/>
+        <v>308.56599999999997</v>
+      </c>
+      <c r="H30" s="30">
+        <v>1.855</v>
+      </c>
       <c r="I30" s="30">
-        <v>43.283000000000001</v>
+        <v>2027.184</v>
       </c>
       <c r="J30" s="31">
-        <f t="shared" si="6"/>
-        <v>64.335000000000008</v>
+        <f t="shared" si="7"/>
+        <v>2871.3710000000001</v>
       </c>
       <c r="K30" s="32">
         <f t="shared" si="0"/>
-        <v>1.5544999999999991</v>
+        <v>-80.173100000000034</v>
       </c>
       <c r="L30" s="32">
         <f t="shared" si="1"/>
-        <v>-1.7997500000000013</v>
+        <v>-184.07674999999995</v>
       </c>
       <c r="M30" s="32">
         <f t="shared" si="2"/>
-        <v>0.33449999999999847</v>
+        <v>23.28389999999996</v>
       </c>
       <c r="N30" s="33">
         <f t="shared" si="3"/>
-        <v>-1.4652500000000011</v>
+        <v>-160.79284999999982</v>
       </c>
       <c r="O30" s="34">
         <f t="shared" si="4"/>
-        <v>0.32722468329836008</v>
+        <v>0.29400136729109549</v>
       </c>
       <c r="P30" s="30">
-        <v>7.9880000000000004</v>
-[...1 lines deleted...]
-      <c r="Q30" s="30"/>
+        <v>199.48699999999999</v>
+      </c>
+      <c r="Q30" s="30">
+        <v>12.897</v>
+      </c>
+      <c r="T30"/>
     </row>
     <row r="31" spans="2:21" x14ac:dyDescent="0.2">
-      <c r="B31" s="29" t="s">
-        <v>43</v>
+      <c r="B31" s="44" t="s">
+        <v>44</v>
       </c>
       <c r="C31" s="30"/>
       <c r="D31" s="30">
-        <v>4.306</v>
-[...3 lines deleted...]
-      </c>
+        <v>5.9960000000000004</v>
+      </c>
+      <c r="E31" s="30"/>
       <c r="F31" s="30">
         <f t="shared" si="5"/>
-        <v>8.4740000000000002</v>
+        <v>7.4060000000000006</v>
       </c>
       <c r="G31" s="30">
-        <v>8.4740000000000002</v>
-[...1 lines deleted...]
-      <c r="H31" s="30"/>
+        <v>7.0810000000000004</v>
+      </c>
+      <c r="H31" s="30">
+        <v>0.32500000000000001</v>
+      </c>
       <c r="I31" s="30">
-        <v>48.265999999999998</v>
+        <v>32.737000000000002</v>
       </c>
       <c r="J31" s="31">
-        <f t="shared" si="6"/>
-        <v>77.808999999999997</v>
+        <f t="shared" si="7"/>
+        <v>46.139000000000003</v>
       </c>
       <c r="K31" s="32">
         <f t="shared" si="0"/>
-        <v>-3.4748999999999999</v>
+        <v>1.3821000000000003</v>
       </c>
       <c r="L31" s="32">
         <f t="shared" si="1"/>
-        <v>1.6167500000000032</v>
+        <v>-5.5387500000000003</v>
       </c>
       <c r="M31" s="32">
         <f t="shared" si="2"/>
-        <v>0.69310000000000027</v>
+        <v>2.7921000000000005</v>
       </c>
       <c r="N31" s="33">
         <f t="shared" si="3"/>
-        <v>2.3098500000000044</v>
+        <v>-2.7466499999999989</v>
       </c>
       <c r="O31" s="34">
         <f t="shared" si="4"/>
-        <v>0.37968615455795607</v>
+        <v>0.29047010121589112</v>
       </c>
       <c r="P31" s="30">
-        <v>4.306</v>
+        <v>5.9960000000000004</v>
       </c>
       <c r="Q31" s="30"/>
+      <c r="T31"/>
     </row>
     <row r="32" spans="2:21" x14ac:dyDescent="0.2">
-      <c r="B32" s="29" t="s">
-        <v>44</v>
+      <c r="B32" s="44" t="s">
+        <v>45</v>
       </c>
       <c r="C32" s="30"/>
       <c r="D32" s="30">
-        <v>12.02</v>
+        <v>38.344999999999999</v>
       </c>
       <c r="E32" s="30">
-        <v>28.835000000000001</v>
+        <v>49.911999999999999</v>
       </c>
       <c r="F32" s="30">
         <f t="shared" si="5"/>
-        <v>27.157999999999998</v>
+        <v>35.422999999999995</v>
       </c>
       <c r="G32" s="30">
-        <v>27.138999999999999</v>
+        <v>35.302999999999997</v>
       </c>
       <c r="H32" s="30">
-        <v>1.9E-2</v>
+        <v>0.12</v>
       </c>
       <c r="I32" s="30">
-        <v>118.46599999999999</v>
+        <v>268.94799999999998</v>
       </c>
       <c r="J32" s="31">
-        <f t="shared" si="6"/>
-        <v>186.47900000000001</v>
+        <f t="shared" si="7"/>
+        <v>392.62799999999993</v>
       </c>
       <c r="K32" s="32">
         <f t="shared" si="0"/>
-        <v>-6.6279000000000039</v>
+        <v>-0.91779999999999973</v>
       </c>
       <c r="L32" s="32">
         <f t="shared" si="1"/>
-        <v>-5.7647499999999994</v>
+        <v>-9.8999999999999773</v>
       </c>
       <c r="M32" s="32">
         <f t="shared" si="2"/>
-        <v>8.5100999999999942</v>
+        <v>-3.8398000000000039</v>
       </c>
       <c r="N32" s="33">
         <f t="shared" si="3"/>
-        <v>2.745350000000002</v>
+        <v>-13.739799999999946</v>
       </c>
       <c r="O32" s="34">
         <f t="shared" si="4"/>
-        <v>0.36472203304393525</v>
+        <v>0.3150055523294315</v>
       </c>
       <c r="P32" s="30">
-        <v>11.913</v>
-[...1 lines deleted...]
-      <c r="Q32" s="30"/>
+        <v>37.521999999999998</v>
+      </c>
+      <c r="Q32" s="30">
+        <v>2.2360000000000002</v>
+      </c>
+      <c r="T32"/>
     </row>
     <row r="33" spans="2:21" x14ac:dyDescent="0.2">
-      <c r="B33" s="29" t="s">
-        <v>45</v>
+      <c r="B33" s="44" t="s">
+        <v>46</v>
       </c>
       <c r="C33" s="30"/>
       <c r="D33" s="30">
-        <v>3.5030000000000001</v>
+        <v>8.1509999999999998</v>
       </c>
       <c r="E33" s="30">
-        <v>19.507000000000001</v>
+        <v>6.7249999999999996</v>
       </c>
       <c r="F33" s="30">
         <f t="shared" si="5"/>
-        <v>9.8950000000000014</v>
+        <v>6.7750000000000004</v>
       </c>
       <c r="G33" s="30">
-        <v>9.8800000000000008</v>
+        <v>6.7720000000000002</v>
       </c>
       <c r="H33" s="30">
-        <v>1.4999999999999999E-2</v>
+        <v>3.0000000000000001E-3</v>
       </c>
       <c r="I33" s="30">
-        <v>57.21</v>
+        <v>43.536999999999999</v>
       </c>
       <c r="J33" s="31">
-        <f t="shared" si="6"/>
-        <v>90.115000000000009</v>
+        <f t="shared" si="7"/>
+        <v>65.188000000000002</v>
       </c>
       <c r="K33" s="32">
         <f t="shared" si="0"/>
-        <v>-5.5085000000000015</v>
+        <v>1.6321999999999992</v>
       </c>
       <c r="L33" s="32">
         <f t="shared" si="1"/>
-        <v>0.48124999999999929</v>
+        <v>-1.4210000000000012</v>
       </c>
       <c r="M33" s="32">
         <f t="shared" si="2"/>
-        <v>0.88349999999999973</v>
+        <v>0.25619999999999976</v>
       </c>
       <c r="N33" s="33">
         <f t="shared" si="3"/>
-        <v>1.3647500000000008</v>
+        <v>-1.1647999999999996</v>
       </c>
       <c r="O33" s="34">
         <f t="shared" si="4"/>
-        <v>0.36514453753537146</v>
+        <v>0.33213168067742527</v>
       </c>
       <c r="P33" s="30">
-        <v>3.5030000000000001</v>
+        <v>8.1509999999999998</v>
       </c>
       <c r="Q33" s="30"/>
+      <c r="T33"/>
     </row>
     <row r="34" spans="2:21" x14ac:dyDescent="0.2">
-      <c r="B34" s="29" t="s">
-        <v>46</v>
+      <c r="B34" s="44" t="s">
+        <v>47</v>
       </c>
       <c r="C34" s="30"/>
       <c r="D34" s="30">
-        <v>1.6419999999999999</v>
+        <v>8.3249999999999993</v>
       </c>
       <c r="E34" s="30">
-        <v>6.3330000000000002</v>
+        <v>16.047000000000001</v>
       </c>
       <c r="F34" s="30">
         <f t="shared" si="5"/>
-        <v>10.280999999999999</v>
+        <v>7.7549999999999999</v>
       </c>
       <c r="G34" s="30">
-        <v>10.276999999999999</v>
+        <v>7.7389999999999999</v>
       </c>
       <c r="H34" s="30">
-        <v>4.0000000000000001E-3</v>
+        <v>1.6E-2</v>
       </c>
       <c r="I34" s="30">
-        <v>34.628</v>
+        <v>50.039000000000001</v>
       </c>
       <c r="J34" s="31">
-        <f t="shared" si="6"/>
-        <v>52.884</v>
+        <f t="shared" si="7"/>
+        <v>82.166000000000011</v>
       </c>
       <c r="K34" s="32">
         <f t="shared" si="0"/>
-        <v>-3.6464000000000003</v>
+        <v>0.10839999999999783</v>
       </c>
       <c r="L34" s="32">
         <f t="shared" si="1"/>
-        <v>-5.2460000000000004</v>
+        <v>3.8304999999999971</v>
       </c>
       <c r="M34" s="32">
-        <f t="shared" si="2"/>
-        <v>4.9925999999999986</v>
+        <f>(F34)-(J34*0.1)</f>
+        <v>-0.46160000000000156</v>
       </c>
       <c r="N34" s="33">
         <f t="shared" si="3"/>
-        <v>-0.25339999999999918</v>
+        <v>3.3689</v>
       </c>
       <c r="O34" s="34">
         <f t="shared" si="4"/>
-        <v>0.34520838060661069</v>
+        <v>0.39100114402550934</v>
       </c>
       <c r="P34" s="30">
-        <v>1.6419999999999999</v>
+        <v>8.3249999999999993</v>
       </c>
       <c r="Q34" s="30"/>
+      <c r="T34"/>
     </row>
     <row r="35" spans="2:21" x14ac:dyDescent="0.2">
-      <c r="B35" s="29" t="s">
-        <v>47</v>
+      <c r="B35" s="44" t="s">
+        <v>48</v>
       </c>
       <c r="C35" s="30"/>
       <c r="D35" s="30">
-        <v>8.32</v>
+        <v>14.005000000000001</v>
       </c>
       <c r="E35" s="30">
-        <v>7.718</v>
+        <v>29.315999999999999</v>
       </c>
       <c r="F35" s="30">
         <f t="shared" si="5"/>
-        <v>6.9329999999999998</v>
+        <v>28.236999999999998</v>
       </c>
       <c r="G35" s="30">
-        <v>6.9269999999999996</v>
+        <v>28.216999999999999</v>
       </c>
       <c r="H35" s="30">
-        <v>6.0000000000000001E-3</v>
+        <v>0.02</v>
       </c>
       <c r="I35" s="30">
-        <v>43.357999999999997</v>
+        <v>119.048</v>
       </c>
       <c r="J35" s="31">
-        <f t="shared" si="6"/>
-        <v>66.329000000000008</v>
+        <f t="shared" si="7"/>
+        <v>190.60599999999999</v>
       </c>
       <c r="K35" s="32">
         <f t="shared" si="0"/>
-        <v>1.6870999999999992</v>
+        <v>-5.0556000000000001</v>
       </c>
       <c r="L35" s="32">
         <f t="shared" si="1"/>
-        <v>-0.54425000000000168</v>
+        <v>-4.3305000000000007</v>
       </c>
       <c r="M35" s="32">
         <f t="shared" si="2"/>
-        <v>0.3000999999999987</v>
+        <v>9.1763999999999974</v>
       </c>
       <c r="N35" s="33">
         <f t="shared" si="3"/>
-        <v>-0.2441500000000012</v>
+        <v>4.8459000000000003</v>
       </c>
       <c r="O35" s="34">
         <f t="shared" si="4"/>
-        <v>0.34631910627327411</v>
+        <v>0.3754236487833541</v>
       </c>
       <c r="P35" s="30">
-        <v>8.3249999999999993</v>
+        <v>13.898</v>
       </c>
       <c r="Q35" s="30"/>
+      <c r="T35"/>
     </row>
     <row r="36" spans="2:21" x14ac:dyDescent="0.2">
-      <c r="B36" s="29" t="s">
-        <v>48</v>
+      <c r="B36" s="44" t="s">
+        <v>49</v>
       </c>
       <c r="C36" s="30"/>
       <c r="D36" s="30">
-        <v>5.6040000000000001</v>
+        <v>7.5609999999999999</v>
       </c>
       <c r="E36" s="30">
-        <v>2.27</v>
+        <v>17.343</v>
       </c>
       <c r="F36" s="30">
         <f t="shared" si="5"/>
-        <v>1.5739999999999998</v>
+        <v>11.348000000000001</v>
       </c>
       <c r="G36" s="30">
-        <v>1.5049999999999999</v>
+        <v>10.702</v>
       </c>
       <c r="H36" s="30">
-        <v>6.9000000000000006E-2</v>
+        <v>0.64600000000000002</v>
       </c>
       <c r="I36" s="30">
-        <v>46.247999999999998</v>
+        <v>63.853000000000002</v>
       </c>
       <c r="J36" s="31">
-        <f t="shared" si="6"/>
-        <v>55.695999999999998</v>
+        <f t="shared" si="7"/>
+        <v>100.10500000000002</v>
       </c>
       <c r="K36" s="32">
         <f t="shared" si="0"/>
-        <v>3.4399999999999764E-2</v>
+        <v>-2.4495000000000022</v>
       </c>
       <c r="L36" s="32">
         <f t="shared" si="1"/>
-        <v>-6.0499999999999989</v>
+        <v>-0.12225000000000463</v>
       </c>
       <c r="M36" s="32">
         <f t="shared" si="2"/>
-        <v>-3.9956000000000005</v>
+        <v>1.3374999999999986</v>
       </c>
       <c r="N36" s="33">
         <f t="shared" si="3"/>
-        <v>-10.045599999999997</v>
+        <v>1.2152499999999975</v>
       </c>
       <c r="O36" s="34">
         <f t="shared" si="4"/>
-        <v>0.16963516230968115</v>
+        <v>0.36213975325907793</v>
       </c>
       <c r="P36" s="30">
-        <v>5.6040000000000001</v>
+        <v>7.5609999999999999</v>
       </c>
       <c r="Q36" s="30"/>
-      <c r="S36" s="4"/>
+      <c r="T36"/>
     </row>
     <row r="37" spans="2:21" x14ac:dyDescent="0.2">
-      <c r="B37" s="29" t="s">
-        <v>49</v>
+      <c r="B37" s="44" t="s">
+        <v>50</v>
       </c>
       <c r="C37" s="30"/>
       <c r="D37" s="30">
-        <v>7.6029999999999998</v>
+        <v>3.0649999999999999</v>
       </c>
       <c r="E37" s="30">
-        <v>10.597</v>
+        <v>6.35</v>
       </c>
       <c r="F37" s="30">
         <f t="shared" si="5"/>
-        <v>8.4719999999999995</v>
+        <v>11.77</v>
       </c>
       <c r="G37" s="30">
-        <v>8.4710000000000001</v>
-[...3 lines deleted...]
-      </c>
+        <v>11.77</v>
+      </c>
+      <c r="H37" s="30"/>
       <c r="I37" s="30">
-        <v>49.401000000000003</v>
+        <v>34.61</v>
       </c>
       <c r="J37" s="31">
-        <f t="shared" si="6"/>
-        <v>76.072999999999993</v>
+        <f t="shared" si="7"/>
+        <v>55.794999999999995</v>
       </c>
       <c r="K37" s="32">
         <f t="shared" si="0"/>
-        <v>-4.2999999999997485E-3</v>
+        <v>-2.5144999999999995</v>
       </c>
       <c r="L37" s="32">
         <f t="shared" si="1"/>
-        <v>-0.81824999999999903</v>
+        <v>-4.5337499999999995</v>
       </c>
       <c r="M37" s="32">
         <f t="shared" si="2"/>
-        <v>0.86470000000000002</v>
+        <v>6.1905000000000001</v>
       </c>
       <c r="N37" s="33">
-        <f>(C37+D37+E37+F37)-(J37*0.35)</f>
-        <v>4.6450000000000102E-2</v>
+        <f t="shared" si="3"/>
+        <v>1.6567500000000024</v>
       </c>
       <c r="O37" s="34">
         <f t="shared" si="4"/>
-        <v>0.35061059771535236</v>
+        <v>0.37969352092481407</v>
       </c>
       <c r="P37" s="30">
-        <v>7.6029999999999998</v>
+        <v>3.0649999999999999</v>
       </c>
       <c r="Q37" s="30"/>
-      <c r="T37" s="4"/>
-      <c r="U37" s="4"/>
+      <c r="T37"/>
     </row>
     <row r="38" spans="2:21" x14ac:dyDescent="0.2">
-      <c r="B38" s="29" t="s">
-[...2 lines deleted...]
-      <c r="C38" s="30"/>
+      <c r="B38" s="44" t="s">
+        <v>51</v>
+      </c>
+      <c r="C38" s="30">
+        <v>0.95199999999999996</v>
+      </c>
       <c r="D38" s="30">
-        <v>9.7260000000000009</v>
+        <v>8.32</v>
       </c>
       <c r="E38" s="30">
-        <v>8.8160000000000007</v>
+        <v>10.414999999999999</v>
       </c>
       <c r="F38" s="30">
         <f t="shared" si="5"/>
-        <v>11.629999999999999</v>
+        <v>7.8890000000000002</v>
       </c>
       <c r="G38" s="30">
-        <v>11.629</v>
+        <v>7.165</v>
       </c>
       <c r="H38" s="30">
-        <v>1E-3</v>
+        <v>0.72399999999999998</v>
       </c>
       <c r="I38" s="30">
-        <v>64.367999999999995</v>
+        <v>53.110999999999997</v>
       </c>
       <c r="J38" s="31">
-        <f t="shared" si="6"/>
-        <v>94.539999999999992</v>
+        <f t="shared" si="7"/>
+        <v>80.686999999999983</v>
       </c>
       <c r="K38" s="32">
         <f t="shared" si="0"/>
-        <v>0.27200000000000202</v>
+        <v>1.2033000000000023</v>
       </c>
       <c r="L38" s="32">
         <f t="shared" si="1"/>
-        <v>-5.0929999999999964</v>
+        <v>-0.48474999999999824</v>
       </c>
       <c r="M38" s="32">
         <f t="shared" si="2"/>
-        <v>2.1760000000000002</v>
+        <v>-0.17969999999999775</v>
       </c>
       <c r="N38" s="33">
-        <f t="shared" ref="N38:N72" si="7">(C38+D38+E38+F38)-(J38*0.35)</f>
-        <v>-2.916999999999998</v>
+        <f t="shared" si="3"/>
+        <v>-0.6644499999999951</v>
       </c>
       <c r="O38" s="34">
         <f t="shared" si="4"/>
-        <v>0.31914533530780625</v>
+        <v>0.3417650922701303</v>
       </c>
       <c r="P38" s="30">
-        <v>9.7260000000000009</v>
+        <v>9.3490000000000002</v>
       </c>
       <c r="Q38" s="30"/>
+      <c r="T38"/>
+      <c r="U38" s="4"/>
     </row>
     <row r="39" spans="2:21" x14ac:dyDescent="0.2">
-      <c r="B39" s="29" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="B39" s="44" t="s">
+        <v>52</v>
+      </c>
+      <c r="C39" s="30"/>
       <c r="D39" s="30">
-        <v>30.646000000000001</v>
+        <v>3.4319999999999999</v>
       </c>
       <c r="E39" s="30">
-        <v>70.099000000000004</v>
+        <v>5.609</v>
       </c>
       <c r="F39" s="30">
         <f t="shared" si="5"/>
-        <v>60.71</v>
+        <v>4.3719999999999999</v>
       </c>
       <c r="G39" s="30">
-        <v>60.686999999999998</v>
+        <v>4.3689999999999998</v>
       </c>
       <c r="H39" s="30">
-        <v>2.3E-2</v>
+        <v>3.0000000000000001E-3</v>
       </c>
       <c r="I39" s="30">
-        <v>356.41399999999999</v>
+        <v>26.975000000000001</v>
       </c>
       <c r="J39" s="31">
-        <f t="shared" si="6"/>
-        <v>532.57799999999986</v>
+        <f t="shared" si="7"/>
+        <v>40.388000000000005</v>
       </c>
       <c r="K39" s="32">
         <f t="shared" si="0"/>
-        <v>-7.9027999999999849</v>
+        <v>-0.60680000000000112</v>
       </c>
       <c r="L39" s="32">
         <f t="shared" si="1"/>
-        <v>-17.690499999999957</v>
+        <v>-1.0560000000000009</v>
       </c>
       <c r="M39" s="32">
         <f t="shared" si="2"/>
-        <v>7.4522000000000119</v>
+        <v>0.33319999999999883</v>
       </c>
       <c r="N39" s="33">
-        <f t="shared" si="7"/>
-        <v>-10.238299999999924</v>
+        <f t="shared" si="3"/>
+        <v>-0.72280000000000122</v>
       </c>
       <c r="O39" s="34">
         <f t="shared" si="4"/>
-        <v>0.33077596145541133</v>
+        <v>0.33210359512726551</v>
       </c>
       <c r="P39" s="30">
-        <v>41.067999999999998</v>
+        <v>3.4319999999999999</v>
       </c>
       <c r="Q39" s="30"/>
-      <c r="S39" s="4"/>
-[...3 lines deleted...]
-        <v>52</v>
+      <c r="T39"/>
+    </row>
+    <row r="40" spans="2:21" x14ac:dyDescent="0.2">
+      <c r="B40" s="44" t="s">
+        <v>53</v>
       </c>
       <c r="C40" s="30"/>
       <c r="D40" s="30">
-        <v>3.0129999999999999</v>
+        <v>6.5810000000000004</v>
       </c>
       <c r="E40" s="30">
-        <v>5.2489999999999997</v>
+        <v>2.2810000000000001</v>
       </c>
       <c r="F40" s="30">
         <f t="shared" si="5"/>
-        <v>17.558</v>
+        <v>5.4709999999999992</v>
       </c>
       <c r="G40" s="30">
-        <v>17.552</v>
+        <v>5.4509999999999996</v>
       </c>
       <c r="H40" s="30">
-        <v>6.0000000000000001E-3</v>
+        <v>0.02</v>
       </c>
       <c r="I40" s="30">
-        <v>27.295000000000002</v>
+        <v>47.848999999999997</v>
       </c>
       <c r="J40" s="31">
-        <f t="shared" si="6"/>
-        <v>53.115000000000002</v>
+        <f t="shared" si="7"/>
+        <v>62.181999999999995</v>
       </c>
       <c r="K40" s="32">
         <f t="shared" si="0"/>
-        <v>-2.2985000000000007</v>
+        <v>0.3628000000000009</v>
       </c>
       <c r="L40" s="32">
         <f t="shared" si="1"/>
-        <v>-5.01675</v>
+        <v>-6.6834999999999987</v>
       </c>
       <c r="M40" s="32">
         <f t="shared" si="2"/>
-        <v>12.246499999999999</v>
+        <v>-0.74720000000000031</v>
       </c>
       <c r="N40" s="33">
-        <f t="shared" si="7"/>
-        <v>7.2297499999999992</v>
+        <f t="shared" si="3"/>
+        <v>-7.4306999999999981</v>
       </c>
       <c r="O40" s="34">
         <f t="shared" si="4"/>
-        <v>0.48611503341805518</v>
+        <v>0.23050078800939178</v>
       </c>
       <c r="P40" s="30">
-        <v>3.0129999999999999</v>
+        <v>6.5810000000000004</v>
       </c>
       <c r="Q40" s="30"/>
-      <c r="S40" s="4"/>
-[...5 lines deleted...]
-        <v>53</v>
+      <c r="T40"/>
+    </row>
+    <row r="41" spans="2:21" x14ac:dyDescent="0.2">
+      <c r="B41" s="44" t="s">
+        <v>54</v>
       </c>
       <c r="C41" s="30"/>
       <c r="D41" s="30">
-        <v>10.352</v>
+        <v>7.6079999999999997</v>
       </c>
       <c r="E41" s="30">
-        <v>12.449</v>
+        <v>10.598000000000001</v>
       </c>
       <c r="F41" s="30">
         <f t="shared" si="5"/>
-        <v>11.473000000000001</v>
+        <v>12.037000000000001</v>
       </c>
       <c r="G41" s="30">
-        <v>11.473000000000001</v>
-[...1 lines deleted...]
-      <c r="H41" s="30"/>
+        <v>11.301</v>
+      </c>
+      <c r="H41" s="30">
+        <v>0.73599999999999999</v>
+      </c>
       <c r="I41" s="30">
-        <v>58.966000000000001</v>
+        <v>49.401000000000003</v>
       </c>
       <c r="J41" s="31">
-        <f t="shared" si="6"/>
-        <v>93.240000000000009</v>
+        <f t="shared" si="7"/>
+        <v>79.644000000000005</v>
       </c>
       <c r="K41" s="32">
         <f t="shared" si="0"/>
-        <v>1.0279999999999987</v>
+        <v>-0.3564000000000016</v>
       </c>
       <c r="L41" s="32">
         <f t="shared" si="1"/>
-        <v>-0.50900000000000034</v>
+        <v>-1.7050000000000018</v>
       </c>
       <c r="M41" s="32">
         <f t="shared" si="2"/>
-        <v>2.1489999999999991</v>
+        <v>4.0725999999999996</v>
       </c>
       <c r="N41" s="33">
-        <f t="shared" si="7"/>
-        <v>1.6400000000000006</v>
+        <f t="shared" si="3"/>
+        <v>2.367600000000003</v>
       </c>
       <c r="O41" s="34">
         <f t="shared" si="4"/>
-        <v>0.36758901758901757</v>
+        <v>0.37972728642458942</v>
       </c>
       <c r="P41" s="30">
-        <v>10.352</v>
+        <v>7.6079999999999997</v>
       </c>
       <c r="Q41" s="30"/>
-      <c r="S41" s="4"/>
-[...5 lines deleted...]
-        <v>54</v>
+      <c r="T41"/>
+    </row>
+    <row r="42" spans="2:21" x14ac:dyDescent="0.2">
+      <c r="B42" s="44" t="s">
+        <v>55</v>
       </c>
       <c r="C42" s="30"/>
       <c r="D42" s="30">
-        <v>4.9279999999999999</v>
+        <v>10.317</v>
       </c>
       <c r="E42" s="30">
-        <v>9.9179999999999993</v>
+        <v>8.8160000000000007</v>
       </c>
       <c r="F42" s="30">
         <f t="shared" si="5"/>
-        <v>4.9420000000000002</v>
+        <v>13.601000000000001</v>
       </c>
       <c r="G42" s="30">
-        <v>4.9400000000000004</v>
+        <v>11.153</v>
       </c>
       <c r="H42" s="30">
-        <v>2E-3</v>
+        <v>2.448</v>
       </c>
       <c r="I42" s="30">
-        <v>41.677999999999997</v>
+        <v>67.224000000000004</v>
       </c>
       <c r="J42" s="31">
-        <f t="shared" si="6"/>
-        <v>61.465999999999994</v>
+        <f t="shared" si="7"/>
+        <v>99.957999999999998</v>
       </c>
       <c r="K42" s="32">
         <f t="shared" si="0"/>
-        <v>-1.2185999999999995</v>
+        <v>0.32119999999999926</v>
       </c>
       <c r="L42" s="32">
         <f t="shared" si="1"/>
-        <v>-0.52049999999999841</v>
+        <v>-5.8564999999999969</v>
       </c>
       <c r="M42" s="32">
         <f t="shared" si="2"/>
-        <v>-1.2045999999999992</v>
+        <v>3.6052</v>
       </c>
       <c r="N42" s="33">
-        <f t="shared" si="7"/>
-        <v>-1.7250999999999976</v>
+        <f t="shared" si="3"/>
+        <v>-2.2512999999999934</v>
       </c>
       <c r="O42" s="34">
         <f t="shared" si="4"/>
-        <v>0.32193407737611041</v>
+        <v>0.32747754056703821</v>
       </c>
       <c r="P42" s="30">
-        <v>4.9279999999999999</v>
+        <v>10.317</v>
       </c>
       <c r="Q42" s="30"/>
-      <c r="S42" s="4"/>
-[...7 lines deleted...]
-      <c r="C43" s="30"/>
+      <c r="T42"/>
+    </row>
+    <row r="43" spans="2:21" x14ac:dyDescent="0.2">
+      <c r="B43" s="44" t="s">
+        <v>56</v>
+      </c>
+      <c r="C43" s="30">
+        <v>16.158000000000001</v>
+      </c>
       <c r="D43" s="30">
-        <v>4.8540000000000001</v>
+        <v>30.785</v>
       </c>
       <c r="E43" s="30">
-        <v>12.111000000000001</v>
+        <v>70.353999999999999</v>
       </c>
       <c r="F43" s="30">
         <f t="shared" si="5"/>
-        <v>9.4139999999999997</v>
+        <v>61</v>
       </c>
       <c r="G43" s="30">
-        <v>9.4139999999999997</v>
+        <v>60.95</v>
       </c>
       <c r="H43" s="30">
-        <v>0</v>
+        <v>0.05</v>
       </c>
       <c r="I43" s="30">
-        <v>68.143000000000001</v>
+        <v>364.63499999999999</v>
       </c>
       <c r="J43" s="31">
-        <f t="shared" si="6"/>
-        <v>94.522000000000006</v>
+        <f t="shared" si="7"/>
+        <v>542.93200000000002</v>
       </c>
       <c r="K43" s="32">
         <f t="shared" si="0"/>
-        <v>-4.5982000000000012</v>
+        <v>-7.3502000000000081</v>
       </c>
       <c r="L43" s="32">
         <f t="shared" si="1"/>
-        <v>-6.6655000000000015</v>
+        <v>-18.436000000000007</v>
       </c>
       <c r="M43" s="32">
         <f t="shared" si="2"/>
-        <v>-3.8200000000001566E-2</v>
+        <v>6.7067999999999941</v>
       </c>
       <c r="N43" s="33">
-        <f t="shared" si="7"/>
-        <v>-6.7037000000000049</v>
+        <f t="shared" si="3"/>
+        <v>-11.729199999999992</v>
       </c>
       <c r="O43" s="34">
         <f t="shared" si="4"/>
-        <v>0.27907788662956767</v>
+        <v>0.32839655794832501</v>
       </c>
       <c r="P43" s="30">
-        <v>4.8540000000000001</v>
+        <v>42.521000000000001</v>
       </c>
       <c r="Q43" s="30"/>
-      <c r="S43" s="4"/>
-[...5 lines deleted...]
-        <v>56</v>
+      <c r="T43"/>
+    </row>
+    <row r="44" spans="2:21" x14ac:dyDescent="0.2">
+      <c r="B44" s="44" t="s">
+        <v>57</v>
       </c>
       <c r="C44" s="30"/>
       <c r="D44" s="30">
-        <v>8.0540000000000003</v>
+        <v>3.0169999999999999</v>
       </c>
       <c r="E44" s="30">
-        <v>4.6020000000000003</v>
+        <v>5.2489999999999997</v>
       </c>
       <c r="F44" s="30">
         <f t="shared" si="5"/>
-        <v>6.9320000000000004</v>
+        <v>18.312999999999999</v>
       </c>
       <c r="G44" s="30">
-        <v>6.9260000000000002</v>
+        <v>18.283999999999999</v>
       </c>
       <c r="H44" s="30">
-        <v>6.0000000000000001E-3</v>
+        <v>2.9000000000000001E-2</v>
       </c>
       <c r="I44" s="30">
-        <v>33.1</v>
+        <v>28.515999999999998</v>
       </c>
       <c r="J44" s="31">
-        <f t="shared" si="6"/>
-        <v>52.688000000000002</v>
+        <f t="shared" si="7"/>
+        <v>55.094999999999999</v>
       </c>
       <c r="K44" s="32">
         <f t="shared" si="0"/>
-        <v>2.7851999999999997</v>
+        <v>-2.4925000000000002</v>
       </c>
       <c r="L44" s="32">
         <f t="shared" si="1"/>
-        <v>-0.51600000000000001</v>
+        <v>-5.5077499999999997</v>
       </c>
       <c r="M44" s="32">
         <f t="shared" si="2"/>
-        <v>1.6631999999999998</v>
+        <v>12.8035</v>
       </c>
       <c r="N44" s="33">
-        <f t="shared" si="7"/>
-        <v>1.1472000000000016</v>
+        <f t="shared" si="3"/>
+        <v>7.2957500000000017</v>
       </c>
       <c r="O44" s="34">
         <f t="shared" si="4"/>
-        <v>0.37177345885211055</v>
+        <v>0.482421272347763</v>
       </c>
       <c r="P44" s="30">
-        <v>8.0540000000000003</v>
+        <v>3.0169999999999999</v>
       </c>
       <c r="Q44" s="30"/>
-      <c r="S44" s="4"/>
-[...5 lines deleted...]
-        <v>57</v>
+      <c r="T44"/>
+    </row>
+    <row r="45" spans="2:21" x14ac:dyDescent="0.2">
+      <c r="B45" s="44" t="s">
+        <v>58</v>
       </c>
       <c r="C45" s="30"/>
       <c r="D45" s="30">
-        <v>10.311</v>
+        <v>10.923999999999999</v>
       </c>
       <c r="E45" s="30">
-        <v>6.0439999999999996</v>
+        <v>12.448</v>
       </c>
       <c r="F45" s="30">
         <f t="shared" si="5"/>
-        <v>5.101</v>
+        <v>12.191000000000001</v>
       </c>
       <c r="G45" s="30">
-        <v>5.101</v>
-[...1 lines deleted...]
-      <c r="H45" s="30"/>
+        <v>12.002000000000001</v>
+      </c>
+      <c r="H45" s="30">
+        <v>0.189</v>
+      </c>
       <c r="I45" s="30">
-        <v>42.07</v>
+        <v>59.707999999999998</v>
       </c>
       <c r="J45" s="31">
-        <f t="shared" si="6"/>
-        <v>63.525999999999996</v>
+        <f t="shared" si="7"/>
+        <v>95.271000000000015</v>
       </c>
       <c r="K45" s="32">
         <f t="shared" si="0"/>
-        <v>3.9584000000000001</v>
+        <v>1.3968999999999969</v>
       </c>
       <c r="L45" s="32">
         <f t="shared" si="1"/>
-        <v>0.47350000000000136</v>
+        <v>-0.44575000000000387</v>
       </c>
       <c r="M45" s="32">
         <f t="shared" si="2"/>
-        <v>-1.2515999999999998</v>
+        <v>2.6638999999999982</v>
       </c>
       <c r="N45" s="33">
-        <f t="shared" si="7"/>
-        <v>-0.77809999999999846</v>
+        <f t="shared" si="3"/>
+        <v>2.2181500000000014</v>
       </c>
       <c r="O45" s="34">
         <f t="shared" si="4"/>
-        <v>0.33775147183830245</v>
+        <v>0.373282530885579</v>
       </c>
       <c r="P45" s="30">
-        <v>10.311</v>
+        <v>10.923999999999999</v>
       </c>
       <c r="Q45" s="30"/>
-      <c r="S45" s="4"/>
-[...5 lines deleted...]
-        <v>58</v>
+      <c r="T45"/>
+    </row>
+    <row r="46" spans="2:21" x14ac:dyDescent="0.2">
+      <c r="B46" s="44" t="s">
+        <v>59</v>
       </c>
       <c r="C46" s="30"/>
       <c r="D46" s="30">
-        <v>8.8940000000000001</v>
+        <v>4.2809999999999997</v>
       </c>
       <c r="E46" s="30">
-        <v>27.884</v>
+        <v>9.3780000000000001</v>
       </c>
       <c r="F46" s="30">
         <f t="shared" si="5"/>
-        <v>15.307</v>
+        <v>5.6059999999999999</v>
       </c>
       <c r="G46" s="30">
-        <v>15.307</v>
+        <v>5.6040000000000001</v>
       </c>
       <c r="H46" s="30">
-        <v>0</v>
+        <v>2E-3</v>
       </c>
       <c r="I46" s="30">
-        <v>112.646</v>
+        <v>36.645000000000003</v>
       </c>
       <c r="J46" s="31">
-        <f t="shared" si="6"/>
-        <v>164.73099999999999</v>
+        <f t="shared" si="7"/>
+        <v>55.910000000000004</v>
       </c>
       <c r="K46" s="32">
         <f t="shared" si="0"/>
-        <v>-7.5790999999999986</v>
+        <v>-1.3100000000000014</v>
       </c>
       <c r="L46" s="32">
         <f t="shared" si="1"/>
-        <v>-4.4047499999999999</v>
+        <v>-0.318500000000002</v>
       </c>
       <c r="M46" s="32">
         <f t="shared" si="2"/>
-        <v>-1.1660999999999984</v>
+        <v>1.4999999999998792E-2</v>
       </c>
       <c r="N46" s="33">
-        <f t="shared" si="7"/>
-        <v>-5.570849999999993</v>
+        <f>(C46+D46+E46+F46)-(J46*0.35)</f>
+        <v>-0.30349999999999966</v>
       </c>
       <c r="O46" s="34">
         <f t="shared" si="4"/>
-        <v>0.31618213936660378</v>
+        <v>0.3445716329815775</v>
       </c>
       <c r="P46" s="30">
-        <v>8.8759999999999994</v>
+        <v>4.2809999999999997</v>
       </c>
       <c r="Q46" s="30"/>
-      <c r="S46" s="4"/>
-      <c r="T46" s="4"/>
+      <c r="T46"/>
       <c r="U46" s="4"/>
     </row>
-    <row r="47" spans="2:21" ht="12.75" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-        <v>59</v>
+    <row r="47" spans="2:21" x14ac:dyDescent="0.2">
+      <c r="B47" s="44" t="s">
+        <v>60</v>
       </c>
       <c r="C47" s="30"/>
       <c r="D47" s="30">
-        <v>17.123999999999999</v>
+        <v>7.649</v>
       </c>
       <c r="E47" s="30">
-        <v>29.257999999999999</v>
+        <v>12.465999999999999</v>
       </c>
       <c r="F47" s="30">
         <f t="shared" si="5"/>
-        <v>19.888999999999999</v>
+        <v>9.1639999999999997</v>
       </c>
       <c r="G47" s="30">
-        <v>19.881</v>
+        <v>9.1539999999999999</v>
       </c>
       <c r="H47" s="30">
-        <v>8.0000000000000002E-3</v>
+        <v>0.01</v>
       </c>
       <c r="I47" s="30">
-        <v>131.636</v>
+        <v>68.161000000000001</v>
       </c>
       <c r="J47" s="31">
-        <f t="shared" si="6"/>
-        <v>197.90700000000001</v>
+        <f t="shared" si="7"/>
+        <v>97.44</v>
       </c>
       <c r="K47" s="32">
         <f t="shared" si="0"/>
-        <v>-2.6667000000000023</v>
+        <v>-2.0949999999999998</v>
       </c>
       <c r="L47" s="32">
         <f t="shared" si="1"/>
-        <v>-3.0947500000000048</v>
+        <v>-4.245000000000001</v>
       </c>
       <c r="M47" s="32">
         <f t="shared" si="2"/>
-        <v>9.8299999999998278E-2</v>
+        <v>-0.58000000000000007</v>
       </c>
       <c r="N47" s="33">
-        <f t="shared" si="7"/>
-        <v>-2.9964499999999958</v>
+        <f t="shared" ref="N47:N80" si="14">(C47+D47+E47+F47)-(J47*0.35)</f>
+        <v>-4.8250000000000028</v>
       </c>
       <c r="O47" s="34">
         <f t="shared" si="4"/>
-        <v>0.33485930260172708</v>
+        <v>0.30048234811165841</v>
       </c>
       <c r="P47" s="30">
-        <v>17.123999999999999</v>
+        <v>7.649</v>
       </c>
       <c r="Q47" s="30"/>
-      <c r="S47" s="4"/>
-[...5 lines deleted...]
-        <v>60</v>
+      <c r="T47"/>
+    </row>
+    <row r="48" spans="2:21" x14ac:dyDescent="0.2">
+      <c r="B48" s="44" t="s">
+        <v>61</v>
       </c>
       <c r="C48" s="30"/>
       <c r="D48" s="30">
-        <v>8.6059999999999999</v>
+        <v>3.964</v>
       </c>
       <c r="E48" s="30">
-        <v>1.2709999999999999</v>
+        <v>3.2519999999999998</v>
       </c>
       <c r="F48" s="30">
         <f t="shared" si="5"/>
-        <v>1E-3</v>
+        <v>6.1130000000000004</v>
       </c>
       <c r="G48" s="30">
-        <v>1E-3</v>
+        <v>6.1130000000000004</v>
       </c>
       <c r="H48" s="30"/>
       <c r="I48" s="30">
-        <v>14.358000000000001</v>
+        <v>26.408999999999999</v>
       </c>
       <c r="J48" s="31">
-        <f t="shared" si="6"/>
-        <v>24.235999999999997</v>
+        <f t="shared" si="7"/>
+        <v>39.738</v>
       </c>
       <c r="K48" s="32">
         <f t="shared" si="0"/>
-        <v>6.1823999999999995</v>
+        <v>-9.800000000000253E-3</v>
       </c>
       <c r="L48" s="32">
         <f t="shared" si="1"/>
-        <v>3.8179999999999996</v>
+        <v>-2.7185000000000006</v>
       </c>
       <c r="M48" s="32">
         <f t="shared" si="2"/>
-        <v>-2.4226000000000001</v>
+        <v>2.1392000000000002</v>
       </c>
       <c r="N48" s="33">
-        <f t="shared" si="7"/>
-        <v>1.3954000000000004</v>
+        <f t="shared" si="14"/>
+        <v>-0.57929999999999815</v>
       </c>
       <c r="O48" s="34">
         <f t="shared" si="4"/>
-        <v>0.40757550750949001</v>
+        <v>0.33542201419296391</v>
       </c>
       <c r="P48" s="30">
-        <v>6.0519999999999996</v>
-[...10 lines deleted...]
-        <v>61</v>
+        <v>3.964</v>
+      </c>
+      <c r="Q48" s="30"/>
+      <c r="T48"/>
+    </row>
+    <row r="49" spans="2:21" x14ac:dyDescent="0.2">
+      <c r="B49" s="44" t="s">
+        <v>62</v>
       </c>
       <c r="C49" s="30"/>
       <c r="D49" s="30">
-        <v>4.2850000000000001</v>
+        <v>10.347</v>
       </c>
       <c r="E49" s="30">
-        <v>15.41</v>
+        <v>6.06</v>
       </c>
       <c r="F49" s="30">
         <f t="shared" si="5"/>
-        <v>11.439</v>
+        <v>5.08</v>
       </c>
       <c r="G49" s="30">
-        <v>11.433</v>
+        <v>5.08</v>
       </c>
       <c r="H49" s="30">
-        <v>6.0000000000000001E-3</v>
+        <v>0</v>
       </c>
       <c r="I49" s="30">
-        <v>52.649000000000001</v>
+        <v>41.865000000000002</v>
       </c>
       <c r="J49" s="31">
-        <f t="shared" si="6"/>
-        <v>83.782999999999987</v>
+        <f t="shared" si="7"/>
+        <v>63.352000000000004</v>
       </c>
       <c r="K49" s="32">
         <f t="shared" si="0"/>
-        <v>-4.0932999999999993</v>
+        <v>4.0117999999999991</v>
       </c>
       <c r="L49" s="32">
         <f t="shared" si="1"/>
-        <v>-1.2507499999999965</v>
+        <v>0.56899999999999906</v>
       </c>
       <c r="M49" s="32">
         <f t="shared" si="2"/>
-        <v>3.0607000000000006</v>
+        <v>-1.2552000000000003</v>
       </c>
       <c r="N49" s="33">
-        <f t="shared" si="7"/>
-        <v>1.8099500000000077</v>
+        <f t="shared" si="14"/>
+        <v>-0.68619999999999948</v>
       </c>
       <c r="O49" s="34">
         <f t="shared" si="4"/>
-        <v>0.37160283112325898</v>
+        <v>0.33916845561308245</v>
       </c>
       <c r="P49" s="30">
-        <v>4.2850000000000001</v>
+        <v>10.347</v>
       </c>
       <c r="Q49" s="30"/>
-      <c r="S49" s="4"/>
-      <c r="T49" s="4"/>
+      <c r="T49"/>
       <c r="U49" s="4"/>
     </row>
-    <row r="50" spans="2:21" ht="12.75" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-        <v>62</v>
+    <row r="50" spans="2:21" x14ac:dyDescent="0.2">
+      <c r="B50" s="44" t="s">
+        <v>63</v>
       </c>
       <c r="C50" s="30"/>
       <c r="D50" s="30">
-        <v>6.55</v>
+        <v>8.9009999999999998</v>
       </c>
       <c r="E50" s="30">
-        <v>6.6509999999999998</v>
+        <v>27.876000000000001</v>
       </c>
       <c r="F50" s="30">
         <f t="shared" si="5"/>
-        <v>1.0029999999999999</v>
+        <v>15.353</v>
       </c>
       <c r="G50" s="30">
-        <v>1.0029999999999999</v>
-[...1 lines deleted...]
-      <c r="H50" s="30"/>
+        <v>15.349</v>
+      </c>
+      <c r="H50" s="30">
+        <v>4.0000000000000001E-3</v>
+      </c>
       <c r="I50" s="30">
-        <v>39.616</v>
+        <v>113.414</v>
       </c>
       <c r="J50" s="31">
-        <f t="shared" si="6"/>
-        <v>53.819999999999993</v>
+        <f t="shared" si="7"/>
+        <v>165.54400000000001</v>
       </c>
       <c r="K50" s="32">
         <f t="shared" si="0"/>
-        <v>1.1680000000000001</v>
+        <v>-7.6534000000000013</v>
       </c>
       <c r="L50" s="32">
         <f t="shared" si="1"/>
-        <v>-0.25399999999999778</v>
+        <v>-4.6090000000000018</v>
       </c>
       <c r="M50" s="32">
         <f t="shared" si="2"/>
-        <v>-4.3789999999999996</v>
+        <v>-1.2014000000000014</v>
       </c>
       <c r="N50" s="33">
-        <f t="shared" si="7"/>
-        <v>-4.6329999999999956</v>
+        <f t="shared" si="14"/>
+        <v>-5.8103999999999942</v>
       </c>
       <c r="O50" s="34">
         <f t="shared" si="4"/>
-        <v>0.26391675956893351</v>
+        <v>0.31490117431015319</v>
       </c>
       <c r="P50" s="30">
-        <v>6.55</v>
+        <v>8.8829999999999991</v>
       </c>
       <c r="Q50" s="30"/>
-      <c r="S50" s="4"/>
-      <c r="T50" s="4"/>
+      <c r="T50"/>
       <c r="U50" s="4"/>
     </row>
-    <row r="51" spans="2:21" ht="12.75" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-        <v>63</v>
+    <row r="51" spans="2:21" x14ac:dyDescent="0.2">
+      <c r="B51" s="44" t="s">
+        <v>64</v>
       </c>
       <c r="C51" s="30"/>
       <c r="D51" s="30">
-        <v>19.561</v>
+        <v>19.122</v>
       </c>
       <c r="E51" s="30">
-        <v>27.318000000000001</v>
+        <v>29.760999999999999</v>
       </c>
       <c r="F51" s="30">
         <f t="shared" si="5"/>
-        <v>18.791999999999998</v>
+        <v>23.076000000000001</v>
       </c>
       <c r="G51" s="30">
-        <v>18.774999999999999</v>
+        <v>22.042000000000002</v>
       </c>
       <c r="H51" s="30">
-        <v>1.7000000000000001E-2</v>
+        <v>1.034</v>
       </c>
       <c r="I51" s="30">
-        <v>124.10599999999999</v>
+        <v>131.38</v>
       </c>
       <c r="J51" s="31">
-        <f t="shared" si="6"/>
-        <v>189.77700000000002</v>
+        <f t="shared" si="7"/>
+        <v>203.339</v>
       </c>
       <c r="K51" s="32">
         <f t="shared" si="0"/>
-        <v>0.58329999999999771</v>
+        <v>-1.2119</v>
       </c>
       <c r="L51" s="32">
         <f t="shared" si="1"/>
-        <v>-0.56524999999999892</v>
+        <v>-1.9517500000000041</v>
       </c>
       <c r="M51" s="32">
         <f t="shared" si="2"/>
-        <v>-0.1857000000000042</v>
+        <v>2.7421000000000006</v>
       </c>
       <c r="N51" s="33">
-        <f t="shared" si="7"/>
-        <v>-0.7509499999999889</v>
+        <f t="shared" si="14"/>
+        <v>0.79035000000000366</v>
       </c>
       <c r="O51" s="34">
         <f t="shared" si="4"/>
-        <v>0.34604298729561539</v>
+        <v>0.35388685889081783</v>
       </c>
       <c r="P51" s="30">
-        <v>19.561</v>
+        <v>19.122</v>
       </c>
       <c r="Q51" s="30"/>
-      <c r="S51" s="4"/>
-      <c r="T51" s="4"/>
+      <c r="T51"/>
       <c r="U51" s="4"/>
     </row>
-    <row r="52" spans="2:21" ht="12.75" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-        <v>64</v>
+    <row r="52" spans="2:21" x14ac:dyDescent="0.2">
+      <c r="B52" s="44" t="s">
+        <v>96</v>
       </c>
       <c r="C52" s="30"/>
       <c r="D52" s="30">
-        <v>2.4689999999999999</v>
+        <v>8.5939999999999994</v>
       </c>
       <c r="E52" s="30">
-        <v>8.4</v>
+        <v>3.2669999999999999</v>
       </c>
       <c r="F52" s="30">
-        <f t="shared" si="5"/>
-        <v>5.5990000000000002</v>
+        <f t="shared" ref="F52" si="15">G52+H52</f>
+        <v>0.56300000000000006</v>
       </c>
       <c r="G52" s="30">
-        <v>5.5990000000000002</v>
-[...1 lines deleted...]
-      <c r="H52" s="30"/>
+        <v>0.55900000000000005</v>
+      </c>
+      <c r="H52" s="30">
+        <v>4.0000000000000001E-3</v>
+      </c>
       <c r="I52" s="30">
-        <v>29.225999999999999</v>
+        <v>15.756</v>
       </c>
       <c r="J52" s="31">
-        <f t="shared" si="6"/>
-        <v>45.694000000000003</v>
+        <f t="shared" ref="J52" si="16">SUM(I52,F52,E52,D52,C52)</f>
+        <v>28.18</v>
       </c>
       <c r="K52" s="32">
-        <f t="shared" si="0"/>
-        <v>-2.1004000000000009</v>
+        <f t="shared" ref="K52" si="17">(C52+D52)-(J52*0.1)</f>
+        <v>5.7759999999999998</v>
       </c>
       <c r="L52" s="32">
-        <f t="shared" si="1"/>
-        <v>-0.55450000000000088</v>
+        <f t="shared" ref="L52" si="18">(C52+D52+E52)-(J52*0.25)</f>
+        <v>4.8159999999999989</v>
       </c>
       <c r="M52" s="32">
-        <f t="shared" si="2"/>
-        <v>1.0295999999999994</v>
+        <f t="shared" ref="M52" si="19">(F52)-(J52*0.1)</f>
+        <v>-2.2549999999999999</v>
       </c>
       <c r="N52" s="33">
-        <f t="shared" si="7"/>
-        <v>0.47509999999999941</v>
+        <f t="shared" ref="N52" si="20">(C52+D52+E52+F52)-(J52*0.35)</f>
+        <v>2.5609999999999999</v>
       </c>
       <c r="O52" s="34">
-        <f t="shared" si="4"/>
-        <v>0.3603974263579463</v>
+        <f t="shared" ref="O52" si="21">(C52+D52+E52+F52)/(J52)</f>
+        <v>0.44088005677785663</v>
       </c>
       <c r="P52" s="30">
-        <v>2.4689999999999999</v>
-[...3 lines deleted...]
-      <c r="T52" s="4"/>
+        <v>6.0449999999999999</v>
+      </c>
+      <c r="Q52" s="30">
+        <v>2.75</v>
+      </c>
+      <c r="T52"/>
       <c r="U52" s="4"/>
     </row>
-    <row r="53" spans="2:21" ht="12.75" x14ac:dyDescent="0.2">
-      <c r="B53" s="35" t="s">
+    <row r="53" spans="2:21" x14ac:dyDescent="0.2">
+      <c r="B53" s="44" t="s">
         <v>65</v>
       </c>
-      <c r="C53" s="30">
-[...1 lines deleted...]
-      </c>
+      <c r="C53" s="30"/>
       <c r="D53" s="30">
-        <v>8.2370000000000001</v>
+        <v>12.538</v>
       </c>
       <c r="E53" s="30">
-        <v>17.318000000000001</v>
+        <v>15.435</v>
       </c>
       <c r="F53" s="30">
         <f t="shared" si="5"/>
-        <v>12.396000000000001</v>
+        <v>12.379999999999999</v>
       </c>
       <c r="G53" s="30">
-        <v>12.396000000000001</v>
-[...1 lines deleted...]
-      <c r="H53" s="30"/>
+        <v>11.86</v>
+      </c>
+      <c r="H53" s="30">
+        <v>0.52</v>
+      </c>
       <c r="I53" s="30">
-        <v>84.396000000000001</v>
+        <v>53.572000000000003</v>
       </c>
       <c r="J53" s="31">
-        <f t="shared" si="6"/>
-        <v>126.771</v>
+        <f t="shared" si="7"/>
+        <v>93.924999999999997</v>
       </c>
       <c r="K53" s="32">
         <f t="shared" si="0"/>
-        <v>-1.6099999999999781E-2</v>
+        <v>3.1455000000000002</v>
       </c>
       <c r="L53" s="32">
         <f t="shared" si="1"/>
-        <v>-1.7137499999999974</v>
+        <v>4.4917499999999997</v>
       </c>
       <c r="M53" s="32">
         <f t="shared" si="2"/>
-        <v>-0.28110000000000035</v>
+        <v>2.9874999999999989</v>
       </c>
       <c r="N53" s="33">
-        <f t="shared" si="7"/>
-        <v>-1.9948499999999996</v>
+        <f t="shared" si="14"/>
+        <v>7.4792500000000004</v>
       </c>
       <c r="O53" s="34">
         <f t="shared" si="4"/>
-        <v>0.33426414558534678</v>
+        <v>0.42963002395528344</v>
       </c>
       <c r="P53" s="30">
-        <v>12.661</v>
+        <v>12.538</v>
       </c>
       <c r="Q53" s="30"/>
-      <c r="S53" s="4"/>
-      <c r="T53" s="4"/>
+      <c r="T53"/>
       <c r="U53" s="4"/>
     </row>
-    <row r="54" spans="2:21" ht="12.75" x14ac:dyDescent="0.2">
-      <c r="B54" s="35" t="s">
+    <row r="54" spans="2:21" x14ac:dyDescent="0.2">
+      <c r="B54" s="44" t="s">
         <v>66</v>
       </c>
       <c r="C54" s="30"/>
       <c r="D54" s="30">
-        <v>7.0030000000000001</v>
+        <v>6.5540000000000003</v>
       </c>
       <c r="E54" s="30">
-        <v>11.272</v>
+        <v>6.6509999999999998</v>
       </c>
       <c r="F54" s="30">
         <f t="shared" si="5"/>
-        <v>13.602</v>
+        <v>2.2469999999999999</v>
       </c>
       <c r="G54" s="30">
-        <v>13.59</v>
+        <v>2.242</v>
       </c>
       <c r="H54" s="30">
-        <v>1.2E-2</v>
+        <v>5.0000000000000001E-3</v>
       </c>
       <c r="I54" s="30">
-        <v>45.942999999999998</v>
+        <v>41.067999999999998</v>
       </c>
       <c r="J54" s="31">
-        <f t="shared" si="6"/>
-        <v>77.820000000000007</v>
+        <f t="shared" si="7"/>
+        <v>56.519999999999996</v>
       </c>
       <c r="K54" s="32">
         <f t="shared" si="0"/>
-        <v>-0.7790000000000008</v>
+        <v>0.90200000000000014</v>
       </c>
       <c r="L54" s="32">
         <f t="shared" si="1"/>
-        <v>-1.1800000000000033</v>
+        <v>-0.92499999999999893</v>
       </c>
       <c r="M54" s="32">
         <f t="shared" si="2"/>
-        <v>5.8199999999999994</v>
+        <v>-3.4050000000000002</v>
       </c>
       <c r="N54" s="33">
-        <f t="shared" si="7"/>
-        <v>4.639999999999997</v>
+        <f t="shared" si="14"/>
+        <v>-4.3299999999999965</v>
       </c>
       <c r="O54" s="34">
         <f t="shared" si="4"/>
-        <v>0.40962477512207651</v>
+        <v>0.27338995046001419</v>
       </c>
       <c r="P54" s="30">
-        <v>7.0030000000000001</v>
+        <v>6.5540000000000003</v>
       </c>
       <c r="Q54" s="30"/>
-      <c r="S54" s="4"/>
-      <c r="T54" s="4"/>
+      <c r="T54"/>
       <c r="U54" s="4"/>
     </row>
-    <row r="55" spans="2:21" ht="12.75" x14ac:dyDescent="0.2">
-      <c r="B55" s="35" t="s">
+    <row r="55" spans="2:21" x14ac:dyDescent="0.2">
+      <c r="B55" s="44" t="s">
         <v>67</v>
       </c>
       <c r="C55" s="30"/>
       <c r="D55" s="30">
-        <v>5.3780000000000001</v>
+        <v>19.577999999999999</v>
       </c>
       <c r="E55" s="30">
-        <v>4.7460000000000004</v>
+        <v>27.331</v>
       </c>
       <c r="F55" s="30">
         <f t="shared" si="5"/>
-        <v>4.33</v>
+        <v>18.803000000000001</v>
       </c>
       <c r="G55" s="30">
-        <v>4.33</v>
+        <v>18.776</v>
       </c>
       <c r="H55" s="30">
-        <v>0</v>
+        <v>2.7E-2</v>
       </c>
       <c r="I55" s="30">
-        <v>52.470999999999997</v>
+        <v>129.24799999999999</v>
       </c>
       <c r="J55" s="31">
-        <f t="shared" si="6"/>
-        <v>66.924999999999997</v>
+        <f t="shared" si="7"/>
+        <v>194.95999999999998</v>
       </c>
       <c r="K55" s="32">
         <f t="shared" si="0"/>
-        <v>-1.3144999999999998</v>
+        <v>8.2000000000000739E-2</v>
       </c>
       <c r="L55" s="32">
         <f t="shared" si="1"/>
-        <v>-6.6072499999999987</v>
+        <v>-1.830999999999996</v>
       </c>
       <c r="M55" s="32">
         <f t="shared" si="2"/>
-        <v>-2.3624999999999998</v>
+        <v>-0.69299999999999784</v>
       </c>
       <c r="N55" s="33">
-        <f t="shared" si="7"/>
-        <v>-8.9697499999999977</v>
+        <f t="shared" si="14"/>
+        <v>-2.5239999999999867</v>
       </c>
       <c r="O55" s="34">
         <f t="shared" si="4"/>
-        <v>0.2159731042211431</v>
+        <v>0.33705375461633158</v>
       </c>
       <c r="P55" s="30">
-        <v>5.3780000000000001</v>
+        <v>19.577999999999999</v>
       </c>
       <c r="Q55" s="30"/>
-      <c r="S55" s="4"/>
-      <c r="T55" s="4"/>
+      <c r="T55"/>
       <c r="U55" s="4"/>
     </row>
-    <row r="56" spans="2:21" ht="12.75" x14ac:dyDescent="0.2">
-      <c r="B56" s="35" t="s">
+    <row r="56" spans="2:21" x14ac:dyDescent="0.2">
+      <c r="B56" s="44" t="s">
         <v>68</v>
       </c>
       <c r="C56" s="30"/>
       <c r="D56" s="30">
-        <v>18.234000000000002</v>
+        <v>3.089</v>
       </c>
       <c r="E56" s="30">
-        <v>11.145</v>
+        <v>8.7780000000000005</v>
       </c>
       <c r="F56" s="30">
         <f t="shared" si="5"/>
-        <v>13.170999999999999</v>
+        <v>8.1150000000000002</v>
       </c>
       <c r="G56" s="30">
-        <v>13.170999999999999</v>
+        <v>7.7350000000000003</v>
       </c>
       <c r="H56" s="30">
-        <v>0</v>
+        <v>0.38</v>
       </c>
       <c r="I56" s="30">
-        <v>80.025999999999996</v>
+        <v>34.267000000000003</v>
       </c>
       <c r="J56" s="31">
-        <f t="shared" si="6"/>
-        <v>122.57599999999999</v>
+        <f t="shared" si="7"/>
+        <v>54.249000000000002</v>
       </c>
       <c r="K56" s="32">
         <f t="shared" si="0"/>
-        <v>5.9764000000000017</v>
+        <v>-2.335900000000001</v>
       </c>
       <c r="L56" s="32">
         <f t="shared" si="1"/>
-        <v>-1.264999999999997</v>
+        <v>-1.6952499999999997</v>
       </c>
       <c r="M56" s="32">
         <f t="shared" si="2"/>
-        <v>0.91339999999999932</v>
+        <v>2.6900999999999993</v>
       </c>
       <c r="N56" s="33">
-        <f t="shared" si="7"/>
-        <v>-0.35159999999999769</v>
+        <f t="shared" si="14"/>
+        <v>0.99484999999999957</v>
       </c>
       <c r="O56" s="34">
         <f t="shared" si="4"/>
-        <v>0.3471315755123352</v>
+        <v>0.3683385868863942</v>
       </c>
       <c r="P56" s="30">
-        <v>18.234000000000002</v>
+        <v>3.089</v>
       </c>
       <c r="Q56" s="30"/>
-      <c r="S56" s="4"/>
-      <c r="T56" s="4"/>
+      <c r="T56"/>
       <c r="U56" s="4"/>
     </row>
-    <row r="57" spans="2:21" ht="12.75" x14ac:dyDescent="0.2">
-      <c r="B57" s="35" t="s">
+    <row r="57" spans="2:21" x14ac:dyDescent="0.2">
+      <c r="B57" s="44" t="s">
         <v>69</v>
       </c>
-      <c r="C57" s="30"/>
+      <c r="C57" s="30">
+        <v>4.7</v>
+      </c>
       <c r="D57" s="30">
-        <v>18.295000000000002</v>
+        <v>8.2530000000000001</v>
       </c>
       <c r="E57" s="30">
-        <v>40.637</v>
+        <v>17.321999999999999</v>
       </c>
       <c r="F57" s="30">
         <f t="shared" si="5"/>
-        <v>23.243000000000002</v>
+        <v>15.804</v>
       </c>
       <c r="G57" s="30">
-        <v>23.231000000000002</v>
+        <v>13.109</v>
       </c>
       <c r="H57" s="30">
-        <v>1.2E-2</v>
+        <v>2.6949999999999998</v>
       </c>
       <c r="I57" s="30">
-        <v>144.05799999999999</v>
+        <v>86.731999999999999</v>
       </c>
       <c r="J57" s="31">
-        <f t="shared" si="6"/>
-        <v>226.233</v>
+        <f t="shared" si="7"/>
+        <v>132.81099999999998</v>
       </c>
       <c r="K57" s="32">
         <f t="shared" si="0"/>
-        <v>-4.3282999999999987</v>
+        <v>-0.32809999999999917</v>
       </c>
       <c r="L57" s="32">
         <f t="shared" si="1"/>
-        <v>2.3737500000000011</v>
+        <v>-2.9277499999999961</v>
       </c>
       <c r="M57" s="32">
         <f t="shared" si="2"/>
-        <v>0.61970000000000169</v>
+        <v>2.5229000000000017</v>
       </c>
       <c r="N57" s="33">
-        <f t="shared" si="7"/>
-        <v>2.9934500000000099</v>
+        <f t="shared" si="14"/>
+        <v>-0.40484999999998905</v>
       </c>
       <c r="O57" s="34">
         <f t="shared" si="4"/>
-        <v>0.36323171243806168</v>
+        <v>0.34695168321901054</v>
       </c>
       <c r="P57" s="30">
-        <v>18.295000000000002</v>
+        <v>12.952999999999999</v>
       </c>
       <c r="Q57" s="30"/>
-      <c r="S57" s="4"/>
-      <c r="T57" s="4"/>
+      <c r="T57"/>
       <c r="U57" s="4"/>
     </row>
-    <row r="58" spans="2:21" ht="12.75" x14ac:dyDescent="0.2">
-      <c r="B58" s="35" t="s">
+    <row r="58" spans="2:21" x14ac:dyDescent="0.2">
+      <c r="B58" s="44" t="s">
         <v>70</v>
       </c>
       <c r="C58" s="30"/>
       <c r="D58" s="30">
-        <v>4.4610000000000003</v>
+        <v>7.0060000000000002</v>
       </c>
       <c r="E58" s="30">
-        <v>13.356</v>
+        <v>11.278</v>
       </c>
       <c r="F58" s="30">
         <f t="shared" si="5"/>
-        <v>7.9879999999999995</v>
+        <v>16.329999999999998</v>
       </c>
       <c r="G58" s="30">
-        <v>7.9809999999999999</v>
+        <v>15.302</v>
       </c>
       <c r="H58" s="30">
-        <v>7.0000000000000001E-3</v>
+        <v>1.028</v>
       </c>
       <c r="I58" s="30">
-        <v>51.46</v>
+        <v>48.784999999999997</v>
       </c>
       <c r="J58" s="31">
-        <f t="shared" si="6"/>
-        <v>77.265000000000001</v>
+        <f t="shared" si="7"/>
+        <v>83.399000000000001</v>
       </c>
       <c r="K58" s="32">
         <f t="shared" si="0"/>
-        <v>-3.2655000000000003</v>
+        <v>-1.3338999999999999</v>
       </c>
       <c r="L58" s="32">
         <f t="shared" si="1"/>
-        <v>-1.49925</v>
+        <v>-2.5657500000000013</v>
       </c>
       <c r="M58" s="32">
         <f t="shared" si="2"/>
-        <v>0.26149999999999896</v>
+        <v>7.9900999999999982</v>
       </c>
       <c r="N58" s="33">
-        <f t="shared" si="7"/>
-        <v>-1.2377499999999984</v>
+        <f t="shared" si="14"/>
+        <v>5.4243500000000004</v>
       </c>
       <c r="O58" s="34">
         <f t="shared" si="4"/>
-        <v>0.33398045686921635</v>
+        <v>0.41504094773318623</v>
       </c>
       <c r="P58" s="30">
-        <v>4.4610000000000003</v>
+        <v>7.0060000000000002</v>
       </c>
       <c r="Q58" s="30"/>
-      <c r="S58" s="4"/>
-      <c r="T58" s="4"/>
+      <c r="T58"/>
       <c r="U58" s="4"/>
     </row>
-    <row r="59" spans="2:21" ht="12.75" x14ac:dyDescent="0.2">
-      <c r="B59" s="35" t="s">
+    <row r="59" spans="2:21" x14ac:dyDescent="0.2">
+      <c r="B59" s="44" t="s">
         <v>71</v>
       </c>
       <c r="C59" s="30"/>
       <c r="D59" s="30">
-        <v>5.7619999999999996</v>
+        <v>4.5540000000000003</v>
       </c>
       <c r="E59" s="30">
-        <v>7.4509999999999996</v>
+        <v>5.5919999999999996</v>
       </c>
       <c r="F59" s="30">
         <f t="shared" si="5"/>
-        <v>10.758000000000001</v>
+        <v>5.383</v>
       </c>
       <c r="G59" s="30">
-        <v>10.756</v>
+        <v>5.3689999999999998</v>
       </c>
       <c r="H59" s="30">
-        <v>2E-3</v>
+        <v>1.4E-2</v>
       </c>
       <c r="I59" s="30">
-        <v>41.534999999999997</v>
+        <v>52.704999999999998</v>
       </c>
       <c r="J59" s="31">
-        <f t="shared" si="6"/>
-        <v>65.506</v>
+        <f t="shared" si="7"/>
+        <v>68.233999999999995</v>
       </c>
       <c r="K59" s="32">
         <f t="shared" si="0"/>
-        <v>-0.78860000000000063</v>
+        <v>-2.2693999999999992</v>
       </c>
       <c r="L59" s="32">
         <f t="shared" si="1"/>
-        <v>-3.1635000000000009</v>
+        <v>-6.9124999999999979</v>
       </c>
       <c r="M59" s="32">
         <f t="shared" si="2"/>
-        <v>4.2074000000000007</v>
+        <v>-1.4403999999999995</v>
       </c>
       <c r="N59" s="33">
-        <f t="shared" si="7"/>
-        <v>1.0439000000000007</v>
+        <f t="shared" si="14"/>
+        <v>-8.3528999999999982</v>
       </c>
       <c r="O59" s="34">
         <f t="shared" si="4"/>
-        <v>0.3659359447989497</v>
+        <v>0.22758448867133688</v>
       </c>
       <c r="P59" s="30">
-        <v>5.7619999999999996</v>
+        <v>4.5540000000000003</v>
       </c>
       <c r="Q59" s="30"/>
-      <c r="S59" s="4"/>
-      <c r="T59" s="4"/>
+      <c r="T59"/>
       <c r="U59" s="4"/>
     </row>
-    <row r="60" spans="2:21" ht="12.75" x14ac:dyDescent="0.2">
-      <c r="B60" s="35" t="s">
+    <row r="60" spans="2:21" x14ac:dyDescent="0.2">
+      <c r="B60" s="44" t="s">
         <v>72</v>
       </c>
-      <c r="C60" s="30"/>
+      <c r="C60" s="30">
+        <v>2.7309999999999999</v>
+      </c>
       <c r="D60" s="30">
-        <v>5</v>
+        <v>4.0970000000000004</v>
       </c>
       <c r="E60" s="30">
-        <v>10.073</v>
+        <v>3.351</v>
       </c>
       <c r="F60" s="30">
         <f t="shared" si="5"/>
-        <v>5.28</v>
+        <v>5.2119999999999997</v>
       </c>
       <c r="G60" s="30">
-        <v>5.28</v>
-[...1 lines deleted...]
-      <c r="H60" s="30"/>
+        <v>3.024</v>
+      </c>
+      <c r="H60" s="30">
+        <v>2.1880000000000002</v>
+      </c>
       <c r="I60" s="30">
-        <v>34.213000000000001</v>
+        <v>36.134999999999998</v>
       </c>
       <c r="J60" s="31">
-        <f t="shared" si="6"/>
-        <v>54.566000000000003</v>
+        <f t="shared" si="7"/>
+        <v>51.525999999999996</v>
       </c>
       <c r="K60" s="32">
         <f t="shared" si="0"/>
-        <v>-0.45660000000000078</v>
+        <v>1.6754000000000007</v>
       </c>
       <c r="L60" s="32">
         <f t="shared" si="1"/>
-        <v>1.4314999999999998</v>
+        <v>-2.7024999999999988</v>
       </c>
       <c r="M60" s="32">
         <f t="shared" si="2"/>
-        <v>-0.17660000000000053</v>
+        <v>5.9400000000000119E-2</v>
       </c>
       <c r="N60" s="33">
-        <f t="shared" si="7"/>
-        <v>1.2549000000000028</v>
+        <f t="shared" si="14"/>
+        <v>-2.6430999999999987</v>
       </c>
       <c r="O60" s="34">
         <f t="shared" si="4"/>
-        <v>0.3729978374812154</v>
+        <v>0.29870356713115709</v>
       </c>
       <c r="P60" s="30">
-        <v>5</v>
+        <v>6.8280000000000003</v>
       </c>
       <c r="Q60" s="30"/>
-      <c r="S60" s="4"/>
-      <c r="T60" s="4"/>
+      <c r="T60"/>
       <c r="U60" s="4"/>
     </row>
-    <row r="61" spans="2:21" ht="12.75" x14ac:dyDescent="0.2">
-      <c r="B61" s="35" t="s">
+    <row r="61" spans="2:21" x14ac:dyDescent="0.2">
+      <c r="B61" s="44" t="s">
         <v>73</v>
       </c>
       <c r="C61" s="30"/>
       <c r="D61" s="30">
-        <v>6.37</v>
+        <v>19.164999999999999</v>
       </c>
       <c r="E61" s="30">
-        <v>5.1079999999999997</v>
+        <v>11.134</v>
       </c>
       <c r="F61" s="30">
         <f t="shared" si="5"/>
-        <v>6.3719999999999999</v>
+        <v>13.376000000000001</v>
       </c>
       <c r="G61" s="30">
-        <v>6.3719999999999999</v>
+        <v>13.246</v>
       </c>
       <c r="H61" s="30">
-        <v>0</v>
+        <v>0.13</v>
       </c>
       <c r="I61" s="30">
-        <v>32.866</v>
+        <v>83.22</v>
       </c>
       <c r="J61" s="31">
-        <f t="shared" si="6"/>
-        <v>50.715999999999994</v>
+        <f t="shared" si="7"/>
+        <v>126.89500000000001</v>
       </c>
       <c r="K61" s="32">
         <f t="shared" si="0"/>
-        <v>1.2984</v>
+        <v>6.4754999999999967</v>
       </c>
       <c r="L61" s="32">
         <f t="shared" si="1"/>
-        <v>-1.2009999999999987</v>
+        <v>-1.4247500000000031</v>
       </c>
       <c r="M61" s="32">
         <f t="shared" si="2"/>
-        <v>1.3003999999999998</v>
+        <v>0.68649999999999878</v>
       </c>
       <c r="N61" s="33">
-        <f t="shared" si="7"/>
-        <v>9.9400000000006372E-2</v>
+        <f t="shared" si="14"/>
+        <v>-0.73825000000000074</v>
       </c>
       <c r="O61" s="34">
         <f t="shared" si="4"/>
-        <v>0.35195993374871842</v>
+        <v>0.3441821978801371</v>
       </c>
       <c r="P61" s="30">
-        <v>5.3730000000000002</v>
+        <v>19.164999999999999</v>
       </c>
       <c r="Q61" s="30"/>
-      <c r="S61" s="4"/>
-      <c r="T61" s="4"/>
+      <c r="T61"/>
       <c r="U61" s="4"/>
     </row>
-    <row r="62" spans="2:21" ht="12.75" x14ac:dyDescent="0.2">
-      <c r="B62" s="35" t="s">
+    <row r="62" spans="2:21" x14ac:dyDescent="0.2">
+      <c r="B62" s="44" t="s">
         <v>74</v>
       </c>
       <c r="C62" s="30"/>
       <c r="D62" s="30">
-        <v>3.871</v>
+        <v>17.914999999999999</v>
       </c>
       <c r="E62" s="30">
-        <v>4.8840000000000003</v>
+        <v>36.600999999999999</v>
       </c>
       <c r="F62" s="30">
         <f t="shared" si="5"/>
-        <v>5.3869999999999996</v>
+        <v>26.135000000000002</v>
       </c>
       <c r="G62" s="30">
-        <v>5.3869999999999996</v>
-[...1 lines deleted...]
-      <c r="H62" s="30"/>
+        <v>25.388000000000002</v>
+      </c>
+      <c r="H62" s="30">
+        <v>0.747</v>
+      </c>
       <c r="I62" s="30">
-        <v>39.061999999999998</v>
+        <v>139.37299999999999</v>
       </c>
       <c r="J62" s="31">
-        <f t="shared" si="6"/>
-        <v>53.204000000000001</v>
+        <f t="shared" si="7"/>
+        <v>220.02399999999997</v>
       </c>
       <c r="K62" s="32">
         <f t="shared" si="0"/>
-        <v>-1.4494000000000002</v>
+        <v>-4.0873999999999988</v>
       </c>
       <c r="L62" s="32">
         <f t="shared" si="1"/>
-        <v>-4.5459999999999994</v>
+        <v>-0.48999999999999488</v>
       </c>
       <c r="M62" s="32">
         <f t="shared" si="2"/>
-        <v>6.6599999999999326E-2</v>
+        <v>4.1326000000000036</v>
       </c>
       <c r="N62" s="33">
-        <f t="shared" si="7"/>
-        <v>-4.4793999999999983</v>
+        <f t="shared" si="14"/>
+        <v>3.6426000000000158</v>
       </c>
       <c r="O62" s="34">
         <f t="shared" si="4"/>
-        <v>0.26580708217427262</v>
+        <v>0.36655546667636263</v>
       </c>
       <c r="P62" s="30">
-        <v>3.871</v>
+        <v>17.914999999999999</v>
       </c>
       <c r="Q62" s="30"/>
-      <c r="S62" s="4"/>
-      <c r="T62" s="4"/>
+      <c r="T62"/>
       <c r="U62" s="4"/>
     </row>
-    <row r="63" spans="2:21" ht="12.75" x14ac:dyDescent="0.2">
-      <c r="B63" s="35" t="s">
+    <row r="63" spans="2:21" x14ac:dyDescent="0.2">
+      <c r="B63" s="44" t="s">
         <v>75</v>
       </c>
-      <c r="C63" s="30">
-[...1 lines deleted...]
-      </c>
+      <c r="C63" s="30"/>
       <c r="D63" s="30">
-        <v>40.167000000000002</v>
+        <v>5.5960000000000001</v>
       </c>
       <c r="E63" s="30">
-        <v>74.507999999999996</v>
+        <v>13.709</v>
       </c>
       <c r="F63" s="30">
         <f t="shared" si="5"/>
-        <v>53.388999999999996</v>
+        <v>10.972000000000001</v>
       </c>
       <c r="G63" s="30">
-        <v>53.384999999999998</v>
+        <v>10.96</v>
       </c>
       <c r="H63" s="30">
-        <v>4.0000000000000001E-3</v>
+        <v>1.2E-2</v>
       </c>
       <c r="I63" s="30">
-        <v>387.75400000000002</v>
+        <v>54.76</v>
       </c>
       <c r="J63" s="31">
-        <f t="shared" si="6"/>
-        <v>568.1350000000001</v>
+        <f t="shared" si="7"/>
+        <v>85.037000000000006</v>
       </c>
       <c r="K63" s="32">
         <f t="shared" si="0"/>
-        <v>-4.3295000000000101</v>
+        <v>-2.9077000000000002</v>
       </c>
       <c r="L63" s="32">
         <f t="shared" si="1"/>
-        <v>-15.041750000000036</v>
+        <v>-1.9542500000000018</v>
       </c>
       <c r="M63" s="32">
         <f t="shared" si="2"/>
-        <v>-3.4245000000000161</v>
+        <v>2.468300000000001</v>
       </c>
       <c r="N63" s="33">
-        <f t="shared" si="7"/>
-        <v>-18.466250000000059</v>
+        <f t="shared" si="14"/>
+        <v>0.51405000000000101</v>
       </c>
       <c r="O63" s="34">
         <f t="shared" si="4"/>
-        <v>0.31749672172987042</v>
+        <v>0.35604501569904862</v>
       </c>
       <c r="P63" s="30">
-        <v>50.567</v>
-[...5 lines deleted...]
-      <c r="T63" s="4"/>
+        <v>5.5960000000000001</v>
+      </c>
+      <c r="Q63" s="30"/>
+      <c r="T63"/>
       <c r="U63" s="4"/>
     </row>
-    <row r="64" spans="2:21" ht="12.75" x14ac:dyDescent="0.2">
-      <c r="B64" s="35" t="s">
+    <row r="64" spans="2:21" x14ac:dyDescent="0.2">
+      <c r="B64" s="44" t="s">
         <v>76</v>
       </c>
       <c r="C64" s="30"/>
       <c r="D64" s="30">
-        <v>9.2780000000000005</v>
+        <v>6.7610000000000001</v>
       </c>
       <c r="E64" s="30">
-        <v>15.284000000000001</v>
+        <v>7.4509999999999996</v>
       </c>
       <c r="F64" s="30">
         <f t="shared" si="5"/>
-        <v>9.3059999999999992</v>
+        <v>13.051</v>
       </c>
       <c r="G64" s="30">
-        <v>9.3059999999999992</v>
-[...1 lines deleted...]
-      <c r="H64" s="30"/>
+        <v>11.026</v>
+      </c>
+      <c r="H64" s="30">
+        <v>2.0249999999999999</v>
+      </c>
       <c r="I64" s="30">
-        <v>64.239000000000004</v>
+        <v>44.381</v>
       </c>
       <c r="J64" s="31">
-        <f t="shared" si="6"/>
-        <v>98.107000000000014</v>
+        <f t="shared" si="7"/>
+        <v>71.643999999999991</v>
       </c>
       <c r="K64" s="32">
         <f t="shared" si="0"/>
-        <v>-0.53270000000000195</v>
+        <v>-0.40339999999999954</v>
       </c>
       <c r="L64" s="32">
         <f t="shared" si="1"/>
-        <v>3.5249999999997783E-2</v>
+        <v>-3.6989999999999981</v>
       </c>
       <c r="M64" s="32">
         <f t="shared" si="2"/>
-        <v>-0.50470000000000326</v>
+        <v>5.8866000000000005</v>
       </c>
       <c r="N64" s="33">
-        <f t="shared" si="7"/>
-        <v>-0.46945000000000192</v>
+        <f t="shared" si="14"/>
+        <v>2.1876000000000033</v>
       </c>
       <c r="O64" s="34">
         <f t="shared" si="4"/>
-        <v>0.34521491840541446</v>
+        <v>0.38053430852548714</v>
       </c>
       <c r="P64" s="30">
-        <v>9.2780000000000005</v>
+        <v>6.7610000000000001</v>
       </c>
       <c r="Q64" s="30"/>
-      <c r="S64" s="4"/>
-      <c r="T64" s="4"/>
+      <c r="T64"/>
       <c r="U64" s="4"/>
     </row>
-    <row r="65" spans="2:21" ht="12.75" x14ac:dyDescent="0.2">
-      <c r="B65" s="35" t="s">
+    <row r="65" spans="2:21" x14ac:dyDescent="0.2">
+      <c r="B65" s="44" t="s">
         <v>77</v>
       </c>
       <c r="C65" s="30"/>
-      <c r="D65" s="30">
-[...1 lines deleted...]
-      </c>
+      <c r="D65" s="30"/>
       <c r="E65" s="30">
-        <v>17.646999999999998</v>
+        <v>7.7539999999999996</v>
       </c>
       <c r="F65" s="30">
         <f t="shared" si="5"/>
-        <v>5.99</v>
+        <v>9.5730000000000004</v>
       </c>
       <c r="G65" s="30">
-        <v>5.99</v>
-[...1 lines deleted...]
-      <c r="H65" s="30"/>
+        <v>9.1379999999999999</v>
+      </c>
+      <c r="H65" s="30">
+        <v>0.435</v>
+      </c>
       <c r="I65" s="30">
-        <v>155.57900000000001</v>
+        <v>42.436</v>
       </c>
       <c r="J65" s="31">
-        <f t="shared" si="6"/>
-        <v>201.66400000000002</v>
+        <f t="shared" si="7"/>
+        <v>59.762999999999998</v>
       </c>
       <c r="K65" s="32">
         <f t="shared" si="0"/>
-        <v>2.2815999999999974</v>
+        <v>-5.9763000000000002</v>
       </c>
       <c r="L65" s="32">
         <f t="shared" si="1"/>
-        <v>-10.321000000000005</v>
+        <v>-7.18675</v>
       </c>
       <c r="M65" s="32">
         <f t="shared" si="2"/>
-        <v>-14.176400000000003</v>
+        <v>3.5967000000000002</v>
       </c>
       <c r="N65" s="33">
-        <f t="shared" si="7"/>
-        <v>-24.497400000000006</v>
+        <f t="shared" si="14"/>
+        <v>-3.5900500000000015</v>
       </c>
       <c r="O65" s="34">
         <f t="shared" si="4"/>
-        <v>0.22852368295779116</v>
-[...3 lines deleted...]
-      </c>
+        <v>0.2899285511102187</v>
+      </c>
+      <c r="P65" s="30"/>
       <c r="Q65" s="30"/>
-      <c r="S65" s="4"/>
-      <c r="T65" s="4"/>
+      <c r="T65"/>
       <c r="U65" s="4"/>
     </row>
-    <row r="66" spans="2:21" ht="12.75" x14ac:dyDescent="0.2">
-      <c r="B66" s="35" t="s">
+    <row r="66" spans="2:21" x14ac:dyDescent="0.2">
+      <c r="B66" s="44" t="s">
         <v>78</v>
       </c>
       <c r="C66" s="30"/>
       <c r="D66" s="30">
-        <v>10.707000000000001</v>
+        <v>5.5140000000000002</v>
       </c>
       <c r="E66" s="30">
-        <v>10.766999999999999</v>
+        <v>10.743</v>
       </c>
       <c r="F66" s="30">
         <f t="shared" si="5"/>
-        <v>10.627000000000001</v>
+        <v>8.3640000000000008</v>
       </c>
       <c r="G66" s="30">
-        <v>10.627000000000001</v>
+        <v>6.6420000000000003</v>
       </c>
       <c r="H66" s="30">
-        <v>0</v>
+        <v>1.722</v>
       </c>
       <c r="I66" s="30">
-        <v>52.823999999999998</v>
+        <v>38.173999999999999</v>
       </c>
       <c r="J66" s="31">
-        <f t="shared" si="6"/>
-        <v>84.925000000000011</v>
+        <f t="shared" si="7"/>
+        <v>62.795000000000002</v>
       </c>
       <c r="K66" s="32">
         <f t="shared" si="0"/>
-        <v>2.2144999999999992</v>
+        <v>-0.76550000000000029</v>
       </c>
       <c r="L66" s="32">
         <f t="shared" si="1"/>
-        <v>0.24274999999999736</v>
+        <v>0.55825000000000102</v>
       </c>
       <c r="M66" s="32">
         <f t="shared" si="2"/>
-        <v>2.1344999999999992</v>
+        <v>2.0845000000000002</v>
       </c>
       <c r="N66" s="33">
-        <f t="shared" si="7"/>
-        <v>2.3772499999999965</v>
+        <f t="shared" si="14"/>
+        <v>2.642750000000003</v>
       </c>
       <c r="O66" s="34">
         <f t="shared" si="4"/>
-        <v>0.37799234618781269</v>
+        <v>0.39208535711441994</v>
       </c>
       <c r="P66" s="30">
-        <v>10.707000000000001</v>
+        <v>5.5140000000000002</v>
       </c>
       <c r="Q66" s="30"/>
-      <c r="S66" s="4"/>
-      <c r="T66" s="4"/>
+      <c r="T66"/>
       <c r="U66" s="4"/>
     </row>
-    <row r="67" spans="2:21" ht="12.75" x14ac:dyDescent="0.2">
-      <c r="B67" s="35" t="s">
+    <row r="67" spans="2:21" x14ac:dyDescent="0.2">
+      <c r="B67" s="44" t="s">
         <v>79</v>
       </c>
       <c r="C67" s="30"/>
       <c r="D67" s="30">
-        <v>1.673</v>
-[...3 lines deleted...]
-      </c>
+        <v>4.82</v>
+      </c>
+      <c r="E67" s="30"/>
       <c r="F67" s="30">
         <f t="shared" si="5"/>
-        <v>10.361000000000001</v>
+        <v>9.9959999999999987</v>
       </c>
       <c r="G67" s="30">
-        <v>10.361000000000001</v>
-[...1 lines deleted...]
-      <c r="H67" s="30"/>
+        <v>9.0619999999999994</v>
+      </c>
+      <c r="H67" s="30">
+        <v>0.93400000000000005</v>
+      </c>
       <c r="I67" s="30">
-        <v>33.011000000000003</v>
+        <v>31.134</v>
       </c>
       <c r="J67" s="31">
-        <f t="shared" si="6"/>
-        <v>47.593000000000004</v>
+        <f t="shared" si="7"/>
+        <v>45.949999999999996</v>
       </c>
       <c r="K67" s="32">
         <f t="shared" si="0"/>
-        <v>-3.0863000000000005</v>
+        <v>0.22500000000000053</v>
       </c>
       <c r="L67" s="32">
         <f t="shared" si="1"/>
-        <v>-7.6772500000000008</v>
+        <v>-6.6674999999999986</v>
       </c>
       <c r="M67" s="32">
         <f t="shared" si="2"/>
-        <v>5.6017000000000001</v>
+        <v>5.4009999999999989</v>
       </c>
       <c r="N67" s="33">
-        <f t="shared" si="7"/>
-        <v>-2.0755499999999998</v>
+        <f t="shared" si="14"/>
+        <v>-1.2664999999999971</v>
       </c>
       <c r="O67" s="34">
         <f t="shared" si="4"/>
-        <v>0.30638959510852437</v>
+        <v>0.32243743199129488</v>
       </c>
       <c r="P67" s="30">
-        <v>1.673</v>
+        <v>4.82</v>
       </c>
       <c r="Q67" s="30"/>
-      <c r="S67" s="4"/>
-      <c r="T67" s="4"/>
+      <c r="T67"/>
       <c r="U67" s="4"/>
     </row>
-    <row r="68" spans="2:21" ht="12.75" x14ac:dyDescent="0.2">
-      <c r="B68" s="35" t="s">
+    <row r="68" spans="2:21" x14ac:dyDescent="0.2">
+      <c r="B68" s="44" t="s">
         <v>80</v>
       </c>
       <c r="C68" s="30"/>
       <c r="D68" s="30">
-        <v>5.9489999999999998</v>
+        <v>2.9630000000000001</v>
       </c>
       <c r="E68" s="30">
-        <v>7.6230000000000002</v>
+        <v>4.282</v>
       </c>
       <c r="F68" s="30">
         <f t="shared" si="5"/>
-        <v>8.4779999999999998</v>
+        <v>5.524</v>
       </c>
       <c r="G68" s="30">
-        <v>8.4779999999999998</v>
-[...1 lines deleted...]
-      <c r="H68" s="30"/>
+        <v>4.6959999999999997</v>
+      </c>
+      <c r="H68" s="30">
+        <v>0.82799999999999996</v>
+      </c>
       <c r="I68" s="30">
-        <v>43.241999999999997</v>
+        <v>27.053999999999998</v>
       </c>
       <c r="J68" s="31">
-        <f t="shared" si="6"/>
-        <v>65.292000000000002</v>
+        <f t="shared" si="7"/>
+        <v>39.823</v>
       </c>
       <c r="K68" s="32">
         <f t="shared" si="0"/>
-        <v>-0.58020000000000049</v>
+        <v>-1.0193000000000003</v>
       </c>
       <c r="L68" s="32">
         <f t="shared" si="1"/>
-        <v>-2.7510000000000012</v>
+        <v>-2.71075</v>
       </c>
       <c r="M68" s="32">
         <f t="shared" si="2"/>
-        <v>1.9487999999999994</v>
+        <v>1.5416999999999996</v>
       </c>
       <c r="N68" s="33">
-        <f t="shared" si="7"/>
-        <v>-0.80220000000000269</v>
+        <f t="shared" si="14"/>
+        <v>-1.1690499999999986</v>
       </c>
       <c r="O68" s="34">
         <f t="shared" si="4"/>
-        <v>0.33771365557801869</v>
+        <v>0.32064384903196647</v>
       </c>
       <c r="P68" s="30">
-        <v>5.9489999999999998</v>
+        <v>2.9630000000000001</v>
       </c>
       <c r="Q68" s="30"/>
-      <c r="S68" s="4"/>
-      <c r="T68" s="4"/>
+      <c r="T68"/>
       <c r="U68" s="4"/>
     </row>
-    <row r="69" spans="2:21" ht="12.75" x14ac:dyDescent="0.2">
-      <c r="B69" s="35" t="s">
+    <row r="69" spans="2:21" x14ac:dyDescent="0.2">
+      <c r="B69" s="44" t="s">
         <v>81</v>
       </c>
-      <c r="C69" s="30">
-[...1 lines deleted...]
-      </c>
+      <c r="C69" s="30"/>
       <c r="D69" s="30">
-        <v>70.959999999999994</v>
+        <v>4.7699999999999996</v>
       </c>
       <c r="E69" s="30">
-        <v>126.14100000000001</v>
+        <v>4.8840000000000003</v>
       </c>
       <c r="F69" s="30">
         <f t="shared" si="5"/>
-        <v>88.847000000000008</v>
+        <v>5.8959999999999999</v>
       </c>
       <c r="G69" s="30">
-        <v>88.846000000000004</v>
+        <v>5.8959999999999999</v>
       </c>
       <c r="H69" s="30">
-        <v>1E-3</v>
+        <v>0</v>
       </c>
       <c r="I69" s="30">
-        <v>584.45600000000002</v>
+        <v>42.817999999999998</v>
       </c>
       <c r="J69" s="31">
-        <f t="shared" si="6"/>
-        <v>876.87199999999996</v>
+        <f t="shared" si="7"/>
+        <v>58.367999999999995</v>
       </c>
       <c r="K69" s="32">
         <f t="shared" si="0"/>
-        <v>-10.259200000000007</v>
+        <v>-1.0668000000000006</v>
       </c>
       <c r="L69" s="32">
         <f t="shared" si="1"/>
-        <v>-15.648999999999972</v>
+        <v>-4.9379999999999988</v>
       </c>
       <c r="M69" s="32">
         <f t="shared" si="2"/>
-        <v>1.1598000000000042</v>
+        <v>5.9199999999999697E-2</v>
       </c>
       <c r="N69" s="33">
-        <f t="shared" si="7"/>
-        <v>-14.489199999999926</v>
+        <f t="shared" si="14"/>
+        <v>-4.8787999999999947</v>
       </c>
       <c r="O69" s="34">
         <f t="shared" si="4"/>
-        <v>0.33347626563512128</v>
+        <v>0.26641310307017546</v>
       </c>
       <c r="P69" s="30">
-        <v>76.405000000000001</v>
+        <v>4.7699999999999996</v>
       </c>
       <c r="Q69" s="30"/>
-      <c r="S69" s="4"/>
-      <c r="T69" s="4"/>
+      <c r="T69"/>
       <c r="U69" s="4"/>
     </row>
-    <row r="70" spans="2:21" ht="12.75" x14ac:dyDescent="0.2">
-      <c r="B70" s="35" t="s">
+    <row r="70" spans="2:21" x14ac:dyDescent="0.2">
+      <c r="B70" s="44" t="s">
         <v>82</v>
       </c>
-      <c r="C70" s="30"/>
+      <c r="C70" s="30">
+        <v>14.085000000000001</v>
+      </c>
       <c r="D70" s="30">
-        <v>8.0489999999999995</v>
+        <v>38.354999999999997</v>
       </c>
       <c r="E70" s="30">
-        <v>12.715999999999999</v>
+        <v>64.570999999999998</v>
       </c>
       <c r="F70" s="30">
         <f t="shared" si="5"/>
-        <v>6.6589999999999998</v>
+        <v>48.02</v>
       </c>
       <c r="G70" s="30">
-        <v>6.6589999999999998</v>
-[...1 lines deleted...]
-      <c r="H70" s="30"/>
+        <v>48.014000000000003</v>
+      </c>
+      <c r="H70" s="30">
+        <v>6.0000000000000001E-3</v>
+      </c>
       <c r="I70" s="30">
-        <v>53.277999999999999</v>
+        <v>371.24400000000003</v>
       </c>
       <c r="J70" s="31">
-        <f t="shared" si="6"/>
-        <v>80.701999999999998</v>
+        <f t="shared" si="7"/>
+        <v>536.27500000000009</v>
       </c>
       <c r="K70" s="32">
         <f t="shared" si="0"/>
-        <v>-2.120000000000033E-2</v>
+        <v>-1.1875000000000142</v>
       </c>
       <c r="L70" s="32">
         <f t="shared" si="1"/>
-        <v>0.58950000000000102</v>
+        <v>-17.057750000000027</v>
       </c>
       <c r="M70" s="32">
         <f t="shared" si="2"/>
-        <v>-1.4112</v>
+        <v>-5.6075000000000088</v>
       </c>
       <c r="N70" s="33">
-        <f t="shared" si="7"/>
-        <v>-0.82169999999999632</v>
+        <f t="shared" si="14"/>
+        <v>-22.665250000000015</v>
       </c>
       <c r="O70" s="34">
         <f t="shared" si="4"/>
-        <v>0.33981809620579417</v>
+        <v>0.30773576989417739</v>
       </c>
       <c r="P70" s="30">
-        <v>8.0489999999999995</v>
-[...3 lines deleted...]
-      <c r="T70" s="4"/>
+        <v>50.523000000000003</v>
+      </c>
+      <c r="Q70" s="30">
+        <v>2.645</v>
+      </c>
+      <c r="T70"/>
       <c r="U70" s="4"/>
     </row>
-    <row r="71" spans="2:21" ht="12.75" x14ac:dyDescent="0.2">
-      <c r="B71" s="35" t="s">
+    <row r="71" spans="2:21" x14ac:dyDescent="0.2">
+      <c r="B71" s="44" t="s">
         <v>83</v>
       </c>
       <c r="C71" s="30"/>
       <c r="D71" s="30">
-        <v>4.7530000000000001</v>
+        <v>9.3089999999999993</v>
       </c>
       <c r="E71" s="30">
-        <v>11.45</v>
+        <v>15.27</v>
       </c>
       <c r="F71" s="30">
         <f t="shared" si="5"/>
-        <v>8.1890000000000001</v>
+        <v>9.84</v>
       </c>
       <c r="G71" s="30">
-        <v>8.1859999999999999</v>
+        <v>9.8290000000000006</v>
       </c>
       <c r="H71" s="30">
-        <v>3.0000000000000001E-3</v>
+        <v>1.0999999999999999E-2</v>
       </c>
       <c r="I71" s="30">
-        <v>42.808</v>
+        <v>64.686000000000007</v>
       </c>
       <c r="J71" s="31">
-        <f t="shared" si="6"/>
-        <v>67.2</v>
+        <f t="shared" si="7"/>
+        <v>99.105000000000004</v>
       </c>
       <c r="K71" s="32">
         <f t="shared" si="0"/>
-        <v>-1.9670000000000005</v>
+        <v>-0.60150000000000148</v>
       </c>
       <c r="L71" s="32">
         <f t="shared" si="1"/>
-        <v>-0.59700000000000131</v>
+        <v>-0.19725000000000037</v>
       </c>
       <c r="M71" s="32">
         <f t="shared" si="2"/>
-        <v>1.4689999999999994</v>
+        <v>-7.0500000000000895E-2</v>
       </c>
       <c r="N71" s="33">
-        <f t="shared" si="7"/>
-        <v>0.87199999999999989</v>
+        <f t="shared" si="14"/>
+        <v>-0.26774999999999949</v>
       </c>
       <c r="O71" s="34">
         <f t="shared" si="4"/>
-        <v>0.36297619047619045</v>
+        <v>0.34729831996367483</v>
       </c>
       <c r="P71" s="30">
-        <v>4.7530000000000001</v>
+        <v>9.2789999999999999</v>
       </c>
       <c r="Q71" s="30"/>
-      <c r="S71" s="4"/>
-      <c r="T71" s="4"/>
+      <c r="T71"/>
       <c r="U71" s="4"/>
     </row>
-    <row r="72" spans="2:21" ht="12.75" x14ac:dyDescent="0.2">
-      <c r="B72" s="36" t="s">
+    <row r="72" spans="2:21" x14ac:dyDescent="0.2">
+      <c r="B72" s="44" t="s">
         <v>84</v>
       </c>
       <c r="C72" s="30"/>
       <c r="D72" s="30">
-        <v>1.044</v>
+        <v>22.701000000000001</v>
       </c>
       <c r="E72" s="30">
-        <v>3.3450000000000002</v>
+        <v>17.648</v>
       </c>
       <c r="F72" s="30">
         <f t="shared" si="5"/>
-        <v>5.548</v>
+        <v>9.3239999999999998</v>
       </c>
       <c r="G72" s="30">
-        <v>5.548</v>
+        <v>9.3170000000000002</v>
       </c>
       <c r="H72" s="30">
-        <v>0</v>
+        <v>7.0000000000000001E-3</v>
       </c>
       <c r="I72" s="30">
-        <v>28.981999999999999</v>
+        <v>157.80500000000001</v>
       </c>
       <c r="J72" s="31">
-        <f t="shared" si="6"/>
-        <v>38.918999999999997</v>
+        <f t="shared" si="7"/>
+        <v>207.47800000000001</v>
       </c>
       <c r="K72" s="32">
         <f t="shared" si="0"/>
-        <v>-2.8478999999999997</v>
+        <v>1.9531999999999989</v>
       </c>
       <c r="L72" s="32">
         <f t="shared" si="1"/>
-        <v>-5.340749999999999</v>
+        <v>-11.520499999999998</v>
       </c>
       <c r="M72" s="32">
         <f t="shared" si="2"/>
-        <v>1.6561000000000003</v>
+        <v>-11.423800000000002</v>
       </c>
       <c r="N72" s="33">
-        <f t="shared" si="7"/>
-        <v>-3.6846499999999978</v>
+        <f t="shared" si="14"/>
+        <v>-22.944299999999998</v>
       </c>
       <c r="O72" s="34">
         <f t="shared" si="4"/>
-        <v>0.25532516251702259</v>
+        <v>0.23941333538977627</v>
       </c>
       <c r="P72" s="30">
-        <v>1.044</v>
+        <v>22.701000000000001</v>
       </c>
       <c r="Q72" s="30"/>
-      <c r="S72" s="4"/>
-      <c r="T72" s="4"/>
+      <c r="T72"/>
       <c r="U72" s="4"/>
     </row>
     <row r="73" spans="2:21" x14ac:dyDescent="0.2">
-      <c r="B73" s="26"/>
-[...14 lines deleted...]
-      <c r="Q73" s="28"/>
+      <c r="B73" s="44" t="s">
+        <v>85</v>
+      </c>
+      <c r="C73" s="30"/>
+      <c r="D73" s="30">
+        <v>10.026999999999999</v>
+      </c>
+      <c r="E73" s="30">
+        <v>11.619</v>
+      </c>
+      <c r="F73" s="30">
+        <f t="shared" si="5"/>
+        <v>13.083</v>
+      </c>
+      <c r="G73" s="30">
+        <v>13.074</v>
+      </c>
+      <c r="H73" s="30">
+        <v>8.9999999999999993E-3</v>
+      </c>
+      <c r="I73" s="30">
+        <v>54.445</v>
+      </c>
+      <c r="J73" s="31">
+        <f t="shared" si="7"/>
+        <v>89.174000000000007</v>
+      </c>
+      <c r="K73" s="32">
+        <f t="shared" si="0"/>
+        <v>1.1095999999999986</v>
+      </c>
+      <c r="L73" s="32">
+        <f t="shared" si="1"/>
+        <v>-0.64750000000000085</v>
+      </c>
+      <c r="M73" s="32">
+        <f t="shared" si="2"/>
+        <v>4.1655999999999995</v>
+      </c>
+      <c r="N73" s="33">
+        <f t="shared" si="14"/>
+        <v>3.5181000000000004</v>
+      </c>
+      <c r="O73" s="34">
+        <f t="shared" si="4"/>
+        <v>0.38945208244555585</v>
+      </c>
+      <c r="P73" s="30">
+        <v>10.026999999999999</v>
+      </c>
+      <c r="Q73" s="30"/>
+      <c r="T73"/>
+      <c r="U73" s="4"/>
     </row>
     <row r="74" spans="2:21" x14ac:dyDescent="0.2">
-      <c r="B74" s="29" t="s">
-[...5 lines deleted...]
-      </c>
+      <c r="B74" s="44" t="s">
+        <v>86</v>
+      </c>
+      <c r="C74" s="30"/>
       <c r="D74" s="30">
-        <f t="shared" ref="D74:N74" si="8">SUM(D10:D72)</f>
-[...5 lines deleted...]
-      </c>
+        <v>5.5439999999999996</v>
+      </c>
+      <c r="E74" s="30"/>
       <c r="F74" s="30">
-        <f t="shared" si="8"/>
-[...3 lines deleted...]
-      <c r="H74" s="30"/>
+        <f t="shared" si="5"/>
+        <v>8.4160000000000004</v>
+      </c>
+      <c r="G74" s="30">
+        <v>7.8490000000000002</v>
+      </c>
+      <c r="H74" s="30">
+        <v>0.56699999999999995</v>
+      </c>
       <c r="I74" s="30">
-        <f t="shared" si="8"/>
-[...20 lines deleted...]
-        <v>-413.70184999999958</v>
+        <v>45.587000000000003</v>
+      </c>
+      <c r="J74" s="31">
+        <f t="shared" si="7"/>
+        <v>59.546999999999997</v>
+      </c>
+      <c r="K74" s="32">
+        <f t="shared" si="0"/>
+        <v>-0.41070000000000029</v>
+      </c>
+      <c r="L74" s="32">
+        <f t="shared" si="1"/>
+        <v>-9.3427499999999988</v>
+      </c>
+      <c r="M74" s="32">
+        <f t="shared" si="2"/>
+        <v>2.4613000000000005</v>
+      </c>
+      <c r="N74" s="33">
+        <f t="shared" si="14"/>
+        <v>-6.8814499999999974</v>
       </c>
       <c r="O74" s="34">
-        <f>(C74+D74+E74+F74)/(J74)</f>
-[...9 lines deleted...]
-      </c>
+        <f t="shared" si="4"/>
+        <v>0.2344366634759098</v>
+      </c>
+      <c r="P74" s="30">
+        <v>5.5439999999999996</v>
+      </c>
+      <c r="Q74" s="30"/>
+      <c r="T74"/>
+      <c r="U74" s="4"/>
     </row>
     <row r="75" spans="2:21" x14ac:dyDescent="0.2">
-      <c r="C75" s="39"/>
-[...13 lines deleted...]
-      <c r="Q75" s="39"/>
+      <c r="B75" s="44" t="s">
+        <v>87</v>
+      </c>
+      <c r="C75" s="30"/>
+      <c r="D75" s="30">
+        <v>1.4259999999999999</v>
+      </c>
+      <c r="E75" s="30">
+        <v>1.829</v>
+      </c>
+      <c r="F75" s="30">
+        <f t="shared" ref="F75:F80" si="22">G75+H75</f>
+        <v>9.67</v>
+      </c>
+      <c r="G75" s="30">
+        <v>9.67</v>
+      </c>
+      <c r="H75" s="30"/>
+      <c r="I75" s="30">
+        <v>29.713999999999999</v>
+      </c>
+      <c r="J75" s="31">
+        <f t="shared" si="7"/>
+        <v>42.639000000000003</v>
+      </c>
+      <c r="K75" s="32">
+        <f t="shared" si="0"/>
+        <v>-2.8379000000000003</v>
+      </c>
+      <c r="L75" s="32">
+        <f t="shared" si="1"/>
+        <v>-7.4047500000000008</v>
+      </c>
+      <c r="M75" s="32">
+        <f t="shared" si="2"/>
+        <v>5.4060999999999995</v>
+      </c>
+      <c r="N75" s="33">
+        <f t="shared" si="14"/>
+        <v>-1.9986499999999996</v>
+      </c>
+      <c r="O75" s="34">
+        <f t="shared" si="4"/>
+        <v>0.30312624592509207</v>
+      </c>
+      <c r="P75" s="30">
+        <v>1.4259999999999999</v>
+      </c>
+      <c r="Q75" s="30"/>
+      <c r="T75"/>
+      <c r="U75" s="4"/>
     </row>
     <row r="76" spans="2:21" x14ac:dyDescent="0.2">
-      <c r="B76" s="43" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="B76" s="44" t="s">
+        <v>88</v>
+      </c>
+      <c r="C76" s="30"/>
+      <c r="D76" s="30">
+        <v>5.96</v>
+      </c>
+      <c r="E76" s="30">
+        <v>7.6230000000000002</v>
+      </c>
+      <c r="F76" s="30">
+        <f t="shared" si="22"/>
+        <v>8.9659999999999993</v>
+      </c>
+      <c r="G76" s="30">
+        <v>8.4879999999999995</v>
+      </c>
+      <c r="H76" s="30">
+        <v>0.47799999999999998</v>
+      </c>
+      <c r="I76" s="30">
+        <v>45.868000000000002</v>
+      </c>
+      <c r="J76" s="31">
+        <f t="shared" si="7"/>
+        <v>68.417000000000002</v>
+      </c>
+      <c r="K76" s="32">
+        <f t="shared" si="0"/>
+        <v>-0.88170000000000037</v>
+      </c>
+      <c r="L76" s="32">
+        <f t="shared" si="1"/>
+        <v>-3.5212500000000002</v>
+      </c>
+      <c r="M76" s="32">
+        <f t="shared" si="2"/>
+        <v>2.124299999999999</v>
+      </c>
+      <c r="N76" s="33">
+        <f t="shared" si="14"/>
+        <v>-1.3969500000000004</v>
+      </c>
+      <c r="O76" s="34">
+        <f t="shared" si="4"/>
+        <v>0.32958182907756844</v>
+      </c>
+      <c r="P76" s="30">
+        <v>5.96</v>
+      </c>
+      <c r="Q76" s="30"/>
+      <c r="T76"/>
+      <c r="U76" s="4"/>
     </row>
     <row r="77" spans="2:21" x14ac:dyDescent="0.2">
       <c r="B77" s="44" t="s">
-        <v>86</v>
-      </c>
+        <v>89</v>
+      </c>
+      <c r="C77" s="30">
+        <v>6.8440000000000003</v>
+      </c>
+      <c r="D77" s="30">
+        <v>70.948999999999998</v>
+      </c>
+      <c r="E77" s="30">
+        <v>126.922</v>
+      </c>
+      <c r="F77" s="30">
+        <f t="shared" si="22"/>
+        <v>92.11999999999999</v>
+      </c>
+      <c r="G77" s="30">
+        <v>90.578999999999994</v>
+      </c>
+      <c r="H77" s="30">
+        <v>1.5409999999999999</v>
+      </c>
+      <c r="I77" s="30">
+        <v>584.46299999999997</v>
+      </c>
+      <c r="J77" s="31">
+        <f t="shared" si="7"/>
+        <v>881.298</v>
+      </c>
+      <c r="K77" s="32">
+        <f t="shared" si="0"/>
+        <v>-10.336800000000011</v>
+      </c>
+      <c r="L77" s="32">
+        <f t="shared" si="1"/>
+        <v>-15.609500000000025</v>
+      </c>
+      <c r="M77" s="32">
+        <f t="shared" si="2"/>
+        <v>3.9901999999999873</v>
+      </c>
+      <c r="N77" s="33">
+        <f t="shared" si="14"/>
+        <v>-11.61930000000001</v>
+      </c>
+      <c r="O77" s="34">
+        <f t="shared" si="4"/>
+        <v>0.3368156968471504</v>
+      </c>
+      <c r="P77" s="30">
+        <v>76.694999999999993</v>
+      </c>
+      <c r="Q77" s="30"/>
+      <c r="T77"/>
+      <c r="U77" s="4"/>
     </row>
     <row r="78" spans="2:21" x14ac:dyDescent="0.2">
       <c r="B78" s="44" t="s">
-        <v>87</v>
+        <v>90</v>
+      </c>
+      <c r="C78" s="30"/>
+      <c r="D78" s="30">
+        <v>7.5279999999999996</v>
+      </c>
+      <c r="E78" s="30">
+        <v>11.717000000000001</v>
+      </c>
+      <c r="F78" s="30">
+        <f t="shared" si="22"/>
+        <v>6.6589999999999998</v>
+      </c>
+      <c r="G78" s="30">
+        <v>6.6589999999999998</v>
+      </c>
+      <c r="H78" s="30"/>
+      <c r="I78" s="30">
+        <v>52.874000000000002</v>
+      </c>
+      <c r="J78" s="31">
+        <f t="shared" si="7"/>
+        <v>78.778000000000006</v>
+      </c>
+      <c r="K78" s="32">
+        <f t="shared" si="0"/>
+        <v>-0.349800000000001</v>
+      </c>
+      <c r="L78" s="32">
+        <f t="shared" si="1"/>
+        <v>-0.44950000000000045</v>
+      </c>
+      <c r="M78" s="32">
+        <f t="shared" si="2"/>
+        <v>-1.2188000000000008</v>
+      </c>
+      <c r="N78" s="33">
+        <f t="shared" si="14"/>
+        <v>-1.6683000000000021</v>
+      </c>
+      <c r="O78" s="34">
+        <f t="shared" si="4"/>
+        <v>0.32882276777780595</v>
+      </c>
+      <c r="P78" s="30">
+        <v>7.5279999999999996</v>
+      </c>
+      <c r="Q78" s="30"/>
+      <c r="T78"/>
+      <c r="U78" s="4"/>
+    </row>
+    <row r="79" spans="2:21" x14ac:dyDescent="0.2">
+      <c r="B79" s="44" t="s">
+        <v>91</v>
+      </c>
+      <c r="C79" s="30"/>
+      <c r="D79" s="30">
+        <v>5.0010000000000003</v>
+      </c>
+      <c r="E79" s="30">
+        <v>11.455</v>
+      </c>
+      <c r="F79" s="30">
+        <f t="shared" si="22"/>
+        <v>9.088000000000001</v>
+      </c>
+      <c r="G79" s="30">
+        <v>8.3620000000000001</v>
+      </c>
+      <c r="H79" s="30">
+        <v>0.72599999999999998</v>
+      </c>
+      <c r="I79" s="30">
+        <v>42.804000000000002</v>
+      </c>
+      <c r="J79" s="31">
+        <f t="shared" si="7"/>
+        <v>68.347999999999999</v>
+      </c>
+      <c r="K79" s="32">
+        <f t="shared" si="0"/>
+        <v>-1.8338000000000001</v>
+      </c>
+      <c r="L79" s="32">
+        <f t="shared" si="1"/>
+        <v>-0.63100000000000023</v>
+      </c>
+      <c r="M79" s="32">
+        <f t="shared" si="2"/>
+        <v>2.2532000000000005</v>
+      </c>
+      <c r="N79" s="33">
+        <f t="shared" si="14"/>
+        <v>1.622200000000003</v>
+      </c>
+      <c r="O79" s="34">
+        <f t="shared" si="4"/>
+        <v>0.3737344179785802</v>
+      </c>
+      <c r="P79" s="30">
+        <v>5.0010000000000003</v>
+      </c>
+      <c r="Q79" s="30"/>
+      <c r="T79"/>
+      <c r="U79" s="4"/>
+    </row>
+    <row r="80" spans="2:21" x14ac:dyDescent="0.2">
+      <c r="B80" s="44" t="s">
+        <v>92</v>
+      </c>
+      <c r="C80" s="30"/>
+      <c r="D80" s="30">
+        <v>1.841</v>
+      </c>
+      <c r="E80" s="30">
+        <v>4.5369999999999999</v>
+      </c>
+      <c r="F80" s="30">
+        <f t="shared" si="22"/>
+        <v>6.4450000000000003</v>
+      </c>
+      <c r="G80" s="30">
+        <v>6.2960000000000003</v>
+      </c>
+      <c r="H80" s="30">
+        <v>0.14899999999999999</v>
+      </c>
+      <c r="I80" s="30">
+        <v>31.786999999999999</v>
+      </c>
+      <c r="J80" s="31">
+        <f t="shared" si="7"/>
+        <v>44.61</v>
+      </c>
+      <c r="K80" s="32">
+        <f t="shared" si="0"/>
+        <v>-2.62</v>
+      </c>
+      <c r="L80" s="32">
+        <f t="shared" si="1"/>
+        <v>-4.7744999999999997</v>
+      </c>
+      <c r="M80" s="32">
+        <f t="shared" si="2"/>
+        <v>1.984</v>
+      </c>
+      <c r="N80" s="33">
+        <f t="shared" si="14"/>
+        <v>-2.790499999999998</v>
+      </c>
+      <c r="O80" s="34">
+        <f t="shared" si="4"/>
+        <v>0.28744676081596054</v>
+      </c>
+      <c r="P80" s="30">
+        <v>1.841</v>
+      </c>
+      <c r="Q80" s="30"/>
+      <c r="T80"/>
+      <c r="U80" s="4"/>
+    </row>
+    <row r="81" spans="2:17" x14ac:dyDescent="0.2">
+      <c r="B81" s="26"/>
+      <c r="C81" s="28"/>
+      <c r="D81" s="28"/>
+      <c r="E81" s="31"/>
+      <c r="F81" s="31"/>
+      <c r="G81" s="31"/>
+      <c r="H81" s="31"/>
+      <c r="I81" s="31"/>
+      <c r="J81" s="31"/>
+      <c r="K81" s="35"/>
+      <c r="L81" s="35"/>
+      <c r="M81" s="35"/>
+      <c r="N81" s="35"/>
+      <c r="O81" s="36"/>
+      <c r="P81" s="28"/>
+      <c r="Q81" s="28"/>
+    </row>
+    <row r="82" spans="2:17" x14ac:dyDescent="0.2">
+      <c r="B82" s="29" t="s">
+        <v>15</v>
+      </c>
+      <c r="C82" s="30">
+        <f>SUM(C10:C80)</f>
+        <v>191.816</v>
+      </c>
+      <c r="D82" s="30">
+        <f t="shared" ref="D82:N82" si="23">SUM(D10:D80)</f>
+        <v>986.76700000000005</v>
+      </c>
+      <c r="E82" s="30">
+        <f t="shared" si="23"/>
+        <v>1672.8759999999997</v>
+      </c>
+      <c r="F82" s="30">
+        <f t="shared" si="23"/>
+        <v>1496.9860000000001</v>
+      </c>
+      <c r="G82" s="30"/>
+      <c r="H82" s="30"/>
+      <c r="I82" s="30">
+        <f t="shared" si="23"/>
+        <v>9186.2049999999981</v>
+      </c>
+      <c r="J82" s="30">
+        <f t="shared" si="23"/>
+        <v>13534.650000000005</v>
+      </c>
+      <c r="K82" s="30">
+        <f t="shared" si="23"/>
+        <v>-174.88200000000009</v>
+      </c>
+      <c r="L82" s="30">
+        <f t="shared" si="23"/>
+        <v>-532.20349999999996</v>
+      </c>
+      <c r="M82" s="30">
+        <f t="shared" si="23"/>
+        <v>143.52099999999993</v>
+      </c>
+      <c r="N82" s="30">
+        <f t="shared" si="23"/>
+        <v>-388.68249999999972</v>
+      </c>
+      <c r="O82" s="34">
+        <f>(C82+D82+E82+F82)/(J82)</f>
+        <v>0.32128241217911052</v>
+      </c>
+      <c r="P82" s="31">
+        <f>SUM(P10:P80)</f>
+        <v>1159.8239999999998</v>
+      </c>
+      <c r="Q82" s="31">
+        <f>SUM(Q10:Q80)</f>
+        <v>31.420999999999999</v>
+      </c>
+    </row>
+    <row r="83" spans="2:17" x14ac:dyDescent="0.2">
+      <c r="C83" s="37"/>
+      <c r="D83" s="37"/>
+      <c r="E83" s="37"/>
+      <c r="F83" s="37"/>
+      <c r="G83" s="37"/>
+      <c r="H83" s="37"/>
+      <c r="I83" s="38"/>
+      <c r="J83" s="38"/>
+      <c r="K83" s="39"/>
+      <c r="L83" s="39"/>
+      <c r="M83" s="39"/>
+      <c r="N83" s="39"/>
+      <c r="O83" s="40"/>
+      <c r="P83" s="37"/>
+      <c r="Q83" s="37"/>
+    </row>
+    <row r="84" spans="2:17" x14ac:dyDescent="0.2">
+      <c r="B84" s="41" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="85" spans="2:17" x14ac:dyDescent="0.2">
+      <c r="B85" s="42" t="s">
+        <v>93</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="1">
     <mergeCell ref="T7:U7"/>
   </mergeCells>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967294" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>2024</vt:lpstr>
+      <vt:lpstr>2025</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Mason, Cameron</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Folder_Number">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Folder_Code">
@@ -6278,27 +6790,48 @@
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="28" name="Document_Updater">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="29" name="Document_UpdaterDesc">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="30" name="Document_UpdateDate">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="31" name="Document_Size">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="32" name="Document_Storage">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="33" name="Document_StorageDesc">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="34" name="Document_Department">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="35" name="Document_DepartmentDesc">
     <vt:lpwstr/>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="36" name="MSIP_Label_0faac733-ded1-41e0-8ea6-961193f81247_Enabled">
+    <vt:lpwstr>true</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="37" name="MSIP_Label_0faac733-ded1-41e0-8ea6-961193f81247_SetDate">
+    <vt:lpwstr>2025-07-29T19:11:22Z</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="38" name="MSIP_Label_0faac733-ded1-41e0-8ea6-961193f81247_Method">
+    <vt:lpwstr>Standard</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="39" name="MSIP_Label_0faac733-ded1-41e0-8ea6-961193f81247_Name">
+    <vt:lpwstr>defa4170-0d19-0005-0004-bc88714345d2</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="40" name="MSIP_Label_0faac733-ded1-41e0-8ea6-961193f81247_SiteId">
+    <vt:lpwstr>a1e65fcc-32fa-4fdd-8692-0cc2eb06676e</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="41" name="MSIP_Label_0faac733-ded1-41e0-8ea6-961193f81247_ActionId">
+    <vt:lpwstr>0695d8b5-ebff-4d34-9ded-09e08841e6ea</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="42" name="MSIP_Label_0faac733-ded1-41e0-8ea6-961193f81247_ContentBits">
+    <vt:lpwstr>0</vt:lpwstr>
+  </property>
 </Properties>
 </file>