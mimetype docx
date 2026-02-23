--- v0 (2025-10-09)
+++ v1 (2026-02-23)
@@ -1,1304 +1,2357 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
-  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
+  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
+  <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
+  <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
+  <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
+  <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
+  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
-  <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w:rsidR="00080A08" w:rsidRPr="0063259F" w:rsidRDefault="002370D0" w:rsidP="00080A08">
-[...2 lines deleted...]
-          <w:sz w:val="24"/>
+    <w:p w14:paraId="45D602C0" w14:textId="1EF61EAB" w:rsidR="00DA114E" w:rsidRPr="00DA114E" w:rsidRDefault="00DA114E" w:rsidP="00DA114E">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4320"/>
+        </w:tabs>
+        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:b w:val="0"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...2 lines deleted...]
-          <w:szCs w:val="24"/>
+    </w:p>
+    <w:p w14:paraId="3E34559E" w14:textId="77777777" w:rsidR="00DA114E" w:rsidRPr="003B669A" w:rsidRDefault="00DA114E" w:rsidP="00DA114E"/>
+    <w:p w14:paraId="78C56E61" w14:textId="77777777" w:rsidR="00DA114E" w:rsidRPr="003B669A" w:rsidRDefault="00DA114E" w:rsidP="00DA114E"/>
+    <w:p w14:paraId="4928733A" w14:textId="77777777" w:rsidR="00DA114E" w:rsidRPr="00A62B99" w:rsidRDefault="00DA114E" w:rsidP="00DA114E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="40309D6B" w14:textId="09DAC342" w:rsidR="00DA114E" w:rsidRPr="00A62B99" w:rsidRDefault="000F03EE" w:rsidP="00DA114E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A62B99">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidRPr="00A62B99">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> DATE \@ "MMMM d, yyyy" </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="00A62B99">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00693F24">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>January 29, 2026</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A62B99">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2413EFC2" w14:textId="77777777" w:rsidR="00DA114E" w:rsidRPr="00A62B99" w:rsidRDefault="00DA114E" w:rsidP="00DA114E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2BE1AFCF" w14:textId="77777777" w:rsidR="00DA114E" w:rsidRPr="00A62B99" w:rsidRDefault="00DA114E" w:rsidP="00DA114E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0C2252DF" w14:textId="77777777" w:rsidR="00DA114E" w:rsidRPr="00A62B99" w:rsidRDefault="00DA114E" w:rsidP="00DA114E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A62B99">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Mr. Hector Santiago</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BD1F11B" w14:textId="77777777" w:rsidR="00DA114E" w:rsidRPr="00A62B99" w:rsidRDefault="00DA114E" w:rsidP="00DA114E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A62B99">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>National Park Service</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="601B6635" w14:textId="77777777" w:rsidR="00DA114E" w:rsidRPr="00A62B99" w:rsidRDefault="00DA114E" w:rsidP="00DA114E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A62B99">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Rivers Trails and Conservation Assistance Program</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="162CF173" w14:textId="77777777" w:rsidR="00DA114E" w:rsidRPr="00A62B99" w:rsidRDefault="00DA114E" w:rsidP="00DA114E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A62B99">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Midwest Regional Office</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5537755C" w14:textId="58C531D5" w:rsidR="00DA114E" w:rsidRPr="00A62B99" w:rsidRDefault="00DA114E" w:rsidP="00DA114E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A62B99">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>601</w:t>
+      </w:r>
+      <w:r w:rsidR="000F03EE" w:rsidRPr="00A62B99">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A62B99">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Riverside Drive</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4B9E272F" w14:textId="77777777" w:rsidR="00DA114E" w:rsidRPr="00A62B99" w:rsidRDefault="00DA114E" w:rsidP="00DA114E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A62B99">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Omaha, NE  68102</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0D520AF9" w14:textId="77777777" w:rsidR="00DA114E" w:rsidRPr="00A62B99" w:rsidRDefault="00DA114E" w:rsidP="00DA114E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1F7B9E38" w14:textId="02CAEAF5" w:rsidR="00DA114E" w:rsidRPr="00A62B99" w:rsidRDefault="00DA114E" w:rsidP="00DA114E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A62B99">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Dear </w:t>
+      </w:r>
+      <w:r w:rsidR="000067AC" w:rsidRPr="00A62B99">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="begin"/>
+      </w:r>
+      <w:r w:rsidR="000067AC" w:rsidRPr="00A62B99">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> FILLIN "Enter  Ms./Mr. Last Name" \* MERGEFORMAT </w:instrText>
+      </w:r>
+      <w:r w:rsidR="000067AC" w:rsidRPr="00A62B99">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00A62B99" w:rsidRPr="00A62B99">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Mr. </w:t>
+      </w:r>
+      <w:r w:rsidR="000067AC" w:rsidRPr="00A62B99">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="end"/>
+      </w:r>
+      <w:r w:rsidRPr="00A62B99">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Santiago:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="647180D1" w14:textId="77777777" w:rsidR="00DA114E" w:rsidRPr="00A62B99" w:rsidRDefault="00DA114E" w:rsidP="00DA114E">
+      <w:pPr>
+        <w:ind w:left="180"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7167ADC9" w14:textId="77777777" w:rsidR="00262E0F" w:rsidRPr="00A62B99" w:rsidRDefault="00DA114E" w:rsidP="00DA114E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A62B99">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Re:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A62B99">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>National Wild and Scenic Rivers Act</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3182EC62" w14:textId="77777777" w:rsidR="00DA114E" w:rsidRPr="00A62B99" w:rsidRDefault="001F1D2B" w:rsidP="00262E0F">
+      <w:pPr>
+        <w:ind w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A62B99">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>[</w:t>
       </w:r>
-      <w:r w:rsidRPr="00E720B4">
-[...2 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidR="00D46F82" w:rsidRPr="00A62B99">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
           <w:highlight w:val="lightGray"/>
         </w:rPr>
-        <w:t>Insert Date]</w:t>
-[...4 lines deleted...]
-          <w:szCs w:val="24"/>
+        <w:t xml:space="preserve">Insert </w:t>
+      </w:r>
+      <w:r w:rsidR="00262E0F" w:rsidRPr="00A62B99">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>Project</w:t>
+      </w:r>
+      <w:r w:rsidR="00AD4A0F" w:rsidRPr="00A62B99">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Name/D</w:t>
+      </w:r>
+      <w:r w:rsidR="00262E0F" w:rsidRPr="00A62B99">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>escription</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A62B99">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06B348E4" w14:textId="77777777" w:rsidR="00DA114E" w:rsidRPr="00A62B99" w:rsidRDefault="00DA114E" w:rsidP="00DA114E">
+      <w:pPr>
+        <w:ind w:left="187"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="27000BC7" w14:textId="53653A98" w:rsidR="00DA114E" w:rsidRPr="00A62B99" w:rsidRDefault="00DA114E" w:rsidP="00DA114E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A62B99">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>The Federal Highway Administration (FHWA) and The Iowa Department of Transportation (</w:t>
+      </w:r>
+      <w:r w:rsidR="000067AC" w:rsidRPr="00A62B99">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Iowa </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A62B99">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>DOT) are con</w:t>
+      </w:r>
+      <w:r w:rsidR="00054479" w:rsidRPr="00A62B99">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ducting an environmental re</w:t>
+      </w:r>
+      <w:r w:rsidR="001F1D2B" w:rsidRPr="00A62B99">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">view </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A62B99">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">for </w:t>
+      </w:r>
+      <w:r w:rsidR="001F1D2B" w:rsidRPr="00A62B99">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>[</w:t>
+      </w:r>
+      <w:r w:rsidR="001F1D2B" w:rsidRPr="00A62B99">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve">insert project </w:t>
+      </w:r>
+      <w:r w:rsidR="00054479" w:rsidRPr="00A62B99">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>description</w:t>
+      </w:r>
+      <w:r w:rsidR="001F1D2B" w:rsidRPr="00A62B99">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="lightGray"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-    </w:p>
-[...27 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00054479" w:rsidRPr="00A62B99">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>and location</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A62B99">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>,</w:t>
+      </w:r>
+      <w:r w:rsidR="001F1D2B" w:rsidRPr="00A62B99">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">] </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A62B99">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">as per CFR 23, Section </w:t>
+      </w:r>
+      <w:r w:rsidR="001B2791" w:rsidRPr="00A62B99">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>771</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A62B99">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="47D08691" w14:textId="77777777" w:rsidR="00DA114E" w:rsidRPr="00A62B99" w:rsidRDefault="00DA114E" w:rsidP="00DA114E">
+      <w:pPr>
+        <w:ind w:left="187"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="25C74823" w14:textId="77777777" w:rsidR="00DA114E" w:rsidRPr="00A62B99" w:rsidRDefault="00DA114E" w:rsidP="00DA114E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A62B99">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">A stream listed on the National Rivers Inventory (NRI) may be impacted due to the above mentioned </w:t>
+      </w:r>
+      <w:r w:rsidR="001F1D2B" w:rsidRPr="00A62B99">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>[</w:t>
+      </w:r>
+      <w:r w:rsidR="001B2791" w:rsidRPr="00A62B99">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>insert</w:t>
+      </w:r>
+      <w:r w:rsidR="00BC2053" w:rsidRPr="00A62B99">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> project </w:t>
+      </w:r>
+      <w:r w:rsidR="00054479" w:rsidRPr="00A62B99">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>description</w:t>
+      </w:r>
+      <w:r w:rsidR="001F1D2B" w:rsidRPr="00A62B99">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>]</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A62B99">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> as per the table below.  In compliance with Section 5(d) of the National Wild and Scenic Rivers Act (16 USC 1271-1287), FHWA is initiating consultation with the National Park Service regarding this project.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="692729EC" w14:textId="77777777" w:rsidR="00DA114E" w:rsidRPr="00A62B99" w:rsidRDefault="00DA114E" w:rsidP="00DA114E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:tbl>
+      <w:tblPr>
+        <w:tblW w:w="8407" w:type="dxa"/>
+        <w:jc w:val="center"/>
+        <w:tblBorders>
+          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+        </w:tblBorders>
+        <w:tblLook w:val="0000" w:firstRow="0" w:lastRow="0" w:firstColumn="0" w:lastColumn="0" w:noHBand="0" w:noVBand="0"/>
+      </w:tblPr>
+      <w:tblGrid>
+        <w:gridCol w:w="889"/>
+        <w:gridCol w:w="1008"/>
+        <w:gridCol w:w="1516"/>
+        <w:gridCol w:w="1257"/>
+        <w:gridCol w:w="2252"/>
+        <w:gridCol w:w="1485"/>
+      </w:tblGrid>
+      <w:tr w:rsidR="00DA114E" w:rsidRPr="00A62B99" w14:paraId="68CDAEC9" w14:textId="77777777" w:rsidTr="00C9349C">
+        <w:trPr>
+          <w:trHeight w:val="696"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="787" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p w14:paraId="1E804051" w14:textId="77777777" w:rsidR="00DA114E" w:rsidRPr="00A62B99" w:rsidRDefault="00DA114E" w:rsidP="00262E0F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="39302763" w14:textId="77777777" w:rsidR="00DA114E" w:rsidRPr="00A62B99" w:rsidRDefault="00DA114E" w:rsidP="00262E0F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0763D124" w14:textId="77777777" w:rsidR="00DA114E" w:rsidRPr="00A62B99" w:rsidRDefault="00DA114E" w:rsidP="00262E0F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A62B99">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>County</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1001" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p w14:paraId="1B5B1332" w14:textId="77777777" w:rsidR="00DA114E" w:rsidRPr="00A62B99" w:rsidRDefault="00DA114E" w:rsidP="00262E0F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0FFC12B9" w14:textId="77777777" w:rsidR="00DA114E" w:rsidRPr="00A62B99" w:rsidRDefault="00DA114E" w:rsidP="00262E0F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="54670777" w14:textId="77777777" w:rsidR="00DA114E" w:rsidRPr="00A62B99" w:rsidRDefault="00DA114E" w:rsidP="00262E0F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A62B99">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Highway</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1611" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="0F964C48" w14:textId="77777777" w:rsidR="00DA114E" w:rsidRPr="00A62B99" w:rsidRDefault="00DA114E" w:rsidP="00262E0F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A62B99">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Stream to be Impacted as Identified in the Nationwide Rivers Inventory</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1331" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="13F916CA" w14:textId="77777777" w:rsidR="00DA114E" w:rsidRPr="00A62B99" w:rsidRDefault="00DA114E" w:rsidP="00262E0F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="55EBF270" w14:textId="77777777" w:rsidR="00DA114E" w:rsidRPr="00A62B99" w:rsidRDefault="00DA114E" w:rsidP="00262E0F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="57C08F39" w14:textId="77777777" w:rsidR="00DA114E" w:rsidRPr="00A62B99" w:rsidRDefault="00DA114E" w:rsidP="00262E0F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A62B99">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Project Type</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2252" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p w14:paraId="11436410" w14:textId="77777777" w:rsidR="00DA114E" w:rsidRPr="00A62B99" w:rsidRDefault="00DA114E" w:rsidP="00262E0F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="616271EF" w14:textId="77777777" w:rsidR="00DA114E" w:rsidRPr="00A62B99" w:rsidRDefault="00DA114E" w:rsidP="00262E0F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A62B99">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Iowa DOT</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="18B9B98A" w14:textId="77777777" w:rsidR="00DA114E" w:rsidRPr="00A62B99" w:rsidRDefault="00DA114E" w:rsidP="00262E0F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A62B99">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Project Number</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1425" w:type="dxa"/>
+            <w:shd w:val="clear" w:color="auto" w:fill="D9D9D9"/>
+          </w:tcPr>
+          <w:p w14:paraId="280FA333" w14:textId="77777777" w:rsidR="00DA114E" w:rsidRPr="00A62B99" w:rsidRDefault="00DA114E" w:rsidP="00262E0F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7AF49A9D" w14:textId="77777777" w:rsidR="00DA114E" w:rsidRPr="00A62B99" w:rsidRDefault="00DA114E" w:rsidP="00262E0F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A62B99">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>(Potential Classification)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="14DC76FE" w14:textId="77777777" w:rsidR="00DA114E" w:rsidRPr="00A62B99" w:rsidRDefault="00DA114E" w:rsidP="00262E0F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A62B99">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ORVs </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00DA114E" w:rsidRPr="00A62B99" w14:paraId="786A61A7" w14:textId="77777777" w:rsidTr="00C9349C">
+        <w:trPr>
+          <w:trHeight w:val="899"/>
+          <w:jc w:val="center"/>
+        </w:trPr>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="787" w:type="dxa"/>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p w14:paraId="35B73DEC" w14:textId="77777777" w:rsidR="00DA114E" w:rsidRPr="00A62B99" w:rsidRDefault="00DA114E" w:rsidP="00262E0F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="0070C0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A62B99">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="0070C0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Fayette</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1001" w:type="dxa"/>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p w14:paraId="51CF4599" w14:textId="77777777" w:rsidR="00DA114E" w:rsidRPr="00A62B99" w:rsidRDefault="00DA114E" w:rsidP="00262E0F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="0070C0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A62B99">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="0070C0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>W-51</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1611" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="17ADE7A2" w14:textId="77777777" w:rsidR="00DA114E" w:rsidRPr="00A62B99" w:rsidRDefault="00DA114E" w:rsidP="00262E0F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="0070C0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A62B99">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="0070C0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Turkey River</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1331" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="059BFEA8" w14:textId="77777777" w:rsidR="00DA114E" w:rsidRPr="00A62B99" w:rsidRDefault="00DA114E" w:rsidP="00262E0F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="0070C0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A62B99">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="0070C0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Bridge and other </w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="4C852D7A" w14:textId="77777777" w:rsidR="00DA114E" w:rsidRPr="00A62B99" w:rsidRDefault="00DA114E" w:rsidP="00262E0F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="0070C0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A62B99">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="0070C0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Structure Widening</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2252" w:type="dxa"/>
+            <w:noWrap/>
+          </w:tcPr>
+          <w:p w14:paraId="2C2E6EDF" w14:textId="77777777" w:rsidR="00DA114E" w:rsidRPr="00A62B99" w:rsidRDefault="00DA114E" w:rsidP="00262E0F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="0070C0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A62B99">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="0070C0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>STP-ES-C033(109)--8I-33</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="1425" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="0C603AC7" w14:textId="77777777" w:rsidR="00DA114E" w:rsidRPr="00A62B99" w:rsidRDefault="00DA114E" w:rsidP="00262E0F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="0070C0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A62B99">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="0070C0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>(N/A)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="62BBAEFF" w14:textId="77777777" w:rsidR="00DA114E" w:rsidRPr="00A62B99" w:rsidRDefault="00DA114E" w:rsidP="00262E0F">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="0070C0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="55354A25" w14:textId="77777777" w:rsidR="0095055D" w:rsidRPr="00A62B99" w:rsidRDefault="00DA114E" w:rsidP="0095055D">
+            <w:pPr>
+              <w:jc w:val="center"/>
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="0070C0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00A62B99">
+              <w:rPr>
+                <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+                <w:color w:val="0070C0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>S, R, G, F, H, C, O</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p w14:paraId="2431394F" w14:textId="77777777" w:rsidR="00DA114E" w:rsidRPr="00A62B99" w:rsidRDefault="00DA114E" w:rsidP="00DA114E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A62B99">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:br w:type="page"/>
+      </w:r>
+      <w:r w:rsidRPr="00A62B99">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>Mr. Hector Santiago</w:t>
       </w:r>
-      <w:r w:rsidR="00A830E5" w:rsidRPr="0063259F">
-[...2 lines deleted...]
-          <w:szCs w:val="24"/>
+    </w:p>
+    <w:p w14:paraId="0F704612" w14:textId="77777777" w:rsidR="00DA114E" w:rsidRPr="00A62B99" w:rsidRDefault="00DA114E" w:rsidP="00DA114E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A62B99">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Page 2</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="787B6E25" w14:textId="278E20A4" w:rsidR="00DA114E" w:rsidRPr="00A62B99" w:rsidRDefault="000F03EE" w:rsidP="00DA114E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A62B99">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
-      <w:r w:rsidR="00080A08" w:rsidRPr="0063259F">
-[...9 lines deleted...]
-          <w:szCs w:val="24"/>
+      <w:r w:rsidRPr="00A62B99">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:instrText xml:space="preserve"> DATE \@ "MMMM d, yyyy" </w:instrText>
+      </w:r>
+      <w:r w:rsidRPr="00A62B99">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:fldChar w:fldCharType="separate"/>
+      </w:r>
+      <w:r w:rsidR="00693F24">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>January 29, 2026</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A62B99">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00080A08" w:rsidRDefault="00DD4868" w:rsidP="00080A08">
-[...148 lines deleted...]
-          <w:szCs w:val="24"/>
+    <w:p w14:paraId="20903EC8" w14:textId="77777777" w:rsidR="000F03EE" w:rsidRPr="00A62B99" w:rsidRDefault="000F03EE" w:rsidP="00DA114E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="323D7222" w14:textId="1908160B" w:rsidR="00DA114E" w:rsidRPr="00A62B99" w:rsidRDefault="001B2791" w:rsidP="00DA114E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A62B99">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>[</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A62B99">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>Insert</w:t>
+      </w:r>
+      <w:r w:rsidR="00BF08AA" w:rsidRPr="00A62B99">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> project description that includes project sponsor, description of work being done, </w:t>
+      </w:r>
+      <w:r w:rsidR="002708FD" w:rsidRPr="00A62B99">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>and facilities</w:t>
+      </w:r>
+      <w:r w:rsidR="00BF08AA" w:rsidRPr="00A62B99">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> involved/carried (roads, route number, street, trail, etc</w:t>
+      </w:r>
+      <w:r w:rsidR="009764A5" w:rsidRPr="00A62B99">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00BF08AA" w:rsidRPr="00A62B99">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>) and featured crossed (NRI listed river).</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A62B99">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">] </w:t>
+      </w:r>
+      <w:r w:rsidR="00DA114E" w:rsidRPr="00A62B99">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>The FHWA has determined that the proposed project is not likely to have an adverse affect on the Outstandingly Remarkable Values (ORVs) of the river and will not effectively foreclose wild, scenic, or recreational status on them.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7A506361" w14:textId="77777777" w:rsidR="00DA114E" w:rsidRPr="00A62B99" w:rsidRDefault="00DA114E" w:rsidP="00DA114E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7901890E" w14:textId="1243E266" w:rsidR="00DA114E" w:rsidRPr="00A62B99" w:rsidRDefault="00054479" w:rsidP="00DA114E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A62B99">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">A </w:t>
+      </w:r>
+      <w:r w:rsidR="0095055D" w:rsidRPr="00A62B99">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>l</w:t>
+      </w:r>
+      <w:r w:rsidR="00DA114E" w:rsidRPr="00A62B99">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>ocation map</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A62B99">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> and plan sheets</w:t>
+      </w:r>
+      <w:r w:rsidR="00DA114E" w:rsidRPr="00A62B99">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for the proposed project are attached to this letter.  Please review the proposed </w:t>
+      </w:r>
+      <w:r w:rsidR="001B2791" w:rsidRPr="00A62B99">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>[</w:t>
+      </w:r>
+      <w:r w:rsidR="001B2791" w:rsidRPr="00A62B99">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t xml:space="preserve">insert </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A62B99">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:highlight w:val="lightGray"/>
+        </w:rPr>
+        <w:t>project description</w:t>
+      </w:r>
+      <w:r w:rsidR="001B2791" w:rsidRPr="00A62B99">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">] </w:t>
+      </w:r>
+      <w:r w:rsidR="00DA114E" w:rsidRPr="00A62B99">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>and provide your comments to our office.  If you have any questions, please contact me at (</w:t>
+      </w:r>
+      <w:r w:rsidR="00A62B99">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>###</w:t>
+      </w:r>
+      <w:r w:rsidR="00DA114E" w:rsidRPr="00A62B99">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidR="00A62B99">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>###</w:t>
+      </w:r>
+      <w:r w:rsidR="00DA114E" w:rsidRPr="00A62B99">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>-</w:t>
+      </w:r>
+      <w:r w:rsidR="001B2791" w:rsidRPr="00A62B99">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>####</w:t>
+      </w:r>
+      <w:r w:rsidR="00DA114E" w:rsidRPr="00A62B99">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="508537F7" w14:textId="77777777" w:rsidR="00A62B99" w:rsidRDefault="00A62B99" w:rsidP="00A62B99">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4320"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="020CBF01" w14:textId="77777777" w:rsidR="00A62B99" w:rsidRDefault="00A62B99" w:rsidP="00A62B99">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4320"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4AF3D200" w14:textId="21C0F1E6" w:rsidR="00DA114E" w:rsidRPr="00A62B99" w:rsidRDefault="00DA114E" w:rsidP="00A62B99">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4320"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A62B99">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Sincerely,</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="06CC23D8" w14:textId="77777777" w:rsidR="00DA114E" w:rsidRPr="00A62B99" w:rsidRDefault="00DA114E" w:rsidP="00DA114E">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="187"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6087C0C7" w14:textId="77777777" w:rsidR="00DA114E" w:rsidRPr="00A62B99" w:rsidRDefault="00DA114E" w:rsidP="00DA114E">
+      <w:pPr>
+        <w:pStyle w:val="Header"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="180"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="125EE6CD" w14:textId="3E08308D" w:rsidR="00DA114E" w:rsidRPr="00A62B99" w:rsidRDefault="000F03EE" w:rsidP="00A62B99">
+      <w:pPr>
+        <w:pStyle w:val="Header"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A62B99">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>[Insert Name]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="05CD070D" w14:textId="5151261D" w:rsidR="00DA114E" w:rsidRPr="00A62B99" w:rsidRDefault="00DA114E" w:rsidP="00A62B99">
+      <w:pPr>
+        <w:pStyle w:val="Header"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="4320"/>
+          <w:tab w:val="left" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:right="-612" w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A62B99">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00FF7CE1" w:rsidRPr="00FF7CE1">
-[...24 lines deleted...]
-    <w:p w:rsidR="00080A08" w:rsidRPr="0063259F" w:rsidRDefault="00080A08" w:rsidP="00080A08">
+    </w:p>
+    <w:p w14:paraId="2594383E" w14:textId="77777777" w:rsidR="00DA114E" w:rsidRPr="00A62B99" w:rsidRDefault="00DA114E" w:rsidP="00DA114E">
+      <w:pPr>
+        <w:pStyle w:val="Header"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="4320"/>
+          <w:tab w:val="clear" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:right="-612" w:firstLine="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="423E770B" w14:textId="77777777" w:rsidR="00DA114E" w:rsidRPr="00A62B99" w:rsidRDefault="00DA114E" w:rsidP="00DA114E">
+      <w:pPr>
+        <w:pStyle w:val="Header"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="4320"/>
+          <w:tab w:val="clear" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="5040"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A62B99">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Enclosures</w:t>
+      </w:r>
+      <w:r w:rsidR="00E562D5" w:rsidRPr="00A62B99">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7169B6A3" w14:textId="77777777" w:rsidR="00E562D5" w:rsidRPr="00A62B99" w:rsidRDefault="00E562D5" w:rsidP="00E562D5">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A62B99">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Location Map </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F907CA7" w14:textId="77777777" w:rsidR="00E562D5" w:rsidRPr="00A62B99" w:rsidRDefault="00E562D5" w:rsidP="00E562D5">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A62B99">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Plan Sheets</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="650B132B" w14:textId="77777777" w:rsidR="00E562D5" w:rsidRPr="00A62B99" w:rsidRDefault="00E562D5" w:rsidP="00E562D5">
       <w:pPr>
         <w:ind w:left="720" w:hanging="720"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...242 lines deleted...]
-          <w:szCs w:val="24"/>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="74EB463D" w14:textId="77777777" w:rsidR="00E562D5" w:rsidRPr="00A62B99" w:rsidRDefault="00DA114E" w:rsidP="00DA114E">
+      <w:pPr>
+        <w:pStyle w:val="Header"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="4320"/>
+          <w:tab w:val="clear" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="540"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A62B99">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>cc:</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A62B99">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="00F28867" w14:textId="043F76FF" w:rsidR="00DA114E" w:rsidRPr="00A62B99" w:rsidRDefault="000067AC" w:rsidP="00DA114E">
+      <w:pPr>
+        <w:pStyle w:val="Header"/>
+        <w:tabs>
+          <w:tab w:val="clear" w:pos="4320"/>
+          <w:tab w:val="clear" w:pos="8640"/>
+          <w:tab w:val="left" w:pos="540"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A62B99">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>[LEB Director], Iowa DOT</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73677CCE" w14:textId="77777777" w:rsidR="00E562D5" w:rsidRPr="00A62B99" w:rsidRDefault="00E562D5" w:rsidP="00E562D5">
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A62B99">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>[Local Contact], [County or City]</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="642BDD2D" w14:textId="7B9B2C81" w:rsidR="00E562D5" w:rsidRPr="00A62B99" w:rsidRDefault="00E562D5" w:rsidP="00E562D5">
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="720"/>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A62B99">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>[Local Engineer], I</w:t>
+      </w:r>
+      <w:r w:rsidR="000067AC" w:rsidRPr="00A62B99">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">owa </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A62B99">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>DOT</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01D0F3C6" w14:textId="3E9478C4" w:rsidR="00E562D5" w:rsidRPr="00A62B99" w:rsidRDefault="000067AC" w:rsidP="00E562D5">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A62B99">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>[FHWA NEPA]</w:t>
+      </w:r>
+      <w:r w:rsidR="00E562D5" w:rsidRPr="00A62B99">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, FHWA</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4824A009" w14:textId="77777777" w:rsidR="00DA114E" w:rsidRPr="00A62B99" w:rsidRDefault="00E562D5" w:rsidP="00E562D5">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="540"/>
+        </w:tabs>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A62B99">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>[FHWA Engineer], FHWA</w:t>
+      </w:r>
+      <w:r w:rsidR="00054479" w:rsidRPr="00A62B99">
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w:rsidR="00620147" w:rsidRDefault="00620147" w:rsidP="00080A08">
-[...517 lines deleted...]
-      <w:pgMar w:top="2160" w:right="1800" w:bottom="547" w:left="1800" w:header="720" w:footer="720" w:gutter="0"/>
+    <w:p w14:paraId="401C6073" w14:textId="77777777" w:rsidR="00B72B72" w:rsidRPr="00A62B99" w:rsidRDefault="00B72B72" w:rsidP="00DA114E">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:asciiTheme="minorHAnsi" w:hAnsiTheme="minorHAnsi" w:cstheme="minorHAnsi"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00B72B72" w:rsidRPr="00A62B99" w:rsidSect="009764A5">
+      <w:headerReference w:type="even" r:id="rId6"/>
+      <w:headerReference w:type="default" r:id="rId7"/>
+      <w:footerReference w:type="even" r:id="rId8"/>
+      <w:footerReference w:type="default" r:id="rId9"/>
+      <w:headerReference w:type="first" r:id="rId10"/>
+      <w:footerReference w:type="first" r:id="rId11"/>
+      <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
+      <w:pgMar w:top="1440" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
+      <w:paperSrc w:first="258"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00B90236" w:rsidRDefault="00B90236">
+    <w:p w14:paraId="2EB42E4E" w14:textId="77777777" w:rsidR="000067AC" w:rsidRDefault="000067AC" w:rsidP="000067AC">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00B90236" w:rsidRDefault="00B90236">
+    <w:p w14:paraId="1A079A1C" w14:textId="77777777" w:rsidR="000067AC" w:rsidRDefault="000067AC" w:rsidP="000067AC">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Arial">
-    <w:panose1 w:val="020B0604020202020204"/>
+  <w:font w:name="Calibri">
+    <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="20002A87" w:usb1="80000000" w:usb2="00000008" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
-[...7 lines deleted...]
-    <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
-[...6 lines deleted...]
-    <w:sig w:usb0="A00002EF" w:usb1="4000207B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="7671AF98" w14:textId="77777777" w:rsidR="000067AC" w:rsidRDefault="000067AC">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="43A323D9" w14:textId="77777777" w:rsidR="000067AC" w:rsidRDefault="000067AC">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="47BDBAAE" w14:textId="77777777" w:rsidR="000067AC" w:rsidRDefault="000067AC">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w:rsidR="00B90236" w:rsidRDefault="00B90236">
+    <w:p w14:paraId="113D7BAD" w14:textId="77777777" w:rsidR="000067AC" w:rsidRDefault="000067AC" w:rsidP="000067AC">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w:rsidR="00B90236" w:rsidRDefault="00B90236">
+    <w:p w14:paraId="67A2418D" w14:textId="77777777" w:rsidR="000067AC" w:rsidRDefault="000067AC" w:rsidP="000067AC">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
+<file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="670D34A9" w14:textId="77777777" w:rsidR="000067AC" w:rsidRDefault="000067AC">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="1BF307F7" w14:textId="77777777" w:rsidR="000067AC" w:rsidRDefault="000067AC">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+  <w:p w14:paraId="5FDC6C26" w14:textId="77777777" w:rsidR="000067AC" w:rsidRDefault="000067AC">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main">
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
-  <w:stylePaneFormatFilter w:val="3F01"/>
-  <w:trackRevisions/>
+  <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
+  <w:documentType w:val="letter"/>
   <w:defaultTabStop w:val="720"/>
+  <w:drawingGridHorizontalSpacing w:val="120"/>
+  <w:displayHorizontalDrawingGridEvery w:val="2"/>
+  <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
+  <w:hdrShapeDefaults>
+    <o:shapedefaults v:ext="edit" spidmax="8193"/>
+  </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
-  <w:compat/>
+  <w:compat>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
+  </w:compat>
   <w:rsids>
-    <w:rsidRoot w:val="00080A08"/>
-[...56 lines deleted...]
-    <w:rsid w:val="00FF7CE1"/>
+    <w:rsidRoot w:val="00327954"/>
+    <w:rsid w:val="000067AC"/>
+    <w:rsid w:val="00015547"/>
+    <w:rsid w:val="00025CBF"/>
+    <w:rsid w:val="00026D24"/>
+    <w:rsid w:val="00041FD6"/>
+    <w:rsid w:val="00054479"/>
+    <w:rsid w:val="00066BD5"/>
+    <w:rsid w:val="00096353"/>
+    <w:rsid w:val="000A651A"/>
+    <w:rsid w:val="000D1156"/>
+    <w:rsid w:val="000F03EE"/>
+    <w:rsid w:val="000F0AD3"/>
+    <w:rsid w:val="000F2A04"/>
+    <w:rsid w:val="000F4789"/>
+    <w:rsid w:val="0013363C"/>
+    <w:rsid w:val="00150775"/>
+    <w:rsid w:val="00181D93"/>
+    <w:rsid w:val="00184844"/>
+    <w:rsid w:val="00196873"/>
+    <w:rsid w:val="001B2791"/>
+    <w:rsid w:val="001C5C13"/>
+    <w:rsid w:val="001C70B9"/>
+    <w:rsid w:val="001D003E"/>
+    <w:rsid w:val="001F1D2B"/>
+    <w:rsid w:val="001F5A5F"/>
+    <w:rsid w:val="00227362"/>
+    <w:rsid w:val="00262E0F"/>
+    <w:rsid w:val="002708FD"/>
+    <w:rsid w:val="002A353E"/>
+    <w:rsid w:val="002C26D9"/>
+    <w:rsid w:val="002D78F7"/>
+    <w:rsid w:val="002F3150"/>
+    <w:rsid w:val="003018B6"/>
+    <w:rsid w:val="003159C3"/>
+    <w:rsid w:val="00327954"/>
+    <w:rsid w:val="00352118"/>
+    <w:rsid w:val="003841F2"/>
+    <w:rsid w:val="003A3080"/>
+    <w:rsid w:val="003A3780"/>
+    <w:rsid w:val="003B5E9D"/>
+    <w:rsid w:val="003C5B2A"/>
+    <w:rsid w:val="003D1E4B"/>
+    <w:rsid w:val="003F22CC"/>
+    <w:rsid w:val="0046368E"/>
+    <w:rsid w:val="00484E0F"/>
+    <w:rsid w:val="004C347B"/>
+    <w:rsid w:val="004C6A47"/>
+    <w:rsid w:val="004F62A8"/>
+    <w:rsid w:val="00525EE1"/>
+    <w:rsid w:val="0053790B"/>
+    <w:rsid w:val="0054199B"/>
+    <w:rsid w:val="00557702"/>
+    <w:rsid w:val="00561F2D"/>
+    <w:rsid w:val="0056673C"/>
+    <w:rsid w:val="005719EF"/>
+    <w:rsid w:val="005E7C78"/>
+    <w:rsid w:val="005F076D"/>
+    <w:rsid w:val="006050CA"/>
+    <w:rsid w:val="00625842"/>
+    <w:rsid w:val="00654485"/>
+    <w:rsid w:val="0067682F"/>
+    <w:rsid w:val="00683469"/>
+    <w:rsid w:val="00690593"/>
+    <w:rsid w:val="00693F24"/>
+    <w:rsid w:val="006B35EE"/>
+    <w:rsid w:val="006D1E08"/>
+    <w:rsid w:val="00720FB0"/>
+    <w:rsid w:val="00727AE7"/>
+    <w:rsid w:val="00730942"/>
+    <w:rsid w:val="007570E9"/>
+    <w:rsid w:val="00767ADC"/>
+    <w:rsid w:val="007A6F5B"/>
+    <w:rsid w:val="007B1447"/>
+    <w:rsid w:val="007B4825"/>
+    <w:rsid w:val="007C6C9E"/>
+    <w:rsid w:val="007C7397"/>
+    <w:rsid w:val="007D24D3"/>
+    <w:rsid w:val="0082031B"/>
+    <w:rsid w:val="0085682B"/>
+    <w:rsid w:val="008A06E4"/>
+    <w:rsid w:val="008A6DD6"/>
+    <w:rsid w:val="008B31E6"/>
+    <w:rsid w:val="008E3ACD"/>
+    <w:rsid w:val="008E6FDE"/>
+    <w:rsid w:val="008F3DC1"/>
+    <w:rsid w:val="009018F9"/>
+    <w:rsid w:val="009163B2"/>
+    <w:rsid w:val="00927940"/>
+    <w:rsid w:val="00940E30"/>
+    <w:rsid w:val="0095055D"/>
+    <w:rsid w:val="00953286"/>
+    <w:rsid w:val="009540FA"/>
+    <w:rsid w:val="00963B96"/>
+    <w:rsid w:val="00967D4B"/>
+    <w:rsid w:val="00973FDC"/>
+    <w:rsid w:val="009764A5"/>
+    <w:rsid w:val="009804F2"/>
+    <w:rsid w:val="0098100C"/>
+    <w:rsid w:val="00981ADE"/>
+    <w:rsid w:val="009A3DF5"/>
+    <w:rsid w:val="009B7563"/>
+    <w:rsid w:val="009D1FD7"/>
+    <w:rsid w:val="009D6FBE"/>
+    <w:rsid w:val="00A02160"/>
+    <w:rsid w:val="00A62B99"/>
+    <w:rsid w:val="00A67DFE"/>
+    <w:rsid w:val="00A81004"/>
+    <w:rsid w:val="00A830C3"/>
+    <w:rsid w:val="00AB01E5"/>
+    <w:rsid w:val="00AC531C"/>
+    <w:rsid w:val="00AD4A0F"/>
+    <w:rsid w:val="00B26F7D"/>
+    <w:rsid w:val="00B4064E"/>
+    <w:rsid w:val="00B4084E"/>
+    <w:rsid w:val="00B5378D"/>
+    <w:rsid w:val="00B72B72"/>
+    <w:rsid w:val="00B82CFD"/>
+    <w:rsid w:val="00B84F0B"/>
+    <w:rsid w:val="00B85C31"/>
+    <w:rsid w:val="00B97147"/>
+    <w:rsid w:val="00B97BB4"/>
+    <w:rsid w:val="00BA7B3B"/>
+    <w:rsid w:val="00BB05A4"/>
+    <w:rsid w:val="00BC2053"/>
+    <w:rsid w:val="00BF08AA"/>
+    <w:rsid w:val="00C15BC0"/>
+    <w:rsid w:val="00C517C0"/>
+    <w:rsid w:val="00C6406B"/>
+    <w:rsid w:val="00C7018E"/>
+    <w:rsid w:val="00C9349C"/>
+    <w:rsid w:val="00CE0656"/>
+    <w:rsid w:val="00CF0954"/>
+    <w:rsid w:val="00D11285"/>
+    <w:rsid w:val="00D167A4"/>
+    <w:rsid w:val="00D46F82"/>
+    <w:rsid w:val="00D51893"/>
+    <w:rsid w:val="00D56636"/>
+    <w:rsid w:val="00D569F9"/>
+    <w:rsid w:val="00D715F5"/>
+    <w:rsid w:val="00DA114E"/>
+    <w:rsid w:val="00DE532F"/>
+    <w:rsid w:val="00DE7037"/>
+    <w:rsid w:val="00DF0B91"/>
+    <w:rsid w:val="00E27593"/>
+    <w:rsid w:val="00E35C2D"/>
+    <w:rsid w:val="00E562D5"/>
+    <w:rsid w:val="00E568C5"/>
+    <w:rsid w:val="00E66AB8"/>
+    <w:rsid w:val="00EC08E3"/>
+    <w:rsid w:val="00ED0730"/>
+    <w:rsid w:val="00EE43AF"/>
+    <w:rsid w:val="00EE792F"/>
+    <w:rsid w:val="00F03927"/>
+    <w:rsid w:val="00F33326"/>
+    <w:rsid w:val="00F36DFC"/>
+    <w:rsid w:val="00F4656F"/>
+    <w:rsid w:val="00F54BBE"/>
+    <w:rsid w:val="00F604C7"/>
+    <w:rsid w:val="00F70AD5"/>
+    <w:rsid w:val="00F864C4"/>
+    <w:rsid w:val="00F87075"/>
+    <w:rsid w:val="00F915B6"/>
+    <w:rsid w:val="00FD3C77"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
-    <m:smallFrac m:val="off"/>
+    <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
-  <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="PostalCode"/>
-[...4 lines deleted...]
-  <w:smartTagType w:namespaceuri="urn:schemas-microsoft-com:office:smarttags" w:name="place"/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="1026"/>
+    <o:shapedefaults v:ext="edit" spidmax="8193"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="1"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
+  <w14:docId w14:val="26BCB8B9"/>
+  <w15:docId w15:val="{00BBB725-613C-4B1D-A100-C6748B8C400A}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
-  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="267">
+  <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
-    <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 2" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
-    <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 4" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
-    <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="heading 6" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:qFormat="1"/>
+    <w:lsdException w:name="Normal Table" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Simple 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Classic 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Colorful 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Columns 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Grid 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 6" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 7" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table List 8" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table 3D effects 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Contemporary" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Elegant" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Professional" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Subtle 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Web 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Table Theme" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Placeholder Text" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="No Spacing" w:uiPriority="1" w:qFormat="1"/>
     <w:lsdException w:name="Light Shading" w:uiPriority="60"/>
     <w:lsdException w:name="Light List" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 1" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 1" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 1" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 1" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 1" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 1" w:uiPriority="65"/>
     <w:lsdException w:name="Revision" w:semiHidden="1" w:uiPriority="99"/>
     <w:lsdException w:name="List Paragraph" w:uiPriority="34" w:qFormat="1"/>
     <w:lsdException w:name="Quote" w:uiPriority="29" w:qFormat="1"/>
@@ -1366,210 +2419,397 @@
     <w:lsdException w:name="Dark List Accent 5" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 5" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 5" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 5" w:uiPriority="73"/>
     <w:lsdException w:name="Light Shading Accent 6" w:uiPriority="60"/>
     <w:lsdException w:name="Light List Accent 6" w:uiPriority="61"/>
     <w:lsdException w:name="Light Grid Accent 6" w:uiPriority="62"/>
     <w:lsdException w:name="Medium Shading 1 Accent 6" w:uiPriority="63"/>
     <w:lsdException w:name="Medium Shading 2 Accent 6" w:uiPriority="64"/>
     <w:lsdException w:name="Medium List 1 Accent 6" w:uiPriority="65"/>
     <w:lsdException w:name="Medium List 2 Accent 6" w:uiPriority="66"/>
     <w:lsdException w:name="Medium Grid 1 Accent 6" w:uiPriority="67"/>
     <w:lsdException w:name="Medium Grid 2 Accent 6" w:uiPriority="68"/>
     <w:lsdException w:name="Medium Grid 3 Accent 6" w:uiPriority="69"/>
     <w:lsdException w:name="Dark List Accent 6" w:uiPriority="70"/>
     <w:lsdException w:name="Colorful Shading Accent 6" w:uiPriority="71"/>
     <w:lsdException w:name="Colorful List Accent 6" w:uiPriority="72"/>
     <w:lsdException w:name="Colorful Grid Accent 6" w:uiPriority="73"/>
     <w:lsdException w:name="Subtle Emphasis" w:uiPriority="19" w:qFormat="1"/>
     <w:lsdException w:name="Intense Emphasis" w:uiPriority="21" w:qFormat="1"/>
     <w:lsdException w:name="Subtle Reference" w:uiPriority="31" w:qFormat="1"/>
     <w:lsdException w:name="Intense Reference" w:uiPriority="32" w:qFormat="1"/>
     <w:lsdException w:name="Book Title" w:uiPriority="33" w:qFormat="1"/>
     <w:lsdException w:name="Bibliography" w:semiHidden="1" w:uiPriority="37" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="TOC Heading" w:semiHidden="1" w:uiPriority="39" w:unhideWhenUsed="1" w:qFormat="1"/>
+    <w:lsdException w:name="Plain Table 1" w:uiPriority="41"/>
+    <w:lsdException w:name="Plain Table 2" w:uiPriority="42"/>
+    <w:lsdException w:name="Plain Table 3" w:uiPriority="43"/>
+    <w:lsdException w:name="Plain Table 4" w:uiPriority="44"/>
+    <w:lsdException w:name="Plain Table 5" w:uiPriority="45"/>
+    <w:lsdException w:name="Grid Table Light" w:uiPriority="40"/>
+    <w:lsdException w:name="Grid Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="Grid Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="Grid Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="Grid Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="Grid Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="Grid Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="Grid Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="Grid Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 1" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 1" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 1" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 1" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 1" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 1" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 1" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 2" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 2" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 2" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 2" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 2" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 2" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 2" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 3" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 3" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 3" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 3" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 3" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 3" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 3" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 4" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 4" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 4" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 4" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 4" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 4" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
+    <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
+    <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
+    <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
+    <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
+    <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
+    <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
+    <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
+    <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
+    <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00080A08"/>
+    <w:rsid w:val="000F2A04"/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
-    <w:rsid w:val="00080A08"/>
+    <w:rsid w:val="000F2A04"/>
     <w:pPr>
       <w:keepNext/>
+      <w:widowControl w:val="0"/>
+      <w:jc w:val="center"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
-      <w:rFonts w:ascii="Arial" w:hAnsi="Arial"/>
       <w:b/>
-      <w:sz w:val="24"/>
+      <w:snapToGrid w:val="0"/>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="000F2A04"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:tabs>
+        <w:tab w:val="left" w:pos="2520"/>
+        <w:tab w:val="left" w:pos="5760"/>
+      </w:tabs>
+      <w:ind w:firstLine="720"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading4">
+    <w:name w:val="heading 4"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="000F2A04"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:jc w:val="center"/>
+      <w:outlineLvl w:val="3"/>
+    </w:pPr>
+    <w:rPr>
+      <w:szCs w:val="20"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading6">
+    <w:name w:val="heading 6"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:qFormat/>
+    <w:rsid w:val="000F2A04"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:jc w:val="center"/>
+      <w:outlineLvl w:val="5"/>
+    </w:pPr>
+    <w:rPr>
+      <w:szCs w:val="20"/>
+      <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
-    <w:qFormat/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Date">
+    <w:name w:val="Date"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:rsid w:val="000F2A04"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Closing">
+    <w:name w:val="Closing"/>
+    <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="000F2A04"/>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="Signature">
+    <w:name w:val="Signature"/>
+    <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="000F2A04"/>
+  </w:style>
   <w:style w:type="paragraph" w:styleId="BodyText">
     <w:name w:val="Body Text"/>
     <w:basedOn w:val="Normal"/>
-    <w:rsid w:val="00080A08"/>
+    <w:rsid w:val="000F2A04"/>
     <w:pPr>
       <w:spacing w:after="120"/>
     </w:pPr>
-    <w:rPr>
-[...3 lines deleted...]
-    </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Header">
     <w:name w:val="header"/>
     <w:basedOn w:val="Normal"/>
-    <w:rsid w:val="00173CA8"/>
+    <w:link w:val="HeaderChar"/>
+    <w:rsid w:val="000F2A04"/>
     <w:pPr>
       <w:tabs>
         <w:tab w:val="center" w:pos="4320"/>
         <w:tab w:val="right" w:pos="8640"/>
       </w:tabs>
     </w:pPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="BodyText2">
+    <w:name w:val="Body Text 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="00F36DFC"/>
+    <w:pPr>
+      <w:spacing w:after="120" w:line="480" w:lineRule="auto"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="paragraph" w:styleId="BodyTextIndent2">
+    <w:name w:val="Body Text Indent 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:rsid w:val="00F36DFC"/>
+    <w:pPr>
+      <w:spacing w:after="120" w:line="480" w:lineRule="auto"/>
+      <w:ind w:left="360"/>
+    </w:pPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Hyperlink">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:rsid w:val="00DF0B91"/>
+    <w:rPr>
+      <w:color w:val="0000FF"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="HeaderChar">
+    <w:name w:val="Header Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Header"/>
+    <w:rsid w:val="00DA114E"/>
+    <w:rPr>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="paragraph" w:styleId="Footer">
     <w:name w:val="footer"/>
     <w:basedOn w:val="Normal"/>
-    <w:rsid w:val="00173CA8"/>
+    <w:link w:val="FooterChar"/>
+    <w:rsid w:val="000067AC"/>
     <w:pPr>
       <w:tabs>
-        <w:tab w:val="center" w:pos="4320"/>
-        <w:tab w:val="right" w:pos="8640"/>
+        <w:tab w:val="center" w:pos="4680"/>
+        <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
     </w:pPr>
   </w:style>
-  <w:style w:type="character" w:styleId="CommentReference">
-    <w:name w:val="annotation reference"/>
+  <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
+    <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
-    <w:rsid w:val="00D65D72"/>
+    <w:link w:val="Footer"/>
+    <w:rsid w:val="000067AC"/>
     <w:rPr>
-      <w:sz w:val="16"/>
-[...55 lines deleted...]
-      <w:szCs w:val="16"/>
+      <w:sz w:val="24"/>
+      <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+  <w:divs>
+    <w:div w:id="168065114">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+    <w:div w:id="1521163710">
+      <w:bodyDiv w:val="1"/>
+      <w:marLeft w:val="0"/>
+      <w:marRight w:val="0"/>
+      <w:marTop w:val="0"/>
+      <w:marBottom w:val="0"/>
+      <w:divBdr>
+        <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+        <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+      </w:divBdr>
+    </w:div>
+  </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -1816,70 +3056,198 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>318</Words>
-  <Characters>1802</Characters>
+  <Words>301</Words>
+  <Characters>1844</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>15</Lines>
   <Paragraphs>4</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>November 3, 2004</vt:lpstr>
+      <vt:lpstr>800 Lincoln Way, Ames, Iowa  50010</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
-  <Company>Iowa Department of Transportation</Company>
+  <Company>Iowa Dept of Transportation</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2116</CharactersWithSpaces>
+  <CharactersWithSpaces>2141</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>November 3, 2004</dc:title>
+  <dc:title>NRI Consultation Letter</dc:title>
   <dc:subject/>
-  <dc:creator>dnewell</dc:creator>
-  <cp:keywords/>
+  <dc:creator>jjesse</dc:creator>
+  <cp:keywords>Accessibility Verified</cp:keywords>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Folder_Number">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Folder_Code">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="Folder_Name">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="Folder_Description">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="/Folder_Name/">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="/Folder_Description/">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="Folder_Version">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="Folder_VersionSeq">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="Folder_Manager">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="Folder_ManagerDesc">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="Folder_Storage">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="13" name="Folder_StorageDesc">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="14" name="Folder_Creator">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="15" name="Folder_CreatorDesc">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="16" name="Folder_CreateDate">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="17" name="Folder_Updater">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="18" name="Folder_UpdaterDesc">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="19" name="Folder_UpdateDate">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="20" name="Document_Number">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="21" name="Document_Name">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="22" name="Document_FileName">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="23" name="Document_Version">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="24" name="Document_VersionSeq">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="25" name="Document_Creator">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="26" name="Document_CreatorDesc">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="27" name="Document_CreateDate">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="28" name="Document_Updater">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="29" name="Document_UpdaterDesc">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="30" name="Document_UpdateDate">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="31" name="Document_Size">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="32" name="Document_Storage">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="33" name="Document_StorageDesc">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="34" name="Document_Department">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="35" name="Document_DepartmentDesc">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="36" name="MSIP_Label_0faac733-ded1-41e0-8ea6-961193f81247_Enabled">
+    <vt:lpwstr>true</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="37" name="MSIP_Label_0faac733-ded1-41e0-8ea6-961193f81247_SetDate">
+    <vt:lpwstr>2025-10-03T19:14:21Z</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="38" name="MSIP_Label_0faac733-ded1-41e0-8ea6-961193f81247_Method">
+    <vt:lpwstr>Standard</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="39" name="MSIP_Label_0faac733-ded1-41e0-8ea6-961193f81247_Name">
+    <vt:lpwstr>defa4170-0d19-0005-0004-bc88714345d2</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="40" name="MSIP_Label_0faac733-ded1-41e0-8ea6-961193f81247_SiteId">
+    <vt:lpwstr>a1e65fcc-32fa-4fdd-8692-0cc2eb06676e</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="41" name="MSIP_Label_0faac733-ded1-41e0-8ea6-961193f81247_ActionId">
+    <vt:lpwstr>9bf5716b-20ce-4f16-8003-f7c763e5559e</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="42" name="MSIP_Label_0faac733-ded1-41e0-8ea6-961193f81247_ContentBits">
+    <vt:lpwstr>0</vt:lpwstr>
+  </property>
+</Properties>
+</file>