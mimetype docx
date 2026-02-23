--- v0 (2025-10-09)
+++ v1 (2026-02-23)
@@ -1,72 +1,73 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9523"/>
       </w:tblGrid>
       <w:tr w:rsidR="002129E6" w14:paraId="087AEE46" w14:textId="77777777" w:rsidTr="002129E6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9523" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4D27C875" w14:textId="77777777" w:rsidR="002129E6" w:rsidRPr="00993189" w:rsidRDefault="002129E6" w:rsidP="002129E6">
+          <w:p w14:paraId="4D27C875" w14:textId="50EDAA49" w:rsidR="002129E6" w:rsidRPr="00993189" w:rsidRDefault="002129E6" w:rsidP="002129E6">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:pBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:pBdr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="4500"/>
                 <w:tab w:val="left" w:pos="5580"/>
               </w:tabs>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
@@ -94,73 +95,73 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> MERGEFIELD  County  \* MERGEFORMAT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00993189">
+            <w:r w:rsidR="00D77BE4">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>«County»</w:t>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0A420999" w14:textId="77777777" w:rsidR="002129E6" w:rsidRPr="00993189" w:rsidRDefault="002129E6" w:rsidP="002129E6">
+          <w:p w14:paraId="0A420999" w14:textId="0F0739E9" w:rsidR="002129E6" w:rsidRPr="00993189" w:rsidRDefault="002129E6" w:rsidP="002129E6">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:pBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:pBdr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="4500"/>
                 <w:tab w:val="left" w:pos="5580"/>
               </w:tabs>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
@@ -188,73 +189,73 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> MERGEFIELD  "Phase Number"  \* MERGEFORMAT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00993189">
+            <w:r w:rsidR="00D77BE4">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>«Phase Number»</w:t>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2276E4F0" w14:textId="6CA7491E" w:rsidR="002129E6" w:rsidRDefault="00B73BC7" w:rsidP="002129E6">
+          <w:p w14:paraId="2276E4F0" w14:textId="41405626" w:rsidR="002129E6" w:rsidRDefault="00B73BC7" w:rsidP="002129E6">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:pBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:pBdr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="4500"/>
                 <w:tab w:val="left" w:pos="5580"/>
               </w:tabs>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
@@ -292,73 +293,73 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidR="002129E6" w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> MERGEFIELD  "Document Title"  \* MERGEFORMAT </w:instrText>
             </w:r>
             <w:r w:rsidR="002129E6" w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
+            <w:r w:rsidR="00D77BE4">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>«Document Title»</w:t>
+            </w:r>
             <w:r w:rsidR="002129E6" w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
-                <w:noProof/>
-[...9 lines deleted...]
-                <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="68AD036D" w14:textId="5B81E452" w:rsidR="00B73BC7" w:rsidRPr="00993189" w:rsidRDefault="00B73BC7" w:rsidP="002129E6">
+          <w:p w14:paraId="68AD036D" w14:textId="03B48A10" w:rsidR="00B73BC7" w:rsidRPr="00993189" w:rsidRDefault="00B73BC7" w:rsidP="002129E6">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:pBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:pBdr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="4500"/>
                 <w:tab w:val="left" w:pos="5580"/>
               </w:tabs>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
@@ -386,120 +387,120 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> MERGEFIELD  Location  \* MERGEFORMAT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
+            <w:r w:rsidR="00D77BE4">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>«Location»</w:t>
+            </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
-                <w:noProof/>
-[...9 lines deleted...]
-                <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3EC436E6" w14:textId="071FBEDB" w:rsidR="002129E6" w:rsidRPr="002129E6" w:rsidRDefault="002129E6" w:rsidP="002129E6">
+          <w:p w14:paraId="3EC436E6" w14:textId="3D436F23" w:rsidR="002129E6" w:rsidRPr="002129E6" w:rsidRDefault="002129E6" w:rsidP="002129E6">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1800"/>
                 <w:tab w:val="left" w:pos="8640"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">NEPA ID:    </w:t>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:tab/>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> MERGEFIELD  "NEPA ID"  \* MERGEFORMAT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00993189">
+            <w:r w:rsidR="00D77BE4">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>«NEPA ID»</w:t>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="0596094C" w14:textId="77777777" w:rsidR="002129E6" w:rsidRDefault="002129E6" w:rsidP="001E0388">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="8640"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
@@ -528,86 +529,86 @@
         <w:t>PROJECT DESCRIPTION</w:t>
       </w:r>
       <w:r w:rsidRPr="00993189">
         <w:rPr>
           <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9523"/>
       </w:tblGrid>
       <w:tr w:rsidR="00C86E68" w:rsidRPr="00993189" w14:paraId="22A0520C" w14:textId="77777777" w:rsidTr="00C86E68">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9523" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0B18D286" w14:textId="77777777" w:rsidR="00C86E68" w:rsidRDefault="00C86E68" w:rsidP="00C86E68">
+          <w:p w14:paraId="0B18D286" w14:textId="477A701B" w:rsidR="00C86E68" w:rsidRDefault="00C86E68" w:rsidP="00C86E68">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="8640"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> MERGEFIELD  "Project Description"  \* MERGEFORMAT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00993189">
+            <w:r w:rsidR="00D77BE4">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>«Project Description»</w:t>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="22C60AFD" w14:textId="21210711" w:rsidR="00B73BC7" w:rsidRPr="00993189" w:rsidRDefault="00B73BC7" w:rsidP="00C86E68">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="8640"/>
               </w:tabs>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
@@ -643,147 +644,148 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00993189">
         <w:rPr>
           <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">TYPE OF PROJECT: </w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9523"/>
       </w:tblGrid>
       <w:tr w:rsidR="00C86E68" w:rsidRPr="00993189" w14:paraId="61C1D44B" w14:textId="77777777" w:rsidTr="00C86E68">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9523" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0A1A58AD" w14:textId="77777777" w:rsidR="00C86E68" w:rsidRPr="00993189" w:rsidRDefault="00C86E68" w:rsidP="00C86E68">
+          <w:p w14:paraId="0A1A58AD" w14:textId="3AB7ADE8" w:rsidR="00C86E68" w:rsidRPr="00993189" w:rsidRDefault="00C86E68" w:rsidP="00C86E68">
             <w:pPr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="8640"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Categorical Exclusion (CE), as described in 23 CFR 771 Part 117 </w:t>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> MERGEFIELD  "CFR Citation"  \* MERGEFORMAT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00993189">
+            <w:r w:rsidR="00D77BE4">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>«CFR Citation»</w:t>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> MERGEFIELD  "NEPA Project Type"  \* MERGEFORMAT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00993189">
+            <w:r w:rsidR="00D77BE4">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
+                <w:noProof/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>«NEPA Project Type»</w:t>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="2FC8ADAE" w14:textId="77777777" w:rsidR="00C86E68" w:rsidRPr="00993189" w:rsidRDefault="00C86E68" w:rsidP="00C86E68">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:pBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:pBdr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="1080"/>
               </w:tabs>
               <w:jc w:val="both"/>
@@ -927,1136 +929,482 @@
               <w:pStyle w:val="Title"/>
               <w:pBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:pBdr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="1080"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="39DB7440" w14:textId="77777777" w:rsidR="00C85725" w:rsidRDefault="00C85725"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
-        <w:tblW w:w="0" w:type="auto"/>
+        <w:tblW w:w="9535" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1057"/>
-[...8 lines deleted...]
-        <w:gridCol w:w="1359"/>
+        <w:gridCol w:w="1795"/>
+        <w:gridCol w:w="3780"/>
+        <w:gridCol w:w="1980"/>
+        <w:gridCol w:w="1980"/>
       </w:tblGrid>
-      <w:tr w:rsidR="0084632C" w:rsidRPr="00993189" w14:paraId="2D2CB55F" w14:textId="77777777" w:rsidTr="00993189">
+      <w:tr w:rsidR="00AE5D2C" w:rsidRPr="00993189" w14:paraId="2D2CB55F" w14:textId="77777777" w:rsidTr="00AE5D2C">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1057" w:type="dxa"/>
+            <w:tcW w:w="1795" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="0B1205DD" w14:textId="41B64F12" w:rsidR="0084632C" w:rsidRPr="00993189" w:rsidRDefault="0084632C" w:rsidP="001E0388">
+          <w:p w14:paraId="4D77AA8E" w14:textId="65EDBF01" w:rsidR="00AE5D2C" w:rsidRPr="00993189" w:rsidRDefault="00AE5D2C" w:rsidP="001E0388">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:pBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:pBdr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="6840"/>
               </w:tabs>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Meeting</w:t>
+              <w:t>Date</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="774" w:type="dxa"/>
+            <w:tcW w:w="3780" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="4D77AA8E" w14:textId="65EDBF01" w:rsidR="0084632C" w:rsidRPr="00993189" w:rsidRDefault="0084632C" w:rsidP="001E0388">
+          <w:p w14:paraId="02D6D711" w14:textId="6835DCA9" w:rsidR="00AE5D2C" w:rsidRPr="00993189" w:rsidRDefault="00AE5D2C" w:rsidP="001E0388">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:pBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:pBdr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="6840"/>
               </w:tabs>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Date</w:t>
+              <w:t>Location</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1094" w:type="dxa"/>
+            <w:tcW w:w="1980" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="02D6D711" w14:textId="6835DCA9" w:rsidR="0084632C" w:rsidRPr="00993189" w:rsidRDefault="0084632C" w:rsidP="001E0388">
+          <w:p w14:paraId="7265567F" w14:textId="29B53EB7" w:rsidR="00AE5D2C" w:rsidRPr="00993189" w:rsidRDefault="00AE5D2C" w:rsidP="001E0388">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:pBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:pBdr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="6840"/>
               </w:tabs>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Location</w:t>
+              <w:t>Invited</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="765" w:type="dxa"/>
+            <w:tcW w:w="1980" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="0705539D" w14:textId="4E4DD53D" w:rsidR="0084632C" w:rsidRPr="00993189" w:rsidRDefault="0084632C" w:rsidP="001E0388">
+          <w:p w14:paraId="34B43A44" w14:textId="3A871D6C" w:rsidR="00AE5D2C" w:rsidRPr="00993189" w:rsidRDefault="00AE5D2C" w:rsidP="001E0388">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:pBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:pBdr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="6840"/>
               </w:tabs>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Task</w:t>
+              <w:t>Attended</w:t>
             </w:r>
           </w:p>
         </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00AE5D2C" w:rsidRPr="00993189" w14:paraId="4A564F09" w14:textId="77777777" w:rsidTr="00AE5D2C">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="958" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:tcW w:w="1795" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="7265567F" w14:textId="29B53EB7" w:rsidR="0084632C" w:rsidRPr="00993189" w:rsidRDefault="0084632C" w:rsidP="001E0388">
+          <w:p w14:paraId="04F02DF0" w14:textId="1845808E" w:rsidR="00AE5D2C" w:rsidRPr="00993189" w:rsidRDefault="00AE5D2C" w:rsidP="001E0388">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:pBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:pBdr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="6840"/>
               </w:tabs>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Invited</w:t>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="00993189">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> MERGEFIELD  Date  \* MERGEFORMAT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00993189">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00D77BE4">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>«Date»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993189">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="1133" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:tcW w:w="3780" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="34B43A44" w14:textId="3A871D6C" w:rsidR="0084632C" w:rsidRPr="00993189" w:rsidRDefault="0084632C" w:rsidP="001E0388">
+          <w:p w14:paraId="0D1EF954" w14:textId="31661E1F" w:rsidR="00AE5D2C" w:rsidRPr="00993189" w:rsidRDefault="00AE5D2C" w:rsidP="001E0388">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:pBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:pBdr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="6840"/>
               </w:tabs>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Attended</w:t>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="00993189">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> MERGEFIELD  Location  \* MERGEFORMAT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00993189">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00D77BE4">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>«Location»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993189">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="888" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:tcW w:w="1980" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="012C223E" w14:textId="79DED622" w:rsidR="0084632C" w:rsidRPr="00993189" w:rsidRDefault="0084632C" w:rsidP="001E0388">
+          <w:p w14:paraId="24C3DA71" w14:textId="3B505396" w:rsidR="00AE5D2C" w:rsidRPr="00993189" w:rsidRDefault="00AE5D2C" w:rsidP="001E0388">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:pBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:pBdr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="6840"/>
               </w:tabs>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Media</w:t>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="00993189">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> MERGEFIELD  Invited  \* MERGEFORMAT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00993189">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00D77BE4">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:noProof/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:t>«Invited»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993189">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="20"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="707" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
+            <w:tcW w:w="1980" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="152A4858" w14:textId="1F98ED70" w:rsidR="0084632C" w:rsidRPr="00993189" w:rsidRDefault="0084632C" w:rsidP="001E0388">
+          <w:p w14:paraId="089FE204" w14:textId="26BB2720" w:rsidR="00AE5D2C" w:rsidRPr="00993189" w:rsidRDefault="00AE5D2C" w:rsidP="001E0388">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:pBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:pBdr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="6840"/>
               </w:tabs>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>City</w:t>
-[...20 lines deleted...]
-              <w:jc w:val="left"/>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-            </w:pPr>
+              <w:instrText xml:space="preserve"> MERGEFIELD  Attended  \* MERGEFORMAT </w:instrText>
+            </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>Type</w:t>
-[...89 lines deleted...]
-              </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00993189">
+            <w:r w:rsidR="00D77BE4">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:noProof/>
                 <w:sz w:val="20"/>
               </w:rPr>
-              <w:t>«Meeting»</w:t>
-[...358 lines deleted...]
-              </w:rPr>
               <w:t>«Attended»</w:t>
-            </w:r>
-[...286 lines deleted...]
-              <w:t>«DatePrinted»</w:t>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="20"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="33079158" w14:textId="77777777" w:rsidR="00C85725" w:rsidRDefault="00C85725"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9523"/>
       </w:tblGrid>
       <w:tr w:rsidR="00DA0F8C" w:rsidRPr="00993189" w14:paraId="40070F57" w14:textId="77777777" w:rsidTr="00C26CBB">
@@ -2075,102 +1423,102 @@
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1710"/>
               </w:tabs>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Comment:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="63A51ECE" w14:textId="509BA38B" w:rsidR="00DA0F8C" w:rsidRDefault="00DA0F8C" w:rsidP="00C86E68">
+          <w:p w14:paraId="63A51ECE" w14:textId="6A060E05" w:rsidR="00DA0F8C" w:rsidRDefault="00DA0F8C" w:rsidP="00C86E68">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:pBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:pBdr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="6840"/>
               </w:tabs>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> MERGEFIELD  "Public Involvement Comment"  \* MERGEFORMAT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00993189">
+            <w:r w:rsidR="00D77BE4">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>«Public Involvement Comment»</w:t>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="49F46658" w14:textId="05DBFDD2" w:rsidR="00993189" w:rsidRPr="00993189" w:rsidRDefault="00993189" w:rsidP="00C86E68">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:pBdr>
@@ -2307,301 +1655,325 @@
               <w:t>A review was completed to determine if acquisitions and relocations of real property would be required.  If it is determined that acquisitions and relocations are required, they will be conducted in accordance with the Federal Uniform Relocation Assistance and Real Property Acquisition Policies Act of 1970 (42 U.S. Code (USC) 4601 et seq.).</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="1E691029" w14:textId="77777777" w:rsidR="00993189" w:rsidRPr="00993189" w:rsidRDefault="00993189" w:rsidP="00993189">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:pBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:pBdr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="6840"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="3F9DBEA0" w14:textId="77777777" w:rsidR="00993189" w:rsidRPr="00993189" w:rsidRDefault="00993189" w:rsidP="00993189">
+          <w:p w14:paraId="3F9DBEA0" w14:textId="56FD3FB6" w:rsidR="00993189" w:rsidRPr="00993189" w:rsidRDefault="00993189" w:rsidP="00993189">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:pBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:pBdr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1710"/>
               </w:tabs>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00993189">
-[...7 lines deleted...]
-              <w:t xml:space="preserve">Estimated ROW: </w:t>
+            <w:r w:rsidRPr="00AE5D2C">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Estimated ROW</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993189">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> MERGEFIELD  "Additional ROW"  \* MERGEFORMAT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00993189">
+            <w:r w:rsidR="00D77BE4">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>«Additional ROW»</w:t>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> acre(s)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="21A6CFC7" w14:textId="77777777" w:rsidR="00993189" w:rsidRPr="00993189" w:rsidRDefault="00993189" w:rsidP="00993189">
+          <w:p w14:paraId="21A6CFC7" w14:textId="4FCBD2CE" w:rsidR="00993189" w:rsidRPr="00993189" w:rsidRDefault="00993189" w:rsidP="00993189">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:pBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:pBdr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1710"/>
               </w:tabs>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00993189">
-[...7 lines deleted...]
-              <w:t xml:space="preserve">Estimated Temporary Easement:  </w:t>
+            <w:r w:rsidRPr="00AE5D2C">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Estimated Temporary Easement</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993189">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">:  </w:t>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> MERGEFIELD  "temp easement"  \* MERGEFORMAT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00993189">
+            <w:r w:rsidR="00D77BE4">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>«temp easement»</w:t>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">  acre(s)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="67448BCA" w14:textId="77777777" w:rsidR="00993189" w:rsidRDefault="00993189" w:rsidP="00993189">
+          <w:p w14:paraId="67448BCA" w14:textId="51B5D77C" w:rsidR="00993189" w:rsidRDefault="00993189" w:rsidP="00993189">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:pBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:pBdr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1710"/>
               </w:tabs>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00993189">
-[...7 lines deleted...]
-              <w:t xml:space="preserve">Estimated Permanent Easement/Fee Title: </w:t>
+            <w:r w:rsidRPr="00AE5D2C">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Estimated Permanent Easement/Fee Title</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993189">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> MERGEFIELD  "Perm easement"  \* MERGEFORMAT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00993189">
+            <w:r w:rsidR="00D77BE4">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>«Perm easement»</w:t>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
@@ -2652,51 +2024,51 @@
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1710"/>
               </w:tabs>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Comment:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7A9E3AAB" w14:textId="77777777" w:rsidR="00DA0F8C" w:rsidRDefault="00DA0F8C" w:rsidP="007C7A3C">
+          <w:p w14:paraId="7A9E3AAB" w14:textId="179A48E2" w:rsidR="00DA0F8C" w:rsidRDefault="00DA0F8C" w:rsidP="007C7A3C">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:pBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:pBdr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1710"/>
               </w:tabs>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
@@ -2704,51 +2076,51 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> MERGEFIELD  "ROW Comment"  \* MERGEFORMAT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00993189">
+            <w:r w:rsidR="00D77BE4">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>«ROW Comment»</w:t>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="181B8F78" w14:textId="15E7D9E1" w:rsidR="009A6442" w:rsidRPr="00993189" w:rsidRDefault="009A6442" w:rsidP="007C7A3C">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:pBdr>
@@ -2756,362 +2128,394 @@
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:pBdr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1440"/>
                 <w:tab w:val="left" w:pos="1710"/>
               </w:tabs>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00993189" w14:paraId="72D58359" w14:textId="77777777" w:rsidTr="00993189">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9523" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="492EA187" w14:textId="77777777" w:rsidR="00993189" w:rsidRPr="00993189" w:rsidRDefault="00993189" w:rsidP="00993189">
+          <w:p w14:paraId="492EA187" w14:textId="4891CBD6" w:rsidR="00993189" w:rsidRPr="00993189" w:rsidRDefault="00993189" w:rsidP="00993189">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:pBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:pBdr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="3600"/>
                 <w:tab w:val="left" w:pos="4320"/>
                 <w:tab w:val="left" w:pos="8640"/>
               </w:tabs>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00993189">
-[...7 lines deleted...]
-              <w:t xml:space="preserve">Number of homes displaced: </w:t>
+            <w:r w:rsidRPr="00AE5D2C">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Number of homes displaced</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993189">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> MERGEFIELD  #homes  \* MERGEFORMAT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00993189">
+            <w:r w:rsidR="00D77BE4">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>«#homes»</w:t>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="1CF79628" w14:textId="77777777" w:rsidR="00993189" w:rsidRPr="00993189" w:rsidRDefault="00993189" w:rsidP="00993189">
+          <w:p w14:paraId="1CF79628" w14:textId="31692C91" w:rsidR="00993189" w:rsidRPr="00993189" w:rsidRDefault="00993189" w:rsidP="00993189">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:pBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:pBdr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="8640"/>
               </w:tabs>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00993189">
-[...7 lines deleted...]
-              <w:t xml:space="preserve">Is there replacement housing for the displacements? </w:t>
+            <w:r w:rsidRPr="00AE5D2C">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Is there replacement housing for the displacements?</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993189">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> MERGEFIELD  "Home replacement"  \* MERGEFORMAT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00993189">
+            <w:r w:rsidR="00D77BE4">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>«Home replacement»</w:t>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="61483566" w14:textId="77777777" w:rsidR="00993189" w:rsidRPr="00993189" w:rsidRDefault="00993189" w:rsidP="00993189">
+          <w:p w14:paraId="61483566" w14:textId="69C9C9FB" w:rsidR="00993189" w:rsidRPr="00993189" w:rsidRDefault="00993189" w:rsidP="00993189">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:pBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:pBdr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="3600"/>
                 <w:tab w:val="left" w:pos="4320"/>
               </w:tabs>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00993189">
-[...7 lines deleted...]
-              <w:t xml:space="preserve">Number of businesses displaced: </w:t>
+            <w:r w:rsidRPr="00AE5D2C">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Number of businesses displaced</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993189">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> MERGEFIELD  #Businesses  \* MERGEFORMAT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00993189">
+            <w:r w:rsidR="00D77BE4">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>«#Businesses»</w:t>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2A358517" w14:textId="77777777" w:rsidR="00993189" w:rsidRPr="00993189" w:rsidRDefault="00993189" w:rsidP="00993189">
+          <w:p w14:paraId="2A358517" w14:textId="56349DF6" w:rsidR="00993189" w:rsidRPr="00993189" w:rsidRDefault="00993189" w:rsidP="00993189">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:pBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:pBdr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="8640"/>
               </w:tabs>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00993189">
-[...7 lines deleted...]
-              <w:t xml:space="preserve">Is there replacement property for the displaced businesses? </w:t>
+            <w:r w:rsidRPr="00AE5D2C">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Is there replacement property for the displaced businesses?</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993189">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> MERGEFIELD  "Business Replacement"  \* MERGEFORMAT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00993189">
+            <w:r w:rsidR="00D77BE4">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>«Business Replacement»</w:t>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="6AEBCAF2" w14:textId="77777777" w:rsidR="00993189" w:rsidRDefault="00993189" w:rsidP="007C7A3C">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:pBdr>
@@ -3152,142 +2556,153 @@
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="1710"/>
                 <w:tab w:val="left" w:pos="6840"/>
               </w:tabs>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Comment:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2542E867" w14:textId="77777777" w:rsidR="00DA0F8C" w:rsidRDefault="007C7A3C" w:rsidP="007C7A3C">
+          <w:p w14:paraId="2542E867" w14:textId="047EA35F" w:rsidR="00DA0F8C" w:rsidRDefault="007C7A3C" w:rsidP="007C7A3C">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:pBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:pBdr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="1710"/>
                 <w:tab w:val="left" w:pos="6840"/>
               </w:tabs>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> MERGEFIELD  BusinessReplace  \* MERGEFORMAT </w:instrText>
             </w:r>
-            <w:r w:rsidR="00182A6D">
+            <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
+            <w:r w:rsidR="00D77BE4">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:noProof/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>«BusinessReplace»</w:t>
+            </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00DA0F8C" w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidR="00DA0F8C" w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> MERGEFIELD  "Displacement Comment"  \* MERGEFORMAT </w:instrText>
             </w:r>
             <w:r w:rsidR="00DA0F8C" w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00DA0F8C" w:rsidRPr="00993189">
+            <w:r w:rsidR="00D77BE4">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>«Displacement Comment»</w:t>
             </w:r>
             <w:r w:rsidR="00DA0F8C" w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="4DA56955" w14:textId="445FAB7E" w:rsidR="00C85725" w:rsidRPr="00993189" w:rsidRDefault="00C85725" w:rsidP="007C7A3C">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:pBdr>
@@ -3312,564 +2727,74 @@
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="0056DF58" w14:textId="77777777" w:rsidR="007C7A3C" w:rsidRPr="00993189" w:rsidRDefault="007C7A3C" w:rsidP="007C7A3C">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
           <w:tab w:val="left" w:pos="1710"/>
           <w:tab w:val="left" w:pos="6840"/>
         </w:tabs>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0AA1DE4A" w14:textId="68204E22" w:rsidR="007C7A3C" w:rsidRPr="00993189" w:rsidRDefault="00DA0F8C" w:rsidP="007C7A3C">
+    <w:p w14:paraId="6C99F27E" w14:textId="259272AC" w:rsidR="007C7A3C" w:rsidRPr="00993189" w:rsidRDefault="00DA0F8C" w:rsidP="007C7A3C">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="8640"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00993189">
         <w:rPr>
           <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve">ENVIRONMENTAL JUSTICE </w:t>
-[...488 lines deleted...]
-        <w:lastRenderedPageBreak/>
         <w:t>CULTURAL RESOURCES:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="9540" w:type="dxa"/>
         <w:tblInd w:w="-5" w:type="dxa"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9540"/>
       </w:tblGrid>
       <w:tr w:rsidR="00993189" w14:paraId="5523FBA1" w14:textId="77777777" w:rsidTr="00993189">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9540" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="4EA0CE85" w14:textId="77777777" w:rsidR="00993189" w:rsidRPr="00993189" w:rsidRDefault="00993189" w:rsidP="00993189">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:pBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:pBdr>
@@ -3898,289 +2823,325 @@
               <w:t>A review was completed in accordance with the current Programmatic Agreement among the Federal Highway Administration, the Iowa Department of Transportation, the Iowa State Historic Preservation Officer, and the Advisory Council on Historic Preservation Regarding Implementation of Federal-Aid Transportation Projects in the State of Iowa.  This agreement complies with the National Historic Preservation Act as amended, and as codified in 36 CFR Part 800.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0A1FA1E8" w14:textId="77777777" w:rsidR="00993189" w:rsidRPr="00993189" w:rsidRDefault="00993189" w:rsidP="00993189">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:pBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:pBdr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="6840"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="7A92EFBC" w14:textId="77777777" w:rsidR="00993189" w:rsidRPr="00993189" w:rsidRDefault="00993189" w:rsidP="00993189">
+          <w:p w14:paraId="7A92EFBC" w14:textId="373DC3F6" w:rsidR="00993189" w:rsidRPr="00993189" w:rsidRDefault="00993189" w:rsidP="00993189">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:pBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:pBdr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="6840"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00993189">
-[...7 lines deleted...]
-              <w:t xml:space="preserve">Cultural Determination: </w:t>
+            <w:r w:rsidRPr="00AE5D2C">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Cultural Determination</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE5D2C">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993189">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> MERGEFIELD  "Cultural Determination"  \* MERGEFORMAT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00993189">
-[...3 lines deleted...]
-                <w:bCs w:val="0"/>
+            <w:r w:rsidR="00D77BE4">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>«Cultural Determination»</w:t>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7203F0CF" w14:textId="77777777" w:rsidR="00993189" w:rsidRPr="00993189" w:rsidRDefault="00993189" w:rsidP="00993189">
+          <w:p w14:paraId="7203F0CF" w14:textId="1445879E" w:rsidR="00993189" w:rsidRPr="00993189" w:rsidRDefault="00AE5D2C" w:rsidP="00993189">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:pBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:pBdr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="6840"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00993189">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00993189">
+            <w:r w:rsidRPr="00AE5D2C">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Condition on Determination</w:t>
+            </w:r>
+            <w:r w:rsidR="00993189" w:rsidRPr="00993189">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:r w:rsidR="00993189" w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidRPr="00993189">
+            <w:r w:rsidR="00993189" w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> MERGEFIELD  "Conditional Clearance Type"  \* MERGEFORMAT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00993189">
+            <w:r w:rsidR="00993189" w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00993189">
+            <w:r w:rsidR="00D77BE4">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>«Conditional Clearance Type»</w:t>
             </w:r>
-            <w:r w:rsidRPr="00993189">
+            <w:r w:rsidR="00993189" w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
-            <w:r w:rsidRPr="00993189">
+            <w:r w:rsidR="00993189" w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0A228E73" w14:textId="77777777" w:rsidR="00993189" w:rsidRDefault="00993189" w:rsidP="007C7A3C">
+          <w:p w14:paraId="0A228E73" w14:textId="1FD19D69" w:rsidR="00993189" w:rsidRDefault="00993189" w:rsidP="007C7A3C">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:pBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:pBdr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="6840"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00993189">
-[...7 lines deleted...]
-              <w:t xml:space="preserve">Dated: </w:t>
+            <w:r w:rsidRPr="00AE5D2C">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Dated</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993189">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> MERGEFIELD  "Cultural Clearance Date"  \* MERGEFORMAT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00993189">
-[...3 lines deleted...]
-                <w:bCs w:val="0"/>
+            <w:r w:rsidR="00D77BE4">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>«Cultural Clearance Date»</w:t>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="272BC4A7" w14:textId="3C2C4A13" w:rsidR="002129E6" w:rsidRDefault="002129E6" w:rsidP="007C7A3C">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:pBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:pBdr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
@@ -4213,101 +3174,101 @@
               </w:pBdr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="1800"/>
               </w:tabs>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Comment: </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0F98BFC6" w14:textId="77777777" w:rsidR="00DA0F8C" w:rsidRDefault="00DA0F8C" w:rsidP="00C86E68">
+          <w:p w14:paraId="0F98BFC6" w14:textId="70137BF3" w:rsidR="00DA0F8C" w:rsidRDefault="00DA0F8C" w:rsidP="00C86E68">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:pBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:pBdr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="1800"/>
               </w:tabs>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> MERGEFIELD  "Historic comment 2"  \* MERGEFORMAT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00993189">
+            <w:r w:rsidR="00D77BE4">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>«Historic comment 2»</w:t>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="0A79A69A" w14:textId="3586CDFA" w:rsidR="00C85725" w:rsidRPr="00993189" w:rsidRDefault="00C85725" w:rsidP="00C86E68">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:pBdr>
@@ -4461,101 +3422,101 @@
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Section 4(f) Determination</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007C7A3C" w:rsidRPr="00993189" w14:paraId="3E75EE1D" w14:textId="77777777" w:rsidTr="00993189">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4505" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="3838C28B" w14:textId="3C992D32" w:rsidR="007C7A3C" w:rsidRPr="00993189" w:rsidRDefault="007C7A3C" w:rsidP="00C26CBB">
+          <w:p w14:paraId="3838C28B" w14:textId="421EA247" w:rsidR="007C7A3C" w:rsidRPr="00993189" w:rsidRDefault="007C7A3C" w:rsidP="00C26CBB">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:pBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:pBdr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
               </w:tabs>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> MERGEFIELD  "Historic Site Name"  \* MERGEFORMAT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00993189">
+            <w:r w:rsidR="00D77BE4">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>«Historic Site Name»</w:t>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidR="00C86E68" w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
@@ -4572,128 +3533,128 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidR="00C86E68" w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> MERGEFIELD  "Historic Site ID"  \* MERGEFORMAT </w:instrText>
             </w:r>
             <w:r w:rsidR="00C86E68" w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00C86E68" w:rsidRPr="00993189">
+            <w:r w:rsidR="00D77BE4">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>«Historic Site ID»</w:t>
             </w:r>
             <w:r w:rsidR="00C86E68" w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5035" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="748C1E5E" w14:textId="77777777" w:rsidR="007C7A3C" w:rsidRPr="00993189" w:rsidRDefault="007C7A3C" w:rsidP="00C26CBB">
+          <w:p w14:paraId="748C1E5E" w14:textId="1607F3E7" w:rsidR="007C7A3C" w:rsidRPr="00993189" w:rsidRDefault="007C7A3C" w:rsidP="00C26CBB">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:pBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:pBdr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
               </w:tabs>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> MERGEFIELD  "Step 5 Historic Site"  \* MERGEFORMAT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00993189">
+            <w:r w:rsidR="00D77BE4">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>«Step 5 Historic Site»</w:t>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="4D3CB303" w14:textId="77777777" w:rsidR="007C7A3C" w:rsidRPr="00993189" w:rsidRDefault="007C7A3C" w:rsidP="007C7A3C">
@@ -4996,409 +3957,409 @@
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Note</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007C7A3C" w:rsidRPr="00993189" w14:paraId="785659E5" w14:textId="77777777" w:rsidTr="000A2926">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2065" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0C5C2440" w14:textId="77777777" w:rsidR="007C7A3C" w:rsidRPr="00993189" w:rsidRDefault="007C7A3C" w:rsidP="00C26CBB">
+          <w:p w14:paraId="0C5C2440" w14:textId="6EADA244" w:rsidR="007C7A3C" w:rsidRPr="00993189" w:rsidRDefault="007C7A3C" w:rsidP="00C26CBB">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:pBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:pBdr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
               </w:tabs>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> MERGEFIELD  "Name of Facility"  \* MERGEFORMAT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00993189">
+            <w:r w:rsidR="00D77BE4">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>«Name of Facility»</w:t>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1350" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="45E75BF4" w14:textId="77777777" w:rsidR="007C7A3C" w:rsidRPr="00993189" w:rsidRDefault="007C7A3C" w:rsidP="00C26CBB">
+          <w:p w14:paraId="45E75BF4" w14:textId="3517E335" w:rsidR="007C7A3C" w:rsidRPr="00993189" w:rsidRDefault="007C7A3C" w:rsidP="00C26CBB">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:pBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:pBdr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
               </w:tabs>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> MERGEFIELD  "Type R"  \* MERGEFORMAT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00993189">
+            <w:r w:rsidR="00D77BE4">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>«Type R»</w:t>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2160" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="57BF7C07" w14:textId="77777777" w:rsidR="007C7A3C" w:rsidRPr="00993189" w:rsidRDefault="007C7A3C" w:rsidP="00C26CBB">
+          <w:p w14:paraId="57BF7C07" w14:textId="0126F43F" w:rsidR="007C7A3C" w:rsidRPr="00993189" w:rsidRDefault="007C7A3C" w:rsidP="00C26CBB">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:pBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:pBdr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
               </w:tabs>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> MERGEFIELD  "Step 5 Park Plus"  \* MERGEFORMAT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00993189">
+            <w:r w:rsidR="00D77BE4">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>«Step 5 Park Plus»</w:t>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2070" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6805F0F5" w14:textId="200EB279" w:rsidR="007C7A3C" w:rsidRPr="00993189" w:rsidRDefault="007250E9" w:rsidP="00C26CBB">
+          <w:p w14:paraId="6805F0F5" w14:textId="1B8CF9F7" w:rsidR="007C7A3C" w:rsidRPr="00993189" w:rsidRDefault="007250E9" w:rsidP="00C26CBB">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:pBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:pBdr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
               </w:tabs>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> MERGEFIELD  "Step 5 date"  \* MERGEFORMAT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00993189">
+            <w:r w:rsidR="00D77BE4">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>«Step 5 date»</w:t>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1901" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="46F9CDBB" w14:textId="77777777" w:rsidR="007C7A3C" w:rsidRPr="00993189" w:rsidRDefault="007C7A3C" w:rsidP="00C26CBB">
+          <w:p w14:paraId="46F9CDBB" w14:textId="6D660414" w:rsidR="007C7A3C" w:rsidRPr="00993189" w:rsidRDefault="007C7A3C" w:rsidP="00C26CBB">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:pBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:pBdr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
               </w:tabs>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> MERGEFIELD  Note  \* MERGEFORMAT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00993189">
+            <w:r w:rsidR="00D77BE4">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>«Note»</w:t>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="11E9F51A" w14:textId="77777777" w:rsidR="00C85725" w:rsidRDefault="00C85725"/>
@@ -5426,102 +4387,102 @@
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1800"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Comment for Park:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="47750DFF" w14:textId="77777777" w:rsidR="00C86E68" w:rsidRDefault="00C86E68" w:rsidP="00C86E68">
+          <w:p w14:paraId="47750DFF" w14:textId="3F4693D1" w:rsidR="00C86E68" w:rsidRDefault="00C86E68" w:rsidP="00C86E68">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:pBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:pBdr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1800"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> MERGEFIELD  "Park Comments"  \* MERGEFORMAT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00993189">
+            <w:r w:rsidR="00D77BE4">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>«Park Comments»</w:t>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="5F3107F4" w14:textId="7201BB22" w:rsidR="00C85725" w:rsidRPr="00993189" w:rsidRDefault="00C85725" w:rsidP="00C86E68">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:pBdr>
@@ -5561,51 +4522,51 @@
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1800"/>
               </w:tabs>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Comment for Refuge:</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4BE7C3D5" w14:textId="77777777" w:rsidR="00C86E68" w:rsidRDefault="00C86E68" w:rsidP="00C86E68">
+          <w:p w14:paraId="4BE7C3D5" w14:textId="3194FF15" w:rsidR="00C86E68" w:rsidRDefault="00C86E68" w:rsidP="00C86E68">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:pBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:pBdr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="720"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1800"/>
               </w:tabs>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
@@ -5613,51 +4574,51 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> MERGEFIELD  "Refuge Comments"  \* MERGEFORMAT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00993189">
+            <w:r w:rsidR="00D77BE4">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>«Refuge Comments»</w:t>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="785B961A" w14:textId="70A6D935" w:rsidR="00C85725" w:rsidRPr="00993189" w:rsidRDefault="00C85725" w:rsidP="00C86E68">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:pBdr>
@@ -5707,51 +4668,50 @@
     </w:p>
     <w:p w14:paraId="75BF79AA" w14:textId="160B75AF" w:rsidR="007C7A3C" w:rsidRPr="00993189" w:rsidRDefault="00DA0F8C" w:rsidP="007C7A3C">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="8640"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00993189">
         <w:rPr>
           <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>THREATENED AND ENDANGERED SPECIES:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9523"/>
       </w:tblGrid>
       <w:tr w:rsidR="00993189" w14:paraId="63139C5C" w14:textId="77777777" w:rsidTr="00182A6D">
         <w:trPr>
           <w:trHeight w:val="725"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9523" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="64270366" w14:textId="77777777" w:rsidR="00993189" w:rsidRPr="00993189" w:rsidRDefault="00993189" w:rsidP="00993189">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:pBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -5943,669 +4903,691 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00182A6D">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Federal Listing</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00182A6D" w14:paraId="1A000725" w14:textId="77777777" w:rsidTr="00182A6D">
         <w:trPr>
           <w:trHeight w:val="240"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3595" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="424D8830" w14:textId="095A249F" w:rsidR="00182A6D" w:rsidRPr="00993189" w:rsidRDefault="00182A6D" w:rsidP="00182A6D">
+          <w:p w14:paraId="424D8830" w14:textId="7FFCC57B" w:rsidR="00182A6D" w:rsidRPr="00993189" w:rsidRDefault="00182A6D" w:rsidP="00182A6D">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:pBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:pBdr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
               </w:tabs>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> MERGEFIELD  "Potentially Impacted Species"  \* MERGEFORMAT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00993189">
+            <w:r w:rsidR="00D77BE4">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>«Potentially Impacted Species»</w:t>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2753" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="336E60B2" w14:textId="623BAC78" w:rsidR="00182A6D" w:rsidRPr="00993189" w:rsidRDefault="00182A6D" w:rsidP="00182A6D">
+          <w:p w14:paraId="336E60B2" w14:textId="442FABD8" w:rsidR="00182A6D" w:rsidRPr="00993189" w:rsidRDefault="00182A6D" w:rsidP="00182A6D">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:pBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:pBdr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
               </w:tabs>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> MERGEFIELD  "State Listing"  \* MERGEFORMAT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00D77BE4">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>«State Listing»</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3175" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4ECFEE91" w14:textId="26546717" w:rsidR="00182A6D" w:rsidRPr="00993189" w:rsidRDefault="00182A6D" w:rsidP="00182A6D">
+          <w:p w14:paraId="4ECFEE91" w14:textId="593ADA40" w:rsidR="00182A6D" w:rsidRPr="00993189" w:rsidRDefault="00182A6D" w:rsidP="00182A6D">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:pBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:pBdr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
               </w:tabs>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> MERGEFIELD  "Federal Listing"  \* MERGEFORMAT </w:instrText>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
+            <w:r w:rsidR="00D77BE4">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>«Federal Listing»</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="6AA12176" w14:textId="77777777" w:rsidR="00182A6D" w:rsidRPr="00182A6D" w:rsidRDefault="00182A6D">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="4"/>
           <w:szCs w:val="2"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9523"/>
       </w:tblGrid>
       <w:tr w:rsidR="00C86E68" w:rsidRPr="00993189" w14:paraId="0034F796" w14:textId="77777777" w:rsidTr="00C26CBB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9523" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="01C37626" w14:textId="77777777" w:rsidR="00182A6D" w:rsidRPr="00993189" w:rsidRDefault="00182A6D" w:rsidP="00182A6D">
+          <w:p w14:paraId="01C37626" w14:textId="33D64AE7" w:rsidR="00182A6D" w:rsidRPr="00993189" w:rsidRDefault="00182A6D" w:rsidP="00182A6D">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:pBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:pBdr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00993189">
-[...7 lines deleted...]
-              <w:t xml:space="preserve">Determination of Effect: </w:t>
+            <w:r w:rsidRPr="00AE5D2C">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Determination of Effect</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993189">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> MERGEFIELD  "Determination Of Effect (DOE)"  \* MERGEFORMAT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00993189">
+            <w:r w:rsidR="00D77BE4">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>«Determination Of Effect (DOE)»</w:t>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="42984C92" w14:textId="77777777" w:rsidR="00182A6D" w:rsidRPr="00993189" w:rsidRDefault="00182A6D" w:rsidP="00182A6D">
+          <w:p w14:paraId="42984C92" w14:textId="250C4E31" w:rsidR="00182A6D" w:rsidRPr="00993189" w:rsidRDefault="00182A6D" w:rsidP="00182A6D">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:pBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:pBdr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00993189">
-[...7 lines deleted...]
-              <w:t xml:space="preserve">USFWS Concurrence Date: </w:t>
+            <w:r w:rsidRPr="00AE5D2C">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>USFWS Concurrence Date</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993189">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> MERGEFIELD  "USFWS Concurrence Date"  \* MERGEFORMAT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00993189">
+            <w:r w:rsidR="00D77BE4">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>«USFWS Concurrence Date»</w:t>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="67BE62CB" w14:textId="77777777" w:rsidR="00182A6D" w:rsidRPr="00993189" w:rsidRDefault="00182A6D" w:rsidP="00182A6D">
+          <w:p w14:paraId="67BE62CB" w14:textId="77081194" w:rsidR="00182A6D" w:rsidRPr="00993189" w:rsidRDefault="00182A6D" w:rsidP="00182A6D">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:pBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:pBdr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:bookmarkStart w:id="0" w:name="_Hlk152910533"/>
-            <w:r w:rsidRPr="00993189">
-[...3 lines deleted...]
-                <w:bCs w:val="0"/>
+            <w:r w:rsidRPr="00AE5D2C">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Iowa DNR Concurrence Date</w:t>
             </w:r>
             <w:bookmarkEnd w:id="0"/>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">: </w:t>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> MERGEFIELD  "Iowa DNR Concurrence Date"  \* MERGEFORMAT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00993189">
+            <w:r w:rsidR="00D77BE4">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>«Iowa DNR Concurrence Date»</w:t>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4A473F7A" w14:textId="77777777" w:rsidR="00182A6D" w:rsidRDefault="00182A6D" w:rsidP="00182A6D">
+          <w:p w14:paraId="4A473F7A" w14:textId="3F84E12E" w:rsidR="00182A6D" w:rsidRDefault="00182A6D" w:rsidP="00182A6D">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:pBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:pBdr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="2070"/>
               </w:tabs>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00993189">
-[...7 lines deleted...]
-              <w:t xml:space="preserve">Mitigation Type: </w:t>
+            <w:r w:rsidRPr="00AE5D2C">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Mitigation</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993189">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> MERGEFIELD  "Mitigation Type"  \* MERGEFORMAT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00993189">
+            <w:r w:rsidR="00D77BE4">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>«Mitigation Type»</w:t>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="6241F142" w14:textId="77777777" w:rsidR="00182A6D" w:rsidRDefault="00182A6D" w:rsidP="00C86E68">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:pBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:pBdr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="2070"/>
               </w:tabs>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="64260F5E" w14:textId="00414007" w:rsidR="00C86E68" w:rsidRDefault="00993189" w:rsidP="00C86E68">
+          <w:p w14:paraId="64260F5E" w14:textId="74E54125" w:rsidR="00C86E68" w:rsidRDefault="00993189" w:rsidP="00C86E68">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:pBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:pBdr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="2070"/>
               </w:tabs>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
@@ -6642,51 +5624,51 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidR="00C86E68" w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> MERGEFIELD  "T&amp;E Comment"  \* MERGEFORMAT </w:instrText>
             </w:r>
             <w:r w:rsidR="00C86E68" w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="00C86E68" w:rsidRPr="00993189">
+            <w:r w:rsidR="00D77BE4">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>«T&amp;E Comment»</w:t>
             </w:r>
             <w:r w:rsidR="00C86E68" w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="2AFE7E03" w14:textId="7D814AF8" w:rsidR="00C85725" w:rsidRPr="00993189" w:rsidRDefault="00C85725" w:rsidP="00C86E68">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:pBdr>
@@ -6778,241 +5760,268 @@
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:pBdr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1350"/>
                 <w:tab w:val="left" w:pos="3960"/>
                 <w:tab w:val="left" w:pos="8640"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>A review was completed to determine if woodlands meeting the criteria of Iowa Code 314.23 were present in the project area. Woodland removed shall be replaced by plantings as close as possible to the initial site, or by acquisition of an equal amount of woodland in the general vicinity for public ownership and preservation, or by other mitigation deemed to be comparable to the woodland removed, including, but not limited to, the improvement, development, or preservation of woodland under public ownership.</w:t>
+              <w:t xml:space="preserve">A review was completed to determine if woodlands meeting the criteria of Iowa Code 314.23 were present in the project area. Woodland removed shall be replaced by plantings </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993189">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:lastRenderedPageBreak/>
+              <w:t>as close as possible to the initial site, or by acquisition of an equal amount of woodland in the general vicinity for public ownership and preservation, or by other mitigation deemed to be comparable to the woodland removed, including, but not limited to, the improvement, development, or preservation of woodland under public ownership.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="238AE006" w14:textId="77777777" w:rsidR="00993189" w:rsidRPr="00993189" w:rsidRDefault="00993189" w:rsidP="00993189">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:pBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:pBdr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1350"/>
                 <w:tab w:val="left" w:pos="3960"/>
                 <w:tab w:val="left" w:pos="8640"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="21C0FFA7" w14:textId="77777777" w:rsidR="00993189" w:rsidRPr="00993189" w:rsidRDefault="00993189" w:rsidP="00993189">
+          <w:p w14:paraId="21C0FFA7" w14:textId="23ED6231" w:rsidR="00993189" w:rsidRPr="00993189" w:rsidRDefault="00993189" w:rsidP="00993189">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:pBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:pBdr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1350"/>
                 <w:tab w:val="left" w:pos="3960"/>
                 <w:tab w:val="left" w:pos="8640"/>
               </w:tabs>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00993189">
-[...7 lines deleted...]
-              <w:t xml:space="preserve">Woodland meeting criteria: </w:t>
+            <w:r w:rsidRPr="00AE5D2C">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Woodland meeting criteria</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993189">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> MERGEFIELD  "Woodland acres"  \* MERGEFORMAT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00993189">
+            <w:r w:rsidR="00D77BE4">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>«Woodland acres»</w:t>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> acre(s)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0DF7C1B3" w14:textId="77777777" w:rsidR="00993189" w:rsidRDefault="00993189" w:rsidP="00993189">
+          <w:p w14:paraId="0DF7C1B3" w14:textId="54A1ED6A" w:rsidR="00993189" w:rsidRDefault="00AE5D2C" w:rsidP="00993189">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:pBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:pBdr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1350"/>
                 <w:tab w:val="left" w:pos="3960"/>
                 <w:tab w:val="left" w:pos="8640"/>
               </w:tabs>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00993189">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00993189">
+            <w:r w:rsidRPr="00AE5D2C">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Mitigation:</w:t>
+            </w:r>
+            <w:r w:rsidR="00993189" w:rsidRPr="00993189">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00993189" w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidRPr="00993189">
+            <w:r w:rsidR="00993189" w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> MERGEFIELD  "Mitigation required"  \* MERGEFORMAT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00993189">
+            <w:r w:rsidR="00993189" w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00993189">
+            <w:r w:rsidR="00D77BE4">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>«Mitigation required»</w:t>
             </w:r>
-            <w:r w:rsidRPr="00993189">
+            <w:r w:rsidR="00993189" w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="5DB04580" w14:textId="3A313CD6" w:rsidR="002129E6" w:rsidRDefault="002129E6" w:rsidP="00993189">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:pBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:pBdr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1350"/>
                 <w:tab w:val="left" w:pos="3960"/>
                 <w:tab w:val="left" w:pos="8640"/>
               </w:tabs>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
@@ -7036,114 +6045,115 @@
               <w:pBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:pBdr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="90"/>
                 <w:tab w:val="left" w:pos="1080"/>
               </w:tabs>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>Comment:</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="60C34610" w14:textId="77777777" w:rsidR="00C86E68" w:rsidRDefault="00C86E68" w:rsidP="00C86E68">
+          <w:p w14:paraId="60C34610" w14:textId="34E3439C" w:rsidR="00C86E68" w:rsidRDefault="00C86E68" w:rsidP="00C86E68">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:pBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:pBdr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="90"/>
                 <w:tab w:val="left" w:pos="1080"/>
               </w:tabs>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> MERGEFIELD  "Woodland Comment"  \* MERGEFORMAT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00993189">
+            <w:r w:rsidR="00D77BE4">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>«Woodland Comment»</w:t>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="3B5991EE" w14:textId="23286BFB" w:rsidR="00C85725" w:rsidRPr="00993189" w:rsidRDefault="00C85725" w:rsidP="00C86E68">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:pBdr>
@@ -7164,92 +6174,74 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="36BF962F" w14:textId="77777777" w:rsidR="007C7A3C" w:rsidRPr="00993189" w:rsidRDefault="007C7A3C" w:rsidP="007C7A3C">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="8640"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="665FB528" w14:textId="77777777" w:rsidR="002129E6" w:rsidRDefault="002129E6">
-[...15 lines deleted...]
-    </w:p>
     <w:p w14:paraId="7F44AB92" w14:textId="2C7D84E3" w:rsidR="007C7A3C" w:rsidRPr="00993189" w:rsidRDefault="00DA0F8C" w:rsidP="007C7A3C">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="8640"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00993189">
         <w:rPr>
           <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>WATER RESOURCES:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9523"/>
       </w:tblGrid>
       <w:tr w:rsidR="00993189" w14:paraId="1F3099BE" w14:textId="77777777" w:rsidTr="00993189">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9523" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="413674BC" w14:textId="77777777" w:rsidR="00993189" w:rsidRPr="00993189" w:rsidRDefault="00993189" w:rsidP="00993189">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:pBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:pBdr>
               <w:tabs>
@@ -7275,278 +6267,302 @@
               <w:t>A review was completed to determine if potential wetlands and streams are within the project area.  Waters of the U.S., including wetlands, waterways, lakes, natural ponds, and impoundments, are regulated by the U.S. Army Corps of Engineers (USACE) under Section 404 of the Clean Water Act, which requires a permit to authorize the discharge of dredged or fill material into waters of the U.S. (33 USC 1251 et seq.). Executive Order 11990, Protection of Wetlands, requires Federal agencies (including FHWA) to implement “no net loss” measures for wetlands (42 Federal Register (FR) 26951).</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="61292FC1" w14:textId="77777777" w:rsidR="00993189" w:rsidRPr="00993189" w:rsidRDefault="00993189" w:rsidP="00993189">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:pBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:pBdr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="2610"/>
               </w:tabs>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="0419E8B1" w14:textId="77777777" w:rsidR="00993189" w:rsidRPr="00993189" w:rsidRDefault="00993189" w:rsidP="00993189">
+          <w:p w14:paraId="0419E8B1" w14:textId="3BCAA8FA" w:rsidR="00993189" w:rsidRPr="00993189" w:rsidRDefault="00993189" w:rsidP="00993189">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:pBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:pBdr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="2610"/>
               </w:tabs>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00993189">
-[...7 lines deleted...]
-              <w:t xml:space="preserve">Is a 404 Permit Required? </w:t>
+            <w:r w:rsidRPr="00AE5D2C">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Is a 404 Permit Required?</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993189">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> MERGEFIELD  "Is a 404 Permit Required?"  \* MERGEFORMAT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00993189">
+            <w:r w:rsidR="00D77BE4">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>«Is a 404 Permit Required?»</w:t>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="71007F27" w14:textId="77777777" w:rsidR="00993189" w:rsidRPr="00993189" w:rsidRDefault="00993189" w:rsidP="00993189">
+          <w:p w14:paraId="71007F27" w14:textId="2D5D53C6" w:rsidR="00993189" w:rsidRPr="00993189" w:rsidRDefault="00993189" w:rsidP="00993189">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:pBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:pBdr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="2610"/>
               </w:tabs>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00993189">
-[...7 lines deleted...]
-              <w:t xml:space="preserve">Anticipated Permit: </w:t>
+            <w:r w:rsidRPr="00AE5D2C">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Anticipated Permit</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993189">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> MERGEFIELD  "Type of permit"  \* MERGEFORMAT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00993189">
+            <w:r w:rsidR="00D77BE4">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>«Type of permit»</w:t>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3829891A" w14:textId="77777777" w:rsidR="00993189" w:rsidRDefault="00993189" w:rsidP="00993189">
+          <w:p w14:paraId="3829891A" w14:textId="1811B985" w:rsidR="00993189" w:rsidRDefault="00993189" w:rsidP="00993189">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:pBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:pBdr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="2610"/>
               </w:tabs>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00993189">
-[...7 lines deleted...]
-              <w:t xml:space="preserve">Dated: </w:t>
+            <w:r w:rsidRPr="00AE5D2C">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Dated</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993189">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> MERGEFIELD  "Office Review from W00 Review"  \* MERGEFORMAT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00993189">
+            <w:r w:rsidR="00D77BE4">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>«Office Review from W00 Review»</w:t>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="3118CB00" w14:textId="74CEAF57" w:rsidR="002129E6" w:rsidRPr="00993189" w:rsidRDefault="002129E6" w:rsidP="00993189">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:pBdr>
@@ -7595,101 +6611,101 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Comment: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="11996AE0" w14:textId="77777777" w:rsidR="00C86E68" w:rsidRDefault="00C86E68" w:rsidP="00C86E68">
+          <w:p w14:paraId="11996AE0" w14:textId="5EA82521" w:rsidR="00C86E68" w:rsidRDefault="00C86E68" w:rsidP="00C86E68">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:pBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:pBdr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="90"/>
                 <w:tab w:val="left" w:pos="1080"/>
               </w:tabs>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> MERGEFIELD  "Wetland Stream Comment"  \* MERGEFORMAT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00993189">
+            <w:r w:rsidR="00D77BE4">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>«Wetland Stream Comment»</w:t>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="182EAE86" w14:textId="3E63B166" w:rsidR="00C85725" w:rsidRPr="00993189" w:rsidRDefault="00C85725" w:rsidP="00C86E68">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:pBdr>
@@ -7747,80 +6763,100 @@
       </w:pPr>
       <w:r w:rsidRPr="00993189">
         <w:rPr>
           <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>WATER QUALITY:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9523"/>
       </w:tblGrid>
       <w:tr w:rsidR="00993189" w14:paraId="05EBA882" w14:textId="77777777" w:rsidTr="00993189">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9523" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="52213F33" w14:textId="77777777" w:rsidR="00993189" w:rsidRDefault="00993189" w:rsidP="007C7A3C">
+          <w:p w14:paraId="52213F33" w14:textId="0D53CD7B" w:rsidR="00993189" w:rsidRDefault="00993189" w:rsidP="007C7A3C">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:pBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:pBdr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1350"/>
                 <w:tab w:val="left" w:pos="3960"/>
                 <w:tab w:val="left" w:pos="8640"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>A review was completed and determined that no significant water quality impacts or issues are expected to result from the action discussed in this document.  Standard construction specifications provide for erosion control to limit sedimentation of drainage ways and water courses and no mitigation or remedial efforts are planned.</w:t>
+              <w:t>A review was completed and determined that no significant water quality impacts or issues are expected to result from the action discussed in this document.  Standard construction specifications provide for erosion control to limit sedimentation of drainage ways and water courses</w:t>
+            </w:r>
+            <w:r w:rsidR="00EF3F60">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>,</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993189">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> and no mitigation or remedial efforts are planned.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0FECAE69" w14:textId="3FDB10D3" w:rsidR="002129E6" w:rsidRDefault="002129E6" w:rsidP="007C7A3C">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:pBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:pBdr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1350"/>
                 <w:tab w:val="left" w:pos="3960"/>
                 <w:tab w:val="left" w:pos="8640"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
@@ -7850,102 +6886,102 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Comment: </w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0756C201" w14:textId="77777777" w:rsidR="00C86E68" w:rsidRDefault="00C86E68" w:rsidP="00C86E68">
+          <w:p w14:paraId="0756C201" w14:textId="5788592C" w:rsidR="00C86E68" w:rsidRDefault="00C86E68" w:rsidP="00C86E68">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:pBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:pBdr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1350"/>
                 <w:tab w:val="left" w:pos="3960"/>
                 <w:tab w:val="left" w:pos="8640"/>
               </w:tabs>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> MERGEFIELD  "Water Quality Note"  \* MERGEFORMAT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00993189">
+            <w:r w:rsidR="00D77BE4">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>«Water Quality Note»</w:t>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="6C8F8607" w14:textId="45A5DE87" w:rsidR="00C85725" w:rsidRPr="00993189" w:rsidRDefault="00C85725" w:rsidP="00C86E68">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:pBdr>
@@ -8033,299 +7069,324 @@
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:pBdr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1350"/>
                 <w:tab w:val="left" w:pos="3960"/>
                 <w:tab w:val="left" w:pos="8640"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t>A review was completed to determine if a floodway/floodplain is present in the project area and would require a permit in accordance with 567 Iowa Code Chapter 71.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="4842BE1E" w14:textId="77777777" w:rsidR="00993189" w:rsidRPr="00993189" w:rsidRDefault="00993189" w:rsidP="00993189">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:pBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:pBdr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1620"/>
               </w:tabs>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="43845885" w14:textId="77777777" w:rsidR="00993189" w:rsidRPr="00993189" w:rsidRDefault="00993189" w:rsidP="00993189">
+          <w:p w14:paraId="43845885" w14:textId="474B9F2A" w:rsidR="00993189" w:rsidRPr="00993189" w:rsidRDefault="00993189" w:rsidP="00993189">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:pBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:pBdr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1620"/>
               </w:tabs>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00993189">
-[...7 lines deleted...]
-              <w:t xml:space="preserve">Floodway or Floodplain present: </w:t>
+            <w:r w:rsidRPr="00AE5D2C">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Floodway or Floodplain present</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993189">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> MERGEFIELD  "Floodway/floodplain present:"  \* MERGEFORMAT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00993189">
+            <w:r w:rsidR="00D77BE4">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>«Floodway/floodplain present:»</w:t>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4744B511" w14:textId="77777777" w:rsidR="00993189" w:rsidRPr="00993189" w:rsidRDefault="00993189" w:rsidP="00993189">
+          <w:p w14:paraId="4744B511" w14:textId="7C33B680" w:rsidR="00993189" w:rsidRPr="00993189" w:rsidRDefault="00993189" w:rsidP="00993189">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:pBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:pBdr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1620"/>
               </w:tabs>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00993189">
-[...7 lines deleted...]
-              <w:t xml:space="preserve">Amount of Acres Present: </w:t>
+            <w:r w:rsidRPr="00AE5D2C">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Amount of Acres Present</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993189">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> MERGEFIELD  "Amount of Acres Present"  \* MERGEFORMAT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00993189">
+            <w:r w:rsidR="00D77BE4">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>«Amount of Acres Present»</w:t>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="70852B4D" w14:textId="77777777" w:rsidR="00993189" w:rsidRDefault="00993189" w:rsidP="00993189">
+          <w:p w14:paraId="70852B4D" w14:textId="2974EA2A" w:rsidR="00993189" w:rsidRDefault="00993189" w:rsidP="00993189">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:pBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:pBdr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1620"/>
               </w:tabs>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00993189">
-[...7 lines deleted...]
-              <w:t xml:space="preserve">Is a LOMR/CLOMR Required? </w:t>
+            <w:r w:rsidRPr="00AE5D2C">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Is a LOMR/CLOMR Required?</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993189">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> MERGEFIELD  "Is a LOMR/CLOMR Required?:"  \* MERGEFORMAT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00993189">
+            <w:r w:rsidR="00D77BE4">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>«Is a LOMR/CLOMR Required?:»</w:t>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="51C860D8" w14:textId="2DAD6840" w:rsidR="002129E6" w:rsidRDefault="002129E6" w:rsidP="00993189">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:pBdr>
@@ -8363,102 +7424,102 @@
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="1080"/>
               </w:tabs>
               <w:ind w:left="360" w:hanging="360"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Comment: </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="65A56DEE" w14:textId="77777777" w:rsidR="00C86E68" w:rsidRDefault="00C86E68" w:rsidP="00C86E68">
+          <w:p w14:paraId="65A56DEE" w14:textId="6BA14735" w:rsidR="00C86E68" w:rsidRDefault="00C86E68" w:rsidP="00C86E68">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:pBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:pBdr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="1080"/>
               </w:tabs>
               <w:ind w:left="360" w:hanging="360"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> MERGEFIELD  "Floodway Comment"  \* MERGEFORMAT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00993189">
+            <w:r w:rsidR="00D77BE4">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>«Floodway Comment»</w:t>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="001E902F" w14:textId="265D557D" w:rsidR="00C85725" w:rsidRPr="00993189" w:rsidRDefault="00C85725" w:rsidP="00C86E68">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:pBdr>
@@ -8480,478 +7541,490 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="3414065B" w14:textId="007F6767" w:rsidR="007C7A3C" w:rsidRPr="00993189" w:rsidRDefault="007C7A3C" w:rsidP="001E0388">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="8640"/>
         </w:tabs>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="52875AA6" w14:textId="77777777" w:rsidR="002129E6" w:rsidRDefault="002129E6">
-[...17 lines deleted...]
-    </w:p>
     <w:p w14:paraId="6D5B3DCD" w14:textId="00B59E52" w:rsidR="007C7A3C" w:rsidRPr="00993189" w:rsidRDefault="00DA0F8C" w:rsidP="007C7A3C">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00993189">
         <w:rPr>
           <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>FARMLAND PROTECTION:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9523"/>
       </w:tblGrid>
       <w:tr w:rsidR="002129E6" w14:paraId="2276D08A" w14:textId="77777777" w:rsidTr="002129E6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9523" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="56DEA24D" w14:textId="77777777" w:rsidR="002129E6" w:rsidRPr="00993189" w:rsidRDefault="002129E6" w:rsidP="002129E6">
+          <w:p w14:paraId="56DEA24D" w14:textId="62FE8E7F" w:rsidR="002129E6" w:rsidRPr="00993189" w:rsidRDefault="002129E6" w:rsidP="002129E6">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:pBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:pBdr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="1080"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>A review was completed to determine if farmland is present in the study area and if it is subject to the Farmland Protection Policy Act requiring the Farmland Conversion Impact Rating form NRCS-CPA-106.</w:t>
+              <w:t>A review was completed to determine if farmland is present in the study area and if it is subject to the Farmland Protection Policy Act requiring the Farmland Conversion Impact Rating form.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="3605550A" w14:textId="77777777" w:rsidR="002129E6" w:rsidRPr="00993189" w:rsidRDefault="002129E6" w:rsidP="002129E6">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:pBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:pBdr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="1080"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="059C3E26" w14:textId="77777777" w:rsidR="002129E6" w:rsidRPr="00993189" w:rsidRDefault="002129E6" w:rsidP="002129E6">
+          <w:p w14:paraId="059C3E26" w14:textId="0C79BE04" w:rsidR="002129E6" w:rsidRPr="00993189" w:rsidRDefault="002129E6" w:rsidP="002129E6">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:pBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:pBdr>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00993189">
-[...7 lines deleted...]
-              <w:t xml:space="preserve">Farmland impacts: </w:t>
+            <w:r w:rsidRPr="00AE5D2C">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Farmland impacts</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993189">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> MERGEFIELD  "farmland impact in acres"  \* MERGEFORMAT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00993189">
+            <w:r w:rsidR="00D77BE4">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>«farmland impact in acres»</w:t>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> acre(s)</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5608DF4A" w14:textId="77777777" w:rsidR="002129E6" w:rsidRPr="00993189" w:rsidRDefault="002129E6" w:rsidP="002129E6">
+          <w:p w14:paraId="5608DF4A" w14:textId="1CE55D75" w:rsidR="002129E6" w:rsidRPr="00993189" w:rsidRDefault="002129E6" w:rsidP="002129E6">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:pBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:pBdr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="450"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1350"/>
                 <w:tab w:val="left" w:pos="6840"/>
               </w:tabs>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00993189">
-[...7 lines deleted...]
-              <w:t xml:space="preserve">Is it in an urban area? </w:t>
+            <w:r w:rsidRPr="00AE5D2C">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Is it in an urban area?</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993189">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> MERGEFIELD  "Is it in an Urban area?"  \* MERGEFORMAT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00993189">
+            <w:r w:rsidR="00D77BE4">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>«Is it in an Urban area?»</w:t>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2D6B0F86" w14:textId="77777777" w:rsidR="002129E6" w:rsidRPr="00993189" w:rsidRDefault="002129E6" w:rsidP="002129E6">
+          <w:p w14:paraId="2D6B0F86" w14:textId="6C7C2C7F" w:rsidR="002129E6" w:rsidRPr="00993189" w:rsidRDefault="002129E6" w:rsidP="002129E6">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:pBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:pBdr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="450"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1350"/>
                 <w:tab w:val="left" w:pos="6840"/>
               </w:tabs>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00993189">
-[...7 lines deleted...]
-              <w:t xml:space="preserve">Is it a designated water storage? </w:t>
+            <w:r w:rsidRPr="00AE5D2C">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Is it a designated water storage?</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993189">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> MERGEFIELD  "Is it a designated water storage"  \* MERGEFORMAT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00993189">
+            <w:r w:rsidR="00D77BE4">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>«Is it a designated water storage»</w:t>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="108391A3" w14:textId="38CFF391" w:rsidR="002129E6" w:rsidRDefault="002129E6" w:rsidP="002129E6">
+          <w:p w14:paraId="108391A3" w14:textId="5A8A30CD" w:rsidR="002129E6" w:rsidRDefault="002129E6" w:rsidP="002129E6">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:pBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:pBdr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="450"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1350"/>
                 <w:tab w:val="left" w:pos="6840"/>
               </w:tabs>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00993189">
-[...7 lines deleted...]
-              <w:t xml:space="preserve">Mitigation: </w:t>
+            <w:r w:rsidRPr="00AE5D2C">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Mitigation</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993189">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> MERGEFIELD  Mitigation  \* MERGEFORMAT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00993189">
+            <w:r w:rsidR="00D77BE4">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>«Mitigation»</w:t>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00C86E68" w:rsidRPr="00993189" w14:paraId="34E2E1CC" w14:textId="77777777" w:rsidTr="00C26CBB">
         <w:tc>
@@ -8970,51 +8043,51 @@
                 <w:tab w:val="left" w:pos="450"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1350"/>
                 <w:tab w:val="left" w:pos="6840"/>
               </w:tabs>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Comment: </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="7643BB42" w14:textId="77777777" w:rsidR="00C86E68" w:rsidRDefault="00C86E68" w:rsidP="00C86E68">
+          <w:p w14:paraId="7643BB42" w14:textId="6F79CBEC" w:rsidR="00C86E68" w:rsidRDefault="00C86E68" w:rsidP="00C86E68">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:pBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:pBdr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="450"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1350"/>
                 <w:tab w:val="left" w:pos="6840"/>
               </w:tabs>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
@@ -9023,51 +8096,51 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> MERGEFIELD  "farmland comment"  \* MERGEFORMAT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00993189">
+            <w:r w:rsidR="00D77BE4">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>«farmland comment»</w:t>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="38266AFB" w14:textId="16773548" w:rsidR="00C85725" w:rsidRPr="00993189" w:rsidRDefault="00C85725" w:rsidP="00C86E68">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:pBdr>
@@ -9189,359 +8262,430 @@
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>The results of the review are in the following table:</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="4C108043" w14:textId="77777777" w:rsidR="00C85725" w:rsidRDefault="00C85725"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4761"/>
         <w:gridCol w:w="4762"/>
       </w:tblGrid>
       <w:tr w:rsidR="007C7A3C" w:rsidRPr="00993189" w14:paraId="5F15FFE3" w14:textId="77777777" w:rsidTr="002129E6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4761" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="6D35F6F0" w14:textId="77777777" w:rsidR="007C7A3C" w:rsidRPr="00182A6D" w:rsidRDefault="007C7A3C" w:rsidP="00C26CBB">
+          <w:p w14:paraId="6D35F6F0" w14:textId="77777777" w:rsidR="007C7A3C" w:rsidRPr="00AE5D2C" w:rsidRDefault="007C7A3C" w:rsidP="00C26CBB">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
-                <w:b/>
-                <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00182A6D">
-[...3 lines deleted...]
-                <w:bCs/>
+            <w:r w:rsidRPr="00AE5D2C">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Name of Site</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4762" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="F2F2F2" w:themeFill="background1" w:themeFillShade="F2"/>
           </w:tcPr>
-          <w:p w14:paraId="4A4F4BA6" w14:textId="77777777" w:rsidR="007C7A3C" w:rsidRPr="00182A6D" w:rsidRDefault="007C7A3C" w:rsidP="00C26CBB">
+          <w:p w14:paraId="4A4F4BA6" w14:textId="07F5F89B" w:rsidR="007C7A3C" w:rsidRPr="00AE5D2C" w:rsidRDefault="00EF3F60" w:rsidP="00C26CBB">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
-                <w:b/>
-                <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00182A6D">
-[...6 lines deleted...]
-              <w:t>Acres</w:t>
+            <w:r w:rsidRPr="00AE5D2C">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Description of Impact</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="007C7A3C" w:rsidRPr="00993189" w14:paraId="1A933393" w14:textId="77777777" w:rsidTr="002129E6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4761" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="6A068679" w14:textId="77777777" w:rsidR="007C7A3C" w:rsidRPr="00993189" w:rsidRDefault="007C7A3C" w:rsidP="00C26CBB">
+          <w:p w14:paraId="6A068679" w14:textId="27D7239A" w:rsidR="007C7A3C" w:rsidRPr="00993189" w:rsidRDefault="007C7A3C" w:rsidP="00C26CBB">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> MERGEFIELD  "Name of Site"  \* MERGEFORMAT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00993189">
+            <w:r w:rsidR="00D77BE4">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>«Name of Site»</w:t>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4762" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="1761B616" w14:textId="77777777" w:rsidR="007C7A3C" w:rsidRPr="00993189" w:rsidRDefault="007C7A3C" w:rsidP="00C26CBB">
+          <w:p w14:paraId="1761B616" w14:textId="49565F66" w:rsidR="007C7A3C" w:rsidRPr="00993189" w:rsidRDefault="007C7A3C" w:rsidP="00C26CBB">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b/>
                 <w:bCs/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> MERGEFIELD  Acres  \* MERGEFORMAT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00993189">
+            <w:r w:rsidR="00D77BE4">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>«Acres»</w:t>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="7C3D05B2" w14:textId="77777777" w:rsidR="00C85725" w:rsidRDefault="00C85725"/>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9523"/>
       </w:tblGrid>
       <w:tr w:rsidR="002129E6" w14:paraId="7F389C41" w14:textId="77777777" w:rsidTr="002129E6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9523" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2179DD96" w14:textId="77777777" w:rsidR="002129E6" w:rsidRPr="00993189" w:rsidRDefault="002129E6" w:rsidP="002129E6">
+          <w:p w14:paraId="2179DD96" w14:textId="66E9CC84" w:rsidR="002129E6" w:rsidRPr="00993189" w:rsidRDefault="002129E6" w:rsidP="002129E6">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00993189">
-[...4 lines deleted...]
-              <w:t xml:space="preserve">Potential REC: </w:t>
+            <w:r w:rsidRPr="00AE5D2C">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Potential R</w:t>
+            </w:r>
+            <w:r w:rsidR="00AE5D2C" w:rsidRPr="00AE5D2C">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">ecognized </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE5D2C">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>E</w:t>
+            </w:r>
+            <w:r w:rsidR="00AE5D2C" w:rsidRPr="00AE5D2C">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">nvironmental </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00AE5D2C">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>C</w:t>
+            </w:r>
+            <w:r w:rsidR="00AE5D2C" w:rsidRPr="00AE5D2C">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>oncerns (REC</w:t>
+            </w:r>
+            <w:r w:rsidR="00AE5D2C">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>)</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993189">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> MERGEFIELD  "Potential REC"  \* MERGEFORMAT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00993189">
+            <w:r w:rsidR="00D77BE4">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>«Potential REC»</w:t>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5B367C49" w14:textId="77777777" w:rsidR="002129E6" w:rsidRPr="00993189" w:rsidRDefault="002129E6" w:rsidP="002129E6">
+          <w:p w14:paraId="5B367C49" w14:textId="1D9FF3C0" w:rsidR="002129E6" w:rsidRPr="00993189" w:rsidRDefault="002129E6" w:rsidP="002129E6">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00993189">
-[...4 lines deleted...]
-              <w:t xml:space="preserve">Known REC: </w:t>
+            <w:r w:rsidRPr="00AE5D2C">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Known REC</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993189">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> MERGEFIELD  "Known REC"  \* MERGEFORMAT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00993189">
+            <w:r w:rsidR="00D77BE4">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>«Known REC»</w:t>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="544AF095" w14:textId="77777777" w:rsidR="002129E6" w:rsidRPr="00993189" w:rsidRDefault="002129E6" w:rsidP="002129E6">
+          <w:p w14:paraId="544AF095" w14:textId="7421C0C9" w:rsidR="002129E6" w:rsidRPr="00993189" w:rsidRDefault="002129E6" w:rsidP="002129E6">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00993189">
-[...4 lines deleted...]
-              <w:t xml:space="preserve">Mitigation: </w:t>
+            <w:r w:rsidRPr="00AE5D2C">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
+                <w:b/>
+                <w:bCs/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Mitigation</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993189">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> MERGEFIELD  Mitigation  \* MERGEFORMAT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00993189">
+            <w:r w:rsidR="00D77BE4">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:noProof/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>«Mitigation»</w:t>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="726A9DE7" w14:textId="77777777" w:rsidR="002129E6" w:rsidRDefault="002129E6" w:rsidP="007C7A3C">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
@@ -9560,54 +8704,55 @@
               </w:pBdr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="450"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1350"/>
                 <w:tab w:val="left" w:pos="6840"/>
               </w:tabs>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
+              <w:lastRenderedPageBreak/>
               <w:t xml:space="preserve">Comment: </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="37403711" w14:textId="77777777" w:rsidR="00C86E68" w:rsidRDefault="00C86E68" w:rsidP="00C86E68">
+          <w:p w14:paraId="37403711" w14:textId="60480E71" w:rsidR="00C86E68" w:rsidRDefault="00C86E68" w:rsidP="00C86E68">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:pBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:pBdr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="450"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1350"/>
                 <w:tab w:val="left" w:pos="6840"/>
               </w:tabs>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
@@ -9616,51 +8761,51 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> MERGEFIELD  "reg mat comment"  \* MERGEFORMAT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00993189">
+            <w:r w:rsidR="00D77BE4">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>«reg mat comment»</w:t>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="396A6167" w14:textId="1F73C458" w:rsidR="00C85725" w:rsidRPr="00993189" w:rsidRDefault="00C85725" w:rsidP="00C86E68">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:pBdr>
@@ -9674,92 +8819,74 @@
                 <w:tab w:val="left" w:pos="1350"/>
                 <w:tab w:val="left" w:pos="6840"/>
               </w:tabs>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="62E1B0DA" w14:textId="77777777" w:rsidR="007C7A3C" w:rsidRPr="00993189" w:rsidRDefault="007C7A3C" w:rsidP="007C7A3C">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="77EB2836" w14:textId="77777777" w:rsidR="00B73BC7" w:rsidRDefault="00B73BC7">
-[...15 lines deleted...]
-    </w:p>
     <w:p w14:paraId="70CA137D" w14:textId="11F17A3D" w:rsidR="0084632C" w:rsidRPr="00993189" w:rsidRDefault="00DA0F8C" w:rsidP="001E0388">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="8640"/>
         </w:tabs>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00993189">
         <w:rPr>
           <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t>NOISE:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9523"/>
       </w:tblGrid>
       <w:tr w:rsidR="002129E6" w14:paraId="4D6DEC76" w14:textId="77777777" w:rsidTr="002129E6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9523" w:type="dxa"/>
           </w:tcPr>
           <w:p w14:paraId="748AC876" w14:textId="77777777" w:rsidR="002129E6" w:rsidRPr="00993189" w:rsidRDefault="002129E6" w:rsidP="002129E6">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:pBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:pBdr>
               <w:tabs>
@@ -9785,285 +8912,317 @@
               </w:rPr>
               <w:t xml:space="preserve">A review was completed to determine if the project will need to be considered for noise analysis and abatement in accordance with 23 CFR Part 772 and Iowa DOT noise policy PPM 500.07.  </w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0B39483D" w14:textId="77777777" w:rsidR="002129E6" w:rsidRPr="00993189" w:rsidRDefault="002129E6" w:rsidP="002129E6">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:pBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:pBdr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="8640"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
-          <w:p w14:paraId="2F94F8E5" w14:textId="77777777" w:rsidR="002129E6" w:rsidRPr="00993189" w:rsidRDefault="002129E6" w:rsidP="002129E6">
+          <w:p w14:paraId="2F94F8E5" w14:textId="7E70B0FC" w:rsidR="002129E6" w:rsidRPr="00993189" w:rsidRDefault="002129E6" w:rsidP="002129E6">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:pBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:pBdr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="8640"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00993189">
-[...7 lines deleted...]
-              <w:t xml:space="preserve">23 CFR 772 Noise Type: </w:t>
+            <w:r w:rsidRPr="00AE5D2C">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>23 CFR 772 Noise Type</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993189">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> MERGEFIELD  "Noise Type"  \* MERGEFORMAT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00993189">
+            <w:r w:rsidR="00D77BE4">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>«Noise Type»</w:t>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="011D2D88" w14:textId="77777777" w:rsidR="002129E6" w:rsidRPr="00993189" w:rsidRDefault="002129E6" w:rsidP="002129E6">
+          <w:p w14:paraId="011D2D88" w14:textId="5E0054C8" w:rsidR="002129E6" w:rsidRPr="00993189" w:rsidRDefault="00EF3F60" w:rsidP="002129E6">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:pBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:pBdr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="8640"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00993189">
-[...9 lines deleted...]
-            <w:r w:rsidRPr="00993189">
+            <w:r w:rsidRPr="00AE5D2C">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Is n</w:t>
+            </w:r>
+            <w:r w:rsidR="002129E6" w:rsidRPr="00AE5D2C">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>oise abatement recommended</w:t>
+            </w:r>
+            <w:r w:rsidR="002129E6" w:rsidRPr="00993189">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
+            </w:r>
+            <w:r w:rsidR="002129E6" w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r w:rsidRPr="00993189">
+            <w:r w:rsidR="002129E6" w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> MERGEFIELD  "Noise Abatement recommended"  \* MERGEFORMAT </w:instrText>
             </w:r>
-            <w:r w:rsidRPr="00993189">
+            <w:r w:rsidR="002129E6" w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00993189">
+            <w:r w:rsidR="00D77BE4">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>«Noise Abatement recommended»</w:t>
             </w:r>
-            <w:r w:rsidRPr="00993189">
+            <w:r w:rsidR="002129E6" w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="4979567C" w14:textId="77777777" w:rsidR="002129E6" w:rsidRDefault="002129E6" w:rsidP="0084632C">
+          <w:p w14:paraId="4979567C" w14:textId="3E1CECB2" w:rsidR="002129E6" w:rsidRDefault="002129E6" w:rsidP="0084632C">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:pBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:pBdr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="8640"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
-            <w:r w:rsidRPr="00993189">
-[...7 lines deleted...]
-              <w:t xml:space="preserve">Type of abatement: </w:t>
+            <w:r w:rsidRPr="00AE5D2C">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>Type of abatement</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993189">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">: </w:t>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> MERGEFIELD  "type of abatement"  \* MERGEFORMAT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00993189">
+            <w:r w:rsidR="00D77BE4">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>«type of abatement»</w:t>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
@@ -10110,101 +9269,101 @@
               </w:pBdr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="1080"/>
               </w:tabs>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t xml:space="preserve">Comment: </w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="0896AD3F" w14:textId="77777777" w:rsidR="00C86E68" w:rsidRDefault="00C86E68" w:rsidP="00C86E68">
+          <w:p w14:paraId="0896AD3F" w14:textId="23960BAA" w:rsidR="00C86E68" w:rsidRDefault="00C86E68" w:rsidP="00C86E68">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:pBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:pBdr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="1080"/>
               </w:tabs>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> MERGEFIELD  "Noise Comment"  \* MERGEFORMAT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00993189">
+            <w:r w:rsidR="00D77BE4">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>«Noise Comment»</w:t>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="4129834D" w14:textId="358D4B83" w:rsidR="00C85725" w:rsidRPr="00993189" w:rsidRDefault="00C85725" w:rsidP="00C86E68">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:pBdr>
@@ -10268,79 +9427,131 @@
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00993189">
         <w:rPr>
           <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>AIR QUALITY:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9523"/>
       </w:tblGrid>
       <w:tr w:rsidR="00C86E68" w:rsidRPr="00993189" w14:paraId="0A50572E" w14:textId="77777777" w:rsidTr="00C86E68">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9523" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="0E90B390" w14:textId="77777777" w:rsidR="00C86E68" w:rsidRDefault="00C86E68" w:rsidP="0084632C">
+          <w:p w14:paraId="0E90B390" w14:textId="46F6BAFB" w:rsidR="00C86E68" w:rsidRDefault="00C86E68" w:rsidP="0084632C">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:pBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:pBdr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="8640"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>A review was completed and determined the project complies with both Iowa’s current State Implementation Plan for attaining the national ambient air quality standards (which contains no transportation control measures), and with the conformity requirements for the Clean Air Act (CAAA) Amendments of 1990.  Short-term air quality impacts associated with dust and equipment emissions during construction are controlled by standard contract and equipment specifications.</w:t>
+              <w:t>A review was completed and determined the project complies with both Iowa’s current State Implementation Plan for attaining the national ambient air quality standards (which contains no transportation control measures), and with the conformity requirements for the Clean Air Act Amendments</w:t>
+            </w:r>
+            <w:r w:rsidR="00137568">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00137568" w:rsidRPr="00993189">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>(</w:t>
+            </w:r>
+            <w:proofErr w:type="gramStart"/>
+            <w:r w:rsidR="00137568" w:rsidRPr="00993189">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve">CAAA) </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993189">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> of</w:t>
+            </w:r>
+            <w:proofErr w:type="gramEnd"/>
+            <w:r w:rsidRPr="00993189">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> 1990.  Short-term air quality impacts associated with dust and equipment emissions during construction are controlled by standard contract and equipment specifications.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="0F855D13" w14:textId="4EF7AC10" w:rsidR="00C85725" w:rsidRPr="00993189" w:rsidRDefault="00C85725" w:rsidP="0084632C">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:pBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:pBdr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="8640"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
@@ -10455,236 +9666,85 @@
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="6A64F2A9" w14:textId="3DBE209A" w:rsidR="00E84FEA" w:rsidRPr="00993189" w:rsidRDefault="00E84FEA" w:rsidP="0084632C">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="8640"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2B98B902" w14:textId="77777777" w:rsidR="00B73BC7" w:rsidRDefault="00B73BC7">
-[...149 lines deleted...]
-    </w:p>
     <w:p w14:paraId="13F4A6AC" w14:textId="00593CEC" w:rsidR="00C27943" w:rsidRPr="00993189" w:rsidRDefault="00DA0F8C" w:rsidP="00C27943">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00993189">
         <w:rPr>
           <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>CONSTRUCTION/DETOUR IMPACTS:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9523"/>
       </w:tblGrid>
       <w:tr w:rsidR="00C86E68" w:rsidRPr="00993189" w14:paraId="3A94D696" w14:textId="77777777" w:rsidTr="00C26CBB">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9523" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="77F04430" w14:textId="18492DE7" w:rsidR="00C86E68" w:rsidRPr="00993189" w:rsidRDefault="00C86E68" w:rsidP="00C86E68">
+          <w:p w14:paraId="77F04430" w14:textId="03C85AE4" w:rsidR="00C86E68" w:rsidRPr="00993189" w:rsidRDefault="00C86E68" w:rsidP="00C86E68">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:pBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:pBdr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="450"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="1350"/>
                 <w:tab w:val="left" w:pos="6840"/>
               </w:tabs>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
@@ -10693,51 +9753,51 @@
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> MERGEFIELD  "Construction/Detour Impacts comment"  \* MERGEFORMAT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="00993189">
+            <w:r w:rsidR="00D77BE4">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:noProof/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>«Construction/Detour Impacts comment»</w:t>
             </w:r>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="5774E57D" w14:textId="77777777" w:rsidR="00C86E68" w:rsidRPr="00993189" w:rsidRDefault="00C86E68" w:rsidP="00C26CBB">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:pBdr>
@@ -10764,113 +9824,142 @@
     </w:tbl>
     <w:p w14:paraId="44AE4ECD" w14:textId="77777777" w:rsidR="009B7F89" w:rsidRPr="00993189" w:rsidRDefault="009B7F89" w:rsidP="009B7F89">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
           <w:tab w:val="left" w:pos="450"/>
           <w:tab w:val="left" w:pos="1080"/>
           <w:tab w:val="left" w:pos="1350"/>
           <w:tab w:val="left" w:pos="6840"/>
         </w:tabs>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4D61D4AC" w14:textId="5B2E1925" w:rsidR="00C27943" w:rsidRPr="00993189" w:rsidRDefault="00DA0F8C" w:rsidP="00C27943">
+    <w:p w14:paraId="4D61D4AC" w14:textId="1C667890" w:rsidR="00C27943" w:rsidRPr="00993189" w:rsidRDefault="00D77BE4" w:rsidP="00C27943">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00993189">
+      <w:r w:rsidRPr="00D77BE4">
         <w:rPr>
           <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
           <w:b/>
           <w:bCs/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>CUMULATIVE IMPACTS:</w:t>
+        <w:t xml:space="preserve">REASONABLY FORESEEABLE </w:t>
+      </w:r>
+      <w:r w:rsidR="00DA0F8C" w:rsidRPr="00993189">
+        <w:rPr>
+          <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
+          <w:b/>
+          <w:bCs/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>IMPACTS:</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9523"/>
       </w:tblGrid>
       <w:tr w:rsidR="00C86E68" w:rsidRPr="00993189" w14:paraId="73733F16" w14:textId="77777777" w:rsidTr="00C86E68">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9523" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="2F6277C9" w14:textId="77777777" w:rsidR="00C86E68" w:rsidRDefault="00C86E68" w:rsidP="00BA0612">
+          <w:p w14:paraId="2F6277C9" w14:textId="14CB6F73" w:rsidR="00C86E68" w:rsidRDefault="00C86E68" w:rsidP="00BA0612">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:pBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:pBdr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="1080"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
-              <w:t>The overall cumulative impact of the proposed action and the consequences of subsequent related actions have been evaluated and are not considered to be collectively significant.</w:t>
+              <w:t xml:space="preserve">The </w:t>
+            </w:r>
+            <w:r w:rsidR="00D77BE4">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t>reasonably foreseeable</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00993189">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
+                <w:b w:val="0"/>
+                <w:bCs w:val="0"/>
+                <w:sz w:val="24"/>
+                <w:szCs w:val="24"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> impact of the proposed action and the consequences of subsequent related actions have been evaluated and are not considered to be collectively significant.</w:t>
             </w:r>
           </w:p>
           <w:p w14:paraId="7A7B9E42" w14:textId="09843142" w:rsidR="002129E6" w:rsidRPr="00993189" w:rsidRDefault="002129E6" w:rsidP="00BA0612">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:pBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:pBdr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="1080"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
@@ -11861,51 +10950,51 @@
               <w:pBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:pBdr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="6840"/>
               </w:tabs>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="26"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00296227" w:rsidRPr="00993189" w14:paraId="719D3CE1" w14:textId="77777777" w:rsidTr="00C94B85">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9523" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="3A178B62" w14:textId="77777777" w:rsidR="00296227" w:rsidRPr="00993189" w:rsidRDefault="00296227" w:rsidP="00296227">
+          <w:p w14:paraId="3A178B62" w14:textId="4B486B33" w:rsidR="00296227" w:rsidRPr="00993189" w:rsidRDefault="00296227" w:rsidP="00296227">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:keepNext/>
               <w:keepLines/>
               <w:pBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:pBdr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="6840"/>
               </w:tabs>
               <w:ind w:left="720" w:hanging="720"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
@@ -11926,119 +11015,91 @@
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:pBdr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="6840"/>
               </w:tabs>
               <w:ind w:left="720" w:hanging="720"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:sz w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
               <w:t>Location and Environment Bureau</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
-      <w:tr w:rsidR="00296227" w:rsidRPr="00993189" w14:paraId="76B1F620" w14:textId="77777777" w:rsidTr="00C94B85">
+      <w:tr w:rsidR="00F907FE" w:rsidRPr="00993189" w14:paraId="76B1F620" w14:textId="77777777" w:rsidTr="00945BFC">
         <w:trPr>
           <w:trHeight w:val="1440"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="6745" w:type="dxa"/>
+            <w:tcW w:w="9523" w:type="dxa"/>
+            <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="6FBC0E6A" w14:textId="77777777" w:rsidR="00296227" w:rsidRPr="00993189" w:rsidRDefault="00296227" w:rsidP="001E0388">
+          <w:p w14:paraId="38357ABA" w14:textId="73D6D806" w:rsidR="00F907FE" w:rsidRPr="00993189" w:rsidRDefault="00F907FE" w:rsidP="001E0388">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:keepNext/>
               <w:keepLines/>
               <w:pBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:pBdr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="6840"/>
               </w:tabs>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="26"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00993189">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="26"/>
               </w:rPr>
               <w:t>Signature:</w:t>
             </w:r>
-          </w:p>
-[...27 lines deleted...]
-            </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00296227" w:rsidRPr="00993189" w14:paraId="34458E85" w14:textId="77777777" w:rsidTr="00C94B85">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="6745" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="0D89B395" w14:textId="77777777" w:rsidR="00296227" w:rsidRPr="00993189" w:rsidRDefault="00296227" w:rsidP="00296227">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:keepNext/>
               <w:keepLines/>
               <w:pBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:pBdr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="6840"/>
               </w:tabs>
               <w:ind w:left="720" w:hanging="720"/>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
@@ -12271,54 +11332,54 @@
     </w:p>
     <w:p w14:paraId="487C6811" w14:textId="77777777" w:rsidR="008478C4" w:rsidRPr="00993189" w:rsidRDefault="008478C4" w:rsidP="00CC4BC9">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:keepNext/>
         <w:keepLines/>
         <w:pBdr>
           <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:pBdr>
         <w:tabs>
           <w:tab w:val="left" w:pos="6840"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
         <w:jc w:val="left"/>
         <w:rPr>
           <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
           <w:b w:val="0"/>
           <w:bCs w:val="0"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="008478C4" w:rsidRPr="00993189" w:rsidSect="00312500">
-      <w:headerReference w:type="default" r:id="rId9"/>
-[...2 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId12"/>
+      <w:headerReference w:type="default" r:id="rId8"/>
+      <w:footerReference w:type="default" r:id="rId9"/>
+      <w:headerReference w:type="first" r:id="rId10"/>
+      <w:footerReference w:type="first" r:id="rId11"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1666" w:right="1440" w:bottom="1080" w:left="1267" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="71287DD2" w14:textId="77777777" w:rsidR="00F974AD" w:rsidRDefault="00F974AD" w:rsidP="00AE361D">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="0FCC42E8" w14:textId="77777777" w:rsidR="00F974AD" w:rsidRDefault="00F974AD" w:rsidP="00AE361D">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
@@ -12513,51 +11574,51 @@
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="527ED2C6" w14:textId="77777777" w:rsidR="00F974AD" w:rsidRDefault="00F974AD" w:rsidP="00AE361D">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="5F7B98C7" w14:textId="77777777" w:rsidR="00F974AD" w:rsidRDefault="00F974AD" w:rsidP="00AE361D">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="085E7B6C" w14:textId="33E4664C" w:rsidR="009C4089" w:rsidRPr="002129E6" w:rsidRDefault="009C4089" w:rsidP="009C4089">
+  <w:p w14:paraId="085E7B6C" w14:textId="33B14BA0" w:rsidR="009C4089" w:rsidRPr="002129E6" w:rsidRDefault="009C4089" w:rsidP="009C4089">
     <w:pPr>
       <w:pStyle w:val="Title"/>
       <w:pBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="left" w:pos="360"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="4500"/>
         <w:tab w:val="left" w:pos="5580"/>
       </w:tabs>
       <w:jc w:val="left"/>
       <w:rPr>
         <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="002129E6">
       <w:rPr>
         <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
@@ -12597,71 +11658,71 @@
         <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="002129E6">
       <w:rPr>
         <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> MERGEFIELD  "Phase Number"  \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r w:rsidRPr="002129E6">
       <w:rPr>
         <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="003258B6" w:rsidRPr="002129E6">
+    <w:r w:rsidR="00D77BE4">
       <w:rPr>
         <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:noProof/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t>«Phase Number»</w:t>
     </w:r>
     <w:r w:rsidRPr="002129E6">
       <w:rPr>
         <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
-  <w:p w14:paraId="58CAA6C9" w14:textId="6AA70766" w:rsidR="009C4089" w:rsidRPr="002129E6" w:rsidRDefault="009C4089" w:rsidP="009C4089">
+  <w:p w14:paraId="58CAA6C9" w14:textId="4290860C" w:rsidR="009C4089" w:rsidRPr="002129E6" w:rsidRDefault="009C4089" w:rsidP="009C4089">
     <w:pPr>
       <w:pStyle w:val="Title"/>
       <w:pBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:pBdr>
       <w:tabs>
         <w:tab w:val="left" w:pos="360"/>
         <w:tab w:val="left" w:pos="1080"/>
         <w:tab w:val="left" w:pos="4500"/>
         <w:tab w:val="left" w:pos="5580"/>
       </w:tabs>
       <w:jc w:val="left"/>
       <w:rPr>
         <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:sz w:val="20"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="002129E6">
       <w:rPr>
         <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
@@ -12683,133 +11744,133 @@
         <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="002129E6">
       <w:rPr>
         <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> MERGEFIELD  "NEPA ID"  \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r w:rsidRPr="002129E6">
       <w:rPr>
         <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
-    <w:r w:rsidR="003258B6" w:rsidRPr="002129E6">
+    <w:r w:rsidR="00D77BE4">
       <w:rPr>
         <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:noProof/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:t>«NEPA ID»</w:t>
     </w:r>
     <w:r w:rsidRPr="002129E6">
       <w:rPr>
         <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
         <w:b w:val="0"/>
         <w:bCs w:val="0"/>
         <w:sz w:val="20"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="0B08AB4B" w14:textId="30B6BD71" w:rsidR="009C4089" w:rsidRPr="009C4089" w:rsidRDefault="009C4089" w:rsidP="009C4089">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="1408C753" w14:textId="641DF76E" w:rsidR="00CB3A1E" w:rsidRPr="00993189" w:rsidRDefault="00CB3A1E" w:rsidP="00CB3A1E">
     <w:pPr>
       <w:pStyle w:val="Title"/>
       <w:pBdr>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:pBdr>
       <w:jc w:val="left"/>
       <w:rPr>
         <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
         <w:sz w:val="36"/>
         <w:szCs w:val="36"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00993189">
       <w:rPr>
         <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cstheme="minorHAnsi"/>
         <w:noProof/>
         <w:sz w:val="40"/>
         <w:szCs w:val="40"/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2FD36E1B" wp14:editId="5D33C910">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251659264" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="2FD36E1B" wp14:editId="7D4079D7">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>-146685</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-158750</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="2509520" cy="628650"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapThrough wrapText="bothSides">
             <wp:wrapPolygon edited="0">
               <wp:start x="3115" y="3927"/>
               <wp:lineTo x="1148" y="5236"/>
               <wp:lineTo x="1148" y="15709"/>
               <wp:lineTo x="3115" y="17018"/>
               <wp:lineTo x="17545" y="17018"/>
               <wp:lineTo x="20660" y="15709"/>
               <wp:lineTo x="20332" y="5236"/>
               <wp:lineTo x="4263" y="3927"/>
               <wp:lineTo x="3115" y="3927"/>
             </wp:wrapPolygon>
           </wp:wrapThrough>
-          <wp:docPr id="13" name="Picture 13" descr="Logo&#10;&#10;Description automatically generated"/>
+          <wp:docPr id="13" name="Picture 13" descr="Iowa DOT Logo"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="3" name="Picture 3" descr="Logo&#10;&#10;Description automatically generated"/>
+                  <pic:cNvPr id="13" name="Picture 13" descr="Iowa DOT Logo"/>
                   <pic:cNvPicPr/>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr>
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="2509520" cy="628650"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
@@ -16947,51 +16008,51 @@
     <w:abstractNumId w:val="20"/>
   </w:num>
   <w:num w:numId="41" w16cid:durableId="1815027963">
     <w:abstractNumId w:val="41"/>
   </w:num>
   <w:num w:numId="42" w16cid:durableId="336926585">
     <w:abstractNumId w:val="18"/>
   </w:num>
   <w:num w:numId="43" w16cid:durableId="470365776">
     <w:abstractNumId w:val="34"/>
   </w:num>
   <w:num w:numId="44" w16cid:durableId="283315863">
     <w:abstractNumId w:val="33"/>
   </w:num>
   <w:num w:numId="45" w16cid:durableId="14574021">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="46" w16cid:durableId="1787238043">
     <w:abstractNumId w:val="26"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="150"/>
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:documentProtection w:edit="forms" w:enforcement="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:doNotShadeFormData/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
@@ -17035,63 +16096,65 @@
     <w:rsid w:val="000B666E"/>
     <w:rsid w:val="000C2CC6"/>
     <w:rsid w:val="000C44EF"/>
     <w:rsid w:val="000C4C99"/>
     <w:rsid w:val="000D000C"/>
     <w:rsid w:val="000D2F96"/>
     <w:rsid w:val="000D332A"/>
     <w:rsid w:val="000D7733"/>
     <w:rsid w:val="000D7DBD"/>
     <w:rsid w:val="000E1571"/>
     <w:rsid w:val="000E77D6"/>
     <w:rsid w:val="000F050D"/>
     <w:rsid w:val="000F1A1B"/>
     <w:rsid w:val="000F6821"/>
     <w:rsid w:val="00101A89"/>
     <w:rsid w:val="00101CE7"/>
     <w:rsid w:val="00103DFC"/>
     <w:rsid w:val="00107361"/>
     <w:rsid w:val="00116792"/>
     <w:rsid w:val="00120B43"/>
     <w:rsid w:val="00120B9B"/>
     <w:rsid w:val="0012306B"/>
     <w:rsid w:val="001240B9"/>
     <w:rsid w:val="00125DEB"/>
     <w:rsid w:val="00131CF9"/>
+    <w:rsid w:val="00137568"/>
     <w:rsid w:val="00144556"/>
     <w:rsid w:val="001552B6"/>
     <w:rsid w:val="001557D1"/>
     <w:rsid w:val="0015799A"/>
     <w:rsid w:val="0016288F"/>
     <w:rsid w:val="00165CF4"/>
     <w:rsid w:val="0016612A"/>
     <w:rsid w:val="00167205"/>
     <w:rsid w:val="00171694"/>
     <w:rsid w:val="001750E4"/>
     <w:rsid w:val="001774F8"/>
     <w:rsid w:val="00182A6D"/>
     <w:rsid w:val="001855B2"/>
+    <w:rsid w:val="00187DAD"/>
     <w:rsid w:val="00191FC7"/>
     <w:rsid w:val="0019446F"/>
     <w:rsid w:val="001962E3"/>
     <w:rsid w:val="001A3586"/>
     <w:rsid w:val="001A711F"/>
     <w:rsid w:val="001B0A01"/>
     <w:rsid w:val="001B22BB"/>
     <w:rsid w:val="001B6F4A"/>
     <w:rsid w:val="001C0BD4"/>
     <w:rsid w:val="001C641D"/>
     <w:rsid w:val="001C6535"/>
     <w:rsid w:val="001C67F4"/>
     <w:rsid w:val="001D6E44"/>
     <w:rsid w:val="001D768F"/>
     <w:rsid w:val="001E0388"/>
     <w:rsid w:val="001F0E8C"/>
     <w:rsid w:val="00201F6C"/>
     <w:rsid w:val="00203557"/>
     <w:rsid w:val="00207882"/>
     <w:rsid w:val="00212650"/>
     <w:rsid w:val="002129E6"/>
     <w:rsid w:val="002154F2"/>
     <w:rsid w:val="00222B9F"/>
     <w:rsid w:val="002234DE"/>
     <w:rsid w:val="00224851"/>
@@ -17121,74 +16184,77 @@
     <w:rsid w:val="002C6210"/>
     <w:rsid w:val="002D2C27"/>
     <w:rsid w:val="002D2C47"/>
     <w:rsid w:val="002E34BD"/>
     <w:rsid w:val="00304308"/>
     <w:rsid w:val="00312500"/>
     <w:rsid w:val="00316129"/>
     <w:rsid w:val="003226BB"/>
     <w:rsid w:val="003258B6"/>
     <w:rsid w:val="00331FBC"/>
     <w:rsid w:val="0033478C"/>
     <w:rsid w:val="00354F3C"/>
     <w:rsid w:val="003552A2"/>
     <w:rsid w:val="00356D7B"/>
     <w:rsid w:val="00367088"/>
     <w:rsid w:val="00367CC0"/>
     <w:rsid w:val="00383D60"/>
     <w:rsid w:val="003876A7"/>
     <w:rsid w:val="003926EC"/>
     <w:rsid w:val="0039584D"/>
     <w:rsid w:val="003A312A"/>
     <w:rsid w:val="003B2262"/>
     <w:rsid w:val="003B25E6"/>
     <w:rsid w:val="003B38FC"/>
     <w:rsid w:val="003B3DD9"/>
+    <w:rsid w:val="003B5E9D"/>
     <w:rsid w:val="003C3658"/>
     <w:rsid w:val="003C5869"/>
     <w:rsid w:val="003D0D3A"/>
     <w:rsid w:val="003D4E8B"/>
     <w:rsid w:val="003E0BCF"/>
     <w:rsid w:val="003E12C8"/>
     <w:rsid w:val="003E5AA2"/>
     <w:rsid w:val="003E65DA"/>
     <w:rsid w:val="00404CA9"/>
     <w:rsid w:val="00406EDE"/>
     <w:rsid w:val="0041561B"/>
     <w:rsid w:val="00422E58"/>
     <w:rsid w:val="00431EF4"/>
     <w:rsid w:val="00434B7A"/>
     <w:rsid w:val="0043598B"/>
     <w:rsid w:val="00440445"/>
     <w:rsid w:val="00447C34"/>
     <w:rsid w:val="004546EF"/>
     <w:rsid w:val="0047448E"/>
     <w:rsid w:val="00477CA2"/>
     <w:rsid w:val="0048462E"/>
     <w:rsid w:val="00487060"/>
     <w:rsid w:val="004911B7"/>
+    <w:rsid w:val="004934C9"/>
     <w:rsid w:val="00497BAA"/>
+    <w:rsid w:val="004A0ADB"/>
     <w:rsid w:val="004A16D1"/>
     <w:rsid w:val="004A1978"/>
     <w:rsid w:val="004A33C2"/>
     <w:rsid w:val="004A43C3"/>
     <w:rsid w:val="004A468B"/>
     <w:rsid w:val="004A7161"/>
     <w:rsid w:val="004B0990"/>
     <w:rsid w:val="004B4C1F"/>
     <w:rsid w:val="004B5257"/>
     <w:rsid w:val="004B5838"/>
     <w:rsid w:val="004C0C7C"/>
     <w:rsid w:val="004C3397"/>
     <w:rsid w:val="004C72A7"/>
     <w:rsid w:val="004D2EBB"/>
     <w:rsid w:val="004D4C9D"/>
     <w:rsid w:val="004D7C4B"/>
     <w:rsid w:val="004E14ED"/>
     <w:rsid w:val="004E18BB"/>
     <w:rsid w:val="004E47DB"/>
     <w:rsid w:val="004F32FB"/>
     <w:rsid w:val="0050301F"/>
     <w:rsid w:val="00506F97"/>
     <w:rsid w:val="0051005A"/>
     <w:rsid w:val="005153F5"/>
     <w:rsid w:val="00516FC7"/>
@@ -17239,93 +16305,97 @@
     <w:rsid w:val="00614928"/>
     <w:rsid w:val="0061703E"/>
     <w:rsid w:val="006174D9"/>
     <w:rsid w:val="00617580"/>
     <w:rsid w:val="00620FEE"/>
     <w:rsid w:val="0062189E"/>
     <w:rsid w:val="00622049"/>
     <w:rsid w:val="006309AC"/>
     <w:rsid w:val="00630B59"/>
     <w:rsid w:val="00631E45"/>
     <w:rsid w:val="00637E5E"/>
     <w:rsid w:val="006439BA"/>
     <w:rsid w:val="00645E8C"/>
     <w:rsid w:val="00645ECF"/>
     <w:rsid w:val="006541D3"/>
     <w:rsid w:val="0065595C"/>
     <w:rsid w:val="00656880"/>
     <w:rsid w:val="00660ED2"/>
     <w:rsid w:val="00662915"/>
     <w:rsid w:val="00664FB5"/>
     <w:rsid w:val="00680418"/>
     <w:rsid w:val="00680466"/>
     <w:rsid w:val="00681C98"/>
     <w:rsid w:val="00683831"/>
     <w:rsid w:val="00683C3E"/>
+    <w:rsid w:val="00683CBD"/>
     <w:rsid w:val="00690988"/>
     <w:rsid w:val="006A0D08"/>
     <w:rsid w:val="006A1519"/>
     <w:rsid w:val="006A3EF4"/>
     <w:rsid w:val="006A4525"/>
     <w:rsid w:val="006B1FF8"/>
     <w:rsid w:val="006B6ADE"/>
     <w:rsid w:val="006C354A"/>
     <w:rsid w:val="006C377A"/>
     <w:rsid w:val="006E303D"/>
     <w:rsid w:val="006E7EA4"/>
     <w:rsid w:val="006F1672"/>
     <w:rsid w:val="006F30E8"/>
     <w:rsid w:val="006F4F39"/>
     <w:rsid w:val="00700B54"/>
     <w:rsid w:val="007027DE"/>
     <w:rsid w:val="0070292E"/>
     <w:rsid w:val="007069CE"/>
     <w:rsid w:val="00710AF8"/>
     <w:rsid w:val="0071689B"/>
     <w:rsid w:val="00722BFB"/>
     <w:rsid w:val="007250E9"/>
     <w:rsid w:val="00736F59"/>
+    <w:rsid w:val="00737C56"/>
+    <w:rsid w:val="00750E5E"/>
     <w:rsid w:val="00753C4A"/>
     <w:rsid w:val="0076040E"/>
     <w:rsid w:val="0076328B"/>
     <w:rsid w:val="007638B7"/>
     <w:rsid w:val="00771214"/>
     <w:rsid w:val="007762AA"/>
     <w:rsid w:val="00777B35"/>
     <w:rsid w:val="0078487F"/>
     <w:rsid w:val="0078617B"/>
     <w:rsid w:val="00791F77"/>
     <w:rsid w:val="007955AB"/>
     <w:rsid w:val="0079570B"/>
     <w:rsid w:val="007A4305"/>
     <w:rsid w:val="007B531A"/>
     <w:rsid w:val="007C1C18"/>
     <w:rsid w:val="007C6FF5"/>
     <w:rsid w:val="007C7A3C"/>
     <w:rsid w:val="007D1F3D"/>
     <w:rsid w:val="007D5EE9"/>
     <w:rsid w:val="007E084F"/>
+    <w:rsid w:val="007E09E0"/>
     <w:rsid w:val="007E3510"/>
     <w:rsid w:val="007F21EE"/>
     <w:rsid w:val="007F7FE6"/>
     <w:rsid w:val="0080017F"/>
     <w:rsid w:val="0080523C"/>
     <w:rsid w:val="00806A4C"/>
     <w:rsid w:val="00807535"/>
     <w:rsid w:val="00807C7A"/>
     <w:rsid w:val="00812D89"/>
     <w:rsid w:val="008172D0"/>
     <w:rsid w:val="00823A4C"/>
     <w:rsid w:val="00825711"/>
     <w:rsid w:val="008307C3"/>
     <w:rsid w:val="00833E89"/>
     <w:rsid w:val="008379CD"/>
     <w:rsid w:val="0084632C"/>
     <w:rsid w:val="00846D82"/>
     <w:rsid w:val="008478C4"/>
     <w:rsid w:val="0085000A"/>
     <w:rsid w:val="00853AB6"/>
     <w:rsid w:val="00860B2C"/>
     <w:rsid w:val="0086632A"/>
     <w:rsid w:val="0087428A"/>
     <w:rsid w:val="0087737E"/>
     <w:rsid w:val="008810AA"/>
@@ -17363,202 +16433,212 @@
     <w:rsid w:val="009174D7"/>
     <w:rsid w:val="0091770A"/>
     <w:rsid w:val="00917913"/>
     <w:rsid w:val="00923402"/>
     <w:rsid w:val="00923C02"/>
     <w:rsid w:val="00927FF1"/>
     <w:rsid w:val="0093160C"/>
     <w:rsid w:val="0093208E"/>
     <w:rsid w:val="00941D12"/>
     <w:rsid w:val="00942690"/>
     <w:rsid w:val="00956DC1"/>
     <w:rsid w:val="009674BF"/>
     <w:rsid w:val="009674DA"/>
     <w:rsid w:val="00975478"/>
     <w:rsid w:val="009779CE"/>
     <w:rsid w:val="00985E91"/>
     <w:rsid w:val="00986CF6"/>
     <w:rsid w:val="009925DE"/>
     <w:rsid w:val="00992D4E"/>
     <w:rsid w:val="00993189"/>
     <w:rsid w:val="009954BE"/>
     <w:rsid w:val="009A0074"/>
     <w:rsid w:val="009A6442"/>
     <w:rsid w:val="009B1F42"/>
     <w:rsid w:val="009B33A9"/>
+    <w:rsid w:val="009B4772"/>
     <w:rsid w:val="009B7F89"/>
     <w:rsid w:val="009C4089"/>
     <w:rsid w:val="009C56E6"/>
     <w:rsid w:val="009C5CC3"/>
     <w:rsid w:val="009C781F"/>
     <w:rsid w:val="009D6982"/>
     <w:rsid w:val="009D6FF5"/>
     <w:rsid w:val="009E1187"/>
     <w:rsid w:val="009E4594"/>
     <w:rsid w:val="009E48B7"/>
     <w:rsid w:val="009E793A"/>
     <w:rsid w:val="00A041F7"/>
     <w:rsid w:val="00A04962"/>
     <w:rsid w:val="00A10E1B"/>
     <w:rsid w:val="00A14F9A"/>
     <w:rsid w:val="00A26EAB"/>
     <w:rsid w:val="00A27017"/>
     <w:rsid w:val="00A30296"/>
     <w:rsid w:val="00A3426A"/>
     <w:rsid w:val="00A34E25"/>
     <w:rsid w:val="00A35ADE"/>
+    <w:rsid w:val="00A40E79"/>
     <w:rsid w:val="00A41DAE"/>
     <w:rsid w:val="00A50D68"/>
     <w:rsid w:val="00A50DA0"/>
     <w:rsid w:val="00A527C1"/>
     <w:rsid w:val="00A53243"/>
     <w:rsid w:val="00A537E0"/>
     <w:rsid w:val="00A66D0B"/>
     <w:rsid w:val="00A66FCA"/>
+    <w:rsid w:val="00A72ABD"/>
     <w:rsid w:val="00A72FE2"/>
     <w:rsid w:val="00A83F6D"/>
     <w:rsid w:val="00A8658C"/>
     <w:rsid w:val="00A94913"/>
     <w:rsid w:val="00A94BDE"/>
     <w:rsid w:val="00A96B20"/>
     <w:rsid w:val="00A973A9"/>
     <w:rsid w:val="00A97CD1"/>
     <w:rsid w:val="00AC2C70"/>
     <w:rsid w:val="00AC6EB2"/>
     <w:rsid w:val="00AD00E0"/>
     <w:rsid w:val="00AD3413"/>
     <w:rsid w:val="00AD4666"/>
     <w:rsid w:val="00AD530F"/>
     <w:rsid w:val="00AD5DF2"/>
     <w:rsid w:val="00AE04E2"/>
     <w:rsid w:val="00AE0B9A"/>
     <w:rsid w:val="00AE361D"/>
     <w:rsid w:val="00AE4683"/>
+    <w:rsid w:val="00AE5D2C"/>
     <w:rsid w:val="00AE61E5"/>
     <w:rsid w:val="00AF0738"/>
     <w:rsid w:val="00AF0F8B"/>
     <w:rsid w:val="00AF604A"/>
     <w:rsid w:val="00AF6EC4"/>
     <w:rsid w:val="00B1002C"/>
     <w:rsid w:val="00B10629"/>
     <w:rsid w:val="00B17677"/>
     <w:rsid w:val="00B2120E"/>
     <w:rsid w:val="00B25FFB"/>
     <w:rsid w:val="00B27A33"/>
     <w:rsid w:val="00B30389"/>
     <w:rsid w:val="00B33504"/>
     <w:rsid w:val="00B335A3"/>
+    <w:rsid w:val="00B34F2E"/>
     <w:rsid w:val="00B40963"/>
     <w:rsid w:val="00B45B78"/>
     <w:rsid w:val="00B45F52"/>
     <w:rsid w:val="00B51B61"/>
     <w:rsid w:val="00B546F0"/>
     <w:rsid w:val="00B55C84"/>
     <w:rsid w:val="00B56772"/>
     <w:rsid w:val="00B62370"/>
     <w:rsid w:val="00B73BC7"/>
     <w:rsid w:val="00B74CA4"/>
     <w:rsid w:val="00B75D0B"/>
     <w:rsid w:val="00B76B44"/>
     <w:rsid w:val="00B80718"/>
     <w:rsid w:val="00B86C07"/>
     <w:rsid w:val="00B87BE3"/>
     <w:rsid w:val="00B93349"/>
     <w:rsid w:val="00B97577"/>
     <w:rsid w:val="00BA0612"/>
     <w:rsid w:val="00BA1E77"/>
     <w:rsid w:val="00BA3539"/>
     <w:rsid w:val="00BA470B"/>
     <w:rsid w:val="00BA495A"/>
     <w:rsid w:val="00BA50FE"/>
     <w:rsid w:val="00BA7D7B"/>
     <w:rsid w:val="00BB2E89"/>
     <w:rsid w:val="00BC0817"/>
     <w:rsid w:val="00BC40D4"/>
     <w:rsid w:val="00BC6104"/>
     <w:rsid w:val="00BD06F1"/>
     <w:rsid w:val="00BD20E7"/>
     <w:rsid w:val="00BD541F"/>
     <w:rsid w:val="00BD55E5"/>
     <w:rsid w:val="00BE34FE"/>
     <w:rsid w:val="00BE3804"/>
     <w:rsid w:val="00BE3857"/>
     <w:rsid w:val="00BE5F33"/>
+    <w:rsid w:val="00BE69C1"/>
     <w:rsid w:val="00BE74CE"/>
+    <w:rsid w:val="00BF6CB9"/>
     <w:rsid w:val="00BF791C"/>
     <w:rsid w:val="00C04815"/>
     <w:rsid w:val="00C12240"/>
     <w:rsid w:val="00C13B98"/>
     <w:rsid w:val="00C27943"/>
     <w:rsid w:val="00C33E35"/>
     <w:rsid w:val="00C40C17"/>
+    <w:rsid w:val="00C52239"/>
     <w:rsid w:val="00C53058"/>
     <w:rsid w:val="00C53F8F"/>
     <w:rsid w:val="00C562D7"/>
     <w:rsid w:val="00C662FA"/>
     <w:rsid w:val="00C6675A"/>
     <w:rsid w:val="00C7266E"/>
     <w:rsid w:val="00C76F79"/>
+    <w:rsid w:val="00C77D13"/>
     <w:rsid w:val="00C85725"/>
     <w:rsid w:val="00C86C99"/>
     <w:rsid w:val="00C86E68"/>
     <w:rsid w:val="00C90FD3"/>
     <w:rsid w:val="00C92159"/>
     <w:rsid w:val="00C92A45"/>
     <w:rsid w:val="00C94B85"/>
     <w:rsid w:val="00C94F3E"/>
     <w:rsid w:val="00CA631B"/>
     <w:rsid w:val="00CB3A1E"/>
     <w:rsid w:val="00CB44BF"/>
     <w:rsid w:val="00CB76F1"/>
     <w:rsid w:val="00CC2C3C"/>
     <w:rsid w:val="00CC4BC9"/>
     <w:rsid w:val="00CD02F5"/>
     <w:rsid w:val="00CD13A7"/>
     <w:rsid w:val="00CD165E"/>
     <w:rsid w:val="00CD25A6"/>
     <w:rsid w:val="00CD78AD"/>
     <w:rsid w:val="00CE0AE5"/>
     <w:rsid w:val="00CE1CBA"/>
     <w:rsid w:val="00CE5E89"/>
     <w:rsid w:val="00CE6BC5"/>
     <w:rsid w:val="00CE740E"/>
     <w:rsid w:val="00CF613E"/>
     <w:rsid w:val="00D007B5"/>
     <w:rsid w:val="00D03C6A"/>
     <w:rsid w:val="00D07E5F"/>
     <w:rsid w:val="00D123FA"/>
     <w:rsid w:val="00D17BA0"/>
     <w:rsid w:val="00D32E9E"/>
     <w:rsid w:val="00D34B29"/>
     <w:rsid w:val="00D46B22"/>
     <w:rsid w:val="00D50D72"/>
     <w:rsid w:val="00D54041"/>
     <w:rsid w:val="00D56325"/>
     <w:rsid w:val="00D66713"/>
     <w:rsid w:val="00D67915"/>
     <w:rsid w:val="00D67E5D"/>
+    <w:rsid w:val="00D77BE4"/>
     <w:rsid w:val="00D83F5F"/>
     <w:rsid w:val="00D92D9D"/>
     <w:rsid w:val="00D931E7"/>
     <w:rsid w:val="00D945F9"/>
     <w:rsid w:val="00D94E44"/>
     <w:rsid w:val="00DA0F8C"/>
     <w:rsid w:val="00DA1301"/>
     <w:rsid w:val="00DA3BA3"/>
     <w:rsid w:val="00DB0210"/>
     <w:rsid w:val="00DC3170"/>
     <w:rsid w:val="00DC557C"/>
     <w:rsid w:val="00DC577C"/>
     <w:rsid w:val="00DC6574"/>
     <w:rsid w:val="00DC67D5"/>
     <w:rsid w:val="00DD2AED"/>
     <w:rsid w:val="00DD4AA4"/>
     <w:rsid w:val="00DD5253"/>
     <w:rsid w:val="00DD614D"/>
     <w:rsid w:val="00DE1F35"/>
     <w:rsid w:val="00DE7998"/>
     <w:rsid w:val="00DE7D3B"/>
     <w:rsid w:val="00DF255D"/>
     <w:rsid w:val="00DF39B6"/>
     <w:rsid w:val="00DF6FC9"/>
     <w:rsid w:val="00E0041C"/>
@@ -17574,106 +16654,110 @@
     <w:rsid w:val="00E21A61"/>
     <w:rsid w:val="00E24120"/>
     <w:rsid w:val="00E25653"/>
     <w:rsid w:val="00E256F9"/>
     <w:rsid w:val="00E26443"/>
     <w:rsid w:val="00E277F3"/>
     <w:rsid w:val="00E278A1"/>
     <w:rsid w:val="00E31B17"/>
     <w:rsid w:val="00E31C1A"/>
     <w:rsid w:val="00E342C5"/>
     <w:rsid w:val="00E4090C"/>
     <w:rsid w:val="00E410DD"/>
     <w:rsid w:val="00E41936"/>
     <w:rsid w:val="00E41E5B"/>
     <w:rsid w:val="00E52EB1"/>
     <w:rsid w:val="00E563AE"/>
     <w:rsid w:val="00E62AB3"/>
     <w:rsid w:val="00E668FA"/>
     <w:rsid w:val="00E72293"/>
     <w:rsid w:val="00E731DF"/>
     <w:rsid w:val="00E76E94"/>
     <w:rsid w:val="00E772F1"/>
     <w:rsid w:val="00E779AE"/>
     <w:rsid w:val="00E83F56"/>
     <w:rsid w:val="00E84FEA"/>
+    <w:rsid w:val="00E8564C"/>
     <w:rsid w:val="00E86125"/>
     <w:rsid w:val="00EA070D"/>
     <w:rsid w:val="00EA2562"/>
     <w:rsid w:val="00EA4B1E"/>
     <w:rsid w:val="00EB04CA"/>
     <w:rsid w:val="00EB63BA"/>
     <w:rsid w:val="00EB660D"/>
     <w:rsid w:val="00ED0F4B"/>
     <w:rsid w:val="00ED3172"/>
     <w:rsid w:val="00ED5315"/>
     <w:rsid w:val="00ED790D"/>
     <w:rsid w:val="00EE33DB"/>
     <w:rsid w:val="00EF017C"/>
     <w:rsid w:val="00EF08D2"/>
     <w:rsid w:val="00EF0959"/>
+    <w:rsid w:val="00EF3F60"/>
     <w:rsid w:val="00EF44CB"/>
     <w:rsid w:val="00EF4819"/>
     <w:rsid w:val="00F07976"/>
     <w:rsid w:val="00F14FEB"/>
     <w:rsid w:val="00F15706"/>
     <w:rsid w:val="00F15D90"/>
     <w:rsid w:val="00F1600A"/>
     <w:rsid w:val="00F162EA"/>
     <w:rsid w:val="00F17E33"/>
     <w:rsid w:val="00F202BB"/>
     <w:rsid w:val="00F20666"/>
     <w:rsid w:val="00F23CAC"/>
     <w:rsid w:val="00F26851"/>
     <w:rsid w:val="00F343F2"/>
     <w:rsid w:val="00F34EDD"/>
     <w:rsid w:val="00F35F4F"/>
     <w:rsid w:val="00F433DE"/>
     <w:rsid w:val="00F469F0"/>
     <w:rsid w:val="00F647E4"/>
     <w:rsid w:val="00F73EC8"/>
     <w:rsid w:val="00F85F53"/>
     <w:rsid w:val="00F86CD5"/>
+    <w:rsid w:val="00F907FE"/>
     <w:rsid w:val="00F90EE8"/>
     <w:rsid w:val="00F95B20"/>
     <w:rsid w:val="00F974AD"/>
     <w:rsid w:val="00FA0BA9"/>
     <w:rsid w:val="00FA43DE"/>
     <w:rsid w:val="00FA58E9"/>
     <w:rsid w:val="00FA659B"/>
     <w:rsid w:val="00FB408E"/>
     <w:rsid w:val="00FB49E2"/>
     <w:rsid w:val="00FB76E2"/>
     <w:rsid w:val="00FC470D"/>
     <w:rsid w:val="00FC79EF"/>
     <w:rsid w:val="00FD09E7"/>
     <w:rsid w:val="00FE7EB0"/>
     <w:rsid w:val="00FF07B7"/>
     <w:rsid w:val="00FF2545"/>
     <w:rsid w:val="00FF289E"/>
     <w:rsid w:val="00FF3993"/>
     <w:rsid w:val="00FF3BF8"/>
+    <w:rsid w:val="00FF57ED"/>
     <w:rsid w:val="00FF6B01"/>
     <w:rsid w:val="00FF77AD"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
@@ -19831,51 +18915,51 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1943144879">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.epa.gov/sites/default/files/2021-04/documents/us-ghg-inventory-2021-main-text.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
@@ -20141,68 +19225,197 @@
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{C43F9180-E928-484E-9D53-ABE8BC5DA365}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>9</Pages>
-[...1 lines deleted...]
-  <Characters>14334</Characters>
+  <Pages>8</Pages>
+  <Words>1476</Words>
+  <Characters>12612</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>421</Lines>
-  <Paragraphs>347</Paragraphs>
+  <Lines>105</Lines>
+  <Paragraphs>28</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Part B Env Review Summary</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Ia DOT</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>15660</CharactersWithSpaces>
+  <CharactersWithSpaces>14060</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>Part B Env Review Summary</dc:title>
+  <dc:title>Part_C_CE Form</dc:title>
   <dc:creator>Newell, Deeann</dc:creator>
+  <cp:keywords>Accessibility Verified</cp:keywords>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Folder_Number">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Folder_Code">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="Folder_Name">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="Folder_Description">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="/Folder_Name/">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="/Folder_Description/">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="Folder_Version">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="Folder_VersionSeq">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="Folder_Manager">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="Folder_ManagerDesc">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="Folder_Storage">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="13" name="Folder_StorageDesc">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="14" name="Folder_Creator">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="15" name="Folder_CreatorDesc">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="16" name="Folder_CreateDate">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="17" name="Folder_Updater">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="18" name="Folder_UpdaterDesc">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="19" name="Folder_UpdateDate">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="20" name="Document_Number">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="21" name="Document_Name">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="22" name="Document_FileName">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="23" name="Document_Version">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="24" name="Document_VersionSeq">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="25" name="Document_Creator">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="26" name="Document_CreatorDesc">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="27" name="Document_CreateDate">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="28" name="Document_Updater">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="29" name="Document_UpdaterDesc">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="30" name="Document_UpdateDate">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="31" name="Document_Size">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="32" name="Document_Storage">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="33" name="Document_StorageDesc">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="34" name="Document_Department">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="35" name="Document_DepartmentDesc">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="36" name="MSIP_Label_0faac733-ded1-41e0-8ea6-961193f81247_Enabled">
+    <vt:lpwstr>true</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="37" name="MSIP_Label_0faac733-ded1-41e0-8ea6-961193f81247_SetDate">
+    <vt:lpwstr>2025-11-14T13:15:01Z</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="38" name="MSIP_Label_0faac733-ded1-41e0-8ea6-961193f81247_Method">
+    <vt:lpwstr>Standard</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="39" name="MSIP_Label_0faac733-ded1-41e0-8ea6-961193f81247_Name">
+    <vt:lpwstr>defa4170-0d19-0005-0004-bc88714345d2</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="40" name="MSIP_Label_0faac733-ded1-41e0-8ea6-961193f81247_SiteId">
+    <vt:lpwstr>a1e65fcc-32fa-4fdd-8692-0cc2eb06676e</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="41" name="MSIP_Label_0faac733-ded1-41e0-8ea6-961193f81247_ActionId">
+    <vt:lpwstr>efd477b2-e5dc-433f-9423-7c055340da2d</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="42" name="MSIP_Label_0faac733-ded1-41e0-8ea6-961193f81247_ContentBits">
+    <vt:lpwstr>0</vt:lpwstr>
+  </property>
+</Properties>
+</file>