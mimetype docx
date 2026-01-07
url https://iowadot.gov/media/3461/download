--- v0 (2025-10-09)
+++ v1 (2026-01-07)
@@ -1,1861 +1,2485 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
-    <w:p w14:paraId="1405A659" w14:textId="42EA7BD8" w:rsidR="00091A42" w:rsidRPr="00091A42" w:rsidRDefault="00091A42" w:rsidP="00091A42">
+    <w:p w14:paraId="1405A659" w14:textId="7EFF4AE6" w:rsidR="00091A42" w:rsidRPr="001F4059" w:rsidRDefault="00091A42" w:rsidP="00091A42">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
           <w:tab w:val="left" w:pos="1800"/>
           <w:tab w:val="left" w:pos="4500"/>
           <w:tab w:val="left" w:pos="5580"/>
         </w:tabs>
         <w:jc w:val="left"/>
         <w:rPr>
-          <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F4059">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>County:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00091A42">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
+      <w:r w:rsidRPr="001F4059">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00091A42">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
+      <w:r w:rsidR="000C0B48">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
-      <w:r w:rsidRPr="00091A42">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
+      <w:r w:rsidR="000C0B48">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> MERGEFIELD  County  \* MERGEFORMAT </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00091A42">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
+      <w:r w:rsidR="000C0B48">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00AA769A">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
+      <w:r w:rsidR="00D03184">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>«County»</w:t>
       </w:r>
-      <w:r w:rsidRPr="00091A42">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
+      <w:r w:rsidR="000C0B48">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="37CB71BC" w14:textId="3399234B" w:rsidR="00091A42" w:rsidRPr="00091A42" w:rsidRDefault="00091A42" w:rsidP="00091A42">
+    <w:p w14:paraId="37CB71BC" w14:textId="18D46446" w:rsidR="00091A42" w:rsidRPr="001F4059" w:rsidRDefault="00091A42" w:rsidP="00091A42">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
           <w:tab w:val="left" w:pos="1800"/>
           <w:tab w:val="left" w:pos="4500"/>
           <w:tab w:val="left" w:pos="5580"/>
         </w:tabs>
         <w:jc w:val="left"/>
         <w:rPr>
-          <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F4059">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Phase Number:  </w:t>
       </w:r>
-      <w:r w:rsidRPr="00091A42">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
+      <w:r w:rsidRPr="001F4059">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00091A42">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
+      <w:r w:rsidR="000C0B48">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
-      <w:r w:rsidRPr="00091A42">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
+      <w:r w:rsidR="000C0B48">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> MERGEFIELD  "Phase Number"  \* MERGEFORMAT </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00091A42">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
+      <w:r w:rsidR="000C0B48">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00AA769A">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
+      <w:r w:rsidR="00D03184">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>«Phase Number»</w:t>
       </w:r>
-      <w:r w:rsidRPr="00091A42">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
+      <w:r w:rsidR="000C0B48">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="12D70521" w14:textId="5949BD0D" w:rsidR="00091A42" w:rsidRPr="00091A42" w:rsidRDefault="00091A42" w:rsidP="00091A42">
+    <w:p w14:paraId="12D70521" w14:textId="4E20622A" w:rsidR="00091A42" w:rsidRPr="001F4059" w:rsidRDefault="00091A42" w:rsidP="00091A42">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
           <w:tab w:val="left" w:pos="1800"/>
           <w:tab w:val="left" w:pos="4500"/>
           <w:tab w:val="left" w:pos="5580"/>
         </w:tabs>
         <w:jc w:val="left"/>
         <w:rPr>
-          <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F4059">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Location:</w:t>
       </w:r>
-      <w:r w:rsidRPr="00091A42">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
+      <w:r w:rsidRPr="001F4059">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00091A42">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
+      <w:r w:rsidR="000C0B48">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
-      <w:r w:rsidRPr="00091A42">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
+      <w:r w:rsidR="000C0B48">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> MERGEFIELD  "Document Title"  \* MERGEFORMAT </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00091A42">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
+      <w:r w:rsidR="000C0B48">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00AA769A">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
+      <w:r w:rsidR="00D03184">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>«Document Title»</w:t>
       </w:r>
-      <w:r w:rsidRPr="00091A42">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
+      <w:r w:rsidR="000C0B48">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5DEC6F92" w14:textId="63F48482" w:rsidR="00091A42" w:rsidRPr="00091A42" w:rsidRDefault="00091A42" w:rsidP="00091A42">
+    <w:p w14:paraId="5DEC6F92" w14:textId="3AE15F16" w:rsidR="00091A42" w:rsidRPr="001F4059" w:rsidRDefault="00091A42" w:rsidP="00091A42">
       <w:pPr>
         <w:pStyle w:val="Title"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
           <w:tab w:val="left" w:pos="1800"/>
         </w:tabs>
         <w:jc w:val="left"/>
         <w:rPr>
-          <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
-[...8 lines deleted...]
-          <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F4059">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">NEPA ID:    </w:t>
       </w:r>
-      <w:r w:rsidRPr="00091A42">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
+      <w:r w:rsidRPr="001F4059">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00091A42">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
+      <w:r w:rsidR="000C0B48">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
-      <w:r w:rsidRPr="00091A42">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
+      <w:r w:rsidR="000C0B48">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> MERGEFIELD  "NEPA ID"  \* MERGEFORMAT </w:instrText>
       </w:r>
-      <w:r w:rsidRPr="00091A42">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
+      <w:r w:rsidR="000C0B48">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00AA769A">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
+      <w:r w:rsidR="00D03184">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>«NEPA ID»</w:t>
       </w:r>
-      <w:r w:rsidRPr="00091A42">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
+      <w:r w:rsidR="000C0B48">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="528110CD" w14:textId="77777777" w:rsidR="00091A42" w:rsidRPr="0080595F" w:rsidRDefault="00091A42" w:rsidP="00D3460D">
+    <w:p w14:paraId="528110CD" w14:textId="77777777" w:rsidR="00091A42" w:rsidRPr="001F4059" w:rsidRDefault="00091A42" w:rsidP="00D3460D">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:rPr>
-          <w:rFonts w:ascii="Arial" w:hAnsi="Arial" w:cs="Arial"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="3C6E5D5E" w14:textId="74024BDB" w:rsidR="00D3460D" w:rsidRPr="000D362A" w:rsidRDefault="00D3460D" w:rsidP="000D362A">
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Arial"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3C6E5D5E" w14:textId="0A3D9CA5" w:rsidR="00D3460D" w:rsidRPr="001F4059" w:rsidRDefault="00D3460D" w:rsidP="000D362A">
       <w:pPr>
         <w:pStyle w:val="BodyText"/>
         <w:widowControl w:val="0"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="8100"/>
         </w:tabs>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F4059">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The referenced project (removal of the National Register of Historic Places </w:t>
       </w:r>
-      <w:r w:rsidR="00091A42" w:rsidRPr="000D362A">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans"/>
+      <w:r w:rsidR="00091A42" w:rsidRPr="001F4059">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
-      <w:r w:rsidRPr="000D362A">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans"/>
+      <w:r w:rsidRPr="001F4059">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">ligible </w:t>
       </w:r>
-      <w:r w:rsidR="00091A42" w:rsidRPr="000D362A">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
+      <w:r w:rsidR="00091A42" w:rsidRPr="001F4059">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
-      <w:r w:rsidR="00091A42" w:rsidRPr="000D362A">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
+      <w:r w:rsidR="00091A42" w:rsidRPr="001F4059">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> MERGEFIELD  "Document Title"  \* MERGEFORMAT </w:instrText>
       </w:r>
-      <w:r w:rsidR="00091A42" w:rsidRPr="000D362A">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
+      <w:r w:rsidR="00091A42" w:rsidRPr="001F4059">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00AA769A">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
+      <w:r w:rsidR="00D03184">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>«Document Title»</w:t>
       </w:r>
-      <w:r w:rsidR="00091A42" w:rsidRPr="000D362A">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
+      <w:r w:rsidR="00091A42" w:rsidRPr="001F4059">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidRPr="000D362A">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans"/>
+      <w:r w:rsidRPr="001F4059">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> in </w:t>
       </w:r>
-      <w:r w:rsidR="00091A42" w:rsidRPr="000D362A">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
+      <w:r w:rsidR="00091A42" w:rsidRPr="001F4059">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
-      <w:r w:rsidR="00091A42" w:rsidRPr="000D362A">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
+      <w:r w:rsidR="00091A42" w:rsidRPr="001F4059">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> MERGEFIELD  County  \* MERGEFORMAT </w:instrText>
       </w:r>
-      <w:r w:rsidR="00091A42" w:rsidRPr="000D362A">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
+      <w:r w:rsidR="00091A42" w:rsidRPr="001F4059">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00AA769A">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
+      <w:r w:rsidR="00D03184">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
-        <w:t>«County»</w:t>
-[...3 lines deleted...]
-          <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
+        <w:t>«</w:t>
+      </w:r>
+      <w:r w:rsidR="00D03184" w:rsidRPr="00D03184">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+          <w:b/>
+          <w:bCs/>
+          <w:noProof/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>County»</w:t>
+      </w:r>
+      <w:r w:rsidR="00091A42" w:rsidRPr="001F4059">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:r w:rsidR="00091A42" w:rsidRPr="000D362A">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
+      <w:r w:rsidR="00091A42" w:rsidRPr="001F4059">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000D362A">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans"/>
+      <w:r w:rsidRPr="001F4059">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>County, Iowa) has completed the</w:t>
       </w:r>
-      <w:r w:rsidRPr="000D362A">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans"/>
+      <w:r w:rsidRPr="001F4059">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="002D798C">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans"/>
+      <w:r w:rsidR="002D798C" w:rsidRPr="001F4059">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">Section </w:t>
       </w:r>
-      <w:r w:rsidRPr="000D362A">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans"/>
+      <w:r w:rsidRPr="001F4059">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:color w:val="000000"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">4(f) process.  </w:t>
       </w:r>
-      <w:r w:rsidRPr="000D362A">
-[...8 lines deleted...]
-    <w:p w14:paraId="7100B144" w14:textId="77777777" w:rsidR="00D3460D" w:rsidRPr="000D362A" w:rsidRDefault="00D3460D" w:rsidP="00D3460D">
+      <w:r w:rsidRPr="001F4059">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">This project fits the standard for a </w:t>
+      </w:r>
+      <w:r w:rsidR="0091661F">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>P</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F4059">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">rogrammatic Section 4(f) Evaluation and Approval for </w:t>
+      </w:r>
+      <w:r w:rsidR="00800FB5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Federal Highway Administration (</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F4059">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>FHWA</w:t>
+      </w:r>
+      <w:r w:rsidR="00800FB5">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F4059">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Projects that Necessitate the Use of Historic Bridges.  The following determinations have been met:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30352B44" w14:textId="77777777" w:rsidR="002C1896" w:rsidRPr="001F4059" w:rsidRDefault="002C1896" w:rsidP="002C1896">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="8100"/>
           <w:tab w:val="left" w:pos="8640"/>
         </w:tabs>
-        <w:ind w:left="540"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans"/>
-[...5 lines deleted...]
-    <w:p w14:paraId="429D80E7" w14:textId="77777777" w:rsidR="00091A42" w:rsidRPr="000D362A" w:rsidRDefault="00A4719F" w:rsidP="00091A42">
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7DA62B2B" w14:textId="5F43342A" w:rsidR="002C1896" w:rsidRPr="001F4059" w:rsidRDefault="002C1896" w:rsidP="002C1896">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="8100"/>
+          <w:tab w:val="left" w:pos="8640"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F4059">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Applicability</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6AD2FF4A" w14:textId="0AC011A6" w:rsidR="002C1896" w:rsidRPr="001F4059" w:rsidRDefault="002C1896" w:rsidP="002C1896">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="8100"/>
+          <w:tab w:val="left" w:pos="8640"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F4059">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>This programmatic Section 4(f) evaluation meet</w:t>
+      </w:r>
+      <w:r w:rsidR="007E376C" w:rsidRPr="001F4059">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F4059">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> the following criteria:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="74286F5D" w14:textId="77777777" w:rsidR="002C1896" w:rsidRPr="001F4059" w:rsidRDefault="002C1896" w:rsidP="002C1896">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="8100"/>
+          <w:tab w:val="left" w:pos="8640"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3B989EA9" w14:textId="0664366C" w:rsidR="002C1896" w:rsidRPr="001F4059" w:rsidRDefault="002C1896" w:rsidP="002C1896">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F4059">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>The bridge is to be replaced or rehabilitated with Federal funds.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="690B9F12" w14:textId="18A5C313" w:rsidR="002C1896" w:rsidRPr="001F4059" w:rsidRDefault="002C1896" w:rsidP="002C1896">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F4059">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>The project will require the use of a historic bridge structure which is on or is eligible for listing on the National Register of Historic Places.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7DE26208" w14:textId="3E220279" w:rsidR="002C1896" w:rsidRPr="001F4059" w:rsidRDefault="002C1896" w:rsidP="002C1896">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F4059">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>The bridge is not a National Historic Landmark.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="70D7CDB5" w14:textId="1BFC9618" w:rsidR="002C1896" w:rsidRPr="001F4059" w:rsidRDefault="002C1896" w:rsidP="002C1896">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F4059">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>The FHWA Division Administrator determine</w:t>
+      </w:r>
+      <w:r w:rsidR="007E376C" w:rsidRPr="001F4059">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>d</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F4059">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> that the facts of the project match those set forth in the </w:t>
+      </w:r>
+      <w:r w:rsidR="007E376C" w:rsidRPr="001F4059">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Programmatic Section 4(f) Evaluation and Approval for FHWA Projects that Necessitate the Use of Historic Bridges</w:t>
+      </w:r>
+      <w:r w:rsidR="00376FAD" w:rsidRPr="001F4059">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>, July 5,1983</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F4059">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7100B144" w14:textId="2027A519" w:rsidR="00D3460D" w:rsidRPr="001F4059" w:rsidRDefault="002C1896" w:rsidP="002C1896">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="2"/>
+        </w:numPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F4059">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Agreement among the FHWA, the State Historic Preservation Officer (SHPO), and the Advisory Council on Historic Preservation (ACHP) has been reached through procedures pursuant to Section 106 of the NHPA.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="01D38149" w14:textId="77777777" w:rsidR="002C1896" w:rsidRPr="001F4059" w:rsidRDefault="002C1896" w:rsidP="002C1896">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="62AECA33" w14:textId="77777777" w:rsidR="002C1896" w:rsidRPr="001F4059" w:rsidRDefault="002C1896" w:rsidP="002C1896">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="8100"/>
+          <w:tab w:val="left" w:pos="8640"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F4059">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Alternatives</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="429D80E7" w14:textId="77777777" w:rsidR="00091A42" w:rsidRPr="001F4059" w:rsidRDefault="00A4719F" w:rsidP="00091A42">
       <w:pPr>
         <w:pStyle w:val="OmniPage1"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans"/>
-[...6 lines deleted...]
-          <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F4059">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
-      <w:r w:rsidRPr="000D362A">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans"/>
+      <w:r w:rsidRPr="001F4059">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>Do Nothing</w:t>
       </w:r>
-      <w:r w:rsidRPr="000D362A">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans"/>
+      <w:r w:rsidRPr="001F4059">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> alternative was evaluated but was determined to be not feasible and prudent</w:t>
       </w:r>
-      <w:r w:rsidR="00091A42" w:rsidRPr="000D362A">
-[...1 lines deleted...]
-          <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans"/>
+      <w:r w:rsidR="00091A42" w:rsidRPr="001F4059">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2F66F9DB" w14:textId="77777777" w:rsidR="00A4719F" w:rsidRPr="000D362A" w:rsidRDefault="00A4719F" w:rsidP="00091A42">
+    <w:p w14:paraId="03EB306B" w14:textId="77777777" w:rsidR="00A4719F" w:rsidRPr="001F4059" w:rsidRDefault="00A4719F" w:rsidP="00A4719F">
+      <w:pPr>
+        <w:pStyle w:val="OmniPage1"/>
+        <w:ind w:left="360"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="70AD1CFC" w14:textId="77777777" w:rsidR="000D362A" w:rsidRPr="001F4059" w:rsidRDefault="00487BD0" w:rsidP="00091A42">
       <w:pPr>
         <w:pStyle w:val="OmniPage1"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans"/>
-[...19 lines deleted...]
-      </w:r>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F4059">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F4059">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Build on New Location Without Using the Old Bridge</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F4059">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> was evaluated but was determined to be not feasible and prudent</w:t>
+      </w:r>
+      <w:r w:rsidR="000D362A" w:rsidRPr="001F4059">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F4059">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21261BC9" w14:textId="77777777" w:rsidR="00091A42" w:rsidRPr="001F4059" w:rsidRDefault="00091A42" w:rsidP="00091A42">
+      <w:pPr>
+        <w:pStyle w:val="OmniPage1"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4E04A4CB" w14:textId="77777777" w:rsidR="000D362A" w:rsidRPr="001F4059" w:rsidRDefault="00487BD0" w:rsidP="000D362A">
+      <w:pPr>
+        <w:pStyle w:val="OmniPage1"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F4059">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F4059">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Rehabilitation Without Affecting the Historic Integrity of the Bridge</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F4059">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> was evaluated but was determined to be not feasible and prudent</w:t>
+      </w:r>
+      <w:r w:rsidR="000D362A" w:rsidRPr="001F4059">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="73243B76" w14:textId="77777777" w:rsidR="000D362A" w:rsidRPr="001F4059" w:rsidRDefault="000D362A" w:rsidP="000D362A">
+      <w:pPr>
+        <w:pStyle w:val="OmniPage1"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0F5C2E2C" w14:textId="77777777" w:rsidR="002C1896" w:rsidRPr="001F4059" w:rsidRDefault="002C1896" w:rsidP="002C1896">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="8100"/>
+          <w:tab w:val="left" w:pos="8640"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F4059">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Measures to Minimize Harm</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5E6404AE" w14:textId="1A891DF8" w:rsidR="002C1896" w:rsidRPr="001F4059" w:rsidRDefault="00C6427D" w:rsidP="00C6427D">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F4059">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>T</w:t>
+      </w:r>
+      <w:r w:rsidR="002C1896" w:rsidRPr="001F4059">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">he proposed action includes </w:t>
+      </w:r>
+      <w:r w:rsidR="002C1896" w:rsidRPr="008C3316">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>all</w:t>
+      </w:r>
+      <w:r w:rsidR="00B14E3D" w:rsidRPr="008C3316">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> applicable</w:t>
+      </w:r>
+      <w:r w:rsidR="002C1896" w:rsidRPr="001F4059">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> planning to minimize harm:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5333098E" w14:textId="77777777" w:rsidR="002C1896" w:rsidRPr="001F4059" w:rsidRDefault="002C1896" w:rsidP="00C6427D">
+      <w:pPr>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3E1477FA" w14:textId="77777777" w:rsidR="002C1896" w:rsidRPr="001F4059" w:rsidRDefault="002C1896" w:rsidP="008C3316">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F4059">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>For bridges that are to be rehabilitated, the historic integrity of the bridge is preserved, to the greatest extent possible, consistent with unavoidable transportation needs, safety, and load requirements;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="16977B48" w14:textId="569ED42F" w:rsidR="00B14E3D" w:rsidRPr="001F4059" w:rsidRDefault="00B14E3D" w:rsidP="008C3316">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F4059">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="324B99D2" w14:textId="77777777" w:rsidR="002C1896" w:rsidRPr="001F4059" w:rsidRDefault="002C1896" w:rsidP="008C3316">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F4059">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>For bridges that are to be rehabilitated to the point that the historic integrity is affected or that are to be moved or demolished, the FHWA ensures that, in accordance with the Historic American Engineering Record (HAER) standards, or other suitable means developed through consultation, fully adequate records are made of the bridge;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="55AB33FD" w14:textId="3EC60992" w:rsidR="00B14E3D" w:rsidRPr="001F4059" w:rsidRDefault="00B14E3D" w:rsidP="008C3316">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F4059">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>or</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C1528EE" w14:textId="77777777" w:rsidR="00DE3032" w:rsidRDefault="002C1896" w:rsidP="00DE3032">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F4059">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">For bridges that are to be replaced, the existing bridge is made available for an alternative use, provided a responsible party agrees to maintain and preserve the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="001F4059">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>bridge;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+    </w:p>
+    <w:p w14:paraId="1958EBA0" w14:textId="03ED46DB" w:rsidR="002C1896" w:rsidRPr="001F4059" w:rsidRDefault="002C1896" w:rsidP="008C3316">
+      <w:pPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:ind w:firstLine="720"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F4059">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>and</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33B19EEA" w14:textId="5B7281C2" w:rsidR="002C1896" w:rsidRPr="001F4059" w:rsidRDefault="002C1896" w:rsidP="00B14E3D">
+      <w:pPr>
+        <w:spacing w:after="160" w:line="259" w:lineRule="auto"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F4059">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">For bridges that are adversely affected, agreement among the SHPO, ACHP, and FHWA is reached through the Section 106 process of the NHPA on measures to minimize harm and those measures are incorporated into the project. </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="12317D6D" w14:textId="77777777" w:rsidR="008C3316" w:rsidRDefault="008C3316" w:rsidP="00B14E3D">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="8100"/>
+          <w:tab w:val="left" w:pos="8640"/>
+        </w:tabs>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
+        <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
-        <w:tblInd w:w="108" w:type="dxa"/>
         <w:tblBorders>
-          <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
-[...4 lines deleted...]
-          <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
+          <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideH w:val="none" w:sz="0" w:space="0" w:color="auto"/>
+          <w:insideV w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9360"/>
       </w:tblGrid>
-      <w:tr w:rsidR="00091A42" w:rsidRPr="000D362A" w14:paraId="5DFE6811" w14:textId="77777777" w:rsidTr="007C1054">
+      <w:tr w:rsidR="00ED050F" w14:paraId="0612B42D" w14:textId="77777777" w:rsidTr="00ED050F">
         <w:tc>
           <w:tcPr>
-            <w:tcW w:w="9360" w:type="dxa"/>
-            <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
+            <w:tcW w:w="9576" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="4608E322" w14:textId="68D787A2" w:rsidR="000D362A" w:rsidRPr="000D362A" w:rsidRDefault="00AA769A" w:rsidP="00091A42">
+          <w:p w14:paraId="5023BCE6" w14:textId="04A97D1D" w:rsidR="00ED050F" w:rsidRPr="001F4059" w:rsidRDefault="00ED050F" w:rsidP="00ED050F">
             <w:pPr>
-              <w:pStyle w:val="OmniPage1"/>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4059">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Section 106 </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="000C0B48" w14:paraId="3F3447D6" w14:textId="77777777" w:rsidTr="00ED050F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9576" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="1B2BED91" w14:textId="0868C6DA" w:rsidR="000C0B48" w:rsidRPr="001F4059" w:rsidRDefault="000C0B48" w:rsidP="000C0B48">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4059">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Project Determination:  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> MERGEFIELD  "Project Determination"  \* MERGEFORMAT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00D03184" w:rsidRPr="00D03184">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>«Project Determination</w:t>
+            </w:r>
+            <w:r w:rsidR="00D03184">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>»</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="7F45A4AB" w14:textId="3CB7557D" w:rsidR="000C0B48" w:rsidRPr="001F4059" w:rsidRDefault="000C0B48" w:rsidP="000C0B48">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4059">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>SHPO cleared Date:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4059">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> MERGEFIELD  "SHPO Cleared Date"  \* MERGEFORMAT </w:instrText>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00D03184">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>«</w:t>
+            </w:r>
+            <w:r w:rsidR="00D03184" w:rsidRPr="00D03184">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>SHPO Cleared Date»</w:t>
+            </w:r>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="2DCB41E3" w14:textId="02A0BFE5" w:rsidR="000C0B48" w:rsidRPr="001F4059" w:rsidRDefault="000C0B48" w:rsidP="000C0B48">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4059">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Require</w:t>
+            </w:r>
+            <w:r w:rsidR="00ED050F">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>d</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4059">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> Agreement:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4059">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED050F">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="00ED050F">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> MERGEFIELD  "require Agreement"  \* MERGEFORMAT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00ED050F">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00D03184">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>«require Agreement»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED050F">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="69AB6E6A" w14:textId="6DDFB0FC" w:rsidR="000C0B48" w:rsidRPr="00ED050F" w:rsidRDefault="000C0B48" w:rsidP="000C0B48">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4059">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Executed Date:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4059">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED050F">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="00ED050F">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> MERGEFIELD  "Executed Date"  \* MERGEFORMAT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00ED050F">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00D03184">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>«Executed Date»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED050F">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="50A287C8" w14:textId="7A5E1848" w:rsidR="000C0B48" w:rsidRPr="00ED050F" w:rsidRDefault="000C0B48" w:rsidP="00412B91">
+            <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
-                <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="001F4059">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Commitments:</w:t>
+            </w:r>
+            <w:r w:rsidRPr="001F4059">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">  </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED050F">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
+            </w:r>
+            <w:r w:rsidRPr="00ED050F">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> MERGEFIELD  Commitments  \* MERGEFORMAT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00ED050F">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="separate"/>
+            </w:r>
+            <w:r w:rsidR="00D03184">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:t>«Commitments»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED050F">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+                <w:u w:val="single"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="5666C22E" w14:textId="6DBB3D9F" w:rsidR="000C0B48" w:rsidRPr="000C0B48" w:rsidRDefault="000C0B48" w:rsidP="00ED050F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Open Sans"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00ED050F" w14:paraId="4764B1B4" w14:textId="77777777" w:rsidTr="00ED050F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9576" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="62B861EA" w14:textId="77777777" w:rsidR="00ED050F" w:rsidRPr="003E084F" w:rsidRDefault="00ED050F" w:rsidP="00ED050F">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Open Sans"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="003E084F">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Open Sans"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>Section 4(f)</w:t>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="39172149" w14:textId="77777777" w:rsidR="00ED050F" w:rsidRPr="001F4059" w:rsidRDefault="00ED050F" w:rsidP="000C0B48">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr w:rsidR="00ED050F" w14:paraId="5E9275CC" w14:textId="77777777" w:rsidTr="00ED050F">
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="9576" w:type="dxa"/>
+          </w:tcPr>
+          <w:p w14:paraId="574A75B5" w14:textId="432E6F90" w:rsidR="00ED050F" w:rsidRPr="001F4059" w:rsidRDefault="00ED050F" w:rsidP="000C0B48">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
-                <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans"/>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Open Sans"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">FHWA Concurrence on Section 4(f) applicability: </w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED050F">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
-            <w:r>
-[...9 lines deleted...]
-                <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans"/>
+            <w:r w:rsidRPr="00ED050F">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> MERGEFIELD  "Step 5:  Concurrence date"  \* MERGEFORMAT </w:instrText>
+            </w:r>
+            <w:r w:rsidRPr="00ED050F">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r>
-[...1 lines deleted...]
-                <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans"/>
+            <w:r w:rsidR="00D03184">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:t>«Do Nothing Alternative»</w:t>
-[...3 lines deleted...]
-                <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans"/>
+              <w:t>«Step 5:  Concurrence date»</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00ED050F">
+              <w:rPr>
+                <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="03EB306B" w14:textId="77777777" w:rsidR="00A4719F" w:rsidRPr="000D362A" w:rsidRDefault="00A4719F" w:rsidP="00A4719F">
-[...57 lines deleted...]
-          <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans"/>
+    <w:p w14:paraId="2B595684" w14:textId="77777777" w:rsidR="000D362A" w:rsidRPr="001F4059" w:rsidRDefault="000D362A" w:rsidP="00D3460D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="46400506" w14:textId="1033C3A0" w:rsidR="000C0B48" w:rsidRPr="001F4059" w:rsidRDefault="000C0B48" w:rsidP="000D362A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Open Sans"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C0B48">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Open Sans"/>
+          <w:b/>
+          <w:bCs/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Project File</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos" w:cs="Open Sans"/>
+          <w:color w:val="000000"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (available upon request):</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A142068" w14:textId="4B6CA82C" w:rsidR="000D362A" w:rsidRPr="001F4059" w:rsidRDefault="00B14E3D" w:rsidP="000D362A">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F4059">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Rehabilitation </w:t>
+      </w:r>
+      <w:r w:rsidR="001F4059" w:rsidRPr="001F4059">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Technical</w:t>
+      </w:r>
+      <w:r w:rsidRPr="001F4059">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Memorandum</w:t>
+      </w:r>
+      <w:r w:rsidR="000C0B48">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C3DDE84" w14:textId="77777777" w:rsidR="00487BD0" w:rsidRPr="000D362A" w:rsidRDefault="00487BD0" w:rsidP="00091A42">
-[...382 lines deleted...]
-      </w:r>
+    <w:p w14:paraId="17C03E1B" w14:textId="77777777" w:rsidR="000C0B48" w:rsidRDefault="000C0B48" w:rsidP="000C0B48">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4CC728E3" w14:textId="0F785E24" w:rsidR="000C0B48" w:rsidRPr="008C3316" w:rsidRDefault="000C0B48" w:rsidP="000C0B48">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="008C3316">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Attachments:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="512C18C3" w14:textId="77777777" w:rsidR="000D362A" w:rsidRPr="001F4059" w:rsidRDefault="000D362A" w:rsidP="00D3460D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F4059">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">SHPO concurrence letter </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="642FF287" w14:textId="495675B6" w:rsidR="008C3316" w:rsidRDefault="008C3316" w:rsidP="00D3460D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
       <w:r>
         <w:rPr>
-          <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans"/>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Memorandum of</w:t>
+      </w:r>
+      <w:r w:rsidR="000D362A" w:rsidRPr="001F4059">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Agreement (</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>MO</w:t>
+      </w:r>
+      <w:r w:rsidR="000D362A" w:rsidRPr="001F4059">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>A)</w:t>
+      </w:r>
+      <w:r w:rsidR="00D3460D" w:rsidRPr="001F4059">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000D362A">
-[...58 lines deleted...]
-        </w:rPr>
+    </w:p>
+    <w:p w14:paraId="1E781B48" w14:textId="69795C0C" w:rsidR="008C3316" w:rsidRDefault="000C0B48" w:rsidP="000C0B48">
+      <w:pPr>
+        <w:spacing w:line="259" w:lineRule="auto"/>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="000C0B48">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t>Bridges Needing a New Home</w:t>
+      </w:r>
+      <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...361 lines deleted...]
-      <w:headerReference w:type="even" r:id="rId7"/>
+      <w:hyperlink r:id="rId7" w:history="1">
+        <w:r w:rsidR="008C3316" w:rsidRPr="00EA730B">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+            <w:sz w:val="22"/>
+            <w:szCs w:val="22"/>
+          </w:rPr>
+          <w:t>https://iowadot.gov/historicbridges/historic-bridges/Bridges-needing-a-new-home</w:t>
+        </w:r>
+      </w:hyperlink>
+    </w:p>
+    <w:p w14:paraId="23BEC8A8" w14:textId="1589D7FE" w:rsidR="00D3460D" w:rsidRPr="001F4059" w:rsidRDefault="00D3460D" w:rsidP="00D3460D">
+      <w:pPr>
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001F4059">
+        <w:rPr>
+          <w:rFonts w:ascii="Aptos" w:hAnsi="Aptos"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+        </w:rPr>
+        <w:t xml:space="preserve">                                                                                      </w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="00D3460D" w:rsidRPr="001F4059" w:rsidSect="00091A42">
       <w:headerReference w:type="default" r:id="rId8"/>
-      <w:footerReference w:type="even" r:id="rId9"/>
-[...2 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId12"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="360" w:right="1440" w:bottom="1440" w:left="1440" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="5F50519D" w14:textId="77777777" w:rsidR="00FA7D42" w:rsidRDefault="00FA7D42">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="737B42C1" w14:textId="77777777" w:rsidR="00FA7D42" w:rsidRDefault="00FA7D42">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="PT Sans">
-    <w:panose1 w:val="020B0503020203020204"/>
+  <w:font w:name="Aptos">
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
-    <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="A00002EF" w:usb1="5000204B" w:usb2="00000020" w:usb3="00000000" w:csb0="00000097" w:csb1="00000000"/>
+    <w:sig w:usb0="20000287" w:usb1="00000003" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Open Sans">
-    <w:altName w:val="Open Sans"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00002EF" w:usb1="4000205B" w:usb2="00000028" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri Light">
-    <w:panose1 w:val="020F0302020204030204"/>
+  <w:font w:name="PT Sans">
+    <w:panose1 w:val="020B0503020203020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
+    <w:notTrueType/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="A00002EF" w:usb1="5000204B" w:usb2="00000020" w:usb3="00000000" w:csb0="00000097" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
-</file>
-[...28 lines deleted...]
-</w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="6924AA5F" w14:textId="77777777" w:rsidR="00FA7D42" w:rsidRDefault="00FA7D42">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="739CAB85" w14:textId="77777777" w:rsidR="00FA7D42" w:rsidRDefault="00FA7D42">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="434BA63D" w14:textId="77777777" w:rsidR="00AA769A" w:rsidRDefault="00AA769A">
-[...9 lines deleted...]
-  <w:p w14:paraId="186A0ACE" w14:textId="77777777" w:rsidR="00091A42" w:rsidRPr="00091A42" w:rsidRDefault="00AA769A" w:rsidP="00091A42">
+  <w:p w14:paraId="186A0ACE" w14:textId="20C16AF3" w:rsidR="00091A42" w:rsidRPr="00091A42" w:rsidRDefault="00675882" w:rsidP="00091A42">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4320"/>
         <w:tab w:val="clear" w:pos="8640"/>
         <w:tab w:val="right" w:pos="9360"/>
       </w:tabs>
       <w:ind w:left="4320"/>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:b/>
         <w:bCs/>
         <w:noProof/>
       </w:rPr>
-      <w:pict w14:anchorId="60CC6DB7">
-[...23 lines deleted...]
-      </w:pict>
+      <w:drawing>
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657728" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="60CC6DB7" wp14:editId="48974E39">
+          <wp:simplePos x="0" y="0"/>
+          <wp:positionH relativeFrom="column">
+            <wp:posOffset>52705</wp:posOffset>
+          </wp:positionH>
+          <wp:positionV relativeFrom="paragraph">
+            <wp:posOffset>-247650</wp:posOffset>
+          </wp:positionV>
+          <wp:extent cx="2509520" cy="628650"/>
+          <wp:effectExtent l="0" t="0" r="0" b="0"/>
+          <wp:wrapThrough wrapText="bothSides">
+            <wp:wrapPolygon edited="0">
+              <wp:start x="3115" y="3927"/>
+              <wp:lineTo x="1148" y="5236"/>
+              <wp:lineTo x="1148" y="15709"/>
+              <wp:lineTo x="3115" y="17018"/>
+              <wp:lineTo x="17545" y="17018"/>
+              <wp:lineTo x="20660" y="15709"/>
+              <wp:lineTo x="20332" y="5236"/>
+              <wp:lineTo x="4263" y="3927"/>
+              <wp:lineTo x="3115" y="3927"/>
+            </wp:wrapPolygon>
+          </wp:wrapThrough>
+          <wp:docPr id="1" name="Picture 7" descr="Iowa DOT Logo"/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="1" name="Picture 7" descr="Iowa DOT Logo"/>
+                  <pic:cNvPicPr>
+                    <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                  </pic:cNvPicPr>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:srcRect/>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr bwMode="auto">
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="2509520" cy="628650"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                  <a:noFill/>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+          <wp14:sizeRelH relativeFrom="margin">
+            <wp14:pctWidth>0</wp14:pctWidth>
+          </wp14:sizeRelH>
+          <wp14:sizeRelV relativeFrom="margin">
+            <wp14:pctHeight>0</wp14:pctHeight>
+          </wp14:sizeRelV>
+        </wp:anchor>
+      </w:drawing>
     </w:r>
     <w:r w:rsidR="00091A42" w:rsidRPr="00091A42">
       <w:rPr>
         <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="36"/>
         <w:szCs w:val="36"/>
       </w:rPr>
       <w:t>Programmatic Historic Bridge</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="372D330A" w14:textId="77777777" w:rsidR="00091A42" w:rsidRDefault="00091A42">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
-<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-[...8 lines deleted...]
-
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="33DA7F04"/>
+    <w:multiLevelType w:val="hybridMultilevel"/>
+    <w:tmpl w:val="11F0A58C"/>
+    <w:lvl w:ilvl="0" w:tplc="0409000F">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="2160" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="4320" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tplc="0409000F" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerLetter"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="lowerRoman"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="right"/>
+      <w:pPr>
+        <w:ind w:left="6480" w:hanging="180"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
+  <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="765A2B69"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="25907350"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="360"/>
@@ -1924,339 +2548,473 @@
     <w:lvl w:ilvl="7" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%8."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="5760"/>
         </w:tabs>
         <w:ind w:left="5760" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="8" w:tplc="0409001B" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerRoman"/>
       <w:lvlText w:val="%9."/>
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="6480"/>
         </w:tabs>
         <w:ind w:left="6480" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
+  <w:abstractNum w:abstractNumId="2" w15:restartNumberingAfterBreak="0">
+    <w:nsid w:val="78D95C2D"/>
+    <w:multiLevelType w:val="multilevel"/>
+    <w:tmpl w:val="CC1CF14E"/>
+    <w:lvl w:ilvl="0">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%1."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="720"/>
+        </w:tabs>
+        <w:ind w:left="720" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="1" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%2."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="1440"/>
+        </w:tabs>
+        <w:ind w:left="1440" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="2" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%3."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2160"/>
+        </w:tabs>
+        <w:ind w:left="2160" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="3" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%4."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="2880"/>
+        </w:tabs>
+        <w:ind w:left="2880" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="4" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%5."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="3600"/>
+        </w:tabs>
+        <w:ind w:left="3600" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="5" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%6."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="4320"/>
+        </w:tabs>
+        <w:ind w:left="4320" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="6" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%7."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5040"/>
+        </w:tabs>
+        <w:ind w:left="5040" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="7" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%8."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="5760"/>
+        </w:tabs>
+        <w:ind w:left="5760" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+    <w:lvl w:ilvl="8" w:tentative="1">
+      <w:start w:val="1"/>
+      <w:numFmt w:val="decimal"/>
+      <w:lvlText w:val="%9."/>
+      <w:lvlJc w:val="left"/>
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="num" w:pos="6480"/>
+        </w:tabs>
+        <w:ind w:left="6480" w:hanging="360"/>
+      </w:pPr>
+    </w:lvl>
+  </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1268544913">
+    <w:abstractNumId w:val="1"/>
+  </w:num>
+  <w:num w:numId="2" w16cid:durableId="399061736">
     <w:abstractNumId w:val="0"/>
+  </w:num>
+  <w:num w:numId="3" w16cid:durableId="4551915">
+    <w:abstractNumId w:val="2"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="150"/>
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:doNotTrackMoves/>
   <w:defaultTabStop w:val="720"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
-    <o:shapelayout v:ext="edit">
-[...1 lines deleted...]
-    </o:shapelayout>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
-    <w:useWord2002TableStyleRules/>
-[...17 lines deleted...]
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="001306A7"/>
     <w:rsid w:val="00000D81"/>
     <w:rsid w:val="00001D6C"/>
     <w:rsid w:val="00001E37"/>
     <w:rsid w:val="00010662"/>
     <w:rsid w:val="00017EF3"/>
     <w:rsid w:val="00022444"/>
     <w:rsid w:val="00043A5C"/>
     <w:rsid w:val="00057021"/>
     <w:rsid w:val="00076484"/>
     <w:rsid w:val="00081079"/>
     <w:rsid w:val="00082898"/>
     <w:rsid w:val="00082E1F"/>
     <w:rsid w:val="00085414"/>
     <w:rsid w:val="00091A42"/>
     <w:rsid w:val="000A3FAD"/>
+    <w:rsid w:val="000B4062"/>
+    <w:rsid w:val="000C0B48"/>
     <w:rsid w:val="000D1879"/>
     <w:rsid w:val="000D362A"/>
     <w:rsid w:val="000D6589"/>
     <w:rsid w:val="000F0FE3"/>
     <w:rsid w:val="000F4BF3"/>
     <w:rsid w:val="001072CE"/>
     <w:rsid w:val="0012553C"/>
     <w:rsid w:val="001275FA"/>
     <w:rsid w:val="001306A7"/>
     <w:rsid w:val="00132BE1"/>
     <w:rsid w:val="0013528E"/>
     <w:rsid w:val="0014085E"/>
     <w:rsid w:val="001470CC"/>
     <w:rsid w:val="00183C59"/>
     <w:rsid w:val="001A4418"/>
     <w:rsid w:val="001B7814"/>
     <w:rsid w:val="001B7E64"/>
     <w:rsid w:val="001D6A20"/>
     <w:rsid w:val="001E607E"/>
     <w:rsid w:val="001E6EB4"/>
     <w:rsid w:val="001F4024"/>
+    <w:rsid w:val="001F4059"/>
     <w:rsid w:val="001F4A9A"/>
     <w:rsid w:val="001F4E00"/>
     <w:rsid w:val="00202763"/>
     <w:rsid w:val="0021472F"/>
     <w:rsid w:val="002437F3"/>
     <w:rsid w:val="00257A3D"/>
     <w:rsid w:val="00262D64"/>
     <w:rsid w:val="00296E72"/>
     <w:rsid w:val="002A7FE7"/>
     <w:rsid w:val="002B42A0"/>
     <w:rsid w:val="002B4EB9"/>
     <w:rsid w:val="002B58FD"/>
+    <w:rsid w:val="002C1896"/>
+    <w:rsid w:val="002D51B0"/>
     <w:rsid w:val="002D6A9C"/>
     <w:rsid w:val="002D7274"/>
     <w:rsid w:val="002D798C"/>
+    <w:rsid w:val="00301039"/>
     <w:rsid w:val="0030252E"/>
+    <w:rsid w:val="00313A70"/>
     <w:rsid w:val="00332E02"/>
     <w:rsid w:val="0036259A"/>
     <w:rsid w:val="00364434"/>
+    <w:rsid w:val="00376FAD"/>
     <w:rsid w:val="003A1E58"/>
     <w:rsid w:val="003A723A"/>
     <w:rsid w:val="003B0908"/>
     <w:rsid w:val="003B0B57"/>
     <w:rsid w:val="003C03FC"/>
+    <w:rsid w:val="003C4E97"/>
+    <w:rsid w:val="003E084F"/>
     <w:rsid w:val="003E3FC9"/>
     <w:rsid w:val="003E71C2"/>
     <w:rsid w:val="004047C4"/>
     <w:rsid w:val="00405B94"/>
     <w:rsid w:val="0040788A"/>
+    <w:rsid w:val="00412B91"/>
     <w:rsid w:val="0041522F"/>
     <w:rsid w:val="00417DFB"/>
+    <w:rsid w:val="0042615E"/>
     <w:rsid w:val="00430FEB"/>
     <w:rsid w:val="00486FF7"/>
     <w:rsid w:val="0048717B"/>
     <w:rsid w:val="00487BD0"/>
     <w:rsid w:val="0049048C"/>
     <w:rsid w:val="00490657"/>
     <w:rsid w:val="00494232"/>
     <w:rsid w:val="004A28C0"/>
     <w:rsid w:val="004A73FB"/>
     <w:rsid w:val="004A7E99"/>
     <w:rsid w:val="004B0F51"/>
     <w:rsid w:val="004B70D6"/>
     <w:rsid w:val="004C1C1B"/>
+    <w:rsid w:val="004C347B"/>
     <w:rsid w:val="004F12F5"/>
     <w:rsid w:val="004F3200"/>
     <w:rsid w:val="00505372"/>
     <w:rsid w:val="00520F63"/>
     <w:rsid w:val="005252D2"/>
     <w:rsid w:val="00534C6D"/>
     <w:rsid w:val="00540DCE"/>
     <w:rsid w:val="00561336"/>
     <w:rsid w:val="00561D43"/>
     <w:rsid w:val="0056387F"/>
     <w:rsid w:val="0058189F"/>
     <w:rsid w:val="00581E11"/>
     <w:rsid w:val="005A36DA"/>
     <w:rsid w:val="005A74EC"/>
     <w:rsid w:val="005C4965"/>
     <w:rsid w:val="005C5A29"/>
     <w:rsid w:val="005C5C1F"/>
     <w:rsid w:val="005C5C7C"/>
     <w:rsid w:val="005D0B57"/>
     <w:rsid w:val="005D306A"/>
+    <w:rsid w:val="005D7086"/>
     <w:rsid w:val="005E1B1E"/>
     <w:rsid w:val="005F0E11"/>
     <w:rsid w:val="005F6315"/>
     <w:rsid w:val="00600002"/>
     <w:rsid w:val="00603828"/>
     <w:rsid w:val="00612EC1"/>
+    <w:rsid w:val="00632874"/>
     <w:rsid w:val="00633796"/>
     <w:rsid w:val="00642066"/>
     <w:rsid w:val="00651095"/>
     <w:rsid w:val="00657DAC"/>
     <w:rsid w:val="00663BAC"/>
     <w:rsid w:val="00665224"/>
+    <w:rsid w:val="00675882"/>
+    <w:rsid w:val="00682B60"/>
     <w:rsid w:val="00694E84"/>
     <w:rsid w:val="00695D9D"/>
+    <w:rsid w:val="006A6101"/>
     <w:rsid w:val="006C4D79"/>
     <w:rsid w:val="006C7875"/>
     <w:rsid w:val="0070467D"/>
     <w:rsid w:val="00705F95"/>
     <w:rsid w:val="0075444E"/>
     <w:rsid w:val="00754D5B"/>
     <w:rsid w:val="00764EE6"/>
     <w:rsid w:val="00766443"/>
     <w:rsid w:val="00770D8D"/>
     <w:rsid w:val="007A269F"/>
     <w:rsid w:val="007C1054"/>
     <w:rsid w:val="007E03BC"/>
+    <w:rsid w:val="007E376C"/>
     <w:rsid w:val="007E5E13"/>
     <w:rsid w:val="007F2E31"/>
     <w:rsid w:val="007F7D8F"/>
+    <w:rsid w:val="00800FB5"/>
     <w:rsid w:val="00835A6C"/>
+    <w:rsid w:val="00836B49"/>
     <w:rsid w:val="00843DE5"/>
     <w:rsid w:val="0087461C"/>
     <w:rsid w:val="008911DB"/>
     <w:rsid w:val="008C1B07"/>
+    <w:rsid w:val="008C3316"/>
     <w:rsid w:val="008F092F"/>
     <w:rsid w:val="008F1D1D"/>
+    <w:rsid w:val="0091661F"/>
     <w:rsid w:val="00917808"/>
     <w:rsid w:val="00921A2A"/>
     <w:rsid w:val="00952FFE"/>
     <w:rsid w:val="009537E7"/>
     <w:rsid w:val="009574E4"/>
     <w:rsid w:val="00983266"/>
     <w:rsid w:val="00987CE7"/>
     <w:rsid w:val="00993BE3"/>
+    <w:rsid w:val="009B4F4B"/>
     <w:rsid w:val="009E4943"/>
     <w:rsid w:val="009F0793"/>
     <w:rsid w:val="00A1571B"/>
     <w:rsid w:val="00A16B4D"/>
     <w:rsid w:val="00A175B5"/>
     <w:rsid w:val="00A208D3"/>
     <w:rsid w:val="00A34E9E"/>
     <w:rsid w:val="00A37FE5"/>
     <w:rsid w:val="00A4719F"/>
     <w:rsid w:val="00A6034F"/>
     <w:rsid w:val="00A7487E"/>
     <w:rsid w:val="00AA456B"/>
-    <w:rsid w:val="00AA769A"/>
     <w:rsid w:val="00AA7C21"/>
     <w:rsid w:val="00AB717F"/>
     <w:rsid w:val="00AD3BFD"/>
     <w:rsid w:val="00AD754E"/>
     <w:rsid w:val="00AE605B"/>
     <w:rsid w:val="00AE735F"/>
     <w:rsid w:val="00AF35BB"/>
     <w:rsid w:val="00AF3606"/>
     <w:rsid w:val="00AF3BFA"/>
     <w:rsid w:val="00B026C4"/>
+    <w:rsid w:val="00B14E3D"/>
     <w:rsid w:val="00B15195"/>
     <w:rsid w:val="00B168D5"/>
     <w:rsid w:val="00B24B9B"/>
     <w:rsid w:val="00B31FFF"/>
     <w:rsid w:val="00B40256"/>
     <w:rsid w:val="00B440EA"/>
     <w:rsid w:val="00B60945"/>
     <w:rsid w:val="00B7019B"/>
     <w:rsid w:val="00B775AA"/>
     <w:rsid w:val="00BA5413"/>
     <w:rsid w:val="00BA55AF"/>
     <w:rsid w:val="00BB27B5"/>
+    <w:rsid w:val="00BD1CBE"/>
     <w:rsid w:val="00BD25A7"/>
     <w:rsid w:val="00BE7917"/>
     <w:rsid w:val="00C070FB"/>
     <w:rsid w:val="00C07B71"/>
     <w:rsid w:val="00C271CC"/>
     <w:rsid w:val="00C452B6"/>
+    <w:rsid w:val="00C6427D"/>
     <w:rsid w:val="00C675A5"/>
     <w:rsid w:val="00C706CD"/>
     <w:rsid w:val="00C71959"/>
     <w:rsid w:val="00C94A42"/>
     <w:rsid w:val="00C95865"/>
     <w:rsid w:val="00C9628E"/>
     <w:rsid w:val="00CA43A4"/>
     <w:rsid w:val="00CA7140"/>
     <w:rsid w:val="00CB1F71"/>
     <w:rsid w:val="00CB43DB"/>
     <w:rsid w:val="00CC0988"/>
+    <w:rsid w:val="00CE5BE5"/>
     <w:rsid w:val="00CE6C2A"/>
     <w:rsid w:val="00CF162E"/>
     <w:rsid w:val="00CF6981"/>
     <w:rsid w:val="00CF76A7"/>
     <w:rsid w:val="00D01EA5"/>
+    <w:rsid w:val="00D03184"/>
     <w:rsid w:val="00D20F46"/>
     <w:rsid w:val="00D3460D"/>
     <w:rsid w:val="00D3786A"/>
     <w:rsid w:val="00D5657B"/>
     <w:rsid w:val="00D6337E"/>
     <w:rsid w:val="00D6440A"/>
     <w:rsid w:val="00D7430B"/>
     <w:rsid w:val="00D872F6"/>
     <w:rsid w:val="00D93C18"/>
     <w:rsid w:val="00DB61B2"/>
     <w:rsid w:val="00DC0064"/>
     <w:rsid w:val="00DC6F50"/>
+    <w:rsid w:val="00DD2706"/>
     <w:rsid w:val="00DE11B3"/>
+    <w:rsid w:val="00DE3032"/>
     <w:rsid w:val="00DE6864"/>
     <w:rsid w:val="00DE7BCC"/>
     <w:rsid w:val="00E36F20"/>
     <w:rsid w:val="00E51063"/>
     <w:rsid w:val="00E51088"/>
     <w:rsid w:val="00E53C9B"/>
     <w:rsid w:val="00E71D52"/>
     <w:rsid w:val="00EA029B"/>
     <w:rsid w:val="00EA1EC3"/>
     <w:rsid w:val="00EB4224"/>
     <w:rsid w:val="00EC4FB2"/>
     <w:rsid w:val="00EC5AF5"/>
+    <w:rsid w:val="00ED050F"/>
     <w:rsid w:val="00ED4D75"/>
     <w:rsid w:val="00EE3B30"/>
     <w:rsid w:val="00EF0253"/>
     <w:rsid w:val="00F0784B"/>
     <w:rsid w:val="00F153A3"/>
     <w:rsid w:val="00F222BC"/>
     <w:rsid w:val="00F24782"/>
     <w:rsid w:val="00F265CE"/>
     <w:rsid w:val="00F44872"/>
     <w:rsid w:val="00F45022"/>
     <w:rsid w:val="00F45799"/>
+    <w:rsid w:val="00F476B3"/>
     <w:rsid w:val="00F52229"/>
     <w:rsid w:val="00F54BC2"/>
     <w:rsid w:val="00F74567"/>
     <w:rsid w:val="00FA0CCB"/>
     <w:rsid w:val="00FA7D42"/>
     <w:rsid w:val="00FF3A87"/>
     <w:rsid w:val="00FF6DC4"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
@@ -2568,50 +3326,74 @@
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00091A42"/>
     <w:rPr>
       <w:sz w:val="24"/>
       <w:szCs w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Heading1">
     <w:name w:val="heading 1"/>
     <w:basedOn w:val="Normal"/>
     <w:next w:val="Normal"/>
     <w:qFormat/>
     <w:rsid w:val="00D3460D"/>
     <w:pPr>
       <w:keepNext/>
       <w:spacing w:line="360" w:lineRule="auto"/>
       <w:outlineLvl w:val="0"/>
     </w:pPr>
     <w:rPr>
       <w:szCs w:val="20"/>
     </w:rPr>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading2">
+    <w:name w:val="heading 2"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading2Char"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:qFormat/>
+    <w:rsid w:val="002C1896"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:spacing w:before="240" w:after="60"/>
+      <w:outlineLvl w:val="1"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
@@ -2739,50 +3521,97 @@
     <w:rsid w:val="00091A42"/>
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:rsid w:val="00091A42"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="text">
     <w:name w:val="text"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:rsid w:val="000D362A"/>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading2Char">
+    <w:name w:val="Heading 2 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading2"/>
+    <w:uiPriority w:val="9"/>
+    <w:semiHidden/>
+    <w:rsid w:val="002C1896"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:b/>
+      <w:bCs/>
+      <w:i/>
+      <w:iCs/>
+      <w:sz w:val="28"/>
+      <w:szCs w:val="28"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="Hyperlink">
+    <w:name w:val="Hyperlink"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:rsid w:val="00DE3032"/>
+    <w:rPr>
+      <w:color w:val="0563C1" w:themeColor="hyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="UnresolvedMention">
+    <w:name w:val="Unresolved Mention"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:uiPriority w:val="99"/>
+    <w:semiHidden/>
+    <w:unhideWhenUsed/>
+    <w:rsid w:val="00DE3032"/>
+    <w:rPr>
+      <w:color w:val="605E5C"/>
+      <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
+    </w:rPr>
+  </w:style>
+  <w:style w:type="character" w:styleId="FollowedHyperlink">
+    <w:name w:val="FollowedHyperlink"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:rsid w:val="000C0B48"/>
+    <w:rPr>
+      <w:color w:val="954F72" w:themeColor="followedHyperlink"/>
+      <w:u w:val="single"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:divs>
     <w:div w:id="1404259774">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
       <w:divsChild>
         <w:div w:id="99180892">
           <w:marLeft w:val="0"/>
           <w:marRight w:val="0"/>
           <w:marTop w:val="0"/>
           <w:marBottom w:val="0"/>
           <w:divBdr>
@@ -2841,54 +3670,54 @@
             <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
             <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
           </w:divBdr>
         </w:div>
       </w:divsChild>
     </w:div>
     <w:div w:id="2086874415">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iowadot.gov/historicbridges/historic-bridges/Bridges-needing-a-new-home" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
-<file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
@@ -3147,88 +3976,88 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>1</Pages>
-[...1 lines deleted...]
-  <Characters>2211</Characters>
+  <Pages>2</Pages>
+  <Words>471</Words>
+  <Characters>3534</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>67</Lines>
-  <Paragraphs>37</Paragraphs>
+  <Lines>29</Lines>
+  <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>IOWA DEPARTMENT OF TRANSPORTATION</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Snyder &amp; Associates</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2538</CharactersWithSpaces>
+  <CharactersWithSpaces>3998</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>IOWA DEPARTMENT OF TRANSPORTATION</dc:title>
   <dc:subject/>
   <dc:creator>Jay Tiefenthaler</dc:creator>
-  <cp:keywords/>
+  <cp:keywords>Accessibility Verified</cp:keywords>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Folder_Number">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Folder_Code">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="Folder_Name">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="Folder_Description">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="/Folder_Name/">
     <vt:lpwstr/>
   </property>
@@ -3297,27 +4126,48 @@
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="28" name="Document_Updater">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="29" name="Document_UpdaterDesc">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="30" name="Document_UpdateDate">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="31" name="Document_Size">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="32" name="Document_Storage">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="33" name="Document_StorageDesc">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="34" name="Document_Department">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="35" name="Document_DepartmentDesc">
     <vt:lpwstr/>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="36" name="MSIP_Label_0faac733-ded1-41e0-8ea6-961193f81247_Enabled">
+    <vt:lpwstr>true</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="37" name="MSIP_Label_0faac733-ded1-41e0-8ea6-961193f81247_SetDate">
+    <vt:lpwstr>2025-10-30T20:25:48Z</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="38" name="MSIP_Label_0faac733-ded1-41e0-8ea6-961193f81247_Method">
+    <vt:lpwstr>Standard</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="39" name="MSIP_Label_0faac733-ded1-41e0-8ea6-961193f81247_Name">
+    <vt:lpwstr>defa4170-0d19-0005-0004-bc88714345d2</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="40" name="MSIP_Label_0faac733-ded1-41e0-8ea6-961193f81247_SiteId">
+    <vt:lpwstr>a1e65fcc-32fa-4fdd-8692-0cc2eb06676e</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="41" name="MSIP_Label_0faac733-ded1-41e0-8ea6-961193f81247_ActionId">
+    <vt:lpwstr>6f8b323f-0de4-4c4f-833a-3ee3f9b93f16</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="42" name="MSIP_Label_0faac733-ded1-41e0-8ea6-961193f81247_ContentBits">
+    <vt:lpwstr>0</vt:lpwstr>
+  </property>
 </Properties>
 </file>