--- v1 (2026-01-07)
+++ v2 (2026-02-23)
@@ -2748,50 +2748,51 @@
     <w:rsid w:val="000F4BF3"/>
     <w:rsid w:val="001072CE"/>
     <w:rsid w:val="0012553C"/>
     <w:rsid w:val="001275FA"/>
     <w:rsid w:val="001306A7"/>
     <w:rsid w:val="00132BE1"/>
     <w:rsid w:val="0013528E"/>
     <w:rsid w:val="0014085E"/>
     <w:rsid w:val="001470CC"/>
     <w:rsid w:val="00183C59"/>
     <w:rsid w:val="001A4418"/>
     <w:rsid w:val="001B7814"/>
     <w:rsid w:val="001B7E64"/>
     <w:rsid w:val="001D6A20"/>
     <w:rsid w:val="001E607E"/>
     <w:rsid w:val="001E6EB4"/>
     <w:rsid w:val="001F4024"/>
     <w:rsid w:val="001F4059"/>
     <w:rsid w:val="001F4A9A"/>
     <w:rsid w:val="001F4E00"/>
     <w:rsid w:val="00202763"/>
     <w:rsid w:val="0021472F"/>
     <w:rsid w:val="002437F3"/>
     <w:rsid w:val="00257A3D"/>
     <w:rsid w:val="00262D64"/>
+    <w:rsid w:val="00274BF3"/>
     <w:rsid w:val="00296E72"/>
     <w:rsid w:val="002A7FE7"/>
     <w:rsid w:val="002B42A0"/>
     <w:rsid w:val="002B4EB9"/>
     <w:rsid w:val="002B58FD"/>
     <w:rsid w:val="002C1896"/>
     <w:rsid w:val="002D51B0"/>
     <w:rsid w:val="002D6A9C"/>
     <w:rsid w:val="002D7274"/>
     <w:rsid w:val="002D798C"/>
     <w:rsid w:val="00301039"/>
     <w:rsid w:val="0030252E"/>
     <w:rsid w:val="00313A70"/>
     <w:rsid w:val="00332E02"/>
     <w:rsid w:val="0036259A"/>
     <w:rsid w:val="00364434"/>
     <w:rsid w:val="00376FAD"/>
     <w:rsid w:val="003A1E58"/>
     <w:rsid w:val="003A723A"/>
     <w:rsid w:val="003B0908"/>
     <w:rsid w:val="003B0B57"/>
     <w:rsid w:val="003C03FC"/>
     <w:rsid w:val="003C4E97"/>
     <w:rsid w:val="003E084F"/>
     <w:rsid w:val="003E3FC9"/>
@@ -2809,50 +2810,51 @@
     <w:rsid w:val="00487BD0"/>
     <w:rsid w:val="0049048C"/>
     <w:rsid w:val="00490657"/>
     <w:rsid w:val="00494232"/>
     <w:rsid w:val="004A28C0"/>
     <w:rsid w:val="004A73FB"/>
     <w:rsid w:val="004A7E99"/>
     <w:rsid w:val="004B0F51"/>
     <w:rsid w:val="004B70D6"/>
     <w:rsid w:val="004C1C1B"/>
     <w:rsid w:val="004C347B"/>
     <w:rsid w:val="004F12F5"/>
     <w:rsid w:val="004F3200"/>
     <w:rsid w:val="00505372"/>
     <w:rsid w:val="00520F63"/>
     <w:rsid w:val="005252D2"/>
     <w:rsid w:val="00534C6D"/>
     <w:rsid w:val="00540DCE"/>
     <w:rsid w:val="00561336"/>
     <w:rsid w:val="00561D43"/>
     <w:rsid w:val="0056387F"/>
     <w:rsid w:val="0058189F"/>
     <w:rsid w:val="00581E11"/>
     <w:rsid w:val="005A36DA"/>
     <w:rsid w:val="005A74EC"/>
+    <w:rsid w:val="005C41A0"/>
     <w:rsid w:val="005C4965"/>
     <w:rsid w:val="005C5A29"/>
     <w:rsid w:val="005C5C1F"/>
     <w:rsid w:val="005C5C7C"/>
     <w:rsid w:val="005D0B57"/>
     <w:rsid w:val="005D306A"/>
     <w:rsid w:val="005D7086"/>
     <w:rsid w:val="005E1B1E"/>
     <w:rsid w:val="005F0E11"/>
     <w:rsid w:val="005F6315"/>
     <w:rsid w:val="00600002"/>
     <w:rsid w:val="00603828"/>
     <w:rsid w:val="00612EC1"/>
     <w:rsid w:val="00632874"/>
     <w:rsid w:val="00633796"/>
     <w:rsid w:val="00642066"/>
     <w:rsid w:val="00651095"/>
     <w:rsid w:val="00657DAC"/>
     <w:rsid w:val="00663BAC"/>
     <w:rsid w:val="00665224"/>
     <w:rsid w:val="00675882"/>
     <w:rsid w:val="00682B60"/>
     <w:rsid w:val="00694E84"/>
     <w:rsid w:val="00695D9D"/>
     <w:rsid w:val="006A6101"/>
@@ -2877,50 +2879,51 @@
     <w:rsid w:val="00836B49"/>
     <w:rsid w:val="00843DE5"/>
     <w:rsid w:val="0087461C"/>
     <w:rsid w:val="008911DB"/>
     <w:rsid w:val="008C1B07"/>
     <w:rsid w:val="008C3316"/>
     <w:rsid w:val="008F092F"/>
     <w:rsid w:val="008F1D1D"/>
     <w:rsid w:val="0091661F"/>
     <w:rsid w:val="00917808"/>
     <w:rsid w:val="00921A2A"/>
     <w:rsid w:val="00952FFE"/>
     <w:rsid w:val="009537E7"/>
     <w:rsid w:val="009574E4"/>
     <w:rsid w:val="00983266"/>
     <w:rsid w:val="00987CE7"/>
     <w:rsid w:val="00993BE3"/>
     <w:rsid w:val="009B4F4B"/>
     <w:rsid w:val="009E4943"/>
     <w:rsid w:val="009F0793"/>
     <w:rsid w:val="00A1571B"/>
     <w:rsid w:val="00A16B4D"/>
     <w:rsid w:val="00A175B5"/>
     <w:rsid w:val="00A208D3"/>
     <w:rsid w:val="00A34E9E"/>
+    <w:rsid w:val="00A36D12"/>
     <w:rsid w:val="00A37FE5"/>
     <w:rsid w:val="00A4719F"/>
     <w:rsid w:val="00A6034F"/>
     <w:rsid w:val="00A7487E"/>
     <w:rsid w:val="00AA456B"/>
     <w:rsid w:val="00AA7C21"/>
     <w:rsid w:val="00AB717F"/>
     <w:rsid w:val="00AD3BFD"/>
     <w:rsid w:val="00AD754E"/>
     <w:rsid w:val="00AE605B"/>
     <w:rsid w:val="00AE735F"/>
     <w:rsid w:val="00AF35BB"/>
     <w:rsid w:val="00AF3606"/>
     <w:rsid w:val="00AF3BFA"/>
     <w:rsid w:val="00B026C4"/>
     <w:rsid w:val="00B14E3D"/>
     <w:rsid w:val="00B15195"/>
     <w:rsid w:val="00B168D5"/>
     <w:rsid w:val="00B24B9B"/>
     <w:rsid w:val="00B31FFF"/>
     <w:rsid w:val="00B40256"/>
     <w:rsid w:val="00B440EA"/>
     <w:rsid w:val="00B60945"/>
     <w:rsid w:val="00B7019B"/>
     <w:rsid w:val="00B775AA"/>
@@ -3996,65 +3999,65 @@
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
   <Words>471</Words>
   <Characters>3534</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>29</Lines>
   <Paragraphs>7</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>IOWA DEPARTMENT OF TRANSPORTATION</vt:lpstr>
+      <vt:lpstr>Prgrammatic Historic Bridge</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Snyder &amp; Associates</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>3998</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>IOWA DEPARTMENT OF TRANSPORTATION</dc:title>
+  <dc:title>Programmatic Historic Bridge</dc:title>
   <dc:subject/>
   <dc:creator>Jay Tiefenthaler</dc:creator>
   <cp:keywords>Accessibility Verified</cp:keywords>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Folder_Number">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Folder_Code">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="Folder_Name">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="Folder_Description">
     <vt:lpwstr/>
   </property>