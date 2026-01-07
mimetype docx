--- v0 (2025-10-09)
+++ v1 (2026-01-07)
@@ -1,543 +1,544 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4645"/>
-        <w:gridCol w:w="4661"/>
+        <w:gridCol w:w="4524"/>
+        <w:gridCol w:w="4556"/>
       </w:tblGrid>
       <w:tr w:rsidR="00BB6791" w:rsidRPr="009F72B5" w14:paraId="5D9EA0FC" w14:textId="77777777" w:rsidTr="00E10879">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4645" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="55FD2300" w14:textId="77777777" w:rsidR="00BB6791" w:rsidRPr="009F72B5" w:rsidRDefault="00BB6791" w:rsidP="009F72B5">
+          <w:p w14:paraId="55FD2300" w14:textId="35082571" w:rsidR="00BB6791" w:rsidRPr="009F72B5" w:rsidRDefault="00BB6791" w:rsidP="009F72B5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E2DA6">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>County:</w:t>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> MERGEFIELD  County  \* MERGEFORMAT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="009F72B5">
+            <w:r w:rsidR="00F86CF6">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>«County»</w:t>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6B349B07" w14:textId="77777777" w:rsidR="00BB6791" w:rsidRPr="009F72B5" w:rsidRDefault="00BB6791" w:rsidP="009F72B5">
+          <w:p w14:paraId="6B349B07" w14:textId="6D0F7DB4" w:rsidR="00BB6791" w:rsidRPr="009F72B5" w:rsidRDefault="00BB6791" w:rsidP="009F72B5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E2DA6">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Project Code:</w:t>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> MERGEFIELD  "Phase Code"  \* MERGEFORMAT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="009F72B5">
+            <w:r w:rsidR="00F86CF6">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>«Phase Code»</w:t>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5C2C4830" w14:textId="77777777" w:rsidR="00BB6791" w:rsidRPr="009F72B5" w:rsidRDefault="00BB6791" w:rsidP="009F72B5">
+          <w:p w14:paraId="5C2C4830" w14:textId="657E152A" w:rsidR="00BB6791" w:rsidRPr="009F72B5" w:rsidRDefault="00BB6791" w:rsidP="009F72B5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E2DA6">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Phase Number:</w:t>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> MERGEFIELD  "Phase Number"  \* MERGEFORMAT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="009F72B5">
+            <w:r w:rsidR="00F86CF6">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>«Phase Number»</w:t>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="29DA41F7" w14:textId="77777777" w:rsidR="00BB6791" w:rsidRPr="009F72B5" w:rsidRDefault="00BB6791" w:rsidP="009F72B5">
+          <w:p w14:paraId="29DA41F7" w14:textId="604AB9F4" w:rsidR="00BB6791" w:rsidRPr="009F72B5" w:rsidRDefault="00BB6791" w:rsidP="009F72B5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E2DA6">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Location:</w:t>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> MERGEFIELD  "NEPA Doc Title"  \* MERGEFORMAT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="009F72B5">
+            <w:r w:rsidR="00F86CF6">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>«NEPA Doc Title»</w:t>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4661" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="3521631E" w14:textId="77777777" w:rsidR="00BB6791" w:rsidRPr="009F72B5" w:rsidRDefault="00BB6791" w:rsidP="009F72B5">
+          <w:p w14:paraId="3521631E" w14:textId="487D0699" w:rsidR="00BB6791" w:rsidRPr="009F72B5" w:rsidRDefault="00BB6791" w:rsidP="009F72B5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E2DA6">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>NEPA Classification:</w:t>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> MERGEFIELD  "NEPA Classification"  \* MERGEFORMAT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="009F72B5">
+            <w:r w:rsidR="00F86CF6">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>«NEPA Classification»</w:t>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="5CE44D30" w14:textId="77777777" w:rsidR="00BB6791" w:rsidRPr="009F72B5" w:rsidRDefault="00BB6791" w:rsidP="009F72B5">
+          <w:p w14:paraId="5CE44D30" w14:textId="45008D52" w:rsidR="00BB6791" w:rsidRPr="009F72B5" w:rsidRDefault="00BB6791" w:rsidP="009F72B5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E2DA6">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>NEPA Project Type:</w:t>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> MERGEFIELD  "NEPA Project Type"  \* MERGEFORMAT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="009F72B5">
+            <w:r w:rsidR="00F86CF6">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>«NEPA Project Type»</w:t>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3D721BBB" w14:textId="77777777" w:rsidR="00BB6791" w:rsidRPr="009F72B5" w:rsidRDefault="00BB6791" w:rsidP="009F72B5">
+          <w:p w14:paraId="3D721BBB" w14:textId="0B2BDE6C" w:rsidR="00BB6791" w:rsidRPr="009F72B5" w:rsidRDefault="00BB6791" w:rsidP="009F72B5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E2DA6">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>NEPA ID:</w:t>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> MERGEFIELD  "NEPA ID"  \* MERGEFORMAT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="009F72B5">
+            <w:r w:rsidR="00F86CF6">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>«NEPA ID»</w:t>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006E2DA6" w:rsidRPr="009F72B5" w14:paraId="7F798801" w14:textId="77777777" w:rsidTr="00124576">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9306" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
@@ -559,352 +560,352 @@
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>FHWA determines the applicability of 49 USC 303 (Section 4(f) of the DOT Act of 1966) to impacts your project may have on a public park, recreation area, or wildlife and waterfowl refuge. This is part of the Section 4(f) determination process for this project. To complete the determination, FHWA is gathering input from the official with jurisdiction over the property to establish the function, designation, and significance of the property.</w:t>
             </w:r>
             <w:r w:rsidRPr="007401FF">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">s the official with jurisdiction, we are providing you information regarding the proposed impacts to the property listed below.  </w:t>
             </w:r>
             <w:bookmarkEnd w:id="0"/>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7F91D873" w14:textId="77777777" w:rsidR="00BB6791" w:rsidRPr="00BB6791" w:rsidRDefault="00BB6791" w:rsidP="00BB6791">
+    <w:p w14:paraId="7F91D873" w14:textId="39370964" w:rsidR="00BB6791" w:rsidRPr="00BB6791" w:rsidRDefault="00BB6791" w:rsidP="00BB6791">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BB6791">
         <w:rPr>
           <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="00BB6791">
         <w:rPr>
           <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> MERGEFIELD  "Property Name" \* Upper  \* MERGEFORMAT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00BB6791">
         <w:rPr>
           <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00BB6791">
+      <w:r w:rsidR="00F86CF6">
         <w:rPr>
           <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>«PROPERTY NAME»</w:t>
       </w:r>
       <w:r w:rsidRPr="00BB6791">
         <w:rPr>
           <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="9306"/>
+        <w:gridCol w:w="9080"/>
       </w:tblGrid>
       <w:tr w:rsidR="006E2DA6" w:rsidRPr="006E2DA6" w14:paraId="478179EB" w14:textId="77777777" w:rsidTr="006E2DA6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9306" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="2DA97CC1" w14:textId="5A23C9DC" w:rsidR="006E2DA6" w:rsidRPr="006E2DA6" w:rsidRDefault="006E2DA6" w:rsidP="006E2DA6">
-[...15 lines deleted...]
-                <w:color w:val="00B0F0"/>
+          <w:p w14:paraId="2DA97CC1" w14:textId="5A23C9DC" w:rsidR="006E2DA6" w:rsidRPr="00F86CF6" w:rsidRDefault="006E2DA6" w:rsidP="006E2DA6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="007BB8"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F86CF6">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="007BB8"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>&lt;&lt;INSERT VISUAL OF THE PROPERTY AND THE PROJECT IMPACT&gt;&gt;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="2A03DD48" w14:textId="714CDD42" w:rsidR="006E2DA6" w:rsidRPr="006E2DA6" w:rsidRDefault="006E2DA6" w:rsidP="006E2DA6">
-[...125 lines deleted...]
-                <w:color w:val="00B0F0"/>
+          <w:p w14:paraId="2A03DD48" w14:textId="714CDD42" w:rsidR="006E2DA6" w:rsidRPr="00F86CF6" w:rsidRDefault="006E2DA6" w:rsidP="006E2DA6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="007BB8"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2CD11F78" w14:textId="6DB1070C" w:rsidR="006E2DA6" w:rsidRPr="00F86CF6" w:rsidRDefault="006E2DA6" w:rsidP="006E2DA6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="007BB8"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3B684A00" w14:textId="2AEBB88B" w:rsidR="006E2DA6" w:rsidRPr="00F86CF6" w:rsidRDefault="006E2DA6" w:rsidP="006E2DA6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="007BB8"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="30137E78" w14:textId="76E7907D" w:rsidR="006E2DA6" w:rsidRPr="00F86CF6" w:rsidRDefault="006E2DA6" w:rsidP="006E2DA6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="007BB8"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2C9F15E1" w14:textId="6E1725FD" w:rsidR="006E2DA6" w:rsidRPr="00F86CF6" w:rsidRDefault="006E2DA6" w:rsidP="006E2DA6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="007BB8"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="09193F2B" w14:textId="28990999" w:rsidR="006E2DA6" w:rsidRPr="00F86CF6" w:rsidRDefault="006E2DA6" w:rsidP="006E2DA6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="007BB8"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1211F62C" w14:textId="561DA351" w:rsidR="006E2DA6" w:rsidRPr="00F86CF6" w:rsidRDefault="006E2DA6" w:rsidP="006E2DA6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="007BB8"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="4A0F3025" w14:textId="43B6CD7D" w:rsidR="006E2DA6" w:rsidRPr="00F86CF6" w:rsidRDefault="006E2DA6" w:rsidP="006E2DA6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="007BB8"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="56F60A47" w14:textId="37F525C7" w:rsidR="006E2DA6" w:rsidRPr="00F86CF6" w:rsidRDefault="006E2DA6" w:rsidP="006E2DA6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="007BB8"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="52B710EB" w14:textId="77777777" w:rsidR="006E2DA6" w:rsidRPr="00F86CF6" w:rsidRDefault="006E2DA6" w:rsidP="006E2DA6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="007BB8"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2D7047DB" w14:textId="77777777" w:rsidR="006E2DA6" w:rsidRPr="00F86CF6" w:rsidRDefault="006E2DA6" w:rsidP="00E43655">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="007BB8"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="006E2DA6" w:rsidRPr="006E2DA6" w14:paraId="03F24C38" w14:textId="77777777" w:rsidTr="006E2DA6">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9306" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="6543045C" w14:textId="77777777" w:rsidR="006E2DA6" w:rsidRPr="006E2DA6" w:rsidRDefault="006E2DA6" w:rsidP="006E2DA6">
+          <w:p w14:paraId="6543045C" w14:textId="4AC83740" w:rsidR="006E2DA6" w:rsidRPr="006E2DA6" w:rsidRDefault="006E2DA6" w:rsidP="006E2DA6">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E2DA6">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Ownership: </w:t>
             </w:r>
             <w:r w:rsidRPr="006E2DA6">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="006E2DA6">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> MERGEFIELD  Ownership  \* MERGEFORMAT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="006E2DA6">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="006E2DA6">
+            <w:r w:rsidR="00F86CF6">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>«Ownership»</w:t>
             </w:r>
             <w:r w:rsidRPr="006E2DA6">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="006E2DA6">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
@@ -920,51 +921,51 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="006E2DA6">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> MERGEFIELD  "Open to the Public"  \* MERGEFORMAT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="006E2DA6">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="006E2DA6">
+            <w:r w:rsidR="00F86CF6">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>«Open to the Public»</w:t>
             </w:r>
             <w:r w:rsidRPr="006E2DA6">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="006E2DA6">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
@@ -980,51 +981,51 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="006E2DA6">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> MERGEFIELD  "Primary function recreation"  \* MERGEFORMAT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="006E2DA6">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="006E2DA6">
+            <w:r w:rsidR="00F86CF6">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>«Primary function recreation»</w:t>
             </w:r>
             <w:r w:rsidRPr="006E2DA6">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="006E2DA6">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
@@ -1040,255 +1041,255 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="006E2DA6">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> MERGEFIELD  "Secondary function recreation"  \* MERGEFORMAT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="006E2DA6">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
+            <w:r w:rsidR="00F86CF6">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:noProof/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>«Secondary function recreation»</w:t>
+            </w:r>
             <w:r w:rsidRPr="006E2DA6">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
-                <w:noProof/>
-[...3 lines deleted...]
-              <w:t>«Secondary function recreation»</w:t>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="end"/>
+            </w:r>
+          </w:p>
+          <w:p w14:paraId="27A51A65" w14:textId="54245598" w:rsidR="006E2DA6" w:rsidRPr="006E2DA6" w:rsidRDefault="006E2DA6" w:rsidP="006E2DA6">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="00B0F0"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="00F86CF6">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="007BB8"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>(Provide a copy of the recreation master plan for planned recreational properties.)</w:t>
             </w:r>
             <w:r w:rsidRPr="006E2DA6">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
-                <w:b/>
-[...17 lines deleted...]
-            </w:pPr>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:br/>
+            </w:r>
+            <w:r w:rsidRPr="00DF2E3F">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">Do you as the OWJ consider the property </w:t>
+            </w:r>
+            <w:r w:rsidR="00DF2E3F" w:rsidRPr="00DF2E3F">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>s</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DF2E3F">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>ignificant</w:t>
+            </w:r>
+            <w:r w:rsidR="00DF2E3F" w:rsidRPr="00DF2E3F">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> </w:t>
+            </w:r>
+            <w:r w:rsidR="00DF2E3F">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>for</w:t>
+            </w:r>
+            <w:r w:rsidR="00DF2E3F" w:rsidRPr="00DF2E3F">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve"> recreation to the community</w:t>
+            </w:r>
+            <w:r w:rsidRPr="00DF2E3F">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t xml:space="preserve">? </w:t>
+            </w:r>
             <w:r w:rsidRPr="006E2DA6">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
-                <w:color w:val="00B0F0"/>
-[...3 lines deleted...]
-              <w:t>(Provide a copy of the recreation master plan for planned recreational properties.)</w:t>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="006E2DA6">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
-                <w:sz w:val="22"/>
-[...72 lines deleted...]
-              <w:t xml:space="preserve">? </w:t>
+                <w:b/>
+                <w:bCs/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:instrText xml:space="preserve"> MERGEFIELD  Significant  \* MERGEFORMAT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="006E2DA6">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
-              <w:fldChar w:fldCharType="begin"/>
-[...18 lines deleted...]
-              </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="006E2DA6">
+            <w:r w:rsidR="00F86CF6">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>«Significant»</w:t>
             </w:r>
             <w:r w:rsidRPr="006E2DA6">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="11EE4A6C" w14:textId="77777777" w:rsidR="00BB6791" w:rsidRPr="00BB6791" w:rsidRDefault="00BB6791" w:rsidP="00BB6791">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans"/>
           <w:vanish/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpY="198"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="3539"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="2386"/>
+        <w:gridCol w:w="3452"/>
+        <w:gridCol w:w="3317"/>
+        <w:gridCol w:w="2311"/>
       </w:tblGrid>
       <w:tr w:rsidR="00BB6791" w:rsidRPr="009F72B5" w14:paraId="6D039FA7" w14:textId="77777777" w:rsidTr="00145325">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3625" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="03617A"/>
           </w:tcPr>
           <w:p w14:paraId="7DA9DB09" w14:textId="1978F336" w:rsidR="00BB6791" w:rsidRPr="0057167A" w:rsidRDefault="00BB6791" w:rsidP="009F72B5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0057167A">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Property </w:t>
             </w:r>
@@ -1383,523 +1384,523 @@
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>i</w:t>
             </w:r>
             <w:r w:rsidRPr="0057167A">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">mpact:  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BB6791" w:rsidRPr="009F72B5" w14:paraId="50FE70B8" w14:textId="77777777" w:rsidTr="009F72B5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3625" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="3F10B51E" w14:textId="77777777" w:rsidR="00BB6791" w:rsidRPr="009F72B5" w:rsidRDefault="00BB6791" w:rsidP="009F72B5">
+          <w:p w14:paraId="3F10B51E" w14:textId="19DBE78D" w:rsidR="00BB6791" w:rsidRPr="009F72B5" w:rsidRDefault="00BB6791" w:rsidP="009F72B5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> MERGEFIELD  PDArea  \* MERGEFORMAT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="009F72B5">
+            <w:r w:rsidR="00F86CF6">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>«PDArea»</w:t>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> MERGEFIELD  PDAUnit  \* MERGEFORMAT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="009F72B5">
+            <w:r w:rsidR="00F86CF6">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>«PDAUnit»</w:t>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> MERGEFIELD  Length  \* MERGEFORMAT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="009F72B5">
+            <w:r w:rsidR="00F86CF6">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>«Length»</w:t>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> MERGEFIELD  PDLunit  \* MERGEFORMAT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="009F72B5">
+            <w:r w:rsidR="00F86CF6">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>«PDLunit»</w:t>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3445" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="7F0105A7" w14:textId="77777777" w:rsidR="00BB6791" w:rsidRPr="009F72B5" w:rsidRDefault="00BB6791" w:rsidP="009F72B5">
+          <w:p w14:paraId="7F0105A7" w14:textId="773DCAA2" w:rsidR="00BB6791" w:rsidRPr="009F72B5" w:rsidRDefault="00BB6791" w:rsidP="009F72B5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> MERGEFIELD  EPArea  \* MERGEFORMAT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="009F72B5">
+            <w:r w:rsidR="00F86CF6">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>«EPArea»</w:t>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> MERGEFIELD  EPAUnit  \* MERGEFORMAT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="009F72B5">
+            <w:r w:rsidR="00F86CF6">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>«EPAUnit»</w:t>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> MERGEFIELD  EPLength  \* MERGEFORMAT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="009F72B5">
+            <w:r w:rsidR="00F86CF6">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>«EPLength»</w:t>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> MERGEFIELD  Lunit  \* MERGEFORMAT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="009F72B5">
+            <w:r w:rsidR="00F86CF6">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>«Lunit»</w:t>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="6542DBFD" w14:textId="77777777" w:rsidR="00BB6791" w:rsidRPr="009F72B5" w:rsidRDefault="00BB6791" w:rsidP="009F72B5">
+          <w:p w14:paraId="6542DBFD" w14:textId="408F7716" w:rsidR="00BB6791" w:rsidRPr="009F72B5" w:rsidRDefault="00BB6791" w:rsidP="009F72B5">
             <w:pPr>
               <w:spacing w:after="240"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> MERGEFIELD  "Duration of Impact"  \* MERGEFORMAT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="009F72B5">
+            <w:r w:rsidR="00F86CF6">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>«Duration of Impact»</w:t>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="4C372DB1" w14:textId="77777777" w:rsidR="00BB6791" w:rsidRPr="00BB6791" w:rsidRDefault="00BB6791" w:rsidP="00BB6791">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:color w:val="00B0F0"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpY="-24"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="4653"/>
-        <w:gridCol w:w="4653"/>
+        <w:gridCol w:w="4540"/>
+        <w:gridCol w:w="4540"/>
       </w:tblGrid>
       <w:tr w:rsidR="00BB6791" w:rsidRPr="009F72B5" w14:paraId="2691A10C" w14:textId="77777777" w:rsidTr="0057167A">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4765" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="03617A"/>
           </w:tcPr>
           <w:p w14:paraId="7BE0B9E3" w14:textId="602D48E5" w:rsidR="00BB6791" w:rsidRPr="0057167A" w:rsidRDefault="00BB6791" w:rsidP="009F72B5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0057167A">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Attributes of the </w:t>
             </w:r>
@@ -1951,139 +1952,139 @@
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>a</w:t>
             </w:r>
             <w:r w:rsidRPr="0057167A">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">ttributes:  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BB6791" w:rsidRPr="009F72B5" w14:paraId="511AD24A" w14:textId="77777777" w:rsidTr="009F72B5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4765" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="3BDC1B68" w14:textId="77777777" w:rsidR="00BB6791" w:rsidRPr="009F72B5" w:rsidRDefault="00BB6791" w:rsidP="009F72B5">
+          <w:p w14:paraId="3BDC1B68" w14:textId="2206164C" w:rsidR="00BB6791" w:rsidRPr="009F72B5" w:rsidRDefault="00BB6791" w:rsidP="009F72B5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> MERGEFIELD  "Attributes of the Property" </w:instrText>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="009F72B5">
+            <w:r w:rsidR="00F86CF6">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>«Attributes of the Property»</w:t>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4765" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="06143AA7" w14:textId="77777777" w:rsidR="00BB6791" w:rsidRPr="009F72B5" w:rsidRDefault="00BB6791" w:rsidP="009F72B5">
+          <w:p w14:paraId="06143AA7" w14:textId="0302120F" w:rsidR="00BB6791" w:rsidRPr="009F72B5" w:rsidRDefault="00BB6791" w:rsidP="009F72B5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> MERGEFIELD  "Affected Attributes" </w:instrText>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="009F72B5">
+            <w:r w:rsidR="00F86CF6">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>«Affected Attributes»</w:t>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="0D022E83" w14:textId="6DB08CC1" w:rsidR="006E2DA6" w:rsidRDefault="006E2DA6" w:rsidP="00BB6791">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans"/>
           <w:sz w:val="22"/>
@@ -2110,51 +2111,51 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="19723749" w14:textId="77777777" w:rsidR="00BB6791" w:rsidRPr="00BB6791" w:rsidRDefault="00BB6791">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="9306"/>
+        <w:gridCol w:w="9080"/>
       </w:tblGrid>
       <w:tr w:rsidR="00E43655" w:rsidRPr="007D7362" w14:paraId="713A2A74" w14:textId="77777777" w:rsidTr="007D7362">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9306" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="38043666" w14:textId="145861F4" w:rsidR="00E43655" w:rsidRPr="007D7362" w:rsidRDefault="00E43655" w:rsidP="006E2DA6">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="007D7362">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">The Official of Jurisdiction (OWJ) has been contacted by the Iowa DOT Location and Environment Bureau or the Local Public Agency as the project sponsor regarding the project.  The OWJ understands that there is a need for this improvement and </w:t>
             </w:r>
             <w:r w:rsidR="006E2DA6">
@@ -2384,53 +2385,53 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="30E820E7" w14:textId="77777777" w:rsidR="006E2DA6" w:rsidRPr="006E2DA6" w:rsidRDefault="006E2DA6" w:rsidP="006E2DA6">
       <w:pPr>
         <w:rPr>
           <w:vanish/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpY="386"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="2322"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="5040"/>
+        <w:gridCol w:w="2278"/>
+        <w:gridCol w:w="1888"/>
+        <w:gridCol w:w="4914"/>
       </w:tblGrid>
       <w:tr w:rsidR="00E10879" w:rsidRPr="009F72B5" w14:paraId="0C20D03B" w14:textId="77777777" w:rsidTr="00145325">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2322" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="03617A"/>
           </w:tcPr>
           <w:p w14:paraId="725EABCD" w14:textId="374E6A6E" w:rsidR="00E10879" w:rsidRPr="0057167A" w:rsidRDefault="002D22E1" w:rsidP="00E10879">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Contact</w:t>
             </w:r>
@@ -2471,233 +2472,233 @@
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="0057167A">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Comments</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E10879" w:rsidRPr="009F72B5" w14:paraId="202C5FE7" w14:textId="77777777" w:rsidTr="00050A0F">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2322" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="61E12612" w14:textId="77777777" w:rsidR="00E10879" w:rsidRPr="009F72B5" w:rsidRDefault="00E10879" w:rsidP="00E10879">
+          <w:p w14:paraId="61E12612" w14:textId="1865125D" w:rsidR="00E10879" w:rsidRPr="009F72B5" w:rsidRDefault="00E10879" w:rsidP="00E10879">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> MERGEFIELD  "OWJ Contact"  \* MERGEFORMAT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="009F72B5">
+            <w:r w:rsidR="00F86CF6">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>«OWJ Contact»</w:t>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1926" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="157E7B0D" w14:textId="77777777" w:rsidR="00E10879" w:rsidRPr="009F72B5" w:rsidRDefault="00E10879" w:rsidP="00E10879">
+          <w:p w14:paraId="157E7B0D" w14:textId="611CF8A3" w:rsidR="00E10879" w:rsidRPr="009F72B5" w:rsidRDefault="00E10879" w:rsidP="00E10879">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> MERGEFIELD  Sent  \* MERGEFORMAT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="009F72B5">
+            <w:r w:rsidR="00F86CF6">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>«Sent»</w:t>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="5040" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="220E785E" w14:textId="77777777" w:rsidR="00E10879" w:rsidRPr="009F72B5" w:rsidRDefault="00E10879" w:rsidP="00E10879">
+          <w:p w14:paraId="220E785E" w14:textId="2D3DDE7A" w:rsidR="00E10879" w:rsidRPr="009F72B5" w:rsidRDefault="00E10879" w:rsidP="00E10879">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> MERGEFIELD  Comments  \* MERGEFORMAT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="009F72B5">
+            <w:r w:rsidR="00F86CF6">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>«Comments»</w:t>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpY="1404"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="6" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="6" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
-        <w:gridCol w:w="1818"/>
-[...1 lines deleted...]
-        <w:gridCol w:w="1368"/>
+        <w:gridCol w:w="1802"/>
+        <w:gridCol w:w="5930"/>
+        <w:gridCol w:w="1342"/>
       </w:tblGrid>
       <w:tr w:rsidR="00145325" w:rsidRPr="009F72B5" w14:paraId="351A0F6E" w14:textId="77777777" w:rsidTr="00145325">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9306" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
           <w:p w14:paraId="256F2CE5" w14:textId="04F3AD7B" w:rsidR="00145325" w:rsidRPr="0057167A" w:rsidRDefault="00145325" w:rsidP="0057167A">
             <w:pPr>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00FD0DC5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
@@ -3201,104 +3202,104 @@
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="780CF7AA" w14:textId="77777777" w:rsidR="00E10879" w:rsidRPr="0057167A" w:rsidRDefault="00E10879" w:rsidP="00E10879">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
           <w:color w:val="FFFFFF" w:themeColor="background1"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00E10879" w:rsidRPr="0057167A" w:rsidSect="00E43655">
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:footerReference w:type="default" r:id="rId9"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1350" w:bottom="1080" w:left="1800" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="7A7B4C8E" w14:textId="77777777" w:rsidR="000D75AB" w:rsidRDefault="000D75AB">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="70AF49C0" w14:textId="77777777" w:rsidR="000D75AB" w:rsidRDefault="000D75AB">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="PT Sans">
     <w:panose1 w:val="020B0503020203020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="5000204B" w:usb2="00000020" w:usb3="00000000" w:csb0="00000097" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="79235D83" w14:textId="77777777" w:rsidR="006E2DA6" w:rsidRPr="006E2DA6" w:rsidRDefault="006E2DA6">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="006E2DA6">
       <w:rPr>
         <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="006E2DA6">
       <w:rPr>
         <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans"/>
       </w:rPr>
       <w:instrText xml:space="preserve"> PAGE   \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r w:rsidRPr="006E2DA6">
       <w:rPr>
         <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans"/>
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
@@ -3308,130 +3309,161 @@
         <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans"/>
         <w:noProof/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r w:rsidRPr="006E2DA6">
       <w:rPr>
         <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans"/>
         <w:noProof/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="471BC0E0" w14:textId="77777777" w:rsidR="006E2DA6" w:rsidRPr="006E2DA6" w:rsidRDefault="006E2DA6">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:rPr>
         <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="6C2513BC" w14:textId="77777777" w:rsidR="000D75AB" w:rsidRDefault="000D75AB">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="05BDE0EE" w14:textId="77777777" w:rsidR="000D75AB" w:rsidRDefault="000D75AB">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
-  <w:p w14:paraId="380B2EC7" w14:textId="54BD8F74" w:rsidR="001A5E4C" w:rsidRDefault="00356F47" w:rsidP="00BB6791">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="380B2EC7" w14:textId="1B971A09" w:rsidR="001A5E4C" w:rsidRDefault="00F86CF6" w:rsidP="00BB6791">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4320"/>
         <w:tab w:val="clear" w:pos="8640"/>
       </w:tabs>
       <w:ind w:right="-180"/>
       <w:rPr>
         <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
-      <w:pict w14:anchorId="3824C34C">
-[...38 lines deleted...]
-      <w:tab/>
+      <w:drawing>
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657728" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3824C34C" wp14:editId="7FA41F7B">
+          <wp:simplePos x="0" y="0"/>
+          <wp:positionH relativeFrom="column">
+            <wp:posOffset>-157480</wp:posOffset>
+          </wp:positionH>
+          <wp:positionV relativeFrom="paragraph">
+            <wp:posOffset>-175260</wp:posOffset>
+          </wp:positionV>
+          <wp:extent cx="2509520" cy="628650"/>
+          <wp:effectExtent l="0" t="0" r="0" b="0"/>
+          <wp:wrapThrough wrapText="bothSides">
+            <wp:wrapPolygon edited="0">
+              <wp:start x="3115" y="3927"/>
+              <wp:lineTo x="1148" y="5236"/>
+              <wp:lineTo x="1148" y="15709"/>
+              <wp:lineTo x="3115" y="17018"/>
+              <wp:lineTo x="17545" y="17018"/>
+              <wp:lineTo x="20660" y="15709"/>
+              <wp:lineTo x="20332" y="5236"/>
+              <wp:lineTo x="4263" y="3927"/>
+              <wp:lineTo x="3115" y="3927"/>
+            </wp:wrapPolygon>
+          </wp:wrapThrough>
+          <wp:docPr id="2" name="Picture 7" descr="Iowa DOT Logo"/>
+          <wp:cNvGraphicFramePr>
+            <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
+          </wp:cNvGraphicFramePr>
+          <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
+              <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
+                <pic:nvPicPr>
+                  <pic:cNvPr id="2" name="Picture 7" descr="Iowa DOT Logo"/>
+                  <pic:cNvPicPr>
+                    <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
+                  </pic:cNvPicPr>
+                </pic:nvPicPr>
+                <pic:blipFill>
+                  <a:blip r:embed="rId1">
+                    <a:extLst>
+                      <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+                        <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+                      </a:ext>
+                    </a:extLst>
+                  </a:blip>
+                  <a:srcRect/>
+                  <a:stretch>
+                    <a:fillRect/>
+                  </a:stretch>
+                </pic:blipFill>
+                <pic:spPr bwMode="auto">
+                  <a:xfrm>
+                    <a:off x="0" y="0"/>
+                    <a:ext cx="2509520" cy="628650"/>
+                  </a:xfrm>
+                  <a:prstGeom prst="rect">
+                    <a:avLst/>
+                  </a:prstGeom>
+                  <a:noFill/>
+                </pic:spPr>
+              </pic:pic>
+            </a:graphicData>
+          </a:graphic>
+          <wp14:sizeRelH relativeFrom="margin">
+            <wp14:pctWidth>0</wp14:pctWidth>
+          </wp14:sizeRelH>
+          <wp14:sizeRelV relativeFrom="margin">
+            <wp14:pctHeight>0</wp14:pctHeight>
+          </wp14:sizeRelV>
+        </wp:anchor>
+      </w:drawing>
     </w:r>
     <w:r w:rsidR="00BB6791">
       <w:tab/>
     </w:r>
     <w:r w:rsidR="00BB6791" w:rsidRPr="00DC2081">
       <w:rPr>
         <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
       <w:t>Section 4(f)</w:t>
     </w:r>
     <w:r w:rsidR="006E2DA6">
       <w:rPr>
         <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidR="00BB6791" w:rsidRPr="00DC2081">
@@ -3491,51 +3523,51 @@
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidR="00E10879">
       <w:rPr>
         <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
       <w:t>Recreation</w:t>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2D060E10"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="58228D90"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -3635,222 +3667,196 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="321277211">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1111315789">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="130"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
-  <w:doNotTrackMoves/>
   <w:defaultTabStop w:val="720"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
-    <o:shapelayout v:ext="edit">
-[...1 lines deleted...]
-    </o:shapelayout>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
-    <w:footnoteLayoutLikeWW8/>
-[...2 lines deleted...]
-    <w:forgetLastTabAlignment/>
     <w:doNotUseHTMLParagraphAutoSpacing/>
-    <w:layoutRawTableWidth/>
-[...25 lines deleted...]
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00E26557"/>
     <w:rsid w:val="00040EE1"/>
     <w:rsid w:val="00050A0F"/>
     <w:rsid w:val="000D365F"/>
     <w:rsid w:val="000D75AB"/>
     <w:rsid w:val="000E7C59"/>
     <w:rsid w:val="001419FE"/>
     <w:rsid w:val="00145325"/>
     <w:rsid w:val="001A5E4C"/>
     <w:rsid w:val="001D4A00"/>
     <w:rsid w:val="001E7B21"/>
+    <w:rsid w:val="002056D0"/>
     <w:rsid w:val="00253CB6"/>
     <w:rsid w:val="002D22E1"/>
     <w:rsid w:val="003358FE"/>
     <w:rsid w:val="00356F47"/>
     <w:rsid w:val="00365B78"/>
     <w:rsid w:val="003B64A9"/>
     <w:rsid w:val="003F77A1"/>
     <w:rsid w:val="00413713"/>
     <w:rsid w:val="00425242"/>
     <w:rsid w:val="004D660B"/>
     <w:rsid w:val="00517024"/>
     <w:rsid w:val="0057167A"/>
     <w:rsid w:val="005B1B16"/>
     <w:rsid w:val="00641492"/>
     <w:rsid w:val="00682313"/>
     <w:rsid w:val="006E2DA6"/>
     <w:rsid w:val="00723C0D"/>
     <w:rsid w:val="007401FF"/>
     <w:rsid w:val="007648CC"/>
     <w:rsid w:val="00774D37"/>
     <w:rsid w:val="00783800"/>
     <w:rsid w:val="00796942"/>
     <w:rsid w:val="007B6033"/>
     <w:rsid w:val="007D7362"/>
     <w:rsid w:val="00800A33"/>
     <w:rsid w:val="00841990"/>
     <w:rsid w:val="008D6C1C"/>
     <w:rsid w:val="009354EA"/>
     <w:rsid w:val="0094533F"/>
     <w:rsid w:val="009E3735"/>
     <w:rsid w:val="009F72B5"/>
     <w:rsid w:val="00A4560D"/>
     <w:rsid w:val="00A571FF"/>
     <w:rsid w:val="00A7166D"/>
     <w:rsid w:val="00A7499A"/>
     <w:rsid w:val="00AC6976"/>
     <w:rsid w:val="00B259E1"/>
     <w:rsid w:val="00B25DF9"/>
     <w:rsid w:val="00B9424E"/>
     <w:rsid w:val="00BA7CDE"/>
     <w:rsid w:val="00BB6791"/>
     <w:rsid w:val="00C4325B"/>
     <w:rsid w:val="00C50B41"/>
     <w:rsid w:val="00C963FD"/>
     <w:rsid w:val="00CF5A7E"/>
     <w:rsid w:val="00D00763"/>
     <w:rsid w:val="00D11A1A"/>
     <w:rsid w:val="00D24E8D"/>
     <w:rsid w:val="00D33945"/>
+    <w:rsid w:val="00D449D4"/>
     <w:rsid w:val="00DC2081"/>
     <w:rsid w:val="00DF2E3F"/>
     <w:rsid w:val="00E10879"/>
     <w:rsid w:val="00E2526E"/>
     <w:rsid w:val="00E26557"/>
     <w:rsid w:val="00E43655"/>
     <w:rsid w:val="00E53C74"/>
     <w:rsid w:val="00E71DFB"/>
     <w:rsid w:val="00EB4ACB"/>
     <w:rsid w:val="00F04C68"/>
     <w:rsid w:val="00F21094"/>
     <w:rsid w:val="00F4422C"/>
     <w:rsid w:val="00F540E7"/>
     <w:rsid w:val="00F6587D"/>
+    <w:rsid w:val="00F86CF6"/>
     <w:rsid w:val="00F87837"/>
     <w:rsid w:val="00FC175B"/>
     <w:rsid w:val="00FD0DC5"/>
     <w:rsid w:val="00FE6234"/>
     <w:rsid w:val="00FF23DA"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="3DCC1F9E"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{D4C21BDC-1815-41CE-B93E-A5F0B3D692F9}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="footer" w:uiPriority="99"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:qFormat="1"/>
@@ -4208,51 +4214,51 @@
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:rsid w:val="00BB6791"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="FooterChar">
     <w:name w:val="Footer Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Footer"/>
     <w:uiPriority w:val="99"/>
     <w:rsid w:val="006E2DA6"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
@@ -4537,69 +4543,200 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{E6D1BA13-C8D2-47A6-AA00-9CEA9FF2D3A8}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>730</Words>
-  <Characters>3687</Characters>
+  <Words>492</Words>
+  <Characters>3925</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>141</Lines>
-  <Paragraphs>100</Paragraphs>
+  <Lines>135</Lines>
+  <Paragraphs>64</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Jim Schnoebelen, P</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>City of Cedar Rapids</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4317</CharactersWithSpaces>
+  <CharactersWithSpaces>4353</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>Jim Schnoebelen, P</dc:title>
+  <dc:title>Section 4(f) - Temporary Impact Form - Recreation</dc:title>
   <dc:subject/>
   <dc:creator>davek</dc:creator>
-  <cp:keywords/>
+  <cp:keywords>Accessibility Verified</cp:keywords>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Folder_Number">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Folder_Code">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="Folder_Name">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="Folder_Description">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="/Folder_Name/">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="/Folder_Description/">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="Folder_Version">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="Folder_VersionSeq">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="Folder_Manager">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="Folder_ManagerDesc">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="Folder_Storage">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="13" name="Folder_StorageDesc">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="14" name="Folder_Creator">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="15" name="Folder_CreatorDesc">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="16" name="Folder_CreateDate">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="17" name="Folder_Updater">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="18" name="Folder_UpdaterDesc">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="19" name="Folder_UpdateDate">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="20" name="Document_Number">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="21" name="Document_Name">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="22" name="Document_FileName">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="23" name="Document_Version">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="24" name="Document_VersionSeq">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="25" name="Document_Creator">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="26" name="Document_CreatorDesc">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="27" name="Document_CreateDate">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="28" name="Document_Updater">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="29" name="Document_UpdaterDesc">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="30" name="Document_UpdateDate">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="31" name="Document_Size">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="32" name="Document_Storage">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="33" name="Document_StorageDesc">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="34" name="Document_Department">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="35" name="Document_DepartmentDesc">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="36" name="MSIP_Label_0faac733-ded1-41e0-8ea6-961193f81247_Enabled">
+    <vt:lpwstr>true</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="37" name="MSIP_Label_0faac733-ded1-41e0-8ea6-961193f81247_SetDate">
+    <vt:lpwstr>2025-12-03T19:49:04Z</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="38" name="MSIP_Label_0faac733-ded1-41e0-8ea6-961193f81247_Method">
+    <vt:lpwstr>Standard</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="39" name="MSIP_Label_0faac733-ded1-41e0-8ea6-961193f81247_Name">
+    <vt:lpwstr>defa4170-0d19-0005-0004-bc88714345d2</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="40" name="MSIP_Label_0faac733-ded1-41e0-8ea6-961193f81247_SiteId">
+    <vt:lpwstr>a1e65fcc-32fa-4fdd-8692-0cc2eb06676e</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="41" name="MSIP_Label_0faac733-ded1-41e0-8ea6-961193f81247_ActionId">
+    <vt:lpwstr>b9cb6ce8-2522-4836-af18-fd3fd0d6b95a</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="42" name="MSIP_Label_0faac733-ded1-41e0-8ea6-961193f81247_ContentBits">
+    <vt:lpwstr>0</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="43" name="MSIP_Label_0faac733-ded1-41e0-8ea6-961193f81247_Tag">
+    <vt:lpwstr>10, 3, 0, 1</vt:lpwstr>
+  </property>
+</Properties>
+</file>