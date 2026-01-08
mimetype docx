--- v0 (2025-10-09)
+++ v1 (2026-01-08)
@@ -1,541 +1,547 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
+  <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
+  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4524"/>
         <w:gridCol w:w="4556"/>
       </w:tblGrid>
       <w:tr w:rsidR="00E12D03" w:rsidRPr="009F72B5" w14:paraId="5D9EA0FC" w14:textId="77777777" w:rsidTr="00E12D03">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4524" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="1538C47C" w14:textId="77777777" w:rsidR="00E12D03" w:rsidRPr="009F72B5" w:rsidRDefault="00E12D03" w:rsidP="00E12D03">
+          <w:p w14:paraId="1538C47C" w14:textId="2BAE41D3" w:rsidR="00E12D03" w:rsidRPr="009F72B5" w:rsidRDefault="00E12D03" w:rsidP="00E12D03">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E2DA6">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>County:</w:t>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> MERGEFIELD  County  \* MERGEFORMAT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="009F72B5">
+            <w:r w:rsidR="0023151D">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>«County»</w:t>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3DD6769B" w14:textId="77777777" w:rsidR="00E12D03" w:rsidRPr="009F72B5" w:rsidRDefault="00E12D03" w:rsidP="00E12D03">
+          <w:p w14:paraId="3DD6769B" w14:textId="329F95D2" w:rsidR="00E12D03" w:rsidRPr="009F72B5" w:rsidRDefault="00E12D03" w:rsidP="00E12D03">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E2DA6">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Project Code:</w:t>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> MERGEFIELD  "Phase Code"  \* MERGEFORMAT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="009F72B5">
+            <w:r w:rsidR="0023151D">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>«Phase Code»</w:t>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6790DC91" w14:textId="77777777" w:rsidR="00E12D03" w:rsidRPr="009F72B5" w:rsidRDefault="00E12D03" w:rsidP="00E12D03">
+          <w:p w14:paraId="6790DC91" w14:textId="15C32959" w:rsidR="00E12D03" w:rsidRPr="009F72B5" w:rsidRDefault="00E12D03" w:rsidP="00E12D03">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E2DA6">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Phase Number:</w:t>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> MERGEFIELD  "Phase Number"  \* MERGEFORMAT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="009F72B5">
+            <w:r w:rsidR="0023151D">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>«Phase Number»</w:t>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="29DA41F7" w14:textId="3B6A92B9" w:rsidR="00E12D03" w:rsidRPr="009F72B5" w:rsidRDefault="00E12D03" w:rsidP="00E12D03">
+          <w:p w14:paraId="29DA41F7" w14:textId="5077B8C2" w:rsidR="00E12D03" w:rsidRPr="009F72B5" w:rsidRDefault="00E12D03" w:rsidP="00E12D03">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E2DA6">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Location:</w:t>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> MERGEFIELD  "NEPA Doc Title"  \* MERGEFORMAT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="009F72B5">
+            <w:r w:rsidR="0023151D">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>«NEPA Doc Title»</w:t>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4556" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="40A76BF2" w14:textId="77777777" w:rsidR="00E12D03" w:rsidRPr="009F72B5" w:rsidRDefault="00E12D03" w:rsidP="00E12D03">
+          <w:p w14:paraId="40A76BF2" w14:textId="7DF54223" w:rsidR="00E12D03" w:rsidRPr="009F72B5" w:rsidRDefault="00E12D03" w:rsidP="00E12D03">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E2DA6">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>NEPA Classification:</w:t>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> MERGEFIELD  "NEPA Classification"  \* MERGEFORMAT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="009F72B5">
+            <w:r w:rsidR="0023151D">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>«NEPA Classification»</w:t>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="71E4FF73" w14:textId="77777777" w:rsidR="00E12D03" w:rsidRPr="009F72B5" w:rsidRDefault="00E12D03" w:rsidP="00E12D03">
+          <w:p w14:paraId="71E4FF73" w14:textId="759B1E91" w:rsidR="00E12D03" w:rsidRPr="009F72B5" w:rsidRDefault="00E12D03" w:rsidP="00E12D03">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E2DA6">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>NEPA Project Type:</w:t>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> MERGEFIELD  "NEPA Project Type"  \* MERGEFORMAT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="009F72B5">
+            <w:r w:rsidR="0023151D">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>«NEPA Project Type»</w:t>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3D721BBB" w14:textId="7928DC21" w:rsidR="00E12D03" w:rsidRPr="009F72B5" w:rsidRDefault="00E12D03" w:rsidP="00E12D03">
+          <w:p w14:paraId="3D721BBB" w14:textId="5A2B88F0" w:rsidR="00E12D03" w:rsidRPr="009F72B5" w:rsidRDefault="00E12D03" w:rsidP="00E12D03">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E2DA6">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>NEPA ID:</w:t>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> MERGEFIELD  "NEPA ID"  \* MERGEFORMAT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="009F72B5">
+            <w:r w:rsidR="0023151D">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>«NEPA ID»</w:t>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E12D03" w:rsidRPr="009F72B5" w14:paraId="3DE657A0" w14:textId="77777777" w:rsidTr="00C967BE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9080" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
@@ -555,490 +561,479 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>FHWA determines the applicability of 49 USC 303 (Section 4(f) of the DOT Act of 1966) to impacts your project may have on a public park, recreation area, or wildlife and waterfowl refuge. This is part of the Section 4(f) determination process for this project. To complete the determination, FHWA is gathering input from the official with jurisdiction over the property to establish the function, designation, and significance of the property.</w:t>
             </w:r>
             <w:r w:rsidRPr="007401FF">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">s the official with jurisdiction, we are providing you information regarding the proposed impacts to the property listed below. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7F91D873" w14:textId="77777777" w:rsidR="00BB6791" w:rsidRPr="00BB6791" w:rsidRDefault="00BB6791" w:rsidP="00BB6791">
+    <w:p w14:paraId="7F91D873" w14:textId="431071BD" w:rsidR="00BB6791" w:rsidRPr="00BB6791" w:rsidRDefault="00BB6791" w:rsidP="00BB6791">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BB6791">
         <w:rPr>
           <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="00BB6791">
         <w:rPr>
           <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> MERGEFIELD  "Property Name" \* Upper  \* MERGEFORMAT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00BB6791">
         <w:rPr>
           <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidRPr="00BB6791">
+      <w:r w:rsidR="0023151D">
         <w:rPr>
           <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>«PROPERTY NAME»</w:t>
       </w:r>
       <w:r w:rsidRPr="00BB6791">
         <w:rPr>
           <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="9080"/>
       </w:tblGrid>
       <w:tr w:rsidR="00E12D03" w14:paraId="096A54FA" w14:textId="77777777" w:rsidTr="00E12D03">
         <w:trPr>
           <w:trHeight w:val="3824"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9080" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="24F36998" w14:textId="242D81FA" w:rsidR="00E12D03" w:rsidRPr="00BB6791" w:rsidRDefault="00E12D03" w:rsidP="00E12D03">
-[...37 lines deleted...]
-                <w:color w:val="00B0F0"/>
+          <w:p w14:paraId="24F36998" w14:textId="242D81FA" w:rsidR="00E12D03" w:rsidRPr="0023151D" w:rsidRDefault="00E12D03" w:rsidP="00E12D03">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="007BB8"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+            <w:r w:rsidRPr="0023151D">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="007BB8"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+              <w:t>&lt;&lt;INSERT VISUAL OF THE PROPERTY AND THE PROJECT IMPACT</w:t>
+            </w:r>
+            <w:r w:rsidR="00F47A68" w:rsidRPr="0023151D">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="007BB8"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> (add additional attachments if needed)</w:t>
             </w:r>
-            <w:r w:rsidRPr="00BB6791">
-[...4 lines deleted...]
-                <w:color w:val="00B0F0"/>
+            <w:r w:rsidRPr="0023151D">
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="007BB8"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>&gt;&gt;</w:t>
             </w:r>
           </w:p>
-          <w:p w14:paraId="33D2BF58" w14:textId="77777777" w:rsidR="00E12D03" w:rsidRDefault="00E12D03" w:rsidP="00E43655">
-[...233 lines deleted...]
-                <w:color w:val="00B0F0"/>
+          <w:p w14:paraId="33D2BF58" w14:textId="77777777" w:rsidR="00E12D03" w:rsidRPr="0023151D" w:rsidRDefault="00E12D03" w:rsidP="00E43655">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="007BB8"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="16FF6F11" w14:textId="77777777" w:rsidR="00484AA7" w:rsidRPr="0023151D" w:rsidRDefault="00484AA7" w:rsidP="00E43655">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="007BB8"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="29E0C771" w14:textId="77777777" w:rsidR="00484AA7" w:rsidRPr="0023151D" w:rsidRDefault="00484AA7" w:rsidP="00E43655">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="007BB8"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="2C0CBB0A" w14:textId="77777777" w:rsidR="00484AA7" w:rsidRPr="0023151D" w:rsidRDefault="00484AA7" w:rsidP="00E43655">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="007BB8"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="0EF2BA27" w14:textId="77777777" w:rsidR="00484AA7" w:rsidRPr="0023151D" w:rsidRDefault="00484AA7" w:rsidP="00E43655">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="007BB8"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="6963FDDA" w14:textId="77777777" w:rsidR="00484AA7" w:rsidRPr="0023151D" w:rsidRDefault="00484AA7" w:rsidP="00E43655">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="007BB8"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1118DB83" w14:textId="77777777" w:rsidR="00484AA7" w:rsidRPr="0023151D" w:rsidRDefault="00484AA7" w:rsidP="00E43655">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="007BB8"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="705C924A" w14:textId="77777777" w:rsidR="00484AA7" w:rsidRPr="0023151D" w:rsidRDefault="00484AA7" w:rsidP="00E43655">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="007BB8"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="036B7506" w14:textId="77777777" w:rsidR="00484AA7" w:rsidRPr="0023151D" w:rsidRDefault="00484AA7" w:rsidP="00E43655">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="007BB8"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="45C876F8" w14:textId="77777777" w:rsidR="00484AA7" w:rsidRPr="0023151D" w:rsidRDefault="00484AA7" w:rsidP="00E43655">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="007BB8"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="3A14593C" w14:textId="77777777" w:rsidR="00484AA7" w:rsidRPr="0023151D" w:rsidRDefault="00484AA7" w:rsidP="00E43655">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="007BB8"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="330704EB" w14:textId="77777777" w:rsidR="00484AA7" w:rsidRPr="0023151D" w:rsidRDefault="00484AA7" w:rsidP="00E43655">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="007BB8"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="57F4A0E2" w14:textId="77777777" w:rsidR="00484AA7" w:rsidRPr="0023151D" w:rsidRDefault="00484AA7" w:rsidP="00E43655">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="007BB8"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="76340B50" w14:textId="77777777" w:rsidR="00484AA7" w:rsidRPr="0023151D" w:rsidRDefault="00484AA7" w:rsidP="00E43655">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="007BB8"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1DDB51C2" w14:textId="77777777" w:rsidR="00484AA7" w:rsidRPr="0023151D" w:rsidRDefault="00484AA7" w:rsidP="00E43655">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="007BB8"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="7C83B3CB" w14:textId="77777777" w:rsidR="00484AA7" w:rsidRPr="0023151D" w:rsidRDefault="00484AA7" w:rsidP="00E43655">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="007BB8"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="77A9DA0D" w14:textId="77777777" w:rsidR="00484AA7" w:rsidRPr="0023151D" w:rsidRDefault="00484AA7" w:rsidP="00E43655">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="007BB8"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="24C1ED56" w14:textId="77777777" w:rsidR="00484AA7" w:rsidRPr="0023151D" w:rsidRDefault="00484AA7" w:rsidP="00E43655">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="007BB8"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="1DFEF478" w14:textId="77777777" w:rsidR="00484AA7" w:rsidRPr="0023151D" w:rsidRDefault="00484AA7" w:rsidP="00E43655">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="007BB8"/>
+                <w:sz w:val="22"/>
+                <w:szCs w:val="22"/>
+              </w:rPr>
+            </w:pPr>
+          </w:p>
+          <w:p w14:paraId="255A0479" w14:textId="77777777" w:rsidR="00484AA7" w:rsidRPr="0023151D" w:rsidRDefault="00484AA7" w:rsidP="00E43655">
+            <w:pPr>
+              <w:rPr>
+                <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
+                <w:b/>
+                <w:bCs/>
+                <w:color w:val="007BB8"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E12D03" w14:paraId="106F064B" w14:textId="77777777" w:rsidTr="00E12D03">
         <w:trPr>
           <w:trHeight w:val="1070"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9080" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="122D29D4" w14:textId="77777777" w:rsidR="00E12D03" w:rsidRDefault="00E12D03" w:rsidP="00E12D03">
+          <w:p w14:paraId="122D29D4" w14:textId="41782743" w:rsidR="00E12D03" w:rsidRDefault="00E12D03" w:rsidP="00E12D03">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Ownership: </w:t>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> MERGEFIELD  Ownership  \* MERGEFORMAT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="009F72B5">
+            <w:r w:rsidR="0023151D">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>«Ownership»</w:t>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
@@ -1054,51 +1049,51 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> MERGEFIELD  "Property a refuge"  \* MERGEFORMAT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="009F72B5">
+            <w:r w:rsidR="0023151D">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>«Property a refuge»</w:t>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="523683E7" w14:textId="69AA6D26" w:rsidR="00E12D03" w:rsidRPr="00BB6791" w:rsidRDefault="00E12D03" w:rsidP="00E12D03">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
@@ -1213,474 +1208,474 @@
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E12D03">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Duration of Impact:  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BB6791" w:rsidRPr="009F72B5" w14:paraId="50FE70B8" w14:textId="77777777" w:rsidTr="009F72B5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3625" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="3F10B51E" w14:textId="77777777" w:rsidR="00BB6791" w:rsidRPr="009F72B5" w:rsidRDefault="00BB6791" w:rsidP="009F72B5">
+          <w:p w14:paraId="3F10B51E" w14:textId="720B922F" w:rsidR="00BB6791" w:rsidRPr="009F72B5" w:rsidRDefault="00BB6791" w:rsidP="009F72B5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> MERGEFIELD  PDArea  \* MERGEFORMAT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="009F72B5">
+            <w:r w:rsidR="0023151D">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>«PDArea»</w:t>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> MERGEFIELD  PDAUnit  \* MERGEFORMAT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="009F72B5">
+            <w:r w:rsidR="0023151D">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>«PDAUnit»</w:t>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> MERGEFIELD  Length  \* MERGEFORMAT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="009F72B5">
+            <w:r w:rsidR="0023151D">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>«Length»</w:t>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> MERGEFIELD  PDLunit  \* MERGEFORMAT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="009F72B5">
+            <w:r w:rsidR="0023151D">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>«PDLunit»</w:t>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3445" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="7F0105A7" w14:textId="77777777" w:rsidR="00BB6791" w:rsidRPr="009F72B5" w:rsidRDefault="00BB6791" w:rsidP="009F72B5">
+          <w:p w14:paraId="7F0105A7" w14:textId="369D0004" w:rsidR="00BB6791" w:rsidRPr="009F72B5" w:rsidRDefault="00BB6791" w:rsidP="009F72B5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> MERGEFIELD  EPArea  \* MERGEFORMAT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="009F72B5">
+            <w:r w:rsidR="0023151D">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>«EPArea»</w:t>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> MERGEFIELD  EPAUnit  \* MERGEFORMAT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="009F72B5">
+            <w:r w:rsidR="0023151D">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>«EPAUnit»</w:t>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> MERGEFIELD  EPLength  \* MERGEFORMAT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="009F72B5">
+            <w:r w:rsidR="0023151D">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>«EPLength»</w:t>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> MERGEFIELD  Lunit  \* MERGEFORMAT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="009F72B5">
+            <w:r w:rsidR="0023151D">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>«Lunit»</w:t>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="6542DBFD" w14:textId="77777777" w:rsidR="00BB6791" w:rsidRPr="009F72B5" w:rsidRDefault="00BB6791" w:rsidP="009F72B5">
+          <w:p w14:paraId="6542DBFD" w14:textId="68068911" w:rsidR="00BB6791" w:rsidRPr="009F72B5" w:rsidRDefault="00BB6791" w:rsidP="009F72B5">
             <w:pPr>
               <w:spacing w:after="240"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> MERGEFIELD  "Duration of Impact"  \* MERGEFORMAT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="009F72B5">
+            <w:r w:rsidR="0023151D">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>«Duration of Impact»</w:t>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="62F77B0B" w14:textId="77777777" w:rsidR="00BB6791" w:rsidRPr="00BB6791" w:rsidRDefault="00BB6791" w:rsidP="00BB6791">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
           <w:b/>
@@ -1745,139 +1740,139 @@
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E12D03">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Affected Attributes:  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BB6791" w:rsidRPr="009F72B5" w14:paraId="511AD24A" w14:textId="77777777" w:rsidTr="00A02070">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4540" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="3BDC1B68" w14:textId="77777777" w:rsidR="00BB6791" w:rsidRPr="009F72B5" w:rsidRDefault="00BB6791" w:rsidP="009F72B5">
+          <w:p w14:paraId="3BDC1B68" w14:textId="7EDD2E88" w:rsidR="00BB6791" w:rsidRPr="009F72B5" w:rsidRDefault="00BB6791" w:rsidP="009F72B5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> MERGEFIELD  "Attributes of the Property" </w:instrText>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="009F72B5">
+            <w:r w:rsidR="0023151D">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>«Attributes of the Property»</w:t>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4540" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="06143AA7" w14:textId="77777777" w:rsidR="00BB6791" w:rsidRPr="009F72B5" w:rsidRDefault="00BB6791" w:rsidP="009F72B5">
+          <w:p w14:paraId="06143AA7" w14:textId="6145968C" w:rsidR="00BB6791" w:rsidRPr="009F72B5" w:rsidRDefault="00BB6791" w:rsidP="009F72B5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> MERGEFIELD  "Affected Attributes" </w:instrText>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="009F72B5">
+            <w:r w:rsidR="0023151D">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>«Affected Attributes»</w:t>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
@@ -2372,195 +2367,195 @@
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E12D03">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Comments</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E15333" w:rsidRPr="009F72B5" w14:paraId="5C4C1C4F" w14:textId="77777777" w:rsidTr="005D336E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2428" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="7A237A16" w14:textId="77777777" w:rsidR="00E15333" w:rsidRPr="009F72B5" w:rsidRDefault="00E15333" w:rsidP="00E15333">
+          <w:p w14:paraId="7A237A16" w14:textId="607B42F4" w:rsidR="00E15333" w:rsidRPr="009F72B5" w:rsidRDefault="00E15333" w:rsidP="00E15333">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> MERGEFIELD  "OWJ Contact"  \* MERGEFORMAT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="009F72B5">
+            <w:r w:rsidR="0023151D">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>«OWJ Contact»</w:t>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1887" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="3E0F9880" w14:textId="77777777" w:rsidR="00E15333" w:rsidRPr="009F72B5" w:rsidRDefault="00E15333" w:rsidP="00E15333">
+          <w:p w14:paraId="3E0F9880" w14:textId="27517E25" w:rsidR="00E15333" w:rsidRPr="009F72B5" w:rsidRDefault="00E15333" w:rsidP="00E15333">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> MERGEFIELD  Sent  \* MERGEFORMAT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="009F72B5">
+            <w:r w:rsidR="0023151D">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>«Sent»</w:t>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="775A3FBD" w14:textId="77777777" w:rsidR="00E15333" w:rsidRPr="009F72B5" w:rsidRDefault="00E15333" w:rsidP="00E15333">
+          <w:p w14:paraId="775A3FBD" w14:textId="5EF1E74A" w:rsidR="00E15333" w:rsidRPr="009F72B5" w:rsidRDefault="00E15333" w:rsidP="00E15333">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> MERGEFIELD  Comments  \* MERGEFORMAT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidRPr="009F72B5">
+            <w:r w:rsidR="0023151D">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>«Comments»</w:t>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpY="988"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
@@ -2569,102 +2564,82 @@
           <w:bottom w:val="single" w:sz="8" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="8" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="8" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="8" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="1802"/>
         <w:gridCol w:w="5926"/>
         <w:gridCol w:w="1342"/>
       </w:tblGrid>
       <w:tr w:rsidR="00E12D03" w:rsidRPr="009F72B5" w14:paraId="27039111" w14:textId="77777777" w:rsidTr="00B43239">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9070" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="11EF5E5B" w14:textId="59EAE7E9" w:rsidR="00E12D03" w:rsidRPr="009F72B5" w:rsidRDefault="00D34729" w:rsidP="00E12D03">
+          <w:p w14:paraId="11EF5E5B" w14:textId="39FFCC8C" w:rsidR="00E12D03" w:rsidRPr="009F72B5" w:rsidRDefault="00D34729" w:rsidP="00E12D03">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:keepNext/>
               <w:keepLines/>
               <w:pBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:pBdr>
               <w:tabs>
                 <w:tab w:val="left" w:pos="360"/>
                 <w:tab w:val="left" w:pos="1080"/>
                 <w:tab w:val="left" w:pos="6840"/>
               </w:tabs>
               <w:jc w:val="both"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00D34729">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>The official(s) with jurisdiction over the property, after being informed of the public comments and FHWA's intent to make the de minimis impact finding, concur in writing that the project will not adversely affect the activities, features, or attributes that qualify the property for protection under Section 4(f).</w:t>
-            </w:r>
-[...18 lines deleted...]
-              <w:t xml:space="preserve"> consistent with the designated use of been</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E12D03" w:rsidRPr="009F72B5" w14:paraId="270E9CA7" w14:textId="77777777" w:rsidTr="00B43239">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1802" w:type="dxa"/>
             <w:tcBorders>
               <w:top w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:left w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:bottom w:val="single" w:sz="6" w:space="0" w:color="auto"/>
               <w:right w:val="single" w:sz="6" w:space="0" w:color="auto"/>
             </w:tcBorders>
             <w:shd w:val="clear" w:color="auto" w:fill="03617A"/>
           </w:tcPr>
           <w:p w14:paraId="4EE10201" w14:textId="77777777" w:rsidR="00E12D03" w:rsidRPr="00B43239" w:rsidRDefault="00E12D03" w:rsidP="00E12D03">
             <w:pPr>
               <w:pStyle w:val="Title"/>
               <w:keepNext/>
               <w:keepLines/>
               <w:pBdr>
                 <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
                 <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
               </w:pBdr>
@@ -3204,186 +3179,231 @@
               </w:tabs>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="402BFBC2" w14:textId="77777777" w:rsidR="00B97AA0" w:rsidRPr="0055051E" w:rsidRDefault="00B97AA0" w:rsidP="00B97AA0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00B97AA0" w:rsidRPr="0055051E" w:rsidSect="00E43655">
-      <w:headerReference w:type="default" r:id="rId7"/>
+      <w:headerReference w:type="even" r:id="rId7"/>
+      <w:headerReference w:type="default" r:id="rId8"/>
+      <w:footerReference w:type="even" r:id="rId9"/>
+      <w:footerReference w:type="default" r:id="rId10"/>
+      <w:headerReference w:type="first" r:id="rId11"/>
+      <w:footerReference w:type="first" r:id="rId12"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1350" w:bottom="1080" w:left="1800" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="7A7B4C8E" w14:textId="77777777" w:rsidR="000D75AB" w:rsidRDefault="000D75AB">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="70AF49C0" w14:textId="77777777" w:rsidR="000D75AB" w:rsidRDefault="000D75AB">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="PT Sans">
     <w:panose1 w:val="020B0503020203020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="5000204B" w:usb2="00000020" w:usb3="00000000" w:csb0="00000097" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
+<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="6C4F4BC3" w14:textId="77777777" w:rsidR="0023151D" w:rsidRDefault="0023151D">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="45FDC105" w14:textId="77777777" w:rsidR="0023151D" w:rsidRDefault="0023151D">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
+<file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="7DA0175E" w14:textId="77777777" w:rsidR="0023151D" w:rsidRDefault="0023151D">
+    <w:pPr>
+      <w:pStyle w:val="Footer"/>
+    </w:pPr>
+  </w:p>
+</w:ftr>
+</file>
+
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="6C2513BC" w14:textId="77777777" w:rsidR="000D75AB" w:rsidRDefault="000D75AB">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="05BDE0EE" w14:textId="77777777" w:rsidR="000D75AB" w:rsidRDefault="000D75AB">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="7FB491EC" w14:textId="77777777" w:rsidR="0023151D" w:rsidRDefault="0023151D">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
+<file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="01B7974B" w14:textId="1C055437" w:rsidR="00BB6791" w:rsidRDefault="00E15333" w:rsidP="00D34729">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4320"/>
         <w:tab w:val="clear" w:pos="8640"/>
       </w:tabs>
       <w:ind w:right="-180"/>
       <w:rPr>
         <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
-        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657728" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3824C34C" wp14:editId="3E6E1F5C">
+        <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657728" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3824C34C" wp14:editId="347E7543">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>-157480</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-7010</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="2509520" cy="628650"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapThrough wrapText="bothSides">
             <wp:wrapPolygon edited="0">
               <wp:start x="3115" y="3927"/>
               <wp:lineTo x="1148" y="5236"/>
               <wp:lineTo x="1148" y="15709"/>
               <wp:lineTo x="3115" y="17018"/>
               <wp:lineTo x="17545" y="17018"/>
               <wp:lineTo x="20660" y="15709"/>
               <wp:lineTo x="20332" y="5236"/>
               <wp:lineTo x="4263" y="3927"/>
               <wp:lineTo x="3115" y="3927"/>
             </wp:wrapPolygon>
           </wp:wrapThrough>
-          <wp:docPr id="2" name="Picture 7" descr="Logo&#10;&#10;Description automatically generated"/>
+          <wp:docPr id="2" name="Picture 7" descr="Iowa DOT Logo&#10;"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
-                  <pic:cNvPr id="0" name="Picture 7" descr="Logo&#10;&#10;Description automatically generated"/>
+                  <pic:cNvPr id="2" name="Picture 7" descr="Iowa DOT Logo&#10;"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
                 </pic:nvPicPr>
                 <pic:blipFill>
                   <a:blip r:embed="rId1">
                     <a:extLst>
                       <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
                         <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
                       </a:ext>
                     </a:extLst>
                   </a:blip>
                   <a:srcRect/>
                   <a:stretch>
                     <a:fillRect/>
                   </a:stretch>
                 </pic:blipFill>
                 <pic:spPr bwMode="auto">
                   <a:xfrm>
                     <a:off x="0" y="0"/>
                     <a:ext cx="2509520" cy="628650"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
@@ -3448,52 +3468,62 @@
         <w:b/>
         <w:bCs/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
       <w:t xml:space="preserve"> Refuge</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="1174FCE7" w14:textId="77777777" w:rsidR="00986E1A" w:rsidRPr="00BB6791" w:rsidRDefault="00986E1A" w:rsidP="00BB6791">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4320"/>
         <w:tab w:val="clear" w:pos="8640"/>
       </w:tabs>
       <w:ind w:right="-180"/>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
+<file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
+  <w:p w14:paraId="3C7254A1" w14:textId="77777777" w:rsidR="0023151D" w:rsidRDefault="0023151D">
+    <w:pPr>
+      <w:pStyle w:val="Header"/>
+    </w:pPr>
+  </w:p>
+</w:hdr>
+</file>
+
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2D060E10"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="58228D90"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1440"/>
         </w:tabs>
@@ -3593,138 +3623,141 @@
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="321277211">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1111315789">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="120"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:doNotUseHTMLParagraphAutoSpacing/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00E26557"/>
     <w:rsid w:val="00040EE1"/>
     <w:rsid w:val="000D365F"/>
     <w:rsid w:val="000D75AB"/>
     <w:rsid w:val="001419FE"/>
     <w:rsid w:val="001D4A00"/>
     <w:rsid w:val="001E7B21"/>
+    <w:rsid w:val="0023151D"/>
     <w:rsid w:val="00253CB6"/>
     <w:rsid w:val="003358FE"/>
     <w:rsid w:val="00365B78"/>
     <w:rsid w:val="003B64A9"/>
     <w:rsid w:val="003F77A1"/>
     <w:rsid w:val="00413713"/>
     <w:rsid w:val="00425242"/>
     <w:rsid w:val="00484AA7"/>
     <w:rsid w:val="004D660B"/>
     <w:rsid w:val="00517024"/>
     <w:rsid w:val="0055051E"/>
     <w:rsid w:val="005B1B16"/>
     <w:rsid w:val="005D336E"/>
     <w:rsid w:val="00641492"/>
     <w:rsid w:val="00682313"/>
     <w:rsid w:val="00723C0D"/>
     <w:rsid w:val="00774D37"/>
     <w:rsid w:val="00783800"/>
     <w:rsid w:val="00796942"/>
     <w:rsid w:val="007B6033"/>
     <w:rsid w:val="007D7362"/>
     <w:rsid w:val="00800A33"/>
     <w:rsid w:val="00841990"/>
     <w:rsid w:val="008D6C1C"/>
+    <w:rsid w:val="0092687D"/>
     <w:rsid w:val="009354EA"/>
     <w:rsid w:val="0094533F"/>
     <w:rsid w:val="00986E1A"/>
     <w:rsid w:val="009E3735"/>
     <w:rsid w:val="009F72B5"/>
     <w:rsid w:val="00A02070"/>
     <w:rsid w:val="00A4560D"/>
     <w:rsid w:val="00A571FF"/>
     <w:rsid w:val="00A7166D"/>
     <w:rsid w:val="00A7499A"/>
     <w:rsid w:val="00AC6976"/>
     <w:rsid w:val="00AE6524"/>
     <w:rsid w:val="00B259E1"/>
     <w:rsid w:val="00B25DF9"/>
     <w:rsid w:val="00B43239"/>
     <w:rsid w:val="00B9424E"/>
     <w:rsid w:val="00B97AA0"/>
     <w:rsid w:val="00BA7CDE"/>
     <w:rsid w:val="00BB6791"/>
     <w:rsid w:val="00C4325B"/>
     <w:rsid w:val="00CF5A7E"/>
     <w:rsid w:val="00D00763"/>
     <w:rsid w:val="00D11A1A"/>
     <w:rsid w:val="00D24E8D"/>
     <w:rsid w:val="00D33945"/>
     <w:rsid w:val="00D34729"/>
+    <w:rsid w:val="00D449D4"/>
     <w:rsid w:val="00DC2081"/>
     <w:rsid w:val="00E12D03"/>
     <w:rsid w:val="00E15333"/>
     <w:rsid w:val="00E2526E"/>
     <w:rsid w:val="00E26557"/>
     <w:rsid w:val="00E43655"/>
     <w:rsid w:val="00E45718"/>
     <w:rsid w:val="00E53C74"/>
     <w:rsid w:val="00E71DFB"/>
     <w:rsid w:val="00E90426"/>
     <w:rsid w:val="00EB4ACB"/>
     <w:rsid w:val="00F04C68"/>
     <w:rsid w:val="00F21094"/>
     <w:rsid w:val="00F47A68"/>
     <w:rsid w:val="00F540E7"/>
     <w:rsid w:val="00F6587D"/>
     <w:rsid w:val="00F87837"/>
     <w:rsid w:val="00FC175B"/>
     <w:rsid w:val="00FE6234"/>
     <w:rsid w:val="00FF23DA"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
@@ -3733,51 +3766,51 @@
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="3DCC1F9E"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{D4C21BDC-1815-41CE-B93E-A5F0B3D692F9}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:qFormat="1"/>
@@ -4126,75 +4159,75 @@
     <w:rPr>
       <w:b/>
       <w:bCs/>
       <w:sz w:val="72"/>
     </w:rPr>
   </w:style>
   <w:style w:type="table" w:styleId="TableGrid">
     <w:name w:val="Table Grid"/>
     <w:basedOn w:val="TableNormal"/>
     <w:rsid w:val="00BB6791"/>
     <w:tblPr>
       <w:tblBorders>
         <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
       </w:tblBorders>
     </w:tblPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="1185511199">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
-<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
@@ -4454,69 +4487,200 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>524</Words>
-  <Characters>2652</Characters>
+  <Words>287</Words>
+  <Characters>2843</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>88</Lines>
-  <Paragraphs>66</Paragraphs>
+  <Lines>177</Lines>
+  <Paragraphs>65</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Jim Schnoebelen, P</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>City of Cedar Rapids</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3110</CharactersWithSpaces>
+  <CharactersWithSpaces>3065</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>Jim Schnoebelen, P</dc:title>
+  <dc:title>Section 4(f) - de minimis - Refuge</dc:title>
   <dc:subject/>
   <dc:creator>davek</dc:creator>
-  <cp:keywords/>
+  <cp:keywords>Accessibility Verified</cp:keywords>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Folder_Number">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Folder_Code">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="Folder_Name">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="Folder_Description">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="/Folder_Name/">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="/Folder_Description/">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="Folder_Version">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="Folder_VersionSeq">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="Folder_Manager">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="Folder_ManagerDesc">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="Folder_Storage">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="13" name="Folder_StorageDesc">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="14" name="Folder_Creator">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="15" name="Folder_CreatorDesc">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="16" name="Folder_CreateDate">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="17" name="Folder_Updater">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="18" name="Folder_UpdaterDesc">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="19" name="Folder_UpdateDate">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="20" name="Document_Number">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="21" name="Document_Name">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="22" name="Document_FileName">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="23" name="Document_Version">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="24" name="Document_VersionSeq">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="25" name="Document_Creator">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="26" name="Document_CreatorDesc">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="27" name="Document_CreateDate">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="28" name="Document_Updater">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="29" name="Document_UpdaterDesc">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="30" name="Document_UpdateDate">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="31" name="Document_Size">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="32" name="Document_Storage">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="33" name="Document_StorageDesc">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="34" name="Document_Department">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="35" name="Document_DepartmentDesc">
+    <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="36" name="MSIP_Label_0faac733-ded1-41e0-8ea6-961193f81247_Enabled">
+    <vt:lpwstr>true</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="37" name="MSIP_Label_0faac733-ded1-41e0-8ea6-961193f81247_SetDate">
+    <vt:lpwstr>2025-12-03T20:11:59Z</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="38" name="MSIP_Label_0faac733-ded1-41e0-8ea6-961193f81247_Method">
+    <vt:lpwstr>Standard</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="39" name="MSIP_Label_0faac733-ded1-41e0-8ea6-961193f81247_Name">
+    <vt:lpwstr>defa4170-0d19-0005-0004-bc88714345d2</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="40" name="MSIP_Label_0faac733-ded1-41e0-8ea6-961193f81247_SiteId">
+    <vt:lpwstr>a1e65fcc-32fa-4fdd-8692-0cc2eb06676e</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="41" name="MSIP_Label_0faac733-ded1-41e0-8ea6-961193f81247_ActionId">
+    <vt:lpwstr>59fafd97-4841-4f3d-9ced-03a63b3fddd2</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="42" name="MSIP_Label_0faac733-ded1-41e0-8ea6-961193f81247_ContentBits">
+    <vt:lpwstr>0</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="43" name="MSIP_Label_0faac733-ded1-41e0-8ea6-961193f81247_Tag">
+    <vt:lpwstr>10, 3, 0, 1</vt:lpwstr>
+  </property>
+</Properties>
+</file>