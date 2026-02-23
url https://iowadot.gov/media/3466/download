--- v1 (2026-01-08)
+++ v2 (2026-02-23)
@@ -1,547 +1,542 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-  <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
-[...3 lines deleted...]
-  <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:tbl>
       <w:tblPr>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
           <w:top w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:left w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:bottom w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:right w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideH w:val="single" w:sz="4" w:space="0" w:color="auto"/>
           <w:insideV w:val="single" w:sz="4" w:space="0" w:color="auto"/>
         </w:tblBorders>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
       </w:tblPr>
       <w:tblGrid>
         <w:gridCol w:w="4524"/>
         <w:gridCol w:w="4556"/>
       </w:tblGrid>
       <w:tr w:rsidR="00E12D03" w:rsidRPr="009F72B5" w14:paraId="5D9EA0FC" w14:textId="77777777" w:rsidTr="00E12D03">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4524" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="1538C47C" w14:textId="2BAE41D3" w:rsidR="00E12D03" w:rsidRPr="009F72B5" w:rsidRDefault="00E12D03" w:rsidP="00E12D03">
+          <w:p w14:paraId="1538C47C" w14:textId="50259FB1" w:rsidR="00E12D03" w:rsidRPr="009F72B5" w:rsidRDefault="00E12D03" w:rsidP="00E12D03">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E2DA6">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>County:</w:t>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> MERGEFIELD  County  \* MERGEFORMAT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="0023151D">
+            <w:r w:rsidR="009C3A93">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>«County»</w:t>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3DD6769B" w14:textId="329F95D2" w:rsidR="00E12D03" w:rsidRPr="009F72B5" w:rsidRDefault="00E12D03" w:rsidP="00E12D03">
+          <w:p w14:paraId="3DD6769B" w14:textId="3A1E2FF9" w:rsidR="00E12D03" w:rsidRPr="009F72B5" w:rsidRDefault="00E12D03" w:rsidP="00E12D03">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E2DA6">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Project Code:</w:t>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> MERGEFIELD  "Phase Code"  \* MERGEFORMAT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="0023151D">
+            <w:r w:rsidR="009C3A93">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>«Phase Code»</w:t>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="6790DC91" w14:textId="15C32959" w:rsidR="00E12D03" w:rsidRPr="009F72B5" w:rsidRDefault="00E12D03" w:rsidP="00E12D03">
+          <w:p w14:paraId="6790DC91" w14:textId="34E53BA2" w:rsidR="00E12D03" w:rsidRPr="009F72B5" w:rsidRDefault="00E12D03" w:rsidP="00E12D03">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E2DA6">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Phase Number:</w:t>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> MERGEFIELD  "Phase Number"  \* MERGEFORMAT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="0023151D">
+            <w:r w:rsidR="009C3A93">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>«Phase Number»</w:t>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="29DA41F7" w14:textId="5077B8C2" w:rsidR="00E12D03" w:rsidRPr="009F72B5" w:rsidRDefault="00E12D03" w:rsidP="00E12D03">
+          <w:p w14:paraId="29DA41F7" w14:textId="6AF6B943" w:rsidR="00E12D03" w:rsidRPr="009F72B5" w:rsidRDefault="00E12D03" w:rsidP="00E12D03">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E2DA6">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Location:</w:t>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> MERGEFIELD  "NEPA Doc Title"  \* MERGEFORMAT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="0023151D">
+            <w:r w:rsidR="009C3A93">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>«NEPA Doc Title»</w:t>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4556" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="40A76BF2" w14:textId="7DF54223" w:rsidR="00E12D03" w:rsidRPr="009F72B5" w:rsidRDefault="00E12D03" w:rsidP="00E12D03">
+          <w:p w14:paraId="40A76BF2" w14:textId="1D0DFDEF" w:rsidR="00E12D03" w:rsidRPr="009F72B5" w:rsidRDefault="00E12D03" w:rsidP="00E12D03">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E2DA6">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>NEPA Classification:</w:t>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> MERGEFIELD  "NEPA Classification"  \* MERGEFORMAT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="0023151D">
+            <w:r w:rsidR="009C3A93">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>«NEPA Classification»</w:t>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="71E4FF73" w14:textId="759B1E91" w:rsidR="00E12D03" w:rsidRPr="009F72B5" w:rsidRDefault="00E12D03" w:rsidP="00E12D03">
+          <w:p w14:paraId="71E4FF73" w14:textId="73EEC09D" w:rsidR="00E12D03" w:rsidRPr="009F72B5" w:rsidRDefault="00E12D03" w:rsidP="00E12D03">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E2DA6">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>NEPA Project Type:</w:t>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> MERGEFIELD  "NEPA Project Type"  \* MERGEFORMAT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="0023151D">
+            <w:r w:rsidR="009C3A93">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>«NEPA Project Type»</w:t>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
-          <w:p w14:paraId="3D721BBB" w14:textId="5A2B88F0" w:rsidR="00E12D03" w:rsidRPr="009F72B5" w:rsidRDefault="00E12D03" w:rsidP="00E12D03">
+          <w:p w14:paraId="3D721BBB" w14:textId="7FDE0DDC" w:rsidR="00E12D03" w:rsidRPr="009F72B5" w:rsidRDefault="00E12D03" w:rsidP="00E12D03">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="006E2DA6">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>NEPA ID:</w:t>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> MERGEFIELD  "NEPA ID"  \* MERGEFORMAT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="0023151D">
+            <w:r w:rsidR="009C3A93">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>«NEPA ID»</w:t>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E12D03" w:rsidRPr="009F72B5" w14:paraId="3DE657A0" w14:textId="77777777" w:rsidTr="00C967BE">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9080" w:type="dxa"/>
             <w:gridSpan w:val="2"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
@@ -561,95 +556,95 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>FHWA determines the applicability of 49 USC 303 (Section 4(f) of the DOT Act of 1966) to impacts your project may have on a public park, recreation area, or wildlife and waterfowl refuge. This is part of the Section 4(f) determination process for this project. To complete the determination, FHWA is gathering input from the official with jurisdiction over the property to establish the function, designation, and significance of the property.</w:t>
             </w:r>
             <w:r w:rsidRPr="007401FF">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> A</w:t>
             </w:r>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">s the official with jurisdiction, we are providing you information regarding the proposed impacts to the property listed below. </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
-    <w:p w14:paraId="7F91D873" w14:textId="431071BD" w:rsidR="00BB6791" w:rsidRPr="00BB6791" w:rsidRDefault="00BB6791" w:rsidP="00BB6791">
+    <w:p w14:paraId="7F91D873" w14:textId="74E9F16E" w:rsidR="00BB6791" w:rsidRPr="00BB6791" w:rsidRDefault="00BB6791" w:rsidP="00BB6791">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BB6791">
         <w:rPr>
           <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidRPr="00BB6791">
         <w:rPr>
           <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> MERGEFIELD  "Property Name" \* Upper  \* MERGEFORMAT </w:instrText>
       </w:r>
       <w:r w:rsidRPr="00BB6791">
         <w:rPr>
           <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="0023151D">
+      <w:r w:rsidR="009C3A93">
         <w:rPr>
           <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:noProof/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>«PROPERTY NAME»</w:t>
       </w:r>
       <w:r w:rsidRPr="00BB6791">
         <w:rPr>
           <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
           <w:b/>
           <w:bCs/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblPr>
@@ -941,99 +936,99 @@
               </w:rPr>
             </w:pPr>
           </w:p>
           <w:p w14:paraId="255A0479" w14:textId="77777777" w:rsidR="00484AA7" w:rsidRPr="0023151D" w:rsidRDefault="00484AA7" w:rsidP="00E43655">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:color w:val="007BB8"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E12D03" w14:paraId="106F064B" w14:textId="77777777" w:rsidTr="00E12D03">
         <w:trPr>
           <w:trHeight w:val="1070"/>
         </w:trPr>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="9080" w:type="dxa"/>
           </w:tcPr>
-          <w:p w14:paraId="122D29D4" w14:textId="41782743" w:rsidR="00E12D03" w:rsidRDefault="00E12D03" w:rsidP="00E12D03">
+          <w:p w14:paraId="122D29D4" w14:textId="04BC97E4" w:rsidR="00E12D03" w:rsidRDefault="00E12D03" w:rsidP="00E12D03">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Ownership: </w:t>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> MERGEFIELD  Ownership  \* MERGEFORMAT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="0023151D">
+            <w:r w:rsidR="009C3A93">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>«Ownership»</w:t>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
@@ -1049,51 +1044,51 @@
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> MERGEFIELD  "Property a refuge"  \* MERGEFORMAT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="0023151D">
+            <w:r w:rsidR="009C3A93">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>«Property a refuge»</w:t>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:b/>
                 <w:bCs/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
           <w:p w14:paraId="523683E7" w14:textId="69AA6D26" w:rsidR="00E12D03" w:rsidRPr="00BB6791" w:rsidRDefault="00E12D03" w:rsidP="00E12D03">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
@@ -1208,474 +1203,474 @@
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E12D03">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Duration of Impact:  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BB6791" w:rsidRPr="009F72B5" w14:paraId="50FE70B8" w14:textId="77777777" w:rsidTr="009F72B5">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3625" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="3F10B51E" w14:textId="720B922F" w:rsidR="00BB6791" w:rsidRPr="009F72B5" w:rsidRDefault="00BB6791" w:rsidP="009F72B5">
+          <w:p w14:paraId="3F10B51E" w14:textId="1903C9F3" w:rsidR="00BB6791" w:rsidRPr="009F72B5" w:rsidRDefault="00BB6791" w:rsidP="009F72B5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> MERGEFIELD  PDArea  \* MERGEFORMAT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="0023151D">
+            <w:r w:rsidR="009C3A93">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>«PDArea»</w:t>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> MERGEFIELD  PDAUnit  \* MERGEFORMAT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="0023151D">
+            <w:r w:rsidR="009C3A93">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>«PDAUnit»</w:t>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> MERGEFIELD  Length  \* MERGEFORMAT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="0023151D">
+            <w:r w:rsidR="009C3A93">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>«Length»</w:t>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> MERGEFIELD  PDLunit  \* MERGEFORMAT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="0023151D">
+            <w:r w:rsidR="009C3A93">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>«PDLunit»</w:t>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="3445" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="7F0105A7" w14:textId="369D0004" w:rsidR="00BB6791" w:rsidRPr="009F72B5" w:rsidRDefault="00BB6791" w:rsidP="009F72B5">
+          <w:p w14:paraId="7F0105A7" w14:textId="6E93AEA9" w:rsidR="00BB6791" w:rsidRPr="009F72B5" w:rsidRDefault="00BB6791" w:rsidP="009F72B5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> MERGEFIELD  EPArea  \* MERGEFORMAT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="0023151D">
+            <w:r w:rsidR="009C3A93">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>«EPArea»</w:t>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> MERGEFIELD  EPAUnit  \* MERGEFORMAT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="0023151D">
+            <w:r w:rsidR="009C3A93">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>«EPAUnit»</w:t>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> MERGEFIELD  EPLength  \* MERGEFORMAT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="0023151D">
+            <w:r w:rsidR="009C3A93">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>«EPLength»</w:t>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve"> </w:t>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> MERGEFIELD  Lunit  \* MERGEFORMAT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="0023151D">
+            <w:r w:rsidR="009C3A93">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>«Lunit»</w:t>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2460" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="6542DBFD" w14:textId="68068911" w:rsidR="00BB6791" w:rsidRPr="009F72B5" w:rsidRDefault="00BB6791" w:rsidP="009F72B5">
+          <w:p w14:paraId="6542DBFD" w14:textId="735CBC64" w:rsidR="00BB6791" w:rsidRPr="009F72B5" w:rsidRDefault="00BB6791" w:rsidP="009F72B5">
             <w:pPr>
               <w:spacing w:after="240"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> MERGEFIELD  "Duration of Impact"  \* MERGEFORMAT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="0023151D">
+            <w:r w:rsidR="009C3A93">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>«Duration of Impact»</w:t>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="62F77B0B" w14:textId="77777777" w:rsidR="00BB6791" w:rsidRPr="00BB6791" w:rsidRDefault="00BB6791" w:rsidP="00BB6791">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
           <w:b/>
@@ -1740,139 +1735,139 @@
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E12D03">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t xml:space="preserve">Affected Attributes:  </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00BB6791" w:rsidRPr="009F72B5" w14:paraId="511AD24A" w14:textId="77777777" w:rsidTr="00A02070">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4540" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="3BDC1B68" w14:textId="7EDD2E88" w:rsidR="00BB6791" w:rsidRPr="009F72B5" w:rsidRDefault="00BB6791" w:rsidP="009F72B5">
+          <w:p w14:paraId="3BDC1B68" w14:textId="2ACEDA27" w:rsidR="00BB6791" w:rsidRPr="009F72B5" w:rsidRDefault="00BB6791" w:rsidP="009F72B5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> MERGEFIELD  "Attributes of the Property" </w:instrText>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="0023151D">
+            <w:r w:rsidR="009C3A93">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>«Attributes of the Property»</w:t>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4540" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="06143AA7" w14:textId="6145968C" w:rsidR="00BB6791" w:rsidRPr="009F72B5" w:rsidRDefault="00BB6791" w:rsidP="009F72B5">
+          <w:p w14:paraId="06143AA7" w14:textId="36018C87" w:rsidR="00BB6791" w:rsidRPr="009F72B5" w:rsidRDefault="00BB6791" w:rsidP="009F72B5">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> MERGEFIELD  "Affected Attributes" </w:instrText>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="0023151D">
+            <w:r w:rsidR="009C3A93">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>«Affected Attributes»</w:t>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblStyle w:val="TableGrid"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblLook w:val="04A0" w:firstRow="1" w:lastRow="0" w:firstColumn="1" w:lastColumn="0" w:noHBand="0" w:noVBand="1"/>
@@ -2367,195 +2362,195 @@
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="00E12D03">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:color w:val="FFFFFF" w:themeColor="background1"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>Comments</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr w:rsidR="00E15333" w:rsidRPr="009F72B5" w14:paraId="5C4C1C4F" w14:textId="77777777" w:rsidTr="005D336E">
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2428" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="7A237A16" w14:textId="607B42F4" w:rsidR="00E15333" w:rsidRPr="009F72B5" w:rsidRDefault="00E15333" w:rsidP="00E15333">
+          <w:p w14:paraId="7A237A16" w14:textId="554143CE" w:rsidR="00E15333" w:rsidRPr="009F72B5" w:rsidRDefault="00E15333" w:rsidP="00E15333">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> MERGEFIELD  "OWJ Contact"  \* MERGEFORMAT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="0023151D">
+            <w:r w:rsidR="009C3A93">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>«OWJ Contact»</w:t>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1887" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="3E0F9880" w14:textId="27517E25" w:rsidR="00E15333" w:rsidRPr="009F72B5" w:rsidRDefault="00E15333" w:rsidP="00E15333">
+          <w:p w14:paraId="3E0F9880" w14:textId="0DACF09B" w:rsidR="00E15333" w:rsidRPr="009F72B5" w:rsidRDefault="00E15333" w:rsidP="00E15333">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> MERGEFIELD  Sent  \* MERGEFORMAT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="0023151D">
+            <w:r w:rsidR="009C3A93">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>«Sent»</w:t>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="4770" w:type="dxa"/>
             <w:shd w:val="clear" w:color="auto" w:fill="auto"/>
           </w:tcPr>
-          <w:p w14:paraId="775A3FBD" w14:textId="5EF1E74A" w:rsidR="00E15333" w:rsidRPr="009F72B5" w:rsidRDefault="00E15333" w:rsidP="00E15333">
+          <w:p w14:paraId="775A3FBD" w14:textId="37623B19" w:rsidR="00E15333" w:rsidRPr="009F72B5" w:rsidRDefault="00E15333" w:rsidP="00E15333">
             <w:pPr>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
             </w:pPr>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="begin"/>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:instrText xml:space="preserve"> MERGEFIELD  Comments  \* MERGEFORMAT </w:instrText>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="separate"/>
             </w:r>
-            <w:r w:rsidR="0023151D">
+            <w:r w:rsidR="009C3A93">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:noProof/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:t>«Comments»</w:t>
             </w:r>
             <w:r w:rsidRPr="009F72B5">
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:sz w:val="22"/>
                 <w:szCs w:val="22"/>
               </w:rPr>
               <w:fldChar w:fldCharType="end"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:tbl>
       <w:tblPr>
         <w:tblpPr w:leftFromText="180" w:rightFromText="180" w:vertAnchor="text" w:horzAnchor="margin" w:tblpY="988"/>
         <w:tblW w:w="0" w:type="auto"/>
         <w:tblBorders>
@@ -3179,56 +3174,51 @@
               </w:tabs>
               <w:jc w:val="left"/>
               <w:rPr>
                 <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
                 <w:b w:val="0"/>
                 <w:bCs w:val="0"/>
                 <w:sz w:val="24"/>
                 <w:szCs w:val="24"/>
               </w:rPr>
             </w:pPr>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p w14:paraId="402BFBC2" w14:textId="77777777" w:rsidR="00B97AA0" w:rsidRPr="0055051E" w:rsidRDefault="00B97AA0" w:rsidP="00B97AA0">
       <w:pPr>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00B97AA0" w:rsidRPr="0055051E" w:rsidSect="00E43655">
-      <w:headerReference w:type="even" r:id="rId7"/>
-[...4 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId12"/>
+      <w:headerReference w:type="default" r:id="rId7"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1350" w:bottom="1080" w:left="1800" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
     <w:p w14:paraId="7A7B4C8E" w14:textId="77777777" w:rsidR="000D75AB" w:rsidRDefault="000D75AB">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="70AF49C0" w14:textId="77777777" w:rsidR="000D75AB" w:rsidRDefault="000D75AB">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
@@ -3246,119 +3236,79 @@
   <w:font w:name="PT Sans">
     <w:panose1 w:val="020B0503020203020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:notTrueType/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="5000204B" w:usb2="00000020" w:usb3="00000000" w:csb0="00000097" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
-<file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-[...28 lines deleted...]
-
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
     <w:p w14:paraId="6C2513BC" w14:textId="77777777" w:rsidR="000D75AB" w:rsidRDefault="000D75AB">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
     <w:p w14:paraId="05BDE0EE" w14:textId="77777777" w:rsidR="000D75AB" w:rsidRDefault="000D75AB">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
-  <w:p w14:paraId="7FB491EC" w14:textId="77777777" w:rsidR="0023151D" w:rsidRDefault="0023151D">
-[...9 lines deleted...]
-  <w:p w14:paraId="01B7974B" w14:textId="1C055437" w:rsidR="00BB6791" w:rsidRDefault="00E15333" w:rsidP="00D34729">
+  <w:p w14:paraId="01B7974B" w14:textId="777A09EB" w:rsidR="00BB6791" w:rsidRDefault="00E15333" w:rsidP="009C3A93">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4320"/>
         <w:tab w:val="clear" w:pos="8640"/>
       </w:tabs>
-      <w:ind w:right="-180"/>
+      <w:jc w:val="right"/>
       <w:rPr>
         <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:anchor distT="0" distB="0" distL="114300" distR="114300" simplePos="0" relativeHeight="251657728" behindDoc="0" locked="0" layoutInCell="1" allowOverlap="1" wp14:anchorId="3824C34C" wp14:editId="347E7543">
           <wp:simplePos x="0" y="0"/>
           <wp:positionH relativeFrom="column">
             <wp:posOffset>-157480</wp:posOffset>
           </wp:positionH>
           <wp:positionV relativeFrom="paragraph">
             <wp:posOffset>-7010</wp:posOffset>
           </wp:positionV>
           <wp:extent cx="2509520" cy="628650"/>
           <wp:effectExtent l="0" t="0" r="0" b="0"/>
           <wp:wrapThrough wrapText="bothSides">
             <wp:wrapPolygon edited="0">
@@ -3405,52 +3355,62 @@
                     <a:ext cx="2509520" cy="628650"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
           <wp14:sizeRelH relativeFrom="margin">
             <wp14:pctWidth>0</wp14:pctWidth>
           </wp14:sizeRelH>
           <wp14:sizeRelV relativeFrom="margin">
             <wp14:pctHeight>0</wp14:pctHeight>
           </wp14:sizeRelV>
         </wp:anchor>
       </w:drawing>
     </w:r>
     <w:r w:rsidR="00BB6791">
       <w:tab/>
     </w:r>
     <w:r w:rsidR="00BB6791">
       <w:tab/>
     </w:r>
-    <w:r w:rsidR="00BB6791">
-      <w:tab/>
+    <w:r w:rsidR="009C3A93" w:rsidRPr="009C3A93">
+      <w:rPr>
+        <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
+        <w:b/>
+        <w:bCs/>
+        <w:sz w:val="28"/>
+        <w:szCs w:val="28"/>
+      </w:rPr>
+      <w:t>Section 4(f)</w:t>
+    </w:r>
+    <w:r w:rsidR="009C3A93">
+      <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidR="00D34729" w:rsidRPr="00D34729">
       <w:rPr>
         <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
         <w:b/>
         <w:bCs/>
         <w:i/>
         <w:iCs/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
       <w:t>de minimis</w:t>
     </w:r>
     <w:r w:rsidR="00986E1A">
       <w:rPr>
         <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
     <w:r w:rsidR="00B97AA0">
       <w:rPr>
@@ -3463,60 +3423,50 @@
       <w:t>–</w:t>
     </w:r>
     <w:r w:rsidR="00986E1A">
       <w:rPr>
         <w:rFonts w:ascii="PT Sans" w:hAnsi="PT Sans" w:cs="Calibri"/>
         <w:b/>
         <w:bCs/>
         <w:sz w:val="28"/>
         <w:szCs w:val="28"/>
       </w:rPr>
       <w:t xml:space="preserve"> Refuge</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="1174FCE7" w14:textId="77777777" w:rsidR="00986E1A" w:rsidRPr="00BB6791" w:rsidRDefault="00986E1A" w:rsidP="00BB6791">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:tabs>
         <w:tab w:val="clear" w:pos="4320"/>
         <w:tab w:val="clear" w:pos="8640"/>
       </w:tabs>
       <w:ind w:right="-180"/>
       <w:rPr>
         <w:b/>
         <w:bCs/>
       </w:rPr>
-    </w:pPr>
-[...8 lines deleted...]
-      <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="2D060E10"/>
     <w:multiLevelType w:val="multilevel"/>
     <w:tmpl w:val="58228D90"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tentative="1">
       <w:start w:val="1"/>
@@ -3624,51 +3574,51 @@
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="321277211">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1111315789">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="100"/>
+  <w:zoom w:percent="150"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:doNotUseHTMLParagraphAutoSpacing/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
@@ -3677,80 +3627,83 @@
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00E26557"/>
     <w:rsid w:val="00040EE1"/>
     <w:rsid w:val="000D365F"/>
     <w:rsid w:val="000D75AB"/>
     <w:rsid w:val="001419FE"/>
     <w:rsid w:val="001D4A00"/>
     <w:rsid w:val="001E7B21"/>
     <w:rsid w:val="0023151D"/>
     <w:rsid w:val="00253CB6"/>
     <w:rsid w:val="003358FE"/>
     <w:rsid w:val="00365B78"/>
     <w:rsid w:val="003B64A9"/>
     <w:rsid w:val="003F77A1"/>
     <w:rsid w:val="00413713"/>
     <w:rsid w:val="00425242"/>
     <w:rsid w:val="00484AA7"/>
     <w:rsid w:val="004D660B"/>
     <w:rsid w:val="00517024"/>
     <w:rsid w:val="0055051E"/>
     <w:rsid w:val="005B1B16"/>
     <w:rsid w:val="005D336E"/>
     <w:rsid w:val="00641492"/>
     <w:rsid w:val="00682313"/>
+    <w:rsid w:val="006A702B"/>
     <w:rsid w:val="00723C0D"/>
     <w:rsid w:val="00774D37"/>
     <w:rsid w:val="00783800"/>
     <w:rsid w:val="00796942"/>
     <w:rsid w:val="007B6033"/>
     <w:rsid w:val="007D7362"/>
     <w:rsid w:val="00800A33"/>
     <w:rsid w:val="00841990"/>
     <w:rsid w:val="008D6C1C"/>
     <w:rsid w:val="0092687D"/>
     <w:rsid w:val="009354EA"/>
     <w:rsid w:val="0094533F"/>
     <w:rsid w:val="00986E1A"/>
+    <w:rsid w:val="009C3A93"/>
     <w:rsid w:val="009E3735"/>
     <w:rsid w:val="009F72B5"/>
     <w:rsid w:val="00A02070"/>
     <w:rsid w:val="00A4560D"/>
     <w:rsid w:val="00A571FF"/>
     <w:rsid w:val="00A7166D"/>
     <w:rsid w:val="00A7499A"/>
     <w:rsid w:val="00AC6976"/>
     <w:rsid w:val="00AE6524"/>
     <w:rsid w:val="00B259E1"/>
     <w:rsid w:val="00B25DF9"/>
     <w:rsid w:val="00B43239"/>
     <w:rsid w:val="00B9424E"/>
     <w:rsid w:val="00B97AA0"/>
     <w:rsid w:val="00BA7CDE"/>
     <w:rsid w:val="00BB6791"/>
     <w:rsid w:val="00C4325B"/>
+    <w:rsid w:val="00CB1B12"/>
     <w:rsid w:val="00CF5A7E"/>
     <w:rsid w:val="00D00763"/>
     <w:rsid w:val="00D11A1A"/>
     <w:rsid w:val="00D24E8D"/>
     <w:rsid w:val="00D33945"/>
     <w:rsid w:val="00D34729"/>
     <w:rsid w:val="00D449D4"/>
     <w:rsid w:val="00DC2081"/>
     <w:rsid w:val="00E12D03"/>
     <w:rsid w:val="00E15333"/>
     <w:rsid w:val="00E2526E"/>
     <w:rsid w:val="00E26557"/>
     <w:rsid w:val="00E43655"/>
     <w:rsid w:val="00E45718"/>
     <w:rsid w:val="00E53C74"/>
     <w:rsid w:val="00E71DFB"/>
     <w:rsid w:val="00E90426"/>
     <w:rsid w:val="00EB4ACB"/>
     <w:rsid w:val="00F04C68"/>
     <w:rsid w:val="00F21094"/>
     <w:rsid w:val="00F47A68"/>
     <w:rsid w:val="00F540E7"/>
     <w:rsid w:val="00F6587D"/>
     <w:rsid w:val="00F87837"/>
     <w:rsid w:val="00FC175B"/>
@@ -4180,54 +4133,54 @@
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="1185511199">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
-<file path=word/_rels/header2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.png"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
@@ -4492,70 +4445,70 @@
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
   <Words>287</Words>
   <Characters>2843</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>177</Lines>
-  <Paragraphs>65</Paragraphs>
+  <Paragraphs>66</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>Jim Schnoebelen, P</vt:lpstr>
+      <vt:lpstr>Section 4(f) - de minimis - Refuge</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>City of Cedar Rapids</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>3065</CharactersWithSpaces>
+  <CharactersWithSpaces>3064</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title>Section 4(f) - de minimis - Refuge</dc:title>
   <dc:subject/>
   <dc:creator>davek</dc:creator>
   <cp:keywords>Accessibility Verified</cp:keywords>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Folder_Number">
     <vt:lpwstr/>
   </property>