--- v0 (2025-10-09)
+++ v1 (2026-01-07)
@@ -1,49 +1,50 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
 <w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:body>
     <w:p w14:paraId="122AB8D2" w14:textId="28B1838B" w:rsidR="00F917C9" w:rsidRDefault="000046F4" w:rsidP="002D05E4">
       <w:pPr>
         <w:ind w:left="-720"/>
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000046F4">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">Note:  Use this table for draft </w:t>
       </w:r>
       <w:r w:rsidR="000F5096">
         <w:rPr>
           <w:rFonts w:ascii="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         </w:rPr>
         <w:t xml:space="preserve">and final </w:t>
       </w:r>
       <w:r w:rsidRPr="000046F4">
@@ -734,51 +735,51 @@
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
   <w:p w14:paraId="1DFA851B" w14:textId="77777777" w:rsidR="006854F3" w:rsidRPr="006854F3" w:rsidRDefault="006854F3">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:pBdr>
         <w:top w:val="thinThickSmallGap" w:sz="24" w:space="1" w:color="622423" w:themeColor="accent2" w:themeShade="7F"/>
@@ -1213,82 +1214,88 @@
   </w:num>
   <w:num w:numId="2" w16cid:durableId="355811687">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1738699396">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
   <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
-    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
-    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
+    <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
+    <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="000046F4"/>
     <w:rsid w:val="000046F4"/>
     <w:rsid w:val="00084C24"/>
     <w:rsid w:val="000F5096"/>
     <w:rsid w:val="001228DF"/>
     <w:rsid w:val="00145C08"/>
     <w:rsid w:val="0016711D"/>
     <w:rsid w:val="001D3A66"/>
     <w:rsid w:val="001F42C1"/>
     <w:rsid w:val="0020281A"/>
     <w:rsid w:val="002D05E4"/>
     <w:rsid w:val="003175BF"/>
     <w:rsid w:val="0032144E"/>
     <w:rsid w:val="00366BDB"/>
     <w:rsid w:val="00381521"/>
     <w:rsid w:val="00485A97"/>
     <w:rsid w:val="004E2938"/>
     <w:rsid w:val="005D6BD1"/>
     <w:rsid w:val="00620E8A"/>
     <w:rsid w:val="00657984"/>
     <w:rsid w:val="006854F3"/>
     <w:rsid w:val="006A0AD3"/>
     <w:rsid w:val="006D5201"/>
     <w:rsid w:val="007329E0"/>
     <w:rsid w:val="00783A34"/>
     <w:rsid w:val="007C1D5C"/>
     <w:rsid w:val="007F4559"/>
+    <w:rsid w:val="00836B49"/>
     <w:rsid w:val="00953904"/>
+    <w:rsid w:val="00966FFE"/>
     <w:rsid w:val="009A4D1A"/>
     <w:rsid w:val="009C635B"/>
     <w:rsid w:val="00A514CF"/>
     <w:rsid w:val="00AA2113"/>
     <w:rsid w:val="00AE13FB"/>
     <w:rsid w:val="00B10F4E"/>
     <w:rsid w:val="00B3378E"/>
     <w:rsid w:val="00B629D3"/>
     <w:rsid w:val="00BE2DB7"/>
     <w:rsid w:val="00D11727"/>
     <w:rsid w:val="00D805D7"/>
     <w:rsid w:val="00DA2E28"/>
     <w:rsid w:val="00E11C59"/>
     <w:rsid w:val="00E23B34"/>
     <w:rsid w:val="00EE3711"/>
     <w:rsid w:val="00F917C9"/>
     <w:rsid w:val="00FC4C31"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
@@ -2179,25 +2186,51 @@
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr/>
     </vt:vector>
   </TitlesOfParts>
   <Company>Iowa Department of Transportation</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <CharactersWithSpaces>1746</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Administrator</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_0faac733-ded1-41e0-8ea6-961193f81247_Enabled">
+    <vt:lpwstr>true</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_0faac733-ded1-41e0-8ea6-961193f81247_SetDate">
+    <vt:lpwstr>2025-12-29T15:21:39Z</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_0faac733-ded1-41e0-8ea6-961193f81247_Method">
+    <vt:lpwstr>Standard</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_0faac733-ded1-41e0-8ea6-961193f81247_Name">
+    <vt:lpwstr>defa4170-0d19-0005-0004-bc88714345d2</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_0faac733-ded1-41e0-8ea6-961193f81247_SiteId">
+    <vt:lpwstr>a1e65fcc-32fa-4fdd-8692-0cc2eb06676e</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_0faac733-ded1-41e0-8ea6-961193f81247_ActionId">
+    <vt:lpwstr>490aa8c3-b886-4d2a-a75e-6b65fe3cd0ab</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_0faac733-ded1-41e0-8ea6-961193f81247_ContentBits">
+    <vt:lpwstr>0</vt:lpwstr>
+  </property>
+</Properties>
+</file>