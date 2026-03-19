--- v0 (2025-10-02)
+++ v1 (2026-03-19)
@@ -1,68 +1,75 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
+  <Default Extension="wmf" ContentType="image/x-wmf"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
+  <Override PartName="/xl/tables/table1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
+  <Override PartName="/xl/tables/table2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
+  <Override PartName="/xl/tables/table3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
+  <Override PartName="/xl/tables/table4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
+  <Override PartName="/xl/tables/table5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.table+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/thumbnail" Target="docProps/thumbnail.wmf"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="24326"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28429"/>
   <workbookPr defaultThemeVersion="166925"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://iadot-my.sharepoint.com/personal/james_ward_iowadot_us/Documents/Desktop/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="W:\CivilRights\#Website Templates - for Accessibility Remediation\Contractor Compliance\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="47" documentId="8_{1D25B355-89ED-48E4-B9C5-E01871D8336E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{1B423AA5-50FC-4A65-98D8-B4F709E1F576}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{6FB6144B-65E3-466D-97FD-8FD434FD9345}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12576" tabRatio="766" activeTab="4" xr2:uid="{884AB4FD-332B-417D-B2A8-33C6941C085D}"/>
+    <workbookView xWindow="22932" yWindow="-96" windowWidth="23256" windowHeight="12456" tabRatio="766" firstSheet="1" activeTab="4" xr2:uid="{884AB4FD-332B-417D-B2A8-33C6941C085D}"/>
   </bookViews>
   <sheets>
     <sheet name="Question 1-Referral Sources" sheetId="1" r:id="rId1"/>
     <sheet name="Question 2-Applicant Listing" sheetId="2" r:id="rId2"/>
     <sheet name="Question 3-Newly Hired" sheetId="3" r:id="rId3"/>
     <sheet name="Question 4-Assigned Employees" sheetId="4" r:id="rId4"/>
-    <sheet name="Question 5-Employee Trainees" sheetId="5" r:id="rId5"/>
+    <sheet name="Question 5- Employee Trainees" sheetId="6" r:id="rId5"/>
   </sheets>
   <definedNames>
     <definedName name="Name">'Question 3-Newly Hired'!$A:$A</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="30" uniqueCount="22">
   <si>
     <t>Dates of Contact</t>
@@ -113,158 +120,342 @@
     <t>Date of Hire</t>
   </si>
   <si>
     <t>Referral Source (if applicable)</t>
   </si>
   <si>
     <t>Phone Number or Email</t>
   </si>
   <si>
     <t>Referral Source</t>
   </si>
   <si>
     <t>Contact Person</t>
   </si>
   <si>
     <t>Hours Worked</t>
   </si>
   <si>
     <t>Current Rate of Pay</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
-  <fonts count="2" x14ac:knownFonts="1">
+  <fonts count="3" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Arial"/>
+      <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="3">
+  <cellXfs count="4">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
+    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
-  <dxfs count="0"/>
+  <dxfs count="6">
+    <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <name val="Arial"/>
+        <family val="2"/>
+        <scheme val="none"/>
+      </font>
+      <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <name val="Arial"/>
+        <family val="2"/>
+        <scheme val="none"/>
+      </font>
+      <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <name val="Arial"/>
+        <family val="2"/>
+        <scheme val="none"/>
+      </font>
+      <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <name val="Arial"/>
+        <family val="2"/>
+        <scheme val="none"/>
+      </font>
+      <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+    <dxf>
+      <font>
+        <b/>
+        <i val="0"/>
+        <strike val="0"/>
+        <condense val="0"/>
+        <extend val="0"/>
+        <outline val="0"/>
+        <shadow val="0"/>
+        <u val="none"/>
+        <vertAlign val="baseline"/>
+        <sz val="11"/>
+        <color theme="1"/>
+        <name val="Arial"/>
+        <family val="2"/>
+        <scheme val="none"/>
+      </font>
+      <alignment horizontal="center" vertical="bottom" textRotation="0" wrapText="0" indent="0" justifyLastLine="0" shrinkToFit="0" readingOrder="0"/>
+    </dxf>
+  </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/></Relationships>
 </file>
 
+<file path=xl/tables/table1.xml><?xml version="1.0" encoding="utf-8"?>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="1" xr:uid="{9FCB3A55-614A-430B-90CE-1FF2F7920C29}" name="Table1" displayName="Table1" ref="A1:D1048576" totalsRowShown="0" headerRowDxfId="5">
+  <autoFilter ref="A1:D1048576" xr:uid="{9FCB3A55-614A-430B-90CE-1FF2F7920C29}"/>
+  <tableColumns count="4">
+    <tableColumn id="1" xr3:uid="{C2D64B99-1B0A-4152-A494-8C5CBDF27F19}" name="Referral Source"/>
+    <tableColumn id="2" xr3:uid="{07BC1E50-375B-4918-B523-EF5F303E85A4}" name="Contact Person" dataDxfId="4"/>
+    <tableColumn id="3" xr3:uid="{A6C3642C-5F40-4C69-9C9B-11F79FDCA72D}" name="Phone Number or Email"/>
+    <tableColumn id="4" xr3:uid="{AEEEC8DC-70FC-4425-964A-C3D39692AEEF}" name="Dates of Contact"/>
+  </tableColumns>
+  <tableStyleInfo name="TableStyleLight1" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
+</table>
+</file>
+
+<file path=xl/tables/table2.xml><?xml version="1.0" encoding="utf-8"?>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="2" xr:uid="{2A2B0049-A68C-47B3-B60F-2AB349596D34}" name="Table2" displayName="Table2" ref="A1:F1048576" totalsRowShown="0" headerRowDxfId="3">
+  <autoFilter ref="A1:F1048576" xr:uid="{2A2B0049-A68C-47B3-B60F-2AB349596D34}"/>
+  <tableColumns count="6">
+    <tableColumn id="1" xr3:uid="{F94ED971-EA16-4F10-A186-E0359163F9FE}" name="Applicant Name"/>
+    <tableColumn id="2" xr3:uid="{6638136F-DEB5-4E4F-A800-DECC1036152C}" name="Race"/>
+    <tableColumn id="3" xr3:uid="{CBB75E29-B9DE-46AE-93F9-A5B12C0D6506}" name="Sex"/>
+    <tableColumn id="4" xr3:uid="{AF9A7609-A66D-44BC-AF19-5BD664821A85}" name="Date of Application"/>
+    <tableColumn id="5" xr3:uid="{90EBED0B-9308-4277-BC4B-B78037C3A289}" name="Job Classification"/>
+    <tableColumn id="6" xr3:uid="{EDEEA60C-92FF-4F6F-A918-6C9D46936A10}" name="Outcome (Hired/Not Hired)"/>
+  </tableColumns>
+  <tableStyleInfo name="TableStyleLight1" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
+</table>
+</file>
+
+<file path=xl/tables/table3.xml><?xml version="1.0" encoding="utf-8"?>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="3" xr:uid="{46C45E70-E224-42AF-97A2-4A6ACAB465AB}" name="Table3" displayName="Table3" ref="A1:F1048576" totalsRowShown="0" headerRowDxfId="2">
+  <autoFilter ref="A1:F1048576" xr:uid="{46C45E70-E224-42AF-97A2-4A6ACAB465AB}"/>
+  <tableColumns count="6">
+    <tableColumn id="1" xr3:uid="{0C70502A-0C76-4DC6-95D3-583E382F945B}" name="Name"/>
+    <tableColumn id="2" xr3:uid="{25556D9E-9862-4E0E-8320-1B2773763172}" name="Race"/>
+    <tableColumn id="3" xr3:uid="{7BC3713A-FD0B-415C-8FBC-89F7F86D944A}" name="Sex"/>
+    <tableColumn id="4" xr3:uid="{6C2E80E0-D20B-47EA-B980-965A03AAAFDE}" name="Job Classification "/>
+    <tableColumn id="5" xr3:uid="{42F5ADA2-25B2-4D76-A586-8029D1924B08}" name="Date of Hire"/>
+    <tableColumn id="6" xr3:uid="{3F3207EF-9102-4FAD-9D9E-AB2A09ABCD79}" name="Referral Source (if applicable)"/>
+  </tableColumns>
+  <tableStyleInfo name="TableStyleLight1" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
+</table>
+</file>
+
+<file path=xl/tables/table4.xml><?xml version="1.0" encoding="utf-8"?>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="4" xr:uid="{8AA9E7AD-759D-457C-9B0C-1B6EB25A8991}" name="Table4" displayName="Table4" ref="A1:G1048576" totalsRowShown="0" headerRowDxfId="1">
+  <autoFilter ref="A1:G1048576" xr:uid="{8AA9E7AD-759D-457C-9B0C-1B6EB25A8991}"/>
+  <tableColumns count="7">
+    <tableColumn id="1" xr3:uid="{E58356AA-B4B2-4E02-9D27-C79B09750219}" name="Employee Name"/>
+    <tableColumn id="2" xr3:uid="{0DC2C8DB-88AA-489C-A636-BB54CEFE568E}" name="Race"/>
+    <tableColumn id="3" xr3:uid="{DA106FF8-9048-49F1-9436-DE730BF3B430}" name="Sex"/>
+    <tableColumn id="4" xr3:uid="{76A82BC9-B6CD-48CC-9F11-31EB56448989}" name="Job Classification"/>
+    <tableColumn id="5" xr3:uid="{7BB89272-6C56-4E11-BBFD-CB8F8D03758C}" name="Start Date"/>
+    <tableColumn id="6" xr3:uid="{F71B14C4-1122-4062-AC2E-AB39F6489DA7}" name="Hours Worked"/>
+    <tableColumn id="7" xr3:uid="{9B24947C-A735-4B21-B94C-1B1AE0BA7A7A}" name="Current Rate of Pay"/>
+  </tableColumns>
+  <tableStyleInfo name="TableStyleLight1" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
+</table>
+</file>
+
+<file path=xl/tables/table5.xml><?xml version="1.0" encoding="utf-8"?>
+<table xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="xr xr3" id="6" xr:uid="{39BE0FF9-8A8F-4457-854A-9C6F2E7A1A60}" name="Table6" displayName="Table6" ref="A1:G1048576" totalsRowShown="0" headerRowDxfId="0">
+  <autoFilter ref="A1:G1048576" xr:uid="{39BE0FF9-8A8F-4457-854A-9C6F2E7A1A60}"/>
+  <tableColumns count="7">
+    <tableColumn id="1" xr3:uid="{86FFAF8B-5C55-4BED-9F59-C7453761725F}" name="Trainee Name"/>
+    <tableColumn id="2" xr3:uid="{6D9444ED-CE36-43AD-90A4-B4D72696A85D}" name="Race"/>
+    <tableColumn id="3" xr3:uid="{4C8C9B4A-D171-498F-B21C-2016FD1BF847}" name="Sex"/>
+    <tableColumn id="4" xr3:uid="{9A22F45D-415E-45FC-A9C2-008504D92C6A}" name="Job Classification "/>
+    <tableColumn id="5" xr3:uid="{2C78C17A-9243-4D82-B922-1373BC0A6A17}" name="Employment Outcome"/>
+    <tableColumn id="6" xr3:uid="{78E0F67D-33C1-49BB-84E2-AA38A3BF5ECF}" name="Dates (promoted or demoted)"/>
+    <tableColumn id="7" xr3:uid="{55F6014E-8A23-4264-98E7-1B9ED1479273}" name="Previous and New Classifications and Wages (promoted or demoted)"/>
+  </tableColumns>
+  <tableStyleInfo name="TableStyleLight1" showFirstColumn="0" showLastColumn="0" showRowStripes="1" showColumnStripes="0"/>
+</table>
+</file>
+
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office 2013 - 2022 Theme">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2013 - 2022">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="A5A5A5"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="FFC000"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="5B9BD5"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="70AD47"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0563C1"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="954F72"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2013 - 2022">
       <a:majorFont>
         <a:latin typeface="Calibri Light" panose="020F0302020204030204"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="游ゴシック Light"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="等线 Light"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
@@ -326,51 +517,51 @@
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
         <a:font script="Armn" typeface="Arial"/>
         <a:font script="Bugi" typeface="Leelawadee UI"/>
         <a:font script="Bopo" typeface="Microsoft JhengHei"/>
         <a:font script="Java" typeface="Javanese Text"/>
         <a:font script="Lisu" typeface="Segoe UI"/>
         <a:font script="Mymr" typeface="Myanmar Text"/>
         <a:font script="Nkoo" typeface="Ebrima"/>
         <a:font script="Olck" typeface="Nirmala UI"/>
         <a:font script="Osma" typeface="Ebrima"/>
         <a:font script="Phag" typeface="Phagspa"/>
         <a:font script="Syrn" typeface="Estrangelo Edessa"/>
         <a:font script="Syrj" typeface="Estrangelo Edessa"/>
         <a:font script="Syre" typeface="Estrangelo Edessa"/>
         <a:font script="Sora" typeface="Nirmala UI"/>
         <a:font script="Tale" typeface="Microsoft Tai Le"/>
         <a:font script="Talu" typeface="Microsoft New Tai Lue"/>
         <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2013 - 2022">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:lumMod val="110000"/>
                 <a:satMod val="105000"/>
                 <a:tint val="67000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="103000"/>
                 <a:tint val="73000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:lumMod val="105000"/>
                 <a:satMod val="109000"/>
                 <a:tint val="81000"/>
@@ -468,337 +659,395 @@
             </a:gs>
             <a:gs pos="50000">
               <a:schemeClr val="phClr">
                 <a:tint val="98000"/>
                 <a:satMod val="130000"/>
                 <a:shade val="90000"/>
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
-      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
+      <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office 2013 - 2022 Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
+<file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
+</file>
+
+<file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
+</file>
+
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
+</file>
+
+<file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/table" Target="../tables/table5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{55966F3D-CAB1-4EB1-A95C-12E8746E43F7}">
   <dimension ref="A1:D1"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
-      <selection activeCell="D3" sqref="D3"/>
+    <sheetView view="pageBreakPreview" zoomScale="115" zoomScaleNormal="100" zoomScaleSheetLayoutView="115" workbookViewId="0">
+      <selection activeCell="D17" sqref="D17"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="36.77734375" customWidth="1"/>
+    <col min="1" max="1" width="36.6640625" customWidth="1"/>
     <col min="2" max="2" width="31.33203125" style="2" customWidth="1"/>
     <col min="3" max="3" width="34.109375" customWidth="1"/>
     <col min="4" max="4" width="27.44140625" customWidth="1"/>
     <col min="5" max="5" width="14.109375" customWidth="1"/>
-    <col min="6" max="6" width="15.77734375" customWidth="1"/>
+    <col min="6" max="6" width="15.6640625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.3">
-      <c r="A1" s="1" t="s">
+      <c r="A1" s="3" t="s">
         <v>18</v>
       </c>
-      <c r="B1" s="1" t="s">
+      <c r="B1" s="3" t="s">
         <v>19</v>
       </c>
-      <c r="C1" s="1" t="s">
+      <c r="C1" s="3" t="s">
         <v>17</v>
       </c>
-      <c r="D1" s="1" t="s">
+      <c r="D1" s="3" t="s">
         <v>0</v>
       </c>
     </row>
   </sheetData>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup orientation="portrait" verticalDpi="0" r:id="rId1"/>
+  <tableParts count="1">
+    <tablePart r:id="rId2"/>
+  </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{FE963AEB-D972-447C-8B59-AEA4D8DDF745}">
   <dimension ref="A1:F1"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
-      <selection activeCell="B2" sqref="B2"/>
+    <sheetView view="pageBreakPreview" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
+      <selection sqref="A1:F1048576"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="40.5546875" customWidth="1"/>
-    <col min="2" max="2" width="24.77734375" customWidth="1"/>
+    <col min="2" max="2" width="24.6640625" customWidth="1"/>
     <col min="3" max="3" width="14.6640625" customWidth="1"/>
     <col min="4" max="4" width="25" customWidth="1"/>
     <col min="5" max="5" width="28.88671875" customWidth="1"/>
-    <col min="6" max="6" width="24.44140625" customWidth="1"/>
+    <col min="6" max="6" width="28.5546875" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.3">
-      <c r="A1" s="1" t="s">
+      <c r="A1" s="3" t="s">
         <v>1</v>
       </c>
-      <c r="B1" s="1" t="s">
+      <c r="B1" s="3" t="s">
         <v>2</v>
       </c>
-      <c r="C1" s="1" t="s">
+      <c r="C1" s="3" t="s">
         <v>3</v>
       </c>
-      <c r="D1" s="1" t="s">
+      <c r="D1" s="3" t="s">
         <v>4</v>
       </c>
-      <c r="E1" s="1" t="s">
+      <c r="E1" s="3" t="s">
         <v>5</v>
       </c>
-      <c r="F1" s="1" t="s">
+      <c r="F1" s="3" t="s">
         <v>6</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="3">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="F1:F1048576" xr:uid="{C2E3ADAF-5323-4B4E-BD8B-EC91B9C894A8}">
       <formula1>"Hired, Not Hired"</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="B1:B1048576" xr:uid="{B3687C14-D796-4914-96DA-3B77E25BE5B9}">
       <formula1>"American Indian or Alaska Native, Asian, Black or African American, Native Hawaiian or Other Pacific Islander, Hispanic or Latino, White"</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1:C1048576" xr:uid="{16607C25-ACB9-4347-A48A-1434F6BC4BF1}">
       <formula1>"Male, Female"</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup orientation="portrait" verticalDpi="0" r:id="rId1"/>
+  <tableParts count="1">
+    <tablePart r:id="rId2"/>
+  </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{252476E3-B522-468E-9DF0-3B571E8DD7D2}">
   <dimension ref="A1:F1"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
-      <selection activeCell="E2" sqref="E2"/>
+    <sheetView view="pageBreakPreview" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
+      <selection sqref="A1:F1048576"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="37.109375" customWidth="1"/>
     <col min="2" max="2" width="26" customWidth="1"/>
-    <col min="3" max="3" width="16.21875" customWidth="1"/>
+    <col min="3" max="3" width="16.33203125" customWidth="1"/>
     <col min="4" max="4" width="32.5546875" customWidth="1"/>
     <col min="5" max="5" width="24.5546875" customWidth="1"/>
-    <col min="6" max="6" width="31.109375" customWidth="1"/>
+    <col min="6" max="6" width="31.6640625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:6" x14ac:dyDescent="0.3">
-      <c r="A1" s="1" t="s">
+      <c r="A1" s="3" t="s">
         <v>7</v>
       </c>
-      <c r="B1" s="1" t="s">
+      <c r="B1" s="3" t="s">
         <v>2</v>
       </c>
-      <c r="C1" s="1" t="s">
+      <c r="C1" s="3" t="s">
         <v>3</v>
       </c>
-      <c r="D1" s="1" t="s">
+      <c r="D1" s="3" t="s">
         <v>11</v>
       </c>
-      <c r="E1" s="1" t="s">
+      <c r="E1" s="3" t="s">
         <v>15</v>
       </c>
-      <c r="F1" s="1" t="s">
+      <c r="F1" s="3" t="s">
         <v>16</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="2">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="B1:B1048576" xr:uid="{8F5C60F7-3480-430A-85EF-2242732EAB32}">
       <formula1>"American Indian or Alaska Native, Asian, Black or African American, Native Hawaiian or Other Pacific Islander, Hispanic or Latino, White"</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1:C1048576" xr:uid="{D0F41EDA-8004-4B5D-A895-C9684D89D285}">
       <formula1>"Male, Female"</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
+  <tableParts count="1">
+    <tablePart r:id="rId2"/>
+  </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{8066098D-5E7C-49D3-BD83-DA409ADB5E16}">
   <dimension ref="A1:G1"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
-      <selection activeCell="F2" sqref="F2"/>
+    <sheetView view="pageBreakPreview" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
+      <selection sqref="A1:G1048576"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="42.6640625" customWidth="1"/>
     <col min="2" max="2" width="21.88671875" customWidth="1"/>
-    <col min="3" max="3" width="17.77734375" customWidth="1"/>
+    <col min="3" max="3" width="17.6640625" customWidth="1"/>
     <col min="4" max="4" width="28.88671875" customWidth="1"/>
     <col min="5" max="5" width="21" customWidth="1"/>
     <col min="6" max="6" width="22.5546875" customWidth="1"/>
     <col min="7" max="7" width="25.5546875" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" x14ac:dyDescent="0.3">
-      <c r="A1" s="1" t="s">
+      <c r="A1" s="3" t="s">
         <v>8</v>
       </c>
-      <c r="B1" s="1" t="s">
+      <c r="B1" s="3" t="s">
         <v>2</v>
       </c>
-      <c r="C1" s="1" t="s">
+      <c r="C1" s="3" t="s">
         <v>3</v>
       </c>
-      <c r="D1" s="1" t="s">
+      <c r="D1" s="3" t="s">
         <v>5</v>
       </c>
-      <c r="E1" s="1" t="s">
+      <c r="E1" s="3" t="s">
         <v>9</v>
       </c>
-      <c r="F1" s="1" t="s">
+      <c r="F1" s="3" t="s">
         <v>20</v>
       </c>
-      <c r="G1" s="1" t="s">
+      <c r="G1" s="3" t="s">
         <v>21</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="2">
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="B1:B1048576" xr:uid="{48DAE7F1-52D0-412E-A852-ACE37349FAEB}">
       <formula1>"American Indian or Alaska Native, Asian, Black or African American, Native Hawaiian or Other Pacific Islander, Hispanic or Latino, White"</formula1>
     </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="C1:C1048576" xr:uid="{DA39385F-DB90-4530-9BB9-EBB42E7FC973}">
       <formula1>"Male, Female"</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <pageSetup orientation="portrait" verticalDpi="0" r:id="rId1"/>
+  <tableParts count="1">
+    <tablePart r:id="rId2"/>
+  </tableParts>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
-<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{557E6AF4-B97C-450F-9543-D6EEE1CD10D9}">
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{29D20C97-E125-407B-A546-1D4D2F39A95D}">
   <dimension ref="A1:G1"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="C1" workbookViewId="0">
-      <selection activeCell="E1" sqref="E1"/>
+    <sheetView tabSelected="1" view="pageBreakPreview" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
+      <selection activeCell="D9" sqref="D9"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.3"/>
   <cols>
-    <col min="1" max="1" width="41.88671875" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="7" max="7" width="60.5546875" customWidth="1"/>
+    <col min="1" max="1" width="17.109375" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="9.44140625" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="9.21875" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="20.5546875" customWidth="1"/>
+    <col min="5" max="5" width="24.77734375" customWidth="1"/>
+    <col min="6" max="6" width="31.5546875" customWidth="1"/>
+    <col min="7" max="7" width="69.21875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:7" x14ac:dyDescent="0.3">
       <c r="A1" s="1" t="s">
         <v>10</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>2</v>
       </c>
-      <c r="C1" s="1" t="s">
+      <c r="C1" s="3" t="s">
         <v>3</v>
       </c>
-      <c r="D1" s="1" t="s">
+      <c r="D1" s="3" t="s">
         <v>11</v>
       </c>
-      <c r="E1" s="1" t="s">
+      <c r="E1" s="3" t="s">
         <v>12</v>
       </c>
-      <c r="F1" s="1" t="s">
+      <c r="F1" s="3" t="s">
         <v>13</v>
       </c>
-      <c r="G1" s="1" t="s">
+      <c r="G1" s="3" t="s">
         <v>14</v>
       </c>
     </row>
   </sheetData>
   <dataValidations count="1">
-    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="B1:B1048576" xr:uid="{06A06AA7-A573-4A9E-9BD2-7EB924FFDB9B}">
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="B1" xr:uid="{55EBF44F-F1CB-4E26-ABD8-85FC20FD4397}">
       <formula1>"American Indian or Alaska Native, Asian, Black or African American, Native Hawaiian or Pacific Islander, Hispanic or Latino, White"</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup orientation="portrait" r:id="rId1"/>
+  <pageSetup orientation="portrait" verticalDpi="0" r:id="rId1"/>
+  <tableParts count="1">
+    <tablePart r:id="rId2"/>
+  </tableParts>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="6" baseType="lpstr">
       <vt:lpstr>Question 1-Referral Sources</vt:lpstr>
       <vt:lpstr>Question 2-Applicant Listing</vt:lpstr>
       <vt:lpstr>Question 3-Newly Hired</vt:lpstr>
       <vt:lpstr>Question 4-Assigned Employees</vt:lpstr>
-      <vt:lpstr>Question 5-Employee Trainees</vt:lpstr>
+      <vt:lpstr>Question 5- Employee Trainees</vt:lpstr>
       <vt:lpstr>Name</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
+  <dc:title>Desk Audit Sheet</dc:title>
   <dc:creator>Wilke, Jensen</dc:creator>
+  <cp:keywords>"Accessibility Verified"</cp:keywords>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_0faac733-ded1-41e0-8ea6-961193f81247_Enabled">
+    <vt:lpwstr>true</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_0faac733-ded1-41e0-8ea6-961193f81247_SetDate">
+    <vt:lpwstr>2025-07-10T15:11:02Z</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_0faac733-ded1-41e0-8ea6-961193f81247_Method">
+    <vt:lpwstr>Standard</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_0faac733-ded1-41e0-8ea6-961193f81247_Name">
+    <vt:lpwstr>defa4170-0d19-0005-0004-bc88714345d2</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_0faac733-ded1-41e0-8ea6-961193f81247_SiteId">
+    <vt:lpwstr>a1e65fcc-32fa-4fdd-8692-0cc2eb06676e</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_0faac733-ded1-41e0-8ea6-961193f81247_ActionId">
+    <vt:lpwstr>69029ce4-5d81-4990-9034-5e2b9f4359a3</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_0faac733-ded1-41e0-8ea6-961193f81247_ContentBits">
+    <vt:lpwstr>0</vt:lpwstr>
+  </property>
+</Properties>
+</file>