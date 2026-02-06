--- v0 (2025-10-13)
+++ v1 (2026-02-06)
@@ -7,76 +7,76 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/customProperty1.bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.customProperty"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28526"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="W:\Highway\Bridge\Websites\SIIMS\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{88125EA2-BD29-4B4C-918A-D930F027109A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{ECC85C5B-F5BF-4C96-B1D9-8044823775DA}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-96" yWindow="-96" windowWidth="23232" windowHeight="13872" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="314" uniqueCount="201">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="307" uniqueCount="198">
   <si>
     <t>Company</t>
   </si>
   <si>
     <t>Contact</t>
   </si>
   <si>
     <t>E-mail</t>
   </si>
   <si>
     <t>Phone Number</t>
   </si>
   <si>
     <t>Qualified Types of Inspection</t>
   </si>
   <si>
     <t xml:space="preserve">Fracture Critical </t>
   </si>
   <si>
     <t>Underwater</t>
   </si>
   <si>
     <t>Load Rating</t>
   </si>
   <si>
@@ -251,59 +251,50 @@
     <t>515-663-9997</t>
   </si>
   <si>
     <t>National Bridge Inspection Agencies</t>
   </si>
   <si>
     <t>HGM Associates, Inc.</t>
   </si>
   <si>
     <t>Kirkham, Michael, and Associates, Inc.</t>
   </si>
   <si>
     <t>JEO Consulting Group, Inc.</t>
   </si>
   <si>
     <t>AECOM Technical Services, Inc.</t>
   </si>
   <si>
     <t>Calhoun‐Burns and Associates</t>
   </si>
   <si>
     <t>Shuck-Britson, Inc./Snyder &amp; Associates, Inc.</t>
   </si>
   <si>
     <t>This list will be updated quarterly.</t>
-  </si>
-[...7 lines deleted...]
-    <t>tcramer@is-ecg.com</t>
   </si>
   <si>
     <t>Tyler Cramer</t>
   </si>
   <si>
     <t>James Archer</t>
   </si>
   <si>
     <t>jamesar@bolton-menk.com</t>
   </si>
   <si>
     <t>763-433-2851</t>
   </si>
   <si>
     <t>Schemmer</t>
   </si>
   <si>
     <t>Steve Arens</t>
   </si>
   <si>
     <t>sarens@jeo.com</t>
   </si>
   <si>
     <t>402-474-8782</t>
   </si>
@@ -1105,153 +1096,153 @@
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customProperty" Target="../customProperty1.bin"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iowadot.gov/siims" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
-  <dimension ref="A1:T55"/>
+  <dimension ref="A1:T54"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A36" workbookViewId="0">
-      <selection activeCell="A42" sqref="A42"/>
+    <sheetView tabSelected="1" topLeftCell="A15" workbookViewId="0">
+      <selection activeCell="A31" sqref="A31:XFD31"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.55000000000000004"/>
   <cols>
     <col min="1" max="1" width="41" style="3" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="19.578125" style="6" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="35.15625" style="3" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="14.578125" style="3" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="16.83984375" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="15.41796875" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="11.68359375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="11.15625" style="5" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20" ht="18.3" x14ac:dyDescent="0.7">
       <c r="A1" s="27" t="s">
         <v>65</v>
       </c>
       <c r="B1" s="27"/>
       <c r="C1" s="27"/>
       <c r="D1" s="27"/>
       <c r="E1" s="27"/>
       <c r="F1" s="27"/>
       <c r="G1" s="27"/>
       <c r="H1" s="27"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
       <c r="P1" s="1"/>
       <c r="Q1" s="1"/>
       <c r="R1" s="1"/>
       <c r="S1" s="1"/>
       <c r="T1" s="1"/>
     </row>
     <row r="3" spans="1:20" ht="15.6" x14ac:dyDescent="0.6">
       <c r="A3" s="26" t="s">
-        <v>130</v>
+        <v>127</v>
       </c>
       <c r="B3" s="26"/>
       <c r="C3" s="26"/>
       <c r="D3" s="26"/>
       <c r="E3" s="26"/>
       <c r="F3" s="26"/>
       <c r="G3" s="6"/>
     </row>
     <row r="4" spans="1:20" x14ac:dyDescent="0.55000000000000004">
       <c r="A4" s="24" t="s">
-        <v>129</v>
+        <v>126</v>
       </c>
     </row>
     <row r="5" spans="1:20" ht="15.6" x14ac:dyDescent="0.6">
       <c r="E5" s="26" t="s">
         <v>4</v>
       </c>
       <c r="F5" s="26"/>
       <c r="G5" s="26"/>
     </row>
     <row r="6" spans="1:20" x14ac:dyDescent="0.55000000000000004">
       <c r="A6" s="4" t="s">
         <v>0</v>
       </c>
       <c r="B6" s="22" t="s">
         <v>1</v>
       </c>
       <c r="C6" s="4" t="s">
         <v>2</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E6" s="2" t="s">
         <v>8</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G6" s="2" t="s">
         <v>6</v>
       </c>
       <c r="H6" s="7" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="7" spans="1:20" s="11" customFormat="1" x14ac:dyDescent="0.55000000000000004">
       <c r="A7" s="8" t="s">
         <v>69</v>
       </c>
       <c r="B7" s="6" t="s">
-        <v>122</v>
+        <v>119</v>
       </c>
       <c r="C7" s="3" t="s">
-        <v>123</v>
+        <v>120</v>
       </c>
       <c r="D7" s="8" t="s">
-        <v>124</v>
+        <v>121</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>17</v>
       </c>
       <c r="F7" s="10" t="s">
         <v>17</v>
       </c>
       <c r="G7" s="10"/>
       <c r="H7" s="10"/>
     </row>
     <row r="8" spans="1:20" s="11" customFormat="1" x14ac:dyDescent="0.55000000000000004">
       <c r="A8" s="9" t="s">
         <v>16</v>
       </c>
       <c r="B8" s="12" t="s">
         <v>22</v>
       </c>
       <c r="C8" s="8" t="s">
         <v>35</v>
       </c>
       <c r="D8" s="8" t="s">
         <v>36</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>17</v>
@@ -1266,1066 +1257,1042 @@
     </row>
     <row r="9" spans="1:20" s="11" customFormat="1" x14ac:dyDescent="0.55000000000000004">
       <c r="A9" s="8" t="s">
         <v>12</v>
       </c>
       <c r="B9" s="12" t="s">
         <v>23</v>
       </c>
       <c r="C9" s="8" t="s">
         <v>37</v>
       </c>
       <c r="D9" s="8" t="s">
         <v>38</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>17</v>
       </c>
       <c r="F9" s="10"/>
       <c r="G9" s="10"/>
       <c r="H9" s="10" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="10" spans="1:20" s="11" customFormat="1" x14ac:dyDescent="0.55000000000000004">
       <c r="A10" s="8" t="s">
+        <v>169</v>
+      </c>
+      <c r="B10" s="12" t="s">
+        <v>170</v>
+      </c>
+      <c r="C10" s="20" t="s">
         <v>172</v>
       </c>
-      <c r="B10" s="12" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D10" s="8" t="s">
-        <v>174</v>
+        <v>171</v>
       </c>
       <c r="E10" s="10"/>
       <c r="F10" s="10"/>
       <c r="G10" s="10" t="s">
         <v>17</v>
       </c>
       <c r="H10" s="10"/>
     </row>
     <row r="11" spans="1:20" s="11" customFormat="1" x14ac:dyDescent="0.55000000000000004">
       <c r="A11" s="11" t="s">
         <v>21</v>
       </c>
       <c r="B11" s="18" t="s">
-        <v>77</v>
+        <v>74</v>
       </c>
       <c r="C11" s="9" t="s">
-        <v>78</v>
+        <v>75</v>
       </c>
       <c r="D11" s="8" t="s">
-        <v>79</v>
+        <v>76</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>17</v>
       </c>
       <c r="F11" s="10" t="s">
         <v>17</v>
       </c>
       <c r="G11" s="12"/>
       <c r="H11" s="10" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="12" spans="1:20" s="11" customFormat="1" x14ac:dyDescent="0.55000000000000004">
       <c r="A12" s="3" t="s">
+        <v>148</v>
+      </c>
+      <c r="B12" s="17" t="s">
+        <v>149</v>
+      </c>
+      <c r="C12" s="9" t="s">
         <v>151</v>
       </c>
-      <c r="B12" s="17" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D12" s="8" t="s">
-        <v>153</v>
+        <v>150</v>
       </c>
       <c r="E12" s="10"/>
       <c r="F12" s="10"/>
       <c r="G12" s="10"/>
       <c r="H12" s="10" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="13" spans="1:20" s="11" customFormat="1" x14ac:dyDescent="0.55000000000000004">
       <c r="A13" s="8" t="s">
         <v>70</v>
       </c>
       <c r="B13" s="18" t="s">
         <v>39</v>
       </c>
       <c r="C13" s="9" t="s">
         <v>40</v>
       </c>
       <c r="D13" s="8" t="s">
         <v>41</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>17</v>
       </c>
       <c r="F13" s="10" t="s">
         <v>17</v>
       </c>
       <c r="G13" s="10"/>
       <c r="H13" s="10" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="14" spans="1:20" s="11" customFormat="1" x14ac:dyDescent="0.55000000000000004">
       <c r="A14" s="3" t="s">
+        <v>103</v>
+      </c>
+      <c r="B14" s="6" t="s">
+        <v>104</v>
+      </c>
+      <c r="C14" s="3" t="s">
         <v>106</v>
       </c>
-      <c r="B14" s="6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D14" s="8" t="s">
-        <v>108</v>
+        <v>105</v>
       </c>
       <c r="E14" s="10"/>
       <c r="F14" s="10"/>
       <c r="G14" s="10"/>
       <c r="H14" s="10" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="15" spans="1:20" s="11" customFormat="1" x14ac:dyDescent="0.55000000000000004">
       <c r="A15" s="3" t="s">
+        <v>110</v>
+      </c>
+      <c r="B15" s="6" t="s">
+        <v>111</v>
+      </c>
+      <c r="C15" s="3" t="s">
         <v>113</v>
       </c>
-      <c r="B15" s="6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D15" s="8" t="s">
-        <v>115</v>
+        <v>112</v>
       </c>
       <c r="E15" s="10" t="s">
         <v>17</v>
       </c>
       <c r="F15" s="10" t="s">
         <v>17</v>
       </c>
       <c r="G15" s="10"/>
       <c r="H15" s="10"/>
     </row>
     <row r="16" spans="1:20" s="11" customFormat="1" x14ac:dyDescent="0.55000000000000004">
       <c r="A16" t="s">
+        <v>95</v>
+      </c>
+      <c r="B16" s="6" t="s">
+        <v>96</v>
+      </c>
+      <c r="C16" s="9" t="s">
+        <v>97</v>
+      </c>
+      <c r="D16" t="s">
         <v>98</v>
-      </c>
-[...7 lines deleted...]
-        <v>101</v>
       </c>
       <c r="E16" s="10" t="s">
         <v>17</v>
       </c>
       <c r="F16" s="10" t="s">
         <v>17</v>
       </c>
       <c r="G16" s="10" t="s">
         <v>17</v>
       </c>
       <c r="H16" s="10" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="17" spans="1:8" s="11" customFormat="1" x14ac:dyDescent="0.55000000000000004">
       <c r="A17" s="9" t="s">
-        <v>110</v>
+        <v>107</v>
       </c>
       <c r="B17" s="18" t="s">
-        <v>159</v>
+        <v>156</v>
       </c>
       <c r="C17" s="20" t="s">
-        <v>160</v>
+        <v>157</v>
       </c>
       <c r="D17" s="19" t="s">
-        <v>161</v>
+        <v>158</v>
       </c>
       <c r="E17" s="10" t="s">
         <v>17</v>
       </c>
       <c r="F17" s="10" t="s">
         <v>17</v>
       </c>
       <c r="G17" s="10" t="s">
         <v>17</v>
       </c>
       <c r="H17" s="10" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="18" spans="1:8" s="11" customFormat="1" x14ac:dyDescent="0.55000000000000004">
       <c r="A18" s="9" t="s">
+        <v>152</v>
+      </c>
+      <c r="B18" s="21" t="s">
+        <v>153</v>
+      </c>
+      <c r="C18" s="20" t="s">
+        <v>154</v>
+      </c>
+      <c r="D18" s="19" t="s">
         <v>155</v>
-      </c>
-[...7 lines deleted...]
-        <v>158</v>
       </c>
       <c r="E18" s="10"/>
       <c r="F18" s="10"/>
       <c r="G18" s="10"/>
       <c r="H18" s="10" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="19" spans="1:8" s="11" customFormat="1" x14ac:dyDescent="0.55000000000000004">
       <c r="A19" s="9" t="s">
-        <v>181</v>
+        <v>178</v>
       </c>
       <c r="B19" s="21" t="s">
-        <v>182</v>
+        <v>179</v>
       </c>
       <c r="C19" s="20" t="s">
-        <v>189</v>
+        <v>186</v>
       </c>
       <c r="D19" s="19" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="E19" s="10"/>
       <c r="F19" s="10"/>
       <c r="G19" s="10"/>
       <c r="H19" s="10" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="20" spans="1:8" s="11" customFormat="1" x14ac:dyDescent="0.55000000000000004">
       <c r="A20" s="8" t="s">
+        <v>129</v>
+      </c>
+      <c r="B20" s="3" t="s">
+        <v>130</v>
+      </c>
+      <c r="C20" s="3" t="s">
+        <v>131</v>
+      </c>
+      <c r="D20" s="8" t="s">
         <v>132</v>
-      </c>
-[...7 lines deleted...]
-        <v>135</v>
       </c>
       <c r="E20" s="10"/>
       <c r="F20" s="10"/>
       <c r="G20" s="10"/>
       <c r="H20" s="10" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="21" spans="1:8" s="11" customFormat="1" x14ac:dyDescent="0.55000000000000004">
       <c r="A21" s="8" t="s">
         <v>15</v>
       </c>
       <c r="B21" s="6" t="s">
-        <v>119</v>
+        <v>116</v>
       </c>
       <c r="C21" s="3" t="s">
-        <v>120</v>
+        <v>117</v>
       </c>
       <c r="D21" s="8" t="s">
-        <v>121</v>
+        <v>118</v>
       </c>
       <c r="E21" s="10" t="s">
         <v>17</v>
       </c>
       <c r="F21" s="10"/>
       <c r="G21" s="10"/>
       <c r="H21" s="10" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="22" spans="1:8" s="11" customFormat="1" x14ac:dyDescent="0.55000000000000004">
       <c r="A22" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B22" s="18" t="s">
         <v>24</v>
       </c>
       <c r="C22" s="9" t="s">
         <v>42</v>
       </c>
       <c r="D22" s="8" t="s">
         <v>43</v>
       </c>
       <c r="E22" s="10" t="s">
         <v>17</v>
       </c>
       <c r="F22" s="10" t="s">
         <v>17</v>
       </c>
       <c r="G22" s="10"/>
       <c r="H22" s="10" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="23" spans="1:8" s="11" customFormat="1" x14ac:dyDescent="0.55000000000000004">
       <c r="A23" s="8" t="s">
+        <v>185</v>
+      </c>
+      <c r="B23" s="9" t="s">
+        <v>184</v>
+      </c>
+      <c r="C23" s="9" t="s">
         <v>188</v>
       </c>
-      <c r="B23" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D23" s="8" t="s">
-        <v>192</v>
+        <v>189</v>
       </c>
       <c r="E23" s="10" t="s">
         <v>17</v>
       </c>
       <c r="F23" s="10" t="s">
         <v>17</v>
       </c>
       <c r="G23" s="10"/>
       <c r="H23" s="25" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="24" spans="1:8" s="11" customFormat="1" x14ac:dyDescent="0.55000000000000004">
       <c r="A24" s="8" t="s">
+        <v>194</v>
+      </c>
+      <c r="B24" s="3" t="s">
+        <v>195</v>
+      </c>
+      <c r="C24" s="3" t="s">
+        <v>196</v>
+      </c>
+      <c r="D24" s="8" t="s">
         <v>197</v>
-      </c>
-[...7 lines deleted...]
-        <v>200</v>
       </c>
       <c r="E24" s="10" t="s">
         <v>17</v>
       </c>
       <c r="F24" s="10" t="s">
         <v>17</v>
       </c>
       <c r="G24" s="10"/>
       <c r="H24" s="25" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="25" spans="1:8" s="11" customFormat="1" x14ac:dyDescent="0.55000000000000004">
       <c r="A25" s="9" t="s">
+        <v>88</v>
+      </c>
+      <c r="B25" s="23" t="s">
+        <v>89</v>
+      </c>
+      <c r="C25" s="21" t="s">
+        <v>90</v>
+      </c>
+      <c r="D25" s="8" t="s">
         <v>91</v>
-      </c>
-[...7 lines deleted...]
-        <v>94</v>
       </c>
       <c r="E25" s="10" t="s">
         <v>17</v>
       </c>
       <c r="F25" s="10" t="s">
         <v>17</v>
       </c>
       <c r="G25" s="10"/>
       <c r="H25" s="10" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="26" spans="1:8" s="11" customFormat="1" x14ac:dyDescent="0.55000000000000004">
       <c r="A26" s="8" t="s">
         <v>66</v>
       </c>
       <c r="B26" s="18" t="s">
         <v>25</v>
       </c>
       <c r="C26" s="9" t="s">
         <v>44</v>
       </c>
       <c r="D26" s="8" t="s">
         <v>45</v>
       </c>
       <c r="E26" s="10" t="s">
         <v>17</v>
       </c>
       <c r="F26" s="10" t="s">
         <v>17</v>
       </c>
       <c r="G26" s="10"/>
       <c r="H26" s="10" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="27" spans="1:8" s="11" customFormat="1" x14ac:dyDescent="0.55000000000000004">
       <c r="A27" s="8" t="s">
+        <v>133</v>
+      </c>
+      <c r="B27" s="3" t="s">
+        <v>134</v>
+      </c>
+      <c r="C27" s="3" t="s">
+        <v>135</v>
+      </c>
+      <c r="D27" s="8" t="s">
         <v>136</v>
-      </c>
-[...7 lines deleted...]
-        <v>139</v>
       </c>
       <c r="E27" s="10"/>
       <c r="F27" s="10"/>
       <c r="G27" s="10"/>
       <c r="H27" s="10" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="28" spans="1:8" s="11" customFormat="1" x14ac:dyDescent="0.55000000000000004">
       <c r="A28" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B28" s="18" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="9" t="s">
         <v>46</v>
       </c>
       <c r="D28" s="8" t="s">
         <v>47</v>
       </c>
       <c r="E28" s="10" t="s">
         <v>17</v>
       </c>
       <c r="F28" s="10" t="s">
         <v>17</v>
       </c>
       <c r="G28" s="10"/>
       <c r="H28" s="10" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="29" spans="1:8" s="11" customFormat="1" x14ac:dyDescent="0.55000000000000004">
       <c r="A29" s="8" t="s">
+        <v>143</v>
+      </c>
+      <c r="B29" s="18" t="s">
+        <v>144</v>
+      </c>
+      <c r="C29" s="9" t="s">
+        <v>145</v>
+      </c>
+      <c r="D29" s="8" t="s">
         <v>146</v>
-      </c>
-[...7 lines deleted...]
-        <v>149</v>
       </c>
       <c r="E29" s="10" t="s">
         <v>17</v>
       </c>
       <c r="F29" s="10" t="s">
         <v>17</v>
       </c>
       <c r="G29" s="10"/>
       <c r="H29" s="10" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="30" spans="1:8" s="11" customFormat="1" x14ac:dyDescent="0.55000000000000004">
       <c r="A30" s="8" t="s">
-        <v>140</v>
+        <v>137</v>
       </c>
       <c r="B30" s="18" t="s">
         <v>28</v>
       </c>
       <c r="C30" s="20" t="s">
-        <v>105</v>
+        <v>102</v>
       </c>
       <c r="D30" s="9" t="s">
         <v>51</v>
       </c>
       <c r="E30" s="10" t="s">
         <v>17</v>
       </c>
       <c r="F30" s="10" t="s">
         <v>17</v>
       </c>
       <c r="G30" s="10"/>
       <c r="H30" s="10" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="31" spans="1:8" s="11" customFormat="1" x14ac:dyDescent="0.55000000000000004">
       <c r="A31" s="9" t="s">
-        <v>73</v>
+        <v>68</v>
       </c>
       <c r="B31" s="18" t="s">
-        <v>76</v>
-[...5 lines deleted...]
-        <v>74</v>
+        <v>78</v>
+      </c>
+      <c r="C31" s="19" t="s">
+        <v>79</v>
+      </c>
+      <c r="D31" s="9" t="s">
+        <v>80</v>
       </c>
       <c r="E31" s="10" t="s">
         <v>17</v>
       </c>
       <c r="F31" s="10" t="s">
         <v>17</v>
       </c>
       <c r="G31" s="10"/>
       <c r="H31" s="10" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="32" spans="1:8" s="11" customFormat="1" x14ac:dyDescent="0.55000000000000004">
-      <c r="A32" s="9" t="s">
-        <v>68</v>
+      <c r="A32" s="8" t="s">
+        <v>67</v>
       </c>
       <c r="B32" s="18" t="s">
-        <v>81</v>
-[...2 lines deleted...]
-        <v>82</v>
+        <v>27</v>
+      </c>
+      <c r="C32" s="9" t="s">
+        <v>49</v>
       </c>
       <c r="D32" s="9" t="s">
-        <v>83</v>
+        <v>50</v>
       </c>
       <c r="E32" s="10" t="s">
         <v>17</v>
       </c>
       <c r="F32" s="10" t="s">
         <v>17</v>
       </c>
       <c r="G32" s="10"/>
       <c r="H32" s="10" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="33" spans="1:8" s="11" customFormat="1" x14ac:dyDescent="0.55000000000000004">
       <c r="A33" s="8" t="s">
-        <v>67</v>
-[...5 lines deleted...]
-        <v>49</v>
+        <v>180</v>
+      </c>
+      <c r="B33" s="3" t="s">
+        <v>181</v>
+      </c>
+      <c r="C33" s="3" t="s">
+        <v>190</v>
       </c>
       <c r="D33" s="9" t="s">
-        <v>50</v>
+        <v>191</v>
       </c>
       <c r="E33" s="10" t="s">
         <v>17</v>
       </c>
       <c r="F33" s="10" t="s">
         <v>17</v>
       </c>
       <c r="G33" s="10"/>
-      <c r="H33" s="10" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="H33" s="10"/>
     </row>
     <row r="34" spans="1:8" s="11" customFormat="1" x14ac:dyDescent="0.55000000000000004">
-      <c r="A34" s="8" t="s">
-[...6 lines deleted...]
-        <v>193</v>
+      <c r="A34" s="19" t="s">
+        <v>138</v>
+      </c>
+      <c r="B34" s="21" t="s">
+        <v>159</v>
+      </c>
+      <c r="C34" s="21" t="s">
+        <v>160</v>
       </c>
       <c r="D34" s="9" t="s">
-        <v>194</v>
+        <v>161</v>
       </c>
       <c r="E34" s="10" t="s">
         <v>17</v>
       </c>
       <c r="F34" s="10" t="s">
         <v>17</v>
       </c>
-      <c r="G34" s="10"/>
-      <c r="H34" s="10"/>
+      <c r="G34" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="H34" s="10" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="35" spans="1:8" s="11" customFormat="1" x14ac:dyDescent="0.55000000000000004">
       <c r="A35" s="19" t="s">
-        <v>141</v>
-[...2 lines deleted...]
-        <v>162</v>
+        <v>173</v>
+      </c>
+      <c r="B35" s="6" t="s">
+        <v>114</v>
       </c>
       <c r="C35" s="21" t="s">
-        <v>163</v>
+        <v>175</v>
       </c>
       <c r="D35" s="9" t="s">
-        <v>164</v>
+        <v>174</v>
       </c>
       <c r="E35" s="10" t="s">
         <v>17</v>
       </c>
       <c r="F35" s="10" t="s">
         <v>17</v>
       </c>
-      <c r="G35" s="10" t="s">
-[...4 lines deleted...]
-      </c>
+      <c r="G35" s="10"/>
+      <c r="H35" s="10"/>
     </row>
     <row r="36" spans="1:8" s="11" customFormat="1" x14ac:dyDescent="0.55000000000000004">
-      <c r="A36" s="19" t="s">
+      <c r="A36" s="3" t="s">
+        <v>99</v>
+      </c>
+      <c r="B36" s="23" t="s">
+        <v>73</v>
+      </c>
+      <c r="C36" s="21" t="s">
+        <v>101</v>
+      </c>
+      <c r="D36" s="9" t="s">
+        <v>100</v>
+      </c>
+      <c r="E36" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="F36" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="G36" s="10"/>
+      <c r="H36" s="10" t="s">
+        <v>17</v>
+      </c>
+    </row>
+    <row r="37" spans="1:8" s="11" customFormat="1" x14ac:dyDescent="0.55000000000000004">
+      <c r="A37" s="9" t="s">
+        <v>147</v>
+      </c>
+      <c r="B37" s="6" t="s">
         <v>176</v>
       </c>
-      <c r="B36" s="6" t="s">
-[...5 lines deleted...]
-      <c r="D36" s="9" t="s">
+      <c r="C37" s="20" t="s">
         <v>177</v>
       </c>
-      <c r="E36" s="10" t="s">
-[...19 lines deleted...]
-        <v>103</v>
+      <c r="D37" s="8" t="s">
+        <v>48</v>
       </c>
       <c r="E37" s="10" t="s">
         <v>17</v>
       </c>
-      <c r="F37" s="10" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F37" s="10"/>
       <c r="G37" s="10"/>
       <c r="H37" s="10" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="38" spans="1:8" s="11" customFormat="1" x14ac:dyDescent="0.55000000000000004">
       <c r="A38" s="9" t="s">
-        <v>150</v>
+        <v>182</v>
       </c>
       <c r="B38" s="6" t="s">
-        <v>179</v>
+        <v>183</v>
       </c>
       <c r="C38" s="20" t="s">
-        <v>180</v>
+        <v>192</v>
       </c>
       <c r="D38" s="8" t="s">
-        <v>48</v>
-[...3 lines deleted...]
-      </c>
+        <v>193</v>
+      </c>
+      <c r="E38" s="10"/>
       <c r="F38" s="10"/>
       <c r="G38" s="10"/>
       <c r="H38" s="10" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="39" spans="1:8" s="11" customFormat="1" x14ac:dyDescent="0.55000000000000004">
-      <c r="A39" s="9" t="s">
-[...12 lines deleted...]
-      <c r="F39" s="10"/>
+      <c r="A39" s="8" t="s">
+        <v>77</v>
+      </c>
+      <c r="B39" s="13" t="s">
+        <v>81</v>
+      </c>
+      <c r="C39" s="14" t="s">
+        <v>82</v>
+      </c>
+      <c r="D39" s="9" t="s">
+        <v>83</v>
+      </c>
+      <c r="E39" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="F39" s="10" t="s">
+        <v>17</v>
+      </c>
       <c r="G39" s="10"/>
       <c r="H39" s="10" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="40" spans="1:8" s="11" customFormat="1" x14ac:dyDescent="0.55000000000000004">
       <c r="A40" s="8" t="s">
-        <v>80</v>
-[...5 lines deleted...]
-        <v>85</v>
+        <v>14</v>
+      </c>
+      <c r="B40" s="12" t="s">
+        <v>29</v>
+      </c>
+      <c r="C40" s="9" t="s">
+        <v>52</v>
       </c>
       <c r="D40" s="9" t="s">
-        <v>86</v>
+        <v>53</v>
       </c>
       <c r="E40" s="10" t="s">
         <v>17</v>
       </c>
-      <c r="F40" s="10" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F40" s="10"/>
       <c r="G40" s="10"/>
       <c r="H40" s="10" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="41" spans="1:8" s="11" customFormat="1" x14ac:dyDescent="0.55000000000000004">
-      <c r="A41" s="8" t="s">
-        <v>14</v>
+      <c r="A41" s="9" t="s">
+        <v>139</v>
       </c>
       <c r="B41" s="12" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="C41" s="9" t="s">
-        <v>52</v>
+        <v>54</v>
       </c>
       <c r="D41" s="9" t="s">
-        <v>53</v>
+        <v>55</v>
       </c>
       <c r="E41" s="10" t="s">
         <v>17</v>
       </c>
-      <c r="F41" s="10"/>
+      <c r="F41" s="10" t="s">
+        <v>17</v>
+      </c>
       <c r="G41" s="10"/>
       <c r="H41" s="10" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="42" spans="1:8" s="11" customFormat="1" x14ac:dyDescent="0.55000000000000004">
       <c r="A42" s="9" t="s">
-        <v>142</v>
-[...5 lines deleted...]
-        <v>54</v>
+        <v>128</v>
+      </c>
+      <c r="B42" s="13" t="s">
+        <v>93</v>
+      </c>
+      <c r="C42" s="14" t="s">
+        <v>92</v>
       </c>
       <c r="D42" s="9" t="s">
-        <v>55</v>
+        <v>94</v>
       </c>
       <c r="E42" s="10" t="s">
         <v>17</v>
       </c>
-      <c r="F42" s="10" t="s">
-[...1 lines deleted...]
-      </c>
+      <c r="F42" s="10"/>
       <c r="G42" s="10"/>
       <c r="H42" s="10" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="43" spans="1:8" s="11" customFormat="1" x14ac:dyDescent="0.55000000000000004">
-      <c r="A43" s="9" t="s">
-[...9 lines deleted...]
-        <v>97</v>
+      <c r="A43" s="8" t="s">
+        <v>71</v>
+      </c>
+      <c r="B43" s="12" t="s">
+        <v>31</v>
+      </c>
+      <c r="C43" s="8" t="s">
+        <v>56</v>
+      </c>
+      <c r="D43" s="8" t="s">
+        <v>57</v>
       </c>
       <c r="E43" s="10" t="s">
         <v>17</v>
       </c>
-      <c r="F43" s="10"/>
+      <c r="F43" s="10" t="s">
+        <v>17</v>
+      </c>
       <c r="G43" s="10"/>
       <c r="H43" s="10" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="44" spans="1:8" s="11" customFormat="1" x14ac:dyDescent="0.55000000000000004">
       <c r="A44" s="8" t="s">
-        <v>71</v>
+        <v>162</v>
       </c>
       <c r="B44" s="12" t="s">
-        <v>31</v>
+        <v>163</v>
       </c>
       <c r="C44" s="8" t="s">
-        <v>56</v>
+        <v>164</v>
       </c>
       <c r="D44" s="8" t="s">
-        <v>57</v>
-[...6 lines deleted...]
-      </c>
+        <v>165</v>
+      </c>
+      <c r="E44" s="10"/>
+      <c r="F44" s="10"/>
       <c r="G44" s="10"/>
       <c r="H44" s="10" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="45" spans="1:8" s="11" customFormat="1" x14ac:dyDescent="0.55000000000000004">
-      <c r="A45" s="8" t="s">
-[...2 lines deleted...]
-      <c r="B45" s="12" t="s">
+      <c r="A45" s="9" t="s">
+        <v>18</v>
+      </c>
+      <c r="B45" s="23" t="s">
+        <v>168</v>
+      </c>
+      <c r="C45" s="21" t="s">
+        <v>167</v>
+      </c>
+      <c r="D45" s="9" t="s">
         <v>166</v>
       </c>
-      <c r="C45" s="8" t="s">
-[...6 lines deleted...]
-      <c r="F45" s="10"/>
+      <c r="E45" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="F45" s="10" t="s">
+        <v>17</v>
+      </c>
       <c r="G45" s="10"/>
       <c r="H45" s="10" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="46" spans="1:8" s="11" customFormat="1" x14ac:dyDescent="0.55000000000000004">
       <c r="A46" s="9" t="s">
-        <v>18</v>
-[...15 lines deleted...]
-      </c>
+        <v>123</v>
+      </c>
+      <c r="B46" s="3" t="s">
+        <v>122</v>
+      </c>
+      <c r="C46" s="3" t="s">
+        <v>124</v>
+      </c>
+      <c r="D46" s="8" t="s">
+        <v>125</v>
+      </c>
+      <c r="E46" s="10"/>
+      <c r="F46" s="10"/>
       <c r="G46" s="10"/>
       <c r="H46" s="10" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="47" spans="1:8" s="11" customFormat="1" x14ac:dyDescent="0.55000000000000004">
       <c r="A47" s="9" t="s">
-        <v>126</v>
-[...5 lines deleted...]
-        <v>127</v>
+        <v>19</v>
+      </c>
+      <c r="B47" s="12" t="s">
+        <v>32</v>
+      </c>
+      <c r="C47" s="8" t="s">
+        <v>58</v>
       </c>
       <c r="D47" s="8" t="s">
-        <v>128</v>
+        <v>59</v>
       </c>
       <c r="E47" s="10"/>
       <c r="F47" s="10"/>
-      <c r="G47" s="10"/>
-[...2 lines deleted...]
-      </c>
+      <c r="G47" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="H47" s="10"/>
     </row>
     <row r="48" spans="1:8" s="11" customFormat="1" x14ac:dyDescent="0.55000000000000004">
-      <c r="A48" s="9" t="s">
-[...6 lines deleted...]
-        <v>58</v>
+      <c r="A48" s="8" t="s">
+        <v>11</v>
+      </c>
+      <c r="B48" s="23" t="s">
+        <v>108</v>
+      </c>
+      <c r="C48" s="21" t="s">
+        <v>109</v>
       </c>
       <c r="D48" s="8" t="s">
-        <v>59</v>
-[...6 lines deleted...]
-      <c r="H48" s="10"/>
+        <v>60</v>
+      </c>
+      <c r="E48" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="F48" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="G48" s="10"/>
+      <c r="H48" s="10" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="49" spans="1:8" s="11" customFormat="1" x14ac:dyDescent="0.55000000000000004">
-      <c r="A49" s="8" t="s">
-[...6 lines deleted...]
-        <v>112</v>
+      <c r="A49" s="9" t="s">
+        <v>20</v>
+      </c>
+      <c r="B49" s="12" t="s">
+        <v>33</v>
+      </c>
+      <c r="C49" s="8" t="s">
+        <v>61</v>
       </c>
       <c r="D49" s="8" t="s">
-        <v>60</v>
+        <v>62</v>
       </c>
       <c r="E49" s="10" t="s">
         <v>17</v>
       </c>
       <c r="F49" s="10" t="s">
         <v>17</v>
       </c>
-      <c r="G49" s="10"/>
-[...2 lines deleted...]
-      </c>
+      <c r="G49" s="10" t="s">
+        <v>17</v>
+      </c>
+      <c r="H49" s="10"/>
     </row>
     <row r="50" spans="1:8" s="11" customFormat="1" x14ac:dyDescent="0.55000000000000004">
-      <c r="A50" s="9" t="s">
-[...3 lines deleted...]
-        <v>33</v>
+      <c r="A50" s="8" t="s">
+        <v>13</v>
+      </c>
+      <c r="B50" s="17" t="s">
+        <v>34</v>
       </c>
       <c r="C50" s="8" t="s">
-        <v>61</v>
+        <v>63</v>
       </c>
       <c r="D50" s="8" t="s">
-        <v>62</v>
+        <v>64</v>
       </c>
       <c r="E50" s="10" t="s">
         <v>17</v>
       </c>
       <c r="F50" s="10" t="s">
         <v>17</v>
       </c>
-      <c r="G50" s="10" t="s">
-[...2 lines deleted...]
-      <c r="H50" s="10"/>
+      <c r="G50" s="10"/>
+      <c r="H50" s="10" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="51" spans="1:8" s="11" customFormat="1" x14ac:dyDescent="0.55000000000000004">
       <c r="A51" s="8" t="s">
-        <v>13</v>
-[...5 lines deleted...]
-        <v>63</v>
+        <v>115</v>
+      </c>
+      <c r="B51" s="3" t="s">
+        <v>140</v>
+      </c>
+      <c r="C51" s="3" t="s">
+        <v>141</v>
       </c>
       <c r="D51" s="8" t="s">
-        <v>64</v>
+        <v>142</v>
       </c>
       <c r="E51" s="10" t="s">
         <v>17</v>
       </c>
       <c r="F51" s="10" t="s">
         <v>17</v>
       </c>
       <c r="G51" s="10"/>
       <c r="H51" s="10" t="s">
         <v>17</v>
       </c>
     </row>
-    <row r="52" spans="1:8" s="11" customFormat="1" x14ac:dyDescent="0.55000000000000004">
-[...7 lines deleted...]
-        <v>144</v>
+    <row r="52" spans="1:8" x14ac:dyDescent="0.55000000000000004">
+      <c r="A52" s="11" t="s">
+        <v>84</v>
+      </c>
+      <c r="B52" s="18" t="s">
+        <v>85</v>
+      </c>
+      <c r="C52" s="8" t="s">
+        <v>86</v>
       </c>
       <c r="D52" s="8" t="s">
-        <v>145</v>
+        <v>87</v>
       </c>
       <c r="E52" s="10" t="s">
         <v>17</v>
       </c>
       <c r="F52" s="10" t="s">
         <v>17</v>
       </c>
-      <c r="G52" s="10"/>
+      <c r="G52" s="12"/>
       <c r="H52" s="10" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="53" spans="1:8" x14ac:dyDescent="0.55000000000000004">
-      <c r="A53" s="11" t="s">
-[...29 lines deleted...]
-      <c r="A55" s="15" t="s">
+      <c r="A53" s="16"/>
+      <c r="E53" s="6"/>
+      <c r="F53" s="6"/>
+      <c r="G53" s="6"/>
+    </row>
+    <row r="54" spans="1:8" ht="15.6" x14ac:dyDescent="0.6">
+      <c r="A54" s="15" t="s">
         <v>72</v>
       </c>
     </row>
   </sheetData>
-  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A4:H44">
-    <sortCondition ref="A4:A44"/>
+  <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A4:H43">
+    <sortCondition ref="A4:A43"/>
   </sortState>
   <mergeCells count="3">
     <mergeCell ref="E5:G5"/>
     <mergeCell ref="A1:H1"/>
     <mergeCell ref="A3:F3"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId1" xr:uid="{4C6A6B28-14EA-492B-891C-1E6706353072}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="5" scale="99" orientation="landscape" r:id="rId2"/>
   <customProperties>
     <customPr name="WorkSheetID" r:id="rId3"/>
   </customProperties>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>