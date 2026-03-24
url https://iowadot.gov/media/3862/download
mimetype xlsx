--- v1 (2026-02-06)
+++ v2 (2026-03-24)
@@ -1,57 +1,57 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/customProperty1.bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.customProperty"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28526"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29127"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="W:\Highway\Bridge\Websites\SIIMS\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="8_{ECC85C5B-F5BF-4C96-B1D9-8044823775DA}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{79BB33CF-6192-45F3-8D29-1CC83195E50D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-96" yWindow="-96" windowWidth="23232" windowHeight="13872" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="307" uniqueCount="198">
@@ -115,53 +115,50 @@
   <si>
     <t>Underwater Inspectors, LLC</t>
   </si>
   <si>
     <t>Westbrook Associated Engineers, Inc.</t>
   </si>
   <si>
     <t>Bolton &amp; Menk, Inc.</t>
   </si>
   <si>
     <t>Mark Bendok</t>
   </si>
   <si>
     <t>Jon Bogert</t>
   </si>
   <si>
     <t>Scott Ingersoll</t>
   </si>
   <si>
     <t>Steve Moffitt</t>
   </si>
   <si>
     <t>Stan Stallsmith</t>
   </si>
   <si>
-    <t>Steven Reneker</t>
-[...1 lines deleted...]
-  <si>
     <t>John Fellman</t>
   </si>
   <si>
     <t>Joseph Appel</t>
   </si>
   <si>
     <t>Joshua Root</t>
   </si>
   <si>
     <t>Craig German</t>
   </si>
   <si>
     <t>Eric Hogden</t>
   </si>
   <si>
     <t>John Stolzman</t>
   </si>
   <si>
     <t>Casey  Faber</t>
   </si>
   <si>
     <t>mbendok@benesch.com</t>
   </si>
   <si>
     <t>312-565-0450</t>
@@ -181,56 +178,50 @@
   <si>
     <t>515-224-4344</t>
   </si>
   <si>
     <t>Scott.Ingersoll@foth.com</t>
   </si>
   <si>
     <t>515-251-2576</t>
   </si>
   <si>
     <t>smoffitt@hgmonline.com</t>
   </si>
   <si>
     <t>712-323-0530</t>
   </si>
   <si>
     <t>sstallsmith@hrgreen.com</t>
   </si>
   <si>
     <t>515-657-5281</t>
   </si>
   <si>
     <t>563-556-2464</t>
   </si>
   <si>
-    <t>sreneker@kirkham.com</t>
-[...4 lines deleted...]
-  <si>
     <t>309-283-1572</t>
   </si>
   <si>
     <t>jappel@shive-hattery.com</t>
   </si>
   <si>
     <t>309-764-7650</t>
   </si>
   <si>
     <t>jroot@shoemaker-haaland.com</t>
   </si>
   <si>
     <t>319-351-7150</t>
   </si>
   <si>
     <t>cgerman@shuck-britson.com</t>
   </si>
   <si>
     <t>515-243-4477</t>
   </si>
   <si>
     <t>ehogden@gmail.com</t>
   </si>
   <si>
     <t>715-662-5028</t>
@@ -626,50 +617,59 @@
     <t xml:space="preserve"> 816-329-8676</t>
   </si>
   <si>
     <t>MSJanuszkiewicz@modjeski.com</t>
   </si>
   <si>
     <t xml:space="preserve"> 845-471-2630</t>
   </si>
   <si>
     <t>jvonhandorf@pretekgroup.com</t>
   </si>
   <si>
     <t xml:space="preserve">937-623-0733 </t>
   </si>
   <si>
     <t>Hanson Professional Services</t>
   </si>
   <si>
     <t>Steven Beran</t>
   </si>
   <si>
     <t>sberan@hanson-inc.com</t>
   </si>
   <si>
     <t xml:space="preserve">217-747-9446 </t>
+  </si>
+  <si>
+    <t>Andrew Pultz</t>
+  </si>
+  <si>
+    <t>aputz@kirkham.com</t>
+  </si>
+  <si>
+    <t>515-393-4778</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="6" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
@@ -1098,1196 +1098,1196 @@
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customProperty" Target="../customProperty1.bin"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iowadot.gov/siims" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr>
     <pageSetUpPr fitToPage="1"/>
   </sheetPr>
   <dimension ref="A1:T54"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A15" workbookViewId="0">
-      <selection activeCell="A31" sqref="A31:XFD31"/>
+    <sheetView tabSelected="1" topLeftCell="A14" workbookViewId="0">
+      <selection activeCell="E32" sqref="E32"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="14.4" x14ac:dyDescent="0.55000000000000004"/>
   <cols>
     <col min="1" max="1" width="41" style="3" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="19.578125" style="6" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="35.15625" style="3" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="14.578125" style="3" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="16.83984375" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="15.41796875" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="11.68359375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="11.15625" style="5" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:20" ht="18.3" x14ac:dyDescent="0.7">
       <c r="A1" s="27" t="s">
-        <v>65</v>
+        <v>62</v>
       </c>
       <c r="B1" s="27"/>
       <c r="C1" s="27"/>
       <c r="D1" s="27"/>
       <c r="E1" s="27"/>
       <c r="F1" s="27"/>
       <c r="G1" s="27"/>
       <c r="H1" s="27"/>
       <c r="I1" s="1"/>
       <c r="J1" s="1"/>
       <c r="K1" s="1"/>
       <c r="L1" s="1"/>
       <c r="M1" s="1"/>
       <c r="N1" s="1"/>
       <c r="O1" s="1"/>
       <c r="P1" s="1"/>
       <c r="Q1" s="1"/>
       <c r="R1" s="1"/>
       <c r="S1" s="1"/>
       <c r="T1" s="1"/>
     </row>
     <row r="3" spans="1:20" ht="15.6" x14ac:dyDescent="0.6">
       <c r="A3" s="26" t="s">
-        <v>127</v>
+        <v>124</v>
       </c>
       <c r="B3" s="26"/>
       <c r="C3" s="26"/>
       <c r="D3" s="26"/>
       <c r="E3" s="26"/>
       <c r="F3" s="26"/>
       <c r="G3" s="6"/>
     </row>
     <row r="4" spans="1:20" x14ac:dyDescent="0.55000000000000004">
       <c r="A4" s="24" t="s">
-        <v>126</v>
+        <v>123</v>
       </c>
     </row>
     <row r="5" spans="1:20" ht="15.6" x14ac:dyDescent="0.6">
       <c r="E5" s="26" t="s">
         <v>4</v>
       </c>
       <c r="F5" s="26"/>
       <c r="G5" s="26"/>
     </row>
     <row r="6" spans="1:20" x14ac:dyDescent="0.55000000000000004">
       <c r="A6" s="4" t="s">
         <v>0</v>
       </c>
       <c r="B6" s="22" t="s">
         <v>1</v>
       </c>
       <c r="C6" s="4" t="s">
         <v>2</v>
       </c>
       <c r="D6" s="4" t="s">
         <v>3</v>
       </c>
       <c r="E6" s="2" t="s">
         <v>8</v>
       </c>
       <c r="F6" s="2" t="s">
         <v>5</v>
       </c>
       <c r="G6" s="2" t="s">
         <v>6</v>
       </c>
       <c r="H6" s="7" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="7" spans="1:20" s="11" customFormat="1" x14ac:dyDescent="0.55000000000000004">
       <c r="A7" s="8" t="s">
-        <v>69</v>
+        <v>66</v>
       </c>
       <c r="B7" s="6" t="s">
-        <v>119</v>
+        <v>116</v>
       </c>
       <c r="C7" s="3" t="s">
-        <v>120</v>
+        <v>117</v>
       </c>
       <c r="D7" s="8" t="s">
-        <v>121</v>
+        <v>118</v>
       </c>
       <c r="E7" s="10" t="s">
         <v>17</v>
       </c>
       <c r="F7" s="10" t="s">
         <v>17</v>
       </c>
       <c r="G7" s="10"/>
       <c r="H7" s="10"/>
     </row>
     <row r="8" spans="1:20" s="11" customFormat="1" x14ac:dyDescent="0.55000000000000004">
       <c r="A8" s="9" t="s">
         <v>16</v>
       </c>
       <c r="B8" s="12" t="s">
         <v>22</v>
       </c>
       <c r="C8" s="8" t="s">
+        <v>34</v>
+      </c>
+      <c r="D8" s="8" t="s">
         <v>35</v>
-      </c>
-[...1 lines deleted...]
-        <v>36</v>
       </c>
       <c r="E8" s="10" t="s">
         <v>17</v>
       </c>
       <c r="F8" s="10" t="s">
         <v>17</v>
       </c>
       <c r="G8" s="10"/>
       <c r="H8" s="10" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="9" spans="1:20" s="11" customFormat="1" x14ac:dyDescent="0.55000000000000004">
       <c r="A9" s="8" t="s">
         <v>12</v>
       </c>
       <c r="B9" s="12" t="s">
         <v>23</v>
       </c>
       <c r="C9" s="8" t="s">
+        <v>36</v>
+      </c>
+      <c r="D9" s="8" t="s">
         <v>37</v>
-      </c>
-[...1 lines deleted...]
-        <v>38</v>
       </c>
       <c r="E9" s="10" t="s">
         <v>17</v>
       </c>
       <c r="F9" s="10"/>
       <c r="G9" s="10"/>
       <c r="H9" s="10" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="10" spans="1:20" s="11" customFormat="1" x14ac:dyDescent="0.55000000000000004">
       <c r="A10" s="8" t="s">
+        <v>166</v>
+      </c>
+      <c r="B10" s="12" t="s">
+        <v>167</v>
+      </c>
+      <c r="C10" s="20" t="s">
         <v>169</v>
       </c>
-      <c r="B10" s="12" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D10" s="8" t="s">
-        <v>171</v>
+        <v>168</v>
       </c>
       <c r="E10" s="10"/>
       <c r="F10" s="10"/>
       <c r="G10" s="10" t="s">
         <v>17</v>
       </c>
       <c r="H10" s="10"/>
     </row>
     <row r="11" spans="1:20" s="11" customFormat="1" x14ac:dyDescent="0.55000000000000004">
       <c r="A11" s="11" t="s">
         <v>21</v>
       </c>
       <c r="B11" s="18" t="s">
-        <v>74</v>
+        <v>71</v>
       </c>
       <c r="C11" s="9" t="s">
-        <v>75</v>
+        <v>72</v>
       </c>
       <c r="D11" s="8" t="s">
-        <v>76</v>
+        <v>73</v>
       </c>
       <c r="E11" s="10" t="s">
         <v>17</v>
       </c>
       <c r="F11" s="10" t="s">
         <v>17</v>
       </c>
       <c r="G11" s="12"/>
       <c r="H11" s="10" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="12" spans="1:20" s="11" customFormat="1" x14ac:dyDescent="0.55000000000000004">
       <c r="A12" s="3" t="s">
+        <v>145</v>
+      </c>
+      <c r="B12" s="17" t="s">
+        <v>146</v>
+      </c>
+      <c r="C12" s="9" t="s">
         <v>148</v>
       </c>
-      <c r="B12" s="17" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D12" s="8" t="s">
-        <v>150</v>
+        <v>147</v>
       </c>
       <c r="E12" s="10"/>
       <c r="F12" s="10"/>
       <c r="G12" s="10"/>
       <c r="H12" s="10" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="13" spans="1:20" s="11" customFormat="1" x14ac:dyDescent="0.55000000000000004">
       <c r="A13" s="8" t="s">
-        <v>70</v>
+        <v>67</v>
       </c>
       <c r="B13" s="18" t="s">
+        <v>38</v>
+      </c>
+      <c r="C13" s="9" t="s">
         <v>39</v>
       </c>
-      <c r="C13" s="9" t="s">
+      <c r="D13" s="8" t="s">
         <v>40</v>
-      </c>
-[...1 lines deleted...]
-        <v>41</v>
       </c>
       <c r="E13" s="10" t="s">
         <v>17</v>
       </c>
       <c r="F13" s="10" t="s">
         <v>17</v>
       </c>
       <c r="G13" s="10"/>
       <c r="H13" s="10" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="14" spans="1:20" s="11" customFormat="1" x14ac:dyDescent="0.55000000000000004">
       <c r="A14" s="3" t="s">
+        <v>100</v>
+      </c>
+      <c r="B14" s="6" t="s">
+        <v>101</v>
+      </c>
+      <c r="C14" s="3" t="s">
         <v>103</v>
       </c>
-      <c r="B14" s="6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D14" s="8" t="s">
-        <v>105</v>
+        <v>102</v>
       </c>
       <c r="E14" s="10"/>
       <c r="F14" s="10"/>
       <c r="G14" s="10"/>
       <c r="H14" s="10" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="15" spans="1:20" s="11" customFormat="1" x14ac:dyDescent="0.55000000000000004">
       <c r="A15" s="3" t="s">
+        <v>107</v>
+      </c>
+      <c r="B15" s="6" t="s">
+        <v>108</v>
+      </c>
+      <c r="C15" s="3" t="s">
         <v>110</v>
       </c>
-      <c r="B15" s="6" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D15" s="8" t="s">
-        <v>112</v>
+        <v>109</v>
       </c>
       <c r="E15" s="10" t="s">
         <v>17</v>
       </c>
       <c r="F15" s="10" t="s">
         <v>17</v>
       </c>
       <c r="G15" s="10"/>
       <c r="H15" s="10"/>
     </row>
     <row r="16" spans="1:20" s="11" customFormat="1" x14ac:dyDescent="0.55000000000000004">
       <c r="A16" t="s">
+        <v>92</v>
+      </c>
+      <c r="B16" s="6" t="s">
+        <v>93</v>
+      </c>
+      <c r="C16" s="9" t="s">
+        <v>94</v>
+      </c>
+      <c r="D16" t="s">
         <v>95</v>
-      </c>
-[...7 lines deleted...]
-        <v>98</v>
       </c>
       <c r="E16" s="10" t="s">
         <v>17</v>
       </c>
       <c r="F16" s="10" t="s">
         <v>17</v>
       </c>
       <c r="G16" s="10" t="s">
         <v>17</v>
       </c>
       <c r="H16" s="10" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="17" spans="1:8" s="11" customFormat="1" x14ac:dyDescent="0.55000000000000004">
       <c r="A17" s="9" t="s">
-        <v>107</v>
+        <v>104</v>
       </c>
       <c r="B17" s="18" t="s">
-        <v>156</v>
+        <v>153</v>
       </c>
       <c r="C17" s="20" t="s">
-        <v>157</v>
+        <v>154</v>
       </c>
       <c r="D17" s="19" t="s">
-        <v>158</v>
+        <v>155</v>
       </c>
       <c r="E17" s="10" t="s">
         <v>17</v>
       </c>
       <c r="F17" s="10" t="s">
         <v>17</v>
       </c>
       <c r="G17" s="10" t="s">
         <v>17</v>
       </c>
       <c r="H17" s="10" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="18" spans="1:8" s="11" customFormat="1" x14ac:dyDescent="0.55000000000000004">
       <c r="A18" s="9" t="s">
+        <v>149</v>
+      </c>
+      <c r="B18" s="21" t="s">
+        <v>150</v>
+      </c>
+      <c r="C18" s="20" t="s">
+        <v>151</v>
+      </c>
+      <c r="D18" s="19" t="s">
         <v>152</v>
-      </c>
-[...7 lines deleted...]
-        <v>155</v>
       </c>
       <c r="E18" s="10"/>
       <c r="F18" s="10"/>
       <c r="G18" s="10"/>
       <c r="H18" s="10" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="19" spans="1:8" s="11" customFormat="1" x14ac:dyDescent="0.55000000000000004">
       <c r="A19" s="9" t="s">
-        <v>178</v>
+        <v>175</v>
       </c>
       <c r="B19" s="21" t="s">
-        <v>179</v>
+        <v>176</v>
       </c>
       <c r="C19" s="20" t="s">
-        <v>186</v>
+        <v>183</v>
       </c>
       <c r="D19" s="19" t="s">
-        <v>187</v>
+        <v>184</v>
       </c>
       <c r="E19" s="10"/>
       <c r="F19" s="10"/>
       <c r="G19" s="10"/>
       <c r="H19" s="10" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="20" spans="1:8" s="11" customFormat="1" x14ac:dyDescent="0.55000000000000004">
       <c r="A20" s="8" t="s">
+        <v>126</v>
+      </c>
+      <c r="B20" s="3" t="s">
+        <v>127</v>
+      </c>
+      <c r="C20" s="3" t="s">
+        <v>128</v>
+      </c>
+      <c r="D20" s="8" t="s">
         <v>129</v>
-      </c>
-[...7 lines deleted...]
-        <v>132</v>
       </c>
       <c r="E20" s="10"/>
       <c r="F20" s="10"/>
       <c r="G20" s="10"/>
       <c r="H20" s="10" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="21" spans="1:8" s="11" customFormat="1" x14ac:dyDescent="0.55000000000000004">
       <c r="A21" s="8" t="s">
         <v>15</v>
       </c>
       <c r="B21" s="6" t="s">
-        <v>116</v>
+        <v>113</v>
       </c>
       <c r="C21" s="3" t="s">
-        <v>117</v>
+        <v>114</v>
       </c>
       <c r="D21" s="8" t="s">
-        <v>118</v>
+        <v>115</v>
       </c>
       <c r="E21" s="10" t="s">
         <v>17</v>
       </c>
       <c r="F21" s="10"/>
       <c r="G21" s="10"/>
       <c r="H21" s="10" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="22" spans="1:8" s="11" customFormat="1" x14ac:dyDescent="0.55000000000000004">
       <c r="A22" s="8" t="s">
         <v>10</v>
       </c>
       <c r="B22" s="18" t="s">
         <v>24</v>
       </c>
       <c r="C22" s="9" t="s">
+        <v>41</v>
+      </c>
+      <c r="D22" s="8" t="s">
         <v>42</v>
-      </c>
-[...1 lines deleted...]
-        <v>43</v>
       </c>
       <c r="E22" s="10" t="s">
         <v>17</v>
       </c>
       <c r="F22" s="10" t="s">
         <v>17</v>
       </c>
       <c r="G22" s="10"/>
       <c r="H22" s="10" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="23" spans="1:8" s="11" customFormat="1" x14ac:dyDescent="0.55000000000000004">
       <c r="A23" s="8" t="s">
+        <v>182</v>
+      </c>
+      <c r="B23" s="9" t="s">
+        <v>181</v>
+      </c>
+      <c r="C23" s="9" t="s">
         <v>185</v>
       </c>
-      <c r="B23" s="9" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D23" s="8" t="s">
-        <v>189</v>
+        <v>186</v>
       </c>
       <c r="E23" s="10" t="s">
         <v>17</v>
       </c>
       <c r="F23" s="10" t="s">
         <v>17</v>
       </c>
       <c r="G23" s="10"/>
       <c r="H23" s="25" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="24" spans="1:8" s="11" customFormat="1" x14ac:dyDescent="0.55000000000000004">
       <c r="A24" s="8" t="s">
+        <v>191</v>
+      </c>
+      <c r="B24" s="3" t="s">
+        <v>192</v>
+      </c>
+      <c r="C24" s="3" t="s">
+        <v>193</v>
+      </c>
+      <c r="D24" s="8" t="s">
         <v>194</v>
-      </c>
-[...7 lines deleted...]
-        <v>197</v>
       </c>
       <c r="E24" s="10" t="s">
         <v>17</v>
       </c>
       <c r="F24" s="10" t="s">
         <v>17</v>
       </c>
       <c r="G24" s="10"/>
       <c r="H24" s="25" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="25" spans="1:8" s="11" customFormat="1" x14ac:dyDescent="0.55000000000000004">
       <c r="A25" s="9" t="s">
+        <v>85</v>
+      </c>
+      <c r="B25" s="23" t="s">
+        <v>86</v>
+      </c>
+      <c r="C25" s="21" t="s">
+        <v>87</v>
+      </c>
+      <c r="D25" s="8" t="s">
         <v>88</v>
-      </c>
-[...7 lines deleted...]
-        <v>91</v>
       </c>
       <c r="E25" s="10" t="s">
         <v>17</v>
       </c>
       <c r="F25" s="10" t="s">
         <v>17</v>
       </c>
       <c r="G25" s="10"/>
       <c r="H25" s="10" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="26" spans="1:8" s="11" customFormat="1" x14ac:dyDescent="0.55000000000000004">
       <c r="A26" s="8" t="s">
-        <v>66</v>
+        <v>63</v>
       </c>
       <c r="B26" s="18" t="s">
         <v>25</v>
       </c>
       <c r="C26" s="9" t="s">
+        <v>43</v>
+      </c>
+      <c r="D26" s="8" t="s">
         <v>44</v>
-      </c>
-[...1 lines deleted...]
-        <v>45</v>
       </c>
       <c r="E26" s="10" t="s">
         <v>17</v>
       </c>
       <c r="F26" s="10" t="s">
         <v>17</v>
       </c>
       <c r="G26" s="10"/>
       <c r="H26" s="10" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="27" spans="1:8" s="11" customFormat="1" x14ac:dyDescent="0.55000000000000004">
       <c r="A27" s="8" t="s">
+        <v>130</v>
+      </c>
+      <c r="B27" s="3" t="s">
+        <v>131</v>
+      </c>
+      <c r="C27" s="3" t="s">
+        <v>132</v>
+      </c>
+      <c r="D27" s="8" t="s">
         <v>133</v>
-      </c>
-[...7 lines deleted...]
-        <v>136</v>
       </c>
       <c r="E27" s="10"/>
       <c r="F27" s="10"/>
       <c r="G27" s="10"/>
       <c r="H27" s="10" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="28" spans="1:8" s="11" customFormat="1" x14ac:dyDescent="0.55000000000000004">
       <c r="A28" s="8" t="s">
         <v>9</v>
       </c>
       <c r="B28" s="18" t="s">
         <v>26</v>
       </c>
       <c r="C28" s="9" t="s">
+        <v>45</v>
+      </c>
+      <c r="D28" s="8" t="s">
         <v>46</v>
-      </c>
-[...1 lines deleted...]
-        <v>47</v>
       </c>
       <c r="E28" s="10" t="s">
         <v>17</v>
       </c>
       <c r="F28" s="10" t="s">
         <v>17</v>
       </c>
       <c r="G28" s="10"/>
       <c r="H28" s="10" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="29" spans="1:8" s="11" customFormat="1" x14ac:dyDescent="0.55000000000000004">
       <c r="A29" s="8" t="s">
+        <v>140</v>
+      </c>
+      <c r="B29" s="18" t="s">
+        <v>141</v>
+      </c>
+      <c r="C29" s="9" t="s">
+        <v>142</v>
+      </c>
+      <c r="D29" s="8" t="s">
         <v>143</v>
-      </c>
-[...7 lines deleted...]
-        <v>146</v>
       </c>
       <c r="E29" s="10" t="s">
         <v>17</v>
       </c>
       <c r="F29" s="10" t="s">
         <v>17</v>
       </c>
       <c r="G29" s="10"/>
       <c r="H29" s="10" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="30" spans="1:8" s="11" customFormat="1" x14ac:dyDescent="0.55000000000000004">
       <c r="A30" s="8" t="s">
-        <v>137</v>
+        <v>134</v>
       </c>
       <c r="B30" s="18" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="C30" s="20" t="s">
-        <v>102</v>
+        <v>99</v>
       </c>
       <c r="D30" s="9" t="s">
-        <v>51</v>
+        <v>48</v>
       </c>
       <c r="E30" s="10" t="s">
         <v>17</v>
       </c>
       <c r="F30" s="10" t="s">
         <v>17</v>
       </c>
       <c r="G30" s="10"/>
       <c r="H30" s="10" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="31" spans="1:8" s="11" customFormat="1" x14ac:dyDescent="0.55000000000000004">
       <c r="A31" s="9" t="s">
-        <v>68</v>
+        <v>65</v>
       </c>
       <c r="B31" s="18" t="s">
-        <v>78</v>
+        <v>75</v>
       </c>
       <c r="C31" s="19" t="s">
-        <v>79</v>
+        <v>76</v>
       </c>
       <c r="D31" s="9" t="s">
-        <v>80</v>
+        <v>77</v>
       </c>
       <c r="E31" s="10" t="s">
         <v>17</v>
       </c>
       <c r="F31" s="10" t="s">
         <v>17</v>
       </c>
       <c r="G31" s="10"/>
       <c r="H31" s="10" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="32" spans="1:8" s="11" customFormat="1" x14ac:dyDescent="0.55000000000000004">
       <c r="A32" s="8" t="s">
-        <v>67</v>
+        <v>64</v>
       </c>
       <c r="B32" s="18" t="s">
-        <v>27</v>
+        <v>195</v>
       </c>
       <c r="C32" s="9" t="s">
-        <v>49</v>
+        <v>196</v>
       </c>
       <c r="D32" s="9" t="s">
-        <v>50</v>
+        <v>197</v>
       </c>
       <c r="E32" s="10" t="s">
         <v>17</v>
       </c>
       <c r="F32" s="10" t="s">
         <v>17</v>
       </c>
       <c r="G32" s="10"/>
       <c r="H32" s="10" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="33" spans="1:8" s="11" customFormat="1" x14ac:dyDescent="0.55000000000000004">
       <c r="A33" s="8" t="s">
-        <v>180</v>
+        <v>177</v>
       </c>
       <c r="B33" s="3" t="s">
-        <v>181</v>
+        <v>178</v>
       </c>
       <c r="C33" s="3" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="D33" s="9" t="s">
-        <v>191</v>
+        <v>188</v>
       </c>
       <c r="E33" s="10" t="s">
         <v>17</v>
       </c>
       <c r="F33" s="10" t="s">
         <v>17</v>
       </c>
       <c r="G33" s="10"/>
       <c r="H33" s="10"/>
     </row>
     <row r="34" spans="1:8" s="11" customFormat="1" x14ac:dyDescent="0.55000000000000004">
       <c r="A34" s="19" t="s">
-        <v>138</v>
+        <v>135</v>
       </c>
       <c r="B34" s="21" t="s">
-        <v>159</v>
+        <v>156</v>
       </c>
       <c r="C34" s="21" t="s">
-        <v>160</v>
+        <v>157</v>
       </c>
       <c r="D34" s="9" t="s">
-        <v>161</v>
+        <v>158</v>
       </c>
       <c r="E34" s="10" t="s">
         <v>17</v>
       </c>
       <c r="F34" s="10" t="s">
         <v>17</v>
       </c>
       <c r="G34" s="10" t="s">
         <v>17</v>
       </c>
       <c r="H34" s="10" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="35" spans="1:8" s="11" customFormat="1" x14ac:dyDescent="0.55000000000000004">
       <c r="A35" s="19" t="s">
-        <v>173</v>
+        <v>170</v>
       </c>
       <c r="B35" s="6" t="s">
-        <v>114</v>
+        <v>111</v>
       </c>
       <c r="C35" s="21" t="s">
-        <v>175</v>
+        <v>172</v>
       </c>
       <c r="D35" s="9" t="s">
-        <v>174</v>
+        <v>171</v>
       </c>
       <c r="E35" s="10" t="s">
         <v>17</v>
       </c>
       <c r="F35" s="10" t="s">
         <v>17</v>
       </c>
       <c r="G35" s="10"/>
       <c r="H35" s="10"/>
     </row>
     <row r="36" spans="1:8" s="11" customFormat="1" x14ac:dyDescent="0.55000000000000004">
       <c r="A36" s="3" t="s">
-        <v>99</v>
+        <v>96</v>
       </c>
       <c r="B36" s="23" t="s">
-        <v>73</v>
+        <v>70</v>
       </c>
       <c r="C36" s="21" t="s">
-        <v>101</v>
+        <v>98</v>
       </c>
       <c r="D36" s="9" t="s">
-        <v>100</v>
+        <v>97</v>
       </c>
       <c r="E36" s="10" t="s">
         <v>17</v>
       </c>
       <c r="F36" s="10" t="s">
         <v>17</v>
       </c>
       <c r="G36" s="10"/>
       <c r="H36" s="10" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="37" spans="1:8" s="11" customFormat="1" x14ac:dyDescent="0.55000000000000004">
       <c r="A37" s="9" t="s">
-        <v>147</v>
+        <v>144</v>
       </c>
       <c r="B37" s="6" t="s">
-        <v>176</v>
+        <v>173</v>
       </c>
       <c r="C37" s="20" t="s">
-        <v>177</v>
+        <v>174</v>
       </c>
       <c r="D37" s="8" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="E37" s="10" t="s">
         <v>17</v>
       </c>
       <c r="F37" s="10"/>
       <c r="G37" s="10"/>
       <c r="H37" s="10" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="38" spans="1:8" s="11" customFormat="1" x14ac:dyDescent="0.55000000000000004">
       <c r="A38" s="9" t="s">
-        <v>182</v>
+        <v>179</v>
       </c>
       <c r="B38" s="6" t="s">
-        <v>183</v>
+        <v>180</v>
       </c>
       <c r="C38" s="20" t="s">
-        <v>192</v>
+        <v>189</v>
       </c>
       <c r="D38" s="8" t="s">
-        <v>193</v>
+        <v>190</v>
       </c>
       <c r="E38" s="10"/>
       <c r="F38" s="10"/>
       <c r="G38" s="10"/>
       <c r="H38" s="10" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="39" spans="1:8" s="11" customFormat="1" x14ac:dyDescent="0.55000000000000004">
       <c r="A39" s="8" t="s">
-        <v>77</v>
+        <v>74</v>
       </c>
       <c r="B39" s="13" t="s">
-        <v>81</v>
+        <v>78</v>
       </c>
       <c r="C39" s="14" t="s">
-        <v>82</v>
+        <v>79</v>
       </c>
       <c r="D39" s="9" t="s">
-        <v>83</v>
+        <v>80</v>
       </c>
       <c r="E39" s="10" t="s">
         <v>17</v>
       </c>
       <c r="F39" s="10" t="s">
         <v>17</v>
       </c>
       <c r="G39" s="10"/>
       <c r="H39" s="10" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="40" spans="1:8" s="11" customFormat="1" x14ac:dyDescent="0.55000000000000004">
       <c r="A40" s="8" t="s">
         <v>14</v>
       </c>
       <c r="B40" s="12" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="C40" s="9" t="s">
-        <v>52</v>
+        <v>49</v>
       </c>
       <c r="D40" s="9" t="s">
-        <v>53</v>
+        <v>50</v>
       </c>
       <c r="E40" s="10" t="s">
         <v>17</v>
       </c>
       <c r="F40" s="10"/>
       <c r="G40" s="10"/>
       <c r="H40" s="10" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="41" spans="1:8" s="11" customFormat="1" x14ac:dyDescent="0.55000000000000004">
       <c r="A41" s="9" t="s">
-        <v>139</v>
+        <v>136</v>
       </c>
       <c r="B41" s="12" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="C41" s="9" t="s">
-        <v>54</v>
+        <v>51</v>
       </c>
       <c r="D41" s="9" t="s">
-        <v>55</v>
+        <v>52</v>
       </c>
       <c r="E41" s="10" t="s">
         <v>17</v>
       </c>
       <c r="F41" s="10" t="s">
         <v>17</v>
       </c>
       <c r="G41" s="10"/>
       <c r="H41" s="10" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="42" spans="1:8" s="11" customFormat="1" x14ac:dyDescent="0.55000000000000004">
       <c r="A42" s="9" t="s">
-        <v>128</v>
+        <v>125</v>
       </c>
       <c r="B42" s="13" t="s">
-        <v>93</v>
+        <v>90</v>
       </c>
       <c r="C42" s="14" t="s">
-        <v>92</v>
+        <v>89</v>
       </c>
       <c r="D42" s="9" t="s">
-        <v>94</v>
+        <v>91</v>
       </c>
       <c r="E42" s="10" t="s">
         <v>17</v>
       </c>
       <c r="F42" s="10"/>
       <c r="G42" s="10"/>
       <c r="H42" s="10" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="43" spans="1:8" s="11" customFormat="1" x14ac:dyDescent="0.55000000000000004">
       <c r="A43" s="8" t="s">
-        <v>71</v>
+        <v>68</v>
       </c>
       <c r="B43" s="12" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="C43" s="8" t="s">
-        <v>56</v>
+        <v>53</v>
       </c>
       <c r="D43" s="8" t="s">
-        <v>57</v>
+        <v>54</v>
       </c>
       <c r="E43" s="10" t="s">
         <v>17</v>
       </c>
       <c r="F43" s="10" t="s">
         <v>17</v>
       </c>
       <c r="G43" s="10"/>
       <c r="H43" s="10" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="44" spans="1:8" s="11" customFormat="1" x14ac:dyDescent="0.55000000000000004">
       <c r="A44" s="8" t="s">
+        <v>159</v>
+      </c>
+      <c r="B44" s="12" t="s">
+        <v>160</v>
+      </c>
+      <c r="C44" s="8" t="s">
+        <v>161</v>
+      </c>
+      <c r="D44" s="8" t="s">
         <v>162</v>
-      </c>
-[...7 lines deleted...]
-        <v>165</v>
       </c>
       <c r="E44" s="10"/>
       <c r="F44" s="10"/>
       <c r="G44" s="10"/>
       <c r="H44" s="10" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="45" spans="1:8" s="11" customFormat="1" x14ac:dyDescent="0.55000000000000004">
       <c r="A45" s="9" t="s">
         <v>18</v>
       </c>
       <c r="B45" s="23" t="s">
-        <v>168</v>
+        <v>165</v>
       </c>
       <c r="C45" s="21" t="s">
-        <v>167</v>
+        <v>164</v>
       </c>
       <c r="D45" s="9" t="s">
-        <v>166</v>
+        <v>163</v>
       </c>
       <c r="E45" s="10" t="s">
         <v>17</v>
       </c>
       <c r="F45" s="10" t="s">
         <v>17</v>
       </c>
       <c r="G45" s="10"/>
       <c r="H45" s="10" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="46" spans="1:8" s="11" customFormat="1" x14ac:dyDescent="0.55000000000000004">
       <c r="A46" s="9" t="s">
-        <v>123</v>
+        <v>120</v>
       </c>
       <c r="B46" s="3" t="s">
+        <v>119</v>
+      </c>
+      <c r="C46" s="3" t="s">
+        <v>121</v>
+      </c>
+      <c r="D46" s="8" t="s">
         <v>122</v>
-      </c>
-[...4 lines deleted...]
-        <v>125</v>
       </c>
       <c r="E46" s="10"/>
       <c r="F46" s="10"/>
       <c r="G46" s="10"/>
       <c r="H46" s="10" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="47" spans="1:8" s="11" customFormat="1" x14ac:dyDescent="0.55000000000000004">
       <c r="A47" s="9" t="s">
         <v>19</v>
       </c>
       <c r="B47" s="12" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="C47" s="8" t="s">
-        <v>58</v>
+        <v>55</v>
       </c>
       <c r="D47" s="8" t="s">
-        <v>59</v>
+        <v>56</v>
       </c>
       <c r="E47" s="10"/>
       <c r="F47" s="10"/>
       <c r="G47" s="10" t="s">
         <v>17</v>
       </c>
       <c r="H47" s="10"/>
     </row>
     <row r="48" spans="1:8" s="11" customFormat="1" x14ac:dyDescent="0.55000000000000004">
       <c r="A48" s="8" t="s">
         <v>11</v>
       </c>
       <c r="B48" s="23" t="s">
-        <v>108</v>
+        <v>105</v>
       </c>
       <c r="C48" s="21" t="s">
-        <v>109</v>
+        <v>106</v>
       </c>
       <c r="D48" s="8" t="s">
-        <v>60</v>
+        <v>57</v>
       </c>
       <c r="E48" s="10" t="s">
         <v>17</v>
       </c>
       <c r="F48" s="10" t="s">
         <v>17</v>
       </c>
       <c r="G48" s="10"/>
       <c r="H48" s="10" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="49" spans="1:8" s="11" customFormat="1" x14ac:dyDescent="0.55000000000000004">
       <c r="A49" s="9" t="s">
         <v>20</v>
       </c>
       <c r="B49" s="12" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="C49" s="8" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="D49" s="8" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="E49" s="10" t="s">
         <v>17</v>
       </c>
       <c r="F49" s="10" t="s">
         <v>17</v>
       </c>
       <c r="G49" s="10" t="s">
         <v>17</v>
       </c>
       <c r="H49" s="10"/>
     </row>
     <row r="50" spans="1:8" s="11" customFormat="1" x14ac:dyDescent="0.55000000000000004">
       <c r="A50" s="8" t="s">
         <v>13</v>
       </c>
       <c r="B50" s="17" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="C50" s="8" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="D50" s="8" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="E50" s="10" t="s">
         <v>17</v>
       </c>
       <c r="F50" s="10" t="s">
         <v>17</v>
       </c>
       <c r="G50" s="10"/>
       <c r="H50" s="10" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="51" spans="1:8" s="11" customFormat="1" x14ac:dyDescent="0.55000000000000004">
       <c r="A51" s="8" t="s">
-        <v>115</v>
+        <v>112</v>
       </c>
       <c r="B51" s="3" t="s">
-        <v>140</v>
+        <v>137</v>
       </c>
       <c r="C51" s="3" t="s">
-        <v>141</v>
+        <v>138</v>
       </c>
       <c r="D51" s="8" t="s">
-        <v>142</v>
+        <v>139</v>
       </c>
       <c r="E51" s="10" t="s">
         <v>17</v>
       </c>
       <c r="F51" s="10" t="s">
         <v>17</v>
       </c>
       <c r="G51" s="10"/>
       <c r="H51" s="10" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="52" spans="1:8" x14ac:dyDescent="0.55000000000000004">
       <c r="A52" s="11" t="s">
+        <v>81</v>
+      </c>
+      <c r="B52" s="18" t="s">
+        <v>82</v>
+      </c>
+      <c r="C52" s="8" t="s">
+        <v>83</v>
+      </c>
+      <c r="D52" s="8" t="s">
         <v>84</v>
-      </c>
-[...7 lines deleted...]
-        <v>87</v>
       </c>
       <c r="E52" s="10" t="s">
         <v>17</v>
       </c>
       <c r="F52" s="10" t="s">
         <v>17</v>
       </c>
       <c r="G52" s="12"/>
       <c r="H52" s="10" t="s">
         <v>17</v>
       </c>
     </row>
     <row r="53" spans="1:8" x14ac:dyDescent="0.55000000000000004">
       <c r="A53" s="16"/>
       <c r="E53" s="6"/>
       <c r="F53" s="6"/>
       <c r="G53" s="6"/>
     </row>
     <row r="54" spans="1:8" ht="15.6" x14ac:dyDescent="0.6">
       <c r="A54" s="15" t="s">
-        <v>72</v>
+        <v>69</v>
       </c>
     </row>
   </sheetData>
   <sortState xmlns:xlrd2="http://schemas.microsoft.com/office/spreadsheetml/2017/richdata2" ref="A4:H43">
     <sortCondition ref="A4:A43"/>
   </sortState>
   <mergeCells count="3">
     <mergeCell ref="E5:G5"/>
     <mergeCell ref="A1:H1"/>
     <mergeCell ref="A3:F3"/>
   </mergeCells>
   <hyperlinks>
     <hyperlink ref="A4" r:id="rId1" xr:uid="{4C6A6B28-14EA-492B-891C-1E6706353072}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="5" scale="99" orientation="landscape" r:id="rId2"/>
   <customProperties>
     <customPr name="WorkSheetID" r:id="rId3"/>
   </customProperties>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>