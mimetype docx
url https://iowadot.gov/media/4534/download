--- v0 (2025-10-04)
+++ v1 (2026-01-02)
@@ -8,105 +8,115 @@
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="382F0F63" w14:textId="77777777" w:rsidR="00EC1AC0" w:rsidRPr="00EC1AC0" w:rsidRDefault="00EC1AC0" w:rsidP="00EC1AC0">
-[...1 lines deleted...]
-        <w:pStyle w:val="PlainText"/>
+    <w:p w14:paraId="382F0F63" w14:textId="77777777" w:rsidR="00EC1AC0" w:rsidRPr="00440C91" w:rsidRDefault="00EC1AC0" w:rsidP="00440C91">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
         <w:jc w:val="center"/>
         <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000B392F">
+      <w:r w:rsidRPr="00440C91">
         <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Bridge </w:t>
       </w:r>
-      <w:r w:rsidR="005E373E" w:rsidRPr="000B392F">
+      <w:r w:rsidR="005E373E" w:rsidRPr="00440C91">
         <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Bureau</w:t>
       </w:r>
-      <w:r w:rsidR="000C6755" w:rsidRPr="000B392F">
+      <w:r w:rsidR="000C6755" w:rsidRPr="00440C91">
         <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t xml:space="preserve"> Attachment </w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="000C6755">
+        <w:t xml:space="preserve"> Attachment for </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00440C91">
         <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
-          <w:sz w:val="24"/>
-[...6 lines deleted...]
-          <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Concept </w:t>
       </w:r>
-      <w:r w:rsidR="000C6755">
+      <w:r w:rsidR="000C6755" w:rsidRPr="00440C91">
         <w:rPr>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:b/>
+          <w:bCs/>
+          <w:color w:val="auto"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Statement</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="006E2A4D" w14:textId="77777777" w:rsidR="00EC1AC0" w:rsidRDefault="00EC1AC0" w:rsidP="0035324F">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:spacing w:after="60"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1D597D94" w14:textId="439DC9BB" w:rsidR="0035324F" w:rsidRPr="000C6755" w:rsidRDefault="000C6755" w:rsidP="0035324F">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:spacing w:after="60"/>
       </w:pPr>
       <w:r w:rsidRPr="00284C1B">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t>Date:</w:t>
       </w:r>
       <w:r w:rsidR="00C6114B">
         <w:t xml:space="preserve"> </w:t>
@@ -771,57 +781,52 @@
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
       <w:r>
         <w:t>Structure/Roadway Layout Considerations</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="21A7DDFF" w14:textId="0C9A3C20" w:rsidR="00A04869" w:rsidRDefault="00A04869" w:rsidP="00E6579B">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:ind w:left="1440" w:hanging="720"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">&lt;Example:  Roadway profile grade raise of XX’ anticipated or &lt;roadway profile grade raise </w:t>
       </w:r>
       <w:r w:rsidR="003D1FA5">
         <w:t xml:space="preserve">is </w:t>
       </w:r>
       <w:r>
-        <w:t xml:space="preserve">not </w:t>
-[...5 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>not anticipated</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="34C4E966" w14:textId="20206E67" w:rsidR="00A04869" w:rsidRDefault="00A04869" w:rsidP="00E6579B">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:ind w:left="1440" w:hanging="720"/>
       </w:pPr>
       <w:r>
         <w:t>&lt;</w:t>
       </w:r>
       <w:r w:rsidRPr="00A04869">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r>
         <w:t>Example:  Shallow rock indicated by existing borings&gt;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="43CA9064" w14:textId="4A41C7A9" w:rsidR="008C3578" w:rsidRDefault="00A04869" w:rsidP="00E6579B">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
@@ -911,74 +916,74 @@
       </w:r>
       <w:r w:rsidR="007F73B9">
         <w:t>It is desirable for new structure foundations to avoid existing foundations when possible</w:t>
       </w:r>
       <w:r>
         <w:t>&gt;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4908D04F" w14:textId="77777777" w:rsidR="007F73B9" w:rsidRPr="00A14E3F" w:rsidRDefault="007F73B9" w:rsidP="007F73B9">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:ind w:left="720"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="722C4BED" w14:textId="5BB4F332" w:rsidR="00287891" w:rsidRPr="00A14E3F" w:rsidRDefault="00B14F6F" w:rsidP="00287891">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
       <w:r w:rsidRPr="00A14E3F">
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Special survey = </w:t>
       </w:r>
       <w:r w:rsidR="00A04869">
         <w:t>&lt;Yes-See below or No</w:t>
       </w:r>
       <w:r w:rsidR="00FF7E94">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A04869">
         <w:t>&gt;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2869AC26" w14:textId="10DBD83A" w:rsidR="0057256D" w:rsidRPr="00A14E3F" w:rsidRDefault="00A14E3F" w:rsidP="00E6579B">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
       <w:r w:rsidRPr="00A14E3F">
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Aesthetic enhancements = </w:t>
       </w:r>
       <w:r w:rsidR="00A04869">
         <w:t>&lt;Yes or No&gt;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="78FDFAC1" w14:textId="77777777" w:rsidR="00607890" w:rsidRDefault="007D1115" w:rsidP="00E6579B">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="8"/>
         </w:numPr>
         <w:spacing w:after="120"/>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
       <w:r>
         <w:t>Other</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="420D6999" w14:textId="63112EB8" w:rsidR="000B758F" w:rsidRDefault="00A04869" w:rsidP="000B758F">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
@@ -1084,156 +1089,156 @@
         <w:pStyle w:val="PlainText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="000B758F" w:rsidRPr="000B758F" w:rsidSect="00693E99">
       <w:headerReference w:type="even" r:id="rId8"/>
       <w:headerReference w:type="default" r:id="rId9"/>
       <w:footerReference w:type="even" r:id="rId10"/>
       <w:footerReference w:type="default" r:id="rId11"/>
       <w:headerReference w:type="first" r:id="rId12"/>
       <w:footerReference w:type="first" r:id="rId13"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="1440" w:right="1325" w:bottom="720" w:left="1325" w:header="720" w:footer="720" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="5C54ECD8" w14:textId="77777777" w:rsidR="0019308F" w:rsidRDefault="0019308F">
+    <w:p w14:paraId="2FCD996B" w14:textId="77777777" w:rsidR="00BF74E4" w:rsidRDefault="00BF74E4">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="78EFA7A4" w14:textId="77777777" w:rsidR="0019308F" w:rsidRDefault="0019308F">
+    <w:p w14:paraId="3469B743" w14:textId="77777777" w:rsidR="00BF74E4" w:rsidRDefault="00BF74E4">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="MS Mincho">
     <w:altName w:val="ＭＳ 明朝"/>
     <w:panose1 w:val="02020609040205080304"/>
     <w:charset w:val="80"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E00002FF" w:usb1="6AC7FDFB" w:usb2="08000012" w:usb3="00000000" w:csb0="0002009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Arial">
     <w:panose1 w:val="020B0604020202020204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri Light">
-[...5 lines deleted...]
-  </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="374422D3" w14:textId="77777777" w:rsidR="00A56DEE" w:rsidRDefault="00A56DEE">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="21262841" w14:textId="77777777" w:rsidR="00A04869" w:rsidRPr="004A6EB1" w:rsidRDefault="00A04869">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="004A6EB1">
       <w:rPr>
         <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
       </w:rPr>
       <w:t xml:space="preserve">~ </w:t>
     </w:r>
     <w:r w:rsidRPr="004A6EB1">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="004A6EB1">
       <w:instrText xml:space="preserve"> PAGE    \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r w:rsidRPr="004A6EB1">
       <w:rPr>
@@ -1254,51 +1259,51 @@
         <w:noProof/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r w:rsidRPr="004A6EB1">
       <w:rPr>
         <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
       </w:rPr>
       <w:t xml:space="preserve"> ~</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="4FE2FFFB" w14:textId="77777777" w:rsidR="00A04869" w:rsidRPr="009157D4" w:rsidRDefault="00A04869" w:rsidP="00693E99">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
         <w:b/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="2ACB7EB1" w14:textId="77777777" w:rsidR="00A04869" w:rsidRPr="004A6EB1" w:rsidRDefault="00A04869">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="004A6EB1">
       <w:rPr>
         <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
       </w:rPr>
       <w:t xml:space="preserve">~ </w:t>
     </w:r>
     <w:r w:rsidRPr="004A6EB1">
       <w:rPr>
         <w:rFonts w:ascii="Calibri" w:hAnsi="Calibri"/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="004A6EB1">
       <w:instrText xml:space="preserve"> PAGE    \* MERGEFORMAT </w:instrText>
     </w:r>
     <w:r w:rsidRPr="004A6EB1">
       <w:rPr>
@@ -1319,80 +1324,80 @@
         <w:noProof/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
     <w:r w:rsidRPr="004A6EB1">
       <w:rPr>
         <w:rFonts w:ascii="Cambria" w:hAnsi="Cambria"/>
       </w:rPr>
       <w:t xml:space="preserve"> ~</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="5BC819B3" w14:textId="77777777" w:rsidR="00A04869" w:rsidRPr="00693E99" w:rsidRDefault="00A04869" w:rsidP="00693E99">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
         <w:b/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="1C0380A4" w14:textId="77777777" w:rsidR="0019308F" w:rsidRDefault="0019308F">
+    <w:p w14:paraId="218B496A" w14:textId="77777777" w:rsidR="00BF74E4" w:rsidRDefault="00BF74E4">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1446770E" w14:textId="77777777" w:rsidR="0019308F" w:rsidRDefault="0019308F">
+    <w:p w14:paraId="5801E40A" w14:textId="77777777" w:rsidR="00BF74E4" w:rsidRDefault="00BF74E4">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="360B8CB1" w14:textId="77777777" w:rsidR="00A56DEE" w:rsidRDefault="00A56DEE">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="35B28919" w14:textId="50F766CA" w:rsidR="00A04869" w:rsidRPr="00284C1B" w:rsidRDefault="00A04869" w:rsidP="004A6EB1">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00284C1B">
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
       <w:t xml:space="preserve">Concept Statement – Bridge </w:t>
     </w:r>
     <w:r w:rsidR="000052B3">
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
       <w:t>Bureau</w:t>
     </w:r>
     <w:r w:rsidRPr="00284C1B">
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
       <w:t xml:space="preserve"> Attachment</w:t>
     </w:r>
@@ -1411,84 +1416,84 @@
     </w:r>
   </w:p>
   <w:p w14:paraId="1D424ECA" w14:textId="77777777" w:rsidR="00A04869" w:rsidRPr="00284C1B" w:rsidRDefault="00A04869">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="13D55288" w14:textId="77777777" w:rsidR="00A04869" w:rsidRDefault="00A04869">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New"/>
         <w:b/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="0D6728E0" w14:textId="0B0AC241" w:rsidR="00A04869" w:rsidRPr="000C6755" w:rsidRDefault="00A04869" w:rsidP="004A6EB1">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New"/>
         <w:sz w:val="24"/>
         <w:szCs w:val="24"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="004A6EB1">
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r w:rsidRPr="004A6EB1">
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New"/>
       </w:rPr>
       <w:tab/>
       <w:t xml:space="preserve"> </w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="4997E3B4" w14:textId="77777777" w:rsidR="00A04869" w:rsidRDefault="00A04869">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="05AC4CE5"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="5094D606"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="118373EC"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="D9227258"/>
     <w:lvl w:ilvl="0" w:tplc="04090001">
@@ -2399,64 +2404,64 @@
   <w:num w:numId="4" w16cid:durableId="609556508">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="421804600">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1673682276">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="265383780">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="480468901">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="9" w16cid:durableId="615410025">
     <w:abstractNumId w:val="9"/>
   </w:num>
   <w:num w:numId="10" w16cid:durableId="160464534">
     <w:abstractNumId w:val="8"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="220"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="130"/>
   <w:embedSystemFonts/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-US" w:vendorID="8" w:dllVersion="513" w:checkStyle="1"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="45057"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:doNotUseHTMLParagraphAutoSpacing/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="001C31DE"/>
     <w:rsid w:val="000023CD"/>
     <w:rsid w:val="00004742"/>
     <w:rsid w:val="000052B3"/>
     <w:rsid w:val="00005E60"/>
     <w:rsid w:val="00005E8E"/>
@@ -2527,61 +2532,63 @@
     <w:rsid w:val="002C7D57"/>
     <w:rsid w:val="002E5640"/>
     <w:rsid w:val="002F0556"/>
     <w:rsid w:val="003003FE"/>
     <w:rsid w:val="00310F6D"/>
     <w:rsid w:val="003127D5"/>
     <w:rsid w:val="00315EB7"/>
     <w:rsid w:val="003340DE"/>
     <w:rsid w:val="00343BE7"/>
     <w:rsid w:val="00343F21"/>
     <w:rsid w:val="00346FB9"/>
     <w:rsid w:val="0035324F"/>
     <w:rsid w:val="00373F98"/>
     <w:rsid w:val="00390003"/>
     <w:rsid w:val="00392774"/>
     <w:rsid w:val="003B2702"/>
     <w:rsid w:val="003B634F"/>
     <w:rsid w:val="003C0E84"/>
     <w:rsid w:val="003C1B2E"/>
     <w:rsid w:val="003C294D"/>
     <w:rsid w:val="003C2F9E"/>
     <w:rsid w:val="003D1FA5"/>
     <w:rsid w:val="003D7BBA"/>
     <w:rsid w:val="003E55CF"/>
     <w:rsid w:val="003E6BC2"/>
+    <w:rsid w:val="003F232B"/>
     <w:rsid w:val="003F39BD"/>
     <w:rsid w:val="003F61D0"/>
     <w:rsid w:val="00401CB3"/>
     <w:rsid w:val="004068A5"/>
     <w:rsid w:val="004075EE"/>
     <w:rsid w:val="0041200C"/>
     <w:rsid w:val="004172DA"/>
     <w:rsid w:val="00421163"/>
     <w:rsid w:val="00422AA7"/>
     <w:rsid w:val="0043172D"/>
     <w:rsid w:val="00436307"/>
+    <w:rsid w:val="00440C91"/>
     <w:rsid w:val="00442E23"/>
     <w:rsid w:val="00443646"/>
     <w:rsid w:val="004820DE"/>
     <w:rsid w:val="0049346B"/>
     <w:rsid w:val="00493F71"/>
     <w:rsid w:val="004A3169"/>
     <w:rsid w:val="004A406B"/>
     <w:rsid w:val="004A6EB1"/>
     <w:rsid w:val="004C0B7C"/>
     <w:rsid w:val="004C1891"/>
     <w:rsid w:val="004C40C7"/>
     <w:rsid w:val="004C6797"/>
     <w:rsid w:val="004D1119"/>
     <w:rsid w:val="004D4BC5"/>
     <w:rsid w:val="004E6490"/>
     <w:rsid w:val="004F07FA"/>
     <w:rsid w:val="004F6355"/>
     <w:rsid w:val="004F70DE"/>
     <w:rsid w:val="00507B93"/>
     <w:rsid w:val="00510CE7"/>
     <w:rsid w:val="005132BA"/>
     <w:rsid w:val="00521B5B"/>
     <w:rsid w:val="005239C2"/>
     <w:rsid w:val="00536316"/>
     <w:rsid w:val="00537931"/>
@@ -2658,117 +2665,120 @@
     <w:rsid w:val="00806A15"/>
     <w:rsid w:val="00816493"/>
     <w:rsid w:val="00817B24"/>
     <w:rsid w:val="008322C1"/>
     <w:rsid w:val="0084370D"/>
     <w:rsid w:val="00851135"/>
     <w:rsid w:val="00867279"/>
     <w:rsid w:val="008719C3"/>
     <w:rsid w:val="00877DA3"/>
     <w:rsid w:val="008827ED"/>
     <w:rsid w:val="008A2D3C"/>
     <w:rsid w:val="008A7D87"/>
     <w:rsid w:val="008C3578"/>
     <w:rsid w:val="008D3706"/>
     <w:rsid w:val="008E4547"/>
     <w:rsid w:val="008E6A4A"/>
     <w:rsid w:val="008F25CF"/>
     <w:rsid w:val="0090036C"/>
     <w:rsid w:val="0090131B"/>
     <w:rsid w:val="00901B7A"/>
     <w:rsid w:val="009065B8"/>
     <w:rsid w:val="009153F3"/>
     <w:rsid w:val="009157D4"/>
     <w:rsid w:val="009225DB"/>
     <w:rsid w:val="00936265"/>
+    <w:rsid w:val="00937793"/>
     <w:rsid w:val="009419AB"/>
     <w:rsid w:val="00944121"/>
     <w:rsid w:val="009442A5"/>
     <w:rsid w:val="00947F0D"/>
     <w:rsid w:val="00950911"/>
     <w:rsid w:val="009519A5"/>
     <w:rsid w:val="00954A9D"/>
     <w:rsid w:val="00957366"/>
     <w:rsid w:val="00960340"/>
     <w:rsid w:val="00960FFD"/>
     <w:rsid w:val="00965890"/>
     <w:rsid w:val="0098317A"/>
     <w:rsid w:val="009960D4"/>
     <w:rsid w:val="009A6D03"/>
     <w:rsid w:val="009A7BA3"/>
     <w:rsid w:val="009B0936"/>
     <w:rsid w:val="009B3770"/>
     <w:rsid w:val="009C69E3"/>
     <w:rsid w:val="009D1CE6"/>
     <w:rsid w:val="009E4CB7"/>
     <w:rsid w:val="009E52F1"/>
     <w:rsid w:val="00A001EB"/>
     <w:rsid w:val="00A00356"/>
     <w:rsid w:val="00A04869"/>
     <w:rsid w:val="00A14E3F"/>
     <w:rsid w:val="00A2566B"/>
     <w:rsid w:val="00A27FD3"/>
     <w:rsid w:val="00A406CC"/>
     <w:rsid w:val="00A44023"/>
     <w:rsid w:val="00A56DEE"/>
     <w:rsid w:val="00A5719B"/>
     <w:rsid w:val="00A61462"/>
     <w:rsid w:val="00A61A64"/>
     <w:rsid w:val="00A75979"/>
     <w:rsid w:val="00A93078"/>
     <w:rsid w:val="00A93357"/>
     <w:rsid w:val="00AB1D9F"/>
     <w:rsid w:val="00AB31C5"/>
     <w:rsid w:val="00AC73BF"/>
     <w:rsid w:val="00AD2419"/>
     <w:rsid w:val="00AD6375"/>
     <w:rsid w:val="00AD7888"/>
     <w:rsid w:val="00AF00AB"/>
     <w:rsid w:val="00B05267"/>
     <w:rsid w:val="00B0562F"/>
     <w:rsid w:val="00B14F6F"/>
     <w:rsid w:val="00B239DD"/>
     <w:rsid w:val="00B27CDA"/>
     <w:rsid w:val="00B32D2F"/>
     <w:rsid w:val="00B5786C"/>
+    <w:rsid w:val="00B600A3"/>
     <w:rsid w:val="00B647BC"/>
     <w:rsid w:val="00B71B72"/>
     <w:rsid w:val="00B7402E"/>
     <w:rsid w:val="00B817E9"/>
     <w:rsid w:val="00B823BA"/>
     <w:rsid w:val="00B865DE"/>
     <w:rsid w:val="00B87D21"/>
     <w:rsid w:val="00B918D4"/>
     <w:rsid w:val="00B974FC"/>
     <w:rsid w:val="00BA7C02"/>
     <w:rsid w:val="00BC00F8"/>
     <w:rsid w:val="00BC01DA"/>
     <w:rsid w:val="00BD09F5"/>
     <w:rsid w:val="00BD2493"/>
     <w:rsid w:val="00BD43A9"/>
     <w:rsid w:val="00BE0B07"/>
     <w:rsid w:val="00BE3C6E"/>
+    <w:rsid w:val="00BF74E4"/>
     <w:rsid w:val="00C03D74"/>
     <w:rsid w:val="00C16082"/>
     <w:rsid w:val="00C173F6"/>
     <w:rsid w:val="00C2187E"/>
     <w:rsid w:val="00C26A57"/>
     <w:rsid w:val="00C35601"/>
     <w:rsid w:val="00C37C5F"/>
     <w:rsid w:val="00C459BE"/>
     <w:rsid w:val="00C50F1E"/>
     <w:rsid w:val="00C53D89"/>
     <w:rsid w:val="00C5727C"/>
     <w:rsid w:val="00C6114B"/>
     <w:rsid w:val="00C62F8B"/>
     <w:rsid w:val="00C76114"/>
     <w:rsid w:val="00C81D6D"/>
     <w:rsid w:val="00C830F1"/>
     <w:rsid w:val="00C86503"/>
     <w:rsid w:val="00C973AB"/>
     <w:rsid w:val="00CA6169"/>
     <w:rsid w:val="00CA746A"/>
     <w:rsid w:val="00CA77E1"/>
     <w:rsid w:val="00CA7DBC"/>
     <w:rsid w:val="00CB2104"/>
     <w:rsid w:val="00CC01F6"/>
     <w:rsid w:val="00CF458A"/>
@@ -2843,65 +2853,65 @@
     <w:rsid w:val="00FD71A9"/>
     <w:rsid w:val="00FE59CC"/>
     <w:rsid w:val="00FE7708"/>
     <w:rsid w:val="00FF17B8"/>
     <w:rsid w:val="00FF1C04"/>
     <w:rsid w:val="00FF6F44"/>
     <w:rsid w:val="00FF7E94"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="45057"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="004846D7"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{79667CC5-9B76-49D9-8AF1-A49E0E9E9AD7}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="header" w:uiPriority="99"/>
     <w:lsdException w:name="footer" w:uiPriority="99"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
@@ -3162,50 +3172,70 @@
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:uiPriority="99" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading1Char"/>
+    <w:qFormat/>
+    <w:rsid w:val="00440C91"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:keepLines/>
+      <w:spacing w:before="240"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
@@ -3325,55 +3355,67 @@
     <w:unhideWhenUsed/>
     <w:rsid w:val="001F354C"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="ListParagraph">
     <w:name w:val="List Paragraph"/>
     <w:basedOn w:val="Normal"/>
     <w:uiPriority w:val="34"/>
     <w:qFormat/>
     <w:rsid w:val="00AF00AB"/>
     <w:pPr>
       <w:ind w:left="720"/>
       <w:contextualSpacing/>
     </w:pPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Revision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00E05405"/>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
+    <w:name w:val="Heading 1 Char"/>
+    <w:basedOn w:val="DefaultParagraphFont"/>
+    <w:link w:val="Heading1"/>
+    <w:rsid w:val="00440C91"/>
+    <w:rPr>
+      <w:rFonts w:asciiTheme="majorHAnsi" w:eastAsiaTheme="majorEastAsia" w:hAnsiTheme="majorHAnsi" w:cstheme="majorBidi"/>
+      <w:color w:val="2E74B5" w:themeColor="accent1" w:themeShade="BF"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
@@ -3654,176 +3696,200 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{D4CB8E3F-65B6-475D-8BBA-24144A48435A}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>444</Words>
-  <Characters>2285</Characters>
+  <Words>389</Words>
+  <Characters>2340</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>69</Lines>
-  <Paragraphs>46</Paragraphs>
+  <Lines>39</Lines>
+  <Paragraphs>33</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Title Sheet:</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>IA Department of Transportation</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2683</CharactersWithSpaces>
+  <CharactersWithSpaces>2696</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>Title Sheet:</dc:title>
+  <dc:title>Template Bridge Bureau Attachment for Concept Statement</dc:title>
   <dc:subject/>
-  <dc:creator>bridgetmp</dc:creator>
-  <cp:keywords/>
+  <dc:creator>Bridges &amp; Structures Bureau</dc:creator>
+  <cp:keywords>accessibility verified, template, attachment, concept</cp:keywords>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="Folder_Number">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Folder_Number">
     <vt:lpwstr/>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="Folder_Code">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Folder_Code">
     <vt:lpwstr/>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="Folder_Name">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="Folder_Name">
     <vt:lpwstr/>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="Folder_Description">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="Folder_Description">
     <vt:lpwstr/>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="/Folder_Name/">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="/Folder_Name/">
     <vt:lpwstr/>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="/Folder_Description/">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="/Folder_Description/">
     <vt:lpwstr/>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="13" name="Folder_Version">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="Folder_Version">
     <vt:lpwstr/>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="14" name="Folder_VersionSeq">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="Folder_VersionSeq">
     <vt:lpwstr/>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="15" name="Folder_Manager">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="Folder_Manager">
     <vt:lpwstr/>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="16" name="Folder_ManagerDesc">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="Folder_ManagerDesc">
     <vt:lpwstr/>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="17" name="Folder_Storage">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="Folder_Storage">
     <vt:lpwstr/>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="18" name="Folder_StorageDesc">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="13" name="Folder_StorageDesc">
     <vt:lpwstr/>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="19" name="Folder_Creator">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="14" name="Folder_Creator">
     <vt:lpwstr/>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="20" name="Folder_CreatorDesc">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="15" name="Folder_CreatorDesc">
     <vt:lpwstr/>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="21" name="Folder_CreateDate">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="16" name="Folder_CreateDate">
     <vt:lpwstr/>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="22" name="Folder_Updater">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="17" name="Folder_Updater">
     <vt:lpwstr/>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="23" name="Folder_UpdaterDesc">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="18" name="Folder_UpdaterDesc">
     <vt:lpwstr/>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="24" name="Folder_UpdateDate">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="19" name="Folder_UpdateDate">
     <vt:lpwstr/>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="25" name="Document_Number">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="20" name="Document_Number">
     <vt:lpwstr/>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="26" name="Document_Name">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="21" name="Document_Name">
     <vt:lpwstr/>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="27" name="Document_FileName">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="22" name="Document_FileName">
     <vt:lpwstr/>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="28" name="Document_Version">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="23" name="Document_Version">
     <vt:lpwstr/>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="29" name="Document_VersionSeq">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="24" name="Document_VersionSeq">
     <vt:lpwstr/>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="30" name="Document_Creator">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="25" name="Document_Creator">
     <vt:lpwstr/>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="31" name="Document_CreatorDesc">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="26" name="Document_CreatorDesc">
     <vt:lpwstr/>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="32" name="Document_CreateDate">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="27" name="Document_CreateDate">
     <vt:lpwstr/>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="33" name="Document_Updater">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="28" name="Document_Updater">
     <vt:lpwstr/>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="34" name="Document_UpdaterDesc">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="29" name="Document_UpdaterDesc">
     <vt:lpwstr/>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="35" name="Document_UpdateDate">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="30" name="Document_UpdateDate">
     <vt:lpwstr/>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="36" name="Document_Size">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="31" name="Document_Size">
     <vt:lpwstr/>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="37" name="Document_Storage">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="32" name="Document_Storage">
     <vt:lpwstr/>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="38" name="Document_StorageDesc">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="33" name="Document_StorageDesc">
     <vt:lpwstr/>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="39" name="Document_Department">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="34" name="Document_Department">
     <vt:lpwstr/>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="40" name="Document_DepartmentDesc">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="35" name="Document_DepartmentDesc">
     <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="36" name="MSIP_Label_0faac733-ded1-41e0-8ea6-961193f81247_Enabled">
+    <vt:lpwstr>true</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="37" name="MSIP_Label_0faac733-ded1-41e0-8ea6-961193f81247_SetDate">
+    <vt:lpwstr>2025-12-12T20:51:40Z</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="38" name="MSIP_Label_0faac733-ded1-41e0-8ea6-961193f81247_Method">
+    <vt:lpwstr>Standard</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="39" name="MSIP_Label_0faac733-ded1-41e0-8ea6-961193f81247_Name">
+    <vt:lpwstr>defa4170-0d19-0005-0004-bc88714345d2</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="40" name="MSIP_Label_0faac733-ded1-41e0-8ea6-961193f81247_SiteId">
+    <vt:lpwstr>a1e65fcc-32fa-4fdd-8692-0cc2eb06676e</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="41" name="MSIP_Label_0faac733-ded1-41e0-8ea6-961193f81247_ActionId">
+    <vt:lpwstr>5fe86e3a-2b16-4e95-937f-1d715906260f</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="42" name="MSIP_Label_0faac733-ded1-41e0-8ea6-961193f81247_ContentBits">
+    <vt:lpwstr>0</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="43" name="MSIP_Label_0faac733-ded1-41e0-8ea6-961193f81247_Tag">
+    <vt:lpwstr>10, 3, 0, 1</vt:lpwstr>
   </property>
 </Properties>
 </file>