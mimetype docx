--- v0 (2025-10-04)
+++ v1 (2026-01-02)
@@ -7,81 +7,81 @@
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="4E4510BF" w14:textId="77777777" w:rsidR="00EC1AC0" w:rsidRPr="00EC1AC0" w:rsidRDefault="00EC1AC0" w:rsidP="00EC1AC0">
-[...1 lines deleted...]
-        <w:pStyle w:val="PlainText"/>
+    <w:p w14:paraId="4E4510BF" w14:textId="77777777" w:rsidR="00EC1AC0" w:rsidRPr="00C94BF3" w:rsidRDefault="00EC1AC0" w:rsidP="00C94BF3">
+      <w:pPr>
+        <w:pStyle w:val="Heading1"/>
         <w:jc w:val="center"/>
         <w:rPr>
-          <w:b/>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00EC1AC0">
+      <w:r w:rsidRPr="00C94BF3">
         <w:rPr>
-          <w:b/>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Bridge Cost Estimate </w:t>
       </w:r>
-      <w:r w:rsidR="002F2D80">
+      <w:r w:rsidR="002F2D80" w:rsidRPr="00C94BF3">
         <w:rPr>
-          <w:b/>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">and Analysis </w:t>
       </w:r>
-      <w:r w:rsidRPr="00EC1AC0">
+      <w:r w:rsidRPr="00C94BF3">
         <w:rPr>
-          <w:b/>
+          <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>for Concept Statement</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4AA04AE0" w14:textId="77777777" w:rsidR="00EC1AC0" w:rsidRDefault="00EC1AC0" w:rsidP="0035324F">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:spacing w:after="60"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="026544E7" w14:textId="77777777" w:rsidR="0035324F" w:rsidRPr="0035324F" w:rsidRDefault="0035324F" w:rsidP="0035324F">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:spacing w:after="60"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0210F703" w14:textId="77777777" w:rsidR="00EC1AC0" w:rsidRPr="007F6C5F" w:rsidRDefault="00EC1AC0" w:rsidP="00EC1AC0">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:spacing w:after="60"/>
         <w:rPr>
           <w:b/>
         </w:rPr>
@@ -143,66 +143,81 @@
         <w:pStyle w:val="PlainText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="4320"/>
         </w:tabs>
         <w:spacing w:after="60"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Des. No.: </w:t>
       </w:r>
       <w:r w:rsidR="00100029">
         <w:t>&lt;#(s)&gt;</w:t>
       </w:r>
       <w:r w:rsidR="006A6B74">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="0062736D">
         <w:t>Project Code</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">: </w:t>
       </w:r>
       <w:r w:rsidR="00100029">
         <w:t>&lt;</w:t>
       </w:r>
       <w:r w:rsidR="0062736D">
-        <w:t>Project Code,</w:t>
-[...2 lines deleted...]
-        <w:t>PIN #&gt;</w:t>
+        <w:t xml:space="preserve">Project </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="0062736D">
+        <w:t>Code,</w:t>
+      </w:r>
+      <w:r w:rsidR="00100029">
+        <w:t>PIN</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00100029">
+        <w:t xml:space="preserve"> #&gt;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="652E61EE" w14:textId="77777777" w:rsidR="00EC1AC0" w:rsidRDefault="00EC1AC0" w:rsidP="006A6B74">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="4320"/>
         </w:tabs>
         <w:spacing w:after="60"/>
       </w:pPr>
-      <w:r>
-        <w:t xml:space="preserve">Maint. No.: </w:t>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:t>Maint</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:t xml:space="preserve">. No.: </w:t>
       </w:r>
       <w:r w:rsidR="00100029" w:rsidRPr="00D60A82">
         <w:t>&lt;0000.0x000&gt;</w:t>
       </w:r>
       <w:r w:rsidR="006A6B74">
         <w:tab/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">FHWA No.: </w:t>
       </w:r>
       <w:r w:rsidR="00100029">
         <w:t>&lt;#(s)&gt;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3F6FDE26" w14:textId="77777777" w:rsidR="00EC1AC0" w:rsidRDefault="00EC1AC0" w:rsidP="006A6B74">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="4320"/>
         </w:tabs>
         <w:spacing w:after="60"/>
       </w:pPr>
       <w:r>
         <w:t>O</w:t>
       </w:r>
@@ -351,150 +366,186 @@
       </w:r>
       <w:r w:rsidRPr="007F6C5F">
         <w:rPr>
           <w:b/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0E01743C" w14:textId="77777777" w:rsidR="00EC1AC0" w:rsidRDefault="00EC1AC0" w:rsidP="0077544A">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="4320"/>
         </w:tabs>
         <w:spacing w:after="60"/>
       </w:pPr>
       <w:r>
         <w:t>Type:</w:t>
       </w:r>
       <w:r w:rsidR="00A0373C">
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidR="00100029">
         <w:t>&lt;</w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00D60A82">
         <w:t>Ex.</w:t>
       </w:r>
       <w:r w:rsidR="00100029">
-        <w:t>PPCB/CCS,CWG,</w:t>
+        <w:t>PPCB</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00100029">
+        <w:t>/</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00100029">
+        <w:t>CCS,CWG</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00100029">
+        <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="00D60A82">
         <w:t>RCB</w:t>
       </w:r>
       <w:r w:rsidR="00100029">
         <w:t>&gt;</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve">Length x Width: </w:t>
       </w:r>
       <w:r w:rsidR="0077544A">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00100029">
         <w:t>??</w:t>
       </w:r>
       <w:r w:rsidR="00A0373C">
         <w:t>’x</w:t>
       </w:r>
       <w:r w:rsidR="00100029">
         <w:t xml:space="preserve"> ??</w:t>
       </w:r>
       <w:r w:rsidR="00A0373C">
         <w:t xml:space="preserve">’ </w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="68D4DB44" w14:textId="77777777" w:rsidR="00EC1AC0" w:rsidRDefault="00EC1AC0" w:rsidP="0077544A">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="4320"/>
         </w:tabs>
         <w:spacing w:after="60"/>
       </w:pPr>
       <w:r>
         <w:t>Pier Type</w:t>
       </w:r>
       <w:r w:rsidR="0077544A">
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="00A0373C">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00100029">
         <w:t>&lt;</w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00D60A82">
         <w:t>Ex.</w:t>
       </w:r>
       <w:r w:rsidR="00100029">
-        <w:t>T-Pier/Pile Bent&gt;</w:t>
+        <w:t>T</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00100029">
+        <w:t>-Pier/Pile Bent&gt;</w:t>
       </w:r>
       <w:r w:rsidR="0077544A">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00965890">
         <w:t xml:space="preserve">Abut. Type: </w:t>
       </w:r>
       <w:r w:rsidR="00100029">
         <w:t>&lt;</w:t>
       </w:r>
+      <w:proofErr w:type="spellStart"/>
       <w:r w:rsidR="00D60A82">
         <w:t>Ex.</w:t>
       </w:r>
       <w:r w:rsidR="00100029">
-        <w:t>Integral/Stub/SemiInt.&gt;</w:t>
+        <w:t>Integral</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00100029">
+        <w:t>/Stub/</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00100029">
+        <w:t>SemiInt</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00100029">
+        <w:t>.&gt;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="48ECA5C1" w14:textId="77777777" w:rsidR="00EC1AC0" w:rsidRDefault="00EC1AC0" w:rsidP="0077544A">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="4320"/>
         </w:tabs>
         <w:spacing w:after="60"/>
       </w:pPr>
       <w:r>
         <w:t>Spans</w:t>
       </w:r>
       <w:r w:rsidR="0077544A">
         <w:t>:</w:t>
       </w:r>
       <w:r w:rsidR="00A0373C">
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidR="00100029">
         <w:t>??</w:t>
       </w:r>
       <w:r w:rsidR="00D60A82">
-        <w:t>, ??, ??</w:t>
-      </w:r>
+        <w:t>, ??</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00D60A82">
+        <w:t>, ??</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
       <w:r w:rsidR="0077544A">
         <w:tab/>
       </w:r>
       <w:r>
         <w:t>Approach Pav</w:t>
       </w:r>
       <w:r w:rsidR="00F96909">
         <w:t>ement</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> Width:</w:t>
       </w:r>
       <w:r w:rsidR="00F96909">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00100029">
         <w:t>??</w:t>
       </w:r>
       <w:r w:rsidR="00A0373C">
         <w:t>’</w:t>
       </w:r>
       <w:r w:rsidR="0077544A">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00F96909">
@@ -740,57 +791,65 @@
       <w:r w:rsidR="00F943B8">
         <w:tab/>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">Abutment Type:  </w:t>
       </w:r>
       <w:r w:rsidR="008F123C">
         <w:t>&lt;Type&gt;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="67FE9BF6" w14:textId="77777777" w:rsidR="001C31DE" w:rsidRDefault="001C31DE" w:rsidP="00F94FFA">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="4320"/>
         </w:tabs>
         <w:spacing w:after="60"/>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">Spans:  </w:t>
       </w:r>
       <w:r w:rsidR="00B732B7">
         <w:t>??</w:t>
       </w:r>
       <w:r w:rsidR="00A33E3C">
-        <w:t>’-</w:t>
+        <w:t>’</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00A33E3C">
+        <w:t>-</w:t>
       </w:r>
       <w:r w:rsidR="00B732B7">
         <w:t>?</w:t>
       </w:r>
       <w:r w:rsidR="00A33E3C">
-        <w:t xml:space="preserve">, </w:t>
+        <w:t>,</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00A33E3C">
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B732B7">
         <w:t>??</w:t>
       </w:r>
       <w:r w:rsidR="00A33E3C">
         <w:t>’-</w:t>
       </w:r>
       <w:r w:rsidR="00B732B7">
         <w:t>?</w:t>
       </w:r>
       <w:r w:rsidR="00A33E3C">
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00B732B7">
         <w:t>??</w:t>
       </w:r>
       <w:r w:rsidR="00A33E3C">
         <w:t>’-</w:t>
       </w:r>
       <w:r w:rsidR="00B732B7">
         <w:t>?</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve">Skew:  </w:t>
@@ -840,57 +899,65 @@
         <w:pStyle w:val="PlainText"/>
         <w:spacing w:after="60"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="74992957" w14:textId="77777777" w:rsidR="001C31DE" w:rsidRDefault="001C31DE" w:rsidP="001C31DE">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:spacing w:after="60"/>
       </w:pPr>
       <w:r>
         <w:t>Costs:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="32D3DE40" w14:textId="77777777" w:rsidR="001C31DE" w:rsidRDefault="001C31DE" w:rsidP="00F94FFA">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="7920"/>
         </w:tabs>
         <w:spacing w:after="60"/>
       </w:pPr>
       <w:r>
         <w:t>Bridge</w:t>
       </w:r>
       <w:r w:rsidR="00C173F6">
-        <w:t xml:space="preserve"> - </w:t>
-[...1 lines deleted...]
-      <w:r>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00C173F6">
+        <w:t xml:space="preserve">- </w:t>
+      </w:r>
+      <w:r>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
       <w:r w:rsidR="008F123C">
-        <w:t xml:space="preserve">?? </w:t>
+        <w:t>??</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="008F123C">
+        <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00A33E3C">
         <w:t>sf</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> @ $</w:t>
       </w:r>
       <w:r w:rsidR="008F123C">
         <w:t>???</w:t>
       </w:r>
       <w:r>
         <w:t>/sf</w:t>
       </w:r>
       <w:r w:rsidR="00C50F1E">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00B87D21">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00C173F6">
         <w:t xml:space="preserve">= $ </w:t>
       </w:r>
       <w:r w:rsidR="008F123C">
         <w:t>?</w:t>
       </w:r>
@@ -1081,106 +1148,110 @@
     </w:p>
     <w:p w14:paraId="29FB2E24" w14:textId="77777777" w:rsidR="00DD47EE" w:rsidRDefault="00A33E3C" w:rsidP="00F94FFA">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="7920"/>
         </w:tabs>
         <w:spacing w:after="60"/>
       </w:pPr>
       <w:r>
         <w:tab/>
         <w:t xml:space="preserve">     </w:t>
       </w:r>
       <w:r w:rsidR="00DD47EE">
         <w:t>========</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2425DDD7" w14:textId="77777777" w:rsidR="00DD47EE" w:rsidRDefault="00F94FFA" w:rsidP="00F94FFA">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="7920"/>
         </w:tabs>
         <w:spacing w:after="60"/>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>T</w:t>
       </w:r>
       <w:r w:rsidR="00DD47EE">
-        <w:t>otal  Option A</w:t>
+        <w:t>otal  Option</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00DD47EE">
+        <w:t xml:space="preserve"> A</w:t>
       </w:r>
       <w:r w:rsidR="00DD47EE">
         <w:tab/>
         <w:t xml:space="preserve">  $ </w:t>
       </w:r>
       <w:r w:rsidR="008F123C">
         <w:t>?</w:t>
       </w:r>
       <w:r w:rsidR="00A33E3C">
         <w:t>,</w:t>
       </w:r>
       <w:r w:rsidR="008F123C">
         <w:t>???</w:t>
       </w:r>
       <w:r w:rsidR="00A33E3C">
         <w:t>,000</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5BBC54E0" w14:textId="77777777" w:rsidR="00236280" w:rsidRDefault="00236280" w:rsidP="00615817">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6310F20F" w14:textId="77777777" w:rsidR="00E54BAB" w:rsidRDefault="00E54BAB" w:rsidP="0035324F">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
         </w:tabs>
         <w:spacing w:after="60"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1C231DBE" w14:textId="77777777" w:rsidR="00340128" w:rsidRDefault="00340128" w:rsidP="007E4C2E">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
         </w:tabs>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0A38B1E8" w14:textId="77777777" w:rsidR="00695FE7" w:rsidRDefault="00425ADF" w:rsidP="008F123C">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:ind w:left="720"/>
       </w:pPr>
       <w:r>
-        <w:lastRenderedPageBreak/>
         <w:t>&lt;</w:t>
       </w:r>
       <w:r w:rsidR="00340128">
         <w:t xml:space="preserve">Concept Layout </w:t>
       </w:r>
       <w:r w:rsidR="002E27CA">
         <w:t xml:space="preserve">Sheet </w:t>
       </w:r>
       <w:r w:rsidR="00340128">
         <w:t>Alternative A</w:t>
       </w:r>
       <w:r w:rsidR="004C588A">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008F123C">
         <w:t>(Optional</w:t>
       </w:r>
       <w:r w:rsidR="00695FE7">
         <w:t>)</w:t>
       </w:r>
       <w:r>
         <w:t>&gt;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3C0DC761" w14:textId="77777777" w:rsidR="00425ADF" w:rsidRDefault="00425ADF" w:rsidP="008F123C">
@@ -1327,54 +1398,62 @@
         <w:t xml:space="preserve">&gt; </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="117AFD82" w14:textId="77777777" w:rsidR="00425ADF" w:rsidRDefault="00425ADF" w:rsidP="00340128">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
         </w:tabs>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="365C0E90" w14:textId="77777777" w:rsidR="008F123C" w:rsidRDefault="00340128" w:rsidP="00340128">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:t xml:space="preserve">The calculated ABC Rating Score based on </w:t>
       </w:r>
       <w:r w:rsidR="00425ADF">
         <w:t xml:space="preserve">Iowa DOT BDM Chapter 8 criteria and ?? miles </w:t>
       </w:r>
       <w:r>
-        <w:t>out of distance travel of is</w:t>
+        <w:t xml:space="preserve">out of distance travel of </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
+        <w:t>is</w:t>
       </w:r>
       <w:r w:rsidR="008F123C">
-        <w:t xml:space="preserve"> ??</w:t>
+        <w:t xml:space="preserve"> ?</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="008F123C">
+        <w:t>?</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="04A775D8" w14:textId="77777777" w:rsidR="008F123C" w:rsidRDefault="008F123C" w:rsidP="00340128">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
         </w:tabs>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2760968B" w14:textId="77777777" w:rsidR="00340128" w:rsidRDefault="008F123C" w:rsidP="00340128">
       <w:pPr>
         <w:pStyle w:val="PlainText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:t>&lt;If ABC Rating Score is Less than 50</w:t>
       </w:r>
       <w:r w:rsidR="00425ADF">
         <w:t xml:space="preserve"> -   </w:t>
@@ -1461,134 +1540,134 @@
         <w:pStyle w:val="PlainText"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="360"/>
         </w:tabs>
         <w:ind w:left="360" w:hanging="360"/>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00B823BA" w:rsidSect="00693E99">
       <w:headerReference w:type="even" r:id="rId7"/>
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:footerReference w:type="even" r:id="rId9"/>
       <w:footerReference w:type="default" r:id="rId10"/>
       <w:headerReference w:type="first" r:id="rId11"/>
       <w:footerReference w:type="first" r:id="rId12"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="1440" w:right="1325" w:bottom="720" w:left="1325" w:header="720" w:footer="720" w:gutter="0"/>
       <w:pgNumType w:start="1"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="21478B05" w14:textId="77777777" w:rsidR="00A15C33" w:rsidRDefault="00A15C33">
+    <w:p w14:paraId="69A696B6" w14:textId="77777777" w:rsidR="00F25D5B" w:rsidRDefault="00F25D5B">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="19B7AC4E" w14:textId="77777777" w:rsidR="00A15C33" w:rsidRDefault="00A15C33">
+    <w:p w14:paraId="4C803CC8" w14:textId="77777777" w:rsidR="00F25D5B" w:rsidRDefault="00F25D5B">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
     <w:family w:val="auto"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000000" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000000" w:csb1="00000000"/>
   </w:font>
+  <w:font w:name="Calibri Light">
+    <w:panose1 w:val="020F0302020204030204"/>
+    <w:charset w:val="00"/>
+    <w:family w:val="swiss"/>
+    <w:pitch w:val="variable"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+  </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
-  <w:font w:name="Calibri Light">
-[...5 lines deleted...]
-  </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E4002EFF" w:usb1="C000247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
+    <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="7280E2C2" w14:textId="77777777" w:rsidR="00114B94" w:rsidRDefault="00114B94">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="66D1104B" w14:textId="77777777" w:rsidR="005C0C6B" w:rsidRPr="009157D4" w:rsidRDefault="005C0C6B" w:rsidP="00693E99">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
         <w:b/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="009157D4">
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
         <w:b/>
       </w:rPr>
       <w:t xml:space="preserve">Page </w:t>
     </w:r>
     <w:r w:rsidRPr="009157D4">
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
         <w:b/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="009157D4">
       <w:rPr>
@@ -1650,51 +1729,51 @@
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
         <w:b/>
         <w:noProof/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r w:rsidRPr="009157D4">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
         <w:b/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="0EDE873A" w14:textId="77777777" w:rsidR="005C0C6B" w:rsidRPr="00693E99" w:rsidRDefault="005C0C6B" w:rsidP="00693E99">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:jc w:val="center"/>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
         <w:b/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="00693E99">
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
         <w:b/>
       </w:rPr>
       <w:t xml:space="preserve">Page </w:t>
     </w:r>
     <w:r w:rsidRPr="00693E99">
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
         <w:b/>
       </w:rPr>
       <w:fldChar w:fldCharType="begin"/>
     </w:r>
     <w:r w:rsidRPr="00693E99">
       <w:rPr>
@@ -1756,80 +1835,80 @@
       </w:rPr>
       <w:fldChar w:fldCharType="separate"/>
     </w:r>
     <w:r w:rsidR="00787E13">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
         <w:b/>
         <w:noProof/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r w:rsidRPr="00693E99">
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New" w:cs="Courier New"/>
         <w:b/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4CA39B8C" w14:textId="77777777" w:rsidR="00A15C33" w:rsidRDefault="00A15C33">
+    <w:p w14:paraId="3D8D898B" w14:textId="77777777" w:rsidR="00F25D5B" w:rsidRDefault="00F25D5B">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="19BB99F3" w14:textId="77777777" w:rsidR="00A15C33" w:rsidRDefault="00A15C33">
+    <w:p w14:paraId="00E80AFA" w14:textId="77777777" w:rsidR="00F25D5B" w:rsidRDefault="00F25D5B">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="25F7502E" w14:textId="77777777" w:rsidR="00114B94" w:rsidRDefault="00114B94">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="2155E598" w14:textId="77777777" w:rsidR="005C0C6B" w:rsidRDefault="005C0C6B">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New"/>
         <w:b/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New"/>
         <w:b/>
       </w:rPr>
       <w:t xml:space="preserve">Bridge Concept Statement  </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New"/>
         <w:b/>
       </w:rPr>
       <w:tab/>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New"/>
@@ -1914,61 +1993,61 @@
       <w:t>Project #&gt;</w:t>
     </w:r>
   </w:p>
   <w:p w14:paraId="032456B5" w14:textId="77777777" w:rsidR="005C0C6B" w:rsidRDefault="005C0C6B">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New"/>
         <w:b/>
       </w:rPr>
     </w:pPr>
   </w:p>
   <w:p w14:paraId="241F1547" w14:textId="77777777" w:rsidR="005C0C6B" w:rsidRDefault="005C0C6B">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New"/>
         <w:b/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="611EC3E0" w14:textId="77777777" w:rsidR="00114B94" w:rsidRDefault="00114B94">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="05AC4CE5"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="5094D606"/>
     <w:lvl w:ilvl="0">
       <w:start w:val="1"/>
       <w:numFmt w:val="upperLetter"/>
       <w:lvlText w:val="%1)"/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="720"/>
         </w:tabs>
         <w:ind w:left="720" w:hanging="720"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:abstractNum w:abstractNumId="1" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="23D675FB"/>
     <w:multiLevelType w:val="singleLevel"/>
     <w:tmpl w:val="D53CF73A"/>
     <w:lvl w:ilvl="0">
@@ -2207,64 +2286,65 @@
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="6480" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:ascii="Wingdings" w:hAnsi="Wingdings" w:hint="default"/>
       </w:rPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="1096092923">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="312494265">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="584193713">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1485779657">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="130"/>
   <w:embedSystemFonts/>
   <w:activeWritingStyle w:appName="MSWord" w:lang="en-US" w:vendorID="8" w:dllVersion="513" w:checkStyle="1"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:doNotTrackMoves/>
   <w:defaultTabStop w:val="720"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="14337"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:footnoteLayoutLikeWW8/>
     <w:shapeLayoutLikeWW8/>
     <w:alignTablesRowByRow/>
     <w:forgetLastTabAlignment/>
     <w:doNotUseHTMLParagraphAutoSpacing/>
     <w:layoutRawTableWidth/>
     <w:layoutTableRowsApart/>
     <w:useWord97LineBreakRules/>
     <w:doNotBreakWrappedTables/>
     <w:doNotSnapToGridInCell/>
     <w:selectFldWithFirstOrLastChar/>
     <w:doNotWrapTextWithPunct/>
     <w:doNotUseEastAsianBreakRules/>
     <w:useWord2002TableStyleRules/>
     <w:growAutofit/>
@@ -2272,55 +2352,57 @@
     <w:doNotUseIndentAsNumberingTabStop/>
     <w:useAltKinsokuLineBreakRules/>
     <w:allowSpaceOfSameStyleInTable/>
     <w:doNotSuppressIndentation/>
     <w:doNotAutofitConstrainedTables/>
     <w:autofitToFirstFixedWidthCell/>
     <w:displayHangulFixedWidth/>
     <w:splitPgBreakAndParaMark/>
     <w:doNotVertAlignCellWithSp/>
     <w:doNotBreakConstrainedForcedTable/>
     <w:doNotVertAlignInTxbx/>
     <w:useAnsiKerningPairs/>
     <w:cachedColBalance/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="11"/>
     <w:compatSetting w:name="allowHyphenationAtTrackBottom" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="001C31DE"/>
     <w:rsid w:val="000023CD"/>
     <w:rsid w:val="00016311"/>
     <w:rsid w:val="00041750"/>
     <w:rsid w:val="00051538"/>
     <w:rsid w:val="000913CF"/>
     <w:rsid w:val="000B6F11"/>
+    <w:rsid w:val="000C1B98"/>
     <w:rsid w:val="00100029"/>
     <w:rsid w:val="00114B94"/>
     <w:rsid w:val="001178E1"/>
     <w:rsid w:val="00132950"/>
     <w:rsid w:val="001452A8"/>
+    <w:rsid w:val="00153556"/>
     <w:rsid w:val="00160044"/>
     <w:rsid w:val="00160727"/>
     <w:rsid w:val="00165713"/>
     <w:rsid w:val="0016639A"/>
     <w:rsid w:val="001667D4"/>
     <w:rsid w:val="00186F8B"/>
     <w:rsid w:val="0019086B"/>
     <w:rsid w:val="0019220C"/>
     <w:rsid w:val="00193864"/>
     <w:rsid w:val="001B37C0"/>
     <w:rsid w:val="001C31DE"/>
     <w:rsid w:val="001D395C"/>
     <w:rsid w:val="001E4864"/>
     <w:rsid w:val="00211505"/>
     <w:rsid w:val="00213DDB"/>
     <w:rsid w:val="00215A8B"/>
     <w:rsid w:val="00232B7A"/>
     <w:rsid w:val="00236280"/>
     <w:rsid w:val="002428F0"/>
     <w:rsid w:val="00263663"/>
     <w:rsid w:val="002A2008"/>
     <w:rsid w:val="002E27CA"/>
     <w:rsid w:val="002F0556"/>
     <w:rsid w:val="002F2D80"/>
     <w:rsid w:val="00310F6D"/>
@@ -2383,156 +2465,159 @@
     <w:rsid w:val="0075704C"/>
     <w:rsid w:val="0076349F"/>
     <w:rsid w:val="0077544A"/>
     <w:rsid w:val="00787E13"/>
     <w:rsid w:val="007914F8"/>
     <w:rsid w:val="00792F61"/>
     <w:rsid w:val="007A1809"/>
     <w:rsid w:val="007A364A"/>
     <w:rsid w:val="007D492A"/>
     <w:rsid w:val="007D61DD"/>
     <w:rsid w:val="007E4C2E"/>
     <w:rsid w:val="007F6C5F"/>
     <w:rsid w:val="00816493"/>
     <w:rsid w:val="00817B24"/>
     <w:rsid w:val="008322C1"/>
     <w:rsid w:val="0084370D"/>
     <w:rsid w:val="008719C3"/>
     <w:rsid w:val="008A2D3C"/>
     <w:rsid w:val="008A7D87"/>
     <w:rsid w:val="008F123C"/>
     <w:rsid w:val="008F25CF"/>
     <w:rsid w:val="00901B7A"/>
     <w:rsid w:val="009065B8"/>
     <w:rsid w:val="009157D4"/>
     <w:rsid w:val="00936265"/>
+    <w:rsid w:val="00937793"/>
     <w:rsid w:val="00960340"/>
     <w:rsid w:val="009617FF"/>
     <w:rsid w:val="00965470"/>
     <w:rsid w:val="00965890"/>
     <w:rsid w:val="009A7BA3"/>
     <w:rsid w:val="009B548F"/>
     <w:rsid w:val="009D35AB"/>
     <w:rsid w:val="00A00356"/>
     <w:rsid w:val="00A0373C"/>
     <w:rsid w:val="00A15C33"/>
     <w:rsid w:val="00A21DB3"/>
     <w:rsid w:val="00A33E3C"/>
     <w:rsid w:val="00A42D0A"/>
     <w:rsid w:val="00A442BE"/>
     <w:rsid w:val="00AB0B2E"/>
     <w:rsid w:val="00AB31C5"/>
     <w:rsid w:val="00AC73BF"/>
     <w:rsid w:val="00AD2419"/>
     <w:rsid w:val="00AD6375"/>
     <w:rsid w:val="00B05267"/>
     <w:rsid w:val="00B27CDA"/>
     <w:rsid w:val="00B32D2F"/>
     <w:rsid w:val="00B4481E"/>
     <w:rsid w:val="00B5786C"/>
     <w:rsid w:val="00B647BC"/>
     <w:rsid w:val="00B732B7"/>
     <w:rsid w:val="00B823BA"/>
     <w:rsid w:val="00B87D21"/>
     <w:rsid w:val="00BC00F8"/>
     <w:rsid w:val="00BC01DA"/>
     <w:rsid w:val="00C03D74"/>
     <w:rsid w:val="00C173F6"/>
     <w:rsid w:val="00C253B4"/>
     <w:rsid w:val="00C35601"/>
     <w:rsid w:val="00C4051C"/>
     <w:rsid w:val="00C50F1E"/>
     <w:rsid w:val="00C65E74"/>
     <w:rsid w:val="00C675B5"/>
     <w:rsid w:val="00C76114"/>
     <w:rsid w:val="00C830F1"/>
+    <w:rsid w:val="00C94BF3"/>
     <w:rsid w:val="00CB4310"/>
     <w:rsid w:val="00CF6F86"/>
     <w:rsid w:val="00D205A6"/>
     <w:rsid w:val="00D211AA"/>
     <w:rsid w:val="00D302B1"/>
     <w:rsid w:val="00D50CB1"/>
     <w:rsid w:val="00D5178A"/>
     <w:rsid w:val="00D52524"/>
     <w:rsid w:val="00D60A82"/>
     <w:rsid w:val="00D81CA3"/>
     <w:rsid w:val="00DC18D2"/>
     <w:rsid w:val="00DD47EE"/>
     <w:rsid w:val="00DE7E17"/>
     <w:rsid w:val="00DF65A0"/>
     <w:rsid w:val="00E32FE2"/>
     <w:rsid w:val="00E36800"/>
     <w:rsid w:val="00E43E4B"/>
     <w:rsid w:val="00E54BAB"/>
     <w:rsid w:val="00E62149"/>
     <w:rsid w:val="00E74B53"/>
     <w:rsid w:val="00EC1AC0"/>
     <w:rsid w:val="00F00AD4"/>
     <w:rsid w:val="00F13E30"/>
+    <w:rsid w:val="00F25D5B"/>
     <w:rsid w:val="00F60848"/>
     <w:rsid w:val="00F640A4"/>
     <w:rsid w:val="00F943B8"/>
     <w:rsid w:val="00F94FFA"/>
     <w:rsid w:val="00F960A9"/>
     <w:rsid w:val="00F96909"/>
     <w:rsid w:val="00FB3192"/>
     <w:rsid w:val="00FB3674"/>
     <w:rsid w:val="00FE0DAE"/>
     <w:rsid w:val="00FE59CC"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
-    <o:shapedefaults v:ext="edit" spidmax="14337"/>
+    <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
-      <o:idmap v:ext="edit" data="1"/>
+      <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="3C1C4B08"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{60DBB4A3-DDE7-48D9-AAB5-9B1D75089D94}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="index 1" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 2" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 3" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 4" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="index 5" w:semiHidden="1" w:unhideWhenUsed="1"/>
@@ -2880,50 +2965,72 @@
     <w:lsdException w:name="List Table 7 Colorful Accent 4" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 5" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 5" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 5" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 5" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 5" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 5" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 5" w:uiPriority="52"/>
     <w:lsdException w:name="List Table 1 Light Accent 6" w:uiPriority="46"/>
     <w:lsdException w:name="List Table 2 Accent 6" w:uiPriority="47"/>
     <w:lsdException w:name="List Table 3 Accent 6" w:uiPriority="48"/>
     <w:lsdException w:name="List Table 4 Accent 6" w:uiPriority="49"/>
     <w:lsdException w:name="List Table 5 Dark Accent 6" w:uiPriority="50"/>
     <w:lsdException w:name="List Table 6 Colorful Accent 6" w:uiPriority="51"/>
     <w:lsdException w:name="List Table 7 Colorful Accent 6" w:uiPriority="52"/>
     <w:lsdException w:name="Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Hyperlink" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Hashtag" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Unresolved Mention" w:semiHidden="1" w:unhideWhenUsed="1"/>
     <w:lsdException w:name="Smart Link" w:semiHidden="1" w:unhideWhenUsed="1"/>
   </w:latentStyles>
   <w:style w:type="paragraph" w:default="1" w:styleId="Normal">
     <w:name w:val="Normal"/>
     <w:qFormat/>
   </w:style>
+  <w:style w:type="paragraph" w:styleId="Heading1">
+    <w:name w:val="heading 1"/>
+    <w:basedOn w:val="Normal"/>
+    <w:next w:val="Normal"/>
+    <w:link w:val="Heading1Char"/>
+    <w:uiPriority w:val="9"/>
+    <w:qFormat/>
+    <w:rsid w:val="00C94BF3"/>
+    <w:pPr>
+      <w:keepNext/>
+      <w:spacing w:before="240" w:after="60"/>
+      <w:outlineLvl w:val="0"/>
+    </w:pPr>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri Light" w:hAnsi="Calibri Light"/>
+      <w:b/>
+      <w:bCs/>
+      <w:kern w:val="32"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
   <w:style w:type="character" w:default="1" w:styleId="DefaultParagraphFont">
     <w:name w:val="Default Paragraph Font"/>
     <w:uiPriority w:val="1"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
   </w:style>
   <w:style w:type="table" w:default="1" w:styleId="TableNormal">
     <w:name w:val="Normal Table"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:tblPr>
       <w:tblInd w:w="0" w:type="dxa"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="108" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
         <w:right w:w="108" w:type="dxa"/>
       </w:tblCellMar>
     </w:tblPr>
   </w:style>
   <w:style w:type="numbering" w:default="1" w:styleId="NoList">
     <w:name w:val="No List"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
@@ -2998,55 +3105,69 @@
     <w:link w:val="BalloonText"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00C65E74"/>
     <w:rPr>
       <w:rFonts w:ascii="Tahoma" w:hAnsi="Tahoma" w:cs="Tahoma"/>
       <w:sz w:val="16"/>
       <w:szCs w:val="16"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="PlainTextChar">
     <w:name w:val="Plain Text Char"/>
     <w:link w:val="PlainText"/>
     <w:rsid w:val="00340128"/>
     <w:rPr>
       <w:rFonts w:ascii="Courier New" w:hAnsi="Courier New"/>
     </w:rPr>
   </w:style>
   <w:style w:type="paragraph" w:styleId="Revision">
     <w:name w:val="Revision"/>
     <w:hidden/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:rsid w:val="00114B94"/>
   </w:style>
+  <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
+    <w:name w:val="Heading 1 Char"/>
+    <w:link w:val="Heading1"/>
+    <w:uiPriority w:val="9"/>
+    <w:rsid w:val="00C94BF3"/>
+    <w:rPr>
+      <w:rFonts w:ascii="Calibri Light" w:eastAsia="Times New Roman" w:hAnsi="Calibri Light" w:cs="Times New Roman"/>
+      <w:b/>
+      <w:bCs/>
+      <w:kern w:val="32"/>
+      <w:sz w:val="32"/>
+      <w:szCs w:val="32"/>
+    </w:rPr>
+  </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
@@ -3311,177 +3432,201 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>2</Pages>
-  <Words>399</Words>
-  <Characters>2136</Characters>
+  <Words>361</Words>
+  <Characters>2174</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>82</Lines>
-  <Paragraphs>49</Paragraphs>
+  <Lines>36</Lines>
+  <Paragraphs>31</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Title Sheet:</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>IA Department of Transportation</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>2486</CharactersWithSpaces>
+  <CharactersWithSpaces>2504</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>Title Sheet:</dc:title>
+  <dc:title>Template Bridge Cost Esitmat and Analysis for Concept Statement</dc:title>
   <dc:subject/>
-  <dc:creator>bridgetmp</dc:creator>
-  <cp:keywords/>
+  <dc:creator>Bridges &amp; Structures Bureau</dc:creator>
+  <cp:keywords>accessibilty verified, template, cost estimate, concept</cp:keywords>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="Folder_Number">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Folder_Number">
     <vt:lpwstr/>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="Folder_Code">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Folder_Code">
     <vt:lpwstr/>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="Folder_Name">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="Folder_Name">
     <vt:lpwstr/>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="Folder_Description">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="Folder_Description">
     <vt:lpwstr/>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="/Folder_Name/">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="/Folder_Name/">
     <vt:lpwstr/>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="/Folder_Description/">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="/Folder_Description/">
     <vt:lpwstr/>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="13" name="Folder_Version">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="Folder_Version">
     <vt:lpwstr/>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="14" name="Folder_VersionSeq">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="Folder_VersionSeq">
     <vt:lpwstr/>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="15" name="Folder_Manager">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="10" name="Folder_Manager">
     <vt:lpwstr/>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="16" name="Folder_ManagerDesc">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="11" name="Folder_ManagerDesc">
     <vt:lpwstr/>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="17" name="Folder_Storage">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="12" name="Folder_Storage">
     <vt:lpwstr/>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="18" name="Folder_StorageDesc">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="13" name="Folder_StorageDesc">
     <vt:lpwstr/>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="19" name="Folder_Creator">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="14" name="Folder_Creator">
     <vt:lpwstr/>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="20" name="Folder_CreatorDesc">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="15" name="Folder_CreatorDesc">
     <vt:lpwstr/>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="21" name="Folder_CreateDate">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="16" name="Folder_CreateDate">
     <vt:lpwstr/>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="22" name="Folder_Updater">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="17" name="Folder_Updater">
     <vt:lpwstr/>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="23" name="Folder_UpdaterDesc">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="18" name="Folder_UpdaterDesc">
     <vt:lpwstr/>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="24" name="Folder_UpdateDate">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="19" name="Folder_UpdateDate">
     <vt:lpwstr/>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="25" name="Document_Number">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="20" name="Document_Number">
     <vt:lpwstr/>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="26" name="Document_Name">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="21" name="Document_Name">
     <vt:lpwstr/>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="27" name="Document_FileName">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="22" name="Document_FileName">
     <vt:lpwstr/>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="28" name="Document_Version">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="23" name="Document_Version">
     <vt:lpwstr/>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="29" name="Document_VersionSeq">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="24" name="Document_VersionSeq">
     <vt:lpwstr/>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="30" name="Document_Creator">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="25" name="Document_Creator">
     <vt:lpwstr/>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="31" name="Document_CreatorDesc">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="26" name="Document_CreatorDesc">
     <vt:lpwstr/>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="32" name="Document_CreateDate">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="27" name="Document_CreateDate">
     <vt:lpwstr/>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="33" name="Document_Updater">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="28" name="Document_Updater">
     <vt:lpwstr/>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="34" name="Document_UpdaterDesc">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="29" name="Document_UpdaterDesc">
     <vt:lpwstr/>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="35" name="Document_UpdateDate">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="30" name="Document_UpdateDate">
     <vt:lpwstr/>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="36" name="Document_Size">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="31" name="Document_Size">
     <vt:lpwstr/>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="37" name="Document_Storage">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="32" name="Document_Storage">
     <vt:lpwstr/>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="38" name="Document_StorageDesc">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="33" name="Document_StorageDesc">
     <vt:lpwstr/>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="39" name="Document_Department">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="34" name="Document_Department">
     <vt:lpwstr/>
   </property>
-  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="40" name="Document_DepartmentDesc">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="35" name="Document_DepartmentDesc">
     <vt:lpwstr/>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="36" name="MSIP_Label_0faac733-ded1-41e0-8ea6-961193f81247_Enabled">
+    <vt:lpwstr>true</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="37" name="MSIP_Label_0faac733-ded1-41e0-8ea6-961193f81247_SetDate">
+    <vt:lpwstr>2025-12-12T20:45:09Z</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="38" name="MSIP_Label_0faac733-ded1-41e0-8ea6-961193f81247_Method">
+    <vt:lpwstr>Standard</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="39" name="MSIP_Label_0faac733-ded1-41e0-8ea6-961193f81247_Name">
+    <vt:lpwstr>defa4170-0d19-0005-0004-bc88714345d2</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="40" name="MSIP_Label_0faac733-ded1-41e0-8ea6-961193f81247_SiteId">
+    <vt:lpwstr>a1e65fcc-32fa-4fdd-8692-0cc2eb06676e</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="41" name="MSIP_Label_0faac733-ded1-41e0-8ea6-961193f81247_ActionId">
+    <vt:lpwstr>84c18f76-bf7f-43a3-bbcb-d865c658b320</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="42" name="MSIP_Label_0faac733-ded1-41e0-8ea6-961193f81247_ContentBits">
+    <vt:lpwstr>0</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="43" name="MSIP_Label_0faac733-ded1-41e0-8ea6-961193f81247_Tag">
+    <vt:lpwstr>10, 3, 0, 1</vt:lpwstr>
   </property>
 </Properties>
 </file>