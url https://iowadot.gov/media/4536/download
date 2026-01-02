--- v0 (2025-10-04)
+++ v1 (2026-01-02)
@@ -7,51 +7,51 @@
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="2D32A09D" w14:textId="77777777" w:rsidR="008618AF" w:rsidRDefault="008618AF">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="6840"/>
         </w:tabs>
         <w:rPr>
           <w:rFonts w:ascii="Courier" w:hAnsi="Courier"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0A487929" w14:textId="77777777" w:rsidR="008618AF" w:rsidRDefault="008618AF">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="6840"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="16"/>
@@ -464,649 +464,820 @@
         <w:t>X</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>000</w:t>
       </w:r>
       <w:r w:rsidR="00E8720B">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>&gt;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="454BEE52" w14:textId="77777777" w:rsidR="008618AF" w:rsidRDefault="008618AF">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1170"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0D029CEE" w14:textId="6B3591DC" w:rsidR="008618AF" w:rsidRDefault="008618AF" w:rsidP="008C230B">
-[...5 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="0D029CEE" w14:textId="6B3591DC" w:rsidR="008618AF" w:rsidRPr="00AE1327" w:rsidRDefault="008618AF" w:rsidP="00AE1327">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AE1327">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>The bridge on &lt;Route&gt; over &lt;Route, River, RR, etc.&gt; was struck on the &lt;morning, a</w:t>
       </w:r>
-      <w:r w:rsidR="00197C1D">
+      <w:r w:rsidR="00197C1D" w:rsidRPr="00AE1327">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>f</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00AE1327">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>ternoon, evening, or time if known&gt; of &lt;Date struck&gt; by a &lt;Vehicle or more descriptive if known&gt; traveling &lt;southbound on I-29&gt;.</w:t>
       </w:r>
-      <w:r w:rsidR="00E64B3F">
+      <w:r w:rsidR="00E64B3F" w:rsidRPr="00AE1327">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00AE1327">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>The repair cost estimate is &lt;</w:t>
       </w:r>
-      <w:r w:rsidR="001737C8" w:rsidRPr="001737C8">
+      <w:r w:rsidR="001737C8" w:rsidRPr="00AE1327">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Project Total from Cost Estimate </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE1327">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>&gt;.</w:t>
+      </w:r>
+      <w:r w:rsidR="00E64B3F" w:rsidRPr="00AE1327">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="001737C8">
-[...5 lines deleted...]
-      <w:r w:rsidR="00E64B3F">
+      <w:r w:rsidR="00E53A00" w:rsidRPr="00AE1327">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The project will be funded with &lt;Emergency and Contingency Funds&gt;. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE1327">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The proposed letting is &lt;letting date&gt;. </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="0" w:name="_Hlk95984546"/>
+      <w:r w:rsidR="00E64B3F" w:rsidRPr="00AE1327">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>The bridge field exam on &lt;Date&gt; was attended by &lt;Personnel&gt; of &lt;Bureau, District or Consultant&gt;.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="0"/>
+    </w:p>
+    <w:p w14:paraId="384B0178" w14:textId="77777777" w:rsidR="00472C14" w:rsidRPr="00AE1327" w:rsidRDefault="00472C14" w:rsidP="00AE1327">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="30843C79" w14:textId="7C9FA98E" w:rsidR="00472C14" w:rsidRPr="00AE1327" w:rsidRDefault="00472C14" w:rsidP="00AE1327">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AE1327">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">&lt;Note: The location description </w:t>
+      </w:r>
+      <w:r w:rsidR="00406248" w:rsidRPr="00AE1327">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">should </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE1327">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>match the SIIMS description.</w:t>
+      </w:r>
+      <w:r w:rsidR="00E64B3F" w:rsidRPr="00AE1327">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00E53A00">
-[...35 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="00AE1327">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>Both the cost estimate amount and programmed cost</w:t>
       </w:r>
-      <w:r w:rsidR="00406248">
+      <w:r w:rsidR="00406248" w:rsidRPr="00AE1327">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (if available)</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00AE1327">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve"> should be included.&gt;  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5C10CCAA" w14:textId="77777777" w:rsidR="009B3BFD" w:rsidRDefault="009B3BFD" w:rsidP="008C230B">
-[...15 lines deleted...]
-          <w:sz w:val="24"/>
+    <w:p w14:paraId="5C10CCAA" w14:textId="77777777" w:rsidR="009B3BFD" w:rsidRPr="00AE1327" w:rsidRDefault="009B3BFD" w:rsidP="00AE1327">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0B888661" w14:textId="77777777" w:rsidR="009B3BFD" w:rsidRPr="00AE1327" w:rsidRDefault="009B3BFD" w:rsidP="00AE1327">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AE1327">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>The bridge location map and asset information can be viewed in SIIMS using the following link:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F97EAF1" w14:textId="77777777" w:rsidR="009B3BFD" w:rsidRDefault="009B3BFD" w:rsidP="009B3BFD">
+    <w:p w14:paraId="0F97EAF1" w14:textId="77777777" w:rsidR="009B3BFD" w:rsidRPr="00AE1327" w:rsidRDefault="009B3BFD" w:rsidP="00AE1327">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="19917C0A" w14:textId="77777777" w:rsidR="00C962A3" w:rsidRPr="00AE1327" w:rsidRDefault="00C962A3" w:rsidP="00AE1327">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AE1327">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">&lt;Link to structure map page in SIIMS&gt; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="663DB9C8" w14:textId="77777777" w:rsidR="008618AF" w:rsidRPr="00AE1327" w:rsidRDefault="008618AF" w:rsidP="00AE1327">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="690D1534" w14:textId="77777777" w:rsidR="008618AF" w:rsidRPr="00AE1327" w:rsidRDefault="008618AF" w:rsidP="00AE1327">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AE1327">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>EXISTING CONDITIONS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="32791FF0" w14:textId="77777777" w:rsidR="00C962A3" w:rsidRDefault="00C962A3" w:rsidP="00C962A3"/>
+    <w:p w14:paraId="2402248F" w14:textId="77777777" w:rsidR="00C962A3" w:rsidRPr="009C01DB" w:rsidRDefault="00C962A3" w:rsidP="00C962A3">
       <w:pPr>
         <w:spacing w:line="254" w:lineRule="exact"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
-        </w:rPr>
-[...2 lines deleted...]
-    <w:p w14:paraId="19917C0A" w14:textId="77777777" w:rsidR="00C962A3" w:rsidRDefault="00C962A3" w:rsidP="00C962A3">
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009C01DB">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>Year of</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009C01DB">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="009C01DB">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Design</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0141470A" w14:textId="77777777" w:rsidR="00C962A3" w:rsidRPr="009C01DB" w:rsidRDefault="00C962A3" w:rsidP="00C962A3">
       <w:pPr>
         <w:spacing w:line="254" w:lineRule="exact"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
-        </w:rPr>
-[...26 lines deleted...]
-        <w:pStyle w:val="Heading1"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009C01DB">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Construction</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009C01DB">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="009C01DB">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="009C01DB">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Number</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009C01DB">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="009C01DB">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Work</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="404EE9E1" w14:textId="77777777" w:rsidR="00C962A3" w:rsidRPr="009C01DB" w:rsidRDefault="00C962A3" w:rsidP="00C962A3">
+      <w:pPr>
         <w:spacing w:line="254" w:lineRule="exact"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
-          <w:u w:val="single"/>
-[...11 lines deleted...]
-    <w:p w14:paraId="2402248F" w14:textId="77777777" w:rsidR="00C962A3" w:rsidRPr="009C01DB" w:rsidRDefault="00C962A3" w:rsidP="00C962A3">
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>xxxx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="009C01DB">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="009C01DB">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>xxx</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009C01DB">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="009C01DB">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Original Construction</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E6F2CC4" w14:textId="77777777" w:rsidR="00C962A3" w:rsidRPr="009C01DB" w:rsidRDefault="00C962A3" w:rsidP="00C962A3">
       <w:pPr>
         <w:spacing w:line="254" w:lineRule="exact"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>xxxx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="009C01DB">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
-        <w:t>Year of</w:t>
+        <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009C01DB">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009C01DB">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:tab/>
-        <w:t>Design</w:t>
-[...2 lines deleted...]
-    <w:p w14:paraId="0141470A" w14:textId="77777777" w:rsidR="00C962A3" w:rsidRPr="009C01DB" w:rsidRDefault="00C962A3" w:rsidP="00C962A3">
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>xxx</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009C01DB">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="009C01DB">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>xxxx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="7A1519D7" w14:textId="77777777" w:rsidR="00C962A3" w:rsidRDefault="00C962A3" w:rsidP="00C962A3">
       <w:pPr>
         <w:spacing w:line="254" w:lineRule="exact"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
-          <w:highlight w:val="yellow"/>
-[...1 lines deleted...]
-      </w:pPr>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>xxxx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
       <w:r w:rsidRPr="009C01DB">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:highlight w:val="yellow"/>
-          <w:u w:val="single"/>
-[...1 lines deleted...]
-        <w:t>Construction</w:t>
+        </w:rPr>
+        <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009C01DB">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009C01DB">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:tab/>
       </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>xxx</w:t>
+      </w:r>
       <w:r w:rsidRPr="009C01DB">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:highlight w:val="yellow"/>
-          <w:u w:val="single"/>
-[...1 lines deleted...]
-        <w:t>Number</w:t>
+        </w:rPr>
+        <w:tab/>
       </w:r>
       <w:r w:rsidRPr="009C01DB">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="009C01DB">
-[...8 lines deleted...]
-    <w:p w14:paraId="404EE9E1" w14:textId="77777777" w:rsidR="00C962A3" w:rsidRPr="009C01DB" w:rsidRDefault="00C962A3" w:rsidP="00C962A3">
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="001B3D4A">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>xxxx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="168D479E" w14:textId="77777777" w:rsidR="00C962A3" w:rsidRDefault="00C962A3" w:rsidP="00C962A3">
       <w:pPr>
         <w:spacing w:line="254" w:lineRule="exact"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
-          <w:highlight w:val="yellow"/>
-[...1 lines deleted...]
-      </w:pPr>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009C01DB">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>(List work in chronological order in table above)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65D2647C" w14:textId="77777777" w:rsidR="00C962A3" w:rsidRDefault="00C962A3" w:rsidP="00C962A3"/>
+    <w:p w14:paraId="00C1A656" w14:textId="716191BA" w:rsidR="00C962A3" w:rsidRPr="00AE1327" w:rsidRDefault="00C962A3" w:rsidP="00AE1327">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AE1327">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The bridge </w:t>
+      </w:r>
+      <w:r w:rsidR="00143234" w:rsidRPr="00AE1327">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>&lt;is/is not</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE1327">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>&gt; on the NHS system.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="35F36D25" w14:textId="77777777" w:rsidR="008618AF" w:rsidRPr="00AE1327" w:rsidRDefault="008618AF" w:rsidP="00AE1327">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="76557AE8" w14:textId="69D1DD79" w:rsidR="008618AF" w:rsidRPr="00AE1327" w:rsidRDefault="008618AF" w:rsidP="00AE1327">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AE1327">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>It is located &lt;distance&gt; miles from &lt;nearest named crossing roadway, preferably a US or IA route&gt;.</w:t>
+      </w:r>
+      <w:r w:rsidR="00652AA0" w:rsidRPr="00AE1327">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE1327">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>The bridge is a &lt;# spans&gt; span &lt;pretensioned prestressed concrete beam, steel girder, steel I-beam, etc.&gt; structure.</w:t>
+      </w:r>
+      <w:r w:rsidR="00652AA0" w:rsidRPr="00AE1327">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE1327">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>The cross section consists of &lt;# beams&gt; spaced at &lt;beam spacing&gt; supporting a &lt;deck thickness including any PCC overlay present&gt; thick concrete deck.</w:t>
+      </w:r>
+      <w:r w:rsidR="00652AA0" w:rsidRPr="00AE1327">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE1327">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>The pier diaphragms are &lt;concrete, steel&gt;.</w:t>
+      </w:r>
+      <w:r w:rsidR="00652AA0" w:rsidRPr="00AE1327">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE1327">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>The intermediate diaphragm(s) &lt;is, are&gt; &lt;concrete, steel&gt; located at &lt;midspan; third points of span; X, X, X, and X feet from west pier of span&gt;.</w:t>
+      </w:r>
+      <w:r w:rsidR="00652AA0" w:rsidRPr="00AE1327">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE1327">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>The bridge rail is a &lt;concrete retrofit, painted steel, galvanized steel, aluminum, concrete jersey, concrete F-shape&gt; rail.</w:t>
+      </w:r>
+      <w:r w:rsidR="00652AA0" w:rsidRPr="00AE1327">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE1327">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>&lt;There is &lt;empty, name utility&gt; conduit in the south rail&gt;.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4858FD75" w14:textId="77777777" w:rsidR="008618AF" w:rsidRPr="00AE1327" w:rsidRDefault="008618AF" w:rsidP="00AE1327">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="19004FFE" w14:textId="742C3E44" w:rsidR="008618AF" w:rsidRPr="00AE1327" w:rsidRDefault="008618AF" w:rsidP="00AE1327">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AE1327">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>&lt;Description of Bridge damage including length and location.</w:t>
+      </w:r>
+      <w:r w:rsidR="00652AA0" w:rsidRPr="00AE1327">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE1327">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Be sure and identify any cracks in concrete beams that will require epoxy injection.</w:t>
+      </w:r>
+      <w:r w:rsidR="00652AA0" w:rsidRPr="00AE1327">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00AE1327">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Use same numbering scheme of beams and spans as shown in Bridge Maintenance file and describe location of first beam mentioned (</w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
-[...4 lines deleted...]
-        <w:t>xxxx</w:t>
+      <w:r w:rsidRPr="00AE1327">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ie</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
-[...51 lines deleted...]
-      </w:pPr>
+      <w:r w:rsidRPr="00AE1327">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>: beam 1 (north exterior) and span (</w:t>
+      </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
-[...4 lines deleted...]
-        <w:t>xxxx</w:t>
+      <w:r w:rsidRPr="00AE1327">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ie</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="009C01DB">
-[...248 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="00AE1327">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve">: span 2 from west abutment)&gt; </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3C09789F" w14:textId="77777777" w:rsidR="008618AF" w:rsidRDefault="008618AF">
+    <w:p w14:paraId="3C09789F" w14:textId="77777777" w:rsidR="008618AF" w:rsidRPr="00AE1327" w:rsidRDefault="008618AF">
       <w:pPr>
         <w:spacing w:line="254" w:lineRule="exact"/>
         <w:ind w:left="1170"/>
-      </w:pPr>
-[...14 lines deleted...]
-          <w:u w:val="single"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="52655230" w14:textId="77777777" w:rsidR="008618AF" w:rsidRPr="00AE1327" w:rsidRDefault="008618AF" w:rsidP="00AE1327">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AE1327">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
         </w:rPr>
         <w:t>RECOMMENDATIONS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="140EE0E5" w14:textId="77777777" w:rsidR="008618AF" w:rsidRDefault="008618AF">
       <w:pPr>
         <w:spacing w:line="254" w:lineRule="exact"/>
         <w:ind w:left="1170"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="19D6626C" w14:textId="77777777" w:rsidR="008618AF" w:rsidRDefault="008618AF" w:rsidP="008C230B">
       <w:pPr>
         <w:spacing w:line="254" w:lineRule="exact"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>It is recommended that the following repairs be made:</w:t>
@@ -1420,710 +1591,732 @@
         <w:jc w:val="left"/>
       </w:pPr>
       <w:r>
         <w:t>This project &lt;is/is not&gt; considered a Traffic Critical Project.</w:t>
       </w:r>
       <w:r w:rsidR="00652AA0">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008618AF">
         <w:t>Traffic control will involve &lt;TBR, Shoulder strengthening, traffic signals, floodlighting, road closure, etc.&gt; on &lt;bridge route&gt;.</w:t>
       </w:r>
       <w:r w:rsidR="00652AA0">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="008618AF">
         <w:t>&lt;route under bridge&gt; will require a temporary lane closure and road closure for short periods to facilitate beam removal and replacement.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="20345202" w14:textId="77777777" w:rsidR="008618AF" w:rsidRDefault="008618AF">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent2"/>
         <w:spacing w:line="254" w:lineRule="exact"/>
         <w:ind w:left="0"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="123AEBD9" w14:textId="77777777" w:rsidR="008618AF" w:rsidRDefault="008618AF" w:rsidP="008C230B">
-[...6 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="123AEBD9" w14:textId="77777777" w:rsidR="008618AF" w:rsidRPr="00AE1327" w:rsidRDefault="008618AF" w:rsidP="00AE1327">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AE1327">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>All recipients of this letter should review this concept of work to be accomplished and advise the Bridges and Structures</w:t>
       </w:r>
-      <w:r w:rsidR="00C8739F">
+      <w:r w:rsidR="00C8739F" w:rsidRPr="00AE1327">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve"> Bureau</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00AE1327">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve"> of any comments you have by &lt;</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r>
+      <w:r w:rsidRPr="00AE1327">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>Date(</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r>
+      <w:r w:rsidRPr="00AE1327">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve">approx. 3 weeks from date sent)&gt;.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7976A47E" w14:textId="77777777" w:rsidR="008618AF" w:rsidRDefault="008618AF">
-[...17 lines deleted...]
-          <w:sz w:val="24"/>
+    <w:p w14:paraId="7976A47E" w14:textId="77777777" w:rsidR="008618AF" w:rsidRPr="00AE1327" w:rsidRDefault="008618AF" w:rsidP="00AE1327">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="57916C9C" w14:textId="77777777" w:rsidR="003C6A93" w:rsidRPr="00AE1327" w:rsidRDefault="003C6A93" w:rsidP="00AE1327">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AE1327">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Estimated cost of repairs is as follows: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="010079D0" w14:textId="77777777" w:rsidR="003C6A93" w:rsidRDefault="003C6A93" w:rsidP="003C6A93">
-[...15 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="010079D0" w14:textId="77777777" w:rsidR="003C6A93" w:rsidRPr="00AE1327" w:rsidRDefault="003C6A93" w:rsidP="00AE1327">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0A4DCB93" w14:textId="062D105C" w:rsidR="00D6272F" w:rsidRPr="00AE1327" w:rsidRDefault="003C6A93" w:rsidP="00AE1327">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AE1327">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">&lt;Complete </w:t>
       </w:r>
       <w:bookmarkStart w:id="1" w:name="_Hlk95985022"/>
-      <w:r w:rsidR="00E64B3F">
+      <w:r w:rsidR="00E64B3F" w:rsidRPr="00AE1327">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
-      <w:r w:rsidR="00E64B3F">
+      <w:r w:rsidR="00E64B3F" w:rsidRPr="00AE1327">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:instrText>HYPERLINK "https://iowadot.gov/bridge/concepts/Cost%20Estimates%20for%20Concepts.xlsx"</w:instrText>
       </w:r>
-      <w:r w:rsidR="001608B0">
-[...5 lines deleted...]
-      <w:r w:rsidR="00E64B3F">
+      <w:r w:rsidR="00E64B3F" w:rsidRPr="00AE1327">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00E64B3F" w:rsidRPr="00AE1327">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00E64B3F" w:rsidRPr="00AB41D6">
+      <w:r w:rsidR="00E64B3F" w:rsidRPr="00AE1327">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Cost Estimate for Concepts</w:t>
       </w:r>
-      <w:r w:rsidR="00E64B3F">
+      <w:r w:rsidR="00E64B3F" w:rsidRPr="00AE1327">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
-      <w:r>
+      <w:r w:rsidRPr="00AE1327">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> and paste area within yellow outline </w:t>
       </w:r>
-      <w:r w:rsidR="00D6272F">
+      <w:r w:rsidR="00D6272F" w:rsidRPr="00AE1327">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">from “Estimate for Copying” tab, linking if desired.&gt;  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="658783EB" w14:textId="77777777" w:rsidR="003C6A93" w:rsidRDefault="003C6A93" w:rsidP="003C6A93">
-[...8 lines deleted...]
-          <w:sz w:val="24"/>
+    <w:p w14:paraId="658783EB" w14:textId="77777777" w:rsidR="003C6A93" w:rsidRPr="00AE1327" w:rsidRDefault="003C6A93" w:rsidP="00AE1327">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AE1327">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                                </w:t>
       </w:r>
-      <w:r>
-[...30 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidRPr="00AE1327">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20A204FF" w14:textId="06EF1AD8" w:rsidR="003C6A93" w:rsidRPr="00AE1327" w:rsidRDefault="003C6A93" w:rsidP="00AE1327">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AE1327">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">&lt;Bridge Design Engineer's </w:t>
+      </w:r>
+      <w:r w:rsidR="00A507DE" w:rsidRPr="00AE1327">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">or Consulting Engineer’s </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00C962A3">
-[...1 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidRPr="00AE1327">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Initials(</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00C962A3">
-[...1 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidRPr="00AE1327">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>CAPITALS)&gt;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="044E2E47" w14:textId="77777777" w:rsidR="00E64B3F" w:rsidRPr="00C962A3" w:rsidRDefault="00E64B3F" w:rsidP="003C6A93">
-[...22 lines deleted...]
-          <w:sz w:val="24"/>
+    <w:p w14:paraId="044E2E47" w14:textId="77777777" w:rsidR="00E64B3F" w:rsidRPr="00AE1327" w:rsidRDefault="00E64B3F" w:rsidP="00AE1327">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="02A66E73" w14:textId="7FB95711" w:rsidR="003C6A93" w:rsidRPr="00AE1327" w:rsidRDefault="003C6A93" w:rsidP="00AE1327">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AE1327">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Distributed to:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="45E7F404" w14:textId="436D8063" w:rsidR="003C6A93" w:rsidRPr="00C962A3" w:rsidRDefault="003C6A93" w:rsidP="003C6A93">
-[...11 lines deleted...]
-          <w:sz w:val="24"/>
+    <w:p w14:paraId="45E7F404" w14:textId="436D8063" w:rsidR="003C6A93" w:rsidRPr="00AE1327" w:rsidRDefault="003C6A93" w:rsidP="00AE1327">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AE1327">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">&lt;Copy the appropriate list from </w:t>
       </w:r>
       <w:bookmarkStart w:id="2" w:name="_Hlk95985056"/>
-      <w:r w:rsidR="00E64B3F" w:rsidRPr="00C962A3">
-[...1 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidR="00E64B3F" w:rsidRPr="00AE1327">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
-      <w:r w:rsidR="00E64B3F" w:rsidRPr="00C962A3">
-[...1 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidR="00E64B3F" w:rsidRPr="00AE1327">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> HYPERLINK "https://iowadot.gov/bridge/concepts/Master%20List%20for%20Distribution%20of%20Concepts.xlsx" </w:instrText>
       </w:r>
-      <w:r w:rsidR="001608B0" w:rsidRPr="00C962A3">
-[...6 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidR="00E64B3F" w:rsidRPr="00AE1327">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00E64B3F" w:rsidRPr="00AE1327">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00E64B3F" w:rsidRPr="00C962A3">
+      <w:r w:rsidR="00E64B3F" w:rsidRPr="00AE1327">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Master List for Distribution of Concepts</w:t>
       </w:r>
-      <w:r w:rsidR="00E64B3F" w:rsidRPr="00C962A3">
-[...1 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidR="00E64B3F" w:rsidRPr="00AE1327">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
-      <w:r w:rsidRPr="00C962A3">
-[...1 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidRPr="00AE1327">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> and paste here.</w:t>
       </w:r>
-      <w:r w:rsidR="00652AA0" w:rsidRPr="00C962A3">
-[...1 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidR="00652AA0" w:rsidRPr="00AE1327">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C962A3">
-[...1 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidRPr="00AE1327">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Remove any non-applicable recipients</w:t>
       </w:r>
-      <w:r w:rsidR="00A507DE" w:rsidRPr="00C962A3">
-[...1 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidR="00A507DE" w:rsidRPr="00AE1327">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidRPr="00C962A3">
-[...1 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidRPr="00AE1327">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>empty rows</w:t>
       </w:r>
-      <w:r w:rsidR="00A507DE" w:rsidRPr="00C962A3">
-[...1 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidR="00A507DE" w:rsidRPr="00AE1327">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, vacant positions, double asterisks in front of recipients</w:t>
       </w:r>
-      <w:r w:rsidR="00C962A3">
-[...1 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidR="00C962A3" w:rsidRPr="00AE1327">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidR="00C962A3" w:rsidRPr="00C962A3">
-[...1 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidR="00C962A3" w:rsidRPr="00AE1327">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>and information in parenthesis</w:t>
       </w:r>
-      <w:r w:rsidR="00A507DE" w:rsidRPr="00C962A3">
-[...1 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidR="00A507DE" w:rsidRPr="00AE1327">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C962A3">
-[...1 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidRPr="00AE1327">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>&gt;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E8906CF" w14:textId="3F46546F" w:rsidR="003C6A93" w:rsidRPr="00C962A3" w:rsidRDefault="003C6A93" w:rsidP="003C6A93">
-[...18 lines deleted...]
-          <w:sz w:val="24"/>
+    <w:p w14:paraId="6E8906CF" w14:textId="3F46546F" w:rsidR="003C6A93" w:rsidRPr="00AE1327" w:rsidRDefault="003C6A93" w:rsidP="00AE1327">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="650231A8" w14:textId="77777777" w:rsidR="00E64B3F" w:rsidRPr="00AE1327" w:rsidRDefault="00E64B3F" w:rsidP="00AE1327">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Hlk95985107"/>
-      <w:r w:rsidRPr="00C962A3">
-[...1 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidRPr="00AE1327">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Appendix</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2037D479" w14:textId="77777777" w:rsidR="00E64B3F" w:rsidRPr="00C962A3" w:rsidRDefault="00E64B3F" w:rsidP="00E64B3F">
-[...11 lines deleted...]
-          <w:sz w:val="24"/>
+    <w:p w14:paraId="2037D479" w14:textId="77777777" w:rsidR="00E64B3F" w:rsidRPr="00AE1327" w:rsidRDefault="00E64B3F" w:rsidP="00AE1327">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AE1327">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>&lt;Include photos with labels of key areas&gt;</w:t>
       </w:r>
       <w:bookmarkEnd w:id="3"/>
     </w:p>
-    <w:p w14:paraId="58C252C0" w14:textId="77777777" w:rsidR="00E64B3F" w:rsidRPr="00C962A3" w:rsidRDefault="00E64B3F" w:rsidP="003C6A93">
-[...22 lines deleted...]
-          <w:sz w:val="24"/>
+    <w:p w14:paraId="58C252C0" w14:textId="77777777" w:rsidR="00E64B3F" w:rsidRPr="00AE1327" w:rsidRDefault="00E64B3F" w:rsidP="00AE1327">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="19D71D60" w14:textId="3E71B773" w:rsidR="003C6A93" w:rsidRPr="00AE1327" w:rsidRDefault="003C6A93" w:rsidP="00AE1327">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AE1327">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">&lt;Save a copy to the </w:t>
       </w:r>
-      <w:r w:rsidR="00652AA0" w:rsidRPr="00C962A3">
-[...1 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidR="00652AA0" w:rsidRPr="00AE1327">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C962A3">
-[...1 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidRPr="00AE1327">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>roject</w:t>
       </w:r>
-      <w:r w:rsidR="00652AA0" w:rsidRPr="00C962A3">
-[...1 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidR="00652AA0" w:rsidRPr="00AE1327">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>W</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C962A3">
-[...1 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidRPr="00AE1327">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ise directory under the Concept</w:t>
       </w:r>
-      <w:r w:rsidR="00E64B3F" w:rsidRPr="00C962A3">
-[...1 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidR="00E64B3F" w:rsidRPr="00AE1327">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>\B0Submittal</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C962A3">
-[...1 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidRPr="00AE1327">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> folder&gt;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C8EAE2F" w14:textId="2C66E93F" w:rsidR="00CB1320" w:rsidRPr="00C962A3" w:rsidRDefault="00CB1320" w:rsidP="00EF317E">
-[...25 lines deleted...]
-        <w:spacing w:line="254" w:lineRule="exact"/>
+    <w:p w14:paraId="6C8EAE2F" w14:textId="2C66E93F" w:rsidR="00CB1320" w:rsidRPr="00AE1327" w:rsidRDefault="00CB1320" w:rsidP="00AE1327">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="030EDA27" w14:textId="5BDD9340" w:rsidR="00A507DE" w:rsidRPr="00AE1327" w:rsidRDefault="00A507DE" w:rsidP="00AE1327">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5E66D9F6" w14:textId="77777777" w:rsidR="00A507DE" w:rsidRPr="00AE1327" w:rsidRDefault="00A507DE" w:rsidP="00AE1327">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="293516D7" w14:textId="6B2E3BDF" w:rsidR="00A507DE" w:rsidRPr="00AE1327" w:rsidRDefault="00A507DE" w:rsidP="00AE1327">
+      <w:pPr>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="00C962A3">
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00AE1327">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
-          <w:highlight w:val="yellow"/>
-        </w:rPr>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Updated </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidR="00C962A3" w:rsidRPr="00C962A3">
+      <w:r w:rsidR="00C962A3" w:rsidRPr="00AE1327">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>12/</w:t>
       </w:r>
-      <w:r w:rsidR="00011755">
+      <w:r w:rsidR="00011755" w:rsidRPr="00AE1327">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>30</w:t>
       </w:r>
-      <w:r w:rsidR="00C962A3" w:rsidRPr="00C962A3">
+      <w:r w:rsidR="00C962A3" w:rsidRPr="00AE1327">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>/2024</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
-[...8 lines deleted...]
-    <w:sectPr w:rsidR="00A507DE" w:rsidSect="00FF2A49">
+    </w:p>
+    <w:p w14:paraId="3219F768" w14:textId="77777777" w:rsidR="00A507DE" w:rsidRPr="00AE1327" w:rsidRDefault="00A507DE" w:rsidP="00AE1327">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:sectPr w:rsidR="00A507DE" w:rsidRPr="00AE1327" w:rsidSect="00FF2A49">
       <w:headerReference w:type="even" r:id="rId7"/>
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:footerReference w:type="even" r:id="rId9"/>
       <w:footerReference w:type="default" r:id="rId10"/>
       <w:headerReference w:type="first" r:id="rId11"/>
       <w:footerReference w:type="first" r:id="rId12"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="1008" w:right="1296" w:bottom="1008" w:left="1008" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="272"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="651C4875" w14:textId="77777777" w:rsidR="00FF6310" w:rsidRDefault="00FF6310">
+    <w:p w14:paraId="7EDA33CA" w14:textId="77777777" w:rsidR="008F6EF2" w:rsidRDefault="008F6EF2">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="763CAA6B" w14:textId="77777777" w:rsidR="00FF6310" w:rsidRDefault="00FF6310">
+    <w:p w14:paraId="22187F01" w14:textId="77777777" w:rsidR="008F6EF2" w:rsidRDefault="008F6EF2">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier">
     <w:altName w:val="Courier New"/>
     <w:panose1 w:val="02070409020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="2F0FC0C7" w14:textId="77777777" w:rsidR="00C962A3" w:rsidRDefault="00C962A3">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="2115FE99" w14:textId="77777777" w:rsidR="00C962A3" w:rsidRDefault="00C962A3">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="64066055" w14:textId="77777777" w:rsidR="00C962A3" w:rsidRDefault="00C962A3">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="2E53A665" w14:textId="77777777" w:rsidR="00FF6310" w:rsidRDefault="00FF6310">
+    <w:p w14:paraId="0CEA0086" w14:textId="77777777" w:rsidR="008F6EF2" w:rsidRDefault="008F6EF2">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="12126D14" w14:textId="77777777" w:rsidR="00FF6310" w:rsidRDefault="00FF6310">
+    <w:p w14:paraId="3A3FEE60" w14:textId="77777777" w:rsidR="008F6EF2" w:rsidRDefault="008F6EF2">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="024B803B" w14:textId="77777777" w:rsidR="00C962A3" w:rsidRDefault="00C962A3">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="08095256" w14:textId="0A63187E" w:rsidR="00652AA0" w:rsidRDefault="00652AA0" w:rsidP="00B912B9">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:sz w:val="24"/>
       </w:rPr>
       <w:t xml:space="preserve">&lt;County&gt; &lt;Design number(s)&gt; </w:t>
     </w:r>
     <w:r w:rsidR="00E44818">
       <w:rPr>
         <w:sz w:val="24"/>
       </w:rPr>
       <w:t xml:space="preserve">&lt;Final / Draft&gt; </w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="24"/>
       </w:rPr>
       <w:t>Concept</w:t>
     </w:r>
@@ -2183,61 +2376,61 @@
         <w:noProof/>
         <w:sz w:val="24"/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="24"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="51F22EDF" w14:textId="7E6790ED" w:rsidR="008618AF" w:rsidRDefault="008618AF" w:rsidP="00B912B9">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="7BFB61BC" w14:textId="77777777" w:rsidR="00C962A3" w:rsidRDefault="00C962A3">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0EBE5016"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="80444026"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -2647,52 +2840,52 @@
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="7290"/>
         </w:tabs>
         <w:ind w:left="7290" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="5446509">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="509872723">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="754087775">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1968975154">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="130"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:doNotUseHTMLParagraphAutoSpacing/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
@@ -2700,103 +2893,110 @@
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="003360A9"/>
     <w:rsid w:val="00011755"/>
     <w:rsid w:val="000306E2"/>
     <w:rsid w:val="000465D1"/>
     <w:rsid w:val="000C06AB"/>
     <w:rsid w:val="000F6AE9"/>
     <w:rsid w:val="001400D8"/>
     <w:rsid w:val="00143234"/>
     <w:rsid w:val="001503C6"/>
     <w:rsid w:val="001608B0"/>
     <w:rsid w:val="00165F60"/>
     <w:rsid w:val="00172DA5"/>
     <w:rsid w:val="001737C8"/>
     <w:rsid w:val="00197C1D"/>
     <w:rsid w:val="002053E0"/>
     <w:rsid w:val="00287978"/>
     <w:rsid w:val="003360A9"/>
     <w:rsid w:val="003560B8"/>
     <w:rsid w:val="00390F85"/>
     <w:rsid w:val="003A4FFA"/>
     <w:rsid w:val="003A622C"/>
     <w:rsid w:val="003C6A93"/>
+    <w:rsid w:val="003D4112"/>
     <w:rsid w:val="00406248"/>
     <w:rsid w:val="00433376"/>
     <w:rsid w:val="00472C14"/>
     <w:rsid w:val="004C0D8E"/>
     <w:rsid w:val="004F7ADA"/>
     <w:rsid w:val="0054788B"/>
     <w:rsid w:val="00552228"/>
     <w:rsid w:val="00557911"/>
     <w:rsid w:val="0059661C"/>
     <w:rsid w:val="005C39A7"/>
     <w:rsid w:val="005F04E2"/>
     <w:rsid w:val="00632A8F"/>
     <w:rsid w:val="006514A0"/>
     <w:rsid w:val="00652AA0"/>
     <w:rsid w:val="006565D1"/>
     <w:rsid w:val="006600E6"/>
     <w:rsid w:val="006B635A"/>
     <w:rsid w:val="006D1F18"/>
     <w:rsid w:val="00714122"/>
     <w:rsid w:val="00715E7D"/>
+    <w:rsid w:val="0073170C"/>
     <w:rsid w:val="00744BF7"/>
     <w:rsid w:val="00750924"/>
     <w:rsid w:val="00783FA9"/>
     <w:rsid w:val="00794ED9"/>
     <w:rsid w:val="007B4BF8"/>
     <w:rsid w:val="007D2C5E"/>
+    <w:rsid w:val="007F2961"/>
     <w:rsid w:val="007F42FC"/>
     <w:rsid w:val="00844763"/>
     <w:rsid w:val="00847A20"/>
     <w:rsid w:val="008618AF"/>
     <w:rsid w:val="008914EA"/>
     <w:rsid w:val="008B0056"/>
     <w:rsid w:val="008C230B"/>
     <w:rsid w:val="008F022B"/>
+    <w:rsid w:val="008F6EF2"/>
+    <w:rsid w:val="00937793"/>
     <w:rsid w:val="00976BE2"/>
     <w:rsid w:val="0098309B"/>
     <w:rsid w:val="009B3BFD"/>
     <w:rsid w:val="009B6D4E"/>
     <w:rsid w:val="009C39A0"/>
     <w:rsid w:val="009F467A"/>
     <w:rsid w:val="00A1692E"/>
     <w:rsid w:val="00A16F19"/>
+    <w:rsid w:val="00A27168"/>
     <w:rsid w:val="00A302FD"/>
     <w:rsid w:val="00A3422F"/>
     <w:rsid w:val="00A35DAE"/>
     <w:rsid w:val="00A507DE"/>
     <w:rsid w:val="00A61993"/>
     <w:rsid w:val="00A66115"/>
     <w:rsid w:val="00A87E26"/>
     <w:rsid w:val="00AA455C"/>
     <w:rsid w:val="00AB4172"/>
     <w:rsid w:val="00AC05DA"/>
     <w:rsid w:val="00AD7FF4"/>
+    <w:rsid w:val="00AE1327"/>
     <w:rsid w:val="00AE197C"/>
     <w:rsid w:val="00AF5ED1"/>
     <w:rsid w:val="00B53AA3"/>
     <w:rsid w:val="00B912B9"/>
     <w:rsid w:val="00BA27AB"/>
     <w:rsid w:val="00BA2F3A"/>
     <w:rsid w:val="00BD630B"/>
     <w:rsid w:val="00BD75FA"/>
     <w:rsid w:val="00C8739F"/>
     <w:rsid w:val="00C962A3"/>
     <w:rsid w:val="00CA10B1"/>
     <w:rsid w:val="00CB1320"/>
     <w:rsid w:val="00CC4034"/>
     <w:rsid w:val="00CC4C14"/>
     <w:rsid w:val="00CE131A"/>
     <w:rsid w:val="00CF2796"/>
     <w:rsid w:val="00CF6044"/>
     <w:rsid w:val="00D20A30"/>
     <w:rsid w:val="00D20DA5"/>
     <w:rsid w:val="00D36F07"/>
     <w:rsid w:val="00D52B7C"/>
     <w:rsid w:val="00D6272F"/>
     <w:rsid w:val="00DA0902"/>
     <w:rsid w:val="00E04BA1"/>
     <w:rsid w:val="00E1546B"/>
@@ -2826,51 +3026,51 @@
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="6C47E693"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{940FF58A-0E6A-466D-AB86-200574F1FA80}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:qFormat="1"/>
@@ -3306,51 +3506,51 @@
     <w:rPr>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="Hyperlink">
     <w:name w:val="Hyperlink"/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="003C6A93"/>
     <w:rPr>
       <w:color w:val="0000FF"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="FollowedHyperlink">
     <w:name w:val="FollowedHyperlink"/>
     <w:rsid w:val="00744BF7"/>
     <w:rPr>
       <w:color w:val="800080"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="664628995">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="727342627">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -3681,128 +3881,128 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>2</Pages>
-[...1 lines deleted...]
-  <Characters>4087</Characters>
+  <Pages>3</Pages>
+  <Words>689</Words>
+  <Characters>4143</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>107</Lines>
-  <Paragraphs>53</Paragraphs>
+  <Lines>70</Lines>
+  <Paragraphs>59</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Form 000021wp</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>IA Dept of Transportation</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4779</CharactersWithSpaces>
+  <CharactersWithSpaces>4773</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="12" baseType="variant">
       <vt:variant>
         <vt:i4>5439580</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>../Distribution List Templates/Master List for Distribution of Concepts.xlsx</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>2293864</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>Cost Estimating Tools/Cost Estimates for Concepts.xlsx</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>Form 000021wp</dc:title>
+  <dc:title>Template for Bridge Hit -Form 000021wp</dc:title>
   <dc:subject/>
-  <dc:creator>wtucker</dc:creator>
-  <cp:keywords/>
+  <dc:creator>Bridges &amp; Structures Bureau</dc:creator>
+  <cp:keywords>accessibility verified, template, bridge hit concept</cp:keywords>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Folder_Number">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Folder_Code">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="Folder_Name">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="Folder_Description">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="/Folder_Name/">
     <vt:lpwstr/>
   </property>
@@ -3871,27 +4071,51 @@
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="28" name="Document_Updater">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="29" name="Document_UpdaterDesc">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="30" name="Document_UpdateDate">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="31" name="Document_Size">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="32" name="Document_Storage">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="33" name="Document_StorageDesc">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="34" name="Document_Department">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="35" name="Document_DepartmentDesc">
     <vt:lpwstr/>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="36" name="MSIP_Label_0faac733-ded1-41e0-8ea6-961193f81247_Enabled">
+    <vt:lpwstr>true</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="37" name="MSIP_Label_0faac733-ded1-41e0-8ea6-961193f81247_SetDate">
+    <vt:lpwstr>2025-12-12T20:38:10Z</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="38" name="MSIP_Label_0faac733-ded1-41e0-8ea6-961193f81247_Method">
+    <vt:lpwstr>Standard</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="39" name="MSIP_Label_0faac733-ded1-41e0-8ea6-961193f81247_Name">
+    <vt:lpwstr>defa4170-0d19-0005-0004-bc88714345d2</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="40" name="MSIP_Label_0faac733-ded1-41e0-8ea6-961193f81247_SiteId">
+    <vt:lpwstr>a1e65fcc-32fa-4fdd-8692-0cc2eb06676e</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="41" name="MSIP_Label_0faac733-ded1-41e0-8ea6-961193f81247_ActionId">
+    <vt:lpwstr>b89785cd-5e6b-423e-b75c-d1c1d5da8656</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="42" name="MSIP_Label_0faac733-ded1-41e0-8ea6-961193f81247_ContentBits">
+    <vt:lpwstr>0</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="43" name="MSIP_Label_0faac733-ded1-41e0-8ea6-961193f81247_Tag">
+    <vt:lpwstr>10, 3, 0, 1</vt:lpwstr>
+  </property>
 </Properties>
 </file>