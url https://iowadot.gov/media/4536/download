--- v1 (2026-01-02)
+++ v2 (2026-03-03)
@@ -1,31 +1,32 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
+  <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
@@ -132,2088 +133,2963 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00E8720B">
         <w:t>DD</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00E8720B">
         <w:t>YYYY&gt;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="783AD903" w14:textId="77777777" w:rsidR="008618AF" w:rsidRDefault="008618AF">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="1170"/>
           <w:tab w:val="left" w:pos="6660"/>
           <w:tab w:val="left" w:pos="7560"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="04A44E37" w14:textId="77777777" w:rsidR="008618AF" w:rsidRDefault="008618AF">
+    <w:p w14:paraId="04A44E37" w14:textId="77777777" w:rsidR="008618AF" w:rsidRPr="009471E6" w:rsidRDefault="008618AF">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="1170"/>
           <w:tab w:val="left" w:pos="6300"/>
           <w:tab w:val="left" w:pos="7200"/>
         </w:tabs>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="009471E6">
         <w:t>Attention</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009471E6">
         <w:tab/>
         <w:t>&lt;</w:t>
       </w:r>
-      <w:r w:rsidR="009B6D4E">
+      <w:r w:rsidR="009B6D4E" w:rsidRPr="009471E6">
         <w:t>Assistant District Engineer</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009471E6">
         <w:t>&gt;</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009471E6">
         <w:tab/>
         <w:t>Ref No.</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009471E6">
         <w:tab/>
         <w:t>&lt;County&gt; County</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E594CDA" w14:textId="69493439" w:rsidR="008618AF" w:rsidRDefault="008618AF">
+    <w:p w14:paraId="2E594CDA" w14:textId="69493439" w:rsidR="008618AF" w:rsidRPr="009471E6" w:rsidRDefault="008618AF">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="1170"/>
           <w:tab w:val="left" w:pos="6660"/>
           <w:tab w:val="left" w:pos="7200"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...11 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="009471E6">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="009471E6">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="009471E6">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>&lt;</w:t>
       </w:r>
-      <w:r w:rsidR="00C962A3" w:rsidRPr="00C962A3">
-[...2 lines deleted...]
-          <w:highlight w:val="yellow"/>
+      <w:r w:rsidR="00C962A3" w:rsidRPr="009471E6">
+        <w:rPr>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Phase</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009471E6">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Number&gt;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2FFE5383" w14:textId="27E07091" w:rsidR="00E64B3F" w:rsidRDefault="008618AF" w:rsidP="00E64B3F">
+    <w:p w14:paraId="2FFE5383" w14:textId="27E07091" w:rsidR="00E64B3F" w:rsidRPr="009471E6" w:rsidRDefault="008618AF" w:rsidP="00E64B3F">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="1170"/>
           <w:tab w:val="left" w:pos="6660"/>
           <w:tab w:val="left" w:pos="7200"/>
         </w:tabs>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
-      <w:r>
+      <w:r w:rsidRPr="009471E6">
         <w:t xml:space="preserve">From  </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009471E6">
         <w:tab/>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r>
+      <w:r w:rsidRPr="009471E6">
         <w:t>&lt;Bridge Design Engineer&gt;</w:t>
       </w:r>
-      <w:r w:rsidR="00E64B3F">
-[...11 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00E64B3F" w:rsidRPr="009471E6">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00E64B3F" w:rsidRPr="009471E6">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>(for BSB prepared concepts)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009471E6">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="009471E6">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00C962A3" w:rsidRPr="009471E6">
         <w:t>Project Code</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C962A3">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="009471E6">
         <w:t xml:space="preserve"> &lt;</w:t>
       </w:r>
-      <w:r w:rsidR="00C962A3" w:rsidRPr="00C962A3">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00C962A3" w:rsidRPr="009471E6">
         <w:t>#</w:t>
       </w:r>
-      <w:r w:rsidRPr="00C962A3">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="009471E6">
         <w:t>&gt;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="40C7D0DD" w14:textId="7AE5F5D6" w:rsidR="008618AF" w:rsidRDefault="00E64B3F" w:rsidP="00E64B3F">
+    <w:p w14:paraId="40C7D0DD" w14:textId="2410E9E4" w:rsidR="008618AF" w:rsidRPr="009471E6" w:rsidRDefault="00E64B3F" w:rsidP="00E64B3F">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="1170"/>
           <w:tab w:val="left" w:pos="6660"/>
           <w:tab w:val="left" w:pos="7200"/>
         </w:tabs>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="009471E6">
         <w:tab/>
         <w:t>&lt;Consultant Engineer, Consulting Firm Name&gt;</w:t>
       </w:r>
-      <w:r>
-[...15 lines deleted...]
-    <w:p w14:paraId="4CA4977C" w14:textId="0D104F03" w:rsidR="008618AF" w:rsidRDefault="00C8739F">
+      <w:r w:rsidRPr="009471E6">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="009471E6">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="008618AF" w:rsidRPr="009471E6">
+        <w:t>Design No. &lt;#&gt;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4CA4977C" w14:textId="0D104F03" w:rsidR="008618AF" w:rsidRPr="009471E6" w:rsidRDefault="00C8739F">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="1170"/>
           <w:tab w:val="left" w:pos="6840"/>
           <w:tab w:val="left" w:pos="7200"/>
         </w:tabs>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
-      <w:r>
+      <w:r w:rsidRPr="009471E6">
         <w:t>Bureau</w:t>
       </w:r>
-      <w:r w:rsidR="008618AF">
+      <w:r w:rsidR="008618AF" w:rsidRPr="009471E6">
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r w:rsidR="008618AF">
+      <w:r w:rsidR="008618AF" w:rsidRPr="009471E6">
         <w:tab/>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidR="008618AF">
+      <w:r w:rsidR="008618AF" w:rsidRPr="009471E6">
         <w:t>Bridges and Structures</w:t>
       </w:r>
-      <w:r w:rsidR="008618AF">
-[...2 lines deleted...]
-      <w:r w:rsidR="008618AF">
+      <w:r w:rsidR="008618AF" w:rsidRPr="009471E6">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="008618AF" w:rsidRPr="009471E6">
         <w:tab/>
         <w:t>File No. &lt;#&gt;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61544AC9" w14:textId="49856D76" w:rsidR="008618AF" w:rsidRDefault="008618AF">
+    <w:p w14:paraId="61544AC9" w14:textId="02BA74AD" w:rsidR="008618AF" w:rsidRPr="009471E6" w:rsidRDefault="008618AF">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="1170"/>
           <w:tab w:val="left" w:pos="6840"/>
           <w:tab w:val="left" w:pos="7200"/>
         </w:tabs>
       </w:pPr>
-      <w:r>
-[...22 lines deleted...]
-    <w:p w14:paraId="79C5D995" w14:textId="77777777" w:rsidR="009B3BFD" w:rsidRDefault="009B3BFD">
+      <w:r w:rsidRPr="009471E6">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="009471E6">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="009471E6">
+        <w:tab/>
+        <w:t>FHWA No. &lt;#&gt;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="79C5D995" w14:textId="77777777" w:rsidR="009B3BFD" w:rsidRPr="009471E6" w:rsidRDefault="009B3BFD">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1170"/>
         </w:tabs>
         <w:ind w:left="1260" w:hanging="1260"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="36391DCB" w14:textId="77777777" w:rsidR="008618AF" w:rsidRDefault="008618AF">
+    <w:p w14:paraId="36391DCB" w14:textId="77777777" w:rsidR="008618AF" w:rsidRPr="009471E6" w:rsidRDefault="008618AF">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1170"/>
         </w:tabs>
         <w:ind w:left="1260" w:hanging="1260"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
-      <w:r>
+      <w:r w:rsidRPr="009471E6">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Subject  </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009471E6">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidR="00557911">
+      <w:r w:rsidR="00557911" w:rsidRPr="009471E6">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">&lt;Final / Draft&gt; </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009471E6">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Concept for Bridge Repair of &lt;Bridge size and type&gt;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4838C78B" w14:textId="5327BCC6" w:rsidR="008618AF" w:rsidRDefault="008618AF">
+    <w:p w14:paraId="4838C78B" w14:textId="5327BCC6" w:rsidR="008618AF" w:rsidRPr="009471E6" w:rsidRDefault="008618AF">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1170"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="009471E6">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t xml:space="preserve">Bridge Maintenance No. </w:t>
       </w:r>
-      <w:r w:rsidR="00E8720B">
+      <w:r w:rsidR="00E8720B" w:rsidRPr="009471E6">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>&lt;</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009471E6">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>0000.0</w:t>
       </w:r>
-      <w:r w:rsidR="00E64B3F">
+      <w:r w:rsidR="00E64B3F" w:rsidRPr="009471E6">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>X</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009471E6">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>000</w:t>
       </w:r>
-      <w:r w:rsidR="00E8720B">
+      <w:r w:rsidR="00E8720B" w:rsidRPr="009471E6">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>&gt;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="454BEE52" w14:textId="77777777" w:rsidR="008618AF" w:rsidRDefault="008618AF">
+    <w:p w14:paraId="454BEE52" w14:textId="77777777" w:rsidR="008618AF" w:rsidRPr="009471E6" w:rsidRDefault="008618AF">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1170"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0D029CEE" w14:textId="6B3591DC" w:rsidR="008618AF" w:rsidRPr="00AE1327" w:rsidRDefault="008618AF" w:rsidP="00AE1327">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00AE1327">
+    <w:p w14:paraId="0D029CEE" w14:textId="5C60AAA8" w:rsidR="008618AF" w:rsidRPr="009471E6" w:rsidRDefault="008618AF" w:rsidP="00AE1327">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009471E6">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>The bridge on &lt;Route&gt; over &lt;Route, River, RR, etc.&gt; was struck on the &lt;morning, a</w:t>
       </w:r>
-      <w:r w:rsidR="00197C1D" w:rsidRPr="00AE1327">
+      <w:r w:rsidR="00197C1D" w:rsidRPr="009471E6">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>f</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AE1327">
-[...6 lines deleted...]
-      <w:r w:rsidR="00E64B3F" w:rsidRPr="00AE1327">
+      <w:r w:rsidRPr="009471E6">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ternoon, evening, or time if known&gt; of &lt;Date struck&gt; by a &lt;Vehicle or more descriptive if known&gt; traveling &lt;</w:t>
+      </w:r>
+      <w:r w:rsidR="009471E6" w:rsidRPr="009471E6">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>direction and roadway, i.e</w:t>
+      </w:r>
+      <w:r w:rsidR="009471E6">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009471E6">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>southbound on I-29&gt;.</w:t>
+      </w:r>
+      <w:r w:rsidR="00E64B3F" w:rsidRPr="009471E6">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AE1327">
+      <w:r w:rsidRPr="009471E6">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>The repair cost estimate is &lt;</w:t>
       </w:r>
-      <w:r w:rsidR="001737C8" w:rsidRPr="00AE1327">
+      <w:r w:rsidR="001737C8" w:rsidRPr="009471E6">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Project Total from Cost Estimate </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AE1327">
+      <w:r w:rsidRPr="009471E6">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>&gt;.</w:t>
       </w:r>
-      <w:r w:rsidR="00E64B3F" w:rsidRPr="00AE1327">
+      <w:r w:rsidR="00E64B3F" w:rsidRPr="009471E6">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00E53A00" w:rsidRPr="00AE1327">
+      <w:r w:rsidR="00E53A00" w:rsidRPr="009471E6">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">The project will be funded with &lt;Emergency and Contingency Funds&gt;. </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AE1327">
+      <w:r w:rsidRPr="009471E6">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">The proposed letting is &lt;letting date&gt;. </w:t>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="_Hlk95984546"/>
-      <w:r w:rsidR="00E64B3F" w:rsidRPr="00AE1327">
+      <w:r w:rsidR="00E64B3F" w:rsidRPr="009471E6">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>The bridge field exam on &lt;Date&gt; was attended by &lt;Personnel&gt; of &lt;Bureau, District or Consultant&gt;.</w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
     </w:p>
-    <w:p w14:paraId="384B0178" w14:textId="77777777" w:rsidR="00472C14" w:rsidRPr="00AE1327" w:rsidRDefault="00472C14" w:rsidP="00AE1327">
-[...22 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="384B0178" w14:textId="77777777" w:rsidR="00472C14" w:rsidRPr="009471E6" w:rsidRDefault="00472C14" w:rsidP="00AE1327">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="30843C79" w14:textId="39AF68B6" w:rsidR="00472C14" w:rsidRPr="009471E6" w:rsidRDefault="009471E6" w:rsidP="00AE1327">
+      <w:pPr>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009471E6">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00472C14" w:rsidRPr="009471E6">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Note: The location description </w:t>
+      </w:r>
+      <w:r w:rsidR="00406248" w:rsidRPr="009471E6">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">should </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AE1327">
-        <w:rPr>
+      <w:r w:rsidR="00472C14" w:rsidRPr="009471E6">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>match the SIIMS description.</w:t>
       </w:r>
-      <w:r w:rsidR="00E64B3F" w:rsidRPr="00AE1327">
-        <w:rPr>
+      <w:r w:rsidR="00E64B3F" w:rsidRPr="009471E6">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AE1327">
-        <w:rPr>
+      <w:r w:rsidR="00472C14" w:rsidRPr="009471E6">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Both the cost estimate amount and programmed cost</w:t>
       </w:r>
-      <w:r w:rsidR="00406248" w:rsidRPr="00AE1327">
-        <w:rPr>
+      <w:r w:rsidR="00406248" w:rsidRPr="009471E6">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> (if available)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AE1327">
-[...22 lines deleted...]
-      <w:r w:rsidRPr="00AE1327">
+      <w:r w:rsidR="00472C14" w:rsidRPr="009471E6">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> should be included.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009471E6">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00472C14" w:rsidRPr="009471E6">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5C10CCAA" w14:textId="77777777" w:rsidR="009B3BFD" w:rsidRPr="009471E6" w:rsidRDefault="009B3BFD" w:rsidP="00AE1327">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0B888661" w14:textId="77777777" w:rsidR="009B3BFD" w:rsidRPr="009471E6" w:rsidRDefault="009B3BFD" w:rsidP="00AE1327">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009471E6">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>The bridge location map and asset information can be viewed in SIIMS using the following link:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F97EAF1" w14:textId="77777777" w:rsidR="009B3BFD" w:rsidRPr="00AE1327" w:rsidRDefault="009B3BFD" w:rsidP="00AE1327">
-[...14 lines deleted...]
-      <w:r w:rsidRPr="00AE1327">
+    <w:p w14:paraId="0F97EAF1" w14:textId="77777777" w:rsidR="009B3BFD" w:rsidRPr="009471E6" w:rsidRDefault="009B3BFD" w:rsidP="00AE1327">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="19917C0A" w14:textId="77777777" w:rsidR="00C962A3" w:rsidRPr="009471E6" w:rsidRDefault="00C962A3" w:rsidP="00AE1327">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009471E6">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">&lt;Link to structure map page in SIIMS&gt; </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="663DB9C8" w14:textId="77777777" w:rsidR="008618AF" w:rsidRPr="00AE1327" w:rsidRDefault="008618AF" w:rsidP="00AE1327">
-[...7 lines deleted...]
-    <w:p w14:paraId="690D1534" w14:textId="77777777" w:rsidR="008618AF" w:rsidRPr="00AE1327" w:rsidRDefault="008618AF" w:rsidP="00AE1327">
+    <w:p w14:paraId="663DB9C8" w14:textId="77777777" w:rsidR="008618AF" w:rsidRPr="009471E6" w:rsidRDefault="008618AF" w:rsidP="00AE1327">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="690D1534" w14:textId="77777777" w:rsidR="008618AF" w:rsidRPr="009471E6" w:rsidRDefault="008618AF" w:rsidP="00AE1327">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AE1327">
+      <w:r w:rsidRPr="009471E6">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>EXISTING CONDITIONS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="32791FF0" w14:textId="77777777" w:rsidR="00C962A3" w:rsidRDefault="00C962A3" w:rsidP="00C962A3"/>
-    <w:p w14:paraId="2402248F" w14:textId="77777777" w:rsidR="00C962A3" w:rsidRPr="009C01DB" w:rsidRDefault="00C962A3" w:rsidP="00C962A3">
+    <w:p w14:paraId="32791FF0" w14:textId="77777777" w:rsidR="00C962A3" w:rsidRPr="009471E6" w:rsidRDefault="00C962A3" w:rsidP="00C962A3"/>
+    <w:p w14:paraId="2402248F" w14:textId="77777777" w:rsidR="00C962A3" w:rsidRPr="009471E6" w:rsidRDefault="00C962A3" w:rsidP="00C962A3">
       <w:pPr>
         <w:spacing w:line="254" w:lineRule="exact"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
-          <w:highlight w:val="yellow"/>
-[...5 lines deleted...]
-          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009471E6">
+        <w:rPr>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Year of</w:t>
       </w:r>
-      <w:r w:rsidRPr="009C01DB">
-[...9 lines deleted...]
-          <w:highlight w:val="yellow"/>
+      <w:r w:rsidRPr="009471E6">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="009471E6">
+        <w:rPr>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>Design</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0141470A" w14:textId="77777777" w:rsidR="00C962A3" w:rsidRPr="009C01DB" w:rsidRDefault="00C962A3" w:rsidP="00C962A3">
+    <w:p w14:paraId="0141470A" w14:textId="77777777" w:rsidR="00C962A3" w:rsidRPr="009471E6" w:rsidRDefault="00C962A3" w:rsidP="00C962A3">
       <w:pPr>
         <w:spacing w:line="254" w:lineRule="exact"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
-          <w:highlight w:val="yellow"/>
-[...5 lines deleted...]
-          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009471E6">
+        <w:rPr>
+          <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Construction</w:t>
       </w:r>
-      <w:r w:rsidRPr="009C01DB">
-[...16 lines deleted...]
-          <w:highlight w:val="yellow"/>
+      <w:r w:rsidRPr="009471E6">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="009471E6">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="009471E6">
+        <w:rPr>
+          <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Number</w:t>
       </w:r>
-      <w:r w:rsidRPr="009C01DB">
-[...9 lines deleted...]
-          <w:highlight w:val="yellow"/>
+      <w:r w:rsidRPr="009471E6">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="009471E6">
+        <w:rPr>
+          <w:sz w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Work</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="404EE9E1" w14:textId="77777777" w:rsidR="00C962A3" w:rsidRPr="009C01DB" w:rsidRDefault="00C962A3" w:rsidP="00C962A3">
+    <w:p w14:paraId="404EE9E1" w14:textId="77777777" w:rsidR="00C962A3" w:rsidRPr="009471E6" w:rsidRDefault="00C962A3" w:rsidP="00C962A3">
       <w:pPr>
         <w:spacing w:line="254" w:lineRule="exact"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
-          <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
-[...2 lines deleted...]
-          <w:highlight w:val="yellow"/>
+      <w:r w:rsidRPr="009471E6">
+        <w:rPr>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>xxxx</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r>
-[...24 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="009471E6">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="009471E6">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="009471E6">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>xxx</w:t>
       </w:r>
-      <w:r w:rsidRPr="009C01DB">
-[...9 lines deleted...]
-          <w:highlight w:val="yellow"/>
+      <w:r w:rsidRPr="009471E6">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="009471E6">
+        <w:rPr>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>Original Construction</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2E6F2CC4" w14:textId="77777777" w:rsidR="00C962A3" w:rsidRPr="009C01DB" w:rsidRDefault="00C962A3" w:rsidP="00C962A3">
+    <w:p w14:paraId="2E6F2CC4" w14:textId="77777777" w:rsidR="00C962A3" w:rsidRPr="009471E6" w:rsidRDefault="00C962A3" w:rsidP="00C962A3">
       <w:pPr>
         <w:spacing w:line="254" w:lineRule="exact"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
-          <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
-[...2 lines deleted...]
-          <w:highlight w:val="yellow"/>
+      <w:r w:rsidRPr="009471E6">
+        <w:rPr>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>xxxx</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="009C01DB">
-[...24 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="009471E6">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="009471E6">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="009471E6">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>xxx</w:t>
       </w:r>
-      <w:r w:rsidRPr="009C01DB">
-[...9 lines deleted...]
-          <w:highlight w:val="yellow"/>
+      <w:r w:rsidRPr="009471E6">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="009471E6">
+        <w:rPr>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
-[...2 lines deleted...]
-          <w:highlight w:val="yellow"/>
+      <w:r w:rsidRPr="009471E6">
+        <w:rPr>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>xxxx</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="7A1519D7" w14:textId="77777777" w:rsidR="00C962A3" w:rsidRDefault="00C962A3" w:rsidP="00C962A3">
+    <w:p w14:paraId="7A1519D7" w14:textId="77777777" w:rsidR="00C962A3" w:rsidRPr="009471E6" w:rsidRDefault="00C962A3" w:rsidP="00C962A3">
       <w:pPr>
         <w:spacing w:line="254" w:lineRule="exact"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
-      <w:r>
-[...2 lines deleted...]
-          <w:highlight w:val="yellow"/>
+      <w:r w:rsidRPr="009471E6">
+        <w:rPr>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>xxxx</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="009C01DB">
-[...24 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="009471E6">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="009471E6">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="009471E6">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:tab/>
         <w:t>xxx</w:t>
       </w:r>
-      <w:r w:rsidRPr="009C01DB">
-[...9 lines deleted...]
-          <w:highlight w:val="yellow"/>
+      <w:r w:rsidRPr="009471E6">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="009471E6">
+        <w:rPr>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="001B3D4A">
-[...2 lines deleted...]
-          <w:highlight w:val="yellow"/>
+      <w:r w:rsidRPr="009471E6">
+        <w:rPr>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>xxxx</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="168D479E" w14:textId="77777777" w:rsidR="00C962A3" w:rsidRDefault="00C962A3" w:rsidP="00C962A3">
+    <w:p w14:paraId="168D479E" w14:textId="77777777" w:rsidR="00C962A3" w:rsidRPr="009471E6" w:rsidRDefault="00C962A3" w:rsidP="00C962A3">
       <w:pPr>
         <w:spacing w:line="254" w:lineRule="exact"/>
         <w:jc w:val="both"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...5 lines deleted...]
-          <w:highlight w:val="yellow"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009471E6">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>(List work in chronological order in table above)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65D2647C" w14:textId="77777777" w:rsidR="00C962A3" w:rsidRDefault="00C962A3" w:rsidP="00C962A3"/>
-[...7 lines deleted...]
-      <w:r w:rsidRPr="00AE1327">
+    <w:p w14:paraId="65D2647C" w14:textId="77777777" w:rsidR="00C962A3" w:rsidRPr="009471E6" w:rsidRDefault="00C962A3" w:rsidP="00C962A3"/>
+    <w:p w14:paraId="00C1A656" w14:textId="716191BA" w:rsidR="00C962A3" w:rsidRPr="009471E6" w:rsidRDefault="00C962A3" w:rsidP="00AE1327">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009471E6">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">The bridge </w:t>
       </w:r>
-      <w:r w:rsidR="00143234" w:rsidRPr="00AE1327">
+      <w:r w:rsidR="00143234" w:rsidRPr="009471E6">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>&lt;is/is not</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AE1327">
+      <w:r w:rsidRPr="009471E6">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>&gt; on the NHS system.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="35F36D25" w14:textId="77777777" w:rsidR="008618AF" w:rsidRPr="00AE1327" w:rsidRDefault="008618AF" w:rsidP="00AE1327">
-[...14 lines deleted...]
-      <w:r w:rsidRPr="00AE1327">
+    <w:p w14:paraId="35F36D25" w14:textId="77777777" w:rsidR="008618AF" w:rsidRPr="009471E6" w:rsidRDefault="008618AF" w:rsidP="00AE1327">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="76557AE8" w14:textId="69D1DD79" w:rsidR="008618AF" w:rsidRPr="009471E6" w:rsidRDefault="008618AF" w:rsidP="00AE1327">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009471E6">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>It is located &lt;distance&gt; miles from &lt;nearest named crossing roadway, preferably a US or IA route&gt;.</w:t>
       </w:r>
-      <w:r w:rsidR="00652AA0" w:rsidRPr="00AE1327">
+      <w:r w:rsidR="00652AA0" w:rsidRPr="009471E6">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AE1327">
+      <w:r w:rsidRPr="009471E6">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>The bridge is a &lt;# spans&gt; span &lt;pretensioned prestressed concrete beam, steel girder, steel I-beam, etc.&gt; structure.</w:t>
       </w:r>
-      <w:r w:rsidR="00652AA0" w:rsidRPr="00AE1327">
+      <w:r w:rsidR="00652AA0" w:rsidRPr="009471E6">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AE1327">
+      <w:r w:rsidRPr="009471E6">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>The cross section consists of &lt;# beams&gt; spaced at &lt;beam spacing&gt; supporting a &lt;deck thickness including any PCC overlay present&gt; thick concrete deck.</w:t>
       </w:r>
-      <w:r w:rsidR="00652AA0" w:rsidRPr="00AE1327">
+      <w:r w:rsidR="00652AA0" w:rsidRPr="009471E6">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AE1327">
+      <w:r w:rsidRPr="009471E6">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>The pier diaphragms are &lt;concrete, steel&gt;.</w:t>
       </w:r>
-      <w:r w:rsidR="00652AA0" w:rsidRPr="00AE1327">
+      <w:r w:rsidR="00652AA0" w:rsidRPr="009471E6">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AE1327">
+      <w:r w:rsidRPr="009471E6">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>The intermediate diaphragm(s) &lt;is, are&gt; &lt;concrete, steel&gt; located at &lt;midspan; third points of span; X, X, X, and X feet from west pier of span&gt;.</w:t>
       </w:r>
-      <w:r w:rsidR="00652AA0" w:rsidRPr="00AE1327">
+      <w:r w:rsidR="00652AA0" w:rsidRPr="009471E6">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AE1327">
+      <w:r w:rsidRPr="009471E6">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>The bridge rail is a &lt;concrete retrofit, painted steel, galvanized steel, aluminum, concrete jersey, concrete F-shape&gt; rail.</w:t>
       </w:r>
-      <w:r w:rsidR="00652AA0" w:rsidRPr="00AE1327">
+      <w:r w:rsidR="00652AA0" w:rsidRPr="009471E6">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AE1327">
+      <w:r w:rsidRPr="009471E6">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>&lt;There is &lt;empty, name utility&gt; conduit in the south rail&gt;.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4858FD75" w14:textId="77777777" w:rsidR="008618AF" w:rsidRPr="00AE1327" w:rsidRDefault="008618AF" w:rsidP="00AE1327">
-[...14 lines deleted...]
-      <w:r w:rsidRPr="00AE1327">
+    <w:p w14:paraId="4858FD75" w14:textId="77777777" w:rsidR="008618AF" w:rsidRPr="009471E6" w:rsidRDefault="008618AF" w:rsidP="00AE1327">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="19004FFE" w14:textId="4CA52CDB" w:rsidR="008618AF" w:rsidRDefault="008618AF" w:rsidP="00AE1327">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009471E6">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:lastRenderedPageBreak/>
         <w:t>&lt;Description of Bridge damage including length and location.</w:t>
       </w:r>
-      <w:r w:rsidR="00652AA0" w:rsidRPr="00AE1327">
+      <w:r w:rsidR="00652AA0" w:rsidRPr="009471E6">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AE1327">
+      <w:r w:rsidRPr="009471E6">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Be sure and identify any cracks in concrete beams that will require epoxy injection.</w:t>
       </w:r>
-      <w:r w:rsidR="00652AA0" w:rsidRPr="00AE1327">
+      <w:r w:rsidR="00652AA0" w:rsidRPr="009471E6">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AE1327">
+      <w:r w:rsidRPr="009471E6">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Use same numbering scheme of beams and spans as shown in Bridge Maintenance file and describe location of first beam mentioned (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00AE1327">
+      <w:r w:rsidRPr="009471E6">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ie</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00AE1327">
+      <w:r w:rsidRPr="009471E6">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>: beam 1 (north exterior) and span (</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00AE1327">
+      <w:r w:rsidRPr="009471E6">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ie</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00AE1327">
-[...7 lines deleted...]
-    <w:p w14:paraId="3C09789F" w14:textId="77777777" w:rsidR="008618AF" w:rsidRPr="00AE1327" w:rsidRDefault="008618AF">
+      <w:r w:rsidRPr="009471E6">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>: span 2 from west abutment)&gt;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="37D03F3E" w14:textId="77777777" w:rsidR="009471E6" w:rsidRDefault="009471E6" w:rsidP="00AE1327">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5DDCE9FF" w14:textId="77777777" w:rsidR="009471E6" w:rsidRPr="00A31B3B" w:rsidRDefault="009471E6" w:rsidP="009471E6">
+      <w:pPr>
+        <w:spacing w:line="254" w:lineRule="exact"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="1" w:name="_Hlk217896213"/>
+      <w:r w:rsidRPr="00A31B3B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>&lt;</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="2" w:name="_Hlk209694945"/>
+      <w:bookmarkStart w:id="3" w:name="_Hlk209706923"/>
+      <w:bookmarkStart w:id="4" w:name="_Hlk209704379"/>
+      <w:bookmarkStart w:id="5" w:name="_Hlk213239869"/>
+      <w:r w:rsidRPr="00A31B3B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>Paint scrape testing has been completed.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> See results below</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="2"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="3"/>
+      <w:r w:rsidRPr="00A31B3B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">&gt; </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="4"/>
+      <w:r w:rsidRPr="005F63B6">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>(Fill in test results in table below)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A31B3B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7F09C668" w14:textId="77777777" w:rsidR="009471E6" w:rsidRPr="00A31B3B" w:rsidRDefault="009471E6" w:rsidP="009471E6">
+      <w:pPr>
+        <w:spacing w:line="254" w:lineRule="exact"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A31B3B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>&lt;Paint scrape testing has not been completed and needs to be scheduled.&gt;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F63B6">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>(Delete table below)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="350D7DC4" w14:textId="77777777" w:rsidR="009471E6" w:rsidRDefault="009471E6" w:rsidP="009471E6">
+      <w:pPr>
+        <w:spacing w:line="254" w:lineRule="exact"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">&lt;Paint scrape testing has not been completed. Location and Environment Bureau to determine if testing is required.&gt; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F63B6">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>(Delete table below)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="619E96F3" w14:textId="77777777" w:rsidR="009471E6" w:rsidRDefault="009471E6" w:rsidP="009471E6">
+      <w:pPr>
+        <w:spacing w:line="254" w:lineRule="exact"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A31B3B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>&lt;</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="6" w:name="_Hlk209694648"/>
+      <w:bookmarkStart w:id="7" w:name="_Hlk209705726"/>
+      <w:bookmarkStart w:id="8" w:name="_Hlk209694024"/>
+      <w:r w:rsidRPr="00A31B3B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>There are no painted surfaces on the bridge(s)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>. Paint scrape testing is not required</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="6"/>
+      <w:r w:rsidRPr="00A31B3B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="7"/>
+      <w:r w:rsidRPr="00A31B3B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>&gt;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="8"/>
+      <w:r w:rsidRPr="005F63B6">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>(Delete table below)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C11E4D0" w14:textId="77777777" w:rsidR="009471E6" w:rsidRDefault="009471E6" w:rsidP="009471E6">
+      <w:pPr>
+        <w:spacing w:line="254" w:lineRule="exact"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="9" w:name="_Hlk217898670"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(Review all projects completed after latest test results to determine if results/test locations are still applicable or if additional testing may be required.)  </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:p w14:paraId="7583AEB1" w14:textId="77777777" w:rsidR="009471E6" w:rsidRPr="00A31B3B" w:rsidRDefault="009471E6" w:rsidP="009471E6">
+      <w:pPr>
+        <w:spacing w:line="254" w:lineRule="exact"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="57D19FCE" w14:textId="77777777" w:rsidR="009471E6" w:rsidRPr="00A31B3B" w:rsidRDefault="009471E6" w:rsidP="009471E6">
+      <w:pPr>
+        <w:spacing w:line="254" w:lineRule="exact"/>
+        <w:ind w:left="5040" w:firstLine="720"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="10" w:name="_Hlk209694961"/>
+      <w:r w:rsidRPr="00A31B3B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>Total Lead</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A31B3B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Total Chromium</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1FEC8412" w14:textId="77777777" w:rsidR="009471E6" w:rsidRPr="00A31B3B" w:rsidRDefault="009471E6" w:rsidP="009471E6">
+      <w:pPr>
+        <w:spacing w:line="254" w:lineRule="exact"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Sample</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A31B3B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Date</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A31B3B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A31B3B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A31B3B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Sample Location</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A31B3B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A31B3B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A31B3B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Level (ppm)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A31B3B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A31B3B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Level (ppm)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkEnd w:id="10"/>
+    <w:p w14:paraId="4F935F09" w14:textId="77777777" w:rsidR="009471E6" w:rsidRDefault="009471E6" w:rsidP="009471E6">
+      <w:pPr>
+        <w:spacing w:line="254" w:lineRule="exact"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="63B1B475" w14:textId="77777777" w:rsidR="009471E6" w:rsidRPr="00746959" w:rsidRDefault="009471E6" w:rsidP="009471E6">
+      <w:pPr>
+        <w:spacing w:line="254" w:lineRule="exact"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00746959">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:id="11" w:name="_Hlk209706777"/>
+    </w:p>
+    <w:p w14:paraId="3364E4B1" w14:textId="77777777" w:rsidR="009471E6" w:rsidRPr="00A31B3B" w:rsidRDefault="009471E6" w:rsidP="009471E6">
+      <w:pPr>
+        <w:spacing w:line="254" w:lineRule="exact"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A31B3B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>&lt;</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="12" w:name="_Hlk209694115"/>
+      <w:bookmarkStart w:id="13" w:name="_Hlk209704452"/>
+      <w:bookmarkStart w:id="14" w:name="_Hlk209704710"/>
+      <w:bookmarkStart w:id="15" w:name="_Hlk209695619"/>
+      <w:bookmarkEnd w:id="11"/>
+      <w:r w:rsidRPr="00A31B3B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Asbestos inspection </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>was</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A31B3B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> completed</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> on XX/XX/XXXX</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A31B3B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>. No asbestos is present</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="12"/>
+      <w:r w:rsidRPr="00A31B3B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="13"/>
+      <w:r w:rsidRPr="00A31B3B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>&gt;</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="14"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="15"/>
+      <w:r w:rsidRPr="005F63B6">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>(Delete table below)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="40A61B44" w14:textId="77777777" w:rsidR="009471E6" w:rsidRPr="005F63B6" w:rsidRDefault="009471E6" w:rsidP="009471E6">
+      <w:pPr>
+        <w:spacing w:line="254" w:lineRule="exact"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A31B3B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>&lt;</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="16" w:name="_Hlk209708475"/>
+      <w:bookmarkStart w:id="17" w:name="_Hlk209707236"/>
+      <w:r w:rsidRPr="00A31B3B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>Asbestos inspection has been completed. Asbestos is present</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> as noted below</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A31B3B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="16"/>
+      <w:r w:rsidRPr="00A31B3B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">&gt; </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="17"/>
+      <w:r w:rsidRPr="005F63B6">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>(Fill in test results in table below</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>. Asbestos inspection reports are available in ERMS.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F63B6">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3F70C5B0" w14:textId="77777777" w:rsidR="009471E6" w:rsidRDefault="009471E6" w:rsidP="009471E6">
+      <w:pPr>
+        <w:spacing w:line="254" w:lineRule="exact"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A31B3B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>&lt;</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="18" w:name="_Hlk209694708"/>
+      <w:r w:rsidRPr="00A31B3B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>Asbestos inspection has not been completed and needs to be scheduled.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="18"/>
+      <w:r w:rsidRPr="00A31B3B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>&gt;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F63B6">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>(Delete table below)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="645CBD70" w14:textId="77777777" w:rsidR="009471E6" w:rsidRDefault="009471E6" w:rsidP="009471E6">
+      <w:pPr>
+        <w:spacing w:line="254" w:lineRule="exact"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">&lt;Asbestos inspection has not been completed. Location and Environment Bureau to determine if testing is required.&gt; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F63B6">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>(Delete table below)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="54DC5CFC" w14:textId="77777777" w:rsidR="009471E6" w:rsidRDefault="009471E6" w:rsidP="009471E6">
+      <w:pPr>
+        <w:spacing w:line="254" w:lineRule="exact"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="19" w:name="_Hlk217898560"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(Review all projects completed after latest test results to determine if results/test locations are still applicable or if additional testing may be required.)  </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="19"/>
+    <w:p w14:paraId="24E80D95" w14:textId="77777777" w:rsidR="009471E6" w:rsidRPr="00A31B3B" w:rsidRDefault="009471E6" w:rsidP="009471E6">
+      <w:pPr>
+        <w:spacing w:line="254" w:lineRule="exact"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="755DE564" w14:textId="77777777" w:rsidR="009471E6" w:rsidRDefault="009471E6" w:rsidP="009471E6">
+      <w:pPr>
+        <w:spacing w:line="254" w:lineRule="exact"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="20" w:name="_Hlk209707247"/>
+      <w:bookmarkStart w:id="21" w:name="_Hlk209708485"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Sample</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A31B3B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Date</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A31B3B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Sample Location</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A31B3B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A31B3B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A31B3B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Quantity (sq. ft.)</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="20"/>
+    </w:p>
+    <w:bookmarkEnd w:id="1"/>
+    <w:bookmarkEnd w:id="21"/>
+    <w:p w14:paraId="4F037B20" w14:textId="77777777" w:rsidR="009471E6" w:rsidRPr="009471E6" w:rsidRDefault="009471E6" w:rsidP="00AE1327">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3C09789F" w14:textId="77777777" w:rsidR="008618AF" w:rsidRPr="009471E6" w:rsidRDefault="008618AF">
       <w:pPr>
         <w:spacing w:line="254" w:lineRule="exact"/>
         <w:ind w:left="1170"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="52655230" w14:textId="77777777" w:rsidR="008618AF" w:rsidRPr="00AE1327" w:rsidRDefault="008618AF" w:rsidP="00AE1327">
+    <w:p w14:paraId="52655230" w14:textId="77777777" w:rsidR="008618AF" w:rsidRPr="009471E6" w:rsidRDefault="008618AF" w:rsidP="00AE1327">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AE1327">
+      <w:r w:rsidRPr="009471E6">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>RECOMMENDATIONS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="140EE0E5" w14:textId="77777777" w:rsidR="008618AF" w:rsidRDefault="008618AF">
+    <w:p w14:paraId="140EE0E5" w14:textId="77777777" w:rsidR="008618AF" w:rsidRPr="009471E6" w:rsidRDefault="008618AF">
       <w:pPr>
         <w:spacing w:line="254" w:lineRule="exact"/>
         <w:ind w:left="1170"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="19D6626C" w14:textId="77777777" w:rsidR="008618AF" w:rsidRDefault="008618AF" w:rsidP="008C230B">
+    <w:p w14:paraId="19D6626C" w14:textId="77777777" w:rsidR="008618AF" w:rsidRPr="009471E6" w:rsidRDefault="008618AF" w:rsidP="008C230B">
       <w:pPr>
         <w:spacing w:line="254" w:lineRule="exact"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="009471E6">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>It is recommended that the following repairs be made:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6DD06D6A" w14:textId="38686337" w:rsidR="008618AF" w:rsidRDefault="008618AF" w:rsidP="008C230B">
+    <w:p w14:paraId="6DD06D6A" w14:textId="38686337" w:rsidR="008618AF" w:rsidRPr="009471E6" w:rsidRDefault="008618AF" w:rsidP="008C230B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="009471E6">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Remove and replace exterior beam(s) </w:t>
       </w:r>
-      <w:r w:rsidR="00794ED9">
+      <w:r w:rsidR="00794ED9" w:rsidRPr="009471E6">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>&lt;</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009471E6">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">X and </w:t>
       </w:r>
-      <w:r w:rsidR="00794ED9">
+      <w:r w:rsidR="00794ED9" w:rsidRPr="009471E6">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>X&gt;</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009471E6">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> along with a portion of the rail, curb, deck, pier diaphragms and intermediate diaphragm(s) in span </w:t>
       </w:r>
-      <w:r w:rsidR="00794ED9">
+      <w:r w:rsidR="00794ED9" w:rsidRPr="009471E6">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>&lt;</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009471E6">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>X</w:t>
       </w:r>
-      <w:r w:rsidR="00794ED9">
+      <w:r w:rsidR="00794ED9" w:rsidRPr="009471E6">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>&gt;</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009471E6">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00652AA0">
+      <w:r w:rsidR="00652AA0" w:rsidRPr="009471E6">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009471E6">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>&lt;Carefully expose conduit and incorporate into new work.&gt;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="700264DB" w14:textId="77777777" w:rsidR="008C230B" w:rsidRDefault="008C230B" w:rsidP="008C230B">
+    <w:p w14:paraId="700264DB" w14:textId="77777777" w:rsidR="008C230B" w:rsidRPr="009471E6" w:rsidRDefault="008C230B" w:rsidP="008C230B">
       <w:pPr>
         <w:ind w:left="1526"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="26E40E63" w14:textId="77777777" w:rsidR="008618AF" w:rsidRDefault="008618AF" w:rsidP="008C230B">
+    <w:p w14:paraId="26E40E63" w14:textId="77777777" w:rsidR="008618AF" w:rsidRPr="009471E6" w:rsidRDefault="008618AF" w:rsidP="008C230B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="009471E6">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Remove and replace interior beam(s) </w:t>
       </w:r>
-      <w:r w:rsidR="00794ED9">
+      <w:r w:rsidR="00794ED9" w:rsidRPr="009471E6">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>&lt;</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009471E6">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>X, X, and X</w:t>
       </w:r>
-      <w:r w:rsidR="00794ED9">
+      <w:r w:rsidR="00794ED9" w:rsidRPr="009471E6">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>&gt;</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009471E6">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> along with a portion of the deck, pier diaphragms and intermediate diaphragm(s) in span </w:t>
       </w:r>
-      <w:r w:rsidR="00794ED9">
+      <w:r w:rsidR="00794ED9" w:rsidRPr="009471E6">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>&lt;</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009471E6">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>X</w:t>
       </w:r>
-      <w:r w:rsidR="00794ED9">
+      <w:r w:rsidR="00794ED9" w:rsidRPr="009471E6">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>&gt;</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009471E6">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1608A3F0" w14:textId="77777777" w:rsidR="008C230B" w:rsidRDefault="008C230B" w:rsidP="008C230B">
+    <w:p w14:paraId="1608A3F0" w14:textId="77777777" w:rsidR="008C230B" w:rsidRPr="009471E6" w:rsidRDefault="008C230B" w:rsidP="008C230B">
       <w:pPr>
         <w:ind w:left="1526"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6485FBF6" w14:textId="07A4BBB9" w:rsidR="008618AF" w:rsidRDefault="008618AF" w:rsidP="008C230B">
+    <w:p w14:paraId="6485FBF6" w14:textId="1521FD94" w:rsidR="008618AF" w:rsidRPr="009471E6" w:rsidRDefault="008618AF" w:rsidP="008C230B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="009471E6">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Repair beam(s) </w:t>
       </w:r>
-      <w:r w:rsidR="00794ED9">
+      <w:r w:rsidR="00794ED9" w:rsidRPr="009471E6">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>&lt;</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009471E6">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>X, X, and X</w:t>
       </w:r>
-      <w:r w:rsidR="00794ED9">
+      <w:r w:rsidR="00794ED9" w:rsidRPr="009471E6">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>&gt;</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009471E6">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00652AA0">
+      <w:r w:rsidR="00652AA0" w:rsidRPr="009471E6">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
-[...5 lines deleted...]
-      <w:r w:rsidR="00652AA0">
+      <w:r w:rsidRPr="009471E6">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Remove all unsound concrete, clean, and fill repair areas with class “O” concrete</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC5187">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidR="00EC5187" w:rsidRPr="009A15F8">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">or rapid setting repair mortar in accordance </w:t>
+      </w:r>
+      <w:r w:rsidR="00EC5187" w:rsidRPr="00CA5C6E">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>with Materials I.M. 491.08</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009471E6">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00652AA0" w:rsidRPr="009471E6">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009471E6">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>&lt;Install steel sleeve, Apply fiber reinforced polymer (FRP) sheets&gt; to contain repair concrete.</w:t>
       </w:r>
-      <w:r w:rsidR="00652AA0">
+      <w:r w:rsidR="00652AA0" w:rsidRPr="009471E6">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00C962A3" w:rsidRPr="00C962A3">
-[...2 lines deleted...]
-          <w:highlight w:val="yellow"/>
+      <w:r w:rsidR="00C962A3" w:rsidRPr="009471E6">
+        <w:rPr>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>&lt;</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidR="00C962A3" w:rsidRPr="00C962A3">
-[...2 lines deleted...]
-          <w:highlight w:val="yellow"/>
+      <w:r w:rsidR="00C962A3" w:rsidRPr="009471E6">
+        <w:rPr>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Epoxy</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidR="00C962A3" w:rsidRPr="00C962A3">
-[...12 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="00C962A3" w:rsidRPr="009471E6">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> inject cracks in beam(s) &lt;X, X and X&gt;&gt; or &lt;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="009471E6">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Cracks in beam(s) </w:t>
       </w:r>
-      <w:r w:rsidR="00794ED9">
+      <w:r w:rsidR="00794ED9" w:rsidRPr="009471E6">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>&lt;</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009471E6">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>X, X and X</w:t>
       </w:r>
-      <w:r w:rsidR="00794ED9">
+      <w:r w:rsidR="00794ED9" w:rsidRPr="009471E6">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>&gt;</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="009471E6">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> will be epoxy injected by DOT personnel prior to contract repair.</w:t>
       </w:r>
-      <w:r w:rsidR="00C962A3">
+      <w:r w:rsidR="00C962A3" w:rsidRPr="009471E6">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>&gt;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="031FFB0A" w14:textId="77777777" w:rsidR="008618AF" w:rsidRDefault="008618AF">
+    <w:p w14:paraId="031FFB0A" w14:textId="77777777" w:rsidR="008618AF" w:rsidRPr="009471E6" w:rsidRDefault="008618AF">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent2"/>
         <w:spacing w:line="254" w:lineRule="exact"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7CEE6CF8" w14:textId="6067F389" w:rsidR="008618AF" w:rsidRDefault="00E5296D" w:rsidP="008C230B">
+    <w:p w14:paraId="7CEE6CF8" w14:textId="6067F389" w:rsidR="008618AF" w:rsidRPr="009471E6" w:rsidRDefault="00E5296D" w:rsidP="008C230B">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent2"/>
         <w:spacing w:line="254" w:lineRule="exact"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="009471E6">
         <w:t>This project &lt;is/is not&gt; considered a Traffic Critical Project.</w:t>
       </w:r>
-      <w:r w:rsidR="00652AA0">
+      <w:r w:rsidR="00652AA0" w:rsidRPr="009471E6">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="008618AF">
+      <w:r w:rsidR="008618AF" w:rsidRPr="009471E6">
         <w:t>Traffic control will involve &lt;TBR, Shoulder strengthening, traffic signals, floodlighting, road closure, etc.&gt; on &lt;bridge route&gt;.</w:t>
       </w:r>
-      <w:r w:rsidR="00652AA0">
+      <w:r w:rsidR="00652AA0" w:rsidRPr="009471E6">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="008618AF">
-[...3 lines deleted...]
-    <w:p w14:paraId="20345202" w14:textId="77777777" w:rsidR="008618AF" w:rsidRDefault="008618AF">
+      <w:r w:rsidR="008618AF" w:rsidRPr="009471E6">
+        <w:t xml:space="preserve">&lt;route </w:t>
+      </w:r>
+      <w:r w:rsidR="008618AF" w:rsidRPr="009471E6">
+        <w:lastRenderedPageBreak/>
+        <w:t>under bridge&gt; will require a temporary lane closure and road closure for short periods to facilitate beam removal and replacement.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20345202" w14:textId="77777777" w:rsidR="008618AF" w:rsidRPr="009471E6" w:rsidRDefault="008618AF">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent2"/>
         <w:spacing w:line="254" w:lineRule="exact"/>
         <w:ind w:left="0"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="123AEBD9" w14:textId="77777777" w:rsidR="008618AF" w:rsidRPr="00AE1327" w:rsidRDefault="008618AF" w:rsidP="00AE1327">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00AE1327">
+    <w:p w14:paraId="123AEBD9" w14:textId="110AAFD9" w:rsidR="008618AF" w:rsidRPr="009471E6" w:rsidRDefault="008618AF" w:rsidP="00AE1327">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009471E6">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>All recipients of this letter should review this concept of work to be accomplished and advise the Bridges and Structures</w:t>
       </w:r>
-      <w:r w:rsidR="00C8739F" w:rsidRPr="00AE1327">
+      <w:r w:rsidR="00C8739F" w:rsidRPr="009471E6">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Bureau</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AE1327">
-[...38 lines deleted...]
-      <w:r w:rsidRPr="00AE1327">
+      <w:r w:rsidRPr="009471E6">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> of any comments you have by &lt;Date</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC5187">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009471E6">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(approx. 3 weeks from date sent)&gt;.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7976A47E" w14:textId="77777777" w:rsidR="008618AF" w:rsidRPr="009471E6" w:rsidRDefault="008618AF" w:rsidP="00AE1327">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="57916C9C" w14:textId="77777777" w:rsidR="003C6A93" w:rsidRPr="009471E6" w:rsidRDefault="003C6A93" w:rsidP="00AE1327">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009471E6">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Estimated cost of repairs is as follows: </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="010079D0" w14:textId="77777777" w:rsidR="003C6A93" w:rsidRPr="00AE1327" w:rsidRDefault="003C6A93" w:rsidP="00AE1327">
-[...14 lines deleted...]
-      <w:r w:rsidRPr="00AE1327">
+    <w:p w14:paraId="010079D0" w14:textId="77777777" w:rsidR="003C6A93" w:rsidRPr="009471E6" w:rsidRDefault="003C6A93" w:rsidP="00AE1327">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0A4DCB93" w14:textId="7D64AB30" w:rsidR="00D6272F" w:rsidRPr="009471E6" w:rsidRDefault="003C6A93" w:rsidP="00AE1327">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009471E6">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">&lt;Complete </w:t>
       </w:r>
-      <w:bookmarkStart w:id="1" w:name="_Hlk95985022"/>
-      <w:r w:rsidR="00E64B3F" w:rsidRPr="00AE1327">
+      <w:bookmarkStart w:id="22" w:name="_Hlk95985022"/>
+      <w:r w:rsidR="00E64B3F" w:rsidRPr="009471E6">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
-      <w:r w:rsidR="00E64B3F" w:rsidRPr="00AE1327">
+      <w:r w:rsidR="00E64B3F" w:rsidRPr="009471E6">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:instrText>HYPERLINK "https://iowadot.gov/bridge/concepts/Cost%20Estimates%20for%20Concepts.xlsx"</w:instrText>
       </w:r>
-      <w:r w:rsidR="00E64B3F" w:rsidRPr="00AE1327">
-[...5 lines deleted...]
-      <w:r w:rsidR="00E64B3F" w:rsidRPr="00AE1327">
+      <w:r w:rsidR="00244852" w:rsidRPr="009471E6">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00E64B3F" w:rsidRPr="009471E6">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00E64B3F" w:rsidRPr="00AE1327">
+      <w:r w:rsidR="00E64B3F" w:rsidRPr="009471E6">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Cost Estimate for Concepts</w:t>
       </w:r>
-      <w:r w:rsidR="00E64B3F" w:rsidRPr="00AE1327">
+      <w:r w:rsidR="00E64B3F" w:rsidRPr="009471E6">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="1"/>
-      <w:r w:rsidRPr="00AE1327">
+      <w:bookmarkEnd w:id="22"/>
+      <w:r w:rsidRPr="009471E6">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> and paste area within yellow outline </w:t>
       </w:r>
-      <w:r w:rsidR="00D6272F" w:rsidRPr="00AE1327">
+      <w:r w:rsidR="00D6272F" w:rsidRPr="009471E6">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">from “Estimate for Copying” tab, linking if desired.&gt;  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="658783EB" w14:textId="77777777" w:rsidR="003C6A93" w:rsidRPr="00AE1327" w:rsidRDefault="003C6A93" w:rsidP="00AE1327">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00AE1327">
+    <w:p w14:paraId="658783EB" w14:textId="77777777" w:rsidR="003C6A93" w:rsidRPr="009471E6" w:rsidRDefault="003C6A93" w:rsidP="00AE1327">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009471E6">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                                </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AE1327">
-[...14 lines deleted...]
-      <w:r w:rsidRPr="00AE1327">
+      <w:r w:rsidRPr="009471E6">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="20A204FF" w14:textId="5F3BB7E5" w:rsidR="003C6A93" w:rsidRPr="009471E6" w:rsidRDefault="003C6A93" w:rsidP="00AE1327">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009471E6">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">&lt;Bridge Design Engineer's </w:t>
       </w:r>
-      <w:r w:rsidR="00A507DE" w:rsidRPr="00AE1327">
+      <w:r w:rsidR="00A507DE" w:rsidRPr="009471E6">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">or Consulting Engineer’s </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-[...31 lines deleted...]
-      <w:r w:rsidRPr="00AE1327">
+      <w:r w:rsidRPr="009471E6">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Initials</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC5187">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="009471E6">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(CAPITALS)&gt;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="044E2E47" w14:textId="77777777" w:rsidR="00E64B3F" w:rsidRPr="009471E6" w:rsidRDefault="00E64B3F" w:rsidP="00AE1327">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="02A66E73" w14:textId="7FB95711" w:rsidR="003C6A93" w:rsidRPr="009471E6" w:rsidRDefault="003C6A93" w:rsidP="00AE1327">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009471E6">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Distributed to:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="45E7F404" w14:textId="436D8063" w:rsidR="003C6A93" w:rsidRPr="00AE1327" w:rsidRDefault="003C6A93" w:rsidP="00AE1327">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00AE1327">
+    <w:p w14:paraId="45E7F404" w14:textId="25B75A1A" w:rsidR="003C6A93" w:rsidRPr="009471E6" w:rsidRDefault="003C6A93" w:rsidP="00AE1327">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009471E6">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">&lt;Copy the appropriate list from </w:t>
       </w:r>
-      <w:bookmarkStart w:id="2" w:name="_Hlk95985056"/>
-      <w:r w:rsidR="00E64B3F" w:rsidRPr="00AE1327">
+      <w:bookmarkStart w:id="23" w:name="_Hlk95985056"/>
+      <w:r w:rsidR="00E64B3F" w:rsidRPr="009471E6">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
-      <w:r w:rsidR="00E64B3F" w:rsidRPr="00AE1327">
+      <w:r w:rsidR="00E64B3F" w:rsidRPr="009471E6">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> HYPERLINK "https://iowadot.gov/bridge/concepts/Master%20List%20for%20Distribution%20of%20Concepts.xlsx" </w:instrText>
       </w:r>
-      <w:r w:rsidR="00E64B3F" w:rsidRPr="00AE1327">
-[...5 lines deleted...]
-      <w:r w:rsidR="00E64B3F" w:rsidRPr="00AE1327">
+      <w:r w:rsidR="00244852" w:rsidRPr="009471E6">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00E64B3F" w:rsidRPr="009471E6">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00E64B3F" w:rsidRPr="00AE1327">
+      <w:r w:rsidR="00E64B3F" w:rsidRPr="009471E6">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Master List for Distribution of Concepts</w:t>
       </w:r>
-      <w:r w:rsidR="00E64B3F" w:rsidRPr="00AE1327">
+      <w:r w:rsidR="00E64B3F" w:rsidRPr="009471E6">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="2"/>
-      <w:r w:rsidRPr="00AE1327">
+      <w:bookmarkEnd w:id="23"/>
+      <w:r w:rsidRPr="009471E6">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> and paste here.</w:t>
       </w:r>
-      <w:r w:rsidR="00652AA0" w:rsidRPr="00AE1327">
+      <w:r w:rsidR="00652AA0" w:rsidRPr="009471E6">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AE1327">
+      <w:r w:rsidRPr="009471E6">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Remove any non-applicable recipients</w:t>
       </w:r>
-      <w:r w:rsidR="00A507DE" w:rsidRPr="00AE1327">
+      <w:r w:rsidR="00A507DE" w:rsidRPr="009471E6">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidRPr="00AE1327">
+      <w:r w:rsidRPr="009471E6">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>empty rows</w:t>
       </w:r>
-      <w:r w:rsidR="00A507DE" w:rsidRPr="00AE1327">
+      <w:r w:rsidR="00A507DE" w:rsidRPr="009471E6">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, vacant positions, double asterisks in front of recipients</w:t>
       </w:r>
-      <w:r w:rsidR="00C962A3" w:rsidRPr="00AE1327">
-[...18 lines deleted...]
-          <w:highlight w:val="yellow"/>
+      <w:r w:rsidR="00C962A3" w:rsidRPr="009471E6">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, and information in parenthesis</w:t>
+      </w:r>
+      <w:r w:rsidR="00A507DE" w:rsidRPr="009471E6">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AE1327">
+      <w:r w:rsidRPr="009471E6">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>&gt;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6E8906CF" w14:textId="3F46546F" w:rsidR="003C6A93" w:rsidRPr="00AE1327" w:rsidRDefault="003C6A93" w:rsidP="00AE1327">
-[...15 lines deleted...]
-      <w:r w:rsidRPr="00AE1327">
+    <w:p w14:paraId="6E8906CF" w14:textId="3F46546F" w:rsidR="003C6A93" w:rsidRPr="009471E6" w:rsidRDefault="003C6A93" w:rsidP="00AE1327">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="650231A8" w14:textId="77777777" w:rsidR="00E64B3F" w:rsidRPr="009471E6" w:rsidRDefault="00E64B3F" w:rsidP="00244852">
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="24" w:name="_Hlk95985107"/>
+      <w:r w:rsidRPr="009471E6">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Appendix</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2037D479" w14:textId="77777777" w:rsidR="00E64B3F" w:rsidRPr="00AE1327" w:rsidRDefault="00E64B3F" w:rsidP="00AE1327">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00AE1327">
+    <w:p w14:paraId="2037D479" w14:textId="77777777" w:rsidR="00E64B3F" w:rsidRPr="009471E6" w:rsidRDefault="00E64B3F" w:rsidP="00AE1327">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009471E6">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>&lt;Include photos with labels of key areas&gt;</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="3"/>
-[...16 lines deleted...]
-      <w:r w:rsidRPr="00AE1327">
+      <w:bookmarkEnd w:id="24"/>
+    </w:p>
+    <w:p w14:paraId="58C252C0" w14:textId="77777777" w:rsidR="00E64B3F" w:rsidRPr="009471E6" w:rsidRDefault="00E64B3F" w:rsidP="00AE1327">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="19D71D60" w14:textId="3E71B773" w:rsidR="003C6A93" w:rsidRPr="009471E6" w:rsidRDefault="003C6A93" w:rsidP="00AE1327">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="009471E6">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">&lt;Save a copy to the </w:t>
       </w:r>
-      <w:r w:rsidR="00652AA0" w:rsidRPr="00AE1327">
+      <w:r w:rsidR="00652AA0" w:rsidRPr="009471E6">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>P</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AE1327">
+      <w:r w:rsidRPr="009471E6">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>roject</w:t>
       </w:r>
-      <w:r w:rsidR="00652AA0" w:rsidRPr="00AE1327">
+      <w:r w:rsidR="00652AA0" w:rsidRPr="009471E6">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>W</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AE1327">
+      <w:r w:rsidRPr="009471E6">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ise directory under the Concept</w:t>
       </w:r>
-      <w:r w:rsidR="00E64B3F" w:rsidRPr="00AE1327">
+      <w:r w:rsidR="00E64B3F" w:rsidRPr="009471E6">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>\B0Submittal</w:t>
       </w:r>
-      <w:r w:rsidRPr="00AE1327">
+      <w:r w:rsidRPr="009471E6">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> folder&gt;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C8EAE2F" w14:textId="2C66E93F" w:rsidR="00CB1320" w:rsidRPr="00AE1327" w:rsidRDefault="00CB1320" w:rsidP="00AE1327">
-[...23 lines deleted...]
-    <w:p w14:paraId="293516D7" w14:textId="6B2E3BDF" w:rsidR="00A507DE" w:rsidRPr="00AE1327" w:rsidRDefault="00A507DE" w:rsidP="00AE1327">
+    <w:p w14:paraId="6C8EAE2F" w14:textId="2C66E93F" w:rsidR="00CB1320" w:rsidRPr="009471E6" w:rsidRDefault="00CB1320" w:rsidP="00AE1327">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="030EDA27" w14:textId="5BDD9340" w:rsidR="00A507DE" w:rsidRPr="009471E6" w:rsidRDefault="00A507DE" w:rsidP="00AE1327">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5E66D9F6" w14:textId="77777777" w:rsidR="00A507DE" w:rsidRPr="009471E6" w:rsidRDefault="00A507DE" w:rsidP="00AE1327">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="293516D7" w14:textId="01CA6C34" w:rsidR="00A507DE" w:rsidRDefault="00A507DE" w:rsidP="00AE1327">
       <w:pPr>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00AE1327">
+      <w:r w:rsidRPr="00EC5187">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
-        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">Updated </w:t>
       </w:r>
-      <w:r w:rsidR="00C962A3" w:rsidRPr="00AE1327">
+      <w:r w:rsidR="00C962A3" w:rsidRPr="00EC5187">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>12/</w:t>
       </w:r>
-      <w:r w:rsidR="00011755" w:rsidRPr="00AE1327">
+      <w:r w:rsidR="00EC5187" w:rsidRPr="00EC5187">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
-        <w:t>30</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00C962A3" w:rsidRPr="00AE1327">
+        <w:t>29</w:t>
+      </w:r>
+      <w:r w:rsidR="00C962A3" w:rsidRPr="00EC5187">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
-        <w:t>/2024</w:t>
+        <w:t>/202</w:t>
+      </w:r>
+      <w:r w:rsidR="00EC5187" w:rsidRPr="00EC5187">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="335C054D" w14:textId="77777777" w:rsidR="00EC5187" w:rsidRPr="00C72572" w:rsidRDefault="00EC5187" w:rsidP="00EC5187">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1620"/>
+        </w:tabs>
+        <w:spacing w:line="254" w:lineRule="exact"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00896C1F">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Text contained in </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">&lt; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00896C1F">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">&gt; are </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>placeholders/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00896C1F">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>options.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00896C1F">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>Use or delete as appropriate.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="69C8FB5F" w14:textId="4904E891" w:rsidR="00EC5187" w:rsidRPr="00AE1327" w:rsidRDefault="00EC5187" w:rsidP="00AE1327">
+      <w:pPr>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EC5187">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">All </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>hyper</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EC5187">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>links checked.</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3219F768" w14:textId="77777777" w:rsidR="00A507DE" w:rsidRPr="00AE1327" w:rsidRDefault="00A507DE" w:rsidP="00AE1327">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00A507DE" w:rsidRPr="00AE1327" w:rsidSect="00FF2A49">
-      <w:headerReference w:type="even" r:id="rId7"/>
-[...4 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId12"/>
+      <w:headerReference w:type="even" r:id="rId8"/>
+      <w:headerReference w:type="default" r:id="rId9"/>
+      <w:footerReference w:type="even" r:id="rId10"/>
+      <w:footerReference w:type="default" r:id="rId11"/>
+      <w:headerReference w:type="first" r:id="rId12"/>
+      <w:footerReference w:type="first" r:id="rId13"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="1008" w:right="1296" w:bottom="1008" w:left="1008" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="272"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="7EDA33CA" w14:textId="77777777" w:rsidR="008F6EF2" w:rsidRDefault="008F6EF2">
+    <w:p w14:paraId="1B8EEFF9" w14:textId="77777777" w:rsidR="00876040" w:rsidRDefault="00876040">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="22187F01" w14:textId="77777777" w:rsidR="008F6EF2" w:rsidRDefault="008F6EF2">
+    <w:p w14:paraId="6620C1F9" w14:textId="77777777" w:rsidR="00876040" w:rsidRDefault="00876040">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier">
     <w:altName w:val="Courier New"/>
     <w:panose1 w:val="02070409020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="00000003" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="00000001" w:csb1="00000000"/>
   </w:font>
@@ -2245,58 +3121,58 @@
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="2115FE99" w14:textId="77777777" w:rsidR="00C962A3" w:rsidRDefault="00C962A3">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="64066055" w14:textId="77777777" w:rsidR="00C962A3" w:rsidRDefault="00C962A3">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0CEA0086" w14:textId="77777777" w:rsidR="008F6EF2" w:rsidRDefault="008F6EF2">
+    <w:p w14:paraId="3B63ED78" w14:textId="77777777" w:rsidR="00876040" w:rsidRDefault="00876040">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="3A3FEE60" w14:textId="77777777" w:rsidR="008F6EF2" w:rsidRDefault="008F6EF2">
+    <w:p w14:paraId="40F005EE" w14:textId="77777777" w:rsidR="00876040" w:rsidRDefault="00876040">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="024B803B" w14:textId="77777777" w:rsidR="00C962A3" w:rsidRDefault="00C962A3">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="08095256" w14:textId="0A63187E" w:rsidR="00652AA0" w:rsidRDefault="00652AA0" w:rsidP="00B912B9">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:sz w:val="24"/>
@@ -2841,198 +3717,207 @@
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="7290"/>
         </w:tabs>
         <w:ind w:left="7290" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="5446509">
     <w:abstractNumId w:val="1"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="509872723">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="754087775">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1968975154">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="130"/>
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:doNotUseHTMLParagraphAutoSpacing/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="003360A9"/>
     <w:rsid w:val="00011755"/>
     <w:rsid w:val="000306E2"/>
     <w:rsid w:val="000465D1"/>
     <w:rsid w:val="000C06AB"/>
     <w:rsid w:val="000F6AE9"/>
     <w:rsid w:val="001400D8"/>
     <w:rsid w:val="00143234"/>
     <w:rsid w:val="001503C6"/>
     <w:rsid w:val="001608B0"/>
     <w:rsid w:val="00165F60"/>
     <w:rsid w:val="00172DA5"/>
     <w:rsid w:val="001737C8"/>
     <w:rsid w:val="00197C1D"/>
     <w:rsid w:val="002053E0"/>
+    <w:rsid w:val="00244852"/>
     <w:rsid w:val="00287978"/>
     <w:rsid w:val="003360A9"/>
     <w:rsid w:val="003560B8"/>
     <w:rsid w:val="00390F85"/>
     <w:rsid w:val="003A4FFA"/>
     <w:rsid w:val="003A622C"/>
     <w:rsid w:val="003C6A93"/>
     <w:rsid w:val="003D4112"/>
+    <w:rsid w:val="003F699F"/>
     <w:rsid w:val="00406248"/>
     <w:rsid w:val="00433376"/>
     <w:rsid w:val="00472C14"/>
     <w:rsid w:val="004C0D8E"/>
     <w:rsid w:val="004F7ADA"/>
     <w:rsid w:val="0054788B"/>
     <w:rsid w:val="00552228"/>
     <w:rsid w:val="00557911"/>
+    <w:rsid w:val="005962C2"/>
     <w:rsid w:val="0059661C"/>
     <w:rsid w:val="005C39A7"/>
     <w:rsid w:val="005F04E2"/>
     <w:rsid w:val="00632A8F"/>
     <w:rsid w:val="006514A0"/>
     <w:rsid w:val="00652AA0"/>
     <w:rsid w:val="006565D1"/>
     <w:rsid w:val="006600E6"/>
     <w:rsid w:val="006B635A"/>
     <w:rsid w:val="006D1F18"/>
     <w:rsid w:val="00714122"/>
     <w:rsid w:val="00715E7D"/>
+    <w:rsid w:val="007223A3"/>
     <w:rsid w:val="0073170C"/>
     <w:rsid w:val="00744BF7"/>
     <w:rsid w:val="00750924"/>
     <w:rsid w:val="00783FA9"/>
     <w:rsid w:val="00794ED9"/>
     <w:rsid w:val="007B4BF8"/>
     <w:rsid w:val="007D2C5E"/>
     <w:rsid w:val="007F2961"/>
     <w:rsid w:val="007F42FC"/>
     <w:rsid w:val="00844763"/>
     <w:rsid w:val="00847A20"/>
     <w:rsid w:val="008618AF"/>
+    <w:rsid w:val="00876040"/>
     <w:rsid w:val="008914EA"/>
     <w:rsid w:val="008B0056"/>
     <w:rsid w:val="008C230B"/>
     <w:rsid w:val="008F022B"/>
     <w:rsid w:val="008F6EF2"/>
     <w:rsid w:val="00937793"/>
+    <w:rsid w:val="009471E6"/>
     <w:rsid w:val="00976BE2"/>
     <w:rsid w:val="0098309B"/>
     <w:rsid w:val="009B3BFD"/>
     <w:rsid w:val="009B6D4E"/>
     <w:rsid w:val="009C39A0"/>
     <w:rsid w:val="009F467A"/>
     <w:rsid w:val="00A1692E"/>
     <w:rsid w:val="00A16F19"/>
     <w:rsid w:val="00A27168"/>
     <w:rsid w:val="00A302FD"/>
     <w:rsid w:val="00A3422F"/>
     <w:rsid w:val="00A35DAE"/>
     <w:rsid w:val="00A507DE"/>
     <w:rsid w:val="00A61993"/>
     <w:rsid w:val="00A66115"/>
     <w:rsid w:val="00A87E26"/>
     <w:rsid w:val="00AA455C"/>
     <w:rsid w:val="00AB4172"/>
     <w:rsid w:val="00AC05DA"/>
     <w:rsid w:val="00AD7FF4"/>
     <w:rsid w:val="00AE1327"/>
     <w:rsid w:val="00AE197C"/>
     <w:rsid w:val="00AF5ED1"/>
+    <w:rsid w:val="00B519CC"/>
     <w:rsid w:val="00B53AA3"/>
     <w:rsid w:val="00B912B9"/>
     <w:rsid w:val="00BA27AB"/>
     <w:rsid w:val="00BA2F3A"/>
     <w:rsid w:val="00BD630B"/>
     <w:rsid w:val="00BD75FA"/>
     <w:rsid w:val="00C8739F"/>
     <w:rsid w:val="00C962A3"/>
     <w:rsid w:val="00CA10B1"/>
     <w:rsid w:val="00CB1320"/>
     <w:rsid w:val="00CC4034"/>
     <w:rsid w:val="00CC4C14"/>
     <w:rsid w:val="00CE131A"/>
     <w:rsid w:val="00CF2796"/>
     <w:rsid w:val="00CF6044"/>
     <w:rsid w:val="00D20A30"/>
     <w:rsid w:val="00D20DA5"/>
     <w:rsid w:val="00D36F07"/>
     <w:rsid w:val="00D52B7C"/>
     <w:rsid w:val="00D6272F"/>
     <w:rsid w:val="00DA0902"/>
     <w:rsid w:val="00E04BA1"/>
     <w:rsid w:val="00E1546B"/>
     <w:rsid w:val="00E41707"/>
     <w:rsid w:val="00E44818"/>
     <w:rsid w:val="00E5296D"/>
     <w:rsid w:val="00E53A00"/>
     <w:rsid w:val="00E64B3F"/>
     <w:rsid w:val="00E8720B"/>
     <w:rsid w:val="00EA4D63"/>
+    <w:rsid w:val="00EC5187"/>
     <w:rsid w:val="00EF317E"/>
     <w:rsid w:val="00F06230"/>
     <w:rsid w:val="00F13B93"/>
     <w:rsid w:val="00F70BFB"/>
+    <w:rsid w:val="00F74186"/>
     <w:rsid w:val="00FC2416"/>
     <w:rsid w:val="00FE3BFA"/>
     <w:rsid w:val="00FF24BA"/>
     <w:rsid w:val="00FF2A49"/>
     <w:rsid w:val="00FF6310"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
@@ -3579,51 +4464,51 @@
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1391229493">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -3877,80 +4762,96 @@
                 <a:lumMod val="103000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
+<file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
+</file>
+
+<file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APASixthEditionOfficeOnline.xsl" StyleName="APA" Version="6"/>
+</file>
+
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{9974A889-10DC-47A4-B8D9-AA22D1D6E1C7}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
+</file>
+
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>689</Words>
-  <Characters>4143</Characters>
+  <Words>931</Words>
+  <Characters>5489</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>70</Lines>
-  <Paragraphs>59</Paragraphs>
+  <Lines>137</Lines>
+  <Paragraphs>70</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>Form 000021wp</vt:lpstr>
+      <vt:lpstr>Template for Bridge Hit -Form 000021wp</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>IA Dept of Transportation</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>4773</CharactersWithSpaces>
+  <CharactersWithSpaces>6350</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="12" baseType="variant">
       <vt:variant>
         <vt:i4>5439580</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>../Distribution List Templates/Master List for Distribution of Concepts.xlsx</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>2293864</vt:i4>
       </vt:variant>
       <vt:variant>