--- v0 (2025-10-04)
+++ v1 (2026-01-02)
@@ -8,51 +8,51 @@
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="669DC5A2" w14:textId="77777777" w:rsidR="00A125C8" w:rsidRDefault="00A125C8">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="6840"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>Form 000021wd</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4DB3D368" w14:textId="77777777" w:rsidR="00A125C8" w:rsidRDefault="00A125C8">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="6840"/>
         </w:tabs>
         <w:rPr>
@@ -514,60 +514,52 @@
       </w:r>
     </w:p>
     <w:p w14:paraId="56C915BE" w14:textId="56849B36" w:rsidR="00B60BE8" w:rsidRPr="0034185E" w:rsidRDefault="00B60BE8" w:rsidP="00B60BE8">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="1170"/>
           <w:tab w:val="left" w:pos="6840"/>
           <w:tab w:val="left" w:pos="7200"/>
         </w:tabs>
       </w:pPr>
       <w:r w:rsidRPr="00B60BE8">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00B60BE8">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00B60BE8">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="0034185E">
         <w:rPr>
           <w:highlight w:val="yellow"/>
         </w:rPr>
-        <w:t xml:space="preserve">(Add (L) or (R) after </w:t>
-[...8 lines deleted...]
-      <w:proofErr w:type="gramEnd"/>
+        <w:t>(Add (L) or (R) after each</w:t>
+      </w:r>
       <w:r w:rsidRPr="0034185E">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7B54058B" w14:textId="77777777" w:rsidR="00B60BE8" w:rsidRDefault="00B60BE8" w:rsidP="00B60BE8">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="1170"/>
           <w:tab w:val="left" w:pos="6840"/>
           <w:tab w:val="left" w:pos="7200"/>
         </w:tabs>
       </w:pPr>
       <w:r w:rsidRPr="0034185E">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="0034185E">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="0034185E">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="0034185E">
         <w:rPr>
@@ -709,849 +701,1075 @@
         <w:t>0000.0</w:t>
       </w:r>
       <w:r w:rsidR="000A5E3E">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>X</w:t>
       </w:r>
       <w:r w:rsidR="00A53EF4">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>000&gt;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="246F4438" w14:textId="77777777" w:rsidR="00A125C8" w:rsidRDefault="00A125C8">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1170"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5B98D1BD" w14:textId="1DCE233B" w:rsidR="006D3303" w:rsidRPr="000F34AA" w:rsidRDefault="006D3303" w:rsidP="006D3303">
-[...5 lines deleted...]
-      <w:r>
+    <w:p w14:paraId="5B98D1BD" w14:textId="1DCE233B" w:rsidR="006D3303" w:rsidRPr="00205968" w:rsidRDefault="006D3303" w:rsidP="00205968">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00205968">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>The bridge</w:t>
       </w:r>
-      <w:r w:rsidR="000629E5">
+      <w:r w:rsidR="000629E5" w:rsidRPr="00205968">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>&lt;s&gt;</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00205968">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve"> on </w:t>
       </w:r>
-      <w:r w:rsidR="00A53EF4">
+      <w:r w:rsidR="00A53EF4" w:rsidRPr="00205968">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>&lt;Route&gt;</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00205968">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve"> over </w:t>
       </w:r>
-      <w:r w:rsidR="00A53EF4">
+      <w:r w:rsidR="00A53EF4" w:rsidRPr="00205968">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>&lt;</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidR="00A53EF4">
+      <w:r w:rsidR="00A53EF4" w:rsidRPr="00205968">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>Route,River</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidR="00A53EF4">
+      <w:r w:rsidR="00A53EF4" w:rsidRPr="00205968">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>,RR,etc</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00A53EF4">
+      <w:r w:rsidR="00A53EF4" w:rsidRPr="00205968">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>&gt;</w:t>
       </w:r>
       <w:bookmarkStart w:id="1" w:name="_Hlk125040012"/>
-      <w:r w:rsidR="00A409BA">
-[...3 lines deleted...]
-        <w:t xml:space="preserve">&lt;location description&gt;, </w:t>
+      <w:r w:rsidR="00A409BA" w:rsidRPr="00205968">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, &lt;location description&gt;, </w:t>
       </w:r>
       <w:bookmarkEnd w:id="1"/>
-      <w:r w:rsidR="00A53EF4" w:rsidRPr="000F34AA">
+      <w:r w:rsidR="00A53EF4" w:rsidRPr="00205968">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000F34AA">
+      <w:r w:rsidRPr="00205968">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>has</w:t>
       </w:r>
-      <w:r w:rsidR="000629E5" w:rsidRPr="000F34AA">
+      <w:r w:rsidR="000629E5" w:rsidRPr="00205968">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>&lt;have&gt;</w:t>
       </w:r>
-      <w:r w:rsidRPr="000F34AA">
+      <w:r w:rsidRPr="00205968">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve"> been scheduled for </w:t>
       </w:r>
-      <w:r w:rsidR="00A53EF4" w:rsidRPr="000F34AA">
+      <w:r w:rsidR="00A53EF4" w:rsidRPr="00205968">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>&lt;Work Type&gt;</w:t>
       </w:r>
-      <w:r w:rsidRPr="000F34AA">
+      <w:r w:rsidRPr="00205968">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve"> to be let on </w:t>
       </w:r>
-      <w:r w:rsidR="00A53EF4" w:rsidRPr="000F34AA">
+      <w:r w:rsidR="00A53EF4" w:rsidRPr="00205968">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>&lt;letting date&gt;</w:t>
       </w:r>
-      <w:r w:rsidR="00133816" w:rsidRPr="000F34AA">
+      <w:r w:rsidR="00133816" w:rsidRPr="00205968">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidRPr="000F34AA">
+      <w:r w:rsidRPr="00205968">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>The current cost estimate is &lt;</w:t>
       </w:r>
-      <w:r w:rsidR="00241786" w:rsidRPr="000F34AA">
+      <w:r w:rsidR="00241786" w:rsidRPr="00205968">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>Project Total from Cost Estimate</w:t>
       </w:r>
-      <w:r w:rsidRPr="000F34AA">
+      <w:r w:rsidRPr="00205968">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>&gt;</w:t>
       </w:r>
-      <w:r w:rsidR="00E454ED" w:rsidRPr="000F34AA">
+      <w:r w:rsidR="00E454ED" w:rsidRPr="00205968">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve"> including inflation and a </w:t>
       </w:r>
-      <w:r w:rsidR="00D454D1" w:rsidRPr="000F34AA">
+      <w:r w:rsidR="00D454D1" w:rsidRPr="00205968">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>20</w:t>
       </w:r>
-      <w:r w:rsidR="00E454ED" w:rsidRPr="000F34AA">
+      <w:r w:rsidR="00E454ED" w:rsidRPr="00205968">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve"> percent contingency presuming a FY &lt;</w:t>
       </w:r>
-      <w:r w:rsidR="00AA1F48" w:rsidRPr="000F34AA">
+      <w:r w:rsidR="00AA1F48" w:rsidRPr="00205968">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>YYYY</w:t>
       </w:r>
-      <w:r w:rsidR="00E454ED" w:rsidRPr="000F34AA">
+      <w:r w:rsidR="00E454ED" w:rsidRPr="00205968">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>&gt; letting.</w:t>
       </w:r>
-      <w:r w:rsidRPr="000F34AA">
+      <w:r w:rsidRPr="00205968">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="009E2BEB" w:rsidRPr="000F34AA">
+      <w:r w:rsidR="009E2BEB" w:rsidRPr="00205968">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>The MB p</w:t>
       </w:r>
-      <w:r w:rsidR="004F3C75" w:rsidRPr="000F34AA">
+      <w:r w:rsidR="004F3C75" w:rsidRPr="00205968">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>rogram budgeted amount is &lt;</w:t>
       </w:r>
-      <w:r w:rsidR="00420EE7" w:rsidRPr="000F34AA">
+      <w:r w:rsidR="00420EE7" w:rsidRPr="00205968">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>p</w:t>
       </w:r>
-      <w:r w:rsidR="00A1290E" w:rsidRPr="000F34AA">
+      <w:r w:rsidR="00A1290E" w:rsidRPr="00205968">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve">rogrammed </w:t>
       </w:r>
-      <w:r w:rsidR="00420EE7" w:rsidRPr="000F34AA">
+      <w:r w:rsidR="00420EE7" w:rsidRPr="00205968">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>cost</w:t>
       </w:r>
-      <w:r w:rsidR="009E2BEB" w:rsidRPr="000F34AA">
+      <w:r w:rsidR="009E2BEB" w:rsidRPr="00205968">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve">&gt;. </w:t>
       </w:r>
       <w:bookmarkStart w:id="2" w:name="_Hlk95984546"/>
-      <w:r w:rsidR="00284C2B" w:rsidRPr="000F34AA">
+      <w:r w:rsidR="00284C2B" w:rsidRPr="00205968">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve">The bridge field exam on &lt;Date&gt; was attended by &lt;Personnel&gt; of &lt;Bureau, District or </w:t>
       </w:r>
-      <w:r w:rsidR="00D456A2" w:rsidRPr="000F34AA">
+      <w:r w:rsidR="00D456A2" w:rsidRPr="00205968">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>C</w:t>
       </w:r>
-      <w:r w:rsidR="00284C2B" w:rsidRPr="000F34AA">
+      <w:r w:rsidR="00284C2B" w:rsidRPr="00205968">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>onsultant&gt;.</w:t>
       </w:r>
-      <w:r w:rsidRPr="000F34AA">
+      <w:r w:rsidRPr="00205968">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
     </w:p>
-    <w:p w14:paraId="10B31EBF" w14:textId="0A7883DA" w:rsidR="00410354" w:rsidRPr="000F34AA" w:rsidRDefault="00410354" w:rsidP="006D3303">
-[...12 lines deleted...]
-      <w:r w:rsidRPr="000F34AA">
+    <w:p w14:paraId="10B31EBF" w14:textId="0A7883DA" w:rsidR="00410354" w:rsidRPr="00205968" w:rsidRDefault="00410354" w:rsidP="00205968">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="007A7348" w14:textId="44A3B4A4" w:rsidR="00420EE7" w:rsidRPr="00205968" w:rsidRDefault="00586089" w:rsidP="00205968">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00205968">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidR="00420EE7" w:rsidRPr="000F34AA">
+      <w:r w:rsidR="00420EE7" w:rsidRPr="00205968">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>Note: The location description should match the SIIMS description.</w:t>
       </w:r>
-      <w:r w:rsidRPr="000F34AA">
+      <w:r w:rsidRPr="00205968">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00420EE7" w:rsidRPr="000F34AA">
+      <w:r w:rsidR="00420EE7" w:rsidRPr="00205968">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>Both the cost estimate amount and programmed cost (if available) should be included.</w:t>
       </w:r>
-      <w:r w:rsidRPr="000F34AA">
+      <w:r w:rsidRPr="00205968">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidR="00420EE7" w:rsidRPr="000F34AA">
+      <w:r w:rsidR="00420EE7" w:rsidRPr="00205968">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D513C14" w14:textId="77777777" w:rsidR="00420EE7" w:rsidRPr="000F34AA" w:rsidRDefault="00420EE7" w:rsidP="006D3303">
-[...15 lines deleted...]
-          <w:sz w:val="24"/>
+    <w:p w14:paraId="0D513C14" w14:textId="77777777" w:rsidR="00420EE7" w:rsidRPr="00205968" w:rsidRDefault="00420EE7" w:rsidP="00205968">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="42AF4C1F" w14:textId="77777777" w:rsidR="00410354" w:rsidRPr="00205968" w:rsidRDefault="00410354" w:rsidP="00205968">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00205968">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>The bridge location map and asset information can be viewed in SIIMS using the following link:</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5A0806B8" w14:textId="77777777" w:rsidR="00410354" w:rsidRPr="000F34AA" w:rsidRDefault="00410354" w:rsidP="00410354">
       <w:pPr>
         <w:spacing w:line="254" w:lineRule="exact"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="202F6AD9" w14:textId="77777777" w:rsidR="005E3884" w:rsidRDefault="005E3884" w:rsidP="005E3884">
-[...4 lines deleted...]
-          <w:sz w:val="24"/>
+    <w:p w14:paraId="202F6AD9" w14:textId="77777777" w:rsidR="005E3884" w:rsidRPr="00205968" w:rsidRDefault="005E3884" w:rsidP="00205968">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Hlk185936947"/>
-      <w:r w:rsidRPr="005E3884">
-[...1 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidRPr="00205968">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>(Use for projects with a single bridge)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="00F6A94C" w14:textId="205962C9" w:rsidR="00410354" w:rsidRDefault="00410354" w:rsidP="00410354">
-[...9 lines deleted...]
-          <w:sz w:val="24"/>
+    <w:p w14:paraId="00F6A94C" w14:textId="205962C9" w:rsidR="00410354" w:rsidRPr="00205968" w:rsidRDefault="00410354" w:rsidP="00205968">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00205968">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>&lt;Link to structure map page in SIIMS&gt;</w:t>
       </w:r>
-      <w:r w:rsidR="005E3884">
-[...1 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidR="005E3884" w:rsidRPr="00205968">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25E7DB94" w14:textId="77777777" w:rsidR="005E3884" w:rsidRDefault="005E3884" w:rsidP="00410354">
-[...19 lines deleted...]
-          <w:sz w:val="24"/>
+    <w:p w14:paraId="25E7DB94" w14:textId="77777777" w:rsidR="005E3884" w:rsidRPr="00205968" w:rsidRDefault="005E3884" w:rsidP="00205968">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="11DE65FF" w14:textId="4D7E1EF0" w:rsidR="005E3884" w:rsidRPr="00205968" w:rsidRDefault="005E3884" w:rsidP="00205968">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00205968">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>(Use for projects with dual bridges)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="09222F0B" w14:textId="52DFEB9F" w:rsidR="005E3884" w:rsidRPr="005E3884" w:rsidRDefault="005E3884" w:rsidP="005E3884">
-[...10 lines deleted...]
-          <w:sz w:val="24"/>
+    <w:p w14:paraId="09222F0B" w14:textId="52DFEB9F" w:rsidR="005E3884" w:rsidRPr="00205968" w:rsidRDefault="005E3884" w:rsidP="00205968">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00205968">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>&lt;Link to structure map page in SIIMS&gt; Left Bridge</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="73FBBB9E" w14:textId="582E9F8B" w:rsidR="005E3884" w:rsidRDefault="005E3884" w:rsidP="005E3884">
-[...9 lines deleted...]
-          <w:sz w:val="24"/>
+    <w:p w14:paraId="73FBBB9E" w14:textId="582E9F8B" w:rsidR="005E3884" w:rsidRPr="00205968" w:rsidRDefault="005E3884" w:rsidP="00205968">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00205968">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>&lt;Link to structure map page in SIIMS&gt; Right Bridge</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
-    <w:p w14:paraId="7ADADBF4" w14:textId="77777777" w:rsidR="00410354" w:rsidRPr="000F34AA" w:rsidRDefault="00410354">
+    <w:p w14:paraId="7ADADBF4" w14:textId="77777777" w:rsidR="00410354" w:rsidRPr="00205968" w:rsidRDefault="00410354" w:rsidP="00205968">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="39351C0F" w14:textId="77777777" w:rsidR="00A125C8" w:rsidRPr="00205968" w:rsidRDefault="00A125C8" w:rsidP="00205968">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00205968">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>EXISTING CONDITIONS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="458249C9" w14:textId="77777777" w:rsidR="00A125C8" w:rsidRPr="00205968" w:rsidRDefault="00A125C8" w:rsidP="00205968">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="54E8F18A" w14:textId="2E20386F" w:rsidR="00C553F7" w:rsidRPr="00205968" w:rsidRDefault="00C553F7" w:rsidP="00205968">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="_Hlk185936968"/>
+      <w:r w:rsidRPr="00205968">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>Year of</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00205968">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00986F40" w:rsidRPr="00205968">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00205968">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>Design</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="276B0531" w14:textId="48242806" w:rsidR="00C553F7" w:rsidRPr="00205968" w:rsidRDefault="00C553F7" w:rsidP="00205968">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00205968">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Construction</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00205968">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00986F40" w:rsidRPr="00205968">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00205968">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Number</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00205968">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00205968">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Work</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38F90A11" w14:textId="2521D464" w:rsidR="00C553F7" w:rsidRPr="00205968" w:rsidRDefault="001B3D4A" w:rsidP="00205968">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00205968">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>xxxx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00205968">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00C553F7" w:rsidRPr="00205968">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00986F40" w:rsidRPr="00205968">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00205968">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>xxx</w:t>
+      </w:r>
+      <w:r w:rsidR="00C553F7" w:rsidRPr="00205968">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00C553F7" w:rsidRPr="00205968">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Original Construction</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2C06D394" w14:textId="1DDDC08B" w:rsidR="00C553F7" w:rsidRPr="00205968" w:rsidRDefault="001B3D4A" w:rsidP="00205968">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00205968">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>xxxx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00C553F7" w:rsidRPr="00205968">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00C553F7" w:rsidRPr="00205968">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00986F40" w:rsidRPr="00205968">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00205968">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>xxx</w:t>
+      </w:r>
+      <w:r w:rsidR="00C553F7" w:rsidRPr="00205968">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00C553F7" w:rsidRPr="00205968">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00205968">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>xxxx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="35B988B3" w14:textId="5F306185" w:rsidR="00C553F7" w:rsidRPr="00205968" w:rsidRDefault="001B3D4A" w:rsidP="00205968">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00205968">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>xxxx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00C553F7" w:rsidRPr="00205968">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00C553F7" w:rsidRPr="00205968">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00986F40" w:rsidRPr="00205968">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00205968">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>xxx</w:t>
+      </w:r>
+      <w:r w:rsidR="00C553F7" w:rsidRPr="00205968">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00C553F7" w:rsidRPr="00205968">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00205968">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>xxxx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="07BC43FA" w14:textId="072B7DE2" w:rsidR="009C01DB" w:rsidRPr="00205968" w:rsidRDefault="009C01DB" w:rsidP="00205968">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00205968">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>(List work in chronological order in table above</w:t>
+      </w:r>
+      <w:r w:rsidR="00B60BE8" w:rsidRPr="00205968">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00205968">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="4"/>
+    <w:p w14:paraId="6407378C" w14:textId="77777777" w:rsidR="00C553F7" w:rsidRPr="00205968" w:rsidRDefault="00C553F7" w:rsidP="00205968">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="325571CC" w14:textId="43A958C0" w:rsidR="0013557F" w:rsidRPr="00205968" w:rsidRDefault="0013557F" w:rsidP="00205968">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="5" w:name="_Hlk185936976"/>
+      <w:bookmarkStart w:id="6" w:name="_Hlk95984779"/>
+      <w:r w:rsidRPr="00205968">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>The bridge</w:t>
+      </w:r>
+      <w:r w:rsidR="000629E5" w:rsidRPr="00205968">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>&lt;</w:t>
+      </w:r>
+      <w:r w:rsidR="00243EC3" w:rsidRPr="00205968">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="000629E5" w:rsidRPr="00205968">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>&gt;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00205968">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001B3D4A" w:rsidRPr="00205968">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>i</w:t>
+      </w:r>
+      <w:r w:rsidR="000629E5" w:rsidRPr="00205968">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>s&lt;</w:t>
+      </w:r>
+      <w:r w:rsidR="001B3D4A" w:rsidRPr="00205968">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>a</w:t>
+      </w:r>
+      <w:r w:rsidR="00243EC3" w:rsidRPr="00205968">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>re</w:t>
+      </w:r>
+      <w:r w:rsidR="000629E5" w:rsidRPr="00205968">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>&gt;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00205968">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="001B3D4A" w:rsidRPr="00205968">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>on the NHS system.</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="5"/>
+    <w:p w14:paraId="12FB676B" w14:textId="77777777" w:rsidR="0013557F" w:rsidRPr="00205968" w:rsidRDefault="0013557F" w:rsidP="00205968">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="51BB3236" w14:textId="38CDC510" w:rsidR="0013557F" w:rsidRPr="00205968" w:rsidRDefault="0013557F" w:rsidP="00205968">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00205968">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>&lt;Description of bridge condition found from inspection and recent SIIMS reports.</w:t>
+      </w:r>
+      <w:r w:rsidR="00133816" w:rsidRPr="00205968">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00205968">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Mention only conditions needing attention&gt;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15822041" w14:textId="77777777" w:rsidR="0013557F" w:rsidRPr="000F34AA" w:rsidRDefault="0013557F" w:rsidP="0013557F">
       <w:pPr>
         <w:spacing w:line="254" w:lineRule="exact"/>
         <w:ind w:left="1166"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
-[...5 lines deleted...]
-        <w:pStyle w:val="Heading1"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3C1C20E6" w14:textId="48B71057" w:rsidR="0013557F" w:rsidRPr="000F34AA" w:rsidRDefault="0013557F" w:rsidP="0013557F">
+      <w:pPr>
         <w:spacing w:line="254" w:lineRule="exact"/>
-        <w:jc w:val="both"/>
-[...2 lines deleted...]
-          <w:u w:val="single"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F34AA">
         <w:rPr>
           <w:sz w:val="24"/>
-          <w:u w:val="single"/>
-[...484 lines deleted...]
-        <w:lastRenderedPageBreak/>
+        </w:rPr>
         <w:t>&lt;Include rail height and type,</w:t>
       </w:r>
       <w:r w:rsidR="00A1290E" w:rsidRPr="000F34AA">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> paving notch width,</w:t>
       </w:r>
       <w:r w:rsidRPr="000F34AA">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> approach type and condition, and guardrail type</w:t>
       </w:r>
       <w:r w:rsidR="009308A2">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
       <w:r w:rsidR="009308A2" w:rsidRPr="008337E9">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
@@ -1805,64 +2023,62 @@
         </w:rPr>
         <w:t>(Use for dual bridge</w:t>
       </w:r>
       <w:r w:rsidR="005C269E" w:rsidRPr="000F34AA">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> divided highway </w:t>
       </w:r>
       <w:r w:rsidR="00C40ACF" w:rsidRPr="000F34AA">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">configuration) </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="2B71F118" w14:textId="77777777" w:rsidR="00986F40" w:rsidRPr="000F34AA" w:rsidRDefault="00986F40" w:rsidP="00A1290E">
       <w:pPr>
         <w:spacing w:line="254" w:lineRule="exact"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:bookmarkEnd w:id="6"/>
-    <w:p w14:paraId="51EEA3D5" w14:textId="77777777" w:rsidR="00A125C8" w:rsidRPr="000F34AA" w:rsidRDefault="00A125C8" w:rsidP="008B7BB0">
-[...12 lines deleted...]
-          <w:u w:val="single"/>
+    <w:p w14:paraId="51EEA3D5" w14:textId="77777777" w:rsidR="00A125C8" w:rsidRPr="00205968" w:rsidRDefault="00A125C8" w:rsidP="00205968">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00205968">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
         </w:rPr>
         <w:t>RECOMMENDATIONS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4B100655" w14:textId="77777777" w:rsidR="00A125C8" w:rsidRPr="000F34AA" w:rsidRDefault="00A125C8">
       <w:pPr>
         <w:spacing w:line="254" w:lineRule="exact"/>
         <w:ind w:left="1170"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="40CFD08F" w14:textId="77777777" w:rsidR="0013557F" w:rsidRPr="000F34AA" w:rsidRDefault="0013557F" w:rsidP="0013557F">
       <w:pPr>
         <w:spacing w:line="254" w:lineRule="exact"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F34AA">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>It is recommended that the following repairs be made:</w:t>
@@ -1961,472 +2177,768 @@
         </w:rPr>
         <w:t xml:space="preserve">installed </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve">within </w:t>
       </w:r>
       <w:r w:rsidRPr="000F34AA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>the full extents of the traffic control&gt;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="7"/>
     <w:p w14:paraId="7C9FE874" w14:textId="77777777" w:rsidR="0013557F" w:rsidRPr="000F34AA" w:rsidRDefault="0013557F" w:rsidP="0013557F">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent2"/>
         <w:spacing w:line="254" w:lineRule="exact"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1DA5A6E6" w14:textId="0AE3CAD9" w:rsidR="0013557F" w:rsidRPr="000F34AA" w:rsidRDefault="00CD5E12" w:rsidP="0013557F">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="000F34AA">
+    <w:p w14:paraId="1DA5A6E6" w14:textId="0AE3CAD9" w:rsidR="0013557F" w:rsidRPr="00205968" w:rsidRDefault="00CD5E12" w:rsidP="00205968">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00205968">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>This project &lt;is/is not&gt; considered a Traffic Critical Project.</w:t>
       </w:r>
-      <w:r w:rsidR="00133816" w:rsidRPr="000F34AA">
+      <w:r w:rsidR="00133816" w:rsidRPr="00205968">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0013557F" w:rsidRPr="000F34AA">
+      <w:r w:rsidR="0013557F" w:rsidRPr="00205968">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve">Traffic control will involve &lt;TBR, shoulder strengthening, traffic signals, </w:t>
       </w:r>
-      <w:r w:rsidR="00A1290E" w:rsidRPr="000F34AA">
+      <w:r w:rsidR="00A1290E" w:rsidRPr="00205968">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve">standard road plans for traffic control, </w:t>
       </w:r>
-      <w:r w:rsidR="0013557F" w:rsidRPr="000F34AA">
+      <w:r w:rsidR="0013557F" w:rsidRPr="00205968">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>etc.&gt;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="770089A9" w14:textId="77777777" w:rsidR="0013557F" w:rsidRPr="000F34AA" w:rsidRDefault="0013557F" w:rsidP="0013557F">
-[...13 lines deleted...]
-      <w:r w:rsidRPr="000F34AA">
+    <w:p w14:paraId="770089A9" w14:textId="77777777" w:rsidR="0013557F" w:rsidRPr="00205968" w:rsidRDefault="0013557F" w:rsidP="00205968">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6AAE1CDE" w14:textId="2842E1DA" w:rsidR="0013557F" w:rsidRPr="00205968" w:rsidRDefault="0013557F" w:rsidP="00205968">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00205968">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve">&lt;Note: All traffic control will be arranged and determined by the </w:t>
       </w:r>
-      <w:r w:rsidR="00CC3137" w:rsidRPr="000F34AA">
+      <w:r w:rsidR="00CC3137" w:rsidRPr="00205968">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>Design Bureau</w:t>
       </w:r>
-      <w:r w:rsidRPr="000F34AA">
+      <w:r w:rsidRPr="00205968">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>.&gt;</w:t>
       </w:r>
-      <w:r w:rsidR="000835B2" w:rsidRPr="000F34AA">
+      <w:r w:rsidR="000835B2" w:rsidRPr="00205968">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (for </w:t>
       </w:r>
-      <w:r w:rsidR="00592834" w:rsidRPr="000F34AA">
+      <w:r w:rsidR="00592834" w:rsidRPr="00205968">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve">BSB prepared </w:t>
       </w:r>
-      <w:r w:rsidR="000835B2" w:rsidRPr="000F34AA">
+      <w:r w:rsidR="000835B2" w:rsidRPr="00205968">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>concepts)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A7E37B5" w14:textId="0A116CD6" w:rsidR="00500799" w:rsidRPr="000F34AA" w:rsidRDefault="00500799" w:rsidP="0013557F">
-[...12 lines deleted...]
-        <w:jc w:val="left"/>
+    <w:p w14:paraId="7A7E37B5" w14:textId="0A116CD6" w:rsidR="00500799" w:rsidRPr="00205968" w:rsidRDefault="00500799" w:rsidP="00205968">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="598911C7" w14:textId="379D2763" w:rsidR="00E454ED" w:rsidRPr="00205968" w:rsidRDefault="00E454ED" w:rsidP="00205968">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="8" w:name="_Hlk95984951"/>
-      <w:r w:rsidRPr="000F34AA">
+      <w:r w:rsidRPr="00205968">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>(Select one of the two following statements for bridges located over waterways)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22FCCD52" w14:textId="77777777" w:rsidR="00E454ED" w:rsidRPr="000F34AA" w:rsidRDefault="00E454ED" w:rsidP="0013557F">
-[...14 lines deleted...]
-      <w:r w:rsidRPr="000F34AA">
+    <w:p w14:paraId="22FCCD52" w14:textId="77777777" w:rsidR="00E454ED" w:rsidRPr="00205968" w:rsidRDefault="00E454ED" w:rsidP="00205968">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="50892C8B" w14:textId="284FC7DA" w:rsidR="00500799" w:rsidRPr="00205968" w:rsidRDefault="00500799" w:rsidP="00205968">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00205968">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>&lt;This project crosses an Iowa DNR paddling route and a paddling restriction &lt;is/is not&gt; required based on the scope of work.</w:t>
       </w:r>
-      <w:r w:rsidR="00133816" w:rsidRPr="000F34AA">
+      <w:r w:rsidR="00133816" w:rsidRPr="00205968">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000F34AA">
+      <w:r w:rsidRPr="00205968">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve">&lt;The </w:t>
       </w:r>
-      <w:r w:rsidR="00647FEA" w:rsidRPr="000F34AA">
+      <w:r w:rsidR="00647FEA" w:rsidRPr="00205968">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>Bridges and Structures Bureau Preliminary Design Unit</w:t>
       </w:r>
-      <w:r w:rsidRPr="000F34AA">
+      <w:r w:rsidRPr="00205968">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve"> will be coordinating with the Iowa DNR to determine signage requirements and conditions to be included in the final plans. &gt;</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="000F34AA">
+      <w:r w:rsidRPr="00205968">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>&gt;</w:t>
       </w:r>
-      <w:r w:rsidR="000629E5" w:rsidRPr="000F34AA">
+      <w:r w:rsidR="000629E5" w:rsidRPr="00205968">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve">  (</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidR="000629E5" w:rsidRPr="000F34AA">
+      <w:r w:rsidR="000629E5" w:rsidRPr="00205968">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve">Verify paddling routes on this map: </w:t>
       </w:r>
       <w:hyperlink r:id="rId8" w:history="1">
-        <w:r w:rsidR="000629E5" w:rsidRPr="000F34AA">
+        <w:r w:rsidR="000629E5" w:rsidRPr="00205968">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>https://www.iowadnr.gov/Things-to-Do/Canoeing-Kayaking/Where-to-Paddle</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="000629E5" w:rsidRPr="000F34AA">
+      <w:r w:rsidR="000629E5" w:rsidRPr="00205968">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="34964FE2" w14:textId="24736A60" w:rsidR="0013557F" w:rsidRPr="000F34AA" w:rsidRDefault="0013557F" w:rsidP="00500799">
-[...14 lines deleted...]
-      <w:r w:rsidRPr="000F34AA">
+    <w:p w14:paraId="34964FE2" w14:textId="24736A60" w:rsidR="0013557F" w:rsidRPr="00205968" w:rsidRDefault="0013557F" w:rsidP="00205968">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7AC4A95B" w14:textId="29B275FA" w:rsidR="00500799" w:rsidRPr="00205968" w:rsidRDefault="00500799" w:rsidP="00205968">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00205968">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>&lt;This project does not cross an Iowa DNR paddling route. No action required.&gt;</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="8"/>
-    <w:p w14:paraId="144082CC" w14:textId="77777777" w:rsidR="00500799" w:rsidRPr="000F34AA" w:rsidRDefault="00500799" w:rsidP="00C40ACF">
-[...14 lines deleted...]
-      <w:r w:rsidRPr="000F34AA">
+    <w:p w14:paraId="144082CC" w14:textId="77777777" w:rsidR="00500799" w:rsidRPr="00205968" w:rsidRDefault="00500799" w:rsidP="00205968">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="058365C6" w14:textId="577D348B" w:rsidR="0013557F" w:rsidRPr="00205968" w:rsidRDefault="000835B2" w:rsidP="00205968">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00205968">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>&lt;</w:t>
       </w:r>
-      <w:r w:rsidR="0013557F" w:rsidRPr="000F34AA">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="000F34AA">
+      <w:r w:rsidR="0013557F" w:rsidRPr="00205968">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="0013557F" w:rsidRPr="00205968">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>District</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="0013557F" w:rsidRPr="00205968">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> should provide a site survey of the utilities.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00205968">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>&gt;</w:t>
       </w:r>
-      <w:r w:rsidR="00F12A1C" w:rsidRPr="000F34AA">
+      <w:r w:rsidR="00F12A1C" w:rsidRPr="00205968">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
-      <w:r w:rsidR="00CC25A4" w:rsidRPr="000F34AA">
+      <w:r w:rsidR="00CC25A4" w:rsidRPr="00205968">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve">for </w:t>
       </w:r>
-      <w:r w:rsidR="00592834" w:rsidRPr="000F34AA">
+      <w:r w:rsidR="00592834" w:rsidRPr="00205968">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve">BSB prepared </w:t>
       </w:r>
-      <w:r w:rsidR="00CC25A4" w:rsidRPr="000F34AA">
+      <w:r w:rsidR="00CC25A4" w:rsidRPr="00205968">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>concepts)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="461A41B8" w14:textId="785808B5" w:rsidR="00CC25A4" w:rsidRPr="000F34AA" w:rsidRDefault="00CC25A4" w:rsidP="0013557F">
-[...13 lines deleted...]
-      <w:r w:rsidRPr="000F34AA">
+    <w:p w14:paraId="461A41B8" w14:textId="785808B5" w:rsidR="00CC25A4" w:rsidRPr="00205968" w:rsidRDefault="00CC25A4" w:rsidP="00205968">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1CE41A26" w14:textId="23A99958" w:rsidR="007B2A1C" w:rsidRPr="00205968" w:rsidRDefault="000835B2" w:rsidP="00205968">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00205968">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>&lt;</w:t>
       </w:r>
-      <w:r w:rsidR="00CC25A4" w:rsidRPr="000F34AA">
+      <w:r w:rsidR="00CC25A4" w:rsidRPr="00205968">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve">The following utilities have been identified by One Call (811) </w:t>
       </w:r>
-      <w:r w:rsidR="00647FEA" w:rsidRPr="000F34AA">
+      <w:r w:rsidR="00647FEA" w:rsidRPr="00205968">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>Design Information Request</w:t>
       </w:r>
-      <w:r w:rsidR="00CC25A4" w:rsidRPr="000F34AA">
+      <w:r w:rsidR="00CC25A4" w:rsidRPr="00205968">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidR="00016768" w:rsidRPr="000F34AA">
+      <w:r w:rsidR="00016768" w:rsidRPr="00205968">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve"> (list utilities</w:t>
       </w:r>
-      <w:r w:rsidR="00647FEA" w:rsidRPr="000F34AA">
+      <w:r w:rsidR="00647FEA" w:rsidRPr="00205968">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>, contact names, contact phone numbers, contact email addresses</w:t>
       </w:r>
-      <w:r w:rsidR="00016768" w:rsidRPr="000F34AA">
+      <w:r w:rsidR="00016768" w:rsidRPr="00205968">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidRPr="000F34AA">
+      <w:r w:rsidRPr="00205968">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>&gt; (</w:t>
       </w:r>
-      <w:r w:rsidR="00592834" w:rsidRPr="000F34AA">
-[...2 lines deleted...]
-      <w:r w:rsidRPr="000F34AA">
+      <w:r w:rsidR="00592834" w:rsidRPr="00205968">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">For Consultant prepared </w:t>
+      </w:r>
+      <w:r w:rsidR="00592834" w:rsidRPr="00205968">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t>concepts, t</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00205968">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve">he Consultant shall provide a One Call (811) </w:t>
       </w:r>
-      <w:r w:rsidR="00647FEA" w:rsidRPr="000F34AA">
+      <w:r w:rsidR="00647FEA" w:rsidRPr="00205968">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve">Design Information Request </w:t>
       </w:r>
-      <w:r w:rsidR="006E28DF" w:rsidRPr="000F34AA">
+      <w:r w:rsidR="006E28DF" w:rsidRPr="00205968">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>of the utilities.</w:t>
       </w:r>
-      <w:r w:rsidR="00647FEA" w:rsidRPr="000F34AA">
+      <w:r w:rsidR="00647FEA" w:rsidRPr="00205968">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:hyperlink r:id="rId9" w:history="1">
-        <w:r w:rsidR="00647FEA" w:rsidRPr="000F34AA">
+        <w:r w:rsidR="00647FEA" w:rsidRPr="00205968">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
           </w:rPr>
           <w:t>https://www.iowaonecall.com/designrequestsystem/</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00A409BA" w:rsidRPr="000F34AA">
+      <w:r w:rsidR="00A409BA" w:rsidRPr="00205968">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000F34AA">
+      <w:r w:rsidRPr="00205968">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7378658C" w14:textId="77777777" w:rsidR="00016768" w:rsidRPr="000F34AA" w:rsidRDefault="00016768" w:rsidP="00016768">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent2"/>
         <w:spacing w:line="254" w:lineRule="exact"/>
         <w:ind w:left="0"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="21F9CDE9" w14:textId="412940BC" w:rsidR="00CC25A4" w:rsidRPr="000F34AA" w:rsidRDefault="00CC25A4" w:rsidP="00CC25A4">
-[...7 lines deleted...]
-        <w:lastRenderedPageBreak/>
+    <w:p w14:paraId="21F9CDE9" w14:textId="412940BC" w:rsidR="00CC25A4" w:rsidRPr="00205968" w:rsidRDefault="00CC25A4" w:rsidP="00205968">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00205968">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>&lt;If utilities were observed</w:t>
       </w:r>
-      <w:r w:rsidR="000835B2" w:rsidRPr="000F34AA">
+      <w:r w:rsidR="000835B2" w:rsidRPr="00205968">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve"> during the field exam</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="000F34AA">
+      <w:r w:rsidRPr="00205968">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>: ”The</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="000F34AA">
+      <w:r w:rsidRPr="00205968">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve"> following utilities were observed: (list rail conduit, bridge utility attachments, overhead utilities, etc. and general location as appropriate)”. Comment on the possibility of utility impacts using one of the following two statements” </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="000F34AA">
+      <w:r w:rsidRPr="00205968">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>&lt;”No</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="000F34AA">
+      <w:r w:rsidRPr="00205968">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve"> impacts to the observed utilities are anticipated based on the recommended repairs.”&gt; or &lt;”Impacts to the following utilities are anticipated</w:t>
       </w:r>
-      <w:r w:rsidR="000835B2" w:rsidRPr="000F34AA">
+      <w:r w:rsidR="000835B2" w:rsidRPr="00205968">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve"> based on the recommended repairs</w:t>
       </w:r>
-      <w:r w:rsidRPr="000F34AA">
+      <w:r w:rsidRPr="00205968">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>: (list utilities affected)”&gt;. If no utilities are observed include the following statement: “No utilities were observed during the field exam.”&gt;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A25D7E6" w14:textId="77777777" w:rsidR="00CC25A4" w:rsidRPr="000F34AA" w:rsidRDefault="00CC25A4" w:rsidP="00016768">
-[...13 lines deleted...]
-      <w:r w:rsidRPr="000F34AA">
+    <w:p w14:paraId="5A25D7E6" w14:textId="77777777" w:rsidR="00CC25A4" w:rsidRPr="00205968" w:rsidRDefault="00CC25A4" w:rsidP="00205968">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="75CBE6A3" w14:textId="77777777" w:rsidR="001C2B87" w:rsidRPr="00205968" w:rsidRDefault="00A125C8" w:rsidP="00205968">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00205968">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>All recipients of this letter should review this concept of work to be accomplished and advise the Bridges and Structures</w:t>
       </w:r>
-      <w:r w:rsidR="00DC45F3" w:rsidRPr="000F34AA">
+      <w:r w:rsidR="00DC45F3" w:rsidRPr="00205968">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve"> Bureau</w:t>
       </w:r>
-      <w:r w:rsidRPr="000F34AA">
+      <w:r w:rsidRPr="00205968">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve"> of any comments </w:t>
       </w:r>
-      <w:r w:rsidR="000F106B" w:rsidRPr="000F34AA">
+      <w:r w:rsidR="000F106B" w:rsidRPr="00205968">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve">you have by </w:t>
       </w:r>
-      <w:r w:rsidR="007B2A1C" w:rsidRPr="000F34AA">
+      <w:r w:rsidR="007B2A1C" w:rsidRPr="00205968">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>&lt;</w:t>
       </w:r>
-      <w:r w:rsidR="003055DD" w:rsidRPr="000F34AA">
+      <w:r w:rsidR="003055DD" w:rsidRPr="00205968">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>Date</w:t>
       </w:r>
-      <w:r w:rsidR="00EB03E5" w:rsidRPr="000F34AA">
+      <w:r w:rsidR="00EB03E5" w:rsidRPr="00205968">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="003055DD" w:rsidRPr="000F34AA">
+      <w:r w:rsidR="003055DD" w:rsidRPr="00205968">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidR="00EB03E5" w:rsidRPr="000F34AA">
+      <w:r w:rsidR="00EB03E5" w:rsidRPr="00205968">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve">approximately </w:t>
       </w:r>
-      <w:r w:rsidR="003055DD" w:rsidRPr="000F34AA">
+      <w:r w:rsidR="003055DD" w:rsidRPr="00205968">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve">3 weeks </w:t>
       </w:r>
-      <w:r w:rsidR="007B2A1C" w:rsidRPr="000F34AA">
+      <w:r w:rsidR="007B2A1C" w:rsidRPr="00205968">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>from date sent</w:t>
       </w:r>
-      <w:r w:rsidR="003055DD" w:rsidRPr="000F34AA">
+      <w:r w:rsidR="003055DD" w:rsidRPr="00205968">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidR="007B2A1C" w:rsidRPr="000F34AA">
+      <w:r w:rsidR="007B2A1C" w:rsidRPr="00205968">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>&gt;</w:t>
       </w:r>
-      <w:r w:rsidRPr="000F34AA">
+      <w:r w:rsidRPr="00205968">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve">.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="70EBC49F" w14:textId="77777777" w:rsidR="00586089" w:rsidRPr="000F34AA" w:rsidRDefault="00586089" w:rsidP="008B7BB0">
-[...16 lines deleted...]
-          <w:sz w:val="24"/>
+    <w:p w14:paraId="70EBC49F" w14:textId="77777777" w:rsidR="00586089" w:rsidRPr="00205968" w:rsidRDefault="00586089" w:rsidP="00205968">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7AA39D49" w14:textId="77777777" w:rsidR="007B2A1C" w:rsidRPr="00205968" w:rsidRDefault="00A125C8" w:rsidP="00205968">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00205968">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Estimated cost of repairs is as follows:</w:t>
       </w:r>
-      <w:r w:rsidR="00AE03EA" w:rsidRPr="000F34AA">
-[...1 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidR="00AE03EA" w:rsidRPr="00205968">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="71D5FB4B" w14:textId="77777777" w:rsidR="008B7BB0" w:rsidRPr="000F34AA" w:rsidRDefault="008B7BB0" w:rsidP="008D5556">
       <w:pPr>
         <w:spacing w:line="254" w:lineRule="exact"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="6571C0E2" w14:textId="77777777" w:rsidR="00B60BE8" w:rsidRDefault="008B7BB0" w:rsidP="008E73AB">
       <w:pPr>
         <w:spacing w:line="254" w:lineRule="exact"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F34AA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">&lt;Complete </w:t>
       </w:r>
       <w:bookmarkStart w:id="9" w:name="_Hlk95985022"/>
       <w:r w:rsidR="00AB41D6" w:rsidRPr="000F34AA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="00E454ED" w:rsidRPr="000F34AA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:instrText>HYPERLINK "https://iowadot.gov/bridge/concepts/Cost%20Estimates%20for%20Concepts.xlsx"</w:instrText>
       </w:r>
-      <w:r w:rsidR="00B60BE8" w:rsidRPr="000F34AA">
+      <w:r w:rsidR="00AB41D6" w:rsidRPr="000F34AA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="00AB41D6" w:rsidRPr="000F34AA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="00FE69B3" w:rsidRPr="000F34AA">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Cost Estimate for Concepts</w:t>
       </w:r>
       <w:r w:rsidR="00AB41D6" w:rsidRPr="000F34AA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
@@ -2743,51 +3255,51 @@
         </w:tabs>
         <w:spacing w:line="254" w:lineRule="exact"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F34AA">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">&lt;Copy the appropriate list from </w:t>
       </w:r>
       <w:bookmarkStart w:id="12" w:name="_Hlk95985056"/>
       <w:r w:rsidR="00E454ED" w:rsidRPr="000F34AA">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
       <w:r w:rsidR="00E454ED" w:rsidRPr="000F34AA">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> HYPERLINK "https://iowadot.gov/bridge/concepts/Master%20List%20for%20Distribution%20of%20Concepts.xlsx" </w:instrText>
       </w:r>
-      <w:r w:rsidR="00B60BE8" w:rsidRPr="000F34AA">
+      <w:r w:rsidR="00E454ED" w:rsidRPr="000F34AA">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:r>
       <w:r w:rsidR="00E454ED" w:rsidRPr="000F34AA">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
       <w:r w:rsidR="00FE69B3" w:rsidRPr="000F34AA">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Master List for Distribution of Concepts</w:t>
       </w:r>
       <w:r w:rsidR="00E454ED" w:rsidRPr="000F34AA">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
       <w:bookmarkEnd w:id="12"/>
       <w:r w:rsidRPr="000F34AA">
@@ -2987,51 +3499,50 @@
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="623332C4" w14:textId="5C946FE6" w:rsidR="006D456E" w:rsidRPr="00C72572" w:rsidRDefault="006D456E" w:rsidP="006D456E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1620"/>
         </w:tabs>
         <w:spacing w:line="254" w:lineRule="exact"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="000F34AA">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve">Updated </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidR="00647FEA" w:rsidRPr="000F34AA">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="000F34AA" w:rsidRPr="000F34AA">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="000F34AA">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
@@ -3051,204 +3562,203 @@
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>/20</w:t>
       </w:r>
       <w:r w:rsidR="00647FEA" w:rsidRPr="000F34AA">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidR="000F34AA" w:rsidRPr="000F34AA">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
-      <w:proofErr w:type="gramEnd"/>
     </w:p>
     <w:p w14:paraId="42661B54" w14:textId="77777777" w:rsidR="006D456E" w:rsidRDefault="006D456E" w:rsidP="00437B2A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1620"/>
         </w:tabs>
         <w:spacing w:line="254" w:lineRule="exact"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="61398A8E" w14:textId="77777777" w:rsidR="00437B2A" w:rsidRDefault="00437B2A" w:rsidP="008B7BB0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1620"/>
         </w:tabs>
         <w:spacing w:line="254" w:lineRule="exact"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00437B2A" w:rsidSect="00EB0FA2">
       <w:headerReference w:type="even" r:id="rId10"/>
       <w:headerReference w:type="default" r:id="rId11"/>
       <w:footerReference w:type="even" r:id="rId12"/>
       <w:footerReference w:type="default" r:id="rId13"/>
       <w:headerReference w:type="first" r:id="rId14"/>
       <w:footerReference w:type="first" r:id="rId15"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="1008" w:right="1296" w:bottom="1008" w:left="1008" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="272"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="234FA1E5" w14:textId="77777777" w:rsidR="0009275E" w:rsidRDefault="0009275E">
+    <w:p w14:paraId="595ADB88" w14:textId="77777777" w:rsidR="005A47CA" w:rsidRDefault="005A47CA">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1CF25838" w14:textId="77777777" w:rsidR="0009275E" w:rsidRDefault="0009275E">
+    <w:p w14:paraId="0A1174F8" w14:textId="77777777" w:rsidR="005A47CA" w:rsidRDefault="005A47CA">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="19C095FB" w14:textId="77777777" w:rsidR="000F34AA" w:rsidRDefault="000F34AA">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="083AD2C6" w14:textId="77777777" w:rsidR="000F34AA" w:rsidRDefault="000F34AA">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="109489D3" w14:textId="77777777" w:rsidR="000F34AA" w:rsidRDefault="000F34AA">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="06B3DC23" w14:textId="77777777" w:rsidR="0009275E" w:rsidRDefault="0009275E">
+    <w:p w14:paraId="4183E180" w14:textId="77777777" w:rsidR="005A47CA" w:rsidRDefault="005A47CA">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4D567662" w14:textId="77777777" w:rsidR="0009275E" w:rsidRDefault="0009275E">
+    <w:p w14:paraId="63700DF5" w14:textId="77777777" w:rsidR="005A47CA" w:rsidRDefault="005A47CA">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="27FAA5A6" w14:textId="77777777" w:rsidR="000F34AA" w:rsidRDefault="000F34AA">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="69BDA700" w14:textId="56BEA612" w:rsidR="00133816" w:rsidRDefault="00133816" w:rsidP="008B7BB0">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:sz w:val="24"/>
       </w:rPr>
       <w:t>&lt;County&gt; &lt;Design number(</w:t>
     </w:r>
     <w:r w:rsidR="00985E2B">
       <w:rPr>
         <w:sz w:val="24"/>
       </w:rPr>
       <w:t>s</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="24"/>
       </w:rPr>
       <w:t>)&gt;</w:t>
     </w:r>
@@ -3345,61 +3855,61 @@
         <w:noProof/>
         <w:sz w:val="24"/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="24"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="608F34C9" w14:textId="77777777" w:rsidR="00586089" w:rsidRPr="007B2A1C" w:rsidRDefault="00586089" w:rsidP="008B7BB0">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="54C84CF8" w14:textId="77777777" w:rsidR="000F34AA" w:rsidRDefault="000F34AA">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="071D13EE"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="3F02889A"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -4178,52 +4688,52 @@
   <w:num w:numId="2" w16cid:durableId="253318668">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1210410582">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="30958797">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="546068509">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1842312654">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1647471433">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="850030425">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="130"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="100"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:doNotUseHTMLParagraphAutoSpacing/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
@@ -4251,50 +4761,51 @@
     <w:rsid w:val="000A7D9E"/>
     <w:rsid w:val="000B1CF8"/>
     <w:rsid w:val="000B238C"/>
     <w:rsid w:val="000E64F0"/>
     <w:rsid w:val="000F106B"/>
     <w:rsid w:val="000F2011"/>
     <w:rsid w:val="000F34AA"/>
     <w:rsid w:val="0010036C"/>
     <w:rsid w:val="00103817"/>
     <w:rsid w:val="00127F79"/>
     <w:rsid w:val="00133816"/>
     <w:rsid w:val="0013557F"/>
     <w:rsid w:val="001426AD"/>
     <w:rsid w:val="0014650E"/>
     <w:rsid w:val="00154F90"/>
     <w:rsid w:val="00157745"/>
     <w:rsid w:val="00165B69"/>
     <w:rsid w:val="00165E5F"/>
     <w:rsid w:val="00167751"/>
     <w:rsid w:val="00182AF7"/>
     <w:rsid w:val="001A0FA2"/>
     <w:rsid w:val="001B3D4A"/>
     <w:rsid w:val="001B5CCB"/>
     <w:rsid w:val="001C2B87"/>
     <w:rsid w:val="001F1BC5"/>
+    <w:rsid w:val="00205968"/>
     <w:rsid w:val="00210616"/>
     <w:rsid w:val="00222FA7"/>
     <w:rsid w:val="00233ED8"/>
     <w:rsid w:val="00235B7F"/>
     <w:rsid w:val="00241786"/>
     <w:rsid w:val="00243EC3"/>
     <w:rsid w:val="002454F6"/>
     <w:rsid w:val="00257B89"/>
     <w:rsid w:val="002774FA"/>
     <w:rsid w:val="00284C2B"/>
     <w:rsid w:val="002B5943"/>
     <w:rsid w:val="002C1A96"/>
     <w:rsid w:val="002E3E9E"/>
     <w:rsid w:val="003055DD"/>
     <w:rsid w:val="0032637A"/>
     <w:rsid w:val="003716BD"/>
     <w:rsid w:val="00372F07"/>
     <w:rsid w:val="00375BAA"/>
     <w:rsid w:val="00381EED"/>
     <w:rsid w:val="003C0D2B"/>
     <w:rsid w:val="003C2217"/>
     <w:rsid w:val="003D3E97"/>
     <w:rsid w:val="003D51F3"/>
     <w:rsid w:val="003D6355"/>
     <w:rsid w:val="003E0737"/>
@@ -4304,50 +4815,51 @@
     <w:rsid w:val="00405910"/>
     <w:rsid w:val="00405C0A"/>
     <w:rsid w:val="00410354"/>
     <w:rsid w:val="00414C86"/>
     <w:rsid w:val="00420EE7"/>
     <w:rsid w:val="00437B2A"/>
     <w:rsid w:val="004539B0"/>
     <w:rsid w:val="004611F4"/>
     <w:rsid w:val="00465DAE"/>
     <w:rsid w:val="00471AC9"/>
     <w:rsid w:val="00486F51"/>
     <w:rsid w:val="004A3463"/>
     <w:rsid w:val="004C4014"/>
     <w:rsid w:val="004F3C75"/>
     <w:rsid w:val="00500799"/>
     <w:rsid w:val="005302D7"/>
     <w:rsid w:val="00536B24"/>
     <w:rsid w:val="00551C77"/>
     <w:rsid w:val="00571218"/>
     <w:rsid w:val="00573FC4"/>
     <w:rsid w:val="00574C5C"/>
     <w:rsid w:val="00584EF0"/>
     <w:rsid w:val="00586089"/>
     <w:rsid w:val="00592834"/>
     <w:rsid w:val="005933E7"/>
+    <w:rsid w:val="005A47CA"/>
     <w:rsid w:val="005B64EE"/>
     <w:rsid w:val="005C269E"/>
     <w:rsid w:val="005C4198"/>
     <w:rsid w:val="005D22A7"/>
     <w:rsid w:val="005E3884"/>
     <w:rsid w:val="005F528B"/>
     <w:rsid w:val="00615A6B"/>
     <w:rsid w:val="00630AF7"/>
     <w:rsid w:val="00647FEA"/>
     <w:rsid w:val="00671681"/>
     <w:rsid w:val="00681E5D"/>
     <w:rsid w:val="006826BD"/>
     <w:rsid w:val="00685FF5"/>
     <w:rsid w:val="006916D9"/>
     <w:rsid w:val="00692DE3"/>
     <w:rsid w:val="00693A89"/>
     <w:rsid w:val="006A41BC"/>
     <w:rsid w:val="006A509F"/>
     <w:rsid w:val="006B4F77"/>
     <w:rsid w:val="006C0A46"/>
     <w:rsid w:val="006C6F5C"/>
     <w:rsid w:val="006D0408"/>
     <w:rsid w:val="006D3303"/>
     <w:rsid w:val="006D456E"/>
     <w:rsid w:val="006E155F"/>
@@ -4365,50 +4877,51 @@
     <w:rsid w:val="007F1315"/>
     <w:rsid w:val="00830206"/>
     <w:rsid w:val="00843045"/>
     <w:rsid w:val="00845182"/>
     <w:rsid w:val="008533E7"/>
     <w:rsid w:val="00862F06"/>
     <w:rsid w:val="0086528E"/>
     <w:rsid w:val="00875DF5"/>
     <w:rsid w:val="008953AE"/>
     <w:rsid w:val="0089590F"/>
     <w:rsid w:val="008973E0"/>
     <w:rsid w:val="008A7C5F"/>
     <w:rsid w:val="008B3135"/>
     <w:rsid w:val="008B7BB0"/>
     <w:rsid w:val="008C4BD0"/>
     <w:rsid w:val="008D23C4"/>
     <w:rsid w:val="008D5556"/>
     <w:rsid w:val="008D5992"/>
     <w:rsid w:val="008E17EB"/>
     <w:rsid w:val="008E73AB"/>
     <w:rsid w:val="009127B6"/>
     <w:rsid w:val="009141C1"/>
     <w:rsid w:val="009308A2"/>
     <w:rsid w:val="00930B83"/>
     <w:rsid w:val="00936FA0"/>
+    <w:rsid w:val="00937793"/>
     <w:rsid w:val="00941355"/>
     <w:rsid w:val="009536D3"/>
     <w:rsid w:val="00985E2B"/>
     <w:rsid w:val="00986F40"/>
     <w:rsid w:val="00987384"/>
     <w:rsid w:val="00997988"/>
     <w:rsid w:val="009B0715"/>
     <w:rsid w:val="009C01DB"/>
     <w:rsid w:val="009C5E98"/>
     <w:rsid w:val="009E1576"/>
     <w:rsid w:val="009E2BEB"/>
     <w:rsid w:val="009F567D"/>
     <w:rsid w:val="00A062E4"/>
     <w:rsid w:val="00A0640A"/>
     <w:rsid w:val="00A10602"/>
     <w:rsid w:val="00A125C8"/>
     <w:rsid w:val="00A1290E"/>
     <w:rsid w:val="00A168B2"/>
     <w:rsid w:val="00A371B2"/>
     <w:rsid w:val="00A409BA"/>
     <w:rsid w:val="00A41D7B"/>
     <w:rsid w:val="00A53EF4"/>
     <w:rsid w:val="00A65BF6"/>
     <w:rsid w:val="00A67E65"/>
     <w:rsid w:val="00A7448C"/>
@@ -4435,50 +4948,51 @@
     <w:rsid w:val="00B5391F"/>
     <w:rsid w:val="00B57620"/>
     <w:rsid w:val="00B60BE8"/>
     <w:rsid w:val="00B624C4"/>
     <w:rsid w:val="00B9777A"/>
     <w:rsid w:val="00BA38FC"/>
     <w:rsid w:val="00BA779E"/>
     <w:rsid w:val="00BB10BA"/>
     <w:rsid w:val="00BC0420"/>
     <w:rsid w:val="00BC2B69"/>
     <w:rsid w:val="00BC49D2"/>
     <w:rsid w:val="00BE2BA5"/>
     <w:rsid w:val="00BE781C"/>
     <w:rsid w:val="00C066F3"/>
     <w:rsid w:val="00C16818"/>
     <w:rsid w:val="00C234EA"/>
     <w:rsid w:val="00C24194"/>
     <w:rsid w:val="00C247E9"/>
     <w:rsid w:val="00C25C34"/>
     <w:rsid w:val="00C40ACF"/>
     <w:rsid w:val="00C420D6"/>
     <w:rsid w:val="00C553F7"/>
     <w:rsid w:val="00C569F4"/>
     <w:rsid w:val="00C63888"/>
     <w:rsid w:val="00C71C7C"/>
+    <w:rsid w:val="00C83E6B"/>
     <w:rsid w:val="00CB1D87"/>
     <w:rsid w:val="00CC25A4"/>
     <w:rsid w:val="00CC3137"/>
     <w:rsid w:val="00CC72D0"/>
     <w:rsid w:val="00CD5E12"/>
     <w:rsid w:val="00CF0EA8"/>
     <w:rsid w:val="00D1008E"/>
     <w:rsid w:val="00D11959"/>
     <w:rsid w:val="00D31A97"/>
     <w:rsid w:val="00D3408B"/>
     <w:rsid w:val="00D454D1"/>
     <w:rsid w:val="00D456A2"/>
     <w:rsid w:val="00D6541F"/>
     <w:rsid w:val="00D86033"/>
     <w:rsid w:val="00DB2C8B"/>
     <w:rsid w:val="00DB7168"/>
     <w:rsid w:val="00DC22E0"/>
     <w:rsid w:val="00DC45F3"/>
     <w:rsid w:val="00DE2CD4"/>
     <w:rsid w:val="00E13F6C"/>
     <w:rsid w:val="00E154B3"/>
     <w:rsid w:val="00E23059"/>
     <w:rsid w:val="00E324BE"/>
     <w:rsid w:val="00E40C11"/>
     <w:rsid w:val="00E454ED"/>
@@ -4511,51 +5025,51 @@
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="4EB0708C"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{95870B63-953B-4725-B1FD-3AB17CA380FF}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:qFormat="1"/>
@@ -5024,51 +5538,51 @@
   </w:style>
   <w:style w:type="character" w:styleId="FollowedHyperlink">
     <w:name w:val="FollowedHyperlink"/>
     <w:rsid w:val="00BB10BA"/>
     <w:rPr>
       <w:color w:val="800080"/>
       <w:u w:val="single"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="000629E5"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="636225150">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="851921256">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -5418,75 +5932,75 @@
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FF387AC3-CEB6-4DDF-9F07-2E9BE23B5437}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>1015</Words>
-  <Characters>5848</Characters>
+  <Words>979</Words>
+  <Characters>5884</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>149</Lines>
-  <Paragraphs>74</Paragraphs>
+  <Lines>99</Lines>
+  <Paragraphs>84</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Form 000021wp</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>IA Dept of Transportation</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6789</CharactersWithSpaces>
+  <CharactersWithSpaces>6779</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="18" baseType="variant">
       <vt:variant>
         <vt:i4>262213</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>https://iowadot.gov/bridge/concepts/Master List for Distribution of Concepts.xlsx</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>786518</vt:i4>
       </vt:variant>
       <vt:variant>
@@ -5625,27 +6139,51 @@
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="28" name="Document_Updater">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="29" name="Document_UpdaterDesc">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="30" name="Document_UpdateDate">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="31" name="Document_Size">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="32" name="Document_Storage">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="33" name="Document_StorageDesc">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="34" name="Document_Department">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="35" name="Document_DepartmentDesc">
     <vt:lpwstr/>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="36" name="MSIP_Label_0faac733-ded1-41e0-8ea6-961193f81247_Enabled">
+    <vt:lpwstr>true</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="37" name="MSIP_Label_0faac733-ded1-41e0-8ea6-961193f81247_SetDate">
+    <vt:lpwstr>2025-12-12T21:02:40Z</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="38" name="MSIP_Label_0faac733-ded1-41e0-8ea6-961193f81247_Method">
+    <vt:lpwstr>Standard</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="39" name="MSIP_Label_0faac733-ded1-41e0-8ea6-961193f81247_Name">
+    <vt:lpwstr>defa4170-0d19-0005-0004-bc88714345d2</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="40" name="MSIP_Label_0faac733-ded1-41e0-8ea6-961193f81247_SiteId">
+    <vt:lpwstr>a1e65fcc-32fa-4fdd-8692-0cc2eb06676e</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="41" name="MSIP_Label_0faac733-ded1-41e0-8ea6-961193f81247_ActionId">
+    <vt:lpwstr>9cc07786-8f41-453b-887d-28d48f2bb2be</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="42" name="MSIP_Label_0faac733-ded1-41e0-8ea6-961193f81247_ContentBits">
+    <vt:lpwstr>0</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="43" name="MSIP_Label_0faac733-ded1-41e0-8ea6-961193f81247_Tag">
+    <vt:lpwstr>10, 3, 0, 1</vt:lpwstr>
+  </property>
 </Properties>
 </file>