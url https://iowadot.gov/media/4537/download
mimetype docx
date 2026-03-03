--- v1 (2026-01-02)
+++ v2 (2026-03-03)
@@ -69,3594 +69,4724 @@
     <w:p w14:paraId="06C22AC8" w14:textId="77777777" w:rsidR="00BC2B69" w:rsidRDefault="00BC2B69" w:rsidP="00BC2B69">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>IOWA DEPARTMENT OF TRANSPORTATION</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="61EFE0A5" w14:textId="77777777" w:rsidR="00BC2B69" w:rsidRDefault="00BC2B69" w:rsidP="00BC2B69">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="6840"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="4A89F74D" w14:textId="5E6E3DCC" w:rsidR="00BC2B69" w:rsidRDefault="00BC2B69" w:rsidP="00A53EF4">
+    <w:p w14:paraId="4A89F74D" w14:textId="5E6E3DCC" w:rsidR="00BC2B69" w:rsidRPr="006C4277" w:rsidRDefault="00BC2B69" w:rsidP="00A53EF4">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="1170"/>
           <w:tab w:val="left" w:pos="6300"/>
           <w:tab w:val="left" w:pos="7560"/>
         </w:tabs>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="006C4277">
         <w:t xml:space="preserve">To Office </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006C4277">
         <w:tab/>
         <w:t>District</w:t>
       </w:r>
-      <w:r w:rsidR="00875DF5">
+      <w:r w:rsidR="00875DF5" w:rsidRPr="006C4277">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="006D3303">
+      <w:r w:rsidR="006D3303" w:rsidRPr="006C4277">
         <w:t>&lt;#&gt;</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006C4277">
         <w:tab/>
         <w:t xml:space="preserve">Date   </w:t>
       </w:r>
-      <w:r w:rsidR="00A53EF4">
+      <w:r w:rsidR="00A53EF4" w:rsidRPr="006C4277">
         <w:t>&lt;</w:t>
       </w:r>
-      <w:r w:rsidR="00BA779E">
+      <w:r w:rsidR="00BA779E" w:rsidRPr="006C4277">
         <w:t>Month DD, YYYY</w:t>
       </w:r>
-      <w:r w:rsidR="00A53EF4">
+      <w:r w:rsidR="00A53EF4" w:rsidRPr="006C4277">
         <w:t>&gt;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="29E12B40" w14:textId="77777777" w:rsidR="00A53EF4" w:rsidRPr="00A53EF4" w:rsidRDefault="00A53EF4" w:rsidP="00A53EF4"/>
-    <w:p w14:paraId="3451527E" w14:textId="2B2A554C" w:rsidR="00BA779E" w:rsidRDefault="00875DF5" w:rsidP="00BA779E">
+    <w:p w14:paraId="29E12B40" w14:textId="77777777" w:rsidR="00A53EF4" w:rsidRPr="006C4277" w:rsidRDefault="00A53EF4" w:rsidP="00A53EF4"/>
+    <w:p w14:paraId="3451527E" w14:textId="2B2A554C" w:rsidR="00BA779E" w:rsidRPr="006C4277" w:rsidRDefault="00875DF5" w:rsidP="00BA779E">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="1170"/>
           <w:tab w:val="left" w:pos="6300"/>
           <w:tab w:val="left" w:pos="7200"/>
         </w:tabs>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="006C4277">
         <w:t>Attention</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006C4277">
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="006D3303">
+      <w:r w:rsidR="006D3303" w:rsidRPr="006C4277">
         <w:t>&lt;A</w:t>
       </w:r>
-      <w:r w:rsidR="00BA779E">
+      <w:r w:rsidR="00BA779E" w:rsidRPr="006C4277">
         <w:t xml:space="preserve">ssistant </w:t>
       </w:r>
-      <w:r w:rsidR="006D3303">
+      <w:r w:rsidR="006D3303" w:rsidRPr="006C4277">
         <w:t>D</w:t>
       </w:r>
-      <w:r w:rsidR="00BA779E">
+      <w:r w:rsidR="00BA779E" w:rsidRPr="006C4277">
         <w:t xml:space="preserve">istrict </w:t>
       </w:r>
-      <w:r w:rsidR="006D3303">
+      <w:r w:rsidR="006D3303" w:rsidRPr="006C4277">
         <w:t>E</w:t>
       </w:r>
-      <w:r w:rsidR="00BA779E">
+      <w:r w:rsidR="00BA779E" w:rsidRPr="006C4277">
         <w:t>ngineer</w:t>
       </w:r>
-      <w:r w:rsidR="006D3303">
+      <w:r w:rsidR="006D3303" w:rsidRPr="006C4277">
         <w:t>&gt;</w:t>
       </w:r>
-      <w:r w:rsidR="00BA779E">
+      <w:r w:rsidR="00BA779E" w:rsidRPr="006C4277">
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00930B83">
+      <w:r w:rsidR="00930B83" w:rsidRPr="006C4277">
         <w:t xml:space="preserve">Ref No. </w:t>
       </w:r>
-      <w:r w:rsidR="00A53EF4">
+      <w:r w:rsidR="00A53EF4" w:rsidRPr="006C4277">
         <w:t>&lt;County&gt;</w:t>
       </w:r>
-      <w:r w:rsidR="00BA779E">
+      <w:r w:rsidR="00BA779E" w:rsidRPr="006C4277">
         <w:t xml:space="preserve"> County</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A2DF808" w14:textId="37208805" w:rsidR="00BC2B69" w:rsidRDefault="00BA779E" w:rsidP="00BA779E">
+    <w:p w14:paraId="7A2DF808" w14:textId="37208805" w:rsidR="00BC2B69" w:rsidRPr="006C4277" w:rsidRDefault="00BA779E" w:rsidP="00BA779E">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="1170"/>
           <w:tab w:val="left" w:pos="6300"/>
           <w:tab w:val="left" w:pos="7200"/>
         </w:tabs>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="006C4277">
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006C4277">
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006C4277">
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00A53EF4">
+      <w:r w:rsidR="00A53EF4" w:rsidRPr="006C4277">
         <w:t>&lt;</w:t>
       </w:r>
-      <w:r w:rsidR="000F34AA" w:rsidRPr="000F34AA">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="000F34AA" w:rsidRPr="006C4277">
         <w:t>Phase</w:t>
       </w:r>
-      <w:r w:rsidR="00A53EF4">
+      <w:r w:rsidR="00A53EF4" w:rsidRPr="006C4277">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006C4277">
         <w:t>Number</w:t>
       </w:r>
-      <w:r w:rsidR="00A53EF4">
+      <w:r w:rsidR="00A53EF4" w:rsidRPr="006C4277">
         <w:t>&gt;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1485BF6B" w14:textId="011912E3" w:rsidR="00BA779E" w:rsidRDefault="00BC2B69" w:rsidP="00930B83">
+    <w:p w14:paraId="1485BF6B" w14:textId="011912E3" w:rsidR="00BA779E" w:rsidRPr="006C4277" w:rsidRDefault="00BC2B69" w:rsidP="00930B83">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="1170"/>
           <w:tab w:val="left" w:pos="6660"/>
           <w:tab w:val="left" w:pos="7200"/>
         </w:tabs>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
-      <w:r>
+      <w:r w:rsidRPr="006C4277">
         <w:t xml:space="preserve">From  </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006C4277">
         <w:tab/>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidR="00A53EF4">
+      <w:r w:rsidR="00A53EF4" w:rsidRPr="006C4277">
         <w:t>&lt;</w:t>
       </w:r>
-      <w:r w:rsidR="00EB03D0">
+      <w:r w:rsidR="00EB03D0" w:rsidRPr="006C4277">
         <w:t>Bridge Design Engineer</w:t>
       </w:r>
-      <w:r w:rsidR="00A53EF4">
+      <w:r w:rsidR="00A53EF4" w:rsidRPr="006C4277">
         <w:t>&gt;</w:t>
       </w:r>
-      <w:r w:rsidR="00EB03D0">
-[...2 lines deleted...]
-      <w:r w:rsidR="00941355">
+      <w:r w:rsidR="00EB03D0" w:rsidRPr="006C4277">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00EB03D0" w:rsidRPr="006C4277">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00941355" w:rsidRPr="006C4277">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
         <w:t>for BSB prepared concepts</w:t>
       </w:r>
-      <w:r w:rsidR="00EB03D0">
+      <w:r w:rsidR="00EB03D0" w:rsidRPr="006C4277">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidR="00BA779E">
+      <w:r w:rsidR="00BA779E" w:rsidRPr="006C4277">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00BA779E">
+      <w:r w:rsidR="00BA779E" w:rsidRPr="006C4277">
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="000F34AA" w:rsidRPr="000F34AA">
-[...14 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="000F34AA" w:rsidRPr="006C4277">
+        <w:t>Project Code</w:t>
+      </w:r>
+      <w:r w:rsidR="004C4014" w:rsidRPr="006C4277">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00A53EF4" w:rsidRPr="001B3D4A">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00A53EF4" w:rsidRPr="006C4277">
         <w:t>&lt;</w:t>
       </w:r>
-      <w:r w:rsidR="001B3D4A" w:rsidRPr="001B3D4A">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="001B3D4A" w:rsidRPr="006C4277">
         <w:t>#</w:t>
       </w:r>
-      <w:r w:rsidR="00BA779E" w:rsidRPr="001B3D4A">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00BA779E" w:rsidRPr="006C4277">
         <w:t>&gt;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="72CFCDE9" w14:textId="28C92532" w:rsidR="00BC2B69" w:rsidRDefault="00BA779E" w:rsidP="00930B83">
+    <w:p w14:paraId="72CFCDE9" w14:textId="28C92532" w:rsidR="00BC2B69" w:rsidRPr="006C4277" w:rsidRDefault="00BA779E" w:rsidP="00930B83">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="1170"/>
           <w:tab w:val="left" w:pos="6660"/>
           <w:tab w:val="left" w:pos="7200"/>
         </w:tabs>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="006C4277">
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="_Hlk95988112"/>
-      <w:r w:rsidR="00EB03D0">
+      <w:r w:rsidR="00EB03D0" w:rsidRPr="006C4277">
         <w:t>&lt;Consultant Engineer, Consulting Firm Name&gt;</w:t>
       </w:r>
       <w:bookmarkEnd w:id="0"/>
-      <w:r>
+      <w:r w:rsidRPr="006C4277">
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006C4277">
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="004C4014">
+      <w:r w:rsidR="004C4014" w:rsidRPr="006C4277">
         <w:t>Design No</w:t>
       </w:r>
-      <w:r w:rsidR="006D3303">
+      <w:r w:rsidR="006D3303" w:rsidRPr="006C4277">
         <w:t xml:space="preserve">(s). </w:t>
       </w:r>
-      <w:r w:rsidR="00A53EF4">
+      <w:r w:rsidR="00A53EF4" w:rsidRPr="006C4277">
         <w:t>&lt;#(s)&gt;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="65A404C5" w14:textId="77777777" w:rsidR="00B60BE8" w:rsidRPr="00125A67" w:rsidRDefault="00DC45F3" w:rsidP="00B60BE8">
+    <w:p w14:paraId="65A404C5" w14:textId="77777777" w:rsidR="00B60BE8" w:rsidRPr="006C4277" w:rsidRDefault="00DC45F3" w:rsidP="00B60BE8">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="1170"/>
           <w:tab w:val="left" w:pos="6840"/>
           <w:tab w:val="left" w:pos="7200"/>
         </w:tabs>
         <w:ind w:left="1170" w:hanging="1170"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
-      <w:r>
+      <w:r w:rsidRPr="006C4277">
         <w:t>Bureau</w:t>
       </w:r>
-      <w:r w:rsidR="00930B83">
+      <w:r w:rsidR="00930B83" w:rsidRPr="006C4277">
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r w:rsidR="00930B83">
+      <w:r w:rsidR="00930B83" w:rsidRPr="006C4277">
         <w:tab/>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidR="00930B83">
+      <w:r w:rsidR="00930B83" w:rsidRPr="006C4277">
         <w:t>Bridges and Structures</w:t>
       </w:r>
-      <w:r w:rsidR="00930B83">
+      <w:r w:rsidR="00930B83" w:rsidRPr="006C4277">
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00BA779E">
+      <w:r w:rsidR="00BA779E" w:rsidRPr="006C4277">
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00B60BE8" w:rsidRPr="00125A67">
-[...57 lines deleted...]
-    <w:p w14:paraId="6057E503" w14:textId="784B5EA4" w:rsidR="00B60BE8" w:rsidRDefault="00B60BE8" w:rsidP="00B60BE8">
+      <w:r w:rsidR="00B60BE8" w:rsidRPr="006C4277">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">(Add (L) or (R) after each </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6057E503" w14:textId="784B5EA4" w:rsidR="00B60BE8" w:rsidRPr="006C4277" w:rsidRDefault="00B60BE8" w:rsidP="00B60BE8">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="1170"/>
           <w:tab w:val="left" w:pos="6840"/>
           <w:tab w:val="left" w:pos="7200"/>
         </w:tabs>
         <w:ind w:left="1170" w:hanging="1170"/>
-      </w:pPr>
-      <w:r w:rsidRPr="00125A67">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C4277">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00125A67">
+      <w:r w:rsidRPr="006C4277">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00125A67">
+      <w:r w:rsidRPr="006C4277">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
         <w:tab/>
-      </w:r>
-[...13 lines deleted...]
-    <w:p w14:paraId="4512E7E4" w14:textId="453C62CA" w:rsidR="00BA779E" w:rsidRDefault="00B60BE8" w:rsidP="00BC2B69">
+        <w:t>Design # for dual bridges.)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4512E7E4" w14:textId="453C62CA" w:rsidR="00BA779E" w:rsidRPr="006C4277" w:rsidRDefault="00B60BE8" w:rsidP="00BC2B69">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="1170"/>
           <w:tab w:val="left" w:pos="6840"/>
           <w:tab w:val="left" w:pos="7200"/>
         </w:tabs>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="006C4277">
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006C4277">
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006C4277">
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="004C4014">
+      <w:r w:rsidR="004C4014" w:rsidRPr="006C4277">
         <w:t>File No.</w:t>
       </w:r>
-      <w:r w:rsidR="00930B83">
+      <w:r w:rsidR="00930B83" w:rsidRPr="006C4277">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00A53EF4">
+      <w:r w:rsidR="00A53EF4" w:rsidRPr="006C4277">
         <w:t>&lt;#&gt;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="19E97822" w14:textId="6CC3BA4B" w:rsidR="00BC2B69" w:rsidRDefault="00BA779E" w:rsidP="00BC2B69">
+    <w:p w14:paraId="19E97822" w14:textId="6CC3BA4B" w:rsidR="00BC2B69" w:rsidRPr="006C4277" w:rsidRDefault="00BA779E" w:rsidP="00BC2B69">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="1170"/>
           <w:tab w:val="left" w:pos="6840"/>
           <w:tab w:val="left" w:pos="7200"/>
         </w:tabs>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="006C4277">
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006C4277">
         <w:tab/>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006C4277">
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="004C4014">
+      <w:r w:rsidR="004C4014" w:rsidRPr="006C4277">
         <w:t>FHWA No</w:t>
       </w:r>
-      <w:r w:rsidR="006D3303">
+      <w:r w:rsidR="006D3303" w:rsidRPr="006C4277">
         <w:t xml:space="preserve">(s). </w:t>
       </w:r>
-      <w:r w:rsidR="00A53EF4">
+      <w:r w:rsidR="00A53EF4" w:rsidRPr="006C4277">
         <w:t>&lt;#(s)&gt;</w:t>
       </w:r>
-      <w:r w:rsidR="004C4014">
+      <w:r w:rsidR="004C4014" w:rsidRPr="006C4277">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="56C915BE" w14:textId="56849B36" w:rsidR="00B60BE8" w:rsidRPr="0034185E" w:rsidRDefault="00B60BE8" w:rsidP="00B60BE8">
+    <w:p w14:paraId="56C915BE" w14:textId="56849B36" w:rsidR="00B60BE8" w:rsidRPr="006C4277" w:rsidRDefault="00B60BE8" w:rsidP="00B60BE8">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="1170"/>
           <w:tab w:val="left" w:pos="6840"/>
           <w:tab w:val="left" w:pos="7200"/>
         </w:tabs>
-      </w:pPr>
-      <w:r w:rsidRPr="00B60BE8">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C4277">
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00B60BE8">
+      <w:r w:rsidRPr="006C4277">
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00B60BE8">
+      <w:r w:rsidRPr="006C4277">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
         <w:tab/>
-      </w:r>
-[...10 lines deleted...]
-    <w:p w14:paraId="7B54058B" w14:textId="77777777" w:rsidR="00B60BE8" w:rsidRDefault="00B60BE8" w:rsidP="00B60BE8">
+        <w:t xml:space="preserve">(Add (L) or (R) after each </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7B54058B" w14:textId="77777777" w:rsidR="00B60BE8" w:rsidRPr="006C4277" w:rsidRDefault="00B60BE8" w:rsidP="00B60BE8">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="1170"/>
           <w:tab w:val="left" w:pos="6840"/>
           <w:tab w:val="left" w:pos="7200"/>
         </w:tabs>
-      </w:pPr>
-      <w:r w:rsidRPr="0034185E">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C4277">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="0034185E">
+      <w:r w:rsidRPr="006C4277">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="0034185E">
+      <w:r w:rsidRPr="006C4277">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
         <w:tab/>
-      </w:r>
-[...3 lines deleted...]
-        </w:rPr>
         <w:t>FHWA # for dual bridges.)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3B824DDB" w14:textId="77777777" w:rsidR="00B60BE8" w:rsidRDefault="00B60BE8" w:rsidP="00BC2B69">
+    <w:p w14:paraId="3B824DDB" w14:textId="77777777" w:rsidR="00B60BE8" w:rsidRPr="006C4277" w:rsidRDefault="00B60BE8" w:rsidP="00BC2B69">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1170"/>
         </w:tabs>
         <w:ind w:left="1260" w:hanging="1260"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="52FA2A32" w14:textId="77777777" w:rsidR="00875DF5" w:rsidRDefault="00BC2B69" w:rsidP="00A53EF4">
+    <w:p w14:paraId="52FA2A32" w14:textId="18A3C5AB" w:rsidR="00875DF5" w:rsidRPr="006C4277" w:rsidRDefault="00BC2B69" w:rsidP="00A53EF4">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1170"/>
         </w:tabs>
         <w:ind w:left="1440" w:hanging="1440"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
-      <w:r>
+      <w:r w:rsidRPr="006C4277">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Subject  </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006C4277">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidR="00A53EF4">
+      <w:r w:rsidR="00A53EF4" w:rsidRPr="006C4277">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">&lt;Final/Draft&gt; </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="006C4277">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Concept for </w:t>
       </w:r>
-      <w:r w:rsidR="00A53EF4">
-[...5 lines deleted...]
-      <w:r>
+      <w:r w:rsidR="00A53EF4" w:rsidRPr="006C4277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>&lt;</w:t>
+      </w:r>
+      <w:r w:rsidR="00A53EF4" w:rsidRPr="006C4277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>Work Type</w:t>
+      </w:r>
+      <w:r w:rsidR="006C4277" w:rsidRPr="006C4277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in Masterworks</w:t>
+      </w:r>
+      <w:r w:rsidR="00A53EF4" w:rsidRPr="006C4277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>&gt;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C4277">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">of </w:t>
       </w:r>
-      <w:r w:rsidR="00A53EF4">
+      <w:r w:rsidR="00A53EF4" w:rsidRPr="006C4277">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>&lt;bridge size and type&gt;</w:t>
       </w:r>
-      <w:r w:rsidR="00A168B2">
+      <w:r w:rsidR="00A168B2" w:rsidRPr="006C4277">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="62319D60" w14:textId="300A3401" w:rsidR="00BC2B69" w:rsidRDefault="008B7BB0" w:rsidP="008B7BB0">
+    <w:p w14:paraId="62319D60" w14:textId="300A3401" w:rsidR="00BC2B69" w:rsidRPr="006C4277" w:rsidRDefault="008B7BB0" w:rsidP="008B7BB0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1170"/>
         </w:tabs>
         <w:ind w:left="1260" w:hanging="1260"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
+      <w:r w:rsidRPr="006C4277">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00BC2B69">
+      <w:r w:rsidR="00BC2B69" w:rsidRPr="006C4277">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Bridge Maintenance No</w:t>
       </w:r>
-      <w:r w:rsidR="00133816">
+      <w:r w:rsidR="00133816" w:rsidRPr="006C4277">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidR="00930B83">
+      <w:r w:rsidR="00930B83" w:rsidRPr="006C4277">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidR="00133816">
+      <w:r w:rsidR="00133816" w:rsidRPr="006C4277">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidR="00BC2B69">
+      <w:r w:rsidR="00BC2B69" w:rsidRPr="006C4277">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00A53EF4">
+      <w:r w:rsidR="00A53EF4" w:rsidRPr="006C4277">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>&lt;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidR="00A53EF4">
+      <w:r w:rsidR="00A53EF4" w:rsidRPr="006C4277">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>0000.0</w:t>
       </w:r>
-      <w:r w:rsidR="000A5E3E">
+      <w:r w:rsidR="000A5E3E" w:rsidRPr="006C4277">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>X</w:t>
       </w:r>
-      <w:r w:rsidR="00A53EF4">
+      <w:r w:rsidR="00A53EF4" w:rsidRPr="006C4277">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>000&gt;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="246F4438" w14:textId="77777777" w:rsidR="00A125C8" w:rsidRDefault="00A125C8">
+    <w:p w14:paraId="246F4438" w14:textId="77777777" w:rsidR="00A125C8" w:rsidRPr="006C4277" w:rsidRDefault="00A125C8">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1170"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5B98D1BD" w14:textId="1DCE233B" w:rsidR="006D3303" w:rsidRPr="00205968" w:rsidRDefault="006D3303" w:rsidP="00205968">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00205968">
+    <w:p w14:paraId="5B98D1BD" w14:textId="00AC52FF" w:rsidR="006D3303" w:rsidRPr="006C4277" w:rsidRDefault="006D3303" w:rsidP="00205968">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C4277">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>The bridge</w:t>
       </w:r>
-      <w:r w:rsidR="000629E5" w:rsidRPr="00205968">
+      <w:r w:rsidR="000629E5" w:rsidRPr="006C4277">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>&lt;s&gt;</w:t>
       </w:r>
-      <w:r w:rsidRPr="00205968">
+      <w:r w:rsidRPr="006C4277">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> on </w:t>
       </w:r>
-      <w:r w:rsidR="00A53EF4" w:rsidRPr="00205968">
+      <w:r w:rsidR="00A53EF4" w:rsidRPr="006C4277">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>&lt;Route&gt;</w:t>
       </w:r>
-      <w:r w:rsidRPr="00205968">
+      <w:r w:rsidRPr="006C4277">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> over </w:t>
       </w:r>
-      <w:r w:rsidR="00A53EF4" w:rsidRPr="00205968">
+      <w:r w:rsidR="00A53EF4" w:rsidRPr="006C4277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>&lt;Route,</w:t>
+      </w:r>
+      <w:r w:rsidR="006C4277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A53EF4" w:rsidRPr="006C4277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>River,</w:t>
+      </w:r>
+      <w:r w:rsidR="006C4277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00A53EF4" w:rsidRPr="006C4277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>RR,</w:t>
+      </w:r>
+      <w:r w:rsidR="006C4277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidR="00A53EF4" w:rsidRPr="006C4277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>etc</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidR="00A53EF4" w:rsidRPr="006C4277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>&gt;</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="1" w:name="_Hlk125040012"/>
+      <w:r w:rsidR="00A409BA" w:rsidRPr="006C4277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, &lt;location description</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00A409BA" w:rsidRPr="006C4277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">&gt;, </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="1"/>
+      <w:r w:rsidR="00A53EF4" w:rsidRPr="006C4277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C4277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>has</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="000629E5" w:rsidRPr="006C4277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>&lt;have&gt;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C4277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> been scheduled for </w:t>
+      </w:r>
+      <w:r w:rsidR="00A53EF4" w:rsidRPr="006C4277">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>&lt;</w:t>
       </w:r>
-      <w:proofErr w:type="spellStart"/>
-[...17 lines deleted...]
-      <w:r w:rsidR="00A53EF4" w:rsidRPr="00205968">
+      <w:r w:rsidR="00A53EF4" w:rsidRPr="006C4277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>Work Type</w:t>
+      </w:r>
+      <w:r w:rsidR="006C4277" w:rsidRPr="006C4277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> in Masterworks</w:t>
+      </w:r>
+      <w:r w:rsidR="00A53EF4" w:rsidRPr="006C4277">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>&gt;</w:t>
       </w:r>
-      <w:bookmarkStart w:id="1" w:name="_Hlk125040012"/>
-[...8 lines deleted...]
-      <w:r w:rsidR="00A53EF4" w:rsidRPr="00205968">
+      <w:r w:rsidRPr="006C4277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> to be let on </w:t>
+      </w:r>
+      <w:r w:rsidR="00A53EF4" w:rsidRPr="006C4277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>&lt;letting date&gt;</w:t>
+      </w:r>
+      <w:r w:rsidR="00133816" w:rsidRPr="006C4277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C4277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>The current cost estimate is &lt;</w:t>
+      </w:r>
+      <w:r w:rsidR="00241786" w:rsidRPr="006C4277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Project Total from Cost Estimate</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C4277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>&gt;</w:t>
+      </w:r>
+      <w:r w:rsidR="00E454ED" w:rsidRPr="006C4277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> including inflation and a </w:t>
+      </w:r>
+      <w:r w:rsidR="00D454D1" w:rsidRPr="006C4277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>20</w:t>
+      </w:r>
+      <w:r w:rsidR="00E454ED" w:rsidRPr="006C4277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> percent contingency presuming a FY &lt;</w:t>
+      </w:r>
+      <w:r w:rsidR="00AA1F48" w:rsidRPr="006C4277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>YYYY</w:t>
+      </w:r>
+      <w:r w:rsidR="00E454ED" w:rsidRPr="006C4277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>&gt; letting.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C4277">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00205968">
-[...104 lines deleted...]
-      <w:r w:rsidRPr="00205968">
+      <w:r w:rsidR="009E2BEB" w:rsidRPr="006C4277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>The MB p</w:t>
+      </w:r>
+      <w:r w:rsidR="004F3C75" w:rsidRPr="006C4277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>rogram budgeted amount is &lt;</w:t>
+      </w:r>
+      <w:r w:rsidR="00420EE7" w:rsidRPr="006C4277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidR="00A1290E" w:rsidRPr="006C4277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">rogrammed </w:t>
+      </w:r>
+      <w:r w:rsidR="00420EE7" w:rsidRPr="006C4277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>cost</w:t>
+      </w:r>
+      <w:r w:rsidR="009E2BEB" w:rsidRPr="006C4277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">&gt;. </w:t>
+      </w:r>
+      <w:bookmarkStart w:id="2" w:name="_Hlk95984546"/>
+      <w:r w:rsidR="00284C2B" w:rsidRPr="006C4277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The bridge field exam on &lt;Date&gt; was attended by &lt;Personnel&gt; of &lt;Bureau, District or </w:t>
+      </w:r>
+      <w:r w:rsidR="00D456A2" w:rsidRPr="006C4277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>C</w:t>
+      </w:r>
+      <w:r w:rsidR="00284C2B" w:rsidRPr="006C4277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>onsultant&gt;.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C4277">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="009E2BEB" w:rsidRPr="00205968">
-[...64 lines deleted...]
-        <w:rPr>
+      <w:bookmarkEnd w:id="2"/>
+    </w:p>
+    <w:p w14:paraId="10B31EBF" w14:textId="0A7883DA" w:rsidR="00410354" w:rsidRPr="006C4277" w:rsidRDefault="00410354" w:rsidP="00205968">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="007A7348" w14:textId="44A3B4A4" w:rsidR="00420EE7" w:rsidRPr="006C4277" w:rsidRDefault="00586089" w:rsidP="00205968">
+      <w:pPr>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C4277">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00420EE7" w:rsidRPr="006C4277">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Note: The location description should match the SIIMS description.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C4277">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="2"/>
-[...38 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidR="00420EE7" w:rsidRPr="006C4277">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Both the cost estimate amount and programmed cost (if available) should be included.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00205968">
-        <w:rPr>
+      <w:r w:rsidRPr="006C4277">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidR="00420EE7" w:rsidRPr="00205968">
-        <w:rPr>
+      <w:r w:rsidR="00420EE7" w:rsidRPr="006C4277">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0D513C14" w14:textId="77777777" w:rsidR="00420EE7" w:rsidRPr="00205968" w:rsidRDefault="00420EE7" w:rsidP="00205968">
-[...14 lines deleted...]
-      <w:r w:rsidRPr="00205968">
+    <w:p w14:paraId="0D513C14" w14:textId="77777777" w:rsidR="00420EE7" w:rsidRPr="006C4277" w:rsidRDefault="00420EE7" w:rsidP="00205968">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="42AF4C1F" w14:textId="77777777" w:rsidR="00410354" w:rsidRPr="006C4277" w:rsidRDefault="00410354" w:rsidP="00205968">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C4277">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>The bridge location map and asset information can be viewed in SIIMS using the following link:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5A0806B8" w14:textId="77777777" w:rsidR="00410354" w:rsidRPr="000F34AA" w:rsidRDefault="00410354" w:rsidP="00410354">
+    <w:p w14:paraId="5A0806B8" w14:textId="77777777" w:rsidR="00410354" w:rsidRPr="006C4277" w:rsidRDefault="00410354" w:rsidP="00410354">
       <w:pPr>
         <w:spacing w:line="254" w:lineRule="exact"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="202F6AD9" w14:textId="77777777" w:rsidR="005E3884" w:rsidRPr="00205968" w:rsidRDefault="005E3884" w:rsidP="00205968">
-[...1 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="202F6AD9" w14:textId="77777777" w:rsidR="005E3884" w:rsidRPr="006C4277" w:rsidRDefault="005E3884" w:rsidP="00205968">
+      <w:pPr>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Hlk185936947"/>
-      <w:r w:rsidRPr="00205968">
-[...3 lines deleted...]
-          <w:highlight w:val="yellow"/>
+      <w:r w:rsidRPr="006C4277">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(Use for projects with a single bridge)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="00F6A94C" w14:textId="205962C9" w:rsidR="00410354" w:rsidRPr="00205968" w:rsidRDefault="00410354" w:rsidP="00205968">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00205968">
+    <w:p w14:paraId="00F6A94C" w14:textId="205962C9" w:rsidR="00410354" w:rsidRPr="006C4277" w:rsidRDefault="00410354" w:rsidP="00205968">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C4277">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>&lt;Link to structure map page in SIIMS&gt;</w:t>
       </w:r>
-      <w:r w:rsidR="005E3884" w:rsidRPr="00205968">
+      <w:r w:rsidR="005E3884" w:rsidRPr="006C4277">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="25E7DB94" w14:textId="77777777" w:rsidR="005E3884" w:rsidRPr="00205968" w:rsidRDefault="005E3884" w:rsidP="00205968">
-[...19 lines deleted...]
-          <w:highlight w:val="yellow"/>
+    <w:p w14:paraId="25E7DB94" w14:textId="77777777" w:rsidR="005E3884" w:rsidRPr="006C4277" w:rsidRDefault="005E3884" w:rsidP="00205968">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="11DE65FF" w14:textId="4D7E1EF0" w:rsidR="005E3884" w:rsidRPr="006C4277" w:rsidRDefault="005E3884" w:rsidP="00205968">
+      <w:pPr>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C4277">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(Use for projects with dual bridges)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="09222F0B" w14:textId="52DFEB9F" w:rsidR="005E3884" w:rsidRPr="00205968" w:rsidRDefault="005E3884" w:rsidP="00205968">
-[...11 lines deleted...]
-          <w:highlight w:val="yellow"/>
+    <w:p w14:paraId="09222F0B" w14:textId="52DFEB9F" w:rsidR="005E3884" w:rsidRPr="006C4277" w:rsidRDefault="005E3884" w:rsidP="00205968">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C4277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>&lt;Link to structure map page in SIIMS&gt; Left Bridge</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="73FBBB9E" w14:textId="582E9F8B" w:rsidR="005E3884" w:rsidRPr="00205968" w:rsidRDefault="005E3884" w:rsidP="00205968">
-[...10 lines deleted...]
-          <w:highlight w:val="yellow"/>
+    <w:p w14:paraId="73FBBB9E" w14:textId="582E9F8B" w:rsidR="005E3884" w:rsidRPr="006C4277" w:rsidRDefault="005E3884" w:rsidP="00205968">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C4277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>&lt;Link to structure map page in SIIMS&gt; Right Bridge</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
-    <w:p w14:paraId="7ADADBF4" w14:textId="77777777" w:rsidR="00410354" w:rsidRPr="00205968" w:rsidRDefault="00410354" w:rsidP="00205968">
-[...8 lines deleted...]
-      <w:pPr>
+    <w:p w14:paraId="7ADADBF4" w14:textId="77777777" w:rsidR="00410354" w:rsidRPr="006C4277" w:rsidRDefault="00410354" w:rsidP="00205968">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="39351C0F" w14:textId="77777777" w:rsidR="00A125C8" w:rsidRPr="001C63BD" w:rsidRDefault="00A125C8" w:rsidP="001C63BD">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="001C63BD">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>EXISTING CONDITIONS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="458249C9" w14:textId="77777777" w:rsidR="00A125C8" w:rsidRPr="006C4277" w:rsidRDefault="00A125C8" w:rsidP="00205968">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="54E8F18A" w14:textId="2E20386F" w:rsidR="00C553F7" w:rsidRPr="006C4277" w:rsidRDefault="00C553F7" w:rsidP="00205968">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="4" w:name="_Hlk185936968"/>
+      <w:r w:rsidRPr="006C4277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Year of</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C4277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00986F40" w:rsidRPr="006C4277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006C4277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Design</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="276B0531" w14:textId="48242806" w:rsidR="00C553F7" w:rsidRPr="006C4277" w:rsidRDefault="00C553F7" w:rsidP="00205968">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C4277">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
-      </w:pPr>
-      <w:r w:rsidRPr="00205968">
+        <w:t>Construction</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C4277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00986F40" w:rsidRPr="006C4277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="006C4277">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
-        <w:t>EXISTING CONDITIONS</w:t>
-[...31 lines deleted...]
-          <w:highlight w:val="yellow"/>
+        <w:t>Number</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C4277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00986F40" w:rsidRPr="00205968">
-[...3 lines deleted...]
-          <w:highlight w:val="yellow"/>
+      <w:r w:rsidRPr="006C4277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Work</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="38F90A11" w14:textId="2521D464" w:rsidR="00C553F7" w:rsidRPr="006C4277" w:rsidRDefault="001B3D4A" w:rsidP="00205968">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="006C4277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>xxxx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="006C4277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00205968">
-[...29 lines deleted...]
-          <w:highlight w:val="yellow"/>
+      <w:r w:rsidR="00C553F7" w:rsidRPr="006C4277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00986F40" w:rsidRPr="00205968">
-[...3 lines deleted...]
-          <w:highlight w:val="yellow"/>
+      <w:r w:rsidR="00986F40" w:rsidRPr="006C4277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00205968">
-[...12 lines deleted...]
-          <w:highlight w:val="yellow"/>
+      <w:r w:rsidRPr="006C4277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>xxx</w:t>
+      </w:r>
+      <w:r w:rsidR="00C553F7" w:rsidRPr="006C4277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00205968">
-[...71 lines deleted...]
-          <w:highlight w:val="yellow"/>
+      <w:r w:rsidR="00C553F7" w:rsidRPr="006C4277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>Original Construction</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2C06D394" w14:textId="1DDDC08B" w:rsidR="00C553F7" w:rsidRPr="00205968" w:rsidRDefault="001B3D4A" w:rsidP="00205968">
-[...4 lines deleted...]
-          <w:highlight w:val="yellow"/>
+    <w:p w14:paraId="2C06D394" w14:textId="1DDDC08B" w:rsidR="00C553F7" w:rsidRPr="006C4277" w:rsidRDefault="001B3D4A" w:rsidP="00205968">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00205968">
-[...3 lines deleted...]
-          <w:highlight w:val="yellow"/>
+      <w:r w:rsidRPr="006C4277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>xxxx</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00C553F7" w:rsidRPr="00205968">
-[...3 lines deleted...]
-          <w:highlight w:val="yellow"/>
+      <w:r w:rsidR="00C553F7" w:rsidRPr="006C4277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00C553F7" w:rsidRPr="00205968">
-[...3 lines deleted...]
-          <w:highlight w:val="yellow"/>
+      <w:r w:rsidR="00C553F7" w:rsidRPr="006C4277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00986F40" w:rsidRPr="00205968">
-[...3 lines deleted...]
-          <w:highlight w:val="yellow"/>
+      <w:r w:rsidR="00986F40" w:rsidRPr="006C4277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00205968">
-[...3 lines deleted...]
-          <w:highlight w:val="yellow"/>
+      <w:r w:rsidRPr="006C4277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>xxx</w:t>
       </w:r>
-      <w:r w:rsidR="00C553F7" w:rsidRPr="00205968">
-[...3 lines deleted...]
-          <w:highlight w:val="yellow"/>
+      <w:r w:rsidR="00C553F7" w:rsidRPr="006C4277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00C553F7" w:rsidRPr="00205968">
-[...3 lines deleted...]
-          <w:highlight w:val="yellow"/>
+      <w:r w:rsidR="00C553F7" w:rsidRPr="006C4277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00205968">
-[...3 lines deleted...]
-          <w:highlight w:val="yellow"/>
+      <w:r w:rsidRPr="006C4277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>xxxx</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="35B988B3" w14:textId="5F306185" w:rsidR="00C553F7" w:rsidRPr="00205968" w:rsidRDefault="001B3D4A" w:rsidP="00205968">
+    <w:p w14:paraId="35B988B3" w14:textId="5F306185" w:rsidR="00C553F7" w:rsidRPr="006C4277" w:rsidRDefault="001B3D4A" w:rsidP="00205968">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00205968">
-[...3 lines deleted...]
-          <w:highlight w:val="yellow"/>
+      <w:r w:rsidRPr="006C4277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>xxxx</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidR="00C553F7" w:rsidRPr="00205968">
-[...3 lines deleted...]
-          <w:highlight w:val="yellow"/>
+      <w:r w:rsidR="00C553F7" w:rsidRPr="006C4277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00C553F7" w:rsidRPr="00205968">
-[...3 lines deleted...]
-          <w:highlight w:val="yellow"/>
+      <w:r w:rsidR="00C553F7" w:rsidRPr="006C4277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00986F40" w:rsidRPr="00205968">
-[...3 lines deleted...]
-          <w:highlight w:val="yellow"/>
+      <w:r w:rsidR="00986F40" w:rsidRPr="006C4277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidRPr="00205968">
-[...3 lines deleted...]
-          <w:highlight w:val="yellow"/>
+      <w:r w:rsidRPr="006C4277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>xxx</w:t>
       </w:r>
-      <w:r w:rsidR="00C553F7" w:rsidRPr="00205968">
-[...3 lines deleted...]
-          <w:highlight w:val="yellow"/>
+      <w:r w:rsidR="00C553F7" w:rsidRPr="006C4277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
-      <w:r w:rsidR="00C553F7" w:rsidRPr="00205968">
-[...3 lines deleted...]
-          <w:highlight w:val="yellow"/>
+      <w:r w:rsidR="00C553F7" w:rsidRPr="006C4277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00205968">
-[...3 lines deleted...]
-          <w:highlight w:val="yellow"/>
+      <w:r w:rsidRPr="006C4277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>xxxx</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="07BC43FA" w14:textId="072B7DE2" w:rsidR="009C01DB" w:rsidRPr="00205968" w:rsidRDefault="009C01DB" w:rsidP="00205968">
-[...10 lines deleted...]
-          <w:highlight w:val="yellow"/>
+    <w:p w14:paraId="07BC43FA" w14:textId="072B7DE2" w:rsidR="009C01DB" w:rsidRPr="006C4277" w:rsidRDefault="009C01DB" w:rsidP="00205968">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C4277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(List work in chronological order in table above</w:t>
       </w:r>
-      <w:r w:rsidR="00B60BE8" w:rsidRPr="00205968">
-[...3 lines deleted...]
-          <w:highlight w:val="yellow"/>
+      <w:r w:rsidR="00B60BE8" w:rsidRPr="006C4277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00205968">
-[...3 lines deleted...]
-          <w:highlight w:val="yellow"/>
+      <w:r w:rsidRPr="006C4277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="4"/>
-    <w:p w14:paraId="6407378C" w14:textId="77777777" w:rsidR="00C553F7" w:rsidRPr="00205968" w:rsidRDefault="00C553F7" w:rsidP="00205968">
-[...7 lines deleted...]
-    <w:p w14:paraId="325571CC" w14:textId="43A958C0" w:rsidR="0013557F" w:rsidRPr="00205968" w:rsidRDefault="0013557F" w:rsidP="00205968">
+    <w:p w14:paraId="6407378C" w14:textId="77777777" w:rsidR="00C553F7" w:rsidRPr="006C4277" w:rsidRDefault="00C553F7" w:rsidP="00205968">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="325571CC" w14:textId="43A958C0" w:rsidR="0013557F" w:rsidRPr="006C4277" w:rsidRDefault="0013557F" w:rsidP="00205968">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="5" w:name="_Hlk185936976"/>
       <w:bookmarkStart w:id="6" w:name="_Hlk95984779"/>
-      <w:r w:rsidRPr="00205968">
-[...3 lines deleted...]
-          <w:highlight w:val="yellow"/>
+      <w:r w:rsidRPr="006C4277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>The bridge</w:t>
       </w:r>
-      <w:r w:rsidR="000629E5" w:rsidRPr="00205968">
-[...3 lines deleted...]
-          <w:highlight w:val="yellow"/>
+      <w:r w:rsidR="000629E5" w:rsidRPr="006C4277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>&lt;</w:t>
       </w:r>
-      <w:r w:rsidR="00243EC3" w:rsidRPr="00205968">
-[...3 lines deleted...]
-          <w:highlight w:val="yellow"/>
+      <w:r w:rsidR="00243EC3" w:rsidRPr="006C4277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidR="000629E5" w:rsidRPr="00205968">
-[...3 lines deleted...]
-          <w:highlight w:val="yellow"/>
+      <w:r w:rsidR="000629E5" w:rsidRPr="006C4277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>&gt;</w:t>
       </w:r>
-      <w:r w:rsidRPr="00205968">
-[...3 lines deleted...]
-          <w:highlight w:val="yellow"/>
+      <w:r w:rsidRPr="006C4277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="001B3D4A" w:rsidRPr="00205968">
-[...3 lines deleted...]
-          <w:highlight w:val="yellow"/>
+      <w:r w:rsidR="001B3D4A" w:rsidRPr="006C4277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>i</w:t>
       </w:r>
-      <w:r w:rsidR="000629E5" w:rsidRPr="00205968">
-[...3 lines deleted...]
-          <w:highlight w:val="yellow"/>
+      <w:r w:rsidR="000629E5" w:rsidRPr="006C4277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>s&lt;</w:t>
       </w:r>
-      <w:r w:rsidR="001B3D4A" w:rsidRPr="00205968">
-[...3 lines deleted...]
-          <w:highlight w:val="yellow"/>
+      <w:r w:rsidR="001B3D4A" w:rsidRPr="006C4277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>a</w:t>
       </w:r>
-      <w:r w:rsidR="00243EC3" w:rsidRPr="00205968">
-[...3 lines deleted...]
-          <w:highlight w:val="yellow"/>
+      <w:r w:rsidR="00243EC3" w:rsidRPr="006C4277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>re</w:t>
       </w:r>
-      <w:r w:rsidR="000629E5" w:rsidRPr="00205968">
-[...3 lines deleted...]
-          <w:highlight w:val="yellow"/>
+      <w:r w:rsidR="000629E5" w:rsidRPr="006C4277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>&gt;</w:t>
       </w:r>
-      <w:r w:rsidRPr="00205968">
-[...3 lines deleted...]
-          <w:highlight w:val="yellow"/>
+      <w:r w:rsidRPr="006C4277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="001B3D4A" w:rsidRPr="00205968">
-[...3 lines deleted...]
-          <w:highlight w:val="yellow"/>
+      <w:r w:rsidR="001B3D4A" w:rsidRPr="006C4277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>on the NHS system.</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="5"/>
-    <w:p w14:paraId="12FB676B" w14:textId="77777777" w:rsidR="0013557F" w:rsidRPr="00205968" w:rsidRDefault="0013557F" w:rsidP="00205968">
-[...14 lines deleted...]
-      <w:r w:rsidRPr="00205968">
+    <w:p w14:paraId="12FB676B" w14:textId="77777777" w:rsidR="0013557F" w:rsidRPr="006C4277" w:rsidRDefault="0013557F" w:rsidP="00205968">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="51BB3236" w14:textId="38CDC510" w:rsidR="0013557F" w:rsidRPr="006C4277" w:rsidRDefault="0013557F" w:rsidP="00205968">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C4277">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>&lt;Description of bridge condition found from inspection and recent SIIMS reports.</w:t>
       </w:r>
-      <w:r w:rsidR="00133816" w:rsidRPr="00205968">
+      <w:r w:rsidR="00133816" w:rsidRPr="006C4277">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00205968">
+      <w:r w:rsidRPr="006C4277">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Mention only conditions needing attention&gt;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="15822041" w14:textId="77777777" w:rsidR="0013557F" w:rsidRPr="000F34AA" w:rsidRDefault="0013557F" w:rsidP="0013557F">
+    <w:p w14:paraId="15822041" w14:textId="77777777" w:rsidR="0013557F" w:rsidRPr="006C4277" w:rsidRDefault="0013557F" w:rsidP="0013557F">
       <w:pPr>
         <w:spacing w:line="254" w:lineRule="exact"/>
         <w:ind w:left="1166"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3C1C20E6" w14:textId="48B71057" w:rsidR="0013557F" w:rsidRPr="000F34AA" w:rsidRDefault="0013557F" w:rsidP="0013557F">
+    <w:p w14:paraId="3C1C20E6" w14:textId="1AEAB7F0" w:rsidR="0013557F" w:rsidRPr="006C4277" w:rsidRDefault="0013557F" w:rsidP="0013557F">
       <w:pPr>
         <w:spacing w:line="254" w:lineRule="exact"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000F34AA">
+      <w:r w:rsidRPr="006C4277">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>&lt;Include rail height and type,</w:t>
       </w:r>
-      <w:r w:rsidR="00A1290E" w:rsidRPr="000F34AA">
+      <w:r w:rsidR="00A1290E" w:rsidRPr="006C4277">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> paving notch width,</w:t>
       </w:r>
-      <w:r w:rsidRPr="000F34AA">
+      <w:r w:rsidRPr="006C4277">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> approach type and condition, and guardrail type</w:t>
       </w:r>
-      <w:r w:rsidR="009308A2">
-[...10 lines deleted...]
-        <w:t xml:space="preserve">Indicate </w:t>
+      <w:r w:rsidR="009308A2" w:rsidRPr="006C4277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. Indicate </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidR="009308A2" w:rsidRPr="008337E9">
-[...2 lines deleted...]
-          <w:highlight w:val="yellow"/>
+      <w:r w:rsidR="009308A2" w:rsidRPr="006C4277">
+        <w:rPr>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>whether or not</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidR="009308A2" w:rsidRPr="008337E9">
-[...13 lines deleted...]
-    <w:p w14:paraId="1E26F5BE" w14:textId="77777777" w:rsidR="0013557F" w:rsidRPr="000F34AA" w:rsidRDefault="0013557F" w:rsidP="0013557F">
+      <w:r w:rsidR="009308A2" w:rsidRPr="006C4277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> guardrail meets current standards.&gt;</w:t>
+      </w:r>
+      <w:r w:rsidR="006C4277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006C4277" w:rsidRPr="004555C9">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(Include photos of typical guardrail that show attachment to the bridge and the </w:t>
+      </w:r>
+      <w:r w:rsidR="006C4277">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">type of </w:t>
+      </w:r>
+      <w:r w:rsidR="006C4277" w:rsidRPr="004555C9">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>end terminal)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1E26F5BE" w14:textId="77777777" w:rsidR="0013557F" w:rsidRPr="006C4277" w:rsidRDefault="0013557F" w:rsidP="0013557F">
       <w:pPr>
         <w:spacing w:line="254" w:lineRule="exact"/>
         <w:ind w:left="1170"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="57AE39DC" w14:textId="5F6F273E" w:rsidR="00A125C8" w:rsidRPr="000F34AA" w:rsidRDefault="00A1290E" w:rsidP="00A1290E">
+    <w:p w14:paraId="57AE39DC" w14:textId="101711C6" w:rsidR="00A125C8" w:rsidRPr="006C4277" w:rsidRDefault="00A1290E" w:rsidP="00A1290E">
       <w:pPr>
         <w:spacing w:line="254" w:lineRule="exact"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000F34AA">
+      <w:r w:rsidRPr="006C4277">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>The posted speed limit is &lt;xx&gt; mph and &lt;20xx&gt; AADT is &lt;</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="000F34AA">
+      <w:r w:rsidRPr="006C4277">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>xxxx</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="000F34AA">
+      <w:r w:rsidRPr="006C4277">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>&gt; with &lt;xx%&gt; trucks.</w:t>
       </w:r>
-      <w:r w:rsidR="00133816" w:rsidRPr="000F34AA">
+      <w:r w:rsidR="00133816" w:rsidRPr="006C4277">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000F34AA">
+      <w:r w:rsidRPr="006C4277">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>(Use for single bridge configuration</w:t>
       </w:r>
-      <w:r w:rsidR="00584EF0" w:rsidRPr="000F34AA">
+      <w:r w:rsidR="00584EF0" w:rsidRPr="006C4277">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidR="00133816" w:rsidRPr="000F34AA">
+      <w:r w:rsidR="00133816" w:rsidRPr="006C4277">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00584EF0" w:rsidRPr="000F34AA">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="000F34AA">
+      <w:r w:rsidR="00584EF0" w:rsidRPr="006C4277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Obtain traffic data from</w:t>
+      </w:r>
+      <w:r w:rsidR="006C4277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:history="1">
+        <w:r w:rsidR="006C4277" w:rsidRPr="004555C9">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:i/>
+            <w:iCs/>
+            <w:sz w:val="24"/>
+            <w:highlight w:val="yellow"/>
+          </w:rPr>
+          <w:t>Iowa Traffic Data</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="006C4277" w:rsidRPr="004555C9">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> map</w:t>
+      </w:r>
+      <w:r w:rsidR="006C4277">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C4277">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1B8929A8" w14:textId="77777777" w:rsidR="000629E5" w:rsidRPr="000F34AA" w:rsidRDefault="000629E5" w:rsidP="00A1290E">
+    <w:p w14:paraId="1B8929A8" w14:textId="77777777" w:rsidR="000629E5" w:rsidRPr="006C4277" w:rsidRDefault="000629E5" w:rsidP="00A1290E">
       <w:pPr>
         <w:spacing w:line="254" w:lineRule="exact"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="41142382" w14:textId="3768F0D9" w:rsidR="00A1290E" w:rsidRPr="000F34AA" w:rsidRDefault="00A1290E" w:rsidP="00A1290E">
+    <w:p w14:paraId="41142382" w14:textId="4BC8AE41" w:rsidR="00A1290E" w:rsidRPr="006C4277" w:rsidRDefault="00A1290E" w:rsidP="00A1290E">
       <w:pPr>
         <w:spacing w:line="254" w:lineRule="exact"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000F34AA">
+      <w:r w:rsidRPr="006C4277">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>The posted speed limit is &lt;xx&gt; mph and &lt;20xx&gt; AADT is &lt;</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="000F34AA">
+      <w:r w:rsidRPr="006C4277">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>xxxx</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="000F34AA">
+      <w:r w:rsidRPr="006C4277">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>&gt; (&lt;</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="000F34AA">
+      <w:r w:rsidRPr="006C4277">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>xxxx</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="000F34AA">
+      <w:r w:rsidRPr="006C4277">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>&gt; &lt;WB/SB&gt; with &lt;xx%&gt; trucks and &lt;</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="000F34AA">
+      <w:r w:rsidRPr="006C4277">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>xxxx</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="000F34AA">
+      <w:r w:rsidRPr="006C4277">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>&gt; &lt;EB/NB&gt; with &lt;xx%&gt; trucks. (Use for dual bridge configuration</w:t>
       </w:r>
-      <w:r w:rsidR="00584EF0" w:rsidRPr="000F34AA">
+      <w:r w:rsidR="00584EF0" w:rsidRPr="006C4277">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, even if only </w:t>
       </w:r>
-      <w:r w:rsidR="000629E5" w:rsidRPr="000F34AA">
+      <w:r w:rsidR="000629E5" w:rsidRPr="006C4277">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">performing </w:t>
       </w:r>
-      <w:r w:rsidR="00584EF0" w:rsidRPr="000F34AA">
+      <w:r w:rsidR="00584EF0" w:rsidRPr="006C4277">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>work on one bridge.</w:t>
       </w:r>
-      <w:r w:rsidR="00133816" w:rsidRPr="000F34AA">
+      <w:r w:rsidR="00133816" w:rsidRPr="006C4277">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00584EF0" w:rsidRPr="000F34AA">
-[...5 lines deleted...]
-      <w:r w:rsidRPr="000F34AA">
+      <w:r w:rsidR="00584EF0" w:rsidRPr="006C4277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Obtain traffic data from </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId9" w:history="1">
+        <w:r w:rsidR="006C4277" w:rsidRPr="004555C9">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:i/>
+            <w:iCs/>
+            <w:sz w:val="24"/>
+            <w:highlight w:val="yellow"/>
+          </w:rPr>
+          <w:t>Iowa Traffic Data</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="006C4277" w:rsidRPr="004555C9">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> map</w:t>
+      </w:r>
+      <w:r w:rsidR="006C4277">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C4277">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="68366B1F" w14:textId="4E29035F" w:rsidR="00D454D1" w:rsidRPr="000F34AA" w:rsidRDefault="00D454D1" w:rsidP="00A1290E">
+    <w:p w14:paraId="68366B1F" w14:textId="4E29035F" w:rsidR="00D454D1" w:rsidRPr="006C4277" w:rsidRDefault="00D454D1" w:rsidP="00A1290E">
       <w:pPr>
         <w:spacing w:line="254" w:lineRule="exact"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="16732509" w14:textId="4FEC83F5" w:rsidR="00C40ACF" w:rsidRPr="000F34AA" w:rsidRDefault="00C40ACF" w:rsidP="00A1290E">
+    <w:p w14:paraId="16732509" w14:textId="4FEC83F5" w:rsidR="00C40ACF" w:rsidRPr="006C4277" w:rsidRDefault="00C40ACF" w:rsidP="00A1290E">
       <w:pPr>
         <w:spacing w:line="254" w:lineRule="exact"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000F34AA">
-[...6 lines deleted...]
-    <w:p w14:paraId="465CB0AD" w14:textId="77777777" w:rsidR="00C40ACF" w:rsidRPr="000F34AA" w:rsidRDefault="00C40ACF" w:rsidP="00A1290E">
+      <w:r w:rsidRPr="006C4277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The approach roadway is a &lt;number of lanes&gt; lane section with &lt;roadway width’&gt; paved roadway and &lt;shoulder width’&gt; &lt;shoulder material&gt; shoulders. </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C4277">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>(Use for single bridge configuration)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="465CB0AD" w14:textId="77777777" w:rsidR="00C40ACF" w:rsidRPr="006C4277" w:rsidRDefault="00C40ACF" w:rsidP="00A1290E">
       <w:pPr>
         <w:spacing w:line="254" w:lineRule="exact"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="60660171" w14:textId="056597F8" w:rsidR="00D454D1" w:rsidRDefault="00D454D1" w:rsidP="00A1290E">
+    <w:p w14:paraId="60660171" w14:textId="056597F8" w:rsidR="00D454D1" w:rsidRPr="006C4277" w:rsidRDefault="00D454D1" w:rsidP="00A1290E">
       <w:pPr>
         <w:spacing w:line="254" w:lineRule="exact"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000F34AA">
+      <w:r w:rsidRPr="006C4277">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>The approach roadway is a &lt;number of lanes&gt; lane section with &lt;roadway width’&gt; paved roadway, &lt;shoulder width’&gt; outside &lt;shoulder material&gt; shoulders and &lt;shoulder width’&gt; inside &lt;shoulder material&gt; shoulders.</w:t>
       </w:r>
-      <w:r w:rsidR="00133816" w:rsidRPr="000F34AA">
+      <w:r w:rsidR="00133816" w:rsidRPr="006C4277">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00C40ACF" w:rsidRPr="000F34AA">
-        <w:rPr>
+      <w:r w:rsidR="00C40ACF" w:rsidRPr="006C4277">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>(Use for dual bridge</w:t>
       </w:r>
-      <w:r w:rsidR="005C269E" w:rsidRPr="000F34AA">
-        <w:rPr>
+      <w:r w:rsidR="005C269E" w:rsidRPr="006C4277">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> divided highway </w:t>
       </w:r>
-      <w:r w:rsidR="00C40ACF" w:rsidRPr="000F34AA">
-        <w:rPr>
+      <w:r w:rsidR="00C40ACF" w:rsidRPr="006C4277">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">configuration) </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B71F118" w14:textId="77777777" w:rsidR="00986F40" w:rsidRPr="000F34AA" w:rsidRDefault="00986F40" w:rsidP="00A1290E">
+    <w:p w14:paraId="2B71F118" w14:textId="77777777" w:rsidR="00986F40" w:rsidRDefault="00986F40" w:rsidP="00A1290E">
       <w:pPr>
         <w:spacing w:line="254" w:lineRule="exact"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
+    <w:p w14:paraId="2CC230A6" w14:textId="77777777" w:rsidR="006C4277" w:rsidRPr="00A31B3B" w:rsidRDefault="006C4277" w:rsidP="006C4277">
+      <w:pPr>
+        <w:spacing w:line="254" w:lineRule="exact"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A31B3B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>&lt;</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="7" w:name="_Hlk209694945"/>
+      <w:bookmarkStart w:id="8" w:name="_Hlk209706923"/>
+      <w:bookmarkStart w:id="9" w:name="_Hlk209704379"/>
+      <w:bookmarkStart w:id="10" w:name="_Hlk213239869"/>
+      <w:r w:rsidRPr="00A31B3B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>Paint scrape testing has been completed.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> See results below</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="7"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="8"/>
+      <w:r w:rsidRPr="00A31B3B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">&gt; </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="9"/>
+      <w:r w:rsidRPr="005F63B6">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>(Fill in test results in table below)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A31B3B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30D12C8B" w14:textId="77777777" w:rsidR="006C4277" w:rsidRPr="00A31B3B" w:rsidRDefault="006C4277" w:rsidP="006C4277">
+      <w:pPr>
+        <w:spacing w:line="254" w:lineRule="exact"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A31B3B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>&lt;Paint scrape testing has not been completed and needs to be scheduled.&gt;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F63B6">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>(Delete table below)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="63A69AF9" w14:textId="77777777" w:rsidR="006C4277" w:rsidRDefault="006C4277" w:rsidP="006C4277">
+      <w:pPr>
+        <w:spacing w:line="254" w:lineRule="exact"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">&lt;Paint scrape testing has not been completed. Location and Environment Bureau to determine if testing is required.&gt; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F63B6">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>(Delete table below)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0994316E" w14:textId="77777777" w:rsidR="006C4277" w:rsidRDefault="006C4277" w:rsidP="006C4277">
+      <w:pPr>
+        <w:spacing w:line="254" w:lineRule="exact"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A31B3B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>&lt;</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="11" w:name="_Hlk209694648"/>
+      <w:bookmarkStart w:id="12" w:name="_Hlk209705726"/>
+      <w:bookmarkStart w:id="13" w:name="_Hlk209694024"/>
+      <w:r w:rsidRPr="00A31B3B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>There are no painted surfaces on the bridge(s)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>. Paint scrape testing is not required</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="11"/>
+      <w:r w:rsidRPr="00A31B3B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="12"/>
+      <w:r w:rsidRPr="00A31B3B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>&gt;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="13"/>
+      <w:r w:rsidRPr="005F63B6">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>(Delete table below)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1538FCD0" w14:textId="77777777" w:rsidR="006C4277" w:rsidRDefault="006C4277" w:rsidP="006C4277">
+      <w:pPr>
+        <w:spacing w:line="254" w:lineRule="exact"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(Review all projects completed after latest test results to determine if results/test locations are still applicable or if additional testing may be required.)  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="464785B6" w14:textId="77777777" w:rsidR="006C4277" w:rsidRPr="00A31B3B" w:rsidRDefault="006C4277" w:rsidP="006C4277">
+      <w:pPr>
+        <w:spacing w:line="254" w:lineRule="exact"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="40E18244" w14:textId="77777777" w:rsidR="006C4277" w:rsidRPr="00A31B3B" w:rsidRDefault="006C4277" w:rsidP="006C4277">
+      <w:pPr>
+        <w:spacing w:line="254" w:lineRule="exact"/>
+        <w:ind w:left="5040" w:firstLine="720"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="14" w:name="_Hlk209694961"/>
+      <w:r w:rsidRPr="00A31B3B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>Total Lead</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A31B3B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Total Chromium</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="264F3ACE" w14:textId="77777777" w:rsidR="006C4277" w:rsidRPr="00A31B3B" w:rsidRDefault="006C4277" w:rsidP="006C4277">
+      <w:pPr>
+        <w:spacing w:line="254" w:lineRule="exact"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Sample</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A31B3B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Date</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A31B3B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A31B3B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A31B3B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Sample Location</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A31B3B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A31B3B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A31B3B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Level (ppm)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A31B3B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A31B3B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Level (ppm)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="10"/>
+    <w:bookmarkEnd w:id="14"/>
+    <w:p w14:paraId="488FAAFB" w14:textId="77777777" w:rsidR="006C4277" w:rsidRDefault="006C4277" w:rsidP="006C4277">
+      <w:pPr>
+        <w:spacing w:line="254" w:lineRule="exact"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4A9F3739" w14:textId="77777777" w:rsidR="006C4277" w:rsidRPr="00746959" w:rsidRDefault="006C4277" w:rsidP="006C4277">
+      <w:pPr>
+        <w:spacing w:line="254" w:lineRule="exact"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00746959">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:id="15" w:name="_Hlk209706777"/>
+    </w:p>
+    <w:p w14:paraId="59166FF4" w14:textId="77777777" w:rsidR="006C4277" w:rsidRPr="00A31B3B" w:rsidRDefault="006C4277" w:rsidP="006C4277">
+      <w:pPr>
+        <w:spacing w:line="254" w:lineRule="exact"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A31B3B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>&lt;</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="16" w:name="_Hlk209694115"/>
+      <w:bookmarkStart w:id="17" w:name="_Hlk209704452"/>
+      <w:bookmarkStart w:id="18" w:name="_Hlk209704710"/>
+      <w:bookmarkStart w:id="19" w:name="_Hlk209695619"/>
+      <w:bookmarkEnd w:id="15"/>
+      <w:r w:rsidRPr="00A31B3B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Asbestos inspection </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>was</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A31B3B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> completed</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> on XX/XX/XXXX</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A31B3B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>. No asbestos is present</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="16"/>
+      <w:r w:rsidRPr="00A31B3B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="17"/>
+      <w:r w:rsidRPr="00A31B3B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>&gt;</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="18"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="19"/>
+      <w:r w:rsidRPr="005F63B6">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>(Delete table below)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4CD1D335" w14:textId="77777777" w:rsidR="006C4277" w:rsidRPr="005F63B6" w:rsidRDefault="006C4277" w:rsidP="006C4277">
+      <w:pPr>
+        <w:spacing w:line="254" w:lineRule="exact"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A31B3B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>&lt;</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="20" w:name="_Hlk209708475"/>
+      <w:bookmarkStart w:id="21" w:name="_Hlk209707236"/>
+      <w:r w:rsidRPr="00A31B3B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>Asbestos inspection has been completed. Asbestos is present</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> as noted below</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A31B3B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="20"/>
+      <w:r w:rsidRPr="00A31B3B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">&gt; </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="21"/>
+      <w:r w:rsidRPr="005F63B6">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>(Fill in test results in table below</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>. Asbestos inspection reports are available in ERMS.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F63B6">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="28A083DA" w14:textId="77777777" w:rsidR="006C4277" w:rsidRDefault="006C4277" w:rsidP="006C4277">
+      <w:pPr>
+        <w:spacing w:line="254" w:lineRule="exact"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A31B3B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>&lt;</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="22" w:name="_Hlk209694708"/>
+      <w:r w:rsidRPr="00A31B3B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>Asbestos inspection has not been completed and needs to be scheduled.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="22"/>
+      <w:r w:rsidRPr="00A31B3B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>&gt;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F63B6">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>(Delete table below)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="30EF15BE" w14:textId="77777777" w:rsidR="006C4277" w:rsidRDefault="006C4277" w:rsidP="006C4277">
+      <w:pPr>
+        <w:spacing w:line="254" w:lineRule="exact"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">&lt;Asbestos inspection has not been completed. Location and Environment Bureau to determine if testing is required.&gt; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F63B6">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>(Delete table below)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5F21E1CE" w14:textId="77777777" w:rsidR="006C4277" w:rsidRDefault="006C4277" w:rsidP="006C4277">
+      <w:pPr>
+        <w:spacing w:line="254" w:lineRule="exact"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(Review all projects completed after latest test results to determine if results/test locations are still applicable or if additional testing may be required.)  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="31E07620" w14:textId="77777777" w:rsidR="006C4277" w:rsidRPr="00A31B3B" w:rsidRDefault="006C4277" w:rsidP="006C4277">
+      <w:pPr>
+        <w:spacing w:line="254" w:lineRule="exact"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="0B207EBF" w14:textId="77777777" w:rsidR="006C4277" w:rsidRDefault="006C4277" w:rsidP="006C4277">
+      <w:pPr>
+        <w:spacing w:line="254" w:lineRule="exact"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="23" w:name="_Hlk209707247"/>
+      <w:bookmarkStart w:id="24" w:name="_Hlk209708485"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Sample</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A31B3B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Date</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A31B3B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Sample Location</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A31B3B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A31B3B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A31B3B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Quantity (sq. ft.)</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="23"/>
+    </w:p>
+    <w:bookmarkEnd w:id="24"/>
+    <w:p w14:paraId="100DFB39" w14:textId="77777777" w:rsidR="006C4277" w:rsidRPr="006C4277" w:rsidRDefault="006C4277" w:rsidP="00A1290E">
+      <w:pPr>
+        <w:spacing w:line="254" w:lineRule="exact"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
     <w:bookmarkEnd w:id="6"/>
-    <w:p w14:paraId="51EEA3D5" w14:textId="77777777" w:rsidR="00A125C8" w:rsidRPr="00205968" w:rsidRDefault="00A125C8" w:rsidP="00205968">
+    <w:p w14:paraId="51EEA3D5" w14:textId="77777777" w:rsidR="00A125C8" w:rsidRPr="006C4277" w:rsidRDefault="00A125C8" w:rsidP="00205968">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="00205968">
+      <w:r w:rsidRPr="006C4277">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t>RECOMMENDATIONS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B100655" w14:textId="77777777" w:rsidR="00A125C8" w:rsidRPr="000F34AA" w:rsidRDefault="00A125C8">
+    <w:p w14:paraId="4B100655" w14:textId="77777777" w:rsidR="00A125C8" w:rsidRPr="006C4277" w:rsidRDefault="00A125C8">
       <w:pPr>
         <w:spacing w:line="254" w:lineRule="exact"/>
         <w:ind w:left="1170"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="40CFD08F" w14:textId="77777777" w:rsidR="0013557F" w:rsidRPr="000F34AA" w:rsidRDefault="0013557F" w:rsidP="0013557F">
+    <w:p w14:paraId="40CFD08F" w14:textId="77777777" w:rsidR="0013557F" w:rsidRPr="006C4277" w:rsidRDefault="0013557F" w:rsidP="0013557F">
       <w:pPr>
         <w:spacing w:line="254" w:lineRule="exact"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000F34AA">
+      <w:r w:rsidRPr="006C4277">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>It is recommended that the following repairs be made:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7F80C414" w14:textId="77777777" w:rsidR="0013557F" w:rsidRPr="000F34AA" w:rsidRDefault="0013557F" w:rsidP="0013557F">
+    <w:p w14:paraId="7F80C414" w14:textId="77777777" w:rsidR="0013557F" w:rsidRPr="006C4277" w:rsidRDefault="0013557F" w:rsidP="0013557F">
       <w:pPr>
         <w:spacing w:line="254" w:lineRule="exact"/>
         <w:ind w:left="1170"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="09EF3412" w14:textId="77777777" w:rsidR="0013557F" w:rsidRPr="000F34AA" w:rsidRDefault="0013557F" w:rsidP="0013557F">
+    <w:p w14:paraId="09EF3412" w14:textId="77777777" w:rsidR="0013557F" w:rsidRPr="006C4277" w:rsidRDefault="0013557F" w:rsidP="0013557F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000F34AA">
+      <w:r w:rsidRPr="006C4277">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>&lt;List recommended repairs for bridge&gt;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="38AD534F" w14:textId="77777777" w:rsidR="0013557F" w:rsidRPr="000F34AA" w:rsidRDefault="0013557F" w:rsidP="0013557F">
+    <w:p w14:paraId="38AD534F" w14:textId="77777777" w:rsidR="0013557F" w:rsidRPr="006C4277" w:rsidRDefault="0013557F" w:rsidP="0013557F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000F34AA">
+      <w:r w:rsidRPr="006C4277">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>&lt;Use a numbered list&gt;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6C61BD16" w14:textId="77777777" w:rsidR="0013557F" w:rsidRDefault="0013557F" w:rsidP="0013557F">
+    <w:p w14:paraId="6C61BD16" w14:textId="77777777" w:rsidR="0013557F" w:rsidRPr="006C4277" w:rsidRDefault="0013557F" w:rsidP="0013557F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000F34AA">
+      <w:r w:rsidRPr="006C4277">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>&lt;Be specific, a plan will be prepared based on this information&gt;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6781C802" w14:textId="1F42E2C0" w:rsidR="000F34AA" w:rsidRPr="000F34AA" w:rsidRDefault="000F34AA" w:rsidP="0013557F">
+    <w:p w14:paraId="6781C802" w14:textId="58E37A59" w:rsidR="000F34AA" w:rsidRPr="006C4277" w:rsidRDefault="000F34AA" w:rsidP="0013557F">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="6"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
-          <w:highlight w:val="yellow"/>
-[...7 lines deleted...]
-        </w:rPr>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="25" w:name="_Hlk185936442"/>
+      <w:r w:rsidRPr="006C4277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t xml:space="preserve">&lt;If painting of traffic markings is included in the project, indicate new markings </w:t>
       </w:r>
-      <w:r w:rsidR="001B3D4A">
-[...2 lines deleted...]
-          <w:highlight w:val="yellow"/>
+      <w:r w:rsidR="001B3D4A" w:rsidRPr="006C4277">
+        <w:rPr>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">are to be </w:t>
       </w:r>
-      <w:r w:rsidRPr="000F34AA">
-[...22 lines deleted...]
-    <w:p w14:paraId="7C9FE874" w14:textId="77777777" w:rsidR="0013557F" w:rsidRPr="000F34AA" w:rsidRDefault="0013557F" w:rsidP="0013557F">
+      <w:r w:rsidRPr="006C4277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>installed within the full extents of the traffic control</w:t>
+      </w:r>
+      <w:r w:rsidR="006C4277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="006C4277" w:rsidRPr="00C33418">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>This is not required for projects with short-term traffic control</w:t>
+      </w:r>
+      <w:r w:rsidR="006C4277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> that do not utilize temporary barrier rail</w:t>
+      </w:r>
+      <w:r w:rsidR="006C4277" w:rsidRPr="00C33418">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C4277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>&gt;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="25"/>
+    <w:p w14:paraId="7C9FE874" w14:textId="77777777" w:rsidR="0013557F" w:rsidRPr="006C4277" w:rsidRDefault="0013557F" w:rsidP="0013557F">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent2"/>
         <w:spacing w:line="254" w:lineRule="exact"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1DA5A6E6" w14:textId="0AE3CAD9" w:rsidR="0013557F" w:rsidRPr="00205968" w:rsidRDefault="00CD5E12" w:rsidP="00205968">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00205968">
+    <w:p w14:paraId="1DA5A6E6" w14:textId="0AE3CAD9" w:rsidR="0013557F" w:rsidRPr="006C4277" w:rsidRDefault="00CD5E12" w:rsidP="00205968">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C4277">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>This project &lt;is/is not&gt; considered a Traffic Critical Project.</w:t>
       </w:r>
-      <w:r w:rsidR="00133816" w:rsidRPr="00205968">
+      <w:r w:rsidR="00133816" w:rsidRPr="006C4277">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="0013557F" w:rsidRPr="00205968">
+      <w:r w:rsidR="0013557F" w:rsidRPr="006C4277">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Traffic control will involve &lt;TBR, shoulder strengthening, traffic signals, </w:t>
       </w:r>
-      <w:r w:rsidR="00A1290E" w:rsidRPr="00205968">
+      <w:r w:rsidR="00A1290E" w:rsidRPr="006C4277">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">standard road plans for traffic control, </w:t>
       </w:r>
-      <w:r w:rsidR="0013557F" w:rsidRPr="00205968">
+      <w:r w:rsidR="0013557F" w:rsidRPr="006C4277">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>etc.&gt;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="770089A9" w14:textId="77777777" w:rsidR="0013557F" w:rsidRPr="00205968" w:rsidRDefault="0013557F" w:rsidP="00205968">
-[...14 lines deleted...]
-      <w:r w:rsidRPr="00205968">
+    <w:p w14:paraId="770089A9" w14:textId="77777777" w:rsidR="0013557F" w:rsidRPr="006C4277" w:rsidRDefault="0013557F" w:rsidP="00205968">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6AAE1CDE" w14:textId="2842E1DA" w:rsidR="0013557F" w:rsidRPr="006C4277" w:rsidRDefault="0013557F" w:rsidP="00205968">
+      <w:pPr>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C4277">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">&lt;Note: All traffic control will be arranged and determined by the </w:t>
       </w:r>
-      <w:r w:rsidR="00CC3137" w:rsidRPr="00205968">
+      <w:r w:rsidR="00CC3137" w:rsidRPr="006C4277">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Design Bureau</w:t>
       </w:r>
-      <w:r w:rsidRPr="00205968">
+      <w:r w:rsidRPr="006C4277">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.&gt;</w:t>
       </w:r>
-      <w:r w:rsidR="000835B2" w:rsidRPr="00205968">
-[...7 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidR="000835B2" w:rsidRPr="006C4277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000835B2" w:rsidRPr="006C4277">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(for </w:t>
+      </w:r>
+      <w:r w:rsidR="00592834" w:rsidRPr="006C4277">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">BSB prepared </w:t>
       </w:r>
-      <w:r w:rsidR="000835B2" w:rsidRPr="00205968">
-        <w:rPr>
+      <w:r w:rsidR="000835B2" w:rsidRPr="006C4277">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>concepts)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7A7E37B5" w14:textId="0A116CD6" w:rsidR="00500799" w:rsidRPr="00205968" w:rsidRDefault="00500799" w:rsidP="00205968">
-[...16 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="7A7E37B5" w14:textId="0A116CD6" w:rsidR="00500799" w:rsidRPr="006C4277" w:rsidRDefault="00500799" w:rsidP="00205968">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="598911C7" w14:textId="379D2763" w:rsidR="00E454ED" w:rsidRPr="006C4277" w:rsidRDefault="00E454ED" w:rsidP="00205968">
+      <w:pPr>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="26" w:name="_Hlk95984951"/>
+      <w:r w:rsidRPr="006C4277">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(Select one of the two following statements for bridges located over waterways)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="22FCCD52" w14:textId="77777777" w:rsidR="00E454ED" w:rsidRPr="00205968" w:rsidRDefault="00E454ED" w:rsidP="00205968">
-[...14 lines deleted...]
-      <w:r w:rsidRPr="00205968">
+    <w:p w14:paraId="22FCCD52" w14:textId="77777777" w:rsidR="00E454ED" w:rsidRPr="006C4277" w:rsidRDefault="00E454ED" w:rsidP="00205968">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="50892C8B" w14:textId="5AD5F399" w:rsidR="00500799" w:rsidRPr="006C4277" w:rsidRDefault="00500799" w:rsidP="00205968">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C4277">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>&lt;This project crosses an Iowa DNR paddling route and a paddling restriction &lt;is/is not&gt; required based on the scope of work.</w:t>
       </w:r>
-      <w:r w:rsidR="00133816" w:rsidRPr="00205968">
+      <w:r w:rsidR="00133816" w:rsidRPr="006C4277">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00205968">
+      <w:r w:rsidRPr="006C4277">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">&lt;The </w:t>
       </w:r>
-      <w:r w:rsidR="00647FEA" w:rsidRPr="00205968">
+      <w:r w:rsidR="00647FEA" w:rsidRPr="006C4277">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Bridges and Structures Bureau Preliminary Design Unit</w:t>
       </w:r>
-      <w:r w:rsidRPr="00205968">
+      <w:r w:rsidRPr="006C4277">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> will be coordinating with the Iowa DNR to determine signage requirements and conditions to be included in the final plans. &gt;</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00205968">
+      <w:r w:rsidRPr="006C4277">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>&gt;</w:t>
       </w:r>
-      <w:r w:rsidR="000629E5" w:rsidRPr="00205968">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">  (</w:t>
+      <w:r w:rsidR="000629E5" w:rsidRPr="006C4277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:r w:rsidR="000629E5" w:rsidRPr="006C4277">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidR="000629E5" w:rsidRPr="00205968">
-        <w:rPr>
+      <w:r w:rsidR="000629E5" w:rsidRPr="006C4277">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Verify paddling routes on this map: </w:t>
       </w:r>
-      <w:hyperlink r:id="rId8" w:history="1">
-        <w:r w:rsidR="000629E5" w:rsidRPr="00205968">
+      <w:hyperlink r:id="rId10" w:history="1">
+        <w:r w:rsidR="000629E5" w:rsidRPr="006C4277">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
+            <w:i/>
+            <w:iCs/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
-          <w:t>https://www.iowadnr.gov/Things-to-Do/Canoeing-Kayaking/Where-to-Paddle</w:t>
+          <w:t>https://www.iowadnr.gov/Things-to-Do/Canoeing-Kayaking/Where-to-Pa</w:t>
         </w:r>
-      </w:hyperlink>
-[...228 lines deleted...]
-        <w:r w:rsidR="00647FEA" w:rsidRPr="00205968">
+        <w:r w:rsidR="000629E5" w:rsidRPr="006C4277">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
+            <w:i/>
+            <w:iCs/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
-          <w:t>https://www.iowaonecall.com/designrequestsystem/</w:t>
+          <w:t>d</w:t>
+        </w:r>
+        <w:r w:rsidR="000629E5" w:rsidRPr="006C4277">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:i/>
+            <w:iCs/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>dle</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00A409BA" w:rsidRPr="00205968">
+      <w:r w:rsidR="000629E5" w:rsidRPr="006C4277">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="34964FE2" w14:textId="24736A60" w:rsidR="0013557F" w:rsidRPr="006C4277" w:rsidRDefault="0013557F" w:rsidP="00205968">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7AC4A95B" w14:textId="29B275FA" w:rsidR="00500799" w:rsidRPr="006C4277" w:rsidRDefault="00500799" w:rsidP="00205968">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C4277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>&lt;This project does not cross an Iowa DNR paddling route. No action required.&gt;</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="26"/>
+    <w:p w14:paraId="144082CC" w14:textId="77777777" w:rsidR="00500799" w:rsidRPr="006C4277" w:rsidRDefault="00500799" w:rsidP="00205968">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="058365C6" w14:textId="577D348B" w:rsidR="0013557F" w:rsidRPr="006C4277" w:rsidRDefault="000835B2" w:rsidP="00205968">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C4277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>&lt;</w:t>
+      </w:r>
+      <w:r w:rsidR="0013557F" w:rsidRPr="006C4277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>The District should provide a site survey of the utilities.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C4277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>&gt;</w:t>
+      </w:r>
+      <w:r w:rsidR="00F12A1C" w:rsidRPr="006C4277">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00205968">
+      <w:r w:rsidR="00F12A1C" w:rsidRPr="006C4277">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00CC25A4" w:rsidRPr="006C4277">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">for </w:t>
+      </w:r>
+      <w:r w:rsidR="00592834" w:rsidRPr="006C4277">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">BSB prepared </w:t>
+      </w:r>
+      <w:r w:rsidR="00CC25A4" w:rsidRPr="006C4277">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>concepts)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="461A41B8" w14:textId="785808B5" w:rsidR="00CC25A4" w:rsidRPr="006C4277" w:rsidRDefault="00CC25A4" w:rsidP="00205968">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1CE41A26" w14:textId="52AE1FAC" w:rsidR="007B2A1C" w:rsidRPr="006C4277" w:rsidRDefault="000835B2" w:rsidP="00205968">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C4277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>&lt;</w:t>
+      </w:r>
+      <w:r w:rsidR="00CC25A4" w:rsidRPr="006C4277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The following utilities have been identified by One Call (811) </w:t>
+      </w:r>
+      <w:r w:rsidR="00647FEA" w:rsidRPr="006C4277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Design Information Request</w:t>
+      </w:r>
+      <w:r w:rsidR="00CC25A4" w:rsidRPr="006C4277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00016768" w:rsidRPr="006C4277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (list utilities</w:t>
+      </w:r>
+      <w:r w:rsidR="00647FEA" w:rsidRPr="006C4277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, contact names, contact phone numbers, contact email addresses</w:t>
+      </w:r>
+      <w:r w:rsidR="00016768" w:rsidRPr="006C4277">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-    </w:p>
-    <w:p w14:paraId="7378658C" w14:textId="77777777" w:rsidR="00016768" w:rsidRPr="000F34AA" w:rsidRDefault="00016768" w:rsidP="00016768">
+      <w:r w:rsidRPr="006C4277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">&gt; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C4277">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00592834" w:rsidRPr="006C4277">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>For Consultant prepared concepts, t</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C4277">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">he Consultant shall provide a One Call (811) </w:t>
+      </w:r>
+      <w:r w:rsidR="00647FEA" w:rsidRPr="006C4277">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Design Information Request </w:t>
+      </w:r>
+      <w:r w:rsidR="006E28DF" w:rsidRPr="006C4277">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>of the utilities.</w:t>
+      </w:r>
+      <w:r w:rsidR="00647FEA" w:rsidRPr="006C4277">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId11" w:history="1">
+        <w:r w:rsidR="00647FEA" w:rsidRPr="006C4277">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:i/>
+            <w:iCs/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>https://www.iowaonecall.com/designreques</w:t>
+        </w:r>
+        <w:r w:rsidR="00647FEA" w:rsidRPr="006C4277">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:i/>
+            <w:iCs/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>t</w:t>
+        </w:r>
+        <w:r w:rsidR="00647FEA" w:rsidRPr="006C4277">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:i/>
+            <w:iCs/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>system/</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00A409BA" w:rsidRPr="006C4277">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C4277">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7378658C" w14:textId="77777777" w:rsidR="00016768" w:rsidRPr="006C4277" w:rsidRDefault="00016768" w:rsidP="00016768">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent2"/>
         <w:spacing w:line="254" w:lineRule="exact"/>
         <w:ind w:left="0"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="21F9CDE9" w14:textId="412940BC" w:rsidR="00CC25A4" w:rsidRPr="00205968" w:rsidRDefault="00CC25A4" w:rsidP="00205968">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00205968">
+    <w:p w14:paraId="21F9CDE9" w14:textId="7427B69F" w:rsidR="00CC25A4" w:rsidRPr="006C4277" w:rsidRDefault="00CC25A4" w:rsidP="00205968">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C4277">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>&lt;If utilities were observed</w:t>
       </w:r>
-      <w:r w:rsidR="000835B2" w:rsidRPr="00205968">
+      <w:r w:rsidR="000835B2" w:rsidRPr="006C4277">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> during the field exam</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00205968">
+      <w:r w:rsidRPr="006C4277">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>: ”The</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00205968">
-[...4 lines deleted...]
-        <w:t xml:space="preserve"> following utilities were observed: (list rail conduit, bridge utility attachments, overhead utilities, etc. and general location as appropriate)”. Comment on the possibility of utility impacts using one of the following two statements” </w:t>
+      <w:r w:rsidRPr="006C4277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> following utilities were observed: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C4277">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(list rail conduit</w:t>
+      </w:r>
+      <w:r w:rsidR="006C4277" w:rsidRPr="006C4277">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006C4277" w:rsidRPr="006C4277">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>or indicate no conduit in rail</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C4277">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, bridge utility attachments, overhead utilities, </w:t>
+      </w:r>
+      <w:r w:rsidR="006C4277" w:rsidRPr="006C4277">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>ITS poles/cameras</w:t>
+      </w:r>
+      <w:r w:rsidR="006C4277" w:rsidRPr="006C4277">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C4277">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>etc. and general location as appropriate)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C4277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">”. Comment on the possibility of utility impacts using one of the following two statements” </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00205968">
+      <w:r w:rsidRPr="006C4277">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>&lt;”No</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00205968">
+      <w:r w:rsidRPr="006C4277">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> impacts to the observed utilities are anticipated based on the recommended repairs.”&gt; or &lt;”Impacts to the following utilities are anticipated</w:t>
       </w:r>
-      <w:r w:rsidR="000835B2" w:rsidRPr="00205968">
+      <w:r w:rsidR="000835B2" w:rsidRPr="006C4277">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> based on the recommended repairs</w:t>
       </w:r>
-      <w:r w:rsidRPr="00205968">
+      <w:r w:rsidRPr="006C4277">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>: (list utilities affected)”&gt;. If no utilities are observed include the following statement: “No utilities were observed during the field exam.”&gt;</w:t>
       </w:r>
-    </w:p>
-[...15 lines deleted...]
-      <w:r w:rsidRPr="00205968">
+      <w:r w:rsidR="006C4277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="006C4277" w:rsidRPr="006C4277">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>(Include photos of all utilities in the vicinity of the bridge and on the bridge)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5A25D7E6" w14:textId="77777777" w:rsidR="00CC25A4" w:rsidRPr="006C4277" w:rsidRDefault="00CC25A4" w:rsidP="00205968">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="75CBE6A3" w14:textId="77777777" w:rsidR="001C2B87" w:rsidRPr="006C4277" w:rsidRDefault="00A125C8" w:rsidP="00205968">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C4277">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>All recipients of this letter should review this concept of work to be accomplished and advise the Bridges and Structures</w:t>
       </w:r>
-      <w:r w:rsidR="00DC45F3" w:rsidRPr="00205968">
+      <w:r w:rsidR="00DC45F3" w:rsidRPr="006C4277">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Bureau</w:t>
       </w:r>
-      <w:r w:rsidRPr="00205968">
+      <w:r w:rsidRPr="006C4277">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> of any comments </w:t>
       </w:r>
-      <w:r w:rsidR="000F106B" w:rsidRPr="00205968">
+      <w:r w:rsidR="000F106B" w:rsidRPr="006C4277">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">you have by </w:t>
       </w:r>
-      <w:r w:rsidR="007B2A1C" w:rsidRPr="00205968">
+      <w:r w:rsidR="007B2A1C" w:rsidRPr="006C4277">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>&lt;</w:t>
       </w:r>
-      <w:r w:rsidR="003055DD" w:rsidRPr="00205968">
+      <w:r w:rsidR="003055DD" w:rsidRPr="006C4277">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Date</w:t>
       </w:r>
-      <w:r w:rsidR="00EB03E5" w:rsidRPr="00205968">
+      <w:r w:rsidR="00EB03E5" w:rsidRPr="006C4277">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="003055DD" w:rsidRPr="00205968">
+      <w:r w:rsidR="003055DD" w:rsidRPr="006C4277">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidR="00EB03E5" w:rsidRPr="00205968">
+      <w:r w:rsidR="00EB03E5" w:rsidRPr="006C4277">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">approximately </w:t>
       </w:r>
-      <w:r w:rsidR="003055DD" w:rsidRPr="00205968">
+      <w:r w:rsidR="003055DD" w:rsidRPr="006C4277">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">3 weeks </w:t>
       </w:r>
-      <w:r w:rsidR="007B2A1C" w:rsidRPr="00205968">
+      <w:r w:rsidR="007B2A1C" w:rsidRPr="006C4277">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>from date sent</w:t>
       </w:r>
-      <w:r w:rsidR="003055DD" w:rsidRPr="00205968">
+      <w:r w:rsidR="003055DD" w:rsidRPr="006C4277">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidR="007B2A1C" w:rsidRPr="00205968">
+      <w:r w:rsidR="007B2A1C" w:rsidRPr="006C4277">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>&gt;</w:t>
       </w:r>
-      <w:r w:rsidRPr="00205968">
+      <w:r w:rsidRPr="006C4277">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">.  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="70EBC49F" w14:textId="77777777" w:rsidR="00586089" w:rsidRPr="00205968" w:rsidRDefault="00586089" w:rsidP="00205968">
-[...14 lines deleted...]
-      <w:r w:rsidRPr="00205968">
+    <w:p w14:paraId="70EBC49F" w14:textId="77777777" w:rsidR="00586089" w:rsidRPr="006C4277" w:rsidRDefault="00586089" w:rsidP="00205968">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7AA39D49" w14:textId="77777777" w:rsidR="007B2A1C" w:rsidRPr="006C4277" w:rsidRDefault="00A125C8" w:rsidP="00205968">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="006C4277">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Estimated cost of repairs is as follows:</w:t>
       </w:r>
-      <w:r w:rsidR="00AE03EA" w:rsidRPr="00205968">
+      <w:r w:rsidR="00AE03EA" w:rsidRPr="006C4277">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="71D5FB4B" w14:textId="77777777" w:rsidR="008B7BB0" w:rsidRPr="000F34AA" w:rsidRDefault="008B7BB0" w:rsidP="008D5556">
+    <w:p w14:paraId="71D5FB4B" w14:textId="77777777" w:rsidR="008B7BB0" w:rsidRPr="006C4277" w:rsidRDefault="008B7BB0" w:rsidP="008D5556">
       <w:pPr>
         <w:spacing w:line="254" w:lineRule="exact"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6571C0E2" w14:textId="77777777" w:rsidR="00B60BE8" w:rsidRDefault="008B7BB0" w:rsidP="008E73AB">
+    <w:p w14:paraId="6571C0E2" w14:textId="4E6642B5" w:rsidR="00B60BE8" w:rsidRPr="006C4277" w:rsidRDefault="008B7BB0" w:rsidP="008E73AB">
       <w:pPr>
         <w:spacing w:line="254" w:lineRule="exact"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000F34AA">
+      <w:r w:rsidRPr="006C4277">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">&lt;Complete </w:t>
       </w:r>
-      <w:bookmarkStart w:id="9" w:name="_Hlk95985022"/>
-      <w:r w:rsidR="00AB41D6" w:rsidRPr="000F34AA">
+      <w:bookmarkStart w:id="27" w:name="_Hlk95985022"/>
+      <w:r w:rsidR="00AB41D6" w:rsidRPr="006C4277">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
-      <w:r w:rsidR="00E454ED" w:rsidRPr="000F34AA">
+      <w:r w:rsidR="00E454ED" w:rsidRPr="006C4277">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:instrText>HYPERLINK "https://iowadot.gov/bridge/concepts/Cost%20Estimates%20for%20Concepts.xlsx"</w:instrText>
       </w:r>
-      <w:r w:rsidR="00AB41D6" w:rsidRPr="000F34AA">
-[...5 lines deleted...]
-      <w:r w:rsidR="00AB41D6" w:rsidRPr="000F34AA">
+      <w:r w:rsidR="006C4277" w:rsidRPr="006C4277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00AB41D6" w:rsidRPr="006C4277">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00FE69B3" w:rsidRPr="000F34AA">
+      <w:r w:rsidR="00FE69B3" w:rsidRPr="006C4277">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
-        <w:t>Cost Estimate for Concepts</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00AB41D6" w:rsidRPr="000F34AA">
+        <w:t>Cost Estimate for Conc</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE69B3" w:rsidRPr="006C4277">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE69B3" w:rsidRPr="006C4277">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>pts</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB41D6" w:rsidRPr="006C4277">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="9"/>
-      <w:r w:rsidR="00BB10BA" w:rsidRPr="000F34AA">
+      <w:bookmarkEnd w:id="27"/>
+      <w:r w:rsidR="00BB10BA" w:rsidRPr="006C4277">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000F34AA">
+      <w:r w:rsidRPr="006C4277">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">and paste area within yellow outline </w:t>
       </w:r>
-      <w:r w:rsidR="008E73AB" w:rsidRPr="000F34AA">
+      <w:r w:rsidR="008E73AB" w:rsidRPr="006C4277">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">from “Estimate for Copying” tab, linking if desired.&gt;  </w:t>
       </w:r>
-      <w:bookmarkStart w:id="10" w:name="_Hlk185936709"/>
-[...1 lines deleted...]
-    <w:p w14:paraId="4CC1DA72" w14:textId="77777777" w:rsidR="00B60BE8" w:rsidRDefault="00797497" w:rsidP="008E73AB">
+      <w:bookmarkStart w:id="28" w:name="_Hlk185936709"/>
+    </w:p>
+    <w:p w14:paraId="4CC1DA72" w14:textId="77777777" w:rsidR="00B60BE8" w:rsidRPr="00F37148" w:rsidRDefault="00797497" w:rsidP="008E73AB">
       <w:pPr>
         <w:spacing w:line="254" w:lineRule="exact"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...8 lines deleted...]
-          <w:highlight w:val="yellow"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F37148">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(For figuring the number of years of inflation</w:t>
       </w:r>
-      <w:r w:rsidR="001B3D4A">
-[...3 lines deleted...]
-          <w:highlight w:val="yellow"/>
+      <w:r w:rsidR="001B3D4A" w:rsidRPr="00F37148">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> to include in the estimate</w:t>
       </w:r>
-      <w:r w:rsidRPr="00797497">
-[...3 lines deleted...]
-          <w:highlight w:val="yellow"/>
+      <w:r w:rsidRPr="00F37148">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, the DOT fiscal year begins in July and ends in </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00797497">
-[...3 lines deleted...]
-          <w:highlight w:val="yellow"/>
+      <w:r w:rsidRPr="00F37148">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>June</w:t>
       </w:r>
-      <w:r w:rsidR="009308A2">
-[...3 lines deleted...]
-          <w:highlight w:val="yellow"/>
+      <w:r w:rsidR="009308A2" w:rsidRPr="00F37148">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidR="009308A2">
-[...3 lines deleted...]
-          <w:highlight w:val="yellow"/>
+      <w:r w:rsidR="009308A2" w:rsidRPr="00F37148">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> i.e. August 2024 falls in FY25</w:t>
       </w:r>
-      <w:r w:rsidRPr="00797497">
-[...3 lines deleted...]
-          <w:highlight w:val="yellow"/>
+      <w:r w:rsidRPr="00F37148">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">)  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6DEA140B" w14:textId="2E5DAA19" w:rsidR="00B60BE8" w:rsidRDefault="00797497" w:rsidP="008E73AB">
+    <w:p w14:paraId="6DEA140B" w14:textId="2E5DAA19" w:rsidR="00B60BE8" w:rsidRPr="00F37148" w:rsidRDefault="00797497" w:rsidP="008E73AB">
       <w:pPr>
         <w:spacing w:line="254" w:lineRule="exact"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...9 lines deleted...]
-        </w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F37148">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>(If construction is staged, include a staged construction item in the bridge estimate with a value of 10%</w:t>
       </w:r>
-      <w:r w:rsidR="00B60BE8">
-[...3 lines deleted...]
-          <w:highlight w:val="yellow"/>
+      <w:r w:rsidR="00B60BE8" w:rsidRPr="00F37148">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00797497">
-[...8 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidRPr="00F37148">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">) </w:t>
+      </w:r>
+      <w:r w:rsidR="00257B89" w:rsidRPr="00F37148">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00257B89">
-[...8 lines deleted...]
-    <w:p w14:paraId="39165D2A" w14:textId="43E61CC2" w:rsidR="008E73AB" w:rsidRPr="000F34AA" w:rsidRDefault="00257B89" w:rsidP="008E73AB">
+    </w:p>
+    <w:p w14:paraId="39165D2A" w14:textId="43E61CC2" w:rsidR="008E73AB" w:rsidRPr="00F37148" w:rsidRDefault="00257B89" w:rsidP="008E73AB">
       <w:pPr>
         <w:spacing w:line="254" w:lineRule="exact"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...23 lines deleted...]
-          <w:highlight w:val="yellow"/>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F37148">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(For projects with dual bridges, provide a separate estimate for each bridge. Provide a total </w:t>
+      </w:r>
+      <w:r w:rsidR="001B3D4A" w:rsidRPr="00F37148">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">project </w:t>
       </w:r>
-      <w:r w:rsidRPr="00797497">
-[...25 lines deleted...]
-    <w:p w14:paraId="7F341857" w14:textId="4E1E71EB" w:rsidR="008D5556" w:rsidRPr="000F34AA" w:rsidRDefault="00A125C8" w:rsidP="008B7BB0">
+      <w:r w:rsidRPr="00F37148">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">cost that includes both bridges.) </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="28"/>
+    <w:p w14:paraId="7F341857" w14:textId="4E1E71EB" w:rsidR="008D5556" w:rsidRPr="006C4277" w:rsidRDefault="00A125C8" w:rsidP="008B7BB0">
       <w:pPr>
         <w:spacing w:line="254" w:lineRule="exact"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000F34AA">
+      <w:r w:rsidRPr="006C4277">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                    </w:t>
       </w:r>
-      <w:r w:rsidRPr="000F34AA">
+      <w:r w:rsidRPr="006C4277">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0C45CE97" w14:textId="0F4B6406" w:rsidR="00A125C8" w:rsidRPr="000F34AA" w:rsidRDefault="007B2A1C" w:rsidP="008B7BB0">
+    <w:p w14:paraId="0C45CE97" w14:textId="210F99C4" w:rsidR="00A125C8" w:rsidRPr="006C4277" w:rsidRDefault="007B2A1C" w:rsidP="008B7BB0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1620"/>
         </w:tabs>
         <w:spacing w:line="254" w:lineRule="exact"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000F34AA">
+      <w:r w:rsidRPr="006C4277">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">&lt;Bridge Design </w:t>
       </w:r>
-      <w:r w:rsidR="00BB10BA" w:rsidRPr="000F34AA">
+      <w:r w:rsidR="00BB10BA" w:rsidRPr="006C4277">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Engineer's</w:t>
       </w:r>
-      <w:r w:rsidR="00592834" w:rsidRPr="000F34AA">
+      <w:r w:rsidR="00592834" w:rsidRPr="006C4277">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkStart w:id="11" w:name="_Hlk108077619"/>
-      <w:r w:rsidR="00592834" w:rsidRPr="000F34AA">
+      <w:bookmarkStart w:id="29" w:name="_Hlk108077619"/>
+      <w:r w:rsidR="00592834" w:rsidRPr="006C4277">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>or Consulting Engineer’s</w:t>
       </w:r>
-      <w:r w:rsidR="00BB10BA" w:rsidRPr="000F34AA">
+      <w:r w:rsidR="00BB10BA" w:rsidRPr="006C4277">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:bookmarkEnd w:id="11"/>
-[...15 lines deleted...]
-    <w:p w14:paraId="789B700B" w14:textId="77777777" w:rsidR="00586089" w:rsidRPr="000F34AA" w:rsidRDefault="00586089" w:rsidP="008B7BB0">
+      <w:bookmarkEnd w:id="29"/>
+      <w:r w:rsidR="00BB10BA" w:rsidRPr="006C4277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Initials</w:t>
+      </w:r>
+      <w:r w:rsidR="00F37148">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00BB10BA" w:rsidRPr="006C4277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>(CAPITALS)&gt;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="789B700B" w14:textId="77777777" w:rsidR="00586089" w:rsidRPr="006C4277" w:rsidRDefault="00586089" w:rsidP="008B7BB0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1620"/>
         </w:tabs>
         <w:spacing w:line="254" w:lineRule="exact"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6D1335CB" w14:textId="77777777" w:rsidR="00BB10BA" w:rsidRPr="000F34AA" w:rsidRDefault="00BB10BA" w:rsidP="008B7BB0">
+    <w:p w14:paraId="6D1335CB" w14:textId="77777777" w:rsidR="00BB10BA" w:rsidRPr="006C4277" w:rsidRDefault="00BB10BA" w:rsidP="008B7BB0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1620"/>
         </w:tabs>
         <w:spacing w:line="254" w:lineRule="exact"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000F34AA">
+      <w:r w:rsidRPr="006C4277">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Distributed to:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="15039CC4" w14:textId="6B280509" w:rsidR="00BB10BA" w:rsidRPr="000F34AA" w:rsidRDefault="00BB10BA" w:rsidP="008B7BB0">
+    <w:p w14:paraId="15039CC4" w14:textId="6551DD21" w:rsidR="00BB10BA" w:rsidRPr="006C4277" w:rsidRDefault="00BB10BA" w:rsidP="008B7BB0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1620"/>
         </w:tabs>
         <w:spacing w:line="254" w:lineRule="exact"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000F34AA">
+      <w:r w:rsidRPr="006C4277">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">&lt;Copy the appropriate list from </w:t>
       </w:r>
-      <w:bookmarkStart w:id="12" w:name="_Hlk95985056"/>
-      <w:r w:rsidR="00E454ED" w:rsidRPr="000F34AA">
+      <w:bookmarkStart w:id="30" w:name="_Hlk95985056"/>
+      <w:r w:rsidR="00E454ED" w:rsidRPr="006C4277">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="begin"/>
       </w:r>
-      <w:r w:rsidR="00E454ED" w:rsidRPr="000F34AA">
+      <w:r w:rsidR="00E454ED" w:rsidRPr="006C4277">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:instrText xml:space="preserve"> HYPERLINK "https://iowadot.gov/bridge/concepts/Master%20List%20for%20Distribution%20of%20Concepts.xlsx" </w:instrText>
       </w:r>
-      <w:r w:rsidR="00E454ED" w:rsidRPr="000F34AA">
-[...4 lines deleted...]
-      <w:r w:rsidR="00E454ED" w:rsidRPr="000F34AA">
+      <w:r w:rsidR="006C4277" w:rsidRPr="006C4277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:r>
+      <w:r w:rsidR="00E454ED" w:rsidRPr="006C4277">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="separate"/>
       </w:r>
-      <w:r w:rsidR="00FE69B3" w:rsidRPr="000F34AA">
+      <w:r w:rsidR="00FE69B3" w:rsidRPr="006C4277">
         <w:rPr>
           <w:rStyle w:val="Hyperlink"/>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>Master List for Distribution of Concepts</w:t>
-[...1 lines deleted...]
-      <w:r w:rsidR="00E454ED" w:rsidRPr="000F34AA">
+        <w:t xml:space="preserve">Master List </w:t>
+      </w:r>
+      <w:r w:rsidR="00FE69B3" w:rsidRPr="006C4277">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>f</w:t>
+      </w:r>
+      <w:r w:rsidR="00FE69B3" w:rsidRPr="006C4277">
+        <w:rPr>
+          <w:rStyle w:val="Hyperlink"/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>or Distribution of Concepts</w:t>
+      </w:r>
+      <w:r w:rsidR="00E454ED" w:rsidRPr="006C4277">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:fldChar w:fldCharType="end"/>
       </w:r>
-      <w:bookmarkEnd w:id="12"/>
-      <w:r w:rsidRPr="000F34AA">
+      <w:bookmarkEnd w:id="30"/>
+      <w:r w:rsidRPr="006C4277">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> and paste here.</w:t>
       </w:r>
-      <w:r w:rsidR="00133816" w:rsidRPr="000F34AA">
+      <w:r w:rsidR="00133816" w:rsidRPr="006C4277">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="000F34AA">
+      <w:r w:rsidRPr="006C4277">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Remove any non-applicable recipients</w:t>
       </w:r>
-      <w:r w:rsidR="00016768" w:rsidRPr="000F34AA">
+      <w:r w:rsidR="00016768" w:rsidRPr="006C4277">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidRPr="000F34AA">
+      <w:r w:rsidRPr="006C4277">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>empty rows</w:t>
       </w:r>
-      <w:r w:rsidR="00016768" w:rsidRPr="000F34AA">
+      <w:r w:rsidR="00016768" w:rsidRPr="006C4277">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, vacant </w:t>
       </w:r>
-      <w:r w:rsidR="0089590F" w:rsidRPr="000F34AA">
+      <w:r w:rsidR="0089590F" w:rsidRPr="006C4277">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>positions,</w:t>
       </w:r>
-      <w:r w:rsidR="00016768" w:rsidRPr="000F34AA">
+      <w:r w:rsidR="00016768" w:rsidRPr="006C4277">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> double asterisks in front of recipients</w:t>
       </w:r>
-      <w:r w:rsidR="00797497">
+      <w:r w:rsidR="00797497" w:rsidRPr="006C4277">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:bookmarkStart w:id="13" w:name="_Hlk185936736"/>
-[...3 lines deleted...]
-          <w:highlight w:val="yellow"/>
+      <w:bookmarkStart w:id="31" w:name="_Hlk185936736"/>
+      <w:r w:rsidR="00797497" w:rsidRPr="006C4277">
+        <w:rPr>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>and information in parenthesis</w:t>
       </w:r>
-      <w:r w:rsidR="00016768" w:rsidRPr="000F34AA">
+      <w:r w:rsidR="00016768" w:rsidRPr="006C4277">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>.</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="13"/>
-      <w:r w:rsidRPr="000F34AA">
+      <w:bookmarkEnd w:id="31"/>
+      <w:r w:rsidRPr="006C4277">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>&gt;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="46A1D3F5" w14:textId="77777777" w:rsidR="00BB10BA" w:rsidRPr="000F34AA" w:rsidRDefault="00BB10BA" w:rsidP="008B7BB0">
+    <w:p w14:paraId="46A1D3F5" w14:textId="77777777" w:rsidR="00BB10BA" w:rsidRPr="006C4277" w:rsidRDefault="00BB10BA" w:rsidP="008B7BB0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1620"/>
         </w:tabs>
         <w:spacing w:line="254" w:lineRule="exact"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0EBD85CB" w14:textId="77777777" w:rsidR="00584EF0" w:rsidRPr="000F34AA" w:rsidRDefault="00584EF0" w:rsidP="008B7BB0">
+    <w:p w14:paraId="0EBD85CB" w14:textId="77777777" w:rsidR="00584EF0" w:rsidRPr="006C4277" w:rsidRDefault="00584EF0" w:rsidP="008B7BB0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1620"/>
         </w:tabs>
         <w:spacing w:line="254" w:lineRule="exact"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3067D65C" w14:textId="3EA55271" w:rsidR="00584EF0" w:rsidRPr="000F34AA" w:rsidRDefault="00584EF0" w:rsidP="00C40ACF">
+    <w:p w14:paraId="3067D65C" w14:textId="3EA55271" w:rsidR="00584EF0" w:rsidRPr="006C4277" w:rsidRDefault="00584EF0" w:rsidP="00C40ACF">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1620"/>
         </w:tabs>
         <w:spacing w:line="254" w:lineRule="exact"/>
         <w:jc w:val="center"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:bookmarkStart w:id="14" w:name="_Hlk95985107"/>
-[...1 lines deleted...]
-      <w:r w:rsidRPr="000F34AA">
+      <w:bookmarkStart w:id="32" w:name="_Hlk95985107"/>
+      <w:bookmarkStart w:id="33" w:name="_Hlk96000185"/>
+      <w:r w:rsidRPr="006C4277">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Appendix</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="77DEC4EF" w14:textId="17D55D59" w:rsidR="00584EF0" w:rsidRPr="000F34AA" w:rsidRDefault="00584EF0" w:rsidP="008B7BB0">
+    <w:p w14:paraId="77DEC4EF" w14:textId="17D55D59" w:rsidR="00584EF0" w:rsidRPr="006C4277" w:rsidRDefault="00584EF0" w:rsidP="008B7BB0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1620"/>
         </w:tabs>
         <w:spacing w:line="254" w:lineRule="exact"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000F34AA">
+      <w:r w:rsidRPr="006C4277">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>&lt;Include photos with labels of key areas&gt;</w:t>
       </w:r>
-      <w:bookmarkEnd w:id="14"/>
-[...2 lines deleted...]
-    <w:p w14:paraId="6F6AE3AA" w14:textId="7C62468D" w:rsidR="00437B2A" w:rsidRPr="000F34AA" w:rsidRDefault="00437B2A" w:rsidP="008B7BB0">
+      <w:bookmarkEnd w:id="32"/>
+    </w:p>
+    <w:bookmarkEnd w:id="33"/>
+    <w:p w14:paraId="6F6AE3AA" w14:textId="7C62468D" w:rsidR="00437B2A" w:rsidRPr="006C4277" w:rsidRDefault="00437B2A" w:rsidP="008B7BB0">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1620"/>
         </w:tabs>
         <w:spacing w:line="254" w:lineRule="exact"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="60E575E6" w14:textId="35CDDFDD" w:rsidR="00437B2A" w:rsidRPr="000F34AA" w:rsidRDefault="00437B2A" w:rsidP="00437B2A">
+    <w:p w14:paraId="60E575E6" w14:textId="35CDDFDD" w:rsidR="00437B2A" w:rsidRPr="006C4277" w:rsidRDefault="00437B2A" w:rsidP="00437B2A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1620"/>
         </w:tabs>
         <w:spacing w:line="254" w:lineRule="exact"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000F34AA">
+      <w:r w:rsidRPr="006C4277">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>&lt;Save a copy to the ProjectWise directory in the Concept\B0Submittal folder&gt;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3611FAE6" w14:textId="06AD1C3F" w:rsidR="006D456E" w:rsidRPr="000F34AA" w:rsidRDefault="006D456E" w:rsidP="00437B2A">
+    <w:p w14:paraId="3611FAE6" w14:textId="06AD1C3F" w:rsidR="006D456E" w:rsidRPr="006C4277" w:rsidRDefault="006D456E" w:rsidP="00437B2A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1620"/>
         </w:tabs>
         <w:spacing w:line="254" w:lineRule="exact"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3A213F48" w14:textId="28856EF2" w:rsidR="006D456E" w:rsidRPr="000F34AA" w:rsidRDefault="006D456E" w:rsidP="00437B2A">
+    <w:p w14:paraId="3A213F48" w14:textId="28856EF2" w:rsidR="006D456E" w:rsidRPr="006C4277" w:rsidRDefault="006D456E" w:rsidP="00437B2A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1620"/>
         </w:tabs>
         <w:spacing w:line="254" w:lineRule="exact"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="21FDFFD3" w14:textId="77777777" w:rsidR="006D456E" w:rsidRPr="000F34AA" w:rsidRDefault="006D456E" w:rsidP="00437B2A">
+    <w:p w14:paraId="21FDFFD3" w14:textId="77777777" w:rsidR="006D456E" w:rsidRPr="006C4277" w:rsidRDefault="006D456E" w:rsidP="00437B2A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1620"/>
         </w:tabs>
         <w:spacing w:line="254" w:lineRule="exact"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="623332C4" w14:textId="5C946FE6" w:rsidR="006D456E" w:rsidRPr="00C72572" w:rsidRDefault="006D456E" w:rsidP="006D456E">
+    <w:p w14:paraId="623332C4" w14:textId="03631298" w:rsidR="006D456E" w:rsidRPr="00C72572" w:rsidRDefault="006D456E" w:rsidP="006D456E">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1620"/>
         </w:tabs>
         <w:spacing w:line="254" w:lineRule="exact"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000F34AA">
+      <w:r w:rsidRPr="006C4277">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve">Updated </w:t>
       </w:r>
-      <w:r w:rsidR="00647FEA" w:rsidRPr="000F34AA">
+      <w:r w:rsidR="00647FEA" w:rsidRPr="006C4277">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
-      <w:r w:rsidR="000F34AA" w:rsidRPr="000F34AA">
+      <w:r w:rsidR="000F34AA" w:rsidRPr="006C4277">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidRPr="000F34AA">
+      <w:r w:rsidRPr="006C4277">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
-      <w:r w:rsidR="000A215C">
-[...8 lines deleted...]
-      <w:r w:rsidRPr="000F34AA">
+      <w:r w:rsidR="006C4277" w:rsidRPr="006C4277">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>29</w:t>
+      </w:r>
+      <w:r w:rsidRPr="006C4277">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>/20</w:t>
       </w:r>
-      <w:r w:rsidR="00647FEA" w:rsidRPr="000F34AA">
+      <w:r w:rsidR="00647FEA" w:rsidRPr="006C4277">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
-      <w:r w:rsidR="000F34AA" w:rsidRPr="000F34AA">
-[...9 lines deleted...]
-    <w:p w14:paraId="42661B54" w14:textId="77777777" w:rsidR="006D456E" w:rsidRDefault="006D456E" w:rsidP="00437B2A">
+      <w:r w:rsidR="006C4277" w:rsidRPr="006C4277">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24CC6D21" w14:textId="77777777" w:rsidR="006C4277" w:rsidRPr="00C72572" w:rsidRDefault="006C4277" w:rsidP="006C4277">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1620"/>
         </w:tabs>
         <w:spacing w:line="254" w:lineRule="exact"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...3 lines deleted...]
-    <w:p w14:paraId="61398A8E" w14:textId="77777777" w:rsidR="00437B2A" w:rsidRDefault="00437B2A" w:rsidP="008B7BB0">
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00896C1F">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Text contained in </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">&lt; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00896C1F">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">&gt; are </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>placeholders/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00896C1F">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>options.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00896C1F">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>Use or delete as appropriate.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="42661B54" w14:textId="767295BE" w:rsidR="006D456E" w:rsidRPr="00F37148" w:rsidRDefault="00F37148" w:rsidP="00437B2A">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1620"/>
         </w:tabs>
         <w:spacing w:line="254" w:lineRule="exact"/>
         <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00F37148">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>All hyperlinks checked.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61398A8E" w14:textId="77777777" w:rsidR="00437B2A" w:rsidRDefault="00437B2A" w:rsidP="008B7BB0">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1620"/>
+        </w:tabs>
+        <w:spacing w:line="254" w:lineRule="exact"/>
+        <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:sectPr w:rsidR="00437B2A" w:rsidSect="00EB0FA2">
-      <w:headerReference w:type="even" r:id="rId10"/>
-[...4 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId15"/>
+      <w:headerReference w:type="even" r:id="rId12"/>
+      <w:headerReference w:type="default" r:id="rId13"/>
+      <w:footerReference w:type="even" r:id="rId14"/>
+      <w:footerReference w:type="default" r:id="rId15"/>
+      <w:headerReference w:type="first" r:id="rId16"/>
+      <w:footerReference w:type="first" r:id="rId17"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="1008" w:right="1296" w:bottom="1008" w:left="1008" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
       <w:docGrid w:linePitch="272"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="595ADB88" w14:textId="77777777" w:rsidR="005A47CA" w:rsidRDefault="005A47CA">
+    <w:p w14:paraId="07F1BD07" w14:textId="77777777" w:rsidR="00C4326E" w:rsidRDefault="00C4326E">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="0A1174F8" w14:textId="77777777" w:rsidR="005A47CA" w:rsidRDefault="005A47CA">
+    <w:p w14:paraId="310B2030" w14:textId="77777777" w:rsidR="00C4326E" w:rsidRDefault="00C4326E">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
@@ -3687,58 +4817,58 @@
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="083AD2C6" w14:textId="77777777" w:rsidR="000F34AA" w:rsidRDefault="000F34AA">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="109489D3" w14:textId="77777777" w:rsidR="000F34AA" w:rsidRDefault="000F34AA">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4183E180" w14:textId="77777777" w:rsidR="005A47CA" w:rsidRDefault="005A47CA">
+    <w:p w14:paraId="623B1754" w14:textId="77777777" w:rsidR="00C4326E" w:rsidRDefault="00C4326E">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="63700DF5" w14:textId="77777777" w:rsidR="005A47CA" w:rsidRDefault="005A47CA">
+    <w:p w14:paraId="2526FEE9" w14:textId="77777777" w:rsidR="00C4326E" w:rsidRDefault="00C4326E">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="27FAA5A6" w14:textId="77777777" w:rsidR="000F34AA" w:rsidRDefault="000F34AA">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="69BDA700" w14:textId="56BEA612" w:rsidR="00133816" w:rsidRDefault="00133816" w:rsidP="008B7BB0">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:sz w:val="24"/>
@@ -4689,51 +5819,51 @@
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1210410582">
     <w:abstractNumId w:val="7"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="30958797">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="5" w16cid:durableId="546068509">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="6" w16cid:durableId="1842312654">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="7" w16cid:durableId="1647471433">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="8" w16cid:durableId="850030425">
     <w:abstractNumId w:val="3"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="130"/>
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:drawingGridHorizontalSpacing w:val="100"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:doNotUseHTMLParagraphAutoSpacing/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
@@ -4760,50 +5890,51 @@
     <w:rsid w:val="000A6085"/>
     <w:rsid w:val="000A7D9E"/>
     <w:rsid w:val="000B1CF8"/>
     <w:rsid w:val="000B238C"/>
     <w:rsid w:val="000E64F0"/>
     <w:rsid w:val="000F106B"/>
     <w:rsid w:val="000F2011"/>
     <w:rsid w:val="000F34AA"/>
     <w:rsid w:val="0010036C"/>
     <w:rsid w:val="00103817"/>
     <w:rsid w:val="00127F79"/>
     <w:rsid w:val="00133816"/>
     <w:rsid w:val="0013557F"/>
     <w:rsid w:val="001426AD"/>
     <w:rsid w:val="0014650E"/>
     <w:rsid w:val="00154F90"/>
     <w:rsid w:val="00157745"/>
     <w:rsid w:val="00165B69"/>
     <w:rsid w:val="00165E5F"/>
     <w:rsid w:val="00167751"/>
     <w:rsid w:val="00182AF7"/>
     <w:rsid w:val="001A0FA2"/>
     <w:rsid w:val="001B3D4A"/>
     <w:rsid w:val="001B5CCB"/>
     <w:rsid w:val="001C2B87"/>
+    <w:rsid w:val="001C63BD"/>
     <w:rsid w:val="001F1BC5"/>
     <w:rsid w:val="00205968"/>
     <w:rsid w:val="00210616"/>
     <w:rsid w:val="00222FA7"/>
     <w:rsid w:val="00233ED8"/>
     <w:rsid w:val="00235B7F"/>
     <w:rsid w:val="00241786"/>
     <w:rsid w:val="00243EC3"/>
     <w:rsid w:val="002454F6"/>
     <w:rsid w:val="00257B89"/>
     <w:rsid w:val="002774FA"/>
     <w:rsid w:val="00284C2B"/>
     <w:rsid w:val="002B5943"/>
     <w:rsid w:val="002C1A96"/>
     <w:rsid w:val="002E3E9E"/>
     <w:rsid w:val="003055DD"/>
     <w:rsid w:val="0032637A"/>
     <w:rsid w:val="003716BD"/>
     <w:rsid w:val="00372F07"/>
     <w:rsid w:val="00375BAA"/>
     <w:rsid w:val="00381EED"/>
     <w:rsid w:val="003C0D2B"/>
     <w:rsid w:val="003C2217"/>
     <w:rsid w:val="003D3E97"/>
     <w:rsid w:val="003D51F3"/>
@@ -4836,50 +5967,51 @@
     <w:rsid w:val="00584EF0"/>
     <w:rsid w:val="00586089"/>
     <w:rsid w:val="00592834"/>
     <w:rsid w:val="005933E7"/>
     <w:rsid w:val="005A47CA"/>
     <w:rsid w:val="005B64EE"/>
     <w:rsid w:val="005C269E"/>
     <w:rsid w:val="005C4198"/>
     <w:rsid w:val="005D22A7"/>
     <w:rsid w:val="005E3884"/>
     <w:rsid w:val="005F528B"/>
     <w:rsid w:val="00615A6B"/>
     <w:rsid w:val="00630AF7"/>
     <w:rsid w:val="00647FEA"/>
     <w:rsid w:val="00671681"/>
     <w:rsid w:val="00681E5D"/>
     <w:rsid w:val="006826BD"/>
     <w:rsid w:val="00685FF5"/>
     <w:rsid w:val="006916D9"/>
     <w:rsid w:val="00692DE3"/>
     <w:rsid w:val="00693A89"/>
     <w:rsid w:val="006A41BC"/>
     <w:rsid w:val="006A509F"/>
     <w:rsid w:val="006B4F77"/>
     <w:rsid w:val="006C0A46"/>
+    <w:rsid w:val="006C4277"/>
     <w:rsid w:val="006C6F5C"/>
     <w:rsid w:val="006D0408"/>
     <w:rsid w:val="006D3303"/>
     <w:rsid w:val="006D456E"/>
     <w:rsid w:val="006E155F"/>
     <w:rsid w:val="006E28DF"/>
     <w:rsid w:val="006E4999"/>
     <w:rsid w:val="006F0069"/>
     <w:rsid w:val="00704875"/>
     <w:rsid w:val="00771C1D"/>
     <w:rsid w:val="00797497"/>
     <w:rsid w:val="007B2A1C"/>
     <w:rsid w:val="007C3A2D"/>
     <w:rsid w:val="007C5296"/>
     <w:rsid w:val="007D1D76"/>
     <w:rsid w:val="007F06BD"/>
     <w:rsid w:val="007F1315"/>
     <w:rsid w:val="00830206"/>
     <w:rsid w:val="00843045"/>
     <w:rsid w:val="00845182"/>
     <w:rsid w:val="008533E7"/>
     <w:rsid w:val="00862F06"/>
     <w:rsid w:val="0086528E"/>
     <w:rsid w:val="00875DF5"/>
     <w:rsid w:val="008953AE"/>
@@ -4913,123 +6045,128 @@
     <w:rsid w:val="009E2BEB"/>
     <w:rsid w:val="009F567D"/>
     <w:rsid w:val="00A062E4"/>
     <w:rsid w:val="00A0640A"/>
     <w:rsid w:val="00A10602"/>
     <w:rsid w:val="00A125C8"/>
     <w:rsid w:val="00A1290E"/>
     <w:rsid w:val="00A168B2"/>
     <w:rsid w:val="00A371B2"/>
     <w:rsid w:val="00A409BA"/>
     <w:rsid w:val="00A41D7B"/>
     <w:rsid w:val="00A53EF4"/>
     <w:rsid w:val="00A65BF6"/>
     <w:rsid w:val="00A67E65"/>
     <w:rsid w:val="00A7448C"/>
     <w:rsid w:val="00A75B5C"/>
     <w:rsid w:val="00A828AC"/>
     <w:rsid w:val="00A85FC1"/>
     <w:rsid w:val="00A92C77"/>
     <w:rsid w:val="00AA051F"/>
     <w:rsid w:val="00AA1F48"/>
     <w:rsid w:val="00AB3D72"/>
     <w:rsid w:val="00AB41D6"/>
     <w:rsid w:val="00AB66B2"/>
     <w:rsid w:val="00AC32EB"/>
+    <w:rsid w:val="00AC7D7D"/>
     <w:rsid w:val="00AE03EA"/>
     <w:rsid w:val="00AF0AC0"/>
     <w:rsid w:val="00AF229F"/>
     <w:rsid w:val="00B0093A"/>
     <w:rsid w:val="00B15BF8"/>
     <w:rsid w:val="00B171D1"/>
     <w:rsid w:val="00B17BB5"/>
     <w:rsid w:val="00B34E91"/>
     <w:rsid w:val="00B4426D"/>
     <w:rsid w:val="00B50FBB"/>
     <w:rsid w:val="00B5391F"/>
     <w:rsid w:val="00B57620"/>
     <w:rsid w:val="00B60BE8"/>
+    <w:rsid w:val="00B62132"/>
     <w:rsid w:val="00B624C4"/>
+    <w:rsid w:val="00B761CF"/>
     <w:rsid w:val="00B9777A"/>
     <w:rsid w:val="00BA38FC"/>
     <w:rsid w:val="00BA779E"/>
     <w:rsid w:val="00BB10BA"/>
     <w:rsid w:val="00BC0420"/>
     <w:rsid w:val="00BC2B69"/>
     <w:rsid w:val="00BC49D2"/>
     <w:rsid w:val="00BE2BA5"/>
     <w:rsid w:val="00BE781C"/>
     <w:rsid w:val="00C066F3"/>
     <w:rsid w:val="00C16818"/>
     <w:rsid w:val="00C234EA"/>
     <w:rsid w:val="00C24194"/>
     <w:rsid w:val="00C247E9"/>
     <w:rsid w:val="00C25C34"/>
     <w:rsid w:val="00C40ACF"/>
     <w:rsid w:val="00C420D6"/>
+    <w:rsid w:val="00C4326E"/>
     <w:rsid w:val="00C553F7"/>
     <w:rsid w:val="00C569F4"/>
     <w:rsid w:val="00C63888"/>
     <w:rsid w:val="00C71C7C"/>
     <w:rsid w:val="00C83E6B"/>
     <w:rsid w:val="00CB1D87"/>
     <w:rsid w:val="00CC25A4"/>
     <w:rsid w:val="00CC3137"/>
     <w:rsid w:val="00CC72D0"/>
     <w:rsid w:val="00CD5E12"/>
     <w:rsid w:val="00CF0EA8"/>
     <w:rsid w:val="00D1008E"/>
     <w:rsid w:val="00D11959"/>
     <w:rsid w:val="00D31A97"/>
     <w:rsid w:val="00D3408B"/>
     <w:rsid w:val="00D454D1"/>
     <w:rsid w:val="00D456A2"/>
     <w:rsid w:val="00D6541F"/>
     <w:rsid w:val="00D86033"/>
     <w:rsid w:val="00DB2C8B"/>
     <w:rsid w:val="00DB7168"/>
     <w:rsid w:val="00DC22E0"/>
     <w:rsid w:val="00DC45F3"/>
     <w:rsid w:val="00DE2CD4"/>
     <w:rsid w:val="00E13F6C"/>
     <w:rsid w:val="00E154B3"/>
     <w:rsid w:val="00E23059"/>
     <w:rsid w:val="00E324BE"/>
     <w:rsid w:val="00E40C11"/>
     <w:rsid w:val="00E454ED"/>
     <w:rsid w:val="00E73F5C"/>
     <w:rsid w:val="00E81A57"/>
     <w:rsid w:val="00E96CE4"/>
     <w:rsid w:val="00EA6410"/>
     <w:rsid w:val="00EB03D0"/>
     <w:rsid w:val="00EB03E5"/>
     <w:rsid w:val="00EB0FA2"/>
     <w:rsid w:val="00EC1ABF"/>
     <w:rsid w:val="00EC43FE"/>
     <w:rsid w:val="00EE3088"/>
     <w:rsid w:val="00EF6193"/>
     <w:rsid w:val="00F12A1C"/>
+    <w:rsid w:val="00F37148"/>
     <w:rsid w:val="00F50DA6"/>
     <w:rsid w:val="00F516F8"/>
     <w:rsid w:val="00F57AD1"/>
     <w:rsid w:val="00F91ACD"/>
     <w:rsid w:val="00F929C7"/>
     <w:rsid w:val="00FE4752"/>
     <w:rsid w:val="00FE69B3"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
@@ -5613,51 +6750,51 @@
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="1405957029">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
   <w:relyOnVML/>
   <w:allowPNG/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.iowadnr.gov/Things-to-Do/Canoeing-Kayaking/Where-to-Paddle" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.iowaonecall.com/designrequestsystem/" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://experience.arcgis.com/experience/291d4e2c64cf490a95a6660b1349a088/page/Traffic-Volume" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.iowaonecall.com/designrequestsystem/" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.iowadnr.gov/Things-to-Do/Canoeing-Kayaking/Where-to-Paddle" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://experience.arcgis.com/experience/291d4e2c64cf490a95a6660b1349a088/page/Traffic-Volume" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -5931,76 +7068,76 @@
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{FF387AC3-CEB6-4DDF-9F07-2E9BE23B5437}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>5884</Characters>
+  <Pages>4</Pages>
+  <Words>1378</Words>
+  <Characters>7613</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>99</Lines>
-  <Paragraphs>84</Paragraphs>
+  <Lines>190</Lines>
+  <Paragraphs>98</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Form 000021wp</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>IA Dept of Transportation</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6779</CharactersWithSpaces>
+  <CharactersWithSpaces>8893</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="18" baseType="variant">
       <vt:variant>
         <vt:i4>262213</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>6</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>https://iowadot.gov/bridge/concepts/Master List for Distribution of Concepts.xlsx</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>786518</vt:i4>
       </vt:variant>
       <vt:variant>
@@ -6023,54 +7160,54 @@
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>https://www.iowadnr.gov/Things-to-Do/Canoeing-Kayaking/Where-to-Paddle</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>Form 000021wp</dc:title>
+  <dc:title>Template for Bridge Maintenance -Form 000021wp</dc:title>
   <dc:subject/>
-  <dc:creator>wtucker</dc:creator>
-  <cp:keywords/>
+  <dc:creator/>
+  <cp:keywords>accessibility verified, template, bridge maintenance concept</cp:keywords>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Folder_Number">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Folder_Code">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="Folder_Name">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="Folder_Description">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="/Folder_Name/">
     <vt:lpwstr/>
   </property>