--- v0 (2025-10-04)
+++ v1 (2026-01-02)
@@ -7,51 +7,51 @@
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/header2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/header3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer3.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
     <w:p w14:paraId="253DF4C4" w14:textId="77777777" w:rsidR="00A125C8" w:rsidRDefault="00A125C8">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="6840"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:sz w:val="16"/>
         </w:rPr>
         <w:t>Form 000021wd</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="54E3D82C" w14:textId="77777777" w:rsidR="00A125C8" w:rsidRDefault="00A125C8">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="6840"/>
         </w:tabs>
         <w:rPr>
@@ -214,55 +214,59 @@
       </w:r>
       <w:r w:rsidR="008337E9" w:rsidRPr="008337E9">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>Phase</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Number&gt;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1216B790" w14:textId="3C705812" w:rsidR="00A125C8" w:rsidRDefault="00A125C8" w:rsidP="00AD6CE5">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="1170"/>
           <w:tab w:val="left" w:pos="6660"/>
           <w:tab w:val="left" w:pos="7200"/>
         </w:tabs>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t xml:space="preserve">From  </w:t>
       </w:r>
       <w:r>
         <w:tab/>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
         <w:t>&lt;Bridge Design Engineer&gt;</w:t>
       </w:r>
       <w:r w:rsidR="00AD6CE5">
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
       <w:r w:rsidR="00803B62">
         <w:t>for BSB prepared concepts</w:t>
       </w:r>
       <w:r w:rsidR="00AD6CE5">
         <w:t>)</w:t>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="008337E9" w:rsidRPr="009B4E96">
         <w:rPr>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>Project Code</w:t>
       </w:r>
       <w:r w:rsidR="00651F83" w:rsidRPr="009B4E96">
         <w:rPr>
@@ -306,192 +310,160 @@
       </w:r>
       <w:r>
         <w:t>&lt;#</w:t>
       </w:r>
       <w:r w:rsidR="00655455">
         <w:t>(s)</w:t>
       </w:r>
       <w:r>
         <w:t>&gt;</w:t>
       </w:r>
       <w:r w:rsidR="00125A67">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5022A6D7" w14:textId="7AC7B712" w:rsidR="00125A67" w:rsidRPr="00125A67" w:rsidRDefault="0076121B" w:rsidP="00125A67">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="1170"/>
           <w:tab w:val="left" w:pos="6840"/>
           <w:tab w:val="left" w:pos="7200"/>
         </w:tabs>
         <w:ind w:left="1170" w:hanging="1170"/>
       </w:pPr>
+      <w:proofErr w:type="gramStart"/>
       <w:r>
         <w:t>Bureau</w:t>
       </w:r>
       <w:r w:rsidR="00A125C8">
         <w:t xml:space="preserve">  </w:t>
       </w:r>
       <w:r w:rsidR="00A125C8">
         <w:tab/>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00A125C8">
         <w:t>Bridges and Structures</w:t>
       </w:r>
       <w:r w:rsidR="00A125C8">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00A125C8">
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="_Hlk186451411"/>
       <w:r w:rsidR="00125A67" w:rsidRPr="00125A67">
         <w:rPr>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve">(Add </w:t>
       </w:r>
       <w:r w:rsidR="0034185E">
         <w:rPr>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="00125A67" w:rsidRPr="00125A67">
         <w:rPr>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>L</w:t>
       </w:r>
       <w:r w:rsidR="0034185E">
         <w:rPr>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="00125A67" w:rsidRPr="00125A67">
         <w:rPr>
           <w:highlight w:val="yellow"/>
         </w:rPr>
-        <w:t xml:space="preserve"> </w:t>
+        <w:t xml:space="preserve"> or </w:t>
+      </w:r>
+      <w:r w:rsidR="0034185E">
+        <w:rPr>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>(</w:t>
       </w:r>
       <w:r w:rsidR="00125A67" w:rsidRPr="00125A67">
         <w:rPr>
           <w:highlight w:val="yellow"/>
         </w:rPr>
-        <w:t>o</w:t>
+        <w:t>R</w:t>
+      </w:r>
+      <w:r w:rsidR="0034185E">
+        <w:rPr>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>)</w:t>
       </w:r>
       <w:r w:rsidR="00125A67" w:rsidRPr="00125A67">
         <w:rPr>
           <w:highlight w:val="yellow"/>
         </w:rPr>
-        <w:t xml:space="preserve">r </w:t>
-[...29 lines deleted...]
-        <w:t>h</w:t>
+        <w:t xml:space="preserve"> after each</w:t>
       </w:r>
       <w:r w:rsidR="00125A67" w:rsidRPr="00125A67">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3C5B3127" w14:textId="43F45317" w:rsidR="00125A67" w:rsidRDefault="00125A67" w:rsidP="00125A67">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="1170"/>
           <w:tab w:val="left" w:pos="6840"/>
           <w:tab w:val="left" w:pos="7200"/>
         </w:tabs>
         <w:ind w:left="1170" w:hanging="1170"/>
       </w:pPr>
       <w:r w:rsidRPr="00125A67">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00125A67">
         <w:tab/>
       </w:r>
       <w:r w:rsidRPr="00125A67">
         <w:tab/>
       </w:r>
       <w:r w:rsidR="0034185E">
         <w:rPr>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>D</w:t>
       </w:r>
       <w:r w:rsidRPr="00125A67">
         <w:rPr>
           <w:highlight w:val="yellow"/>
         </w:rPr>
-        <w:t>esign</w:t>
-[...17 lines deleted...]
-        <w:t>dual bridges.)</w:t>
+        <w:t>esign # for dual bridges.)</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
     <w:p w14:paraId="0C8CC005" w14:textId="2FC3A681" w:rsidR="00A125C8" w:rsidRDefault="00125A67">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="1170"/>
           <w:tab w:val="left" w:pos="6840"/>
           <w:tab w:val="left" w:pos="7200"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r>
         <w:tab/>
       </w:r>
       <w:r w:rsidR="00A125C8">
         <w:t>File No. &lt;#&gt;</w:t>
       </w:r>
@@ -686,951 +658,1299 @@
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1791420C" w14:textId="77777777" w:rsidR="00A125C8" w:rsidRDefault="00A125C8">
-[...12 lines deleted...]
-        </w:rPr>
+    <w:p w14:paraId="1791420C" w14:textId="77777777" w:rsidR="00A125C8" w:rsidRPr="00744C59" w:rsidRDefault="00A125C8" w:rsidP="00744C59">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="gramStart"/>
+      <w:r>
         <w:t xml:space="preserve">Subject  </w:t>
       </w:r>
       <w:r>
-        <w:rPr>
-[...2 lines deleted...]
-        <w:tab/>
+        <w:tab/>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00744C59">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>&lt;</w:t>
       </w:r>
-      <w:r w:rsidR="00926B44">
-[...1 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidR="00926B44" w:rsidRPr="00744C59">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Final / Draft</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidRPr="00744C59">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">&gt; </w:t>
       </w:r>
-      <w:r w:rsidR="00926B44">
-[...1 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidR="00926B44" w:rsidRPr="00744C59">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Co</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidRPr="00744C59">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ncept for Bridge &lt;</w:t>
       </w:r>
-      <w:r w:rsidR="00BF06C5">
-[...1 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidR="00BF06C5" w:rsidRPr="00744C59">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Deck</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidRPr="00744C59">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Overlay or Repair&gt; of &lt;Bridge size and type&gt;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3A9F7B09" w14:textId="30644131" w:rsidR="00A125C8" w:rsidRDefault="00A125C8">
-[...10 lines deleted...]
-          <w:sz w:val="24"/>
+    <w:p w14:paraId="3A9F7B09" w14:textId="30644131" w:rsidR="00A125C8" w:rsidRPr="00744C59" w:rsidRDefault="00A125C8" w:rsidP="00744C59">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00744C59">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>Bridge Maintenance No</w:t>
       </w:r>
-      <w:r w:rsidR="00C94C10">
-[...1 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidR="00C94C10" w:rsidRPr="00744C59">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(s)</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidRPr="00744C59">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="00520573">
-[...1 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidR="00520573" w:rsidRPr="00744C59">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>&lt;</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidRPr="00744C59">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>0000.0</w:t>
       </w:r>
-      <w:r w:rsidR="00216EBB">
-[...1 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidR="00216EBB" w:rsidRPr="00744C59">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>X</w:t>
       </w:r>
-      <w:r>
-[...1 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidRPr="00744C59">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>000</w:t>
       </w:r>
-      <w:r w:rsidR="00520573">
-[...1 lines deleted...]
-          <w:sz w:val="24"/>
+      <w:r w:rsidR="00520573" w:rsidRPr="00744C59">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>&gt;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="133FD659" w14:textId="77777777" w:rsidR="00357772" w:rsidRDefault="00357772" w:rsidP="00357772">
+    <w:p w14:paraId="133FD659" w14:textId="77777777" w:rsidR="00357772" w:rsidRPr="00744C59" w:rsidRDefault="00357772" w:rsidP="00744C59">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="130ED227" w14:textId="41441A83" w:rsidR="00AB3AD8" w:rsidRPr="00744C59" w:rsidRDefault="00A125C8" w:rsidP="00744C59">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00744C59">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>The bridge</w:t>
+      </w:r>
+      <w:r w:rsidR="00C94C10" w:rsidRPr="00744C59">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>&lt;s&gt;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00744C59">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> on &lt;Route&gt; over &lt;Route, River, RR, etc</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="2" w:name="_Hlk125040012"/>
+      <w:r w:rsidRPr="00744C59">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.&gt;</w:t>
+      </w:r>
+      <w:r w:rsidR="0034440A" w:rsidRPr="00744C59">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, &lt;location description&gt;,</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00744C59">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="2"/>
+      <w:r w:rsidRPr="00744C59">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>has</w:t>
+      </w:r>
+      <w:r w:rsidR="00C94C10" w:rsidRPr="00744C59">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>&lt;have&gt;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00744C59">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> been </w:t>
+      </w:r>
+      <w:r w:rsidR="00900EB2" w:rsidRPr="00744C59">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>&lt;</w:t>
+      </w:r>
+      <w:r w:rsidR="005933E7" w:rsidRPr="00744C59">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">&lt;scheduled or </w:t>
+      </w:r>
+      <w:r w:rsidR="000D7218" w:rsidRPr="00744C59">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>p</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00744C59">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>rogrammed</w:t>
+      </w:r>
+      <w:r w:rsidR="005933E7" w:rsidRPr="00744C59">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>&gt;</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00744C59">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for &lt;an overlay or a repair&gt; to be let on &lt;letting date&gt;.</w:t>
+      </w:r>
+      <w:r w:rsidR="001A0808" w:rsidRPr="00744C59">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="000701ED" w:rsidRPr="00744C59">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">&lt;It is currently not in the </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="000701ED" w:rsidRPr="00744C59">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>five year</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="000701ED" w:rsidRPr="00744C59">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> program.&gt;</w:t>
+      </w:r>
+      <w:r w:rsidR="00900EB2" w:rsidRPr="00744C59">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>&gt;</w:t>
+      </w:r>
+      <w:r w:rsidR="001A0808" w:rsidRPr="00744C59">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00744C59">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:r w:rsidR="00AB3AD8" w:rsidRPr="00744C59">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>current</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00744C59">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> cost estimate is &lt;</w:t>
+      </w:r>
+      <w:r w:rsidR="00BF1C33" w:rsidRPr="00744C59">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Project Total from Cost Estimate</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00744C59">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>&gt;</w:t>
+      </w:r>
+      <w:r w:rsidR="00C94C10" w:rsidRPr="00744C59">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> including inflation and a 20 percent contingency presuming a FY &lt;</w:t>
+      </w:r>
+      <w:r w:rsidR="00A17AC0" w:rsidRPr="00744C59">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>YYYY</w:t>
+      </w:r>
+      <w:r w:rsidR="00C94C10" w:rsidRPr="00744C59">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">&gt; letting. </w:t>
+      </w:r>
+      <w:r w:rsidR="00AB3AD8" w:rsidRPr="00744C59">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>The programmed amount is &lt;programmed cost&gt;.</w:t>
+      </w:r>
+      <w:r w:rsidR="001A0808" w:rsidRPr="00744C59">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C94C10" w:rsidRPr="00744C59">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>The bridge field exam on &lt;Date&gt; was attended by &lt;Personnel&gt; of &lt;Bureau, District or Consultant&gt;.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3AA0D006" w14:textId="77777777" w:rsidR="00926B44" w:rsidRPr="00744C59" w:rsidRDefault="0082290F" w:rsidP="00744C59">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00744C59">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00744C59">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46595650" w14:textId="1658BBAB" w:rsidR="00A125C8" w:rsidRPr="00744C59" w:rsidRDefault="001A0808" w:rsidP="00744C59">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="3" w:name="_Hlk95984667"/>
+      <w:r w:rsidRPr="00744C59">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB3AD8" w:rsidRPr="00744C59">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Note</w:t>
+      </w:r>
+      <w:r w:rsidR="00F000B6" w:rsidRPr="00744C59">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB3AD8" w:rsidRPr="00744C59">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F000B6" w:rsidRPr="00744C59">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>T</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB3AD8" w:rsidRPr="00744C59">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">he location description </w:t>
+      </w:r>
+      <w:r w:rsidR="00C55CFF" w:rsidRPr="00744C59">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">should </w:t>
+      </w:r>
+      <w:r w:rsidR="00AB3AD8" w:rsidRPr="00744C59">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>match the SIIMS description.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00744C59">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AB3AD8" w:rsidRPr="00744C59">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Both the cost estimate amount and programmed cost </w:t>
+      </w:r>
+      <w:r w:rsidR="00C55CFF" w:rsidRPr="00744C59">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(if available) </w:t>
+      </w:r>
+      <w:r w:rsidR="00AB3AD8" w:rsidRPr="00744C59">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>should be included.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00744C59">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidR="00AB3AD8" w:rsidRPr="00744C59">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="3"/>
+    <w:p w14:paraId="7DDDD09D" w14:textId="77777777" w:rsidR="0082290F" w:rsidRPr="00744C59" w:rsidRDefault="0082290F" w:rsidP="00744C59">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="419904CE" w14:textId="1E3C733A" w:rsidR="0082290F" w:rsidRPr="00744C59" w:rsidRDefault="0082290F" w:rsidP="00744C59">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00744C59">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>The bridge location map and asset information can be viewed in SIIMS using the following link</w:t>
+      </w:r>
+      <w:r w:rsidR="00125A67" w:rsidRPr="00744C59">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>(s)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00744C59">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="265A30B9" w14:textId="77777777" w:rsidR="0082290F" w:rsidRPr="00744C59" w:rsidRDefault="0082290F" w:rsidP="00744C59">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="208366AE" w14:textId="77777777" w:rsidR="008337E9" w:rsidRPr="00744C59" w:rsidRDefault="008337E9" w:rsidP="00744C59">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00744C59">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>(Use for projects with a single bridge)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6D0BF389" w14:textId="77777777" w:rsidR="0082290F" w:rsidRPr="00744C59" w:rsidRDefault="0082290F" w:rsidP="00744C59">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00744C59">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>&lt;Link to struc</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00744C59">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>ture map page in SII</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00744C59">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>MS&gt;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E8AAFCC" w14:textId="77777777" w:rsidR="0082290F" w:rsidRPr="00744C59" w:rsidRDefault="0082290F" w:rsidP="00744C59">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="64CFB41C" w14:textId="77777777" w:rsidR="008337E9" w:rsidRPr="00744C59" w:rsidRDefault="008337E9" w:rsidP="00744C59">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00744C59">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>(Use for projects with dual bridges)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F3D79C1" w14:textId="77777777" w:rsidR="008337E9" w:rsidRPr="00744C59" w:rsidRDefault="008337E9" w:rsidP="00744C59">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00744C59">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>&lt;Link to structure map page in SIIMS&gt; Left Bridge</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4474A3F3" w14:textId="77777777" w:rsidR="008337E9" w:rsidRPr="00744C59" w:rsidRDefault="008337E9" w:rsidP="00744C59">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00744C59">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>&lt;Link to structure map page in SIIMS&gt; Right Bridge</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29872E01" w14:textId="77777777" w:rsidR="0082290F" w:rsidRPr="00744C59" w:rsidRDefault="0082290F" w:rsidP="00744C59">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="41FCB0CF" w14:textId="77777777" w:rsidR="00A125C8" w:rsidRPr="00744C59" w:rsidRDefault="00A125C8" w:rsidP="00744C59">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00744C59">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>EXISTING CONDITIONS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1617C3E0" w14:textId="77777777" w:rsidR="00A125C8" w:rsidRPr="00744C59" w:rsidRDefault="00A125C8" w:rsidP="00744C59">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5D623A8E" w14:textId="77777777" w:rsidR="008337E9" w:rsidRPr="00744C59" w:rsidRDefault="008337E9" w:rsidP="00744C59">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00744C59">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>Year of</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00744C59">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00744C59">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Design</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1C6D3573" w14:textId="77777777" w:rsidR="008337E9" w:rsidRPr="00744C59" w:rsidRDefault="008337E9" w:rsidP="00744C59">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00744C59">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Construction</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00744C59">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00744C59">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00744C59">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Number</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00744C59">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00744C59">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Work</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="24A84AC8" w14:textId="0F762678" w:rsidR="008337E9" w:rsidRPr="00744C59" w:rsidRDefault="008337E9" w:rsidP="00744C59">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00744C59">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>xxxx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00744C59">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00744C59">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00744C59">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00744C59">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>xxx</w:t>
+      </w:r>
+      <w:r w:rsidR="00401508" w:rsidRPr="00744C59">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>x</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00744C59">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00744C59">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Original Construction</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="67499180" w14:textId="42AE79D9" w:rsidR="008337E9" w:rsidRPr="00744C59" w:rsidRDefault="008337E9" w:rsidP="00744C59">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00744C59">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>xxxx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00744C59">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00744C59">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00744C59">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00744C59">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>xxx</w:t>
+      </w:r>
+      <w:r w:rsidR="00401508" w:rsidRPr="00744C59">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>x</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00744C59">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00744C59">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00744C59">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>xxxx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="0C5FDA35" w14:textId="3A8552C6" w:rsidR="008337E9" w:rsidRPr="00744C59" w:rsidRDefault="008337E9" w:rsidP="00744C59">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00744C59">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>xxxx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00744C59">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00744C59">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00744C59">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00744C59">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>xxx</w:t>
+      </w:r>
+      <w:r w:rsidR="00401508" w:rsidRPr="00744C59">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>x</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="00744C59">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00744C59">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="00744C59">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>xxxx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+    </w:p>
+    <w:p w14:paraId="5442DCA6" w14:textId="77777777" w:rsidR="008337E9" w:rsidRPr="00744C59" w:rsidRDefault="008337E9" w:rsidP="00744C59">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00744C59">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>(List work in chronological order in table above)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2417AB64" w14:textId="77777777" w:rsidR="008337E9" w:rsidRPr="00744C59" w:rsidRDefault="008337E9" w:rsidP="00744C59">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3B16E210" w14:textId="77777777" w:rsidR="008337E9" w:rsidRPr="00744C59" w:rsidRDefault="008337E9" w:rsidP="00744C59">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00744C59">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>The bridge&lt;s&gt; is&lt;are&gt; on the NHS system.</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="15F96525" w14:textId="77777777" w:rsidR="00C94C10" w:rsidRPr="008337E9" w:rsidRDefault="00C94C10" w:rsidP="008337E9">
+      <w:pPr>
+        <w:spacing w:line="254" w:lineRule="exact"/>
+        <w:jc w:val="both"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="1BA9F0AB" w14:textId="77777777" w:rsidR="00C94C10" w:rsidRPr="008337E9" w:rsidRDefault="00C94C10" w:rsidP="00C94C10">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent3"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-    </w:p>
-[...15 lines deleted...]
-      <w:bookmarkStart w:id="2" w:name="_Hlk125040012"/>
       <w:r w:rsidRPr="008337E9">
-        <w:t>.&gt;</w:t>
-[...305 lines deleted...]
-    <w:p w14:paraId="1617C3E0" w14:textId="77777777" w:rsidR="00A125C8" w:rsidRPr="008337E9" w:rsidRDefault="00A125C8">
+        <w:lastRenderedPageBreak/>
+        <w:t>&lt;Description of bridge condition found from inspection and recent SIIMS reports. Mention only conditions needing attention&gt;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="61829ABF" w14:textId="77777777" w:rsidR="00C94C10" w:rsidRPr="008337E9" w:rsidRDefault="00C94C10" w:rsidP="00C94C10">
       <w:pPr>
         <w:spacing w:line="254" w:lineRule="exact"/>
         <w:ind w:left="1166"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="5D623A8E" w14:textId="77777777" w:rsidR="008337E9" w:rsidRPr="009C01DB" w:rsidRDefault="008337E9" w:rsidP="008337E9">
+    <w:p w14:paraId="6A778E4A" w14:textId="3583F74A" w:rsidR="00C94C10" w:rsidRPr="008337E9" w:rsidRDefault="00C94C10" w:rsidP="00C94C10">
       <w:pPr>
         <w:spacing w:line="254" w:lineRule="exact"/>
-        <w:jc w:val="both"/>
-[...346 lines deleted...]
-        <w:jc w:val="left"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008337E9">
-        <w:t>&lt;Description of bridge condition found from inspection and recent SIIMS reports. Mention only conditions needing attention&gt;</w:t>
-[...23 lines deleted...]
-        <w:lastRenderedPageBreak/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
         <w:t>&lt;Include rail height and type, paving notch width, approach type and condition, and guardrail type</w:t>
       </w:r>
       <w:r w:rsidR="008337E9">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">.  </w:t>
       </w:r>
       <w:bookmarkStart w:id="4" w:name="_Hlk185936405"/>
       <w:r w:rsidR="008337E9" w:rsidRPr="008337E9">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
-        <w:t>Indicate whether or not guardrail meets current standards.</w:t>
+        <w:t xml:space="preserve">Indicate </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="008337E9" w:rsidRPr="008337E9">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>whether or not</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="008337E9" w:rsidRPr="008337E9">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> guardrail meets current standards.</w:t>
       </w:r>
       <w:r w:rsidRPr="008337E9">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>&gt;</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
     </w:p>
     <w:p w14:paraId="079AA539" w14:textId="77777777" w:rsidR="00C94C10" w:rsidRPr="008337E9" w:rsidRDefault="00C94C10" w:rsidP="00C94C10">
       <w:pPr>
         <w:spacing w:line="254" w:lineRule="exact"/>
         <w:ind w:left="1170"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="52C1243E" w14:textId="77777777" w:rsidR="00C94C10" w:rsidRPr="008337E9" w:rsidRDefault="00C94C10" w:rsidP="00C94C10">
       <w:pPr>
         <w:spacing w:line="254" w:lineRule="exact"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008337E9">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>The posted speed limit is &lt;xx&gt; mph and &lt;20xx&gt; AADT is &lt;xxxx&gt; with &lt;xx%&gt; trucks. (Use for single bridge configuration. Obtain traffic data from SIIMS)</w:t>
+        <w:t>The posted speed limit is &lt;xx&gt; mph and &lt;20xx&gt; AADT is &lt;</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008337E9">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>xxxx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008337E9">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>&gt; with &lt;xx%&gt; trucks. (Use for single bridge configuration. Obtain traffic data from SIIMS)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="569842A0" w14:textId="77777777" w:rsidR="00C94C10" w:rsidRPr="008337E9" w:rsidRDefault="00C94C10" w:rsidP="00C94C10">
       <w:pPr>
         <w:spacing w:line="254" w:lineRule="exact"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="2A40E7BE" w14:textId="77777777" w:rsidR="00C94C10" w:rsidRPr="008337E9" w:rsidRDefault="00C94C10" w:rsidP="00C94C10">
       <w:pPr>
         <w:spacing w:line="254" w:lineRule="exact"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008337E9">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>The posted speed limit is &lt;xx&gt; mph and &lt;20xx&gt; AADT is &lt;xxxx&gt; (&lt;xxxx&gt; &lt;WB/SB&gt; with &lt;xx%&gt; trucks and &lt;xxxx&gt; &lt;EB/NB&gt; with &lt;xx%&gt; trucks. (Use for dual bridge configuration, even if only performing work on one bridge. Obtain traffic data from SIIMS)</w:t>
+        <w:t>The posted speed limit is &lt;xx&gt; mph and &lt;20xx&gt; AADT is &lt;</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008337E9">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>xxxx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008337E9">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>&gt; (&lt;</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008337E9">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>xxxx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008337E9">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>&gt; &lt;WB/SB&gt; with &lt;xx%&gt; trucks and &lt;</w:t>
+      </w:r>
+      <w:proofErr w:type="spellStart"/>
+      <w:r w:rsidRPr="008337E9">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>xxxx</w:t>
+      </w:r>
+      <w:proofErr w:type="spellEnd"/>
+      <w:r w:rsidRPr="008337E9">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>&gt; &lt;EB/NB&gt; with &lt;xx%&gt; trucks. (Use for dual bridge configuration, even if only performing work on one bridge. Obtain traffic data from SIIMS)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="170721EB" w14:textId="77777777" w:rsidR="00C94C10" w:rsidRPr="008337E9" w:rsidRDefault="00C94C10" w:rsidP="00C94C10">
       <w:pPr>
         <w:spacing w:line="254" w:lineRule="exact"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="07ACE933" w14:textId="77777777" w:rsidR="00C94C10" w:rsidRPr="008337E9" w:rsidRDefault="00C94C10" w:rsidP="00C94C10">
       <w:pPr>
         <w:spacing w:line="254" w:lineRule="exact"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008337E9">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>The approach roadway is a &lt;number of lanes&gt; lane section with &lt;roadway width’&gt; paved roadway and &lt;shoulder width’&gt; &lt;shoulder material&gt; shoulders. (Use for single bridge configuration)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="0F7AFF2E" w14:textId="77777777" w:rsidR="00C94C10" w:rsidRPr="008337E9" w:rsidRDefault="00C94C10" w:rsidP="00C94C10">
@@ -1639,64 +1959,62 @@
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7C9C3D48" w14:textId="77777777" w:rsidR="00C94C10" w:rsidRPr="008337E9" w:rsidRDefault="00C94C10" w:rsidP="00C94C10">
       <w:pPr>
         <w:spacing w:line="254" w:lineRule="exact"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008337E9">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">The approach roadway is a &lt;number of lanes&gt; lane section with &lt;roadway width’&gt; paved roadway, &lt;shoulder width’&gt; outside &lt;shoulder material&gt; shoulders and &lt;shoulder width’&gt; inside &lt;shoulder material&gt; shoulders. (Use for dual bridge divided highway configuration) </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="117C8936" w14:textId="77777777" w:rsidR="00A125C8" w:rsidRPr="008337E9" w:rsidRDefault="00A125C8">
       <w:pPr>
         <w:spacing w:line="254" w:lineRule="exact"/>
         <w:ind w:left="1170"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="71A899AE" w14:textId="77777777" w:rsidR="00A125C8" w:rsidRPr="008337E9" w:rsidRDefault="00A125C8" w:rsidP="00357772">
-[...12 lines deleted...]
-          <w:u w:val="single"/>
+    <w:p w14:paraId="71A899AE" w14:textId="77777777" w:rsidR="00A125C8" w:rsidRPr="00744C59" w:rsidRDefault="00A125C8" w:rsidP="00744C59">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00744C59">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
         </w:rPr>
         <w:t>RECOMMENDATIONS</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6C1CA9D6" w14:textId="77777777" w:rsidR="00A125C8" w:rsidRPr="008337E9" w:rsidRDefault="00A125C8">
       <w:pPr>
         <w:spacing w:line="254" w:lineRule="exact"/>
         <w:ind w:left="1170"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="22AC59E0" w14:textId="77777777" w:rsidR="00A125C8" w:rsidRPr="008337E9" w:rsidRDefault="00A125C8" w:rsidP="00357772">
       <w:pPr>
         <w:spacing w:line="254" w:lineRule="exact"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008337E9">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>It is recommended that the following repairs be made:</w:t>
@@ -1793,342 +2111,604 @@
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve">installed </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve">within </w:t>
       </w:r>
       <w:r w:rsidRPr="000F34AA">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>the full extents of the traffic control&gt;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="347F3AB7" w14:textId="77777777" w:rsidR="00A125C8" w:rsidRPr="008337E9" w:rsidRDefault="00A125C8">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent2"/>
         <w:spacing w:line="254" w:lineRule="exact"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0FFC4CDC" w14:textId="5755D995" w:rsidR="00A125C8" w:rsidRPr="008337E9" w:rsidRDefault="00F566AA" w:rsidP="00357772">
+    <w:p w14:paraId="0FFC4CDC" w14:textId="5755D995" w:rsidR="00A125C8" w:rsidRPr="00744C59" w:rsidRDefault="00F566AA" w:rsidP="00744C59">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00744C59">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">This project &lt;is/is not&gt; considered a Traffic Critical Project. </w:t>
+      </w:r>
+      <w:r w:rsidR="00A125C8" w:rsidRPr="00744C59">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Traffic control will involve &lt;TBR, </w:t>
+      </w:r>
+      <w:r w:rsidR="00A50D4F" w:rsidRPr="00744C59">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>s</w:t>
+      </w:r>
+      <w:r w:rsidR="00A125C8" w:rsidRPr="00744C59">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>houlder strengthening, traffic signals,</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF7BFE" w:rsidRPr="00744C59">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> standard road plans for traffic control,</w:t>
+      </w:r>
+      <w:r w:rsidR="00A125C8" w:rsidRPr="00744C59">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00F32726" w:rsidRPr="00744C59">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>e</w:t>
+      </w:r>
+      <w:r w:rsidR="00A125C8" w:rsidRPr="00744C59">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>tc.&gt;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="5D1D473F" w14:textId="77777777" w:rsidR="00A125C8" w:rsidRPr="00744C59" w:rsidRDefault="00A125C8" w:rsidP="00744C59">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4384F9EC" w14:textId="25AA677F" w:rsidR="00C72572" w:rsidRPr="00744C59" w:rsidRDefault="00A50D4F" w:rsidP="00744C59">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00744C59">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>&lt;Note: All traffic control will be arranged and determined by the Design</w:t>
+      </w:r>
+      <w:r w:rsidR="00DF7BFE" w:rsidRPr="00744C59">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Bureau</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00744C59">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.&gt;</w:t>
+      </w:r>
+      <w:r w:rsidR="00C72572" w:rsidRPr="00744C59">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> (for </w:t>
+      </w:r>
+      <w:r w:rsidR="00151C12" w:rsidRPr="00744C59">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>BSB prepared</w:t>
+      </w:r>
+      <w:r w:rsidR="00C72572" w:rsidRPr="00744C59">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> concepts)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="21468D27" w14:textId="2AA1E371" w:rsidR="00DF7BFE" w:rsidRPr="008337E9" w:rsidRDefault="00DF7BFE" w:rsidP="00DF7BFE">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent2"/>
         <w:spacing w:line="254" w:lineRule="exact"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r w:rsidRPr="008337E9">
-[...31 lines deleted...]
-    <w:p w14:paraId="4384F9EC" w14:textId="25AA677F" w:rsidR="00C72572" w:rsidRPr="008337E9" w:rsidRDefault="00A50D4F" w:rsidP="00C72572">
+    </w:p>
+    <w:p w14:paraId="28890412" w14:textId="77777777" w:rsidR="00DF7BFE" w:rsidRPr="00744C59" w:rsidRDefault="00DF7BFE" w:rsidP="00744C59">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00744C59">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(Select one of the two following statements for bridges located over waterways)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2B6DF883" w14:textId="77777777" w:rsidR="00DF7BFE" w:rsidRPr="00744C59" w:rsidRDefault="00DF7BFE" w:rsidP="00744C59">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="34E3887E" w14:textId="65986928" w:rsidR="00DF7BFE" w:rsidRPr="00744C59" w:rsidRDefault="00DF7BFE" w:rsidP="00744C59">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00744C59">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">&lt;This project crosses an Iowa DNR paddling route and a paddling restriction &lt;is/is not&gt; required based on the scope of work. &lt;The </w:t>
+      </w:r>
+      <w:r w:rsidR="00E3402F" w:rsidRPr="00744C59">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Bridges and Structures Bureau Preliminary Design Unit </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00744C59">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>will be coordinating with the Iowa DNR to determine signage requirements and conditions to be included in the final plans. &gt;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00744C59">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>&gt;  (</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00744C59">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Verify paddling routes on this map: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId7" w:history="1">
+        <w:r w:rsidRPr="00744C59">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>https://www.iowadnr.gov/Things-to-Do/Canoeing-Kayaking/Where-to-Paddle</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00744C59">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17F80784" w14:textId="77777777" w:rsidR="00DF7BFE" w:rsidRPr="00744C59" w:rsidRDefault="00DF7BFE" w:rsidP="00744C59">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="21452035" w14:textId="77777777" w:rsidR="00DF7BFE" w:rsidRPr="00744C59" w:rsidRDefault="00DF7BFE" w:rsidP="00744C59">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00744C59">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>&lt;This project does not cross an Iowa DNR paddling route. No action required.&gt;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6ADB984E" w14:textId="77777777" w:rsidR="00DF7BFE" w:rsidRPr="00744C59" w:rsidRDefault="00DF7BFE" w:rsidP="00744C59">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="78E8CE8F" w14:textId="5C2F6F1A" w:rsidR="00C72572" w:rsidRPr="00744C59" w:rsidRDefault="00C72572" w:rsidP="00744C59">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00744C59">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>&lt;</w:t>
+      </w:r>
+      <w:r w:rsidR="00A125C8" w:rsidRPr="00744C59">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">The </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidR="00A125C8" w:rsidRPr="00744C59">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>District</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidR="00A125C8" w:rsidRPr="00744C59">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> should provide a site survey of the utilities.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00744C59">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">&gt; (for </w:t>
+      </w:r>
+      <w:r w:rsidR="00151C12" w:rsidRPr="00744C59">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>BSB prepared</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00744C59">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> concepts)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="255F4A4D" w14:textId="53B21FBF" w:rsidR="00C72572" w:rsidRPr="008337E9" w:rsidRDefault="00C72572" w:rsidP="00C72572">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent2"/>
         <w:spacing w:line="254" w:lineRule="exact"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r w:rsidRPr="008337E9">
-[...18 lines deleted...]
-    <w:p w14:paraId="21468D27" w14:textId="2AA1E371" w:rsidR="00DF7BFE" w:rsidRPr="008337E9" w:rsidRDefault="00DF7BFE" w:rsidP="00DF7BFE">
+    </w:p>
+    <w:p w14:paraId="29CD7E02" w14:textId="5FB145FB" w:rsidR="00C72572" w:rsidRPr="00744C59" w:rsidRDefault="00C72572" w:rsidP="00744C59">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00744C59">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
+        <w:t xml:space="preserve">&lt;The following utilities have been identified by One Call (811) Design </w:t>
+      </w:r>
+      <w:r w:rsidR="00447661" w:rsidRPr="00744C59">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Information Request</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00744C59">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>: (list utilities</w:t>
+      </w:r>
+      <w:r w:rsidR="00447661" w:rsidRPr="00744C59">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, contact names, </w:t>
+      </w:r>
+      <w:r w:rsidR="00E71A9B" w:rsidRPr="00744C59">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">contact </w:t>
+      </w:r>
+      <w:r w:rsidR="00447661" w:rsidRPr="00744C59">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>phone numbers, contact email addresses</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00744C59">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)&gt; (</w:t>
+      </w:r>
+      <w:r w:rsidR="00151C12" w:rsidRPr="00744C59">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>For Consultant prepared concepts, t</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00744C59">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">he Consultant shall provide a One Call (811) </w:t>
+      </w:r>
+      <w:r w:rsidR="00447661" w:rsidRPr="00744C59">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Design Information Request</w:t>
+      </w:r>
+      <w:r w:rsidR="009A7D5E" w:rsidRPr="00744C59">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00424914" w:rsidRPr="00744C59">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>of the utilities.</w:t>
+      </w:r>
+      <w:r w:rsidR="009A7D5E" w:rsidRPr="00744C59">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:history="1">
+        <w:r w:rsidR="009A7D5E" w:rsidRPr="00744C59">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>https://www.iowaonecall.com/designrequestsystem/</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="009A7D5E" w:rsidRPr="00744C59">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00744C59">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E33F1BB" w14:textId="6B5B956A" w:rsidR="00C72572" w:rsidRPr="00744C59" w:rsidRDefault="00C72572" w:rsidP="00744C59">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="51322DD4" w14:textId="77777777" w:rsidR="00C72572" w:rsidRPr="00744C59" w:rsidRDefault="00C72572" w:rsidP="00744C59">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00744C59">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>&lt;If utilities were observed during the field exam</w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00744C59">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>: ”The</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00744C59">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> following utilities were observed: (list rail conduit, bridge utility attachments, overhead utilities, etc. and general location as appropriate)”. Comment on the possibility of utility impacts using one of the following two statements” </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00744C59">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>&lt;”No</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00744C59">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> impacts to the observed utilities are anticipated based on the recommended repairs.”&gt; or &lt;”Impacts to the following utilities are anticipated based on the recommended repairs: (list utilities affected)”&gt;. If no utilities are observed include the following statement: “No utilities were observed during the field exam.”&gt;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33800450" w14:textId="77777777" w:rsidR="00C72572" w:rsidRPr="008337E9" w:rsidRDefault="00C72572" w:rsidP="00C72572">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent2"/>
         <w:spacing w:line="254" w:lineRule="exact"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="28890412" w14:textId="77777777" w:rsidR="00DF7BFE" w:rsidRPr="008337E9" w:rsidRDefault="00DF7BFE" w:rsidP="00DF7BFE">
-[...140 lines deleted...]
-      <w:r w:rsidR="009A7D5E" w:rsidRPr="008337E9">
+    <w:p w14:paraId="6E73305C" w14:textId="77777777" w:rsidR="00A125C8" w:rsidRPr="00744C59" w:rsidRDefault="00A125C8" w:rsidP="00744C59">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00744C59">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">All recipients of this letter should review this concept of work to be accomplished and advise the Bridges and Structures </w:t>
+      </w:r>
+      <w:r w:rsidR="0076121B" w:rsidRPr="00744C59">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Bureau </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00744C59">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>of any comments you have by &lt;Date</w:t>
+      </w:r>
+      <w:r w:rsidR="00A50D4F" w:rsidRPr="00744C59">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00424914" w:rsidRPr="008337E9">
-[...67 lines deleted...]
-      <w:r w:rsidRPr="008337E9">
+      <w:r w:rsidRPr="00744C59">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>(approx</w:t>
       </w:r>
-      <w:r w:rsidR="00A50D4F" w:rsidRPr="008337E9">
+      <w:r w:rsidR="00A50D4F" w:rsidRPr="00744C59">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t>imately</w:t>
       </w:r>
-      <w:r w:rsidRPr="008337E9">
+      <w:r w:rsidRPr="00744C59">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
         <w:t xml:space="preserve"> 3 weeks from date sent)&gt;.  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="611CF7B7" w14:textId="77777777" w:rsidR="00DF7BFE" w:rsidRPr="008337E9" w:rsidRDefault="00DF7BFE">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent2"/>
         <w:spacing w:line="254" w:lineRule="exact"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7FD8C967" w14:textId="77777777" w:rsidR="00B479DA" w:rsidRPr="008337E9" w:rsidRDefault="00B479DA" w:rsidP="00B479DA">
       <w:pPr>
         <w:spacing w:line="254" w:lineRule="exact"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008337E9">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Estimated cost of repairs is as follows: </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="3AB37E96" w14:textId="77777777" w:rsidR="00B479DA" w:rsidRPr="008337E9" w:rsidRDefault="00B479DA" w:rsidP="00B479DA">
       <w:pPr>
@@ -2194,59 +2774,77 @@
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00797497">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>(For figuring the number of years of inflation</w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve"> to include in the estimate</w:t>
       </w:r>
       <w:r w:rsidRPr="00797497">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
-        <w:t>, the DOT fiscal year begins in July and ends in June</w:t>
-[...7 lines deleted...]
-        <w:t>; i.e. August 2024 falls in FY25</w:t>
+        <w:t xml:space="preserve">, the DOT fiscal year begins in July and ends in </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00797497">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>June</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>;</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> i.e. August 2024 falls in FY25</w:t>
       </w:r>
       <w:r w:rsidRPr="00797497">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve">)  </w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="688B2697" w14:textId="5A535453" w:rsidR="008D5F94" w:rsidRDefault="008337E9" w:rsidP="008337E9">
       <w:pPr>
         <w:spacing w:line="254" w:lineRule="exact"/>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00797497">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
@@ -2361,55 +2959,63 @@
         <w:tab/>
       </w:r>
     </w:p>
     <w:p w14:paraId="7DB26194" w14:textId="7776E764" w:rsidR="00B479DA" w:rsidRPr="008337E9" w:rsidRDefault="00B479DA" w:rsidP="00B479DA">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1620"/>
         </w:tabs>
         <w:spacing w:line="254" w:lineRule="exact"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008337E9">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">&lt;Bridge Design Engineer's </w:t>
       </w:r>
       <w:r w:rsidR="00151C12" w:rsidRPr="008337E9">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">or Consulting Engineer’s </w:t>
       </w:r>
+      <w:proofErr w:type="gramStart"/>
       <w:r w:rsidRPr="008337E9">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
-        <w:t>Initials(CAPITALS)&gt;</w:t>
+        <w:t>Initials(</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="008337E9">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>CAPITALS)&gt;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="7917CAE8" w14:textId="77777777" w:rsidR="001A0808" w:rsidRPr="008337E9" w:rsidRDefault="001A0808" w:rsidP="00B479DA">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1620"/>
         </w:tabs>
         <w:spacing w:line="254" w:lineRule="exact"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="3F5672C3" w14:textId="77777777" w:rsidR="00B479DA" w:rsidRPr="008337E9" w:rsidRDefault="00B479DA" w:rsidP="00B479DA">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1620"/>
         </w:tabs>
         <w:spacing w:line="254" w:lineRule="exact"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="008337E9">
         <w:rPr>
@@ -2691,162 +3297,162 @@
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>4</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00C72572" w:rsidRPr="00C72572">
       <w:headerReference w:type="even" r:id="rId11"/>
       <w:headerReference w:type="default" r:id="rId12"/>
       <w:footerReference w:type="even" r:id="rId13"/>
       <w:footerReference w:type="default" r:id="rId14"/>
       <w:headerReference w:type="first" r:id="rId15"/>
       <w:footerReference w:type="first" r:id="rId16"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="1008" w:right="1296" w:bottom="1008" w:left="1008" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="566941FF" w14:textId="77777777" w:rsidR="0004584F" w:rsidRDefault="0004584F">
+    <w:p w14:paraId="30C46CB5" w14:textId="77777777" w:rsidR="002A4F02" w:rsidRDefault="002A4F02">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="1E0BCEBA" w14:textId="77777777" w:rsidR="0004584F" w:rsidRDefault="0004584F">
+    <w:p w14:paraId="460D4280" w14:textId="77777777" w:rsidR="002A4F02" w:rsidRDefault="002A4F02">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
     <w:panose1 w:val="020F0302020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="0405D73E" w14:textId="77777777" w:rsidR="008337E9" w:rsidRDefault="008337E9">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="17178649" w14:textId="77777777" w:rsidR="008337E9" w:rsidRDefault="008337E9">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="6E013300" w14:textId="77777777" w:rsidR="008337E9" w:rsidRDefault="008337E9">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="0650071F" w14:textId="77777777" w:rsidR="0004584F" w:rsidRDefault="0004584F">
+    <w:p w14:paraId="4E390A6D" w14:textId="77777777" w:rsidR="002A4F02" w:rsidRDefault="002A4F02">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="4484127B" w14:textId="77777777" w:rsidR="0004584F" w:rsidRDefault="0004584F">
+    <w:p w14:paraId="46864B3D" w14:textId="77777777" w:rsidR="002A4F02" w:rsidRDefault="002A4F02">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="2BBD30EF" w14:textId="77777777" w:rsidR="008337E9" w:rsidRDefault="008337E9">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="32F634C8" w14:textId="3AC96CE7" w:rsidR="00DF7BFE" w:rsidRDefault="00DF7BFE" w:rsidP="004F570D">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:pPr>
     <w:r>
       <w:rPr>
         <w:sz w:val="24"/>
       </w:rPr>
       <w:t>&lt;County&gt; &lt;Design number(s)&gt;</w:t>
     </w:r>
     <w:r w:rsidR="00A17AC0">
       <w:rPr>
         <w:sz w:val="24"/>
       </w:rPr>
       <w:t xml:space="preserve"> &lt;Final / Draft&gt;</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:sz w:val="24"/>
       </w:rPr>
       <w:t xml:space="preserve"> Concept</w:t>
     </w:r>
@@ -2908,61 +3514,61 @@
         <w:sz w:val="24"/>
       </w:rPr>
       <w:t>2</w:t>
     </w:r>
     <w:r>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="24"/>
       </w:rPr>
       <w:fldChar w:fldCharType="end"/>
     </w:r>
   </w:p>
   <w:p w14:paraId="3DC40E4B" w14:textId="77777777" w:rsidR="00DF7BFE" w:rsidRDefault="00DF7BFE" w:rsidP="004F570D">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:sz w:val="24"/>
       </w:rPr>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header3.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="72388914" w14:textId="77777777" w:rsidR="008337E9" w:rsidRDefault="008337E9">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="0F9323BF"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="34D06D96"/>
     <w:lvl w:ilvl="0" w:tplc="84F2C2D6">
       <w:start w:val="7"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="1530"/>
         </w:tabs>
         <w:ind w:left="1530" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019" w:tentative="1">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
@@ -3372,191 +3978,199 @@
       <w:lvlJc w:val="right"/>
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="7290"/>
         </w:tabs>
         <w:ind w:left="7290" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="509375880">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1674525412">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1992708494">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1984504135">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="100"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="130"/>
+  <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:doNotUseHTMLParagraphAutoSpacing/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00BE2BA5"/>
     <w:rsid w:val="00000624"/>
     <w:rsid w:val="00011486"/>
     <w:rsid w:val="000301F3"/>
     <w:rsid w:val="0004584F"/>
     <w:rsid w:val="00045E41"/>
     <w:rsid w:val="00056D6E"/>
+    <w:rsid w:val="0005768A"/>
     <w:rsid w:val="00065DEC"/>
     <w:rsid w:val="000701ED"/>
     <w:rsid w:val="0007441A"/>
     <w:rsid w:val="00075421"/>
     <w:rsid w:val="00090BC1"/>
     <w:rsid w:val="000A6085"/>
     <w:rsid w:val="000B1CF8"/>
     <w:rsid w:val="000B65F7"/>
     <w:rsid w:val="000D7218"/>
     <w:rsid w:val="000E04AE"/>
     <w:rsid w:val="000E64F0"/>
     <w:rsid w:val="000F1B7F"/>
     <w:rsid w:val="000F3DA3"/>
     <w:rsid w:val="0010036C"/>
     <w:rsid w:val="001115C7"/>
     <w:rsid w:val="00125A67"/>
     <w:rsid w:val="00151C12"/>
     <w:rsid w:val="001572D4"/>
     <w:rsid w:val="001A0808"/>
     <w:rsid w:val="001E23E7"/>
     <w:rsid w:val="001E35B4"/>
     <w:rsid w:val="001E432D"/>
     <w:rsid w:val="00216EBB"/>
     <w:rsid w:val="002469A2"/>
     <w:rsid w:val="00284135"/>
+    <w:rsid w:val="002A4F02"/>
     <w:rsid w:val="002D0DE8"/>
     <w:rsid w:val="002D4D42"/>
     <w:rsid w:val="002E3E9E"/>
     <w:rsid w:val="002E4629"/>
     <w:rsid w:val="002E7E5C"/>
     <w:rsid w:val="002F2976"/>
     <w:rsid w:val="003010A2"/>
     <w:rsid w:val="0034185E"/>
     <w:rsid w:val="0034440A"/>
+    <w:rsid w:val="00344A7A"/>
     <w:rsid w:val="00354C9F"/>
     <w:rsid w:val="0035668C"/>
     <w:rsid w:val="00357772"/>
     <w:rsid w:val="003716BD"/>
     <w:rsid w:val="00373DC9"/>
     <w:rsid w:val="00376C1C"/>
     <w:rsid w:val="003E0387"/>
     <w:rsid w:val="00401508"/>
     <w:rsid w:val="00416E61"/>
     <w:rsid w:val="004236E2"/>
     <w:rsid w:val="00424914"/>
     <w:rsid w:val="00447661"/>
     <w:rsid w:val="004539B0"/>
     <w:rsid w:val="00453E5B"/>
     <w:rsid w:val="0046516A"/>
     <w:rsid w:val="00481977"/>
     <w:rsid w:val="00497AEF"/>
+    <w:rsid w:val="00497DF6"/>
     <w:rsid w:val="004A1FC4"/>
     <w:rsid w:val="004C180F"/>
+    <w:rsid w:val="004E1B92"/>
     <w:rsid w:val="004E4CB2"/>
     <w:rsid w:val="004F3FD8"/>
     <w:rsid w:val="004F570D"/>
     <w:rsid w:val="00515027"/>
     <w:rsid w:val="0051542B"/>
     <w:rsid w:val="00520573"/>
     <w:rsid w:val="00537564"/>
     <w:rsid w:val="00551E25"/>
     <w:rsid w:val="00573FC4"/>
     <w:rsid w:val="005933E7"/>
     <w:rsid w:val="005A2151"/>
     <w:rsid w:val="005C4011"/>
     <w:rsid w:val="005C7986"/>
     <w:rsid w:val="006026C2"/>
     <w:rsid w:val="00617ACF"/>
     <w:rsid w:val="006258C9"/>
     <w:rsid w:val="00651F83"/>
     <w:rsid w:val="00655455"/>
     <w:rsid w:val="00656DE4"/>
     <w:rsid w:val="0065755E"/>
     <w:rsid w:val="00663D2B"/>
     <w:rsid w:val="00676F6C"/>
     <w:rsid w:val="006B219C"/>
     <w:rsid w:val="006B51F7"/>
     <w:rsid w:val="006C430C"/>
     <w:rsid w:val="006C5991"/>
     <w:rsid w:val="006F0069"/>
     <w:rsid w:val="007042D5"/>
+    <w:rsid w:val="00744C59"/>
     <w:rsid w:val="0076121B"/>
     <w:rsid w:val="00780D35"/>
     <w:rsid w:val="007C6345"/>
     <w:rsid w:val="007D12EF"/>
     <w:rsid w:val="007E3B49"/>
     <w:rsid w:val="00803B62"/>
     <w:rsid w:val="00815DEF"/>
     <w:rsid w:val="0082290F"/>
     <w:rsid w:val="00823C62"/>
     <w:rsid w:val="00826674"/>
     <w:rsid w:val="008337E9"/>
     <w:rsid w:val="008924D7"/>
     <w:rsid w:val="008A7C5F"/>
     <w:rsid w:val="008B798D"/>
     <w:rsid w:val="008D5F94"/>
     <w:rsid w:val="008E356B"/>
     <w:rsid w:val="00900EB2"/>
     <w:rsid w:val="00903E27"/>
     <w:rsid w:val="00904A3A"/>
     <w:rsid w:val="00906B3F"/>
     <w:rsid w:val="00911989"/>
     <w:rsid w:val="00925183"/>
     <w:rsid w:val="00926B44"/>
+    <w:rsid w:val="00937793"/>
     <w:rsid w:val="009536D3"/>
     <w:rsid w:val="00961292"/>
     <w:rsid w:val="009809D9"/>
     <w:rsid w:val="009A2D77"/>
     <w:rsid w:val="009A7D5E"/>
     <w:rsid w:val="009B4E96"/>
     <w:rsid w:val="00A05E6B"/>
     <w:rsid w:val="00A10F2C"/>
     <w:rsid w:val="00A125C8"/>
     <w:rsid w:val="00A1361B"/>
     <w:rsid w:val="00A17AC0"/>
     <w:rsid w:val="00A50D4F"/>
     <w:rsid w:val="00A552E0"/>
     <w:rsid w:val="00A723A1"/>
     <w:rsid w:val="00A73D3A"/>
     <w:rsid w:val="00A75B5C"/>
     <w:rsid w:val="00A919CD"/>
     <w:rsid w:val="00A94E7B"/>
     <w:rsid w:val="00AA4A22"/>
     <w:rsid w:val="00AB3AD8"/>
     <w:rsid w:val="00AD6CE5"/>
     <w:rsid w:val="00AE64F2"/>
     <w:rsid w:val="00B062BB"/>
     <w:rsid w:val="00B37CB9"/>
     <w:rsid w:val="00B479DA"/>
@@ -3613,51 +4227,51 @@
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="35439BE7"/>
   <w15:chartTrackingRefBased/>
   <w15:docId w15:val="{6782DFE2-6906-495F-86E2-2D180970B7BA}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:ascii="Times New Roman" w:eastAsia="Times New Roman" w:hAnsi="Times New Roman" w:cs="Times New Roman"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault/>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="0" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 9" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="caption" w:semiHidden="1" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="Title" w:qFormat="1"/>
     <w:lsdException w:name="Subtitle" w:qFormat="1"/>
     <w:lsdException w:name="Strong" w:qFormat="1"/>
     <w:lsdException w:name="Emphasis" w:qFormat="1"/>
@@ -4127,51 +4741,51 @@
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="BalloonText"/>
     <w:rsid w:val="008924D7"/>
     <w:rPr>
       <w:rFonts w:ascii="Segoe UI" w:hAnsi="Segoe UI" w:cs="Segoe UI"/>
       <w:sz w:val="18"/>
       <w:szCs w:val="18"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="UnresolvedMention">
     <w:name w:val="Unresolved Mention"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="009A7D5E"/>
     <w:rPr>
       <w:color w:val="605E5C"/>
       <w:shd w:val="clear" w:color="auto" w:fill="E1DFDD"/>
     </w:rPr>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="57561363">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="148522922">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
@@ -4802,127 +5416,127 @@
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>3</Pages>
-  <Words>1031</Words>
-  <Characters>5942</Characters>
+  <Words>994</Words>
+  <Characters>5979</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>152</Lines>
-  <Paragraphs>75</Paragraphs>
+  <Lines>101</Lines>
+  <Paragraphs>86</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Form 000021wp</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>IA Dept of Transportation</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6898</CharactersWithSpaces>
+  <CharactersWithSpaces>6887</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="12" baseType="variant">
       <vt:variant>
         <vt:i4>5439580</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>../Distribution List Templates/Master List for Distribution of Concepts.xlsx</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>2293864</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>Cost Estimating Tools/Cost Estimates for Concepts.xlsx</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
     </vt:vector>
   </HLinks>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>Form 000021wp</dc:title>
+  <dc:title>Template for Deck Overlay and Repair - Form 000021wd</dc:title>
   <dc:subject/>
-  <dc:creator>wtucker</dc:creator>
-  <cp:keywords/>
+  <dc:creator>Bridges &amp; Structures Bureau</dc:creator>
+  <cp:keywords>accessibility verified, template, deck overlay, repair, concept</cp:keywords>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="Folder_Number">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="Folder_Code">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="Folder_Name">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="Folder_Description">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="/Folder_Name/">
     <vt:lpwstr/>
   </property>
@@ -4991,27 +5605,51 @@
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="28" name="Document_Updater">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="29" name="Document_UpdaterDesc">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="30" name="Document_UpdateDate">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="31" name="Document_Size">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="32" name="Document_Storage">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="33" name="Document_StorageDesc">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="34" name="Document_Department">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="35" name="Document_DepartmentDesc">
     <vt:lpwstr/>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="36" name="MSIP_Label_0faac733-ded1-41e0-8ea6-961193f81247_Enabled">
+    <vt:lpwstr>true</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="37" name="MSIP_Label_0faac733-ded1-41e0-8ea6-961193f81247_SetDate">
+    <vt:lpwstr>2025-12-12T20:49:28Z</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="38" name="MSIP_Label_0faac733-ded1-41e0-8ea6-961193f81247_Method">
+    <vt:lpwstr>Standard</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="39" name="MSIP_Label_0faac733-ded1-41e0-8ea6-961193f81247_Name">
+    <vt:lpwstr>defa4170-0d19-0005-0004-bc88714345d2</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="40" name="MSIP_Label_0faac733-ded1-41e0-8ea6-961193f81247_SiteId">
+    <vt:lpwstr>a1e65fcc-32fa-4fdd-8692-0cc2eb06676e</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="41" name="MSIP_Label_0faac733-ded1-41e0-8ea6-961193f81247_ActionId">
+    <vt:lpwstr>16d34d7e-2730-449d-96d4-2f838a174407</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="42" name="MSIP_Label_0faac733-ded1-41e0-8ea6-961193f81247_ContentBits">
+    <vt:lpwstr>0</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="43" name="MSIP_Label_0faac733-ded1-41e0-8ea6-961193f81247_Tag">
+    <vt:lpwstr>10, 3, 0, 1</vt:lpwstr>
+  </property>
 </Properties>
 </file>