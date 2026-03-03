--- v1 (2026-01-02)
+++ v2 (2026-03-03)
@@ -124,3003 +124,4123 @@
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:r w:rsidR="00520573">
         <w:t>DD</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
       <w:r w:rsidR="00520573">
         <w:t>YYYY&gt;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1C5482B2" w14:textId="77777777" w:rsidR="00A125C8" w:rsidRDefault="00A125C8">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="1170"/>
           <w:tab w:val="left" w:pos="6660"/>
           <w:tab w:val="left" w:pos="7560"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7126AF44" w14:textId="77777777" w:rsidR="00A125C8" w:rsidRDefault="00A125C8">
+    <w:p w14:paraId="7126AF44" w14:textId="77777777" w:rsidR="00A125C8" w:rsidRPr="00044C2B" w:rsidRDefault="00A125C8">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="1170"/>
           <w:tab w:val="left" w:pos="6300"/>
           <w:tab w:val="left" w:pos="7200"/>
         </w:tabs>
       </w:pPr>
       <w:r>
         <w:t>Attention</w:t>
       </w:r>
       <w:r>
         <w:tab/>
         <w:t>&lt;</w:t>
       </w:r>
       <w:r w:rsidR="00906B3F">
         <w:t>Assistant District Engineer</w:t>
       </w:r>
       <w:r>
         <w:t>&gt;</w:t>
       </w:r>
       <w:r>
         <w:tab/>
-        <w:t>Ref No.</w:t>
-[...1 lines deleted...]
-      <w:r>
+        <w:t xml:space="preserve">Ref </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00044C2B">
+        <w:t>No.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00044C2B">
         <w:tab/>
         <w:t>&lt;County&gt;</w:t>
       </w:r>
-      <w:r w:rsidR="00651F83">
+      <w:r w:rsidR="00651F83" w:rsidRPr="00044C2B">
         <w:t xml:space="preserve"> County</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="741EC447" w14:textId="006EBA61" w:rsidR="00A125C8" w:rsidRDefault="00A125C8">
+    <w:p w14:paraId="741EC447" w14:textId="006EBA61" w:rsidR="00A125C8" w:rsidRPr="00044C2B" w:rsidRDefault="00A125C8">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="1170"/>
           <w:tab w:val="left" w:pos="6660"/>
           <w:tab w:val="left" w:pos="7200"/>
         </w:tabs>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...11 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="00044C2B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00044C2B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00044C2B">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>&lt;</w:t>
       </w:r>
-      <w:r w:rsidR="008337E9" w:rsidRPr="008337E9">
-[...2 lines deleted...]
-          <w:highlight w:val="yellow"/>
+      <w:r w:rsidR="008337E9" w:rsidRPr="00044C2B">
+        <w:rPr>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Phase</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00044C2B">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Number&gt;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1216B790" w14:textId="3C705812" w:rsidR="00A125C8" w:rsidRDefault="00A125C8" w:rsidP="00AD6CE5">
+    <w:p w14:paraId="1216B790" w14:textId="3C705812" w:rsidR="00A125C8" w:rsidRPr="00044C2B" w:rsidRDefault="00A125C8" w:rsidP="00AD6CE5">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="1170"/>
           <w:tab w:val="left" w:pos="6660"/>
           <w:tab w:val="left" w:pos="7200"/>
         </w:tabs>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
-      <w:r>
+      <w:r w:rsidRPr="00044C2B">
         <w:t xml:space="preserve">From  </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00044C2B">
         <w:tab/>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r>
+      <w:r w:rsidRPr="00044C2B">
         <w:t>&lt;Bridge Design Engineer&gt;</w:t>
       </w:r>
-      <w:r w:rsidR="00AD6CE5">
-[...2 lines deleted...]
-      <w:r w:rsidR="00803B62">
+      <w:r w:rsidR="00AD6CE5" w:rsidRPr="00044C2B">
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00AD6CE5" w:rsidRPr="00044C2B">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00803B62" w:rsidRPr="00044C2B">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
         <w:t>for BSB prepared concepts</w:t>
       </w:r>
-      <w:r w:rsidR="00AD6CE5">
+      <w:r w:rsidR="00AD6CE5" w:rsidRPr="00044C2B">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r>
-[...8 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00044C2B">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00044C2B">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="008337E9" w:rsidRPr="00044C2B">
         <w:t>Project Code</w:t>
       </w:r>
-      <w:r w:rsidR="00651F83" w:rsidRPr="009B4E96">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="00651F83" w:rsidRPr="00044C2B">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="009B4E96">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00044C2B">
         <w:t>&lt;</w:t>
       </w:r>
-      <w:r w:rsidR="008337E9" w:rsidRPr="009B4E96">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidR="008337E9" w:rsidRPr="00044C2B">
         <w:t>#</w:t>
       </w:r>
-      <w:r w:rsidRPr="009B4E96">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00044C2B">
         <w:t>&gt;</w:t>
       </w:r>
-      <w:r w:rsidR="008337E9">
+      <w:r w:rsidR="008337E9" w:rsidRPr="00044C2B">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00AD6CE5">
+      <w:r w:rsidR="00AD6CE5" w:rsidRPr="00044C2B">
         <w:tab/>
         <w:t>&lt;Consultant Engineer, Consulting Firm Name&gt;</w:t>
       </w:r>
-      <w:r>
-[...5 lines deleted...]
-      <w:r w:rsidR="00651F83">
+      <w:r w:rsidRPr="00044C2B">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00AD6CE5" w:rsidRPr="00044C2B">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00651F83" w:rsidRPr="00044C2B">
         <w:t xml:space="preserve">Design No(s). </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00044C2B">
         <w:t>&lt;#</w:t>
       </w:r>
-      <w:r w:rsidR="00655455">
+      <w:r w:rsidR="00655455" w:rsidRPr="00044C2B">
         <w:t>(s)</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00044C2B">
         <w:t>&gt;</w:t>
       </w:r>
-      <w:r w:rsidR="00125A67">
+      <w:r w:rsidR="00125A67" w:rsidRPr="00044C2B">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5022A6D7" w14:textId="7AC7B712" w:rsidR="00125A67" w:rsidRPr="00125A67" w:rsidRDefault="0076121B" w:rsidP="00125A67">
+    <w:p w14:paraId="5022A6D7" w14:textId="7AC7B712" w:rsidR="00125A67" w:rsidRPr="00044C2B" w:rsidRDefault="0076121B" w:rsidP="00125A67">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="1170"/>
           <w:tab w:val="left" w:pos="6840"/>
           <w:tab w:val="left" w:pos="7200"/>
         </w:tabs>
         <w:ind w:left="1170" w:hanging="1170"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
-      <w:r>
+      <w:r w:rsidRPr="00044C2B">
         <w:t>Bureau</w:t>
       </w:r>
-      <w:r w:rsidR="00A125C8">
+      <w:r w:rsidR="00A125C8" w:rsidRPr="00044C2B">
         <w:t xml:space="preserve">  </w:t>
       </w:r>
-      <w:r w:rsidR="00A125C8">
+      <w:r w:rsidR="00A125C8" w:rsidRPr="00044C2B">
         <w:tab/>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidR="00A125C8">
+      <w:r w:rsidR="00A125C8" w:rsidRPr="00044C2B">
         <w:t>Bridges and Structures</w:t>
       </w:r>
-      <w:r w:rsidR="00A125C8">
-[...2 lines deleted...]
-      <w:r w:rsidR="00A125C8">
+      <w:r w:rsidR="00A125C8" w:rsidRPr="00044C2B">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00A125C8" w:rsidRPr="00044C2B">
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:id="0" w:name="_Hlk186451411"/>
-      <w:r w:rsidR="00125A67" w:rsidRPr="00125A67">
-[...1 lines deleted...]
-          <w:highlight w:val="yellow"/>
+      <w:r w:rsidR="00125A67" w:rsidRPr="00044C2B">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">(Add </w:t>
       </w:r>
-      <w:r w:rsidR="0034185E">
-[...1 lines deleted...]
-          <w:highlight w:val="yellow"/>
+      <w:r w:rsidR="0034185E" w:rsidRPr="00044C2B">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidR="00125A67" w:rsidRPr="00125A67">
-[...1 lines deleted...]
-          <w:highlight w:val="yellow"/>
+      <w:r w:rsidR="00125A67" w:rsidRPr="00044C2B">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
         </w:rPr>
         <w:t>L</w:t>
       </w:r>
-      <w:r w:rsidR="0034185E">
-[...1 lines deleted...]
-          <w:highlight w:val="yellow"/>
+      <w:r w:rsidR="0034185E" w:rsidRPr="00044C2B">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidR="00125A67" w:rsidRPr="00125A67">
-[...1 lines deleted...]
-          <w:highlight w:val="yellow"/>
+      <w:r w:rsidR="00125A67" w:rsidRPr="00044C2B">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> or </w:t>
       </w:r>
-      <w:r w:rsidR="0034185E">
-[...1 lines deleted...]
-          <w:highlight w:val="yellow"/>
+      <w:r w:rsidR="0034185E" w:rsidRPr="00044C2B">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidR="00125A67" w:rsidRPr="00125A67">
-[...1 lines deleted...]
-          <w:highlight w:val="yellow"/>
+      <w:r w:rsidR="00125A67" w:rsidRPr="00044C2B">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
         </w:rPr>
         <w:t>R</w:t>
       </w:r>
-      <w:r w:rsidR="0034185E">
-[...1 lines deleted...]
-          <w:highlight w:val="yellow"/>
+      <w:r w:rsidR="0034185E" w:rsidRPr="00044C2B">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidR="00125A67" w:rsidRPr="00125A67">
-[...9 lines deleted...]
-    <w:p w14:paraId="3C5B3127" w14:textId="43F45317" w:rsidR="00125A67" w:rsidRDefault="00125A67" w:rsidP="00125A67">
+      <w:r w:rsidR="00125A67" w:rsidRPr="00044C2B">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> after each </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3C5B3127" w14:textId="43F45317" w:rsidR="00125A67" w:rsidRPr="00044C2B" w:rsidRDefault="00125A67" w:rsidP="00125A67">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="1170"/>
           <w:tab w:val="left" w:pos="6840"/>
           <w:tab w:val="left" w:pos="7200"/>
         </w:tabs>
         <w:ind w:left="1170" w:hanging="1170"/>
-      </w:pPr>
-[...11 lines deleted...]
-          <w:highlight w:val="yellow"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00044C2B">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00044C2B">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00044C2B">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="0034185E" w:rsidRPr="00044C2B">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
         </w:rPr>
         <w:t>D</w:t>
       </w:r>
-      <w:r w:rsidRPr="00125A67">
-[...1 lines deleted...]
-          <w:highlight w:val="yellow"/>
+      <w:r w:rsidRPr="00044C2B">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
         </w:rPr>
         <w:t>esign # for dual bridges.)</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="0"/>
-    <w:p w14:paraId="0C8CC005" w14:textId="2FC3A681" w:rsidR="00A125C8" w:rsidRDefault="00125A67">
+    <w:p w14:paraId="0C8CC005" w14:textId="2FC3A681" w:rsidR="00A125C8" w:rsidRPr="00044C2B" w:rsidRDefault="00125A67">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="1170"/>
           <w:tab w:val="left" w:pos="6840"/>
           <w:tab w:val="left" w:pos="7200"/>
         </w:tabs>
       </w:pPr>
-      <w:r>
-[...8 lines deleted...]
-      <w:r w:rsidR="00A125C8">
+      <w:r w:rsidRPr="00044C2B">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00044C2B">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00044C2B">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00A125C8" w:rsidRPr="00044C2B">
         <w:t>File No. &lt;#&gt;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="214B0E15" w14:textId="77777777" w:rsidR="0034185E" w:rsidRDefault="00A125C8" w:rsidP="00125A67">
+    <w:p w14:paraId="214B0E15" w14:textId="77777777" w:rsidR="0034185E" w:rsidRPr="00044C2B" w:rsidRDefault="00A125C8" w:rsidP="00125A67">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="1170"/>
           <w:tab w:val="left" w:pos="6840"/>
           <w:tab w:val="left" w:pos="7200"/>
         </w:tabs>
       </w:pPr>
-      <w:r>
-[...5 lines deleted...]
-      <w:r>
+      <w:r w:rsidRPr="00044C2B">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00044C2B">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00044C2B">
         <w:tab/>
         <w:t>FHWA No. &lt;#</w:t>
       </w:r>
-      <w:r w:rsidR="00655455">
+      <w:r w:rsidR="00655455" w:rsidRPr="00044C2B">
         <w:t>(s)</w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00044C2B">
         <w:t>&gt;</w:t>
       </w:r>
-      <w:r w:rsidR="00125A67">
+      <w:r w:rsidR="00125A67" w:rsidRPr="00044C2B">
         <w:t xml:space="preserve"> </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0A977E8E" w14:textId="77777777" w:rsidR="0034185E" w:rsidRPr="0034185E" w:rsidRDefault="0034185E" w:rsidP="0034185E">
+    <w:p w14:paraId="0A977E8E" w14:textId="77777777" w:rsidR="0034185E" w:rsidRPr="00044C2B" w:rsidRDefault="0034185E" w:rsidP="0034185E">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="1170"/>
           <w:tab w:val="left" w:pos="6840"/>
           <w:tab w:val="left" w:pos="7200"/>
         </w:tabs>
-      </w:pPr>
-[...6 lines deleted...]
-      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00044C2B">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00044C2B">
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00044C2B">
         <w:tab/>
       </w:r>
       <w:bookmarkStart w:id="1" w:name="_Hlk186451478"/>
-      <w:r w:rsidR="00125A67" w:rsidRPr="0034185E">
-[...1 lines deleted...]
-          <w:highlight w:val="yellow"/>
+      <w:r w:rsidR="00125A67" w:rsidRPr="00044C2B">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
         </w:rPr>
         <w:t>(Add</w:t>
       </w:r>
-      <w:r w:rsidRPr="0034185E">
-[...1 lines deleted...]
-          <w:highlight w:val="yellow"/>
+      <w:r w:rsidRPr="00044C2B">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve"> (</w:t>
       </w:r>
-      <w:r w:rsidR="00125A67" w:rsidRPr="0034185E">
-[...1 lines deleted...]
-          <w:highlight w:val="yellow"/>
+      <w:r w:rsidR="00125A67" w:rsidRPr="00044C2B">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
         </w:rPr>
         <w:t>L</w:t>
       </w:r>
-      <w:r w:rsidRPr="0034185E">
-[...1 lines deleted...]
-          <w:highlight w:val="yellow"/>
+      <w:r w:rsidRPr="00044C2B">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">) </w:t>
       </w:r>
-      <w:r w:rsidR="00125A67" w:rsidRPr="0034185E">
-[...1 lines deleted...]
-          <w:highlight w:val="yellow"/>
+      <w:r w:rsidR="00125A67" w:rsidRPr="00044C2B">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
         </w:rPr>
         <w:t xml:space="preserve">or </w:t>
       </w:r>
-      <w:r w:rsidRPr="0034185E">
-[...1 lines deleted...]
-          <w:highlight w:val="yellow"/>
+      <w:r w:rsidRPr="00044C2B">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidR="00125A67" w:rsidRPr="0034185E">
-[...1 lines deleted...]
-          <w:highlight w:val="yellow"/>
+      <w:r w:rsidR="00125A67" w:rsidRPr="00044C2B">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
         </w:rPr>
         <w:t>R</w:t>
       </w:r>
-      <w:r w:rsidRPr="0034185E">
-[...1 lines deleted...]
-          <w:highlight w:val="yellow"/>
+      <w:r w:rsidRPr="00044C2B">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidR="00125A67" w:rsidRPr="0034185E">
-[...9 lines deleted...]
-    <w:p w14:paraId="0EAF35D8" w14:textId="02E99881" w:rsidR="00A125C8" w:rsidRDefault="0034185E" w:rsidP="0034185E">
+      <w:r w:rsidR="00125A67" w:rsidRPr="00044C2B">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:t xml:space="preserve"> after each </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0EAF35D8" w14:textId="02E99881" w:rsidR="00A125C8" w:rsidRPr="00044C2B" w:rsidRDefault="0034185E" w:rsidP="0034185E">
       <w:pPr>
         <w:pStyle w:val="Heading2"/>
         <w:tabs>
           <w:tab w:val="left" w:pos="0"/>
           <w:tab w:val="left" w:pos="1170"/>
           <w:tab w:val="left" w:pos="6840"/>
           <w:tab w:val="left" w:pos="7200"/>
         </w:tabs>
-      </w:pPr>
-[...11 lines deleted...]
-          <w:highlight w:val="yellow"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00044C2B">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00044C2B">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00044C2B">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidR="00125A67" w:rsidRPr="00044C2B">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
         </w:rPr>
         <w:t>FHWA # for dual bridges.)</w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="1"/>
-    <w:p w14:paraId="72B15185" w14:textId="12D1FAC2" w:rsidR="00065DEC" w:rsidRDefault="00125A67">
+    <w:p w14:paraId="72B15185" w14:textId="12D1FAC2" w:rsidR="00065DEC" w:rsidRPr="00044C2B" w:rsidRDefault="00125A67">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1170"/>
         </w:tabs>
         <w:ind w:left="1260" w:hanging="1260"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r>
-[...66 lines deleted...]
-    <w:p w14:paraId="1791420C" w14:textId="77777777" w:rsidR="00A125C8" w:rsidRPr="00744C59" w:rsidRDefault="00A125C8" w:rsidP="00744C59">
+      <w:r w:rsidRPr="00044C2B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00044C2B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00044C2B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00044C2B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00044C2B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00044C2B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00044C2B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00044C2B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00044C2B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00044C2B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00044C2B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1791420C" w14:textId="451D506E" w:rsidR="00A125C8" w:rsidRPr="00044C2B" w:rsidRDefault="00A125C8" w:rsidP="00744C59">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="gramStart"/>
-      <w:r>
+      <w:r w:rsidRPr="00044C2B">
         <w:t xml:space="preserve">Subject  </w:t>
       </w:r>
-      <w:r>
+      <w:r w:rsidRPr="00044C2B">
         <w:tab/>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00744C59">
+      <w:r w:rsidRPr="00044C2B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>&lt;</w:t>
       </w:r>
-      <w:r w:rsidR="00926B44" w:rsidRPr="00744C59">
+      <w:r w:rsidR="00926B44" w:rsidRPr="00044C2B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Final / Draft</w:t>
       </w:r>
-      <w:r w:rsidRPr="00744C59">
+      <w:r w:rsidRPr="00044C2B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">&gt; </w:t>
       </w:r>
-      <w:r w:rsidR="00926B44" w:rsidRPr="00744C59">
+      <w:r w:rsidR="00926B44" w:rsidRPr="00044C2B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Co</w:t>
       </w:r>
-      <w:r w:rsidRPr="00744C59">
+      <w:r w:rsidRPr="00044C2B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>ncept for Bridge &lt;</w:t>
       </w:r>
-      <w:r w:rsidR="00BF06C5" w:rsidRPr="00744C59">
-[...21 lines deleted...]
-      <w:r w:rsidRPr="00744C59">
+      <w:r w:rsidR="00044C2B" w:rsidRPr="00044C2B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>Work Type in Masterworks</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00044C2B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>&gt; of &lt;Bridge size and type&gt;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3A9F7B09" w14:textId="30644131" w:rsidR="00A125C8" w:rsidRPr="00044C2B" w:rsidRDefault="00A125C8" w:rsidP="00744C59">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00044C2B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>Bridge Maintenance No</w:t>
       </w:r>
-      <w:r w:rsidR="00C94C10" w:rsidRPr="00744C59">
+      <w:r w:rsidR="00C94C10" w:rsidRPr="00044C2B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(s)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00744C59">
+      <w:r w:rsidRPr="00044C2B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">. </w:t>
       </w:r>
-      <w:r w:rsidR="00520573" w:rsidRPr="00744C59">
+      <w:r w:rsidR="00520573" w:rsidRPr="00044C2B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>&lt;</w:t>
       </w:r>
-      <w:r w:rsidRPr="00744C59">
+      <w:r w:rsidRPr="00044C2B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>0000.0</w:t>
       </w:r>
-      <w:r w:rsidR="00216EBB" w:rsidRPr="00744C59">
+      <w:r w:rsidR="00216EBB" w:rsidRPr="00044C2B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>X</w:t>
       </w:r>
-      <w:r w:rsidRPr="00744C59">
+      <w:r w:rsidRPr="00044C2B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>000</w:t>
       </w:r>
-      <w:r w:rsidR="00520573" w:rsidRPr="00744C59">
+      <w:r w:rsidR="00520573" w:rsidRPr="00044C2B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>&gt;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="133FD659" w14:textId="77777777" w:rsidR="00357772" w:rsidRPr="00744C59" w:rsidRDefault="00357772" w:rsidP="00744C59">
-[...14 lines deleted...]
-      <w:r w:rsidRPr="00744C59">
+    <w:p w14:paraId="133FD659" w14:textId="77777777" w:rsidR="00357772" w:rsidRPr="00044C2B" w:rsidRDefault="00357772" w:rsidP="00744C59">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="130ED227" w14:textId="26ECABFA" w:rsidR="00AB3AD8" w:rsidRPr="00044C2B" w:rsidRDefault="00A125C8" w:rsidP="00744C59">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00044C2B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>The bridge</w:t>
       </w:r>
-      <w:r w:rsidR="00C94C10" w:rsidRPr="00744C59">
+      <w:r w:rsidR="00C94C10" w:rsidRPr="00044C2B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>&lt;s&gt;</w:t>
       </w:r>
-      <w:r w:rsidRPr="00744C59">
+      <w:r w:rsidRPr="00044C2B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> on &lt;Route&gt; over &lt;Route, River, RR, etc</w:t>
       </w:r>
       <w:bookmarkStart w:id="2" w:name="_Hlk125040012"/>
-      <w:r w:rsidRPr="00744C59">
+      <w:r w:rsidRPr="00044C2B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.&gt;</w:t>
       </w:r>
-      <w:r w:rsidR="0034440A" w:rsidRPr="00744C59">
+      <w:r w:rsidR="0034440A" w:rsidRPr="00044C2B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>, &lt;location description&gt;,</w:t>
       </w:r>
-      <w:r w:rsidRPr="00744C59">
+      <w:r w:rsidRPr="00044C2B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
       <w:bookmarkEnd w:id="2"/>
-      <w:r w:rsidRPr="00744C59">
+      <w:r w:rsidRPr="00044C2B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>has</w:t>
       </w:r>
-      <w:r w:rsidR="00C94C10" w:rsidRPr="00744C59">
+      <w:r w:rsidR="00C94C10" w:rsidRPr="00044C2B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>&lt;have&gt;</w:t>
       </w:r>
-      <w:r w:rsidRPr="00744C59">
+      <w:r w:rsidRPr="00044C2B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> been </w:t>
       </w:r>
-      <w:r w:rsidR="00900EB2" w:rsidRPr="00744C59">
+      <w:r w:rsidR="00900EB2" w:rsidRPr="00044C2B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>&lt;</w:t>
       </w:r>
-      <w:r w:rsidR="005933E7" w:rsidRPr="00744C59">
+      <w:r w:rsidR="005933E7" w:rsidRPr="00044C2B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">&lt;scheduled or </w:t>
       </w:r>
-      <w:r w:rsidR="000D7218" w:rsidRPr="00744C59">
+      <w:r w:rsidR="000D7218" w:rsidRPr="00044C2B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>p</w:t>
       </w:r>
-      <w:r w:rsidRPr="00744C59">
+      <w:r w:rsidRPr="00044C2B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>rogrammed</w:t>
       </w:r>
-      <w:r w:rsidR="005933E7" w:rsidRPr="00744C59">
+      <w:r w:rsidR="005933E7" w:rsidRPr="00044C2B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>&gt;</w:t>
       </w:r>
-      <w:r w:rsidRPr="00744C59">
-[...6 lines deleted...]
-      <w:r w:rsidR="001A0808" w:rsidRPr="00744C59">
+      <w:r w:rsidRPr="00044C2B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> for &lt;</w:t>
+      </w:r>
+      <w:r w:rsidR="00044C2B" w:rsidRPr="00044C2B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>Work Type in Masterworks</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00044C2B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>&gt; to be let on &lt;letting date&gt;.</w:t>
+      </w:r>
+      <w:r w:rsidR="001A0808" w:rsidRPr="00044C2B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="000701ED" w:rsidRPr="00744C59">
+      <w:r w:rsidR="000701ED" w:rsidRPr="00044C2B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">&lt;It is currently not in the </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidR="000701ED" w:rsidRPr="00744C59">
+      <w:r w:rsidR="000701ED" w:rsidRPr="00044C2B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>five year</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidR="000701ED" w:rsidRPr="00744C59">
+      <w:r w:rsidR="000701ED" w:rsidRPr="00044C2B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> program.&gt;</w:t>
       </w:r>
-      <w:r w:rsidR="00900EB2" w:rsidRPr="00744C59">
+      <w:r w:rsidR="00900EB2" w:rsidRPr="00044C2B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>&gt;</w:t>
       </w:r>
-      <w:r w:rsidR="001A0808" w:rsidRPr="00744C59">
+      <w:r w:rsidR="001A0808" w:rsidRPr="00044C2B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="00744C59">
+      <w:r w:rsidRPr="00044C2B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">The </w:t>
       </w:r>
-      <w:r w:rsidR="00AB3AD8" w:rsidRPr="00744C59">
+      <w:r w:rsidR="00AB3AD8" w:rsidRPr="00044C2B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>current</w:t>
       </w:r>
-      <w:r w:rsidRPr="00744C59">
+      <w:r w:rsidRPr="00044C2B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> cost estimate is &lt;</w:t>
       </w:r>
-      <w:r w:rsidR="00BF1C33" w:rsidRPr="00744C59">
+      <w:r w:rsidR="00BF1C33" w:rsidRPr="00044C2B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Project Total from Cost Estimate</w:t>
       </w:r>
-      <w:r w:rsidRPr="00744C59">
+      <w:r w:rsidRPr="00044C2B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>&gt;</w:t>
       </w:r>
-      <w:r w:rsidR="00C94C10" w:rsidRPr="00744C59">
+      <w:r w:rsidR="00C94C10" w:rsidRPr="00044C2B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> including inflation and a 20 percent contingency presuming a FY &lt;</w:t>
       </w:r>
-      <w:r w:rsidR="00A17AC0" w:rsidRPr="00744C59">
+      <w:r w:rsidR="00A17AC0" w:rsidRPr="00044C2B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>YYYY</w:t>
       </w:r>
-      <w:r w:rsidR="00C94C10" w:rsidRPr="00744C59">
+      <w:r w:rsidR="00C94C10" w:rsidRPr="00044C2B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">&gt; letting. </w:t>
       </w:r>
-      <w:r w:rsidR="00AB3AD8" w:rsidRPr="00744C59">
+      <w:r w:rsidR="00AB3AD8" w:rsidRPr="00044C2B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>The programmed amount is &lt;programmed cost&gt;.</w:t>
       </w:r>
-      <w:r w:rsidR="001A0808" w:rsidRPr="00744C59">
+      <w:r w:rsidR="001A0808" w:rsidRPr="00044C2B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00C94C10" w:rsidRPr="00744C59">
+      <w:r w:rsidR="00C94C10" w:rsidRPr="00044C2B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>The bridge field exam on &lt;Date&gt; was attended by &lt;Personnel&gt; of &lt;Bureau, District or Consultant&gt;.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="3AA0D006" w14:textId="77777777" w:rsidR="00926B44" w:rsidRPr="00744C59" w:rsidRDefault="0082290F" w:rsidP="00744C59">
-[...21 lines deleted...]
-    <w:p w14:paraId="46595650" w14:textId="1658BBAB" w:rsidR="00A125C8" w:rsidRPr="00744C59" w:rsidRDefault="001A0808" w:rsidP="00744C59">
+    <w:p w14:paraId="3AA0D006" w14:textId="77777777" w:rsidR="00926B44" w:rsidRPr="00044C2B" w:rsidRDefault="0082290F" w:rsidP="00744C59">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00044C2B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00044C2B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="46595650" w14:textId="1658BBAB" w:rsidR="00A125C8" w:rsidRPr="00044C2B" w:rsidRDefault="001A0808" w:rsidP="00744C59">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:bookmarkStart w:id="3" w:name="_Hlk95984667"/>
-      <w:r w:rsidRPr="00744C59">
+      <w:r w:rsidRPr="00044C2B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(</w:t>
       </w:r>
-      <w:r w:rsidR="00AB3AD8" w:rsidRPr="00744C59">
+      <w:r w:rsidR="00AB3AD8" w:rsidRPr="00044C2B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Note</w:t>
       </w:r>
-      <w:r w:rsidR="00F000B6" w:rsidRPr="00744C59">
+      <w:r w:rsidR="00F000B6" w:rsidRPr="00044C2B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
-      <w:r w:rsidR="00AB3AD8" w:rsidRPr="00744C59">
+      <w:r w:rsidR="00AB3AD8" w:rsidRPr="00044C2B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00F000B6" w:rsidRPr="00744C59">
+      <w:r w:rsidR="00F000B6" w:rsidRPr="00044C2B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>T</w:t>
       </w:r>
-      <w:r w:rsidR="00AB3AD8" w:rsidRPr="00744C59">
+      <w:r w:rsidR="00AB3AD8" w:rsidRPr="00044C2B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">he location description </w:t>
       </w:r>
-      <w:r w:rsidR="00C55CFF" w:rsidRPr="00744C59">
+      <w:r w:rsidR="00C55CFF" w:rsidRPr="00044C2B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">should </w:t>
       </w:r>
-      <w:r w:rsidR="00AB3AD8" w:rsidRPr="00744C59">
+      <w:r w:rsidR="00AB3AD8" w:rsidRPr="00044C2B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>match the SIIMS description.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00744C59">
+      <w:r w:rsidRPr="00044C2B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00AB3AD8" w:rsidRPr="00744C59">
+      <w:r w:rsidR="00AB3AD8" w:rsidRPr="00044C2B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Both the cost estimate amount and programmed cost </w:t>
       </w:r>
-      <w:r w:rsidR="00C55CFF" w:rsidRPr="00744C59">
+      <w:r w:rsidR="00C55CFF" w:rsidRPr="00044C2B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">(if available) </w:t>
       </w:r>
-      <w:r w:rsidR="00AB3AD8" w:rsidRPr="00744C59">
+      <w:r w:rsidR="00AB3AD8" w:rsidRPr="00044C2B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>should be included.</w:t>
       </w:r>
-      <w:r w:rsidRPr="00744C59">
+      <w:r w:rsidRPr="00044C2B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>)</w:t>
       </w:r>
-      <w:r w:rsidR="00AB3AD8" w:rsidRPr="00744C59">
+      <w:r w:rsidR="00AB3AD8" w:rsidRPr="00044C2B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">  </w:t>
       </w:r>
     </w:p>
     <w:bookmarkEnd w:id="3"/>
-    <w:p w14:paraId="7DDDD09D" w14:textId="77777777" w:rsidR="0082290F" w:rsidRPr="00744C59" w:rsidRDefault="0082290F" w:rsidP="00744C59">
-[...14 lines deleted...]
-      <w:r w:rsidRPr="00744C59">
+    <w:p w14:paraId="7DDDD09D" w14:textId="77777777" w:rsidR="0082290F" w:rsidRPr="00044C2B" w:rsidRDefault="0082290F" w:rsidP="00744C59">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="419904CE" w14:textId="1E3C733A" w:rsidR="0082290F" w:rsidRPr="00044C2B" w:rsidRDefault="0082290F" w:rsidP="00744C59">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00044C2B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>The bridge location map and asset information can be viewed in SIIMS using the following link</w:t>
       </w:r>
-      <w:r w:rsidR="00125A67" w:rsidRPr="00744C59">
-[...3 lines deleted...]
-          <w:highlight w:val="yellow"/>
+      <w:r w:rsidR="00125A67" w:rsidRPr="00044C2B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(s)</w:t>
       </w:r>
-      <w:r w:rsidRPr="00744C59">
+      <w:r w:rsidRPr="00044C2B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="265A30B9" w14:textId="77777777" w:rsidR="0082290F" w:rsidRPr="00744C59" w:rsidRDefault="0082290F" w:rsidP="00744C59">
-[...18 lines deleted...]
-          <w:highlight w:val="yellow"/>
+    <w:p w14:paraId="265A30B9" w14:textId="77777777" w:rsidR="0082290F" w:rsidRPr="00044C2B" w:rsidRDefault="0082290F" w:rsidP="00744C59">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="208366AE" w14:textId="77777777" w:rsidR="008337E9" w:rsidRPr="00044C2B" w:rsidRDefault="008337E9" w:rsidP="00744C59">
+      <w:pPr>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00044C2B">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(Use for projects with a single bridge)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="6D0BF389" w14:textId="77777777" w:rsidR="0082290F" w:rsidRPr="00744C59" w:rsidRDefault="0082290F" w:rsidP="00744C59">
-[...13 lines deleted...]
-      <w:r w:rsidRPr="00744C59">
+    <w:p w14:paraId="6D0BF389" w14:textId="77777777" w:rsidR="0082290F" w:rsidRPr="00044C2B" w:rsidRDefault="0082290F" w:rsidP="00744C59">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00044C2B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>&lt;Link to structure map page in SIIMS&gt;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E8AAFCC" w14:textId="77777777" w:rsidR="0082290F" w:rsidRPr="00044C2B" w:rsidRDefault="0082290F" w:rsidP="00744C59">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="64CFB41C" w14:textId="77777777" w:rsidR="008337E9" w:rsidRPr="00044C2B" w:rsidRDefault="008337E9" w:rsidP="00744C59">
+      <w:pPr>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00044C2B">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(Use for projects with dual bridges)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0F3D79C1" w14:textId="77777777" w:rsidR="008337E9" w:rsidRPr="00044C2B" w:rsidRDefault="008337E9" w:rsidP="00744C59">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00044C2B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>&lt;Link to structure map page in SIIMS&gt; Left Bridge</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4474A3F3" w14:textId="77777777" w:rsidR="008337E9" w:rsidRPr="00044C2B" w:rsidRDefault="008337E9" w:rsidP="00744C59">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00044C2B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>&lt;Link to structure map page in SIIMS&gt; Right Bridge</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="29872E01" w14:textId="77777777" w:rsidR="0082290F" w:rsidRPr="00044C2B" w:rsidRDefault="0082290F" w:rsidP="00744C59">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="41FCB0CF" w14:textId="77777777" w:rsidR="00A125C8" w:rsidRPr="00044C2B" w:rsidRDefault="00A125C8" w:rsidP="00744C59">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
         <w:rPr>
           <w:b/>
           <w:bCs/>
-          <w:sz w:val="24"/>
-[...80 lines deleted...]
-        <w:pStyle w:val="Heading2"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00044C2B">
         <w:rPr>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-      </w:pPr>
-[...4 lines deleted...]
-        </w:rPr>
         <w:t>EXISTING CONDITIONS</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1617C3E0" w14:textId="77777777" w:rsidR="00A125C8" w:rsidRPr="00744C59" w:rsidRDefault="00A125C8" w:rsidP="00744C59">
-[...19 lines deleted...]
-          <w:highlight w:val="yellow"/>
+    <w:p w14:paraId="1617C3E0" w14:textId="77777777" w:rsidR="00A125C8" w:rsidRPr="00044C2B" w:rsidRDefault="00A125C8" w:rsidP="00744C59">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5D623A8E" w14:textId="77777777" w:rsidR="008337E9" w:rsidRPr="00044C2B" w:rsidRDefault="008337E9" w:rsidP="00744C59">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00044C2B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>Year of</w:t>
       </w:r>
-      <w:r w:rsidRPr="00744C59">
-[...11 lines deleted...]
-          <w:highlight w:val="yellow"/>
+      <w:r w:rsidRPr="00044C2B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00044C2B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>Design</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="1C6D3573" w14:textId="77777777" w:rsidR="008337E9" w:rsidRPr="00744C59" w:rsidRDefault="008337E9" w:rsidP="00744C59">
-[...11 lines deleted...]
-          <w:highlight w:val="yellow"/>
+    <w:p w14:paraId="1C6D3573" w14:textId="77777777" w:rsidR="008337E9" w:rsidRPr="00044C2B" w:rsidRDefault="008337E9" w:rsidP="00744C59">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00044C2B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Construction</w:t>
       </w:r>
-      <w:r w:rsidRPr="00744C59">
-[...19 lines deleted...]
-          <w:highlight w:val="yellow"/>
+      <w:r w:rsidRPr="00044C2B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00044C2B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00044C2B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Number</w:t>
       </w:r>
-      <w:r w:rsidRPr="00744C59">
-[...11 lines deleted...]
-          <w:highlight w:val="yellow"/>
+      <w:r w:rsidRPr="00044C2B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00044C2B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
           <w:u w:val="single"/>
         </w:rPr>
         <w:t>Work</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="24A84AC8" w14:textId="0F762678" w:rsidR="008337E9" w:rsidRPr="00744C59" w:rsidRDefault="008337E9" w:rsidP="00744C59">
-[...4 lines deleted...]
-          <w:highlight w:val="yellow"/>
+    <w:p w14:paraId="24A84AC8" w14:textId="0F762678" w:rsidR="008337E9" w:rsidRPr="00044C2B" w:rsidRDefault="008337E9" w:rsidP="00744C59">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00744C59">
-[...3 lines deleted...]
-          <w:highlight w:val="yellow"/>
+      <w:r w:rsidRPr="00044C2B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>xxxx</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00744C59">
-[...19 lines deleted...]
-          <w:highlight w:val="yellow"/>
+      <w:r w:rsidRPr="00044C2B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00044C2B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00044C2B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00744C59">
-[...3 lines deleted...]
-          <w:highlight w:val="yellow"/>
+      <w:r w:rsidRPr="00044C2B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>xxx</w:t>
       </w:r>
-      <w:r w:rsidR="00401508" w:rsidRPr="00744C59">
-[...3 lines deleted...]
-          <w:highlight w:val="yellow"/>
+      <w:r w:rsidR="00401508" w:rsidRPr="00044C2B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>x</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00744C59">
-[...11 lines deleted...]
-          <w:highlight w:val="yellow"/>
+      <w:r w:rsidRPr="00044C2B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00044C2B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
         <w:t>Original Construction</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="67499180" w14:textId="42AE79D9" w:rsidR="008337E9" w:rsidRPr="00744C59" w:rsidRDefault="008337E9" w:rsidP="00744C59">
-[...4 lines deleted...]
-          <w:highlight w:val="yellow"/>
+    <w:p w14:paraId="67499180" w14:textId="42AE79D9" w:rsidR="008337E9" w:rsidRPr="00044C2B" w:rsidRDefault="008337E9" w:rsidP="00744C59">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00744C59">
-[...3 lines deleted...]
-          <w:highlight w:val="yellow"/>
+      <w:r w:rsidRPr="00044C2B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>xxxx</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00744C59">
-[...19 lines deleted...]
-          <w:highlight w:val="yellow"/>
+      <w:r w:rsidRPr="00044C2B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00044C2B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00044C2B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00744C59">
-[...3 lines deleted...]
-          <w:highlight w:val="yellow"/>
+      <w:r w:rsidRPr="00044C2B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>xxx</w:t>
       </w:r>
-      <w:r w:rsidR="00401508" w:rsidRPr="00744C59">
-[...3 lines deleted...]
-          <w:highlight w:val="yellow"/>
+      <w:r w:rsidR="00401508" w:rsidRPr="00044C2B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>x</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00744C59">
-[...11 lines deleted...]
-          <w:highlight w:val="yellow"/>
+      <w:r w:rsidRPr="00044C2B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00044C2B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00744C59">
-[...3 lines deleted...]
-          <w:highlight w:val="yellow"/>
+      <w:r w:rsidRPr="00044C2B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>xxxx</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="0C5FDA35" w14:textId="3A8552C6" w:rsidR="008337E9" w:rsidRPr="00744C59" w:rsidRDefault="008337E9" w:rsidP="00744C59">
+    <w:p w14:paraId="0C5FDA35" w14:textId="3A8552C6" w:rsidR="008337E9" w:rsidRPr="00044C2B" w:rsidRDefault="008337E9" w:rsidP="00744C59">
       <w:pPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
       </w:pPr>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00744C59">
-[...3 lines deleted...]
-          <w:highlight w:val="yellow"/>
+      <w:r w:rsidRPr="00044C2B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>xxxx</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00744C59">
-[...19 lines deleted...]
-          <w:highlight w:val="yellow"/>
+      <w:r w:rsidRPr="00044C2B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00044C2B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00044C2B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00744C59">
-[...3 lines deleted...]
-          <w:highlight w:val="yellow"/>
+      <w:r w:rsidRPr="00044C2B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>xxx</w:t>
       </w:r>
-      <w:r w:rsidR="00401508" w:rsidRPr="00744C59">
-[...3 lines deleted...]
-          <w:highlight w:val="yellow"/>
+      <w:r w:rsidR="00401508" w:rsidRPr="00044C2B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>x</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="00744C59">
-[...11 lines deleted...]
-          <w:highlight w:val="yellow"/>
+      <w:r w:rsidRPr="00044C2B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00044C2B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:tab/>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="00744C59">
-[...3 lines deleted...]
-          <w:highlight w:val="yellow"/>
+      <w:r w:rsidRPr="00044C2B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>xxxx</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
     </w:p>
-    <w:p w14:paraId="5442DCA6" w14:textId="77777777" w:rsidR="008337E9" w:rsidRPr="00744C59" w:rsidRDefault="008337E9" w:rsidP="00744C59">
-[...10 lines deleted...]
-          <w:highlight w:val="yellow"/>
+    <w:p w14:paraId="5442DCA6" w14:textId="77777777" w:rsidR="008337E9" w:rsidRPr="00044C2B" w:rsidRDefault="008337E9" w:rsidP="00744C59">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00044C2B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(List work in chronological order in table above)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2417AB64" w14:textId="77777777" w:rsidR="008337E9" w:rsidRPr="00744C59" w:rsidRDefault="008337E9" w:rsidP="00744C59">
-[...18 lines deleted...]
-          <w:highlight w:val="yellow"/>
+    <w:p w14:paraId="2417AB64" w14:textId="77777777" w:rsidR="008337E9" w:rsidRPr="00044C2B" w:rsidRDefault="008337E9" w:rsidP="00744C59">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="3B16E210" w14:textId="77777777" w:rsidR="008337E9" w:rsidRPr="00044C2B" w:rsidRDefault="008337E9" w:rsidP="00744C59">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00044C2B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>The bridge&lt;s&gt; is&lt;are&gt; on the NHS system.</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="15F96525" w14:textId="77777777" w:rsidR="00C94C10" w:rsidRPr="008337E9" w:rsidRDefault="00C94C10" w:rsidP="008337E9">
+    <w:p w14:paraId="15F96525" w14:textId="77777777" w:rsidR="00C94C10" w:rsidRPr="00044C2B" w:rsidRDefault="00C94C10" w:rsidP="008337E9">
       <w:pPr>
         <w:spacing w:line="254" w:lineRule="exact"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="1BA9F0AB" w14:textId="77777777" w:rsidR="00C94C10" w:rsidRPr="008337E9" w:rsidRDefault="00C94C10" w:rsidP="00C94C10">
+    <w:p w14:paraId="1BA9F0AB" w14:textId="77777777" w:rsidR="00C94C10" w:rsidRPr="00044C2B" w:rsidRDefault="00C94C10" w:rsidP="00C94C10">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent3"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
-      <w:r w:rsidRPr="008337E9">
+      <w:r w:rsidRPr="00044C2B">
         <w:lastRenderedPageBreak/>
         <w:t>&lt;Description of bridge condition found from inspection and recent SIIMS reports. Mention only conditions needing attention&gt;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="61829ABF" w14:textId="77777777" w:rsidR="00C94C10" w:rsidRPr="008337E9" w:rsidRDefault="00C94C10" w:rsidP="00C94C10">
+    <w:p w14:paraId="61829ABF" w14:textId="77777777" w:rsidR="00C94C10" w:rsidRPr="00044C2B" w:rsidRDefault="00C94C10" w:rsidP="00C94C10">
       <w:pPr>
         <w:spacing w:line="254" w:lineRule="exact"/>
         <w:ind w:left="1166"/>
         <w:jc w:val="both"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="6A778E4A" w14:textId="3583F74A" w:rsidR="00C94C10" w:rsidRPr="008337E9" w:rsidRDefault="00C94C10" w:rsidP="00C94C10">
+    <w:p w14:paraId="6A778E4A" w14:textId="72C17B14" w:rsidR="00C94C10" w:rsidRPr="00044C2B" w:rsidRDefault="00C94C10" w:rsidP="00C94C10">
       <w:pPr>
         <w:spacing w:line="254" w:lineRule="exact"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008337E9">
+      <w:r w:rsidRPr="00044C2B">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>&lt;Include rail height and type, paving notch width, approach type and condition, and guardrail type</w:t>
       </w:r>
-      <w:r w:rsidR="008337E9">
+      <w:r w:rsidR="008337E9" w:rsidRPr="00044C2B">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">.  </w:t>
       </w:r>
       <w:bookmarkStart w:id="4" w:name="_Hlk185936405"/>
-      <w:r w:rsidR="008337E9" w:rsidRPr="008337E9">
-[...2 lines deleted...]
-          <w:highlight w:val="yellow"/>
+      <w:r w:rsidR="008337E9" w:rsidRPr="00044C2B">
+        <w:rPr>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Indicate </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidR="008337E9" w:rsidRPr="008337E9">
-[...2 lines deleted...]
-          <w:highlight w:val="yellow"/>
+      <w:r w:rsidR="008337E9" w:rsidRPr="00044C2B">
+        <w:rPr>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t>whether or not</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidR="008337E9" w:rsidRPr="008337E9">
-[...2 lines deleted...]
-          <w:highlight w:val="yellow"/>
+      <w:r w:rsidR="008337E9" w:rsidRPr="00044C2B">
+        <w:rPr>
+          <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> guardrail meets current standards.</w:t>
       </w:r>
-      <w:r w:rsidRPr="008337E9">
+      <w:r w:rsidRPr="00044C2B">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>&gt;</w:t>
       </w:r>
       <w:bookmarkEnd w:id="4"/>
-    </w:p>
-    <w:p w14:paraId="079AA539" w14:textId="77777777" w:rsidR="00C94C10" w:rsidRPr="008337E9" w:rsidRDefault="00C94C10" w:rsidP="00C94C10">
+      <w:r w:rsidR="00164D04" w:rsidRPr="00164D04">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00164D04" w:rsidRPr="004555C9">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(Include photos of typical guardrail that show attachment to the bridge and the </w:t>
+      </w:r>
+      <w:r w:rsidR="00164D04">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">type of </w:t>
+      </w:r>
+      <w:r w:rsidR="00164D04" w:rsidRPr="004555C9">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>end terminal)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="079AA539" w14:textId="77777777" w:rsidR="00C94C10" w:rsidRPr="00044C2B" w:rsidRDefault="00C94C10" w:rsidP="00C94C10">
       <w:pPr>
         <w:spacing w:line="254" w:lineRule="exact"/>
         <w:ind w:left="1170"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="52C1243E" w14:textId="77777777" w:rsidR="00C94C10" w:rsidRPr="008337E9" w:rsidRDefault="00C94C10" w:rsidP="00C94C10">
+    <w:p w14:paraId="52C1243E" w14:textId="0CF32AC4" w:rsidR="00C94C10" w:rsidRPr="00044C2B" w:rsidRDefault="00C94C10" w:rsidP="00C94C10">
       <w:pPr>
         <w:spacing w:line="254" w:lineRule="exact"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008337E9">
+      <w:r w:rsidRPr="00044C2B">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>The posted speed limit is &lt;xx&gt; mph and &lt;20xx&gt; AADT is &lt;</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="008337E9">
+      <w:r w:rsidRPr="00044C2B">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>xxxx</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008337E9">
-[...6 lines deleted...]
-    <w:p w14:paraId="569842A0" w14:textId="77777777" w:rsidR="00C94C10" w:rsidRPr="008337E9" w:rsidRDefault="00C94C10" w:rsidP="00C94C10">
+      <w:r w:rsidRPr="00044C2B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">&gt; with &lt;xx%&gt; trucks. (Use for single bridge configuration. Obtain traffic data from </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId7" w:history="1">
+        <w:r w:rsidR="00164D04" w:rsidRPr="004555C9">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:i/>
+            <w:iCs/>
+            <w:sz w:val="24"/>
+            <w:highlight w:val="yellow"/>
+          </w:rPr>
+          <w:t>Iowa Traf</w:t>
+        </w:r>
+        <w:r w:rsidR="00164D04" w:rsidRPr="004555C9">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:i/>
+            <w:iCs/>
+            <w:sz w:val="24"/>
+            <w:highlight w:val="yellow"/>
+          </w:rPr>
+          <w:t>f</w:t>
+        </w:r>
+        <w:r w:rsidR="00164D04" w:rsidRPr="004555C9">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:i/>
+            <w:iCs/>
+            <w:sz w:val="24"/>
+            <w:highlight w:val="yellow"/>
+          </w:rPr>
+          <w:t>ic Data</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00164D04" w:rsidRPr="004555C9">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00164D04" w:rsidRPr="00164D04">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>map</w:t>
+      </w:r>
+      <w:r w:rsidR="00164D04" w:rsidRPr="00164D04">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00044C2B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="569842A0" w14:textId="77777777" w:rsidR="00C94C10" w:rsidRPr="00044C2B" w:rsidRDefault="00C94C10" w:rsidP="00C94C10">
       <w:pPr>
         <w:spacing w:line="254" w:lineRule="exact"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="2A40E7BE" w14:textId="77777777" w:rsidR="00C94C10" w:rsidRPr="008337E9" w:rsidRDefault="00C94C10" w:rsidP="00C94C10">
+    <w:p w14:paraId="2A40E7BE" w14:textId="407C597D" w:rsidR="00C94C10" w:rsidRPr="00044C2B" w:rsidRDefault="00C94C10" w:rsidP="00C94C10">
       <w:pPr>
         <w:spacing w:line="254" w:lineRule="exact"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008337E9">
+      <w:r w:rsidRPr="00044C2B">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>The posted speed limit is &lt;xx&gt; mph and &lt;20xx&gt; AADT is &lt;</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="008337E9">
+      <w:r w:rsidRPr="00044C2B">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>xxxx</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008337E9">
+      <w:r w:rsidRPr="00044C2B">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>&gt; (&lt;</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="008337E9">
+      <w:r w:rsidRPr="00044C2B">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>xxxx</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008337E9">
+      <w:r w:rsidRPr="00044C2B">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>&gt; &lt;WB/SB&gt; with &lt;xx%&gt; trucks and &lt;</w:t>
       </w:r>
       <w:proofErr w:type="spellStart"/>
-      <w:r w:rsidRPr="008337E9">
+      <w:r w:rsidRPr="00044C2B">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>xxxx</w:t>
       </w:r>
       <w:proofErr w:type="spellEnd"/>
-      <w:r w:rsidRPr="008337E9">
-[...6 lines deleted...]
-    <w:p w14:paraId="170721EB" w14:textId="77777777" w:rsidR="00C94C10" w:rsidRPr="008337E9" w:rsidRDefault="00C94C10" w:rsidP="00C94C10">
+      <w:r w:rsidRPr="00044C2B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">&gt; &lt;EB/NB&gt; with &lt;xx%&gt; trucks. (Use for dual bridge configuration, even if only performing work on one bridge. Obtain traffic data from </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId8" w:history="1">
+        <w:r w:rsidR="00164D04" w:rsidRPr="004555C9">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:i/>
+            <w:iCs/>
+            <w:sz w:val="24"/>
+            <w:highlight w:val="yellow"/>
+          </w:rPr>
+          <w:t>Iowa T</w:t>
+        </w:r>
+        <w:r w:rsidR="00164D04" w:rsidRPr="004555C9">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:i/>
+            <w:iCs/>
+            <w:sz w:val="24"/>
+            <w:highlight w:val="yellow"/>
+          </w:rPr>
+          <w:t>r</w:t>
+        </w:r>
+        <w:r w:rsidR="00164D04" w:rsidRPr="004555C9">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:i/>
+            <w:iCs/>
+            <w:sz w:val="24"/>
+            <w:highlight w:val="yellow"/>
+          </w:rPr>
+          <w:t>affic Data</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="00164D04" w:rsidRPr="004555C9">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> map</w:t>
+      </w:r>
+      <w:r w:rsidR="00164D04">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00044C2B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="170721EB" w14:textId="77777777" w:rsidR="00C94C10" w:rsidRPr="00044C2B" w:rsidRDefault="00C94C10" w:rsidP="00C94C10">
       <w:pPr>
         <w:spacing w:line="254" w:lineRule="exact"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="07ACE933" w14:textId="77777777" w:rsidR="00C94C10" w:rsidRPr="008337E9" w:rsidRDefault="00C94C10" w:rsidP="00C94C10">
+    <w:p w14:paraId="07ACE933" w14:textId="77777777" w:rsidR="00C94C10" w:rsidRPr="00044C2B" w:rsidRDefault="00C94C10" w:rsidP="00C94C10">
       <w:pPr>
         <w:spacing w:line="254" w:lineRule="exact"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008337E9">
+      <w:r w:rsidRPr="00044C2B">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>The approach roadway is a &lt;number of lanes&gt; lane section with &lt;roadway width’&gt; paved roadway and &lt;shoulder width’&gt; &lt;shoulder material&gt; shoulders. (Use for single bridge configuration)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="0F7AFF2E" w14:textId="77777777" w:rsidR="00C94C10" w:rsidRPr="008337E9" w:rsidRDefault="00C94C10" w:rsidP="00C94C10">
+    <w:p w14:paraId="0F7AFF2E" w14:textId="77777777" w:rsidR="00C94C10" w:rsidRPr="00044C2B" w:rsidRDefault="00C94C10" w:rsidP="00C94C10">
       <w:pPr>
         <w:spacing w:line="254" w:lineRule="exact"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="7C9C3D48" w14:textId="77777777" w:rsidR="00C94C10" w:rsidRPr="008337E9" w:rsidRDefault="00C94C10" w:rsidP="00C94C10">
+    <w:p w14:paraId="7C9C3D48" w14:textId="77777777" w:rsidR="00C94C10" w:rsidRPr="00044C2B" w:rsidRDefault="00C94C10" w:rsidP="00C94C10">
       <w:pPr>
         <w:spacing w:line="254" w:lineRule="exact"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008337E9">
+      <w:r w:rsidRPr="00044C2B">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">The approach roadway is a &lt;number of lanes&gt; lane section with &lt;roadway width’&gt; paved roadway, &lt;shoulder width’&gt; outside &lt;shoulder material&gt; shoulders and &lt;shoulder width’&gt; inside &lt;shoulder material&gt; shoulders. (Use for dual bridge divided highway configuration) </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="117C8936" w14:textId="77777777" w:rsidR="00A125C8" w:rsidRPr="008337E9" w:rsidRDefault="00A125C8">
+    <w:p w14:paraId="117C8936" w14:textId="77777777" w:rsidR="00A125C8" w:rsidRDefault="00A125C8" w:rsidP="00164D04">
+      <w:pPr>
+        <w:spacing w:line="254" w:lineRule="exact"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7AA4FB2B" w14:textId="77777777" w:rsidR="00164D04" w:rsidRPr="00A31B3B" w:rsidRDefault="00164D04" w:rsidP="00164D04">
+      <w:pPr>
+        <w:spacing w:line="254" w:lineRule="exact"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="5" w:name="_Hlk217896213"/>
+      <w:r w:rsidRPr="00A31B3B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>&lt;</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="6" w:name="_Hlk209694945"/>
+      <w:bookmarkStart w:id="7" w:name="_Hlk209706923"/>
+      <w:bookmarkStart w:id="8" w:name="_Hlk209704379"/>
+      <w:bookmarkStart w:id="9" w:name="_Hlk213239869"/>
+      <w:r w:rsidRPr="00A31B3B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>Paint scrape testing has been completed.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> See results below</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="6"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="7"/>
+      <w:r w:rsidRPr="00A31B3B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">&gt; </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="8"/>
+      <w:r w:rsidRPr="005F63B6">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>(Fill in test results in table below)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A31B3B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="26448913" w14:textId="77777777" w:rsidR="00164D04" w:rsidRPr="00A31B3B" w:rsidRDefault="00164D04" w:rsidP="00164D04">
+      <w:pPr>
+        <w:spacing w:line="254" w:lineRule="exact"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A31B3B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>&lt;Paint scrape testing has not been completed and needs to be scheduled.&gt;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F63B6">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>(Delete table below)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="2E4B5979" w14:textId="77777777" w:rsidR="00164D04" w:rsidRDefault="00164D04" w:rsidP="00164D04">
+      <w:pPr>
+        <w:spacing w:line="254" w:lineRule="exact"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">&lt;Paint scrape testing has not been completed. Location and Environment Bureau to determine if testing is required.&gt; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F63B6">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>(Delete table below)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1BB439F2" w14:textId="77777777" w:rsidR="00164D04" w:rsidRDefault="00164D04" w:rsidP="00164D04">
+      <w:pPr>
+        <w:spacing w:line="254" w:lineRule="exact"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A31B3B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>&lt;</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="10" w:name="_Hlk209694648"/>
+      <w:bookmarkStart w:id="11" w:name="_Hlk209705726"/>
+      <w:bookmarkStart w:id="12" w:name="_Hlk209694024"/>
+      <w:r w:rsidRPr="00A31B3B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>There are no painted surfaces on the bridge(s)</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>. Paint scrape testing is not required</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="10"/>
+      <w:r w:rsidRPr="00A31B3B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="11"/>
+      <w:r w:rsidRPr="00A31B3B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>&gt;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="12"/>
+      <w:r w:rsidRPr="005F63B6">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>(Delete table below)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C1FBB39" w14:textId="77777777" w:rsidR="00164D04" w:rsidRDefault="00164D04" w:rsidP="00164D04">
+      <w:pPr>
+        <w:spacing w:line="254" w:lineRule="exact"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="13" w:name="_Hlk217898670"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(Review all projects completed after latest test results to determine if results/test locations are still applicable or if additional testing may be required.)  </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="13"/>
+    <w:p w14:paraId="185E7065" w14:textId="77777777" w:rsidR="00164D04" w:rsidRPr="00A31B3B" w:rsidRDefault="00164D04" w:rsidP="00164D04">
+      <w:pPr>
+        <w:spacing w:line="254" w:lineRule="exact"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7A0AA1BD" w14:textId="77777777" w:rsidR="00164D04" w:rsidRPr="00A31B3B" w:rsidRDefault="00164D04" w:rsidP="00164D04">
+      <w:pPr>
+        <w:spacing w:line="254" w:lineRule="exact"/>
+        <w:ind w:left="5040" w:firstLine="720"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="14" w:name="_Hlk209694961"/>
+      <w:r w:rsidRPr="00A31B3B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>Total Lead</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A31B3B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:tab/>
+        <w:t>Total Chromium</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="04EBC1B4" w14:textId="77777777" w:rsidR="00164D04" w:rsidRPr="00A31B3B" w:rsidRDefault="00164D04" w:rsidP="00164D04">
+      <w:pPr>
+        <w:spacing w:line="254" w:lineRule="exact"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Sample</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A31B3B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Date</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A31B3B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A31B3B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A31B3B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Sample Location</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A31B3B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A31B3B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A31B3B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Level (ppm)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A31B3B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A31B3B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Level (ppm)</w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="9"/>
+    <w:bookmarkEnd w:id="14"/>
+    <w:p w14:paraId="6372DB8C" w14:textId="77777777" w:rsidR="00164D04" w:rsidRDefault="00164D04" w:rsidP="00164D04">
+      <w:pPr>
+        <w:spacing w:line="254" w:lineRule="exact"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="485D7CCD" w14:textId="77777777" w:rsidR="00164D04" w:rsidRPr="00746959" w:rsidRDefault="00164D04" w:rsidP="00164D04">
+      <w:pPr>
+        <w:spacing w:line="254" w:lineRule="exact"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00746959">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:bookmarkStart w:id="15" w:name="_Hlk209706777"/>
+    </w:p>
+    <w:p w14:paraId="45899060" w14:textId="77777777" w:rsidR="00164D04" w:rsidRPr="00A31B3B" w:rsidRDefault="00164D04" w:rsidP="00164D04">
+      <w:pPr>
+        <w:spacing w:line="254" w:lineRule="exact"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A31B3B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>&lt;</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="16" w:name="_Hlk209694115"/>
+      <w:bookmarkStart w:id="17" w:name="_Hlk209704452"/>
+      <w:bookmarkStart w:id="18" w:name="_Hlk209704710"/>
+      <w:bookmarkStart w:id="19" w:name="_Hlk209695619"/>
+      <w:bookmarkEnd w:id="15"/>
+      <w:r w:rsidRPr="00A31B3B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Asbestos inspection </w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>was</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A31B3B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> completed</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> on XX/XX/XXXX</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A31B3B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>. No asbestos is present</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="16"/>
+      <w:r w:rsidRPr="00A31B3B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="17"/>
+      <w:r w:rsidRPr="00A31B3B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>&gt;</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="18"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="19"/>
+      <w:r w:rsidRPr="005F63B6">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>(Delete table below)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="49748CCA" w14:textId="77777777" w:rsidR="00164D04" w:rsidRPr="005F63B6" w:rsidRDefault="00164D04" w:rsidP="00164D04">
+      <w:pPr>
+        <w:spacing w:line="254" w:lineRule="exact"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A31B3B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>&lt;</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="20" w:name="_Hlk209708475"/>
+      <w:bookmarkStart w:id="21" w:name="_Hlk209707236"/>
+      <w:r w:rsidRPr="00A31B3B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>Asbestos inspection has been completed. Asbestos is present</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> as noted below</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A31B3B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="20"/>
+      <w:r w:rsidRPr="00A31B3B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">&gt; </w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="21"/>
+      <w:r w:rsidRPr="005F63B6">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>(Fill in test results in table below</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>. Asbestos inspection reports are available in ERMS.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F63B6">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1749FA07" w14:textId="77777777" w:rsidR="00164D04" w:rsidRDefault="00164D04" w:rsidP="00164D04">
+      <w:pPr>
+        <w:spacing w:line="254" w:lineRule="exact"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00A31B3B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>&lt;</w:t>
+      </w:r>
+      <w:bookmarkStart w:id="22" w:name="_Hlk209694708"/>
+      <w:r w:rsidRPr="00A31B3B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>Asbestos inspection has not been completed and needs to be scheduled.</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="22"/>
+      <w:r w:rsidRPr="00A31B3B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>&gt;</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F63B6">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>(Delete table below)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="0C098D74" w14:textId="77777777" w:rsidR="00164D04" w:rsidRDefault="00164D04" w:rsidP="00164D04">
+      <w:pPr>
+        <w:spacing w:line="254" w:lineRule="exact"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">&lt;Asbestos inspection has not been completed. Location and Environment Bureau to determine if testing is required.&gt; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F63B6">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>(Delete table below)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="65844360" w14:textId="77777777" w:rsidR="00164D04" w:rsidRDefault="00164D04" w:rsidP="00164D04">
+      <w:pPr>
+        <w:spacing w:line="254" w:lineRule="exact"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="23" w:name="_Hlk217898560"/>
+      <w:r>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(Review all projects completed after latest test results to determine if results/test locations are still applicable or if additional testing may be required.)  </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="23"/>
+    <w:p w14:paraId="1E19A879" w14:textId="77777777" w:rsidR="00164D04" w:rsidRPr="00A31B3B" w:rsidRDefault="00164D04" w:rsidP="00164D04">
+      <w:pPr>
+        <w:spacing w:line="254" w:lineRule="exact"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="5960E154" w14:textId="77777777" w:rsidR="00164D04" w:rsidRDefault="00164D04" w:rsidP="00164D04">
+      <w:pPr>
+        <w:spacing w:line="254" w:lineRule="exact"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="24" w:name="_Hlk209707247"/>
+      <w:bookmarkStart w:id="25" w:name="_Hlk209708485"/>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Sample</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A31B3B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> Date</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A31B3B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Sample Location</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00A31B3B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A31B3B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+      <w:r w:rsidRPr="00A31B3B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+          <w:u w:val="single"/>
+        </w:rPr>
+        <w:t>Quantity (sq. ft.)</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="24"/>
+    </w:p>
+    <w:bookmarkEnd w:id="5"/>
+    <w:bookmarkEnd w:id="25"/>
+    <w:p w14:paraId="09A39DD5" w14:textId="77777777" w:rsidR="00164D04" w:rsidRPr="00044C2B" w:rsidRDefault="00164D04" w:rsidP="00164D04">
+      <w:pPr>
+        <w:spacing w:line="254" w:lineRule="exact"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="71A899AE" w14:textId="77777777" w:rsidR="00A125C8" w:rsidRPr="00044C2B" w:rsidRDefault="00A125C8" w:rsidP="00744C59">
+      <w:pPr>
+        <w:pStyle w:val="Heading2"/>
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00044C2B">
+        <w:rPr>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t>RECOMMENDATIONS</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6C1CA9D6" w14:textId="77777777" w:rsidR="00A125C8" w:rsidRPr="00044C2B" w:rsidRDefault="00A125C8">
       <w:pPr>
         <w:spacing w:line="254" w:lineRule="exact"/>
         <w:ind w:left="1170"/>
-      </w:pPr>
-[...17 lines deleted...]
-    <w:p w14:paraId="6C1CA9D6" w14:textId="77777777" w:rsidR="00A125C8" w:rsidRPr="008337E9" w:rsidRDefault="00A125C8">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="22AC59E0" w14:textId="77777777" w:rsidR="00A125C8" w:rsidRPr="00044C2B" w:rsidRDefault="00A125C8" w:rsidP="00357772">
+      <w:pPr>
+        <w:spacing w:line="254" w:lineRule="exact"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00044C2B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>It is recommended that the following repairs be made:</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="4900A5D7" w14:textId="77777777" w:rsidR="00A125C8" w:rsidRPr="00044C2B" w:rsidRDefault="00A125C8">
       <w:pPr>
         <w:spacing w:line="254" w:lineRule="exact"/>
         <w:ind w:left="1170"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="22AC59E0" w14:textId="77777777" w:rsidR="00A125C8" w:rsidRPr="008337E9" w:rsidRDefault="00A125C8" w:rsidP="00357772">
-[...22 lines deleted...]
-    <w:p w14:paraId="38E6FD2D" w14:textId="77777777" w:rsidR="00A50D4F" w:rsidRPr="008337E9" w:rsidRDefault="00A50D4F" w:rsidP="00357772">
+    <w:p w14:paraId="38E6FD2D" w14:textId="77777777" w:rsidR="00A50D4F" w:rsidRPr="00044C2B" w:rsidRDefault="00A50D4F" w:rsidP="00357772">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008337E9">
+      <w:r w:rsidRPr="00044C2B">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>&lt;List recommended repairs for bridge&gt;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="108B798C" w14:textId="77777777" w:rsidR="00A50D4F" w:rsidRPr="008337E9" w:rsidRDefault="00A50D4F" w:rsidP="00357772">
+    <w:p w14:paraId="108B798C" w14:textId="77777777" w:rsidR="00A50D4F" w:rsidRPr="00044C2B" w:rsidRDefault="00A50D4F" w:rsidP="00357772">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008337E9">
-[...2 lines deleted...]
-        </w:rPr>
+      <w:r w:rsidRPr="00044C2B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:lastRenderedPageBreak/>
         <w:t>&lt;Use a numbered list&gt;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="03011269" w14:textId="47DE48F9" w:rsidR="00E71A9B" w:rsidRDefault="00A50D4F" w:rsidP="00E71A9B">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008337E9">
+      <w:r w:rsidRPr="00044C2B">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>&lt;Be specific, a plan will be prepared based on this information&gt;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="7CA5ACD9" w14:textId="11387E07" w:rsidR="008337E9" w:rsidRPr="008337E9" w:rsidRDefault="008337E9" w:rsidP="008337E9">
+    <w:p w14:paraId="18D7124D" w14:textId="6E747D35" w:rsidR="00164D04" w:rsidRPr="005F5FAC" w:rsidRDefault="00164D04" w:rsidP="00164D04">
       <w:pPr>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="4"/>
         </w:numPr>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="000F34AA">
-[...4 lines deleted...]
-        <w:t xml:space="preserve">&lt;If painting of traffic markings is included in the project, indicate new markings </w:t>
+      <w:r w:rsidRPr="005F5FAC">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">&lt;For overlay projects, indicate how much of the original deck </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
-        <w:t xml:space="preserve">are to be </w:t>
-[...6 lines deleted...]
-        <w:t xml:space="preserve">installed </w:t>
+        <w:t xml:space="preserve">thickness </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F5FAC">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">will be milled off, how thick the new overlay is and </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:sz w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
-        <w:t xml:space="preserve">within </w:t>
-[...9 lines deleted...]
-    <w:p w14:paraId="347F3AB7" w14:textId="77777777" w:rsidR="00A125C8" w:rsidRPr="008337E9" w:rsidRDefault="00A125C8">
+        <w:t xml:space="preserve">what </w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F5FAC">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>the resulting net grade raise</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> is</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F5FAC">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>.  For re-overlay projects, indicate removal of the existing overlay.</w:t>
+      </w:r>
+      <w:r>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> The default PCC overlay recommendation should include both Class O PCC and Class HPC-O PCC with fibers.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="005F5FAC">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">&gt; </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7CA5ACD9" w14:textId="70A57650" w:rsidR="008337E9" w:rsidRPr="00044C2B" w:rsidRDefault="008337E9" w:rsidP="008337E9">
+      <w:pPr>
+        <w:numPr>
+          <w:ilvl w:val="0"/>
+          <w:numId w:val="4"/>
+        </w:numPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00044C2B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>&lt;If painting of traffic markings is included in the project, indicate new markings are to be installed within the full extents of the traffic control</w:t>
+      </w:r>
+      <w:r w:rsidR="00164D04">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">. </w:t>
+      </w:r>
+      <w:r w:rsidR="00164D04" w:rsidRPr="00C33418">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>This is not required for projects with short-term traffic control</w:t>
+      </w:r>
+      <w:r w:rsidR="00164D04">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> that do not utilize temporary barrier rail</w:t>
+      </w:r>
+      <w:r w:rsidR="00164D04" w:rsidRPr="00C33418">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidR="00164D04" w:rsidRPr="006C4277">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>&gt;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="347F3AB7" w14:textId="77777777" w:rsidR="00A125C8" w:rsidRPr="00044C2B" w:rsidRDefault="00A125C8">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent2"/>
         <w:spacing w:line="254" w:lineRule="exact"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0FFC4CDC" w14:textId="5755D995" w:rsidR="00A125C8" w:rsidRPr="00744C59" w:rsidRDefault="00F566AA" w:rsidP="00744C59">
-[...6 lines deleted...]
-      <w:r w:rsidRPr="00744C59">
+    <w:p w14:paraId="0FFC4CDC" w14:textId="5755D995" w:rsidR="00A125C8" w:rsidRPr="00044C2B" w:rsidRDefault="00F566AA" w:rsidP="00744C59">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00044C2B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">This project &lt;is/is not&gt; considered a Traffic Critical Project. </w:t>
       </w:r>
-      <w:r w:rsidR="00A125C8" w:rsidRPr="00744C59">
+      <w:r w:rsidR="00A125C8" w:rsidRPr="00044C2B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Traffic control will involve &lt;TBR, </w:t>
       </w:r>
-      <w:r w:rsidR="00A50D4F" w:rsidRPr="00744C59">
+      <w:r w:rsidR="00A50D4F" w:rsidRPr="00044C2B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>s</w:t>
       </w:r>
-      <w:r w:rsidR="00A125C8" w:rsidRPr="00744C59">
+      <w:r w:rsidR="00A125C8" w:rsidRPr="00044C2B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>houlder strengthening, traffic signals,</w:t>
       </w:r>
-      <w:r w:rsidR="00DF7BFE" w:rsidRPr="00744C59">
+      <w:r w:rsidR="00DF7BFE" w:rsidRPr="00044C2B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> standard road plans for traffic control,</w:t>
       </w:r>
-      <w:r w:rsidR="00A125C8" w:rsidRPr="00744C59">
+      <w:r w:rsidR="00A125C8" w:rsidRPr="00044C2B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidR="00F32726" w:rsidRPr="00744C59">
+      <w:r w:rsidR="00F32726" w:rsidRPr="00044C2B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>e</w:t>
       </w:r>
-      <w:r w:rsidR="00A125C8" w:rsidRPr="00744C59">
+      <w:r w:rsidR="00A125C8" w:rsidRPr="00044C2B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>tc.&gt;</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="5D1D473F" w14:textId="77777777" w:rsidR="00A125C8" w:rsidRPr="00744C59" w:rsidRDefault="00A125C8" w:rsidP="00744C59">
-[...14 lines deleted...]
-      <w:r w:rsidRPr="00744C59">
+    <w:p w14:paraId="5D1D473F" w14:textId="77777777" w:rsidR="00A125C8" w:rsidRPr="00044C2B" w:rsidRDefault="00A125C8" w:rsidP="00744C59">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="4384F9EC" w14:textId="25AA677F" w:rsidR="00C72572" w:rsidRPr="00164D04" w:rsidRDefault="00A50D4F" w:rsidP="00744C59">
+      <w:pPr>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00044C2B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>&lt;Note: All traffic control will be arranged and determined by the Design</w:t>
       </w:r>
-      <w:r w:rsidR="00DF7BFE" w:rsidRPr="00744C59">
+      <w:r w:rsidR="00DF7BFE" w:rsidRPr="00044C2B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> Bureau</w:t>
       </w:r>
-      <w:r w:rsidRPr="00744C59">
+      <w:r w:rsidRPr="00044C2B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>.&gt;</w:t>
       </w:r>
-      <w:r w:rsidR="00C72572" w:rsidRPr="00744C59">
-[...7 lines deleted...]
-        <w:rPr>
+      <w:r w:rsidR="00C72572" w:rsidRPr="00044C2B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00C72572" w:rsidRPr="00164D04">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(for </w:t>
+      </w:r>
+      <w:r w:rsidR="00151C12" w:rsidRPr="00164D04">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>BSB prepared</w:t>
       </w:r>
-      <w:r w:rsidR="00C72572" w:rsidRPr="00744C59">
-        <w:rPr>
+      <w:r w:rsidR="00C72572" w:rsidRPr="00164D04">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> concepts)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="21468D27" w14:textId="2AA1E371" w:rsidR="00DF7BFE" w:rsidRPr="008337E9" w:rsidRDefault="00DF7BFE" w:rsidP="00DF7BFE">
+    <w:p w14:paraId="21468D27" w14:textId="2AA1E371" w:rsidR="00DF7BFE" w:rsidRPr="00044C2B" w:rsidRDefault="00DF7BFE" w:rsidP="00DF7BFE">
       <w:pPr>
         <w:pStyle w:val="BodyTextIndent2"/>
         <w:spacing w:line="254" w:lineRule="exact"/>
         <w:ind w:left="0"/>
         <w:jc w:val="left"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="28890412" w14:textId="77777777" w:rsidR="00DF7BFE" w:rsidRPr="00744C59" w:rsidRDefault="00DF7BFE" w:rsidP="00744C59">
-[...7 lines deleted...]
-        <w:rPr>
+    <w:p w14:paraId="28890412" w14:textId="77777777" w:rsidR="00DF7BFE" w:rsidRPr="00164D04" w:rsidRDefault="00DF7BFE" w:rsidP="00744C59">
+      <w:pPr>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00164D04">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>(Select one of the two following statements for bridges located over waterways)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="2B6DF883" w14:textId="77777777" w:rsidR="00DF7BFE" w:rsidRPr="00744C59" w:rsidRDefault="00DF7BFE" w:rsidP="00744C59">
-[...14 lines deleted...]
-      <w:r w:rsidRPr="00744C59">
+    <w:p w14:paraId="2B6DF883" w14:textId="77777777" w:rsidR="00DF7BFE" w:rsidRPr="00044C2B" w:rsidRDefault="00DF7BFE" w:rsidP="00744C59">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="34E3887E" w14:textId="7290DD18" w:rsidR="00DF7BFE" w:rsidRPr="00044C2B" w:rsidRDefault="00DF7BFE" w:rsidP="00744C59">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00044C2B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">&lt;This project crosses an Iowa DNR paddling route and a paddling restriction &lt;is/is not&gt; required based on the scope of work. &lt;The </w:t>
       </w:r>
-      <w:r w:rsidR="00E3402F" w:rsidRPr="00744C59">
+      <w:r w:rsidR="00E3402F" w:rsidRPr="00044C2B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">Bridges and Structures Bureau Preliminary Design Unit </w:t>
       </w:r>
-      <w:r w:rsidRPr="00744C59">
-[...4 lines deleted...]
-        <w:t>will be coordinating with the Iowa DNR to determine signage requirements and conditions to be included in the final plans. &gt;</w:t>
+      <w:r w:rsidRPr="00044C2B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">will be coordinating with the Iowa DNR to determine signage requirements and conditions to be included in the final plans. &gt;&gt; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA0C10">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(Verify paddling routes on this map: </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId9" w:history="1">
+        <w:r w:rsidRPr="00EA0C10">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:i/>
+            <w:iCs/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>https://www.iowadnr.gov/Things-to-Do/Canoeing-Kayaki</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00EA0C10">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:i/>
+            <w:iCs/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>n</w:t>
+        </w:r>
+        <w:r w:rsidRPr="00EA0C10">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:i/>
+            <w:iCs/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>g/Where-to-Paddle</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidRPr="00EA0C10">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="17F80784" w14:textId="77777777" w:rsidR="00DF7BFE" w:rsidRPr="00044C2B" w:rsidRDefault="00DF7BFE" w:rsidP="00744C59">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="21452035" w14:textId="77777777" w:rsidR="00DF7BFE" w:rsidRPr="00044C2B" w:rsidRDefault="00DF7BFE" w:rsidP="00744C59">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00044C2B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>&lt;This project does not cross an Iowa DNR paddling route. No action required.&gt;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="6ADB984E" w14:textId="77777777" w:rsidR="00DF7BFE" w:rsidRPr="00044C2B" w:rsidRDefault="00DF7BFE" w:rsidP="00744C59">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="78E8CE8F" w14:textId="5C2F6F1A" w:rsidR="00C72572" w:rsidRPr="00044C2B" w:rsidRDefault="00C72572" w:rsidP="00744C59">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00044C2B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>&lt;</w:t>
+      </w:r>
+      <w:r w:rsidR="00A125C8" w:rsidRPr="00044C2B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>The District should provide a site survey of the utilities.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00044C2B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">&gt; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA0C10">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(for </w:t>
+      </w:r>
+      <w:r w:rsidR="00151C12" w:rsidRPr="00EA0C10">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>BSB prepared</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA0C10">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> concepts)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="255F4A4D" w14:textId="53B21FBF" w:rsidR="00C72572" w:rsidRPr="00044C2B" w:rsidRDefault="00C72572" w:rsidP="00C72572">
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent2"/>
+        <w:spacing w:line="254" w:lineRule="exact"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="29CD7E02" w14:textId="3129CE38" w:rsidR="00C72572" w:rsidRPr="00EA0C10" w:rsidRDefault="00C72572" w:rsidP="00744C59">
+      <w:pPr>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00044C2B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">&lt;The following utilities have been identified by One Call (811) Design </w:t>
+      </w:r>
+      <w:r w:rsidR="00447661" w:rsidRPr="00044C2B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Information Request</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00044C2B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA0C10">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(list utilities</w:t>
+      </w:r>
+      <w:r w:rsidR="00447661" w:rsidRPr="00EA0C10">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, contact names, </w:t>
+      </w:r>
+      <w:r w:rsidR="00E71A9B" w:rsidRPr="00EA0C10">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">contact </w:t>
+      </w:r>
+      <w:r w:rsidR="00447661" w:rsidRPr="00EA0C10">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>phone numbers, contact email addresses</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA0C10">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00044C2B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">&gt; </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA0C10">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(</w:t>
+      </w:r>
+      <w:r w:rsidR="00151C12" w:rsidRPr="00EA0C10">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>For Consultant prepared concepts, t</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA0C10">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">he Consultant shall provide a One Call (811) </w:t>
+      </w:r>
+      <w:r w:rsidR="00447661" w:rsidRPr="00EA0C10">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>Design Information Request</w:t>
+      </w:r>
+      <w:r w:rsidR="009A7D5E" w:rsidRPr="00EA0C10">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00424914" w:rsidRPr="00EA0C10">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>of the utilities.</w:t>
+      </w:r>
+      <w:r w:rsidR="009A7D5E" w:rsidRPr="00EA0C10">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">  </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId10" w:history="1">
+        <w:r w:rsidR="009A7D5E" w:rsidRPr="00EA0C10">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:i/>
+            <w:iCs/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>https://www.iowaonecall.com/designrequest</w:t>
+        </w:r>
+        <w:r w:rsidR="009A7D5E" w:rsidRPr="00EA0C10">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:i/>
+            <w:iCs/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>s</w:t>
+        </w:r>
+        <w:r w:rsidR="009A7D5E" w:rsidRPr="00EA0C10">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:i/>
+            <w:iCs/>
+            <w:sz w:val="24"/>
+            <w:szCs w:val="24"/>
+          </w:rPr>
+          <w:t>ystem/</w:t>
+        </w:r>
+      </w:hyperlink>
+      <w:r w:rsidR="009A7D5E" w:rsidRPr="00EA0C10">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA0C10">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7E33F1BB" w14:textId="6B5B956A" w:rsidR="00C72572" w:rsidRPr="00044C2B" w:rsidRDefault="00C72572" w:rsidP="00744C59">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="51322DD4" w14:textId="2F5478AA" w:rsidR="00C72572" w:rsidRPr="00044C2B" w:rsidRDefault="00C72572" w:rsidP="00744C59">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00044C2B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>&lt;If utilities were observed during the field exam</w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00744C59">
-[...4 lines deleted...]
-        <w:t>&gt;  (</w:t>
+      <w:r w:rsidRPr="00044C2B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>: ”The</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r w:rsidRPr="00744C59">
-[...7 lines deleted...]
-        <w:r w:rsidRPr="00744C59">
+      <w:r w:rsidRPr="00044C2B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> following utilities were observed: </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA0C10">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(list rail conduit</w:t>
+      </w:r>
+      <w:r w:rsidR="00EA0C10" w:rsidRPr="00EA0C10">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00EA0C10" w:rsidRPr="00EA0C10">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>or indicate no rail in conduit</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA0C10">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>, bridge utility attachments, overhead utilities,</w:t>
+      </w:r>
+      <w:r w:rsidR="0060678B">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00EA0C10" w:rsidRPr="0060678B">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>ITS poles/cameras</w:t>
+      </w:r>
+      <w:r w:rsidR="00EA0C10">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">, </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA0C10">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> etc. and general location as appropriate)</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00044C2B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">”. Comment on the possibility of utility impacts using one of the following two statements” </w:t>
+      </w:r>
+      <w:proofErr w:type="gramStart"/>
+      <w:r w:rsidRPr="00044C2B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>&lt;”No</w:t>
+      </w:r>
+      <w:proofErr w:type="gramEnd"/>
+      <w:r w:rsidRPr="00044C2B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> impacts to the observed utilities are anticipated based on the recommended repairs.”&gt; or &lt;”Impacts to the following utilities are anticipated based on the recommended repairs: (list utilities affected)”&gt;. If no utilities are observed include the following statement: “No utilities were observed during the field exam.”&gt;</w:t>
+      </w:r>
+      <w:r w:rsidR="00EA0C10">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidR="00EA0C10" w:rsidRPr="00EA0C10">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>(Include photos of all utilities in the vicinity of the bridge and on the bridge)</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="33800450" w14:textId="77777777" w:rsidR="00C72572" w:rsidRPr="00044C2B" w:rsidRDefault="00C72572" w:rsidP="00C72572">
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent2"/>
+        <w:spacing w:line="254" w:lineRule="exact"/>
+        <w:ind w:left="0"/>
+        <w:jc w:val="left"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="6E73305C" w14:textId="77777777" w:rsidR="00A125C8" w:rsidRPr="00044C2B" w:rsidRDefault="00A125C8" w:rsidP="00744C59">
+      <w:pPr>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00044C2B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">All recipients of this letter should review this concept of work to be accomplished and advise the Bridges and Structures </w:t>
+      </w:r>
+      <w:r w:rsidR="0076121B" w:rsidRPr="00044C2B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Bureau </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00044C2B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>of any comments you have by &lt;Date</w:t>
+      </w:r>
+      <w:r w:rsidR="00A50D4F" w:rsidRPr="00044C2B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00044C2B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(approx</w:t>
+      </w:r>
+      <w:r w:rsidR="00A50D4F" w:rsidRPr="00044C2B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>imately</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00044C2B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> 3 weeks from date sent)&gt;.  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="611CF7B7" w14:textId="77777777" w:rsidR="00DF7BFE" w:rsidRPr="00044C2B" w:rsidRDefault="00DF7BFE">
+      <w:pPr>
+        <w:pStyle w:val="BodyTextIndent2"/>
+        <w:spacing w:line="254" w:lineRule="exact"/>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="7FD8C967" w14:textId="77777777" w:rsidR="00B479DA" w:rsidRPr="00044C2B" w:rsidRDefault="00B479DA" w:rsidP="00B479DA">
+      <w:pPr>
+        <w:spacing w:line="254" w:lineRule="exact"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00044C2B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Estimated cost of repairs is as follows: </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="3AB37E96" w14:textId="77777777" w:rsidR="00B479DA" w:rsidRPr="00044C2B" w:rsidRDefault="00B479DA" w:rsidP="00B479DA">
+      <w:pPr>
+        <w:spacing w:line="254" w:lineRule="exact"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+    </w:p>
+    <w:p w14:paraId="2256DDC8" w14:textId="3F8F5BC7" w:rsidR="008D5F94" w:rsidRPr="00044C2B" w:rsidRDefault="00B479DA" w:rsidP="008337E9">
+      <w:pPr>
+        <w:spacing w:line="254" w:lineRule="exact"/>
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00044C2B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">&lt;Complete </w:t>
+      </w:r>
+      <w:hyperlink r:id="rId11" w:history="1">
+        <w:r w:rsidR="00DF7BFE" w:rsidRPr="00044C2B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
-          <w:t>https://www.iowadnr.gov/Things-to-Do/Canoeing-Kayaking/Where-to-Paddle</w:t>
+          <w:t xml:space="preserve">Cost Estimate </w:t>
         </w:r>
-      </w:hyperlink>
-[...206 lines deleted...]
-        <w:r w:rsidR="009A7D5E" w:rsidRPr="00744C59">
+        <w:r w:rsidR="00DF7BFE" w:rsidRPr="00044C2B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
-          <w:t>https://www.iowaonecall.com/designrequestsystem/</w:t>
+          <w:t>f</w:t>
         </w:r>
-      </w:hyperlink>
-[...179 lines deleted...]
-        <w:r w:rsidR="00DF7BFE" w:rsidRPr="008337E9">
+        <w:r w:rsidR="00DF7BFE" w:rsidRPr="00044C2B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
             <w:szCs w:val="24"/>
           </w:rPr>
-          <w:t>Cost Estimate for Concepts</w:t>
+          <w:t>or Concepts</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidRPr="008337E9">
+      <w:r w:rsidRPr="00044C2B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> and paste area within yellow outline </w:t>
       </w:r>
-      <w:r w:rsidR="001572D4" w:rsidRPr="008337E9">
+      <w:r w:rsidR="001572D4" w:rsidRPr="00044C2B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t>from “Estimate for Copying” tab</w:t>
       </w:r>
-      <w:r w:rsidRPr="008337E9">
+      <w:r w:rsidRPr="00044C2B">
         <w:rPr>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, linking if desired.&gt;  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4B5135AF" w14:textId="77777777" w:rsidR="008D5F94" w:rsidRDefault="008337E9" w:rsidP="008337E9">
+    <w:p w14:paraId="4B5135AF" w14:textId="77777777" w:rsidR="008D5F94" w:rsidRPr="00EA0C10" w:rsidRDefault="008337E9" w:rsidP="008337E9">
       <w:pPr>
         <w:spacing w:line="254" w:lineRule="exact"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...26 lines deleted...]
-        <w:t xml:space="preserve">, the DOT fiscal year begins in July and ends in </w:t>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA0C10">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(For figuring the number of years of inflation to include in the estimate, the DOT fiscal year begins in July and ends in </w:t>
       </w:r>
       <w:proofErr w:type="gramStart"/>
-      <w:r w:rsidRPr="00797497">
-[...13 lines deleted...]
-        <w:t>;</w:t>
+      <w:r w:rsidRPr="00EA0C10">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>June;</w:t>
       </w:r>
       <w:proofErr w:type="gramEnd"/>
-      <w:r>
-[...11 lines deleted...]
-          <w:highlight w:val="yellow"/>
+      <w:r w:rsidRPr="00EA0C10">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> i.e. August 2024 falls in FY25)  </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="688B2697" w14:textId="5A535453" w:rsidR="008D5F94" w:rsidRPr="00EA0C10" w:rsidRDefault="008337E9" w:rsidP="008337E9">
+      <w:pPr>
+        <w:spacing w:line="254" w:lineRule="exact"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA0C10">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>(If construction is staged, include a staged construction item in the bridge estimate with a value of 10%</w:t>
+      </w:r>
+      <w:r w:rsidR="00961292" w:rsidRPr="00EA0C10">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t>.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA0C10">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">)  </w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="688B2697" w14:textId="5A535453" w:rsidR="008D5F94" w:rsidRDefault="008337E9" w:rsidP="008337E9">
+    <w:p w14:paraId="043691B3" w14:textId="05855E9B" w:rsidR="008337E9" w:rsidRPr="00EA0C10" w:rsidRDefault="008337E9" w:rsidP="008337E9">
       <w:pPr>
         <w:spacing w:line="254" w:lineRule="exact"/>
         <w:rPr>
-          <w:sz w:val="24"/>
-[...44 lines deleted...]
-    <w:p w14:paraId="043691B3" w14:textId="05855E9B" w:rsidR="008337E9" w:rsidRPr="000F34AA" w:rsidRDefault="008337E9" w:rsidP="008337E9">
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA0C10">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:szCs w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve">(For projects with dual bridges, provide a separate estimate for each bridge. Provide a total project cost that includes both bridges.) </w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="520A842C" w14:textId="020EA02B" w:rsidR="00B479DA" w:rsidRPr="00044C2B" w:rsidRDefault="00B479DA" w:rsidP="00B479DA">
       <w:pPr>
         <w:spacing w:line="254" w:lineRule="exact"/>
         <w:rPr>
           <w:sz w:val="24"/>
-          <w:szCs w:val="24"/>
-[...58 lines deleted...]
-      <w:r w:rsidRPr="008337E9">
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00044C2B">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">                                                  </w:t>
       </w:r>
-      <w:r w:rsidRPr="008337E9">
-[...6 lines deleted...]
-    <w:p w14:paraId="7DB26194" w14:textId="7776E764" w:rsidR="00B479DA" w:rsidRPr="008337E9" w:rsidRDefault="00B479DA" w:rsidP="00B479DA">
+      <w:r w:rsidRPr="00044C2B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:tab/>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7DB26194" w14:textId="04C6E510" w:rsidR="00B479DA" w:rsidRPr="00044C2B" w:rsidRDefault="00B479DA" w:rsidP="00B479DA">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1620"/>
         </w:tabs>
         <w:spacing w:line="254" w:lineRule="exact"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008337E9">
+      <w:r w:rsidRPr="00044C2B">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">&lt;Bridge Design Engineer's </w:t>
       </w:r>
-      <w:r w:rsidR="00151C12" w:rsidRPr="008337E9">
+      <w:r w:rsidR="00151C12" w:rsidRPr="00044C2B">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">or Consulting Engineer’s </w:t>
       </w:r>
-      <w:proofErr w:type="gramStart"/>
-[...14 lines deleted...]
-    <w:p w14:paraId="7917CAE8" w14:textId="77777777" w:rsidR="001A0808" w:rsidRPr="008337E9" w:rsidRDefault="001A0808" w:rsidP="00B479DA">
+      <w:r w:rsidRPr="00044C2B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>Initials</w:t>
+      </w:r>
+      <w:r w:rsidR="00EA0C10">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t xml:space="preserve"> </w:t>
+      </w:r>
+      <w:r w:rsidRPr="00044C2B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>(CAPITALS)&gt;</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="7917CAE8" w14:textId="77777777" w:rsidR="001A0808" w:rsidRPr="00044C2B" w:rsidRDefault="001A0808" w:rsidP="00B479DA">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1620"/>
         </w:tabs>
         <w:spacing w:line="254" w:lineRule="exact"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="3F5672C3" w14:textId="77777777" w:rsidR="00B479DA" w:rsidRPr="008337E9" w:rsidRDefault="00B479DA" w:rsidP="00B479DA">
+    <w:p w14:paraId="3F5672C3" w14:textId="77777777" w:rsidR="00B479DA" w:rsidRPr="00044C2B" w:rsidRDefault="00B479DA" w:rsidP="00B479DA">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1620"/>
         </w:tabs>
         <w:spacing w:line="254" w:lineRule="exact"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008337E9">
+      <w:r w:rsidRPr="00044C2B">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>Distributed to:</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="727D7063" w14:textId="5F990C82" w:rsidR="00B479DA" w:rsidRPr="008337E9" w:rsidRDefault="00B479DA" w:rsidP="00B479DA">
+    <w:p w14:paraId="727D7063" w14:textId="6E9EDE23" w:rsidR="00B479DA" w:rsidRPr="008337E9" w:rsidRDefault="00B479DA" w:rsidP="00B479DA">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1620"/>
         </w:tabs>
         <w:spacing w:line="254" w:lineRule="exact"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
-      <w:r w:rsidRPr="008337E9">
+      <w:r w:rsidRPr="00044C2B">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">&lt;Copy the appropriate list from </w:t>
       </w:r>
-      <w:hyperlink r:id="rId10" w:history="1">
-        <w:r w:rsidR="00DF7BFE" w:rsidRPr="008337E9">
+      <w:hyperlink r:id="rId12" w:history="1">
+        <w:r w:rsidR="00DF7BFE" w:rsidRPr="00044C2B">
           <w:rPr>
             <w:rStyle w:val="Hyperlink"/>
             <w:sz w:val="24"/>
           </w:rPr>
-          <w:t>Master List for Distribution of Concepts</w:t>
+          <w:t xml:space="preserve">Master List for Distribution of </w:t>
+        </w:r>
+        <w:r w:rsidR="00DF7BFE" w:rsidRPr="00044C2B">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:sz w:val="24"/>
+          </w:rPr>
+          <w:t>C</w:t>
+        </w:r>
+        <w:r w:rsidR="00DF7BFE" w:rsidRPr="00044C2B">
+          <w:rPr>
+            <w:rStyle w:val="Hyperlink"/>
+            <w:sz w:val="24"/>
+          </w:rPr>
+          <w:t>oncepts</w:t>
         </w:r>
       </w:hyperlink>
-      <w:r w:rsidR="00DF7BFE" w:rsidRPr="008337E9">
+      <w:r w:rsidR="00DF7BFE" w:rsidRPr="00044C2B">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve"> </w:t>
       </w:r>
-      <w:r w:rsidRPr="008337E9">
+      <w:r w:rsidRPr="00044C2B">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>and paste here.  Remove any non-applicable recipients</w:t>
       </w:r>
-      <w:r w:rsidR="00C72572" w:rsidRPr="008337E9">
+      <w:r w:rsidR="00C72572" w:rsidRPr="00044C2B">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t xml:space="preserve">, </w:t>
       </w:r>
-      <w:r w:rsidRPr="008337E9">
+      <w:r w:rsidRPr="00044C2B">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>empty rows</w:t>
       </w:r>
-      <w:r w:rsidR="00C72572" w:rsidRPr="008337E9">
+      <w:r w:rsidR="00C72572" w:rsidRPr="00044C2B">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>, vacant positions, double asterisks in front of recipients</w:t>
       </w:r>
-      <w:r w:rsidR="00401508">
-[...18 lines deleted...]
-      <w:r w:rsidRPr="008337E9">
+      <w:r w:rsidR="00401508" w:rsidRPr="00044C2B">
+        <w:rPr>
+          <w:sz w:val="24"/>
+        </w:rPr>
+        <w:t>, and information in parenthesis.</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00044C2B">
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
         <w:t>&gt;</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="514D8617" w14:textId="77777777" w:rsidR="00B479DA" w:rsidRPr="008337E9" w:rsidRDefault="00B479DA" w:rsidP="00B479DA">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1620"/>
         </w:tabs>
         <w:spacing w:line="254" w:lineRule="exact"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="7D40F916" w14:textId="77777777" w:rsidR="00DF7BFE" w:rsidRPr="008337E9" w:rsidRDefault="00DF7BFE" w:rsidP="00DF7BFE">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1620"/>
         </w:tabs>
         <w:spacing w:line="254" w:lineRule="exact"/>
         <w:jc w:val="center"/>
         <w:rPr>
@@ -3202,155 +4322,212 @@
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="31FB4F00" w14:textId="111287F9" w:rsidR="00C72572" w:rsidRPr="008337E9" w:rsidRDefault="00C72572" w:rsidP="00DF7BFE">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1620"/>
         </w:tabs>
         <w:spacing w:line="254" w:lineRule="exact"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="0EF70E30" w14:textId="77777777" w:rsidR="00C72572" w:rsidRPr="008337E9" w:rsidRDefault="00C72572" w:rsidP="00DF7BFE">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1620"/>
         </w:tabs>
         <w:spacing w:line="254" w:lineRule="exact"/>
         <w:rPr>
           <w:sz w:val="24"/>
         </w:rPr>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="0E83EF4C" w14:textId="62799C06" w:rsidR="00C72572" w:rsidRPr="00C72572" w:rsidRDefault="00C72572" w:rsidP="00DF7BFE">
+    <w:p w14:paraId="0E83EF4C" w14:textId="6DD8CC20" w:rsidR="00C72572" w:rsidRPr="00EA0C10" w:rsidRDefault="00C72572" w:rsidP="00DF7BFE">
       <w:pPr>
         <w:tabs>
           <w:tab w:val="left" w:pos="1620"/>
         </w:tabs>
         <w:spacing w:line="254" w:lineRule="exact"/>
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
-        </w:rPr>
-[...1 lines deleted...]
-      <w:bookmarkStart w:id="5" w:name="_Hlk108077335"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="26" w:name="_Hlk108077335"/>
       <w:r w:rsidRPr="00401508">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t xml:space="preserve">Updated </w:t>
       </w:r>
       <w:r w:rsidR="00E71A9B" w:rsidRPr="00401508">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>1</w:t>
       </w:r>
       <w:r w:rsidR="008337E9" w:rsidRPr="00401508">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>2</w:t>
       </w:r>
       <w:r w:rsidRPr="00401508">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
         <w:t>/</w:t>
       </w:r>
-      <w:r w:rsidR="000E04AE">
-[...6 lines deleted...]
-        <w:t>30</w:t>
+      <w:r w:rsidR="00044C2B">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>29</w:t>
       </w:r>
       <w:r w:rsidRPr="00401508">
         <w:rPr>
           <w:i/>
           <w:iCs/>
           <w:sz w:val="24"/>
           <w:highlight w:val="yellow"/>
         </w:rPr>
-        <w:t>/202</w:t>
-[...18 lines deleted...]
-      <w:footerReference w:type="first" r:id="rId16"/>
+        <w:t>/</w:t>
+      </w:r>
+      <w:r w:rsidRPr="00EA0C10">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>202</w:t>
+      </w:r>
+      <w:bookmarkEnd w:id="26"/>
+      <w:r w:rsidR="00044C2B" w:rsidRPr="00EA0C10">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>5</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="58801652" w14:textId="77777777" w:rsidR="00044C2B" w:rsidRPr="00EA0C10" w:rsidRDefault="00044C2B" w:rsidP="00044C2B">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1620"/>
+        </w:tabs>
+        <w:spacing w:line="254" w:lineRule="exact"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+      </w:pPr>
+      <w:bookmarkStart w:id="27" w:name="_Hlk217895857"/>
+      <w:r w:rsidRPr="00EA0C10">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t xml:space="preserve">Text contained in &lt; &gt; are placeholders/options. Use or delete as appropriate. </w:t>
+      </w:r>
+    </w:p>
+    <w:bookmarkEnd w:id="27"/>
+    <w:p w14:paraId="060A698E" w14:textId="1CAAA340" w:rsidR="00044C2B" w:rsidRPr="00C72572" w:rsidRDefault="00EA0C10" w:rsidP="00DF7BFE">
+      <w:pPr>
+        <w:tabs>
+          <w:tab w:val="left" w:pos="1620"/>
+        </w:tabs>
+        <w:spacing w:line="254" w:lineRule="exact"/>
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+        </w:rPr>
+      </w:pPr>
+      <w:r w:rsidRPr="00EA0C10">
+        <w:rPr>
+          <w:i/>
+          <w:iCs/>
+          <w:sz w:val="24"/>
+          <w:highlight w:val="yellow"/>
+        </w:rPr>
+        <w:t>All hyperlinks checked.</w:t>
+      </w:r>
+    </w:p>
+    <w:sectPr w:rsidR="00044C2B" w:rsidRPr="00C72572">
+      <w:headerReference w:type="even" r:id="rId13"/>
+      <w:headerReference w:type="default" r:id="rId14"/>
+      <w:footerReference w:type="even" r:id="rId15"/>
+      <w:footerReference w:type="default" r:id="rId16"/>
+      <w:headerReference w:type="first" r:id="rId17"/>
+      <w:footerReference w:type="first" r:id="rId18"/>
       <w:pgSz w:w="12240" w:h="15840" w:code="1"/>
       <w:pgMar w:top="1008" w:right="1296" w:bottom="1008" w:left="1008" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:titlePg/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="30C46CB5" w14:textId="77777777" w:rsidR="002A4F02" w:rsidRDefault="002A4F02">
+    <w:p w14:paraId="7AEFE590" w14:textId="77777777" w:rsidR="00024AC3" w:rsidRDefault="00024AC3">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="460D4280" w14:textId="77777777" w:rsidR="002A4F02" w:rsidRDefault="002A4F02">
+    <w:p w14:paraId="15C0CE87" w14:textId="77777777" w:rsidR="00024AC3" w:rsidRDefault="00024AC3">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Segoe UI">
     <w:panose1 w:val="020B0502040204020203"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C000E47F" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri Light">
@@ -3381,58 +4558,58 @@
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="17178649" w14:textId="77777777" w:rsidR="008337E9" w:rsidRDefault="008337E9">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer3.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="6E013300" w14:textId="77777777" w:rsidR="008337E9" w:rsidRDefault="008337E9">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
 <w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="4E390A6D" w14:textId="77777777" w:rsidR="002A4F02" w:rsidRDefault="002A4F02">
+    <w:p w14:paraId="536D213A" w14:textId="77777777" w:rsidR="00024AC3" w:rsidRDefault="00024AC3">
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="46864B3D" w14:textId="77777777" w:rsidR="002A4F02" w:rsidRDefault="002A4F02">
+    <w:p w14:paraId="59A9B7DA" w14:textId="77777777" w:rsidR="00024AC3" w:rsidRDefault="00024AC3">
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="2BBD30EF" w14:textId="77777777" w:rsidR="008337E9" w:rsidRDefault="008337E9">
     <w:pPr>
       <w:pStyle w:val="Header"/>
     </w:pPr>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/header2.xml><?xml version="1.0" encoding="utf-8"?>
 <w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="32F634C8" w14:textId="3AC96CE7" w:rsidR="00DF7BFE" w:rsidRDefault="00DF7BFE" w:rsidP="004F570D">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:rPr>
         <w:sz w:val="24"/>
@@ -3979,159 +5156,164 @@
       <w:pPr>
         <w:tabs>
           <w:tab w:val="num" w:pos="7290"/>
         </w:tabs>
         <w:ind w:left="7290" w:hanging="180"/>
       </w:pPr>
     </w:lvl>
   </w:abstractNum>
   <w:num w:numId="1" w16cid:durableId="509375880">
     <w:abstractNumId w:val="0"/>
   </w:num>
   <w:num w:numId="2" w16cid:durableId="1674525412">
     <w:abstractNumId w:val="2"/>
   </w:num>
   <w:num w:numId="3" w16cid:durableId="1992708494">
     <w:abstractNumId w:val="3"/>
   </w:num>
   <w:num w:numId="4" w16cid:durableId="1984504135">
     <w:abstractNumId w:val="1"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
-  <w:zoom w:percent="130"/>
+  <w:zoom w:percent="100"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:stylePaneFormatFilter w:val="3F01" w:allStyles="1" w:customStyles="0" w:latentStyles="0" w:stylesInUse="0" w:headingStyles="0" w:numberingStyles="0" w:tableStyles="0" w:directFormattingOnRuns="1" w:directFormattingOnParagraphs="1" w:directFormattingOnNumbering="1" w:directFormattingOnTables="1" w:clearFormatting="1" w:top3HeadingStyles="1" w:visibleStyles="0" w:alternateStyleNames="0"/>
   <w:defaultTabStop w:val="720"/>
   <w:displayHorizontalDrawingGridEvery w:val="0"/>
   <w:displayVerticalDrawingGridEvery w:val="0"/>
   <w:doNotUseMarginsForDrawingGridOrigin/>
   <w:noPunctuationKerning/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:doNotUseHTMLParagraphAutoSpacing/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="0"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00BE2BA5"/>
     <w:rsid w:val="00000624"/>
     <w:rsid w:val="00011486"/>
+    <w:rsid w:val="00024AC3"/>
     <w:rsid w:val="000301F3"/>
+    <w:rsid w:val="00044C2B"/>
     <w:rsid w:val="0004584F"/>
     <w:rsid w:val="00045E41"/>
     <w:rsid w:val="00056D6E"/>
     <w:rsid w:val="0005768A"/>
     <w:rsid w:val="00065DEC"/>
     <w:rsid w:val="000701ED"/>
     <w:rsid w:val="0007441A"/>
     <w:rsid w:val="00075421"/>
     <w:rsid w:val="00090BC1"/>
     <w:rsid w:val="000A6085"/>
     <w:rsid w:val="000B1CF8"/>
     <w:rsid w:val="000B65F7"/>
     <w:rsid w:val="000D7218"/>
     <w:rsid w:val="000E04AE"/>
     <w:rsid w:val="000E64F0"/>
     <w:rsid w:val="000F1B7F"/>
     <w:rsid w:val="000F3DA3"/>
     <w:rsid w:val="0010036C"/>
     <w:rsid w:val="001115C7"/>
     <w:rsid w:val="00125A67"/>
     <w:rsid w:val="00151C12"/>
     <w:rsid w:val="001572D4"/>
+    <w:rsid w:val="00164D04"/>
     <w:rsid w:val="001A0808"/>
     <w:rsid w:val="001E23E7"/>
     <w:rsid w:val="001E35B4"/>
     <w:rsid w:val="001E432D"/>
     <w:rsid w:val="00216EBB"/>
     <w:rsid w:val="002469A2"/>
     <w:rsid w:val="00284135"/>
     <w:rsid w:val="002A4F02"/>
     <w:rsid w:val="002D0DE8"/>
     <w:rsid w:val="002D4D42"/>
     <w:rsid w:val="002E3E9E"/>
     <w:rsid w:val="002E4629"/>
     <w:rsid w:val="002E7E5C"/>
     <w:rsid w:val="002F2976"/>
     <w:rsid w:val="003010A2"/>
+    <w:rsid w:val="003066CD"/>
     <w:rsid w:val="0034185E"/>
     <w:rsid w:val="0034440A"/>
     <w:rsid w:val="00344A7A"/>
     <w:rsid w:val="00354C9F"/>
     <w:rsid w:val="0035668C"/>
     <w:rsid w:val="00357772"/>
     <w:rsid w:val="003716BD"/>
     <w:rsid w:val="00373DC9"/>
     <w:rsid w:val="00376C1C"/>
     <w:rsid w:val="003E0387"/>
     <w:rsid w:val="00401508"/>
     <w:rsid w:val="00416E61"/>
     <w:rsid w:val="004236E2"/>
     <w:rsid w:val="00424914"/>
     <w:rsid w:val="00447661"/>
     <w:rsid w:val="004539B0"/>
     <w:rsid w:val="00453E5B"/>
     <w:rsid w:val="0046516A"/>
     <w:rsid w:val="00481977"/>
     <w:rsid w:val="00497AEF"/>
     <w:rsid w:val="00497DF6"/>
     <w:rsid w:val="004A1FC4"/>
     <w:rsid w:val="004C180F"/>
     <w:rsid w:val="004E1B92"/>
     <w:rsid w:val="004E4CB2"/>
     <w:rsid w:val="004F3FD8"/>
     <w:rsid w:val="004F570D"/>
     <w:rsid w:val="00515027"/>
     <w:rsid w:val="0051542B"/>
     <w:rsid w:val="00520573"/>
     <w:rsid w:val="00537564"/>
     <w:rsid w:val="00551E25"/>
     <w:rsid w:val="00573FC4"/>
     <w:rsid w:val="005933E7"/>
     <w:rsid w:val="005A2151"/>
     <w:rsid w:val="005C4011"/>
     <w:rsid w:val="005C7986"/>
     <w:rsid w:val="006026C2"/>
+    <w:rsid w:val="0060678B"/>
     <w:rsid w:val="00617ACF"/>
     <w:rsid w:val="006258C9"/>
     <w:rsid w:val="00651F83"/>
     <w:rsid w:val="00655455"/>
     <w:rsid w:val="00656DE4"/>
     <w:rsid w:val="0065755E"/>
     <w:rsid w:val="00663D2B"/>
     <w:rsid w:val="00676F6C"/>
     <w:rsid w:val="006B219C"/>
     <w:rsid w:val="006B51F7"/>
     <w:rsid w:val="006C430C"/>
     <w:rsid w:val="006C5991"/>
     <w:rsid w:val="006F0069"/>
     <w:rsid w:val="007042D5"/>
     <w:rsid w:val="00744C59"/>
     <w:rsid w:val="0076121B"/>
     <w:rsid w:val="00780D35"/>
     <w:rsid w:val="007C6345"/>
     <w:rsid w:val="007D12EF"/>
     <w:rsid w:val="007E3B49"/>
     <w:rsid w:val="00803B62"/>
     <w:rsid w:val="00815DEF"/>
     <w:rsid w:val="0082290F"/>
     <w:rsid w:val="00823C62"/>
     <w:rsid w:val="00826674"/>
@@ -4184,59 +5366,61 @@
     <w:rsid w:val="00C234EA"/>
     <w:rsid w:val="00C52DC5"/>
     <w:rsid w:val="00C55CFF"/>
     <w:rsid w:val="00C72572"/>
     <w:rsid w:val="00C91ED1"/>
     <w:rsid w:val="00C94C10"/>
     <w:rsid w:val="00CC288A"/>
     <w:rsid w:val="00CF3536"/>
     <w:rsid w:val="00CF3BA4"/>
     <w:rsid w:val="00CF4DB3"/>
     <w:rsid w:val="00D1008E"/>
     <w:rsid w:val="00D35D59"/>
     <w:rsid w:val="00D460EE"/>
     <w:rsid w:val="00D6541F"/>
     <w:rsid w:val="00D85CA3"/>
     <w:rsid w:val="00D86033"/>
     <w:rsid w:val="00DB1A31"/>
     <w:rsid w:val="00DC1C14"/>
     <w:rsid w:val="00DF563F"/>
     <w:rsid w:val="00DF7BFE"/>
     <w:rsid w:val="00E324BE"/>
     <w:rsid w:val="00E32566"/>
     <w:rsid w:val="00E3402F"/>
     <w:rsid w:val="00E42F05"/>
     <w:rsid w:val="00E71A9B"/>
+    <w:rsid w:val="00EA0C10"/>
     <w:rsid w:val="00ED1734"/>
     <w:rsid w:val="00EE2D23"/>
     <w:rsid w:val="00EE7F97"/>
     <w:rsid w:val="00EF2665"/>
     <w:rsid w:val="00F000B6"/>
     <w:rsid w:val="00F32726"/>
     <w:rsid w:val="00F33220"/>
     <w:rsid w:val="00F566AA"/>
     <w:rsid w:val="00F75927"/>
+    <w:rsid w:val="00FA2186"/>
     <w:rsid w:val="00FB34A1"/>
     <w:rsid w:val="00FD04BB"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:doNotIncludeSubdocsInStats/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
@@ -5113,51 +6297,51 @@
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
     <w:div w:id="2093693584">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.iowaonecall.com/designrequestsystem/" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.iowadnr.gov/Things-to-Do/Canoeing-Kayaking/Where-to-Paddle" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iowadot.gov/bridge/concepts/Master%20List%20for%20Distribution%20of%20Concepts.xlsx" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iowadot.gov/bridge/concepts/Cost%20Estimates%20for%20Concepts.xlsx" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://experience.arcgis.com/experience/291d4e2c64cf490a95a6660b1349a088/page/Traffic-Volume" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer3.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://experience.arcgis.com/experience/291d4e2c64cf490a95a6660b1349a088/page/Traffic-Volume" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iowadot.gov/bridge/concepts/Master%20List%20for%20Distribution%20of%20Concepts.xlsx" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header3.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://iowadot.gov/bridge/concepts/Cost%20Estimates%20for%20Concepts.xlsx" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.iowaonecall.com/designrequestsystem/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.iowadnr.gov/Things-to-Do/Canoeing-Kayaking/Where-to-Paddle" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header2.xml"/></Relationships>
 </file>
 
 <file path=word/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="44546A"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="E7E6E6"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4472C4"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="ED7D31"/>
       </a:accent2>
       <a:accent3>
@@ -5415,76 +6599,76 @@
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
-  <Pages>3</Pages>
-[...1 lines deleted...]
-  <Characters>5979</Characters>
+  <Pages>4</Pages>
+  <Words>1482</Words>
+  <Characters>7929</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
-  <Lines>101</Lines>
-  <Paragraphs>86</Paragraphs>
+  <Lines>344</Lines>
+  <Paragraphs>268</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>Form 000021wp</vt:lpstr>
+      <vt:lpstr>Template for Deck Overlay and Repair - Form 000021wd</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>IA Dept of Transportation</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>6887</CharactersWithSpaces>
+  <CharactersWithSpaces>9143</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HLinks>
     <vt:vector size="12" baseType="variant">
       <vt:variant>
         <vt:i4>5439580</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>3</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>0</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:i4>5</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr>../Distribution List Templates/Master List for Distribution of Concepts.xlsx</vt:lpwstr>
       </vt:variant>
       <vt:variant>
         <vt:lpwstr/>
       </vt:variant>
       <vt:variant>
         <vt:i4>2293864</vt:i4>
       </vt:variant>
       <vt:variant>