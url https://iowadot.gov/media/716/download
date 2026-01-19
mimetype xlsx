--- v0 (2025-10-19)
+++ v1 (2026-01-19)
@@ -1,142 +1,153 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet11.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet12.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet13.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet14.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet15.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet16.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/externalLinks/externalLink1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
+  <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="23127"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29328"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="W:\Highway\District6\Materials\Miscellaneous\Audits\Roger's stuff\Rogers Audits\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://iadot-my.sharepoint.com/personal/cedric_wilkinson_iowadot_us/Documents/e-construction/IM101/Dec. 2025/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{02140D2C-2151-44BF-84C6-735BD7B3E00D}" xr6:coauthVersionLast="45" xr6:coauthVersionMax="45" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="8" documentId="13_ncr:1_{065F02C2-C9F8-471C-8E98-E704187B7E4C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{070FF381-53F0-4821-B313-277E904FBBC4}"/>
   <bookViews>
-    <workbookView xWindow="1950" yWindow="1950" windowWidth="21600" windowHeight="11385" tabRatio="842" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="18495" yWindow="-16320" windowWidth="29040" windowHeight="15720" tabRatio="842" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Title" sheetId="24" r:id="rId1"/>
     <sheet name="Excavation" sheetId="26" r:id="rId2"/>
     <sheet name="Prop Agg." sheetId="1" r:id="rId3"/>
     <sheet name="Non Agg." sheetId="23" r:id="rId4"/>
     <sheet name="Bridge Deck" sheetId="2" r:id="rId5"/>
     <sheet name="Structures 1" sheetId="22" r:id="rId6"/>
     <sheet name="Structures 2" sheetId="20" r:id="rId7"/>
     <sheet name="Pipe" sheetId="19" r:id="rId8"/>
     <sheet name="Guardrail" sheetId="18" r:id="rId9"/>
     <sheet name="HMA" sheetId="17" r:id="rId10"/>
-    <sheet name="PCC 1" sheetId="16" r:id="rId11"/>
-[...3 lines deleted...]
-    <sheet name="Lighting" sheetId="25" r:id="rId15"/>
+    <sheet name="Surface Treat" sheetId="28" r:id="rId11"/>
+    <sheet name="PCC 1" sheetId="16" r:id="rId12"/>
+    <sheet name="PCC 2" sheetId="15" r:id="rId13"/>
+    <sheet name="Erosion &amp; traffic" sheetId="13" r:id="rId14"/>
+    <sheet name="Misc." sheetId="27" r:id="rId15"/>
+    <sheet name="Lighting" sheetId="25" r:id="rId16"/>
   </sheets>
+  <externalReferences>
+    <externalReference r:id="rId17"/>
+  </externalReferences>
   <definedNames>
+    <definedName name="Aggregate">#REF!</definedName>
+    <definedName name="HMA">#REF!</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="1">Excavation!$A$1:$K$44</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
+  <c r="K5" i="28" l="1"/>
+  <c r="D5" i="28"/>
   <c r="L5" i="16" l="1"/>
   <c r="O7" i="27" l="1"/>
   <c r="C7" i="27"/>
   <c r="M5" i="15" l="1"/>
   <c r="D5" i="15"/>
   <c r="D5" i="16"/>
   <c r="C5" i="17"/>
   <c r="K5" i="22"/>
   <c r="I5" i="2"/>
   <c r="B5" i="2"/>
   <c r="D5" i="22"/>
   <c r="C5" i="25"/>
   <c r="H6" i="26"/>
   <c r="B6" i="26"/>
   <c r="I5" i="25"/>
   <c r="J5" i="18"/>
   <c r="O6" i="13"/>
   <c r="I5" i="17"/>
   <c r="K5" i="19"/>
   <c r="J5" i="20"/>
   <c r="I5" i="23"/>
   <c r="C6" i="13"/>
   <c r="C5" i="18"/>
   <c r="C5" i="19"/>
   <c r="C5" i="20"/>
   <c r="C5" i="23"/>
   <c r="I5" i="1"/>
   <c r="C5" i="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="799" uniqueCount="345">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="847" uniqueCount="366">
   <si>
     <t>Construction and Materials Review</t>
   </si>
   <si>
     <t>AGGREGATES</t>
   </si>
   <si>
     <t>Project No.:</t>
   </si>
   <si>
     <t>Contract No.:</t>
   </si>
   <si>
     <t>Refer to IM 204 for Acceptance of Materials</t>
   </si>
   <si>
     <t>Basis of Acceptance</t>
   </si>
   <si>
     <t>Type of Aggregate</t>
   </si>
   <si>
     <t>Source / T203 A-Number</t>
   </si>
   <si>
@@ -924,53 +935,50 @@
   </si>
   <si>
     <t>Signal Heads, Luminars, Cabinets, Circuit Breakers, Loop Detectors, Video Detectors, RM40 Connectors,</t>
   </si>
   <si>
     <t>Wire Cable, Surge Suppressors, Fuse Holders, etc.  Spec. 2523.03B</t>
   </si>
   <si>
     <t>Source / Brand</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Electrical Components Accepted by Approve Brand  - </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="8"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>( Conduit, Anchor Bolts )</t>
     </r>
   </si>
   <si>
-    <t>Cirtcuit Test  (  Yes or No  )</t>
-[...1 lines deleted...]
-  <si>
     <t>Qty. Paid</t>
   </si>
   <si>
     <t>Qty. Documented</t>
   </si>
   <si>
     <t>BA</t>
   </si>
   <si>
     <t>transition connnection</t>
   </si>
   <si>
     <t>end anchor, bolted</t>
   </si>
   <si>
     <t>end terminal</t>
   </si>
   <si>
     <t>end anchor, cable</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>required testing frequency.</t>
@@ -1199,80 +1207,167 @@
   <si>
     <t>(Fixed Form Only)</t>
   </si>
   <si>
     <t>(Paving Only, Central Batch)</t>
   </si>
   <si>
     <t>Stainless Steel Reinforcing</t>
   </si>
   <si>
     <t>Mill Cert &amp; Test Report</t>
   </si>
   <si>
     <t>2016  Material Review Forms - 101</t>
   </si>
   <si>
     <t>1/day</t>
   </si>
   <si>
     <t>Reinforcing Steel, Stainless</t>
   </si>
   <si>
     <t>IM 452</t>
   </si>
   <si>
-    <t>v 05.20</t>
-[...1 lines deleted...]
-  <si>
     <t>EROSION CONTROL ( Seeds, fertilizer, Silt Fence, Mulch, Sod, Sediment Control Devices, Etc..</t>
   </si>
   <si>
     <t>TRAFFIC CONTROL (paint, Beads, Sign Materials, Road Closure Materials, Etc….</t>
   </si>
   <si>
     <t xml:space="preserve">All Materials Not Listed Elsewhere </t>
   </si>
   <si>
     <t>Erosion Control &amp; Traffic Control</t>
   </si>
   <si>
     <t xml:space="preserve"> Erosion Control &amp; Traffic Control</t>
   </si>
   <si>
     <t xml:space="preserve"> Roadway &amp; Borrow Excavations and Embankments</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Refer to:  IM 204 Appendix P,  IM 437,  IM 349,  IM 301, IM 323, IM 360, IM 374 </t>
+  </si>
+  <si>
+    <t>Specification: 2307, 2319, 2306, 2308, 2320, 2540</t>
+  </si>
+  <si>
+    <t>Aggregate</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Material Type </t>
+  </si>
+  <si>
+    <t>quantity</t>
+  </si>
+  <si>
+    <t>Microsurface / Full Width Slurry - Job Control Tests (Construction)</t>
+  </si>
+  <si>
+    <t>Gradation</t>
+  </si>
+  <si>
+    <t>1 Cert.</t>
+  </si>
+  <si>
+    <t>Emulsified Binder</t>
+  </si>
+  <si>
+    <t>Residue</t>
+  </si>
+  <si>
+    <t>1/20,000 gal</t>
+  </si>
+  <si>
+    <t>Seal Coat- Job Control Tests (Construction)</t>
+  </si>
+  <si>
+    <t>Emulsion</t>
+  </si>
+  <si>
+    <t>Compatiblity</t>
+  </si>
+  <si>
+    <r>
+      <t>1</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="10"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial Narrow"/>
+        <family val="2"/>
+      </rPr>
+      <t>st</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="8"/>
+        <color rgb="FF000000"/>
+        <rFont val="Arial Narrow"/>
+        <family val="2"/>
+      </rPr>
+      <t> day+ 1/week</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">Aggregate </t>
+  </si>
+  <si>
+    <t>Quality</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Emulsion </t>
+  </si>
+  <si>
+    <t>No samples required for joint repair, crack filling, and fog seal. Acceptance based on certification only.</t>
+  </si>
+  <si>
+    <t>Circuit Test  (  Yes or No  )</t>
+  </si>
+  <si>
+    <t>Surface Treatment</t>
+  </si>
+  <si>
+    <t>Surface Treatments(Slurry, Microsufacing)</t>
+  </si>
+  <si>
+    <t>v12.25.1</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="mm/dd/yy;@"/>
     <numFmt numFmtId="165" formatCode="#,##0.0"/>
   </numFmts>
-  <fonts count="27" x14ac:knownFonts="1">
+  <fonts count="30" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="14"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <u/>
       <sz val="12"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <u/>
@@ -1390,50 +1485,69 @@
       <u/>
       <sz val="9"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <color rgb="FF0000FF"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="9"/>
       <color rgb="FF0000FF"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FFFF0000"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
+    <font>
+      <sz val="9"/>
+      <color rgb="FF000000"/>
+      <name val="Arial Narrow"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <sz val="8"/>
+      <color rgb="FF000000"/>
+      <name val="Arial Narrow"/>
+      <family val="2"/>
+    </font>
+    <font>
+      <vertAlign val="superscript"/>
+      <sz val="10"/>
+      <color rgb="FF000000"/>
+      <name val="Arial Narrow"/>
+      <family val="2"/>
+    </font>
   </fonts>
   <fills count="7">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="43"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="43"/>
         <bgColor indexed="43"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor indexed="26"/>
         <bgColor indexed="64"/>
       </patternFill>
@@ -1467,1263 +1581,984 @@
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
-  <cellStyleXfs count="1">
+  <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="362">
+  <cellXfs count="235">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyProtection="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1"/>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...9 lines deleted...]
-    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyProtection="1"/>
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
-    </xf>
-[...10 lines deleted...]
-      <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...18 lines deleted...]
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1"/>
-[...4 lines deleted...]
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...8 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...6 lines deleted...]
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="165" fontId="12" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...23 lines deleted...]
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1"/>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...3 lines deleted...]
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
-    <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1"/>
     <xf numFmtId="0" fontId="12" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="165" fontId="12" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="4" fontId="12" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="12" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1"/>
-[...21 lines deleted...]
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="4" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="49" fontId="7" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="7" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="4" fontId="7" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="12" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="49" fontId="12" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="49" fontId="12" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="12" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="165" fontId="12" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="165" fontId="12" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="165" fontId="12" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="165" fontId="12" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="7" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-      <alignment horizontal="center"/>
-[...2 lines deleted...]
-    <xf numFmtId="49" fontId="12" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="19" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="49" fontId="0" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="4" fontId="0" fillId="0" borderId="3" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyProtection="1"/>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="20" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="49" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="49" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="24" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
     <xf numFmtId="0" fontId="25" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="49" fontId="12" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="49" fontId="12" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
-      <protection locked="0"/>
-[...11 lines deleted...]
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="49" fontId="7" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="49" fontId="7" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...4 lines deleted...]
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyProtection="1">
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyProtection="1">
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="3" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1"/>
     <xf numFmtId="49" fontId="7" fillId="5" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...8 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="7" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="26" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="26" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="26" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...8 lines deleted...]
-    <xf numFmtId="0" fontId="26" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="26" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="49" fontId="26" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="49" fontId="26" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...3 lines deleted...]
-    <xf numFmtId="49" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="49" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="49" fontId="12" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="4" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...3 lines deleted...]
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="49" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...8 lines deleted...]
-    <xf numFmtId="49" fontId="7" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="165" fontId="7" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="49" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="165" fontId="7" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="49" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="49" fontId="12" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="165" fontId="12" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="21" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="12" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="9" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="165" fontId="7" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="1"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="1" applyFont="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="0" borderId="0" xfId="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="7" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="23" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...5 lines deleted...]
-    <xf numFmtId="165" fontId="7" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="49" fontId="7" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="49" fontId="7" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="1" applyFont="1"/>
+    <xf numFmtId="4" fontId="7" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="27" fillId="0" borderId="0" xfId="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="28" fillId="0" borderId="0" xfId="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="2" xfId="1" applyBorder="1"/>
+    <xf numFmtId="49" fontId="7" fillId="2" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="2" xfId="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="164" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="49" fontId="6" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="15" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1"/>
-[...2 lines deleted...]
-    <xf numFmtId="49" fontId="12" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
-[...9 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="49" fontId="7" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyBorder="1"/>
+    <xf numFmtId="49" fontId="7" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="7" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="7" fillId="5" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="4" fontId="7" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="12" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="49" fontId="7" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="7" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="49" fontId="12" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="11" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="49" fontId="11" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="49" fontId="26" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection locked="0"/>
+    </xf>
     <xf numFmtId="0" fontId="12" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
-[...8 lines deleted...]
-    <xf numFmtId="0" fontId="12" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="49" fontId="7" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="165" fontId="12" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-      <alignment horizontal="left"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="1" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="49" fontId="0" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-      <alignment horizontal="left"/>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="13" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
-    </xf>
-[...1 lines deleted...]
-      <alignment horizontal="left"/>
+      <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...16 lines deleted...]
-      <alignment horizontal="center"/>
+    <xf numFmtId="49" fontId="7" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
       <protection locked="0"/>
-    </xf>
-[...281 lines deleted...]
-      <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="49" fontId="9" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="2" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="49" fontId="7" fillId="2" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1" applyProtection="1">
-[...8 lines deleted...]
-    <xf numFmtId="0" fontId="14" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="49" fontId="12" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="1" xfId="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="1" applyAlignment="1">
+      <alignment horizontal="right"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="1" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="25" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
+    <xf numFmtId="0" fontId="9" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="4" fontId="7" fillId="0" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="1" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="7" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="4" fontId="7" fillId="0" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="2" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="2" xfId="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center"/>
+    </xf>
+    <xf numFmtId="49" fontId="7" fillId="0" borderId="2" xfId="1" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="center"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="2" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="49" fontId="7" fillId="2" borderId="1" xfId="1" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyProtection="1">
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="1" xfId="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
+      <protection locked="0"/>
     </xf>
     <xf numFmtId="4" fontId="12" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="49" fontId="12" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1"/>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left"/>
-    </xf>
-[...19 lines deleted...]
-      <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="165" fontId="12" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="12" fillId="0" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="0" fontId="4" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="49" fontId="6" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
+      <alignment horizontal="left"/>
+      <protection locked="0"/>
+    </xf>
+    <xf numFmtId="0" fontId="4" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
+    <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...14 lines deleted...]
-    <xf numFmtId="49" fontId="12" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1"/>
+    <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1"/>
   </cellXfs>
-  <cellStyles count="1">
+  <cellStyles count="2">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
+    <cellStyle name="Normal 2" xfId="1" xr:uid="{BDD81965-79D9-42B3-86B4-273DB0794FAE}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet13.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet12.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet11.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet15.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet14.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet13.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet12.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet16.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet11.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet15.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet14.xml"/></Relationships>
+</file>
+
+<file path=xl/externalLinks/_rels/externalLink1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="https://iadot-my.sharepoint.com/personal/cedric_wilkinson_iowadot_us/Documents/e-construction/IM101/IM101auditforms_AWP_12-25.xlsm" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLinkPath" Target="IM101auditforms_AWP_12-25.xlsm" TargetMode="External"/></Relationships>
+</file>
+
+<file path=xl/externalLinks/externalLink1.xml><?xml version="1.0" encoding="utf-8"?>
+<externalLink xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:xxl21="http://schemas.microsoft.com/office/spreadsheetml/2021/extlinks2021" mc:Ignorable="x14 xxl21">
+  <externalBook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1">
+    <xxl21:alternateUrls>
+      <xxl21:absoluteUrl r:id="rId2"/>
+    </xxl21:alternateUrls>
+    <sheetNames>
+      <sheetName val="Title Page"/>
+      <sheetName val="Hide Sheet"/>
+      <sheetName val="botInput"/>
+      <sheetName val="Excavation"/>
+      <sheetName val="Prop Agg."/>
+      <sheetName val="Non Agg."/>
+      <sheetName val="Bridge Deck"/>
+      <sheetName val="Structures 1"/>
+      <sheetName val="Structures 2"/>
+      <sheetName val="Pipe"/>
+      <sheetName val="Guardrail"/>
+      <sheetName val="HMA"/>
+      <sheetName val="Surface Treat"/>
+      <sheetName val="PCC 1"/>
+      <sheetName val="PCC 2"/>
+      <sheetName val="Erosion &amp; traffic"/>
+      <sheetName val="Misc."/>
+      <sheetName val="Lighting"/>
+      <sheetName val="DME Audit"/>
+      <sheetName val="DME Status List"/>
+      <sheetName val="AWP Input"/>
+    </sheetNames>
+    <sheetDataSet>
+      <sheetData sheetId="0"/>
+      <sheetData sheetId="1"/>
+      <sheetData sheetId="2"/>
+      <sheetData sheetId="3"/>
+      <sheetData sheetId="4"/>
+      <sheetData sheetId="5"/>
+      <sheetData sheetId="6"/>
+      <sheetData sheetId="7"/>
+      <sheetData sheetId="8"/>
+      <sheetData sheetId="9"/>
+      <sheetData sheetId="10"/>
+      <sheetData sheetId="11"/>
+      <sheetData sheetId="12"/>
+      <sheetData sheetId="13"/>
+      <sheetData sheetId="14"/>
+      <sheetData sheetId="15"/>
+      <sheetData sheetId="16"/>
+      <sheetData sheetId="17"/>
+      <sheetData sheetId="18"/>
+      <sheetData sheetId="19"/>
+      <sheetData sheetId="20"/>
+    </sheetDataSet>
+  </externalBook>
+</externalLink>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
-<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme">
+<a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
-    <a:clrScheme name="Office">
+    <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
         <a:srgbClr val="9BBB59"/>
       </a:accent3>
       <a:accent4>
         <a:srgbClr val="8064A2"/>
       </a:accent4>
       <a:accent5>
         <a:srgbClr val="4BACC6"/>
       </a:accent5>
       <a:accent6>
         <a:srgbClr val="F79646"/>
       </a:accent6>
       <a:hlink>
         <a:srgbClr val="0000FF"/>
       </a:hlink>
       <a:folHlink>
         <a:srgbClr val="800080"/>
       </a:folHlink>
     </a:clrScheme>
-    <a:fontScheme name="Office">
+    <a:fontScheme name="Office 2007 - 2010">
       <a:majorFont>
-        <a:latin typeface="Cambria" panose="020F0302020204030204"/>
+        <a:latin typeface="Cambria"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Times New Roman"/>
         <a:font script="Hebr" typeface="Times New Roman"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="MoolBoran"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Times New Roman"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:majorFont>
       <a:minorFont>
-        <a:latin typeface="Calibri" panose="020F0502020204030204"/>
+        <a:latin typeface="Calibri"/>
         <a:ea typeface=""/>
         <a:cs typeface=""/>
         <a:font script="Jpan" typeface="ＭＳ Ｐゴシック"/>
         <a:font script="Hang" typeface="맑은 고딕"/>
         <a:font script="Hans" typeface="宋体"/>
         <a:font script="Hant" typeface="新細明體"/>
         <a:font script="Arab" typeface="Arial"/>
         <a:font script="Hebr" typeface="Arial"/>
         <a:font script="Thai" typeface="Tahoma"/>
         <a:font script="Ethi" typeface="Nyala"/>
         <a:font script="Beng" typeface="Vrinda"/>
         <a:font script="Gujr" typeface="Shruti"/>
         <a:font script="Khmr" typeface="DaunPenh"/>
         <a:font script="Knda" typeface="Tunga"/>
         <a:font script="Guru" typeface="Raavi"/>
         <a:font script="Cans" typeface="Euphemia"/>
         <a:font script="Cher" typeface="Plantagenet Cherokee"/>
         <a:font script="Yiii" typeface="Microsoft Yi Baiti"/>
         <a:font script="Tibt" typeface="Microsoft Himalaya"/>
         <a:font script="Thaa" typeface="MV Boli"/>
         <a:font script="Deva" typeface="Mangal"/>
         <a:font script="Telu" typeface="Gautami"/>
         <a:font script="Taml" typeface="Latha"/>
         <a:font script="Syrc" typeface="Estrangelo Edessa"/>
         <a:font script="Orya" typeface="Kalinga"/>
         <a:font script="Mlym" typeface="Kartika"/>
         <a:font script="Laoo" typeface="DokChampa"/>
         <a:font script="Sinh" typeface="Iskoola Pota"/>
         <a:font script="Mong" typeface="Mongolian Baiti"/>
         <a:font script="Viet" typeface="Arial"/>
         <a:font script="Uigh" typeface="Microsoft Uighur"/>
         <a:font script="Geor" typeface="Sylfaen"/>
-        <a:font script="Armn" typeface="Arial"/>
-[...15 lines deleted...]
-        <a:font script="Tfng" typeface="Ebrima"/>
       </a:minorFont>
     </a:fontScheme>
-    <a:fmtScheme name="Office">
+    <a:fmtScheme name="Office 2007 - 2010">
       <a:fillStyleLst>
         <a:solidFill>
           <a:schemeClr val="phClr"/>
         </a:solidFill>
         <a:gradFill rotWithShape="1">
           <a:gsLst>
             <a:gs pos="0">
               <a:schemeClr val="phClr">
                 <a:tint val="50000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="35000">
               <a:schemeClr val="phClr">
                 <a:tint val="37000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:tint val="15000"/>
                 <a:satMod val="350000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
@@ -2859,13376 +2694,12504 @@
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings10.bin"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=xl/worksheets/_rels/sheet12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings11.bin"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=xl/worksheets/_rels/sheet13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings12.bin"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=xl/worksheets/_rels/sheet14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings13.bin"/></Relationships>
 </file>
 
-<file path=xl/worksheets/_rels/sheet15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<file path=xl/worksheets/_rels/sheet16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings14.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings6.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings7.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings8.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings9.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:M43"/>
+  <dimension ref="A1:M44"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="C5" sqref="C5:D5"/>
+      <selection activeCell="B22" sqref="B22"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="6.7109375" customWidth="1"/>
-    <col min="2" max="2" width="16.140625" customWidth="1"/>
+    <col min="1" max="1" width="7.53125" customWidth="1"/>
+    <col min="2" max="2" width="16.1328125" customWidth="1"/>
     <col min="3" max="3" width="14" customWidth="1"/>
-    <col min="4" max="4" width="28.28515625" customWidth="1"/>
-    <col min="7" max="7" width="5.85546875" customWidth="1"/>
+    <col min="4" max="4" width="28.265625" customWidth="1"/>
+    <col min="7" max="7" width="5.86328125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:13" ht="27" customHeight="1" x14ac:dyDescent="0.3">
-[...9 lines deleted...]
-      <c r="B3" s="50" t="s">
+    <row r="1" spans="1:13" ht="27" customHeight="1" x14ac:dyDescent="0.55000000000000004">
+      <c r="A1" s="24" t="s">
+        <v>365</v>
+      </c>
+      <c r="B1" s="61" t="s">
+        <v>333</v>
+      </c>
+    </row>
+    <row r="2" spans="1:13" ht="9.75" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="3" spans="1:13" ht="15.95" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B3" s="28" t="s">
         <v>158</v>
       </c>
-      <c r="C3" s="248"/>
-[...4 lines deleted...]
-      <c r="B5" s="50" t="s">
+      <c r="C3" s="135"/>
+      <c r="D3" s="136"/>
+    </row>
+    <row r="4" spans="1:13" ht="15.95" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="5" spans="1:13" ht="15.95" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B5" s="28" t="s">
         <v>134</v>
       </c>
-      <c r="C5" s="248"/>
-[...4 lines deleted...]
-      <c r="B7" s="60" t="s">
+      <c r="C5" s="135"/>
+      <c r="D5" s="136"/>
+    </row>
+    <row r="6" spans="1:13" ht="15.95" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="7" spans="1:13" ht="15.95" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B7" s="30" t="s">
         <v>136</v>
       </c>
-      <c r="C7" s="248"/>
-[...4 lines deleted...]
-      <c r="B9" s="60" t="s">
+      <c r="C7" s="135"/>
+      <c r="D7" s="136"/>
+    </row>
+    <row r="8" spans="1:13" ht="15.95" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="9" spans="1:13" ht="15.95" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B9" s="30" t="s">
         <v>133</v>
       </c>
-      <c r="C9" s="248"/>
-[...4 lines deleted...]
-      <c r="B11" s="60" t="s">
+      <c r="C9" s="135"/>
+      <c r="D9" s="136"/>
+    </row>
+    <row r="10" spans="1:13" ht="15.95" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="11" spans="1:13" ht="15.95" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B11" s="30" t="s">
         <v>159</v>
       </c>
-      <c r="C11" s="248"/>
-[...4 lines deleted...]
-      <c r="B13" s="134" t="s">
+      <c r="C11" s="135"/>
+      <c r="D11" s="136"/>
+    </row>
+    <row r="12" spans="1:13" ht="11.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="13" spans="1:13" ht="15.95" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B13" s="70" t="s">
         <v>160</v>
       </c>
-      <c r="C13" s="38" t="s">
+      <c r="C13" s="24" t="s">
         <v>161</v>
       </c>
     </row>
-    <row r="14" spans="1:13" ht="15.95" customHeight="1" x14ac:dyDescent="0.25">
-[...19 lines deleted...]
-      <c r="C15" s="40" t="s">
+    <row r="14" spans="1:13" ht="15.95" customHeight="1" x14ac:dyDescent="0.5">
+      <c r="B14" s="66"/>
+      <c r="C14" s="87" t="s">
+        <v>342</v>
+      </c>
+      <c r="D14" s="86"/>
+      <c r="E14" s="86"/>
+      <c r="F14" s="86"/>
+      <c r="G14" s="86"/>
+      <c r="H14" s="86"/>
+      <c r="I14" s="86"/>
+      <c r="J14" s="86"/>
+      <c r="K14" s="86"/>
+      <c r="L14" s="86"/>
+      <c r="M14" s="86"/>
+    </row>
+    <row r="15" spans="1:13" ht="15.95" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B15" s="71" t="s">
+        <v>269</v>
+      </c>
+      <c r="C15" s="25" t="s">
         <v>162</v>
       </c>
     </row>
-    <row r="16" spans="1:13" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
-[...3 lines deleted...]
-      <c r="C16" s="40" t="s">
+    <row r="16" spans="1:13" ht="15.95" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B16" s="71" t="s">
+        <v>269</v>
+      </c>
+      <c r="C16" s="25" t="s">
         <v>163</v>
       </c>
     </row>
-    <row r="17" spans="2:5" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
-[...3 lines deleted...]
-      <c r="C17" s="40" t="s">
+    <row r="17" spans="2:5" ht="15.95" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B17" s="71" t="s">
+        <v>269</v>
+      </c>
+      <c r="C17" s="25" t="s">
         <v>164</v>
       </c>
     </row>
-    <row r="18" spans="2:5" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="C18" s="40" t="s">
+    <row r="18" spans="2:5" ht="15.95" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B18" s="71"/>
+      <c r="C18" s="25" t="s">
         <v>165</v>
       </c>
     </row>
-    <row r="19" spans="2:5" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
-[...3 lines deleted...]
-      <c r="C19" s="40" t="s">
+    <row r="19" spans="2:5" ht="15.95" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B19" s="71" t="s">
+        <v>269</v>
+      </c>
+      <c r="C19" s="25" t="s">
         <v>166</v>
       </c>
     </row>
-    <row r="20" spans="2:5" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
-[...3 lines deleted...]
-      <c r="C20" s="40" t="s">
+    <row r="20" spans="2:5" ht="15.95" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B20" s="71" t="s">
+        <v>269</v>
+      </c>
+      <c r="C20" s="25" t="s">
         <v>167</v>
       </c>
     </row>
-    <row r="21" spans="2:5" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
-[...3 lines deleted...]
-      <c r="C21" s="40" t="s">
+    <row r="21" spans="2:5" ht="15.95" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B21" s="71" t="s">
+        <v>269</v>
+      </c>
+      <c r="C21" s="25" t="s">
         <v>168</v>
       </c>
-      <c r="D21" s="4"/>
-[...4 lines deleted...]
-      <c r="C22" s="40" t="s">
+      <c r="E21" s="24"/>
+    </row>
+    <row r="22" spans="2:5" ht="15.95" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B22" s="71"/>
+      <c r="C22" s="25" t="s">
+        <v>363</v>
+      </c>
+      <c r="E22" s="24"/>
+    </row>
+    <row r="23" spans="2:5" ht="15.95" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B23" s="71"/>
+      <c r="C23" s="25" t="s">
         <v>169</v>
       </c>
-      <c r="D22" s="4"/>
-[...14 lines deleted...]
-      <c r="C24" s="40" t="s">
+      <c r="E23" s="24"/>
+    </row>
+    <row r="24" spans="2:5" ht="15.95" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B24" s="71"/>
+      <c r="C24" s="25" t="s">
+        <v>341</v>
+      </c>
+      <c r="E24" s="24"/>
+    </row>
+    <row r="25" spans="2:5" ht="15.95" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B25" s="71" t="s">
+        <v>269</v>
+      </c>
+      <c r="C25" s="25" t="s">
         <v>170</v>
       </c>
-      <c r="D24" s="4"/>
-[...4 lines deleted...]
-      <c r="C25" s="40" t="s">
+      <c r="E25" s="24"/>
+    </row>
+    <row r="26" spans="2:5" ht="15.95" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B26" s="84"/>
+      <c r="C26" s="25" t="s">
         <v>171</v>
       </c>
-      <c r="D25" s="4"/>
-[...50 lines deleted...]
-      <c r="A36" s="38" t="s">
+      <c r="E26" s="24"/>
+    </row>
+    <row r="27" spans="2:5" ht="15.95" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B27" s="6"/>
+      <c r="C27" s="24"/>
+      <c r="E27" s="24"/>
+    </row>
+    <row r="28" spans="2:5" ht="15.95" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B28" s="6"/>
+      <c r="C28" s="24"/>
+      <c r="E28" s="24"/>
+    </row>
+    <row r="29" spans="2:5" ht="15.95" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B29" s="6"/>
+      <c r="C29" s="24"/>
+    </row>
+    <row r="30" spans="2:5" ht="15.95" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B30" s="6"/>
+      <c r="C30" s="24"/>
+    </row>
+    <row r="31" spans="2:5" ht="15.95" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B31" s="6"/>
+      <c r="C31" s="24"/>
+    </row>
+    <row r="32" spans="2:5" ht="15.95" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B32" s="6"/>
+      <c r="C32" s="24"/>
+    </row>
+    <row r="33" spans="1:7" ht="15.95" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B33" s="6"/>
+      <c r="C33" s="24"/>
+    </row>
+    <row r="34" spans="1:7" ht="15.95" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B34" s="6"/>
+      <c r="C34" s="24"/>
+    </row>
+    <row r="35" spans="1:7" ht="15.95" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B35" s="6"/>
+    </row>
+    <row r="36" spans="1:7" ht="15.95" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="37" spans="1:7" ht="15.95" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A37" s="24" t="s">
         <v>152</v>
       </c>
-      <c r="C36" s="6" t="s">
+      <c r="C37" s="5" t="s">
         <v>172</v>
       </c>
-      <c r="D36" s="136"/>
-      <c r="E36" s="50" t="s">
+      <c r="D37" s="72"/>
+      <c r="E37" s="28" t="s">
         <v>17</v>
       </c>
-      <c r="F36" s="247"/>
-[...4 lines deleted...]
-      <c r="A38" s="38" t="s">
+      <c r="F37" s="134"/>
+      <c r="G37" s="134"/>
+    </row>
+    <row r="38" spans="1:7" ht="15.95" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="39" spans="1:7" ht="15.95" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A39" s="24" t="s">
         <v>18</v>
       </c>
-      <c r="C38" s="56" t="s">
+      <c r="C39" s="18" t="s">
         <v>173</v>
       </c>
-      <c r="D38" s="136"/>
-      <c r="E38" s="50" t="s">
+      <c r="D39" s="72"/>
+      <c r="E39" s="28" t="s">
         <v>17</v>
       </c>
-      <c r="F38" s="247"/>
-[...4 lines deleted...]
-      <c r="B40" s="38" t="s">
+      <c r="F39" s="134"/>
+      <c r="G39" s="134"/>
+    </row>
+    <row r="40" spans="1:7" ht="15.95" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="41" spans="1:7" ht="15.95" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B41" s="24" t="s">
         <v>16</v>
       </c>
-      <c r="C40" s="131"/>
-[...20 lines deleted...]
-    <row r="43" spans="1:7" ht="15.95" customHeight="1" x14ac:dyDescent="0.2"/>
+      <c r="C41" s="67"/>
+      <c r="D41" s="66"/>
+      <c r="E41" s="66"/>
+      <c r="F41" s="66"/>
+      <c r="G41" s="66"/>
+    </row>
+    <row r="42" spans="1:7" ht="15.95" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B42" s="24"/>
+      <c r="C42" s="67"/>
+      <c r="D42" s="66"/>
+      <c r="E42" s="66"/>
+      <c r="F42" s="66"/>
+      <c r="G42" s="66"/>
+    </row>
+    <row r="43" spans="1:7" ht="15.95" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C43" s="67"/>
+      <c r="D43" s="66"/>
+      <c r="E43" s="66"/>
+      <c r="F43" s="66"/>
+      <c r="G43" s="66"/>
+    </row>
+    <row r="44" spans="1:7" ht="15.95" customHeight="1" x14ac:dyDescent="0.35"/>
   </sheetData>
   <mergeCells count="7">
-    <mergeCell ref="F38:G38"/>
+    <mergeCell ref="F39:G39"/>
     <mergeCell ref="C3:D3"/>
     <mergeCell ref="C5:D5"/>
     <mergeCell ref="C7:D7"/>
     <mergeCell ref="C9:D9"/>
     <mergeCell ref="C11:D11"/>
-    <mergeCell ref="F36:G36"/>
+    <mergeCell ref="F37:G37"/>
   </mergeCells>
   <phoneticPr fontId="17" type="noConversion"/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967294" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0900-000000000000}">
   <dimension ref="A1:L58"/>
   <sheetViews>
     <sheetView showZeros="0" view="pageBreakPreview" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="12" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultColWidth="9.1328125" defaultRowHeight="11.65" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="9.140625" style="14"/>
-[...11 lines deleted...]
-    <col min="13" max="16384" width="9.140625" style="14"/>
+    <col min="1" max="1" width="9.1328125" style="9"/>
+    <col min="2" max="2" width="10.265625" style="9" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="6.3984375" style="9" customWidth="1"/>
+    <col min="4" max="4" width="9.1328125" style="9"/>
+    <col min="5" max="5" width="6.73046875" style="9" customWidth="1"/>
+    <col min="6" max="6" width="9.1328125" style="9"/>
+    <col min="7" max="7" width="14.86328125" style="9" customWidth="1"/>
+    <col min="8" max="8" width="10.59765625" style="9" customWidth="1"/>
+    <col min="9" max="9" width="6.1328125" style="9" customWidth="1"/>
+    <col min="10" max="10" width="6.59765625" style="9" customWidth="1"/>
+    <col min="11" max="11" width="3" style="9" customWidth="1"/>
+    <col min="12" max="12" width="12.73046875" style="9" customWidth="1"/>
+    <col min="13" max="16384" width="9.1328125" style="9"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A1" s="36">
+    <row r="1" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A1" s="8">
         <v>2020</v>
       </c>
     </row>
-    <row r="2" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A2" s="260" t="s">
+    <row r="2" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A2" s="137" t="s">
         <v>0</v>
       </c>
-      <c r="B2" s="260"/>
-[...12 lines deleted...]
-      <c r="A3" s="261" t="s">
+      <c r="B2" s="137"/>
+      <c r="C2" s="137"/>
+      <c r="D2" s="137"/>
+      <c r="E2" s="137"/>
+      <c r="F2" s="137"/>
+      <c r="G2" s="137"/>
+      <c r="H2" s="137"/>
+      <c r="I2" s="137"/>
+      <c r="J2" s="137"/>
+      <c r="K2" s="137"/>
+      <c r="L2" s="137"/>
+    </row>
+    <row r="3" spans="1:12" ht="17.649999999999999" x14ac:dyDescent="0.5">
+      <c r="A3" s="138" t="s">
         <v>218</v>
       </c>
-      <c r="B3" s="333"/>
-[...26 lines deleted...]
-      <c r="B5" s="108" t="s">
+      <c r="B3" s="193"/>
+      <c r="C3" s="193"/>
+      <c r="D3" s="193"/>
+      <c r="E3" s="193"/>
+      <c r="F3" s="193"/>
+      <c r="G3" s="193"/>
+      <c r="H3" s="193"/>
+      <c r="I3" s="193"/>
+      <c r="J3" s="193"/>
+      <c r="K3" s="193"/>
+      <c r="L3" s="193"/>
+    </row>
+    <row r="4" spans="1:12" ht="7.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A4" s="17"/>
+      <c r="B4" s="17"/>
+      <c r="C4" s="17"/>
+      <c r="D4" s="17"/>
+      <c r="E4" s="17"/>
+      <c r="F4" s="17"/>
+      <c r="G4" s="17"/>
+      <c r="H4" s="17"/>
+      <c r="I4" s="17"/>
+      <c r="J4" s="17"/>
+      <c r="K4" s="17"/>
+      <c r="L4" s="17"/>
+    </row>
+    <row r="5" spans="1:12" ht="14.1" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B5" s="10" t="s">
         <v>135</v>
       </c>
-      <c r="C5" s="270">
+      <c r="C5" s="153">
         <f>(Title!$C$3)</f>
         <v>0</v>
       </c>
-      <c r="D5" s="269"/>
-[...2 lines deleted...]
-      <c r="G5" s="264" t="s">
+      <c r="D5" s="152"/>
+      <c r="E5" s="152"/>
+      <c r="F5" s="152"/>
+      <c r="G5" s="141" t="s">
         <v>138</v>
       </c>
-      <c r="H5" s="321"/>
-      <c r="I5" s="270">
+      <c r="H5" s="184"/>
+      <c r="I5" s="153">
         <f>(Title!$C$5)</f>
         <v>0</v>
       </c>
-      <c r="J5" s="312"/>
-[...4 lines deleted...]
-      <c r="B6" s="144" t="s">
+      <c r="J5" s="178"/>
+      <c r="K5" s="178"/>
+      <c r="L5" s="178"/>
+    </row>
+    <row r="6" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="B6" s="77" t="s">
         <v>219</v>
       </c>
     </row>
-    <row r="7" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A7" s="17" t="s">
+    <row r="7" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A7" s="13" t="s">
         <v>10</v>
       </c>
     </row>
-    <row r="8" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A8" s="18" t="s">
+    <row r="8" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A8" s="14" t="s">
         <v>12</v>
       </c>
-      <c r="C8" s="18" t="s">
+      <c r="C8" s="14" t="s">
+        <v>293</v>
+      </c>
+      <c r="D8" s="14"/>
+      <c r="E8" s="142" t="s">
+        <v>65</v>
+      </c>
+      <c r="F8" s="142"/>
+      <c r="G8" s="142"/>
+      <c r="I8" s="142" t="s">
+        <v>89</v>
+      </c>
+      <c r="J8" s="142"/>
+      <c r="K8" s="142"/>
+      <c r="L8" s="142"/>
+    </row>
+    <row r="9" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A9" s="46"/>
+      <c r="C9" s="8" t="s">
+        <v>90</v>
+      </c>
+      <c r="D9" s="11"/>
+      <c r="E9" s="192"/>
+      <c r="F9" s="192"/>
+      <c r="G9" s="192"/>
+      <c r="H9" s="11"/>
+      <c r="I9" s="192"/>
+      <c r="J9" s="192"/>
+      <c r="K9" s="192"/>
+      <c r="L9" s="192"/>
+    </row>
+    <row r="10" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A10" s="46"/>
+      <c r="C10" s="8" t="s">
+        <v>90</v>
+      </c>
+      <c r="D10" s="11"/>
+      <c r="E10" s="12"/>
+      <c r="F10" s="12"/>
+      <c r="G10" s="12"/>
+      <c r="H10" s="11"/>
+      <c r="I10" s="12"/>
+      <c r="J10" s="12"/>
+      <c r="K10" s="12"/>
+      <c r="L10" s="12"/>
+    </row>
+    <row r="11" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A11" s="46"/>
+      <c r="B11" s="137" t="s">
+        <v>220</v>
+      </c>
+      <c r="C11" s="151"/>
+      <c r="D11" s="151"/>
+      <c r="E11" s="191"/>
+      <c r="F11" s="191"/>
+      <c r="G11" s="191"/>
+      <c r="H11" s="11"/>
+      <c r="I11" s="191"/>
+      <c r="J11" s="191"/>
+      <c r="K11" s="191"/>
+      <c r="L11" s="191"/>
+    </row>
+    <row r="12" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A12" s="46"/>
+      <c r="B12" s="137" t="s">
+        <v>220</v>
+      </c>
+      <c r="C12" s="151"/>
+      <c r="D12" s="151"/>
+      <c r="E12" s="191"/>
+      <c r="F12" s="191"/>
+      <c r="G12" s="191"/>
+      <c r="H12" s="11"/>
+      <c r="I12" s="191"/>
+      <c r="J12" s="191"/>
+      <c r="K12" s="191"/>
+      <c r="L12" s="191"/>
+    </row>
+    <row r="13" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A13" s="46"/>
+      <c r="B13" s="137" t="s">
         <v>294</v>
       </c>
-      <c r="D8" s="18"/>
-[...14 lines deleted...]
-      <c r="C9" s="25" t="s">
+      <c r="C13" s="151"/>
+      <c r="D13" s="151"/>
+      <c r="E13" s="191"/>
+      <c r="F13" s="191"/>
+      <c r="G13" s="191"/>
+      <c r="H13" s="11"/>
+      <c r="I13" s="191"/>
+      <c r="J13" s="191"/>
+      <c r="K13" s="191"/>
+      <c r="L13" s="191"/>
+    </row>
+    <row r="15" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="I15" s="164" t="s">
+        <v>14</v>
+      </c>
+      <c r="J15" s="164"/>
+      <c r="L15" s="13" t="s">
+        <v>14</v>
+      </c>
+    </row>
+    <row r="16" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="A16" s="13" t="s">
+        <v>10</v>
+      </c>
+      <c r="D16" s="11"/>
+      <c r="E16" s="11"/>
+      <c r="F16" s="11"/>
+      <c r="H16" s="11"/>
+      <c r="I16" s="164" t="s">
+        <v>174</v>
+      </c>
+      <c r="J16" s="164"/>
+      <c r="K16" s="11"/>
+      <c r="L16" s="13" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="17" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A17" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="B17" s="142" t="s">
+        <v>5</v>
+      </c>
+      <c r="C17" s="142"/>
+      <c r="D17" s="142"/>
+      <c r="E17" s="142" t="s">
+        <v>221</v>
+      </c>
+      <c r="F17" s="142"/>
+      <c r="G17" s="142"/>
+      <c r="H17" s="14"/>
+      <c r="I17" s="142" t="s">
+        <v>222</v>
+      </c>
+      <c r="J17" s="142"/>
+      <c r="K17" s="11"/>
+      <c r="L17" s="14" t="s">
+        <v>15</v>
+      </c>
+    </row>
+    <row r="18" spans="1:12" ht="6" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A18" s="14"/>
+      <c r="C18" s="14"/>
+      <c r="D18" s="11"/>
+      <c r="E18" s="42"/>
+      <c r="F18" s="11"/>
+      <c r="H18" s="42"/>
+      <c r="I18" s="42"/>
+      <c r="J18" s="11"/>
+      <c r="K18" s="11"/>
+      <c r="L18" s="42"/>
+    </row>
+    <row r="19" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A19" s="46"/>
+      <c r="B19" s="137" t="s">
+        <v>295</v>
+      </c>
+      <c r="C19" s="151"/>
+      <c r="D19" s="151"/>
+      <c r="E19" s="145"/>
+      <c r="F19" s="145"/>
+      <c r="G19" s="145"/>
+      <c r="H19" s="11"/>
+      <c r="I19" s="168"/>
+      <c r="J19" s="168"/>
+      <c r="L19" s="48"/>
+    </row>
+    <row r="20" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A20" s="46"/>
+      <c r="B20" s="137" t="s">
+        <v>295</v>
+      </c>
+      <c r="C20" s="151"/>
+      <c r="D20" s="151"/>
+      <c r="E20" s="146"/>
+      <c r="F20" s="146"/>
+      <c r="G20" s="146"/>
+      <c r="H20" s="11"/>
+      <c r="I20" s="161"/>
+      <c r="J20" s="161"/>
+      <c r="L20" s="48"/>
+    </row>
+    <row r="21" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A21" s="46"/>
+      <c r="B21" s="137" t="s">
+        <v>295</v>
+      </c>
+      <c r="C21" s="151"/>
+      <c r="D21" s="151"/>
+      <c r="E21" s="146"/>
+      <c r="F21" s="146"/>
+      <c r="G21" s="146"/>
+      <c r="H21" s="11"/>
+      <c r="I21" s="161"/>
+      <c r="J21" s="161"/>
+      <c r="L21" s="48"/>
+    </row>
+    <row r="22" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A22" s="46"/>
+      <c r="B22" s="137" t="s">
+        <v>295</v>
+      </c>
+      <c r="C22" s="151"/>
+      <c r="D22" s="151"/>
+      <c r="E22" s="146"/>
+      <c r="F22" s="146"/>
+      <c r="G22" s="146"/>
+      <c r="H22" s="11"/>
+      <c r="I22" s="161"/>
+      <c r="J22" s="161"/>
+      <c r="L22" s="48"/>
+    </row>
+    <row r="23" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A23" s="46"/>
+      <c r="B23" s="137" t="s">
+        <v>295</v>
+      </c>
+      <c r="C23" s="151"/>
+      <c r="D23" s="151"/>
+      <c r="E23" s="146"/>
+      <c r="F23" s="146"/>
+      <c r="G23" s="146"/>
+      <c r="H23" s="11"/>
+      <c r="I23" s="161"/>
+      <c r="J23" s="161"/>
+      <c r="L23" s="48"/>
+    </row>
+    <row r="24" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A24" s="46"/>
+      <c r="B24" s="137" t="s">
+        <v>295</v>
+      </c>
+      <c r="C24" s="151"/>
+      <c r="D24" s="151"/>
+      <c r="E24" s="146"/>
+      <c r="F24" s="146"/>
+      <c r="G24" s="146"/>
+      <c r="H24" s="11"/>
+      <c r="I24" s="161"/>
+      <c r="J24" s="161"/>
+      <c r="L24" s="48"/>
+    </row>
+    <row r="25" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A25" s="46"/>
+      <c r="B25" s="137" t="s">
+        <v>295</v>
+      </c>
+      <c r="C25" s="151"/>
+      <c r="D25" s="151"/>
+      <c r="E25" s="196"/>
+      <c r="F25" s="196"/>
+      <c r="G25" s="196"/>
+      <c r="H25" s="11"/>
+      <c r="I25" s="161"/>
+      <c r="J25" s="161"/>
+      <c r="K25" s="14"/>
+      <c r="L25" s="48"/>
+    </row>
+    <row r="27" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B27" s="142" t="s">
+        <v>28</v>
+      </c>
+      <c r="C27" s="142"/>
+      <c r="D27" s="142"/>
+      <c r="E27" s="142"/>
+      <c r="F27" s="142"/>
+      <c r="G27" s="142"/>
+    </row>
+    <row r="28" spans="1:12" x14ac:dyDescent="0.35">
+      <c r="H28" s="14"/>
+      <c r="I28" s="142" t="s">
+        <v>20</v>
+      </c>
+      <c r="J28" s="142"/>
+      <c r="L28" s="14" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="29" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B29" s="9" t="s">
+        <v>304</v>
+      </c>
+      <c r="C29" s="16"/>
+      <c r="F29" s="16"/>
+      <c r="G29" s="9" t="s">
+        <v>91</v>
+      </c>
+      <c r="H29" s="11"/>
+      <c r="I29" s="145"/>
+      <c r="J29" s="145"/>
+      <c r="K29" s="14"/>
+      <c r="L29" s="46"/>
+    </row>
+    <row r="30" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B30" s="9" t="s">
         <v>90</v>
       </c>
-      <c r="D9" s="21"/>
-[...11 lines deleted...]
-      <c r="C10" s="25" t="s">
+      <c r="C30" s="8"/>
+      <c r="D30" s="8" t="s">
+        <v>92</v>
+      </c>
+      <c r="F30" s="11"/>
+      <c r="G30" s="8" t="s">
+        <v>223</v>
+      </c>
+      <c r="H30" s="11"/>
+      <c r="I30" s="145"/>
+      <c r="J30" s="145"/>
+      <c r="K30" s="11"/>
+      <c r="L30" s="46"/>
+    </row>
+    <row r="31" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B31" s="9" t="s">
         <v>90</v>
       </c>
-      <c r="D10" s="21"/>
-[...123 lines deleted...]
-      <c r="B19" s="326" t="s">
+      <c r="D31" s="9" t="s">
+        <v>93</v>
+      </c>
+      <c r="G31" s="9" t="s">
+        <v>224</v>
+      </c>
+      <c r="H31" s="11"/>
+      <c r="I31" s="145"/>
+      <c r="J31" s="145"/>
+      <c r="L31" s="46"/>
+    </row>
+    <row r="32" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B32" s="9" t="s">
+        <v>225</v>
+      </c>
+      <c r="C32" s="8"/>
+      <c r="D32" s="8" t="s">
+        <v>94</v>
+      </c>
+      <c r="F32" s="11"/>
+      <c r="G32" s="8" t="s">
+        <v>95</v>
+      </c>
+      <c r="H32" s="11"/>
+      <c r="I32" s="145"/>
+      <c r="J32" s="145"/>
+      <c r="K32" s="11"/>
+      <c r="L32" s="46"/>
+    </row>
+    <row r="33" spans="2:12" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B33" s="9" t="s">
+        <v>294</v>
+      </c>
+      <c r="C33" s="8"/>
+      <c r="D33" s="8" t="s">
+        <v>226</v>
+      </c>
+      <c r="F33" s="11"/>
+      <c r="G33" s="8" t="s">
         <v>296</v>
       </c>
-      <c r="C19" s="327"/>
-[...166 lines deleted...]
-      <c r="G31" s="12" t="s">
+      <c r="H33" s="11"/>
+      <c r="I33" s="145"/>
+      <c r="J33" s="145"/>
+      <c r="K33" s="11"/>
+      <c r="L33" s="46"/>
+    </row>
+    <row r="34" spans="2:12" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B34" s="9" t="s">
+        <v>96</v>
+      </c>
+      <c r="D34" s="9" t="s">
+        <v>97</v>
+      </c>
+      <c r="H34" s="11"/>
+      <c r="I34" s="145"/>
+      <c r="J34" s="145"/>
+      <c r="L34" s="46"/>
+    </row>
+    <row r="35" spans="2:12" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B35" s="9" t="s">
+        <v>227</v>
+      </c>
+      <c r="G35" s="9" t="s">
+        <v>98</v>
+      </c>
+      <c r="H35" s="11"/>
+      <c r="I35" s="145"/>
+      <c r="J35" s="145"/>
+      <c r="L35" s="46"/>
+    </row>
+    <row r="36" spans="2:12" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B36" s="9" t="s">
+        <v>228</v>
+      </c>
+      <c r="G36" s="9" t="s">
+        <v>98</v>
+      </c>
+      <c r="H36" s="11"/>
+      <c r="I36" s="145"/>
+      <c r="J36" s="145"/>
+      <c r="L36" s="46"/>
+    </row>
+    <row r="37" spans="2:12" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B37" s="9" t="s">
+        <v>202</v>
+      </c>
+      <c r="G37" s="9" t="s">
+        <v>229</v>
+      </c>
+      <c r="H37" s="11"/>
+      <c r="I37" s="145"/>
+      <c r="J37" s="145"/>
+      <c r="L37" s="46"/>
+    </row>
+    <row r="38" spans="2:12" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B38" s="9" t="s">
+        <v>297</v>
+      </c>
+      <c r="G38" s="9" t="s">
+        <v>298</v>
+      </c>
+      <c r="I38" s="194"/>
+      <c r="J38" s="194"/>
+      <c r="L38" s="47"/>
+    </row>
+    <row r="39" spans="2:12" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B39" s="9" t="s">
+        <v>299</v>
+      </c>
+      <c r="G39" s="9" t="s">
+        <v>298</v>
+      </c>
+      <c r="I39" s="194"/>
+      <c r="J39" s="194"/>
+      <c r="L39" s="46"/>
+    </row>
+    <row r="40" spans="2:12" x14ac:dyDescent="0.35">
+      <c r="B40" s="9" t="s">
+        <v>315</v>
+      </c>
+      <c r="G40" s="9" t="s">
         <v>224</v>
       </c>
-      <c r="H31" s="97"/>
-[...15 lines deleted...]
-      <c r="G32" s="25" t="s">
+    </row>
+    <row r="41" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B41" s="142" t="s">
+        <v>99</v>
+      </c>
+      <c r="C41" s="142"/>
+      <c r="D41" s="142"/>
+      <c r="E41" s="142"/>
+      <c r="F41" s="142"/>
+      <c r="G41" s="142"/>
+      <c r="H41" s="142"/>
+    </row>
+    <row r="42" spans="2:12" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B42" s="9" t="s">
+        <v>230</v>
+      </c>
+      <c r="G42" s="9" t="s">
+        <v>231</v>
+      </c>
+      <c r="H42" s="11">
+        <v>201</v>
+      </c>
+      <c r="I42" s="195"/>
+      <c r="J42" s="195"/>
+      <c r="L42" s="59"/>
+    </row>
+    <row r="43" spans="2:12" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B43" s="9" t="s">
+        <v>100</v>
+      </c>
+      <c r="G43" s="9" t="s">
+        <v>101</v>
+      </c>
+      <c r="I43" s="195"/>
+      <c r="J43" s="195"/>
+      <c r="L43" s="59"/>
+    </row>
+    <row r="44" spans="2:12" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B44" s="9" t="s">
+        <v>102</v>
+      </c>
+      <c r="G44" s="9" t="s">
+        <v>101</v>
+      </c>
+      <c r="I44" s="195"/>
+      <c r="J44" s="195"/>
+      <c r="L44" s="59"/>
+    </row>
+    <row r="45" spans="2:12" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B45" s="9" t="s">
+        <v>103</v>
+      </c>
+      <c r="C45" s="8"/>
+      <c r="D45" s="8"/>
+      <c r="F45" s="11"/>
+      <c r="G45" s="9" t="s">
+        <v>334</v>
+      </c>
+      <c r="H45" s="11"/>
+      <c r="I45" s="195"/>
+      <c r="J45" s="195"/>
+      <c r="K45" s="11"/>
+      <c r="L45" s="59"/>
+    </row>
+    <row r="46" spans="2:12" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B46" s="9" t="s">
+        <v>232</v>
+      </c>
+      <c r="C46" s="8"/>
+      <c r="D46" s="43"/>
+      <c r="F46" s="11"/>
+      <c r="G46" s="8" t="s">
+        <v>76</v>
+      </c>
+      <c r="H46" s="11">
+        <v>821301</v>
+      </c>
+      <c r="I46" s="159"/>
+      <c r="J46" s="159"/>
+      <c r="K46" s="11"/>
+      <c r="L46" s="50"/>
+    </row>
+    <row r="47" spans="2:12" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B47" s="9" t="s">
+        <v>300</v>
+      </c>
+      <c r="G47" s="9" t="s">
         <v>95</v>
       </c>
-      <c r="H32" s="96"/>
-[...263 lines deleted...]
-      <c r="B49" s="284" t="s">
+      <c r="H47" s="11"/>
+      <c r="I47" s="90"/>
+      <c r="J47" s="90"/>
+      <c r="K47" s="11"/>
+      <c r="L47" s="90"/>
+    </row>
+    <row r="49" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B49" s="142" t="s">
         <v>104</v>
       </c>
-      <c r="C49" s="284"/>
-[...12 lines deleted...]
-      <c r="B50" s="98" t="s">
+      <c r="C49" s="142"/>
+      <c r="D49" s="142"/>
+      <c r="E49" s="142"/>
+      <c r="F49" s="142"/>
+      <c r="G49" s="142"/>
+      <c r="H49" s="142"/>
+      <c r="I49" s="14"/>
+      <c r="J49" s="14"/>
+      <c r="K49" s="14"/>
+      <c r="L49" s="14"/>
+    </row>
+    <row r="50" spans="2:12" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B50" s="9" t="s">
         <v>105</v>
       </c>
-      <c r="C50" s="98"/>
-[...3 lines deleted...]
-      <c r="G50" s="98" t="s">
+      <c r="G50" s="9" t="s">
         <v>233</v>
       </c>
-      <c r="H50" s="95">
+      <c r="H50" s="11">
         <v>800242</v>
       </c>
-      <c r="I50" s="286"/>
-[...5 lines deleted...]
-      <c r="G51" s="14" t="s">
+      <c r="I50" s="159"/>
+      <c r="J50" s="159"/>
+      <c r="L50" s="50"/>
+    </row>
+    <row r="51" spans="2:12" x14ac:dyDescent="0.35">
+      <c r="G51" s="9" t="s">
         <v>234</v>
       </c>
     </row>
-    <row r="52" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="B52" s="98" t="s">
+    <row r="52" spans="2:12" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B52" s="9" t="s">
         <v>235</v>
       </c>
-      <c r="C52" s="98"/>
-[...3 lines deleted...]
-      <c r="G52" s="98" t="s">
+      <c r="G52" s="9" t="s">
         <v>233</v>
       </c>
-      <c r="H52" s="98"/>
-[...12 lines deleted...]
-      <c r="G53" s="14" t="s">
+      <c r="I52" s="159"/>
+      <c r="J52" s="159"/>
+      <c r="L52" s="50"/>
+    </row>
+    <row r="53" spans="2:12" ht="14.1" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="G53" s="9" t="s">
         <v>234</v>
       </c>
-      <c r="H53" s="98"/>
-[...20 lines deleted...]
-      <c r="B55" s="101" t="s">
+    </row>
+    <row r="55" spans="2:12" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B55" s="9" t="s">
         <v>16</v>
       </c>
-      <c r="C55" s="253"/>
-[...47 lines deleted...]
-      <c r="L58" s="250"/>
+      <c r="C55" s="150"/>
+      <c r="D55" s="150"/>
+      <c r="E55" s="150"/>
+      <c r="F55" s="150"/>
+      <c r="G55" s="150"/>
+      <c r="H55" s="150"/>
+      <c r="I55" s="150"/>
+      <c r="J55" s="150"/>
+      <c r="K55" s="150"/>
+      <c r="L55" s="150"/>
+    </row>
+    <row r="56" spans="2:12" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B56" s="150"/>
+      <c r="C56" s="150"/>
+      <c r="D56" s="150"/>
+      <c r="E56" s="150"/>
+      <c r="F56" s="150"/>
+      <c r="G56" s="150"/>
+      <c r="H56" s="150"/>
+      <c r="I56" s="150"/>
+      <c r="J56" s="150"/>
+      <c r="K56" s="150"/>
+      <c r="L56" s="150"/>
+    </row>
+    <row r="57" spans="2:12" x14ac:dyDescent="0.35">
+      <c r="B57" s="147"/>
+      <c r="C57" s="147"/>
+      <c r="D57" s="147"/>
+      <c r="E57" s="147"/>
+      <c r="F57" s="147"/>
+      <c r="G57" s="147"/>
+      <c r="H57" s="147"/>
+      <c r="I57" s="147"/>
+      <c r="J57" s="147"/>
+      <c r="K57" s="147"/>
+      <c r="L57" s="147"/>
+    </row>
+    <row r="58" spans="2:12" x14ac:dyDescent="0.35">
+      <c r="B58" s="147"/>
+      <c r="C58" s="147"/>
+      <c r="D58" s="147"/>
+      <c r="E58" s="147"/>
+      <c r="F58" s="147"/>
+      <c r="G58" s="147"/>
+      <c r="H58" s="147"/>
+      <c r="I58" s="147"/>
+      <c r="J58" s="147"/>
+      <c r="K58" s="147"/>
+      <c r="L58" s="147"/>
     </row>
   </sheetData>
   <mergeCells count="70">
-    <mergeCell ref="E12:G12"/>
-[...9 lines deleted...]
-    <mergeCell ref="G5:H5"/>
+    <mergeCell ref="B19:D19"/>
+    <mergeCell ref="B20:D20"/>
+    <mergeCell ref="I34:J34"/>
+    <mergeCell ref="I21:J21"/>
+    <mergeCell ref="I22:J22"/>
+    <mergeCell ref="E24:G24"/>
+    <mergeCell ref="I24:J24"/>
+    <mergeCell ref="I31:J31"/>
+    <mergeCell ref="B25:D25"/>
+    <mergeCell ref="I33:J33"/>
+    <mergeCell ref="E25:G25"/>
+    <mergeCell ref="B11:D11"/>
+    <mergeCell ref="B21:D21"/>
+    <mergeCell ref="E23:G23"/>
+    <mergeCell ref="I23:J23"/>
+    <mergeCell ref="I17:J17"/>
+    <mergeCell ref="E19:G19"/>
+    <mergeCell ref="I19:J19"/>
+    <mergeCell ref="B23:D23"/>
+    <mergeCell ref="E21:G21"/>
+    <mergeCell ref="E11:G11"/>
+    <mergeCell ref="B13:D13"/>
+    <mergeCell ref="B22:D22"/>
+    <mergeCell ref="E13:G13"/>
+    <mergeCell ref="I13:L13"/>
+    <mergeCell ref="B12:D12"/>
+    <mergeCell ref="I11:L11"/>
+    <mergeCell ref="B58:L58"/>
+    <mergeCell ref="I35:J35"/>
+    <mergeCell ref="I36:J36"/>
+    <mergeCell ref="I37:J37"/>
+    <mergeCell ref="B41:H41"/>
+    <mergeCell ref="B57:L57"/>
+    <mergeCell ref="B56:L56"/>
+    <mergeCell ref="I42:J42"/>
+    <mergeCell ref="I52:J52"/>
+    <mergeCell ref="I50:J50"/>
+    <mergeCell ref="I46:J46"/>
+    <mergeCell ref="C55:L55"/>
+    <mergeCell ref="B49:H49"/>
+    <mergeCell ref="I38:J38"/>
+    <mergeCell ref="I43:J43"/>
+    <mergeCell ref="I44:J44"/>
     <mergeCell ref="I39:J39"/>
     <mergeCell ref="I45:J45"/>
     <mergeCell ref="E20:G20"/>
     <mergeCell ref="I20:J20"/>
     <mergeCell ref="I15:J15"/>
     <mergeCell ref="E17:G17"/>
     <mergeCell ref="I30:J30"/>
     <mergeCell ref="B27:G27"/>
     <mergeCell ref="I25:J25"/>
     <mergeCell ref="E22:G22"/>
     <mergeCell ref="B24:D24"/>
     <mergeCell ref="I28:J28"/>
     <mergeCell ref="I29:J29"/>
     <mergeCell ref="I16:J16"/>
     <mergeCell ref="B17:D17"/>
     <mergeCell ref="I32:J32"/>
-    <mergeCell ref="B58:L58"/>
-[...41 lines deleted...]
-    <mergeCell ref="E25:G25"/>
+    <mergeCell ref="A2:L2"/>
+    <mergeCell ref="A3:L3"/>
+    <mergeCell ref="C5:F5"/>
+    <mergeCell ref="I5:L5"/>
+    <mergeCell ref="G5:H5"/>
+    <mergeCell ref="E12:G12"/>
+    <mergeCell ref="I12:L12"/>
+    <mergeCell ref="E9:G9"/>
+    <mergeCell ref="I9:L9"/>
+    <mergeCell ref="E8:G8"/>
+    <mergeCell ref="I8:L8"/>
   </mergeCells>
   <phoneticPr fontId="17" type="noConversion"/>
   <pageMargins left="0.75" right="0.25" top="0.5" bottom="0.5" header="0" footer="0"/>
   <pageSetup scale="90" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{38CCD9D0-8995-4C93-B843-34991204534B}">
+  <dimension ref="A1:P44"/>
+  <sheetViews>
+    <sheetView workbookViewId="0">
+      <selection activeCell="Q22" sqref="Q22"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.35"/>
+  <cols>
+    <col min="1" max="1" width="9.06640625" style="114"/>
+    <col min="2" max="2" width="1.73046875" style="114" customWidth="1"/>
+    <col min="3" max="5" width="9.06640625" style="114"/>
+    <col min="6" max="6" width="1.3984375" style="114" customWidth="1"/>
+    <col min="7" max="8" width="9.06640625" style="114"/>
+    <col min="9" max="9" width="16.73046875" style="114" customWidth="1"/>
+    <col min="10" max="10" width="1.73046875" style="114" customWidth="1"/>
+    <col min="11" max="11" width="12.1328125" style="114" customWidth="1"/>
+    <col min="12" max="12" width="7.59765625" style="114" customWidth="1"/>
+    <col min="13" max="13" width="2.59765625" style="114" customWidth="1"/>
+    <col min="14" max="16384" width="9.06640625" style="114"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="C1" s="197" t="s">
+        <v>0</v>
+      </c>
+      <c r="D1" s="197"/>
+      <c r="E1" s="197"/>
+      <c r="F1" s="197"/>
+      <c r="G1" s="197"/>
+      <c r="H1" s="197"/>
+      <c r="I1" s="197"/>
+      <c r="J1" s="197"/>
+      <c r="K1" s="197"/>
+      <c r="L1" s="197"/>
+      <c r="M1" s="197"/>
+      <c r="N1" s="197"/>
+      <c r="O1" s="197"/>
+      <c r="P1" s="197"/>
+    </row>
+    <row r="2" spans="1:16" ht="17.649999999999999" x14ac:dyDescent="0.5">
+      <c r="C2" s="200" t="s">
+        <v>364</v>
+      </c>
+      <c r="D2" s="200"/>
+      <c r="E2" s="200"/>
+      <c r="F2" s="200"/>
+      <c r="G2" s="200"/>
+      <c r="H2" s="200"/>
+      <c r="I2" s="200"/>
+      <c r="J2" s="200"/>
+      <c r="K2" s="200"/>
+      <c r="L2" s="200"/>
+      <c r="M2" s="200"/>
+      <c r="N2" s="200"/>
+      <c r="O2" s="116"/>
+      <c r="P2" s="116"/>
+    </row>
+    <row r="5" spans="1:16" s="117" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="C5" s="118" t="s">
+        <v>135</v>
+      </c>
+      <c r="D5" s="201">
+        <f>'[1]Title Page'!C3</f>
+        <v>0</v>
+      </c>
+      <c r="E5" s="202"/>
+      <c r="F5" s="202"/>
+      <c r="G5" s="202"/>
+      <c r="H5" s="202"/>
+      <c r="I5" s="203" t="s">
+        <v>138</v>
+      </c>
+      <c r="J5" s="204"/>
+      <c r="K5" s="201">
+        <f>'[1]Title Page'!C5</f>
+        <v>0</v>
+      </c>
+      <c r="L5" s="205"/>
+      <c r="M5" s="205"/>
+      <c r="N5" s="205"/>
+    </row>
+    <row r="6" spans="1:16" s="117" customFormat="1" ht="11.65" x14ac:dyDescent="0.35">
+      <c r="C6" s="119" t="s">
+        <v>343</v>
+      </c>
+    </row>
+    <row r="7" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="D7" s="206" t="s">
+        <v>344</v>
+      </c>
+      <c r="E7" s="206"/>
+      <c r="F7" s="206"/>
+      <c r="G7" s="206"/>
+      <c r="H7" s="206"/>
+      <c r="I7" s="206"/>
+    </row>
+    <row r="8" spans="1:16" s="117" customFormat="1" ht="11.65" x14ac:dyDescent="0.35">
+      <c r="A8" s="120" t="s">
+        <v>10</v>
+      </c>
+      <c r="B8" s="120"/>
+    </row>
+    <row r="9" spans="1:16" s="117" customFormat="1" ht="11.65" x14ac:dyDescent="0.35">
+      <c r="A9" s="121" t="s">
+        <v>12</v>
+      </c>
+      <c r="B9" s="121"/>
+      <c r="D9" s="121" t="s">
+        <v>293</v>
+      </c>
+      <c r="E9" s="121"/>
+      <c r="F9" s="121"/>
+      <c r="G9" s="207" t="s">
+        <v>65</v>
+      </c>
+      <c r="H9" s="207"/>
+      <c r="I9" s="207"/>
+      <c r="K9" s="207" t="s">
+        <v>89</v>
+      </c>
+      <c r="L9" s="207"/>
+      <c r="M9" s="207"/>
+      <c r="N9" s="207"/>
+    </row>
+    <row r="10" spans="1:16" s="117" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A10" s="122"/>
+      <c r="B10" s="123"/>
+      <c r="C10" s="197" t="s">
+        <v>345</v>
+      </c>
+      <c r="D10" s="198"/>
+      <c r="E10" s="198"/>
+      <c r="F10" s="124"/>
+      <c r="G10" s="199"/>
+      <c r="H10" s="199"/>
+      <c r="I10" s="199"/>
+      <c r="J10" s="115"/>
+      <c r="K10" s="199"/>
+      <c r="L10" s="199"/>
+      <c r="M10" s="199"/>
+      <c r="N10" s="199"/>
+    </row>
+    <row r="11" spans="1:16" s="117" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A11" s="122"/>
+      <c r="B11" s="123"/>
+      <c r="C11" s="197" t="s">
+        <v>220</v>
+      </c>
+      <c r="D11" s="198"/>
+      <c r="E11" s="198"/>
+      <c r="F11" s="124"/>
+      <c r="G11" s="199"/>
+      <c r="H11" s="199"/>
+      <c r="I11" s="199"/>
+      <c r="J11" s="115"/>
+      <c r="K11" s="199"/>
+      <c r="L11" s="199"/>
+      <c r="M11" s="199"/>
+      <c r="N11" s="199"/>
+    </row>
+    <row r="14" spans="1:16" s="117" customFormat="1" ht="11.65" x14ac:dyDescent="0.35">
+      <c r="A14" s="120" t="s">
+        <v>10</v>
+      </c>
+      <c r="B14" s="120"/>
+      <c r="E14" s="115"/>
+      <c r="F14" s="115"/>
+      <c r="G14" s="120"/>
+      <c r="H14" s="115"/>
+      <c r="J14" s="115"/>
+      <c r="K14" s="209" t="s">
+        <v>174</v>
+      </c>
+      <c r="L14" s="209"/>
+      <c r="M14" s="115"/>
+      <c r="N14" s="120" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="15" spans="1:16" s="117" customFormat="1" ht="11.65" x14ac:dyDescent="0.35">
+      <c r="A15" s="121" t="s">
+        <v>12</v>
+      </c>
+      <c r="B15" s="121"/>
+      <c r="C15" s="207" t="s">
+        <v>5</v>
+      </c>
+      <c r="D15" s="207"/>
+      <c r="E15" s="207"/>
+      <c r="F15" s="121"/>
+      <c r="G15" s="207" t="s">
+        <v>346</v>
+      </c>
+      <c r="H15" s="207"/>
+      <c r="I15" s="207"/>
+      <c r="J15" s="121"/>
+      <c r="K15" s="207" t="s">
+        <v>222</v>
+      </c>
+      <c r="L15" s="207"/>
+      <c r="M15" s="115"/>
+      <c r="N15" s="121" t="s">
+        <v>347</v>
+      </c>
+    </row>
+    <row r="16" spans="1:16" s="117" customFormat="1" ht="11.65" x14ac:dyDescent="0.35">
+      <c r="A16" s="121"/>
+      <c r="B16" s="121"/>
+      <c r="D16" s="121"/>
+      <c r="E16" s="115"/>
+      <c r="F16" s="115"/>
+      <c r="G16" s="125"/>
+      <c r="H16" s="115"/>
+      <c r="J16" s="125"/>
+      <c r="K16" s="125"/>
+      <c r="L16" s="115"/>
+      <c r="M16" s="115"/>
+      <c r="N16" s="125"/>
+    </row>
+    <row r="17" spans="1:14" s="117" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A17" s="122"/>
+      <c r="B17" s="123"/>
+      <c r="C17" s="210"/>
+      <c r="D17" s="211"/>
+      <c r="E17" s="211"/>
+      <c r="F17" s="124"/>
+      <c r="G17" s="212"/>
+      <c r="H17" s="212"/>
+      <c r="I17" s="212"/>
+      <c r="J17" s="115"/>
+      <c r="K17" s="213"/>
+      <c r="L17" s="213"/>
+      <c r="N17" s="126"/>
+    </row>
+    <row r="18" spans="1:14" s="117" customFormat="1" x14ac:dyDescent="0.35">
+      <c r="A18" s="122"/>
+      <c r="B18" s="123"/>
+      <c r="C18" s="214"/>
+      <c r="D18" s="215"/>
+      <c r="E18" s="215"/>
+      <c r="F18" s="124"/>
+      <c r="G18" s="216"/>
+      <c r="H18" s="216"/>
+      <c r="I18" s="216"/>
+      <c r="J18" s="115"/>
+      <c r="K18" s="208"/>
+      <c r="L18" s="208"/>
+      <c r="N18" s="126"/>
+    </row>
+    <row r="19" spans="1:14" x14ac:dyDescent="0.35">
+      <c r="A19" s="122"/>
+      <c r="B19" s="123"/>
+      <c r="C19" s="214"/>
+      <c r="D19" s="215"/>
+      <c r="E19" s="215"/>
+      <c r="F19" s="124"/>
+      <c r="G19" s="216"/>
+      <c r="H19" s="216"/>
+      <c r="I19" s="216"/>
+      <c r="J19" s="115"/>
+      <c r="K19" s="208"/>
+      <c r="L19" s="208"/>
+      <c r="M19" s="117"/>
+      <c r="N19" s="126"/>
+    </row>
+    <row r="22" spans="1:14" s="117" customFormat="1" ht="11.65" x14ac:dyDescent="0.35">
+      <c r="C22" s="207" t="s">
+        <v>348</v>
+      </c>
+      <c r="D22" s="207"/>
+      <c r="E22" s="207"/>
+      <c r="F22" s="207"/>
+      <c r="G22" s="207"/>
+      <c r="H22" s="207"/>
+      <c r="I22" s="207"/>
+    </row>
+    <row r="23" spans="1:14" s="117" customFormat="1" ht="11.65" x14ac:dyDescent="0.35">
+      <c r="J23" s="121"/>
+      <c r="K23" s="207" t="s">
+        <v>20</v>
+      </c>
+      <c r="L23" s="207"/>
+      <c r="N23" s="121" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="24" spans="1:14" s="117" customFormat="1" ht="11.65" x14ac:dyDescent="0.35">
+      <c r="C24" s="117" t="s">
+        <v>349</v>
+      </c>
+      <c r="D24" s="127"/>
+      <c r="H24" s="127"/>
+      <c r="I24" s="117" t="s">
+        <v>350</v>
+      </c>
+      <c r="J24" s="115"/>
+      <c r="K24" s="212"/>
+      <c r="L24" s="212"/>
+      <c r="M24" s="121"/>
+      <c r="N24" s="122"/>
+    </row>
+    <row r="25" spans="1:14" s="117" customFormat="1" ht="11.65" x14ac:dyDescent="0.35">
+      <c r="C25" s="117" t="s">
+        <v>351</v>
+      </c>
+      <c r="D25" s="128"/>
+      <c r="E25" s="128" t="s">
+        <v>352</v>
+      </c>
+      <c r="F25" s="128"/>
+      <c r="H25" s="115"/>
+      <c r="I25" s="129" t="s">
+        <v>353</v>
+      </c>
+      <c r="J25" s="115"/>
+      <c r="K25" s="212"/>
+      <c r="L25" s="212"/>
+      <c r="M25" s="115"/>
+      <c r="N25" s="122"/>
+    </row>
+    <row r="28" spans="1:14" s="117" customFormat="1" ht="11.65" x14ac:dyDescent="0.35">
+      <c r="C28" s="207" t="s">
+        <v>354</v>
+      </c>
+      <c r="D28" s="207"/>
+      <c r="E28" s="207"/>
+      <c r="F28" s="207"/>
+      <c r="G28" s="207"/>
+      <c r="H28" s="207"/>
+      <c r="I28" s="207"/>
+    </row>
+    <row r="29" spans="1:14" s="117" customFormat="1" ht="11.65" x14ac:dyDescent="0.35">
+      <c r="J29" s="121"/>
+      <c r="K29" s="207" t="s">
+        <v>20</v>
+      </c>
+      <c r="L29" s="207"/>
+      <c r="N29" s="121" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="30" spans="1:14" s="117" customFormat="1" ht="11.65" x14ac:dyDescent="0.35">
+      <c r="C30" s="117" t="s">
+        <v>349</v>
+      </c>
+      <c r="D30" s="127"/>
+      <c r="H30" s="127"/>
+      <c r="J30" s="115"/>
+      <c r="K30" s="212"/>
+      <c r="L30" s="212"/>
+      <c r="M30" s="121"/>
+      <c r="N30" s="122"/>
+    </row>
+    <row r="31" spans="1:14" s="117" customFormat="1" ht="11.65" x14ac:dyDescent="0.35">
+      <c r="C31" s="117" t="s">
+        <v>355</v>
+      </c>
+      <c r="D31" s="128"/>
+      <c r="E31" s="128" t="s">
+        <v>352</v>
+      </c>
+      <c r="F31" s="128"/>
+      <c r="H31" s="115"/>
+      <c r="I31" s="129" t="s">
+        <v>353</v>
+      </c>
+      <c r="J31" s="115"/>
+      <c r="K31" s="212"/>
+      <c r="L31" s="212"/>
+      <c r="M31" s="115"/>
+      <c r="N31" s="122"/>
+    </row>
+    <row r="32" spans="1:14" ht="15" x14ac:dyDescent="0.35">
+      <c r="C32" s="117" t="s">
+        <v>356</v>
+      </c>
+      <c r="I32" s="130" t="s">
+        <v>357</v>
+      </c>
+      <c r="K32" s="215"/>
+      <c r="L32" s="215"/>
+      <c r="N32" s="131"/>
+    </row>
+    <row r="34" spans="3:14" x14ac:dyDescent="0.35">
+      <c r="C34" s="117"/>
+      <c r="D34" s="127" t="s">
+        <v>99</v>
+      </c>
+      <c r="E34" s="127"/>
+      <c r="F34" s="127"/>
+      <c r="G34" s="127"/>
+      <c r="H34" s="127"/>
+      <c r="I34" s="127"/>
+      <c r="J34" s="127"/>
+      <c r="K34" s="117"/>
+      <c r="L34" s="117"/>
+      <c r="M34" s="117"/>
+      <c r="N34" s="117"/>
+    </row>
+    <row r="35" spans="3:14" x14ac:dyDescent="0.35">
+      <c r="C35" s="117" t="s">
+        <v>358</v>
+      </c>
+      <c r="D35" s="117"/>
+      <c r="E35" s="117" t="s">
+        <v>359</v>
+      </c>
+      <c r="F35" s="117"/>
+      <c r="G35" s="117"/>
+      <c r="H35" s="117"/>
+      <c r="I35" s="117" t="s">
+        <v>37</v>
+      </c>
+      <c r="J35" s="117"/>
+      <c r="K35" s="218"/>
+      <c r="L35" s="218"/>
+      <c r="M35" s="117"/>
+      <c r="N35" s="132"/>
+    </row>
+    <row r="36" spans="3:14" x14ac:dyDescent="0.35">
+      <c r="C36" s="117" t="s">
+        <v>360</v>
+      </c>
+      <c r="D36" s="117"/>
+      <c r="E36" s="117" t="s">
+        <v>359</v>
+      </c>
+      <c r="F36" s="117"/>
+      <c r="G36" s="117"/>
+      <c r="H36" s="117"/>
+      <c r="I36" s="117" t="s">
+        <v>37</v>
+      </c>
+      <c r="J36" s="115"/>
+      <c r="K36" s="133"/>
+      <c r="L36" s="133"/>
+      <c r="M36" s="115"/>
+      <c r="N36" s="133"/>
+    </row>
+    <row r="39" spans="3:14" x14ac:dyDescent="0.35">
+      <c r="C39" s="127" t="s">
+        <v>361</v>
+      </c>
+      <c r="D39" s="127"/>
+      <c r="E39" s="127"/>
+      <c r="F39" s="127"/>
+      <c r="G39" s="127"/>
+      <c r="H39" s="127"/>
+      <c r="I39" s="127"/>
+    </row>
+    <row r="41" spans="3:14" x14ac:dyDescent="0.35">
+      <c r="C41" s="117" t="s">
+        <v>16</v>
+      </c>
+      <c r="D41" s="219"/>
+      <c r="E41" s="219"/>
+      <c r="F41" s="219"/>
+      <c r="G41" s="219"/>
+      <c r="H41" s="219"/>
+      <c r="I41" s="219"/>
+      <c r="J41" s="219"/>
+      <c r="K41" s="219"/>
+      <c r="L41" s="219"/>
+      <c r="M41" s="219"/>
+    </row>
+    <row r="42" spans="3:14" x14ac:dyDescent="0.35">
+      <c r="C42" s="219"/>
+      <c r="D42" s="219"/>
+      <c r="E42" s="219"/>
+      <c r="F42" s="219"/>
+      <c r="G42" s="219"/>
+      <c r="H42" s="219"/>
+      <c r="I42" s="219"/>
+      <c r="J42" s="219"/>
+      <c r="K42" s="219"/>
+      <c r="L42" s="219"/>
+      <c r="M42" s="219"/>
+    </row>
+    <row r="43" spans="3:14" x14ac:dyDescent="0.35">
+      <c r="C43" s="217"/>
+      <c r="D43" s="217"/>
+      <c r="E43" s="217"/>
+      <c r="F43" s="217"/>
+      <c r="G43" s="217"/>
+      <c r="H43" s="217"/>
+      <c r="I43" s="217"/>
+      <c r="J43" s="217"/>
+      <c r="K43" s="217"/>
+      <c r="L43" s="217"/>
+      <c r="M43" s="217"/>
+    </row>
+    <row r="44" spans="3:14" x14ac:dyDescent="0.35">
+      <c r="C44" s="217"/>
+      <c r="D44" s="217"/>
+      <c r="E44" s="217"/>
+      <c r="F44" s="217"/>
+      <c r="G44" s="217"/>
+      <c r="H44" s="217"/>
+      <c r="I44" s="217"/>
+      <c r="J44" s="217"/>
+      <c r="K44" s="217"/>
+      <c r="L44" s="217"/>
+      <c r="M44" s="217"/>
+    </row>
+  </sheetData>
+  <mergeCells count="41">
+    <mergeCell ref="C44:M44"/>
+    <mergeCell ref="K24:L24"/>
+    <mergeCell ref="K25:L25"/>
+    <mergeCell ref="C28:I28"/>
+    <mergeCell ref="K29:L29"/>
+    <mergeCell ref="K30:L30"/>
+    <mergeCell ref="K31:L31"/>
+    <mergeCell ref="K32:L32"/>
+    <mergeCell ref="K35:L35"/>
+    <mergeCell ref="D41:M41"/>
+    <mergeCell ref="C42:M42"/>
+    <mergeCell ref="C43:M43"/>
+    <mergeCell ref="K23:L23"/>
+    <mergeCell ref="K18:L18"/>
+    <mergeCell ref="K19:L19"/>
+    <mergeCell ref="K14:L14"/>
+    <mergeCell ref="C15:E15"/>
+    <mergeCell ref="G15:I15"/>
+    <mergeCell ref="K15:L15"/>
+    <mergeCell ref="C17:E17"/>
+    <mergeCell ref="G17:I17"/>
+    <mergeCell ref="K17:L17"/>
+    <mergeCell ref="C18:E18"/>
+    <mergeCell ref="G18:I18"/>
+    <mergeCell ref="C19:E19"/>
+    <mergeCell ref="G19:I19"/>
+    <mergeCell ref="C22:I22"/>
+    <mergeCell ref="C11:E11"/>
+    <mergeCell ref="G11:I11"/>
+    <mergeCell ref="K11:N11"/>
+    <mergeCell ref="C1:P1"/>
+    <mergeCell ref="C2:N2"/>
+    <mergeCell ref="D5:H5"/>
+    <mergeCell ref="I5:J5"/>
+    <mergeCell ref="K5:N5"/>
+    <mergeCell ref="D7:I7"/>
+    <mergeCell ref="G9:I9"/>
+    <mergeCell ref="K9:N9"/>
+    <mergeCell ref="C10:E10"/>
+    <mergeCell ref="G10:I10"/>
+    <mergeCell ref="K10:N10"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0A00-000000000000}">
   <dimension ref="A1:P58"/>
   <sheetViews>
     <sheetView showZeros="0" zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="L6" sqref="L6"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultColWidth="9.1328125" defaultRowHeight="12.75" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="9.140625" style="38"/>
-[...14 lines deleted...]
-    <col min="16" max="16384" width="9.140625" style="38"/>
+    <col min="1" max="1" width="9.1328125" style="24"/>
+    <col min="2" max="2" width="1.3984375" style="24" customWidth="1"/>
+    <col min="3" max="3" width="10.86328125" style="24" customWidth="1"/>
+    <col min="4" max="4" width="9.1328125" style="24"/>
+    <col min="5" max="5" width="7.1328125" style="24" customWidth="1"/>
+    <col min="6" max="6" width="2.86328125" style="24" customWidth="1"/>
+    <col min="7" max="7" width="4.59765625" style="24" customWidth="1"/>
+    <col min="8" max="8" width="7.265625" style="24" customWidth="1"/>
+    <col min="9" max="9" width="6.265625" style="24" customWidth="1"/>
+    <col min="10" max="10" width="3.73046875" style="24" customWidth="1"/>
+    <col min="11" max="11" width="14" style="24" customWidth="1"/>
+    <col min="12" max="12" width="1.73046875" style="24" customWidth="1"/>
+    <col min="13" max="13" width="9.73046875" style="24" customWidth="1"/>
+    <col min="14" max="14" width="1.73046875" style="24" customWidth="1"/>
+    <col min="15" max="15" width="9.73046875" style="24" customWidth="1"/>
+    <col min="16" max="16384" width="9.1328125" style="24"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:16" x14ac:dyDescent="0.2">
-      <c r="A1" s="36">
+    <row r="1" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="A1" s="8">
         <v>2020</v>
       </c>
-      <c r="B1" s="37"/>
-      <c r="N1" s="341" t="s">
+      <c r="B1" s="23"/>
+      <c r="N1" s="171" t="s">
         <v>106</v>
       </c>
-      <c r="O1" s="341"/>
-[...2 lines deleted...]
-      <c r="A2" s="311" t="s">
+      <c r="O1" s="171"/>
+    </row>
+    <row r="2" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="A2" s="177" t="s">
         <v>0</v>
       </c>
-      <c r="B2" s="311"/>
-[...15 lines deleted...]
-      <c r="A3" s="261" t="s">
+      <c r="B2" s="177"/>
+      <c r="C2" s="177"/>
+      <c r="D2" s="177"/>
+      <c r="E2" s="177"/>
+      <c r="F2" s="177"/>
+      <c r="G2" s="177"/>
+      <c r="H2" s="177"/>
+      <c r="I2" s="177"/>
+      <c r="J2" s="177"/>
+      <c r="K2" s="177"/>
+      <c r="L2" s="177"/>
+      <c r="M2" s="177"/>
+      <c r="N2" s="177"/>
+      <c r="O2" s="177"/>
+    </row>
+    <row r="3" spans="1:16" s="1" customFormat="1" ht="17.649999999999999" x14ac:dyDescent="0.5">
+      <c r="A3" s="138" t="s">
         <v>107</v>
       </c>
-      <c r="B3" s="261"/>
-[...15 lines deleted...]
-      <c r="C5" s="50" t="s">
+      <c r="B3" s="138"/>
+      <c r="C3" s="138"/>
+      <c r="D3" s="138"/>
+      <c r="E3" s="138"/>
+      <c r="F3" s="138"/>
+      <c r="G3" s="138"/>
+      <c r="H3" s="138"/>
+      <c r="I3" s="138"/>
+      <c r="J3" s="138"/>
+      <c r="K3" s="138"/>
+      <c r="L3" s="138"/>
+      <c r="M3" s="138"/>
+      <c r="N3" s="138"/>
+      <c r="O3" s="138"/>
+    </row>
+    <row r="5" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="C5" s="28" t="s">
         <v>135</v>
       </c>
-      <c r="D5" s="342">
+      <c r="D5" s="136">
         <f>Title!$C$3</f>
         <v>0</v>
       </c>
-      <c r="E5" s="343"/>
-[...3 lines deleted...]
-      <c r="K5" s="50" t="s">
+      <c r="E5" s="187"/>
+      <c r="F5" s="187"/>
+      <c r="G5" s="187"/>
+      <c r="H5" s="187"/>
+      <c r="K5" s="28" t="s">
         <v>134</v>
       </c>
-      <c r="L5" s="361">
+      <c r="L5" s="222">
         <f>Title!$C$5</f>
         <v>0</v>
       </c>
-      <c r="M5" s="316"/>
-[...6 lines deleted...]
-      <c r="C7" s="140" t="s">
+      <c r="M5" s="187"/>
+      <c r="N5" s="187"/>
+      <c r="O5" s="187"/>
+      <c r="P5"/>
+    </row>
+    <row r="6" spans="1:16" ht="7.5" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="7" spans="1:16" ht="13.15" x14ac:dyDescent="0.4">
+      <c r="C7" s="76" t="s">
         <v>236</v>
       </c>
     </row>
-    <row r="8" spans="1:16" x14ac:dyDescent="0.2">
-      <c r="A8" s="8" t="s">
+    <row r="8" spans="1:16" ht="13.15" x14ac:dyDescent="0.4">
+      <c r="A8" s="6" t="s">
         <v>10</v>
       </c>
-      <c r="B8" s="8"/>
+      <c r="B8" s="6"/>
       <c r="C8" s="3"/>
       <c r="D8" s="3"/>
       <c r="E8" s="3"/>
       <c r="F8" s="3"/>
       <c r="G8" s="3"/>
       <c r="H8" s="3"/>
       <c r="I8" s="3"/>
       <c r="J8" s="3"/>
-      <c r="K8" s="8" t="s">
+      <c r="K8" s="6" t="s">
+        <v>262</v>
+      </c>
+      <c r="L8" s="3"/>
+      <c r="M8" s="185" t="s">
         <v>263</v>
       </c>
-      <c r="L8" s="3"/>
-[...6 lines deleted...]
-    <row r="9" spans="1:16" x14ac:dyDescent="0.2">
+      <c r="N8" s="185"/>
+      <c r="O8" s="185"/>
+    </row>
+    <row r="9" spans="1:16" ht="13.15" x14ac:dyDescent="0.4">
       <c r="A9" s="3" t="s">
         <v>12</v>
       </c>
       <c r="B9" s="3"/>
-      <c r="C9" s="272" t="s">
+      <c r="C9" s="156" t="s">
         <v>177</v>
       </c>
-      <c r="D9" s="272"/>
-[...1 lines deleted...]
-      <c r="H9" s="41" t="s">
+      <c r="D9" s="156"/>
+      <c r="E9" s="156"/>
+      <c r="H9" s="19" t="s">
         <v>21</v>
       </c>
       <c r="I9" s="3"/>
       <c r="J9" s="3"/>
       <c r="K9" s="3" t="s">
         <v>237</v>
       </c>
       <c r="L9" s="3"/>
-      <c r="M9" s="272" t="s">
+      <c r="M9" s="156" t="s">
         <v>238</v>
       </c>
-      <c r="N9" s="272"/>
-[...124 lines deleted...]
-      <c r="C17" s="102" t="s">
+      <c r="N9" s="156"/>
+      <c r="O9" s="156"/>
+    </row>
+    <row r="10" spans="1:16" ht="14.1" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A10" s="51"/>
+      <c r="B10" s="52"/>
+      <c r="C10" s="221"/>
+      <c r="D10" s="187"/>
+      <c r="E10" s="187"/>
+      <c r="F10" s="52"/>
+      <c r="G10" s="172"/>
+      <c r="H10" s="167"/>
+      <c r="I10" s="167"/>
+      <c r="J10" s="18"/>
+      <c r="K10" s="40"/>
+      <c r="L10" s="18"/>
+      <c r="M10" s="220"/>
+      <c r="N10" s="220"/>
+      <c r="O10" s="220"/>
+    </row>
+    <row r="11" spans="1:16" ht="14.1" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A11" s="51"/>
+      <c r="B11" s="52"/>
+      <c r="C11" s="221"/>
+      <c r="D11" s="187"/>
+      <c r="E11" s="187"/>
+      <c r="F11" s="52"/>
+      <c r="G11" s="172"/>
+      <c r="H11" s="167"/>
+      <c r="I11" s="167"/>
+      <c r="J11" s="18"/>
+      <c r="K11" s="40"/>
+      <c r="L11" s="18"/>
+      <c r="M11" s="220"/>
+      <c r="N11" s="220"/>
+      <c r="O11" s="220"/>
+    </row>
+    <row r="12" spans="1:16" ht="14.1" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A12" s="51"/>
+      <c r="B12" s="52"/>
+      <c r="C12" s="221"/>
+      <c r="D12" s="187"/>
+      <c r="E12" s="187"/>
+      <c r="F12" s="52"/>
+      <c r="G12" s="172"/>
+      <c r="H12" s="167"/>
+      <c r="I12" s="167"/>
+      <c r="J12" s="18"/>
+      <c r="K12" s="40"/>
+      <c r="L12" s="18"/>
+      <c r="M12" s="220"/>
+      <c r="N12" s="220"/>
+      <c r="O12" s="220"/>
+    </row>
+    <row r="13" spans="1:16" ht="14.1" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A13" s="51"/>
+      <c r="B13" s="52"/>
+      <c r="C13" s="221"/>
+      <c r="D13" s="187"/>
+      <c r="E13" s="187"/>
+      <c r="F13" s="52"/>
+      <c r="G13" s="172"/>
+      <c r="H13" s="167"/>
+      <c r="I13" s="167"/>
+      <c r="J13" s="18"/>
+      <c r="K13" s="40"/>
+      <c r="L13" s="18"/>
+      <c r="M13" s="220"/>
+      <c r="N13" s="220"/>
+      <c r="O13" s="220"/>
+    </row>
+    <row r="14" spans="1:16" ht="14.1" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A14" s="51"/>
+      <c r="B14" s="52"/>
+      <c r="C14" s="221"/>
+      <c r="D14" s="187"/>
+      <c r="E14" s="187"/>
+      <c r="F14" s="52"/>
+      <c r="G14" s="172"/>
+      <c r="H14" s="167"/>
+      <c r="I14" s="167"/>
+      <c r="J14" s="18"/>
+      <c r="K14" s="40"/>
+      <c r="L14" s="18"/>
+      <c r="M14" s="220"/>
+      <c r="N14" s="220"/>
+      <c r="O14" s="220"/>
+    </row>
+    <row r="15" spans="1:16" ht="14.1" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A15" s="51"/>
+      <c r="B15" s="52"/>
+      <c r="C15" s="221"/>
+      <c r="D15" s="187"/>
+      <c r="E15" s="187"/>
+      <c r="F15" s="52"/>
+      <c r="G15" s="172"/>
+      <c r="H15" s="167"/>
+      <c r="I15" s="167"/>
+      <c r="J15" s="18"/>
+      <c r="K15" s="40"/>
+      <c r="L15" s="18"/>
+      <c r="M15" s="220"/>
+      <c r="N15" s="220"/>
+      <c r="O15" s="220"/>
+    </row>
+    <row r="16" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="D16" s="18"/>
+      <c r="E16" s="18"/>
+      <c r="F16" s="18"/>
+      <c r="G16" s="18"/>
+      <c r="H16" s="18"/>
+      <c r="K16" s="18"/>
+      <c r="L16" s="18"/>
+      <c r="M16" s="18"/>
+      <c r="N16" s="18"/>
+      <c r="O16" s="18"/>
+    </row>
+    <row r="17" spans="1:15" ht="13.15" x14ac:dyDescent="0.4">
+      <c r="C17" s="2" t="s">
         <v>28</v>
       </c>
-      <c r="D17" s="51"/>
-[...24 lines deleted...]
-      <c r="A19" s="102" t="s">
+    </row>
+    <row r="18" spans="1:15" ht="8.25" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="C18" s="2"/>
+    </row>
+    <row r="19" spans="1:15" ht="13.15" x14ac:dyDescent="0.4">
+      <c r="A19" s="2" t="s">
         <v>23</v>
       </c>
-      <c r="B19" s="51"/>
-[...3 lines deleted...]
-      <c r="F19" s="319" t="s">
+      <c r="F19" s="156" t="s">
         <v>5</v>
       </c>
-      <c r="G19" s="319"/>
-[...3 lines deleted...]
-      <c r="K19" s="103" t="s">
+      <c r="G19" s="156"/>
+      <c r="H19" s="180"/>
+      <c r="I19" s="180"/>
+      <c r="J19" s="3"/>
+      <c r="K19" s="3" t="s">
         <v>66</v>
       </c>
-      <c r="L19" s="9"/>
+      <c r="L19" s="3"/>
       <c r="M19" s="3" t="s">
         <v>20</v>
       </c>
       <c r="O19" s="3" t="s">
         <v>249</v>
       </c>
     </row>
-    <row r="20" spans="1:15" ht="12" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A20" s="257" t="s">
+    <row r="20" spans="1:15" ht="12" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A20" s="142" t="s">
+        <v>316</v>
+      </c>
+      <c r="B20" s="142"/>
+      <c r="C20" s="142"/>
+      <c r="D20" s="142"/>
+      <c r="E20" s="2"/>
+      <c r="F20" s="2"/>
+      <c r="G20" s="2"/>
+      <c r="H20" s="2"/>
+      <c r="I20" s="2"/>
+      <c r="J20" s="2"/>
+      <c r="K20" s="2"/>
+      <c r="L20" s="3"/>
+    </row>
+    <row r="21" spans="1:15" ht="14.1" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A21" s="9" t="s">
+        <v>147</v>
+      </c>
+      <c r="B21" s="16"/>
+      <c r="C21" s="16"/>
+      <c r="D21" s="16"/>
+      <c r="F21" s="9" t="s">
         <v>317</v>
       </c>
-      <c r="B20" s="257"/>
-[...18 lines deleted...]
-      <c r="F21" s="101" t="s">
+      <c r="K21" s="74" t="s">
+        <v>22</v>
+      </c>
+      <c r="L21" s="52"/>
+      <c r="M21" s="75"/>
+      <c r="O21" s="75"/>
+    </row>
+    <row r="22" spans="1:15" ht="14.1" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A22" s="8" t="s">
+        <v>142</v>
+      </c>
+      <c r="F22" s="8" t="s">
         <v>318</v>
       </c>
-      <c r="K21" s="138" t="s">
+      <c r="K22" s="74" t="s">
+        <v>239</v>
+      </c>
+      <c r="L22" s="52"/>
+      <c r="M22" s="75"/>
+      <c r="O22" s="75"/>
+    </row>
+    <row r="23" spans="1:15" ht="14.1" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A23" s="9" t="s">
+        <v>148</v>
+      </c>
+      <c r="F23" s="9" t="s">
+        <v>317</v>
+      </c>
+      <c r="K23" s="74" t="s">
         <v>22</v>
       </c>
-      <c r="L21" s="115"/>
-[...7 lines deleted...]
-      <c r="F22" s="147" t="s">
+      <c r="L23" s="52"/>
+      <c r="M23" s="75"/>
+      <c r="O23" s="75"/>
+    </row>
+    <row r="24" spans="1:15" ht="14.1" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A24" s="9" t="s">
+        <v>143</v>
+      </c>
+      <c r="F24" s="8" t="s">
+        <v>318</v>
+      </c>
+      <c r="K24" s="74" t="s">
+        <v>239</v>
+      </c>
+      <c r="L24" s="52"/>
+      <c r="M24" s="75"/>
+      <c r="O24" s="75"/>
+    </row>
+    <row r="25" spans="1:15" ht="14.1" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A25" s="9" t="s">
+        <v>149</v>
+      </c>
+      <c r="F25" s="9" t="s">
+        <v>317</v>
+      </c>
+      <c r="K25" s="74" t="s">
+        <v>22</v>
+      </c>
+      <c r="L25" s="52"/>
+      <c r="M25" s="75"/>
+      <c r="O25" s="75"/>
+    </row>
+    <row r="26" spans="1:15" ht="14.1" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A26" s="8" t="s">
+        <v>144</v>
+      </c>
+      <c r="F26" s="8" t="s">
+        <v>318</v>
+      </c>
+      <c r="K26" s="74" t="s">
+        <v>239</v>
+      </c>
+      <c r="L26" s="52"/>
+      <c r="M26" s="75"/>
+      <c r="O26" s="75"/>
+    </row>
+    <row r="27" spans="1:15" ht="14.1" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A27" s="9" t="s">
+        <v>29</v>
+      </c>
+      <c r="C27" s="8" t="s">
         <v>319</v>
       </c>
-      <c r="K22" s="138" t="s">
-[...66 lines deleted...]
-      <c r="C27" s="147" t="s">
+      <c r="D27" s="23"/>
+      <c r="E27" s="23"/>
+      <c r="F27" s="8" t="s">
         <v>320</v>
       </c>
-      <c r="D27" s="44"/>
-[...1 lines deleted...]
-      <c r="F27" s="147" t="s">
+      <c r="G27" s="23"/>
+      <c r="I27" s="18"/>
+      <c r="J27" s="78"/>
+      <c r="K27" s="74" t="s">
+        <v>240</v>
+      </c>
+      <c r="L27" s="52"/>
+      <c r="M27" s="75"/>
+      <c r="O27" s="75"/>
+    </row>
+    <row r="28" spans="1:15" ht="14.1" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A28" s="9"/>
+      <c r="C28" s="8" t="s">
         <v>321</v>
       </c>
-      <c r="G27" s="44"/>
-[...2 lines deleted...]
-      <c r="K27" s="138" t="s">
+      <c r="D28" s="23"/>
+      <c r="E28" s="23"/>
+      <c r="F28" s="8" t="s">
+        <v>322</v>
+      </c>
+      <c r="I28" s="18"/>
+      <c r="J28" s="78"/>
+      <c r="K28" s="74" t="s">
         <v>240</v>
       </c>
-      <c r="L27" s="115"/>
-[...10 lines deleted...]
-      <c r="F28" s="147" t="s">
+      <c r="L28" s="52"/>
+    </row>
+    <row r="29" spans="1:15" ht="14.1" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A29" s="9"/>
+      <c r="C29" s="8"/>
+      <c r="D29" s="23"/>
+      <c r="E29" s="23"/>
+      <c r="F29" s="8"/>
+      <c r="I29" s="18"/>
+      <c r="J29" s="78"/>
+      <c r="K29" s="74"/>
+      <c r="L29" s="52"/>
+      <c r="M29" s="65"/>
+      <c r="O29" s="65"/>
+    </row>
+    <row r="30" spans="1:15" ht="14.1" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="J30" s="78"/>
+      <c r="K30" s="74"/>
+    </row>
+    <row r="31" spans="1:15" ht="14.1" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A31" s="156" t="s">
         <v>323</v>
       </c>
-      <c r="I28" s="59"/>
-[...32 lines deleted...]
-      <c r="D31" s="272"/>
+      <c r="B31" s="156"/>
+      <c r="C31" s="156"/>
+      <c r="D31" s="156"/>
       <c r="E31" s="3"/>
       <c r="F31" s="3"/>
       <c r="G31" s="3"/>
-      <c r="L31" s="115"/>
-[...4 lines deleted...]
-      <c r="A32" s="101" t="s">
+      <c r="L31" s="52"/>
+      <c r="M31" s="75"/>
+      <c r="O31" s="75"/>
+    </row>
+    <row r="32" spans="1:15" ht="14.1" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A32" s="9" t="s">
         <v>147</v>
       </c>
       <c r="B32" s="3"/>
-      <c r="D32" s="41"/>
-[...1 lines deleted...]
-      <c r="F32" s="101" t="s">
+      <c r="D32" s="19"/>
+      <c r="E32" s="19"/>
+      <c r="F32" s="9" t="s">
+        <v>324</v>
+      </c>
+      <c r="G32" s="3"/>
+      <c r="K32" s="74" t="s">
+        <v>22</v>
+      </c>
+      <c r="L32" s="52"/>
+      <c r="M32" s="75"/>
+      <c r="O32" s="75"/>
+    </row>
+    <row r="33" spans="1:15" ht="14.1" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A33" s="8" t="s">
+        <v>142</v>
+      </c>
+      <c r="B33" s="23"/>
+      <c r="C33" s="23"/>
+      <c r="D33" s="23"/>
+      <c r="E33" s="23"/>
+      <c r="F33" s="8" t="s">
         <v>325</v>
       </c>
-      <c r="G32" s="42"/>
-      <c r="K32" s="138" t="s">
+      <c r="G33" s="23"/>
+      <c r="K33" s="74" t="s">
+        <v>239</v>
+      </c>
+      <c r="L33" s="52"/>
+      <c r="M33" s="75"/>
+      <c r="O33" s="75"/>
+    </row>
+    <row r="34" spans="1:15" ht="14.1" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A34" s="9" t="s">
+        <v>148</v>
+      </c>
+      <c r="B34" s="23"/>
+      <c r="C34" s="23"/>
+      <c r="D34" s="23"/>
+      <c r="E34" s="23"/>
+      <c r="F34" s="9" t="s">
+        <v>324</v>
+      </c>
+      <c r="G34" s="23"/>
+      <c r="K34" s="74" t="s">
         <v>22</v>
       </c>
-      <c r="L32" s="115"/>
-[...11 lines deleted...]
-      <c r="F33" s="147" t="s">
+      <c r="L34" s="52"/>
+      <c r="M34" s="75"/>
+      <c r="O34" s="75"/>
+    </row>
+    <row r="35" spans="1:15" ht="14.1" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A35" s="9" t="s">
+        <v>143</v>
+      </c>
+      <c r="B35" s="23"/>
+      <c r="C35" s="23"/>
+      <c r="D35" s="23"/>
+      <c r="E35" s="23"/>
+      <c r="F35" s="8" t="s">
+        <v>325</v>
+      </c>
+      <c r="G35" s="23"/>
+      <c r="K35" s="74" t="s">
+        <v>239</v>
+      </c>
+      <c r="L35" s="52"/>
+      <c r="M35" s="75"/>
+      <c r="O35" s="75"/>
+    </row>
+    <row r="36" spans="1:15" ht="14.1" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A36" s="9" t="s">
+        <v>149</v>
+      </c>
+      <c r="C36" s="23"/>
+      <c r="D36" s="23"/>
+      <c r="E36" s="23"/>
+      <c r="F36" s="9" t="s">
+        <v>324</v>
+      </c>
+      <c r="G36" s="23"/>
+      <c r="K36" s="74" t="s">
+        <v>22</v>
+      </c>
+      <c r="L36" s="52"/>
+      <c r="M36" s="75"/>
+      <c r="O36" s="75"/>
+    </row>
+    <row r="37" spans="1:15" x14ac:dyDescent="0.35">
+      <c r="A37" s="8" t="s">
+        <v>144</v>
+      </c>
+      <c r="B37" s="18"/>
+      <c r="C37" s="23"/>
+      <c r="D37" s="23"/>
+      <c r="E37" s="23"/>
+      <c r="F37" s="8" t="s">
+        <v>325</v>
+      </c>
+      <c r="G37" s="23"/>
+      <c r="K37" s="74" t="s">
+        <v>239</v>
+      </c>
+      <c r="L37" s="52"/>
+      <c r="M37" s="75"/>
+      <c r="O37" s="75"/>
+    </row>
+    <row r="38" spans="1:15" x14ac:dyDescent="0.35">
+      <c r="A38" s="9" t="s">
+        <v>29</v>
+      </c>
+      <c r="C38" s="8" t="s">
+        <v>116</v>
+      </c>
+      <c r="D38" s="23"/>
+      <c r="E38" s="23"/>
+      <c r="F38" s="8" t="s">
+        <v>68</v>
+      </c>
+      <c r="G38" s="23"/>
+      <c r="K38" s="74" t="s">
+        <v>240</v>
+      </c>
+      <c r="L38" s="52"/>
+      <c r="M38" s="75"/>
+      <c r="O38" s="75"/>
+    </row>
+    <row r="39" spans="1:15" x14ac:dyDescent="0.35">
+      <c r="A39" s="9"/>
+      <c r="C39" s="8" t="s">
+        <v>115</v>
+      </c>
+      <c r="D39" s="23"/>
+      <c r="E39" s="23"/>
+      <c r="F39" s="8" t="s">
         <v>326</v>
       </c>
-      <c r="G33" s="47"/>
-[...86 lines deleted...]
-      <c r="C38" s="147" t="s">
+      <c r="G39" s="23"/>
+      <c r="K39" s="74" t="s">
+        <v>240</v>
+      </c>
+      <c r="L39" s="52"/>
+      <c r="M39" s="75"/>
+      <c r="O39" s="75"/>
+    </row>
+    <row r="40" spans="1:15" x14ac:dyDescent="0.35">
+      <c r="A40" s="9"/>
+      <c r="C40" s="8" t="s">
+        <v>330</v>
+      </c>
+      <c r="D40" s="23"/>
+      <c r="E40" s="23"/>
+      <c r="F40" s="8" t="s">
+        <v>322</v>
+      </c>
+      <c r="K40" s="74" t="s">
+        <v>240</v>
+      </c>
+      <c r="L40" s="52"/>
+      <c r="M40" s="75"/>
+      <c r="O40" s="75"/>
+    </row>
+    <row r="41" spans="1:15" ht="14.1" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A41" s="156" t="s">
+        <v>327</v>
+      </c>
+      <c r="B41" s="156"/>
+      <c r="C41" s="156"/>
+      <c r="D41" s="156"/>
+      <c r="K41" s="74"/>
+    </row>
+    <row r="42" spans="1:15" ht="14.1" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A42" s="9" t="s">
+        <v>69</v>
+      </c>
+      <c r="B42" s="18"/>
+      <c r="C42" s="8" t="s">
         <v>116</v>
       </c>
-      <c r="D38" s="44"/>
-[...1 lines deleted...]
-      <c r="F38" s="147" t="s">
+      <c r="D42" s="23"/>
+      <c r="E42" s="23"/>
+      <c r="F42" s="8" t="s">
         <v>68</v>
       </c>
-      <c r="G38" s="44"/>
-      <c r="K38" s="138" t="s">
+      <c r="G42" s="23"/>
+      <c r="I42" s="18"/>
+      <c r="J42" s="78"/>
+      <c r="K42" s="74" t="s">
         <v>240</v>
       </c>
-      <c r="L38" s="115"/>
-[...14 lines deleted...]
-      <c r="K39" s="138" t="s">
+      <c r="L42" s="52"/>
+      <c r="M42" s="75"/>
+      <c r="O42" s="75"/>
+    </row>
+    <row r="43" spans="1:15" ht="14.1" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A43" s="9"/>
+      <c r="B43" s="18"/>
+      <c r="C43" s="8" t="s">
+        <v>328</v>
+      </c>
+      <c r="D43" s="23"/>
+      <c r="E43" s="23"/>
+      <c r="F43" s="8" t="s">
+        <v>154</v>
+      </c>
+      <c r="G43" s="23"/>
+      <c r="I43" s="18"/>
+      <c r="J43" s="78"/>
+      <c r="K43" s="74" t="s">
         <v>240</v>
       </c>
-      <c r="L39" s="115"/>
-[...13 lines deleted...]
-      <c r="K40" s="138" t="s">
+      <c r="L43" s="52"/>
+      <c r="M43" s="75"/>
+      <c r="O43" s="75"/>
+    </row>
+    <row r="44" spans="1:15" ht="14.1" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A44" s="9"/>
+      <c r="B44" s="18"/>
+      <c r="C44" s="8" t="s">
+        <v>329</v>
+      </c>
+      <c r="D44" s="23"/>
+      <c r="E44" s="23"/>
+      <c r="F44" s="8" t="s">
+        <v>153</v>
+      </c>
+      <c r="G44" s="23"/>
+      <c r="J44" s="78"/>
+      <c r="K44" s="74" t="s">
         <v>240</v>
       </c>
-      <c r="L40" s="115"/>
-[...77 lines deleted...]
-      <c r="A45" s="14" t="s">
+      <c r="L44" s="52"/>
+      <c r="M44" s="75"/>
+      <c r="O44" s="75"/>
+    </row>
+    <row r="45" spans="1:15" ht="14.1" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A45" s="9" t="s">
         <v>241</v>
       </c>
-      <c r="B45" s="37"/>
-[...15 lines deleted...]
-      <c r="A46" s="14" t="s">
+      <c r="B45" s="23"/>
+      <c r="C45" s="23"/>
+      <c r="D45" s="23"/>
+      <c r="E45" s="23"/>
+      <c r="F45" s="8"/>
+      <c r="G45" s="23"/>
+      <c r="H45" s="23"/>
+      <c r="I45" s="23"/>
+      <c r="J45" s="105"/>
+      <c r="K45" s="97"/>
+      <c r="L45" s="105"/>
+      <c r="M45" s="106"/>
+      <c r="N45" s="23"/>
+      <c r="O45" s="106"/>
+    </row>
+    <row r="46" spans="1:15" ht="14.1" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A46" s="9" t="s">
         <v>117</v>
       </c>
-      <c r="B46" s="37" t="s">
+      <c r="B46" s="23" t="s">
         <v>118</v>
       </c>
-      <c r="C46" s="44"/>
-[...2 lines deleted...]
-      <c r="F46" s="148" t="s">
+      <c r="C46" s="23"/>
+      <c r="D46" s="23"/>
+      <c r="E46" s="23"/>
+      <c r="F46" s="8" t="s">
         <v>119</v>
       </c>
-      <c r="G46" s="44"/>
-[...9 lines deleted...]
-      <c r="A47" s="14" t="s">
+      <c r="G46" s="23"/>
+      <c r="H46" s="18"/>
+      <c r="I46" s="23"/>
+      <c r="J46" s="78"/>
+      <c r="K46" s="74"/>
+      <c r="L46" s="52"/>
+      <c r="M46" s="75"/>
+      <c r="O46" s="75"/>
+    </row>
+    <row r="47" spans="1:15" ht="14.1" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A47" s="9" t="s">
         <v>232</v>
       </c>
-      <c r="B47" s="27"/>
-[...3 lines deleted...]
-      <c r="F47" s="25" t="s">
+      <c r="B47" s="18"/>
+      <c r="C47" s="18"/>
+      <c r="D47" s="23"/>
+      <c r="E47" s="23"/>
+      <c r="F47" s="8" t="s">
         <v>120</v>
       </c>
-      <c r="G47" s="47"/>
-[...2 lines deleted...]
-      <c r="K47" s="59">
+      <c r="G47" s="23"/>
+      <c r="I47" s="23"/>
+      <c r="J47" s="78"/>
+      <c r="K47" s="18">
         <v>821301</v>
       </c>
-      <c r="L47" s="115"/>
-[...4 lines deleted...]
-      <c r="A48" s="153" t="s">
+      <c r="L47" s="52"/>
+      <c r="M47" s="75"/>
+      <c r="O47" s="75"/>
+    </row>
+    <row r="48" spans="1:15" x14ac:dyDescent="0.35">
+      <c r="A48" s="9" t="s">
         <v>121</v>
       </c>
-      <c r="B48" s="43"/>
-[...3 lines deleted...]
-      <c r="F48" s="147" t="s">
+      <c r="D48" s="23"/>
+      <c r="E48" s="23"/>
+      <c r="F48" s="8" t="s">
         <v>122</v>
       </c>
-      <c r="G48" s="44"/>
-[...27 lines deleted...]
-      <c r="A50" s="35" t="s">
+      <c r="G48" s="23"/>
+      <c r="H48" s="18"/>
+      <c r="I48" s="23"/>
+      <c r="J48" s="78"/>
+      <c r="L48" s="52"/>
+      <c r="M48" s="75"/>
+      <c r="N48" s="75"/>
+      <c r="O48" s="75"/>
+    </row>
+    <row r="49" spans="1:15" x14ac:dyDescent="0.35">
+      <c r="M49" s="65"/>
+      <c r="N49" s="65"/>
+      <c r="O49" s="65"/>
+    </row>
+    <row r="50" spans="1:15" ht="9" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A50" s="11" t="s">
         <v>16</v>
       </c>
-      <c r="B50" s="35"/>
-[...94 lines deleted...]
-      <c r="O58" s="335"/>
+      <c r="B50" s="11"/>
+      <c r="C50" s="225"/>
+      <c r="D50" s="225"/>
+      <c r="E50" s="225"/>
+      <c r="F50" s="225"/>
+      <c r="G50" s="225"/>
+      <c r="H50" s="225"/>
+      <c r="I50" s="225"/>
+      <c r="J50" s="225"/>
+      <c r="K50" s="225"/>
+      <c r="L50" s="225"/>
+      <c r="M50" s="225"/>
+      <c r="N50" s="225"/>
+      <c r="O50" s="225"/>
+    </row>
+    <row r="51" spans="1:15" ht="14.1" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A51" s="225"/>
+      <c r="B51" s="225"/>
+      <c r="C51" s="225"/>
+      <c r="D51" s="225"/>
+      <c r="E51" s="225"/>
+      <c r="F51" s="225"/>
+      <c r="G51" s="225"/>
+      <c r="H51" s="225"/>
+      <c r="I51" s="225"/>
+      <c r="J51" s="225"/>
+      <c r="K51" s="225"/>
+      <c r="L51" s="225"/>
+      <c r="M51" s="225"/>
+      <c r="N51" s="225"/>
+      <c r="O51" s="225"/>
+    </row>
+    <row r="52" spans="1:15" ht="14.1" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A52" s="224"/>
+      <c r="B52" s="224"/>
+      <c r="C52" s="224"/>
+      <c r="D52" s="224"/>
+      <c r="E52" s="224"/>
+      <c r="F52" s="224"/>
+      <c r="G52" s="224"/>
+      <c r="H52" s="224"/>
+      <c r="I52" s="224"/>
+      <c r="J52" s="224"/>
+      <c r="K52" s="224"/>
+      <c r="L52" s="224"/>
+      <c r="M52" s="224"/>
+      <c r="N52" s="224"/>
+      <c r="O52" s="224"/>
+    </row>
+    <row r="53" spans="1:15" ht="14.1" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A53" s="224"/>
+      <c r="B53" s="224"/>
+      <c r="C53" s="224"/>
+      <c r="D53" s="224"/>
+      <c r="E53" s="224"/>
+      <c r="F53" s="224"/>
+      <c r="G53" s="224"/>
+      <c r="H53" s="224"/>
+      <c r="I53" s="224"/>
+      <c r="J53" s="224"/>
+      <c r="K53" s="224"/>
+      <c r="L53" s="224"/>
+      <c r="M53" s="224"/>
+      <c r="N53" s="224"/>
+      <c r="O53" s="224"/>
+    </row>
+    <row r="56" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="57" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C57" s="223"/>
+      <c r="D57" s="223"/>
+      <c r="E57" s="223"/>
+      <c r="F57" s="223"/>
+      <c r="G57" s="223"/>
+      <c r="H57" s="223"/>
+      <c r="I57" s="223"/>
+      <c r="J57" s="223"/>
+      <c r="K57" s="223"/>
+      <c r="L57" s="223"/>
+      <c r="M57" s="223"/>
+      <c r="N57" s="223"/>
+      <c r="O57" s="223"/>
+    </row>
+    <row r="58" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C58" s="223"/>
+      <c r="D58" s="223"/>
+      <c r="E58" s="223"/>
+      <c r="F58" s="223"/>
+      <c r="G58" s="223"/>
+      <c r="H58" s="223"/>
+      <c r="I58" s="223"/>
+      <c r="J58" s="223"/>
+      <c r="K58" s="223"/>
+      <c r="L58" s="223"/>
+      <c r="M58" s="223"/>
+      <c r="N58" s="223"/>
+      <c r="O58" s="223"/>
     </row>
   </sheetData>
   <mergeCells count="36">
-    <mergeCell ref="M9:O9"/>
-[...4 lines deleted...]
-    <mergeCell ref="M12:O12"/>
+    <mergeCell ref="C57:O57"/>
+    <mergeCell ref="C58:O58"/>
+    <mergeCell ref="A53:O53"/>
+    <mergeCell ref="F19:I19"/>
+    <mergeCell ref="G15:I15"/>
+    <mergeCell ref="M15:O15"/>
+    <mergeCell ref="C15:E15"/>
+    <mergeCell ref="A51:O51"/>
+    <mergeCell ref="A52:O52"/>
+    <mergeCell ref="A20:D20"/>
+    <mergeCell ref="C50:O50"/>
+    <mergeCell ref="M8:O8"/>
+    <mergeCell ref="N1:O1"/>
+    <mergeCell ref="A2:O2"/>
+    <mergeCell ref="A3:O3"/>
+    <mergeCell ref="D5:H5"/>
+    <mergeCell ref="L5:O5"/>
     <mergeCell ref="G10:I10"/>
     <mergeCell ref="C10:E10"/>
     <mergeCell ref="C9:E9"/>
     <mergeCell ref="A31:D31"/>
     <mergeCell ref="A41:D41"/>
     <mergeCell ref="G13:I13"/>
     <mergeCell ref="G14:I14"/>
     <mergeCell ref="C11:E11"/>
     <mergeCell ref="C12:E12"/>
     <mergeCell ref="C13:E13"/>
     <mergeCell ref="C14:E14"/>
     <mergeCell ref="G11:I11"/>
     <mergeCell ref="G12:I12"/>
-    <mergeCell ref="M8:O8"/>
-[...15 lines deleted...]
-    <mergeCell ref="C50:O50"/>
+    <mergeCell ref="M9:O9"/>
+    <mergeCell ref="M10:O10"/>
+    <mergeCell ref="M13:O13"/>
+    <mergeCell ref="M14:O14"/>
+    <mergeCell ref="M11:O11"/>
+    <mergeCell ref="M12:O12"/>
   </mergeCells>
   <phoneticPr fontId="17" type="noConversion"/>
   <pageMargins left="0.75" right="0.25" top="0.5" bottom="0.5" header="0" footer="0"/>
   <pageSetup scale="95" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0B00-000000000000}">
-  <dimension ref="A1:Q60"/>
+  <dimension ref="A1:Q53"/>
   <sheetViews>
     <sheetView showZeros="0" view="pageBreakPreview" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
       <selection activeCell="M5" sqref="M5"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultColWidth="9.1328125" defaultRowHeight="12.75" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="10.85546875" style="38" customWidth="1"/>
-[...13 lines deleted...]
-    <col min="15" max="16384" width="9.140625" style="38"/>
+    <col min="1" max="1" width="10.86328125" style="24" customWidth="1"/>
+    <col min="2" max="2" width="1.3984375" style="24" customWidth="1"/>
+    <col min="3" max="3" width="9" style="24" customWidth="1"/>
+    <col min="4" max="4" width="4.59765625" style="24" customWidth="1"/>
+    <col min="5" max="5" width="6.59765625" style="24" customWidth="1"/>
+    <col min="6" max="6" width="2.86328125" style="24" customWidth="1"/>
+    <col min="7" max="7" width="12.73046875" style="24" customWidth="1"/>
+    <col min="8" max="8" width="9.59765625" style="24" customWidth="1"/>
+    <col min="9" max="9" width="1.3984375" style="24" customWidth="1"/>
+    <col min="10" max="10" width="6.1328125" style="24" customWidth="1"/>
+    <col min="11" max="11" width="7.265625" style="24" customWidth="1"/>
+    <col min="12" max="12" width="1.1328125" style="24" customWidth="1"/>
+    <col min="13" max="13" width="13" style="24" customWidth="1"/>
+    <col min="14" max="14" width="1.73046875" style="24" customWidth="1"/>
+    <col min="15" max="16384" width="9.1328125" style="24"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:17" x14ac:dyDescent="0.2">
-      <c r="A1" s="36">
+    <row r="1" spans="1:17" x14ac:dyDescent="0.35">
+      <c r="A1" s="8">
         <v>2020</v>
       </c>
-      <c r="B1" s="37"/>
-      <c r="N1" s="341" t="s">
+      <c r="B1" s="23"/>
+      <c r="N1" s="171" t="s">
         <v>114</v>
       </c>
-      <c r="O1" s="341"/>
-[...2 lines deleted...]
-      <c r="A2" s="311" t="s">
+      <c r="O1" s="171"/>
+    </row>
+    <row r="2" spans="1:17" x14ac:dyDescent="0.35">
+      <c r="A2" s="177" t="s">
         <v>0</v>
       </c>
-      <c r="B2" s="311"/>
-[...15 lines deleted...]
-      <c r="A3" s="261" t="s">
+      <c r="B2" s="177"/>
+      <c r="C2" s="177"/>
+      <c r="D2" s="177"/>
+      <c r="E2" s="177"/>
+      <c r="F2" s="177"/>
+      <c r="G2" s="177"/>
+      <c r="H2" s="177"/>
+      <c r="I2" s="177"/>
+      <c r="J2" s="177"/>
+      <c r="K2" s="177"/>
+      <c r="L2" s="177"/>
+      <c r="M2" s="177"/>
+      <c r="N2" s="177"/>
+      <c r="O2" s="177"/>
+    </row>
+    <row r="3" spans="1:17" s="1" customFormat="1" ht="17.649999999999999" x14ac:dyDescent="0.5">
+      <c r="A3" s="138" t="s">
         <v>107</v>
       </c>
-      <c r="B3" s="261"/>
-[...16 lines deleted...]
-      <c r="C5" s="50" t="s">
+      <c r="B3" s="138"/>
+      <c r="C3" s="138"/>
+      <c r="D3" s="138"/>
+      <c r="E3" s="138"/>
+      <c r="F3" s="138"/>
+      <c r="G3" s="138"/>
+      <c r="H3" s="138"/>
+      <c r="I3" s="138"/>
+      <c r="J3" s="138"/>
+      <c r="K3" s="138"/>
+      <c r="L3" s="138"/>
+      <c r="M3" s="138"/>
+      <c r="N3" s="138"/>
+      <c r="O3" s="138"/>
+    </row>
+    <row r="4" spans="1:17" ht="8.25" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="5" spans="1:17" x14ac:dyDescent="0.35">
+      <c r="C5" s="28" t="s">
         <v>135</v>
       </c>
-      <c r="D5" s="346">
+      <c r="D5" s="169">
         <f>Title!$C$3</f>
         <v>0</v>
       </c>
-      <c r="E5" s="269"/>
-[...3 lines deleted...]
-      <c r="K5" s="50" t="s">
+      <c r="E5" s="152"/>
+      <c r="F5" s="152"/>
+      <c r="G5" s="152"/>
+      <c r="H5" s="152"/>
+      <c r="K5" s="28" t="s">
         <v>134</v>
       </c>
-      <c r="L5" s="185"/>
-      <c r="M5" s="185">
+      <c r="L5" s="98"/>
+      <c r="M5" s="98">
         <f>Title!$C$5</f>
         <v>0</v>
       </c>
-      <c r="N5" s="133"/>
-[...22 lines deleted...]
-      <c r="A8" s="8" t="s">
+      <c r="N5" s="69"/>
+      <c r="O5" s="69"/>
+      <c r="P5" s="69"/>
+      <c r="Q5" s="108"/>
+    </row>
+    <row r="7" spans="1:17" ht="13.15" x14ac:dyDescent="0.4">
+      <c r="C7" s="76"/>
+    </row>
+    <row r="8" spans="1:17" ht="15" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A8" s="6" t="s">
         <v>10</v>
       </c>
-      <c r="B8" s="8"/>
-[...14 lines deleted...]
-    <row r="9" spans="1:17" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="B8" s="6"/>
+      <c r="M8" s="18"/>
+      <c r="N8" s="18"/>
+      <c r="O8" s="18"/>
+    </row>
+    <row r="9" spans="1:17" ht="14.1" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A9" s="3" t="s">
         <v>12</v>
       </c>
       <c r="B9" s="3"/>
-      <c r="C9" s="319" t="s">
+      <c r="C9" s="156" t="s">
         <v>23</v>
       </c>
-      <c r="D9" s="319"/>
-[...2 lines deleted...]
-      <c r="G9" s="319" t="s">
+      <c r="D9" s="156"/>
+      <c r="E9" s="3"/>
+      <c r="G9" s="156" t="s">
         <v>5</v>
       </c>
-      <c r="H9" s="319"/>
-[...2 lines deleted...]
-      <c r="K9" s="317" t="s">
+      <c r="H9" s="156"/>
+      <c r="I9" s="156"/>
+      <c r="J9" s="19"/>
+      <c r="K9" s="156" t="s">
         <v>108</v>
       </c>
-      <c r="L9" s="317"/>
-[...24 lines deleted...]
-      <c r="C11" s="51" t="s">
+      <c r="L9" s="156"/>
+      <c r="M9" s="156"/>
+      <c r="N9" s="156"/>
+      <c r="O9" s="156"/>
+    </row>
+    <row r="10" spans="1:17" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="L10" s="23"/>
+      <c r="M10" s="18"/>
+      <c r="N10" s="18"/>
+    </row>
+    <row r="11" spans="1:17" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A11" s="75"/>
+      <c r="C11" s="24" t="s">
         <v>60</v>
       </c>
-      <c r="D11" s="51"/>
-[...2 lines deleted...]
-      <c r="G11" s="344" t="s">
+      <c r="G11" s="228" t="s">
         <v>175</v>
       </c>
-      <c r="H11" s="344"/>
-[...11 lines deleted...]
-      <c r="C12" s="47" t="s">
+      <c r="H11" s="228"/>
+      <c r="I11" s="228"/>
+      <c r="J11" s="228"/>
+      <c r="K11" s="172"/>
+      <c r="L11" s="172"/>
+      <c r="M11" s="172"/>
+      <c r="N11" s="172"/>
+      <c r="O11" s="172"/>
+    </row>
+    <row r="12" spans="1:17" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A12" s="65"/>
+      <c r="C12" s="23" t="s">
         <v>61</v>
       </c>
-      <c r="D12" s="47"/>
-[...2 lines deleted...]
-      <c r="G12" s="344" t="s">
+      <c r="D12" s="23"/>
+      <c r="E12" s="23"/>
+      <c r="F12" s="23"/>
+      <c r="G12" s="228" t="s">
         <v>62</v>
       </c>
-      <c r="H12" s="344"/>
-[...11 lines deleted...]
-      <c r="C13" s="51" t="s">
+      <c r="H12" s="228"/>
+      <c r="I12" s="228"/>
+      <c r="J12" s="8"/>
+      <c r="K12" s="172"/>
+      <c r="L12" s="172"/>
+      <c r="M12" s="172"/>
+      <c r="N12" s="172"/>
+      <c r="O12" s="172"/>
+    </row>
+    <row r="13" spans="1:17" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A13" s="65"/>
+      <c r="C13" s="24" t="s">
         <v>109</v>
       </c>
-      <c r="D13" s="51"/>
-[...2 lines deleted...]
-      <c r="G13" s="344" t="s">
+      <c r="G13" s="228" t="s">
         <v>62</v>
       </c>
-      <c r="H13" s="344"/>
-[...11 lines deleted...]
-      <c r="C14" s="47" t="s">
+      <c r="H13" s="228"/>
+      <c r="I13" s="228"/>
+      <c r="J13" s="9"/>
+      <c r="K13" s="172"/>
+      <c r="L13" s="172"/>
+      <c r="M13" s="172"/>
+      <c r="N13" s="172"/>
+      <c r="O13" s="172"/>
+    </row>
+    <row r="14" spans="1:17" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A14" s="51"/>
+      <c r="B14" s="52"/>
+      <c r="C14" s="23" t="s">
         <v>110</v>
       </c>
-      <c r="D14" s="47"/>
-[...2 lines deleted...]
-      <c r="G14" s="344" t="s">
+      <c r="D14" s="23"/>
+      <c r="E14" s="23"/>
+      <c r="F14" s="23"/>
+      <c r="G14" s="228" t="s">
         <v>62</v>
       </c>
-      <c r="H14" s="344"/>
-[...11 lines deleted...]
-      <c r="C15" s="52" t="s">
+      <c r="H14" s="228"/>
+      <c r="I14" s="228"/>
+      <c r="J14" s="8"/>
+      <c r="K14" s="172"/>
+      <c r="L14" s="172"/>
+      <c r="M14" s="172"/>
+      <c r="N14" s="172"/>
+      <c r="O14" s="172"/>
+    </row>
+    <row r="15" spans="1:17" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A15" s="65"/>
+      <c r="C15" s="23" t="s">
         <v>111</v>
       </c>
-      <c r="D15" s="52"/>
-[...2 lines deleted...]
-      <c r="G15" s="344" t="s">
+      <c r="D15" s="23"/>
+      <c r="E15" s="23"/>
+      <c r="F15" s="23"/>
+      <c r="G15" s="228" t="s">
         <v>62</v>
       </c>
-      <c r="H15" s="344"/>
-[...11 lines deleted...]
-      <c r="C16" s="47" t="s">
+      <c r="H15" s="228"/>
+      <c r="I15" s="228"/>
+      <c r="J15" s="9"/>
+      <c r="K15" s="172"/>
+      <c r="L15" s="172"/>
+      <c r="M15" s="172"/>
+      <c r="N15" s="172"/>
+      <c r="O15" s="172"/>
+    </row>
+    <row r="16" spans="1:17" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A16" s="65"/>
+      <c r="C16" s="23" t="s">
         <v>64</v>
       </c>
-      <c r="D16" s="47"/>
-[...12 lines deleted...]
-      <c r="C17" s="47" t="s">
+      <c r="D16" s="23"/>
+      <c r="E16" s="23"/>
+      <c r="F16" s="23"/>
+      <c r="J16" s="23"/>
+      <c r="K16" s="171"/>
+      <c r="L16" s="171"/>
+      <c r="M16" s="171"/>
+      <c r="N16" s="171"/>
+      <c r="O16" s="171"/>
+    </row>
+    <row r="17" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C17" s="23" t="s">
         <v>112</v>
       </c>
-      <c r="D17" s="47"/>
-[...2 lines deleted...]
-      <c r="G17" s="308" t="s">
+      <c r="D17" s="23"/>
+      <c r="E17" s="23"/>
+      <c r="F17" s="23"/>
+      <c r="G17" s="171" t="s">
         <v>62</v>
       </c>
-      <c r="H17" s="308"/>
-[...28 lines deleted...]
-      <c r="C19" s="319" t="s">
+      <c r="H17" s="171"/>
+      <c r="I17" s="171"/>
+      <c r="J17" s="23"/>
+      <c r="K17" s="189"/>
+      <c r="L17" s="189"/>
+      <c r="M17" s="189"/>
+      <c r="N17" s="189"/>
+      <c r="O17" s="189"/>
+    </row>
+    <row r="18" spans="1:15" ht="32.25" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C18" s="23"/>
+      <c r="D18" s="23"/>
+      <c r="E18" s="23"/>
+      <c r="F18" s="23"/>
+      <c r="H18" s="23"/>
+      <c r="I18" s="23"/>
+      <c r="J18" s="23"/>
+      <c r="L18" s="23"/>
+      <c r="M18" s="18"/>
+      <c r="N18" s="18"/>
+      <c r="O18" s="18"/>
+    </row>
+    <row r="19" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="C19" s="156" t="s">
         <v>23</v>
       </c>
-      <c r="D19" s="319"/>
-[...1 lines deleted...]
-      <c r="F19" s="28" t="s">
+      <c r="D19" s="156"/>
+      <c r="E19" s="3"/>
+      <c r="F19" s="19" t="s">
         <v>5</v>
       </c>
-      <c r="H19" s="28"/>
-[...2 lines deleted...]
-      <c r="K19" s="9" t="s">
+      <c r="H19" s="19"/>
+      <c r="I19" s="19"/>
+      <c r="J19" s="19"/>
+      <c r="K19" s="3" t="s">
         <v>13</v>
       </c>
-      <c r="L19" s="52"/>
-      <c r="M19" s="317" t="s">
+      <c r="L19" s="23"/>
+      <c r="M19" s="156" t="s">
         <v>89</v>
       </c>
-      <c r="N19" s="317"/>
-[...20 lines deleted...]
-      <c r="A21" s="65" t="s">
+      <c r="N19" s="156"/>
+      <c r="O19" s="156"/>
+    </row>
+    <row r="20" spans="1:15" ht="12" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A20" s="177"/>
+      <c r="B20" s="177"/>
+      <c r="C20" s="177"/>
+      <c r="D20" s="177"/>
+      <c r="E20" s="23"/>
+      <c r="F20" s="18"/>
+      <c r="H20" s="23"/>
+      <c r="I20" s="23"/>
+      <c r="J20" s="23"/>
+      <c r="L20" s="23"/>
+      <c r="M20" s="18"/>
+      <c r="N20" s="18"/>
+      <c r="O20" s="18"/>
+    </row>
+    <row r="21" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A21" s="24" t="s">
         <v>124</v>
       </c>
-      <c r="B21" s="85"/>
-      <c r="C21" s="85" t="s">
+      <c r="C21" s="24" t="s">
         <v>242</v>
       </c>
-      <c r="D21" s="85"/>
-      <c r="E21" s="11" t="s">
+      <c r="E21" s="8" t="s">
         <v>245</v>
       </c>
-      <c r="F21" s="11"/>
-[...2 lines deleted...]
-      <c r="K21" s="39" t="s">
+      <c r="F21" s="8"/>
+      <c r="G21" s="8"/>
+      <c r="H21" s="8"/>
+      <c r="K21" s="18" t="s">
         <v>113</v>
       </c>
-      <c r="L21" s="52"/>
-[...7 lines deleted...]
-      <c r="C22" s="47" t="s">
+      <c r="L21" s="23"/>
+      <c r="M21" s="186"/>
+      <c r="N21" s="186"/>
+      <c r="O21" s="186"/>
+    </row>
+    <row r="22" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C22" s="23" t="s">
         <v>243</v>
       </c>
-      <c r="D22" s="47"/>
-      <c r="E22" s="11" t="s">
+      <c r="D22" s="23"/>
+      <c r="E22" s="8" t="s">
         <v>245</v>
       </c>
-      <c r="F22" s="47"/>
-[...4 lines deleted...]
-      <c r="K22" s="39" t="s">
+      <c r="F22" s="23"/>
+      <c r="H22" s="23"/>
+      <c r="I22" s="23"/>
+      <c r="J22" s="23"/>
+      <c r="K22" s="18" t="s">
         <v>113</v>
       </c>
-      <c r="L22" s="52"/>
-[...7 lines deleted...]
-      <c r="C23" s="51" t="s">
+      <c r="L22" s="23"/>
+      <c r="M22" s="226"/>
+      <c r="N22" s="226"/>
+      <c r="O22" s="226"/>
+    </row>
+    <row r="23" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C23" s="24" t="s">
         <v>244</v>
       </c>
-      <c r="D23" s="47"/>
-      <c r="E23" s="11" t="s">
+      <c r="D23" s="23"/>
+      <c r="E23" s="8" t="s">
         <v>245</v>
       </c>
-      <c r="F23" s="47"/>
-[...4 lines deleted...]
-      <c r="K23" s="39" t="s">
+      <c r="F23" s="23"/>
+      <c r="H23" s="23"/>
+      <c r="I23" s="23"/>
+      <c r="J23" s="23"/>
+      <c r="K23" s="18" t="s">
         <v>157</v>
       </c>
-      <c r="L23" s="39"/>
-[...7 lines deleted...]
-      <c r="C24" s="70" t="s">
+      <c r="L23" s="18"/>
+      <c r="M23" s="227"/>
+      <c r="N23" s="227"/>
+      <c r="O23" s="227"/>
+    </row>
+    <row r="24" spans="1:15" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C24" s="23" t="s">
         <v>246</v>
       </c>
-      <c r="D24" s="47"/>
-      <c r="E24" s="47" t="s">
+      <c r="D24" s="23"/>
+      <c r="E24" s="23" t="s">
         <v>247</v>
       </c>
-      <c r="F24" s="47"/>
-[...4 lines deleted...]
-      <c r="K24" s="27" t="s">
+      <c r="F24" s="23"/>
+      <c r="H24" s="18"/>
+      <c r="I24" s="18"/>
+      <c r="J24" s="23"/>
+      <c r="K24" s="18" t="s">
         <v>51</v>
       </c>
-      <c r="L24" s="27"/>
-[...9 lines deleted...]
-      <c r="E25" s="25" t="s">
+      <c r="L24" s="18"/>
+      <c r="M24" s="186"/>
+      <c r="N24" s="186"/>
+      <c r="O24" s="186"/>
+    </row>
+    <row r="25" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="D25" s="23"/>
+      <c r="E25" s="8" t="s">
         <v>248</v>
       </c>
-      <c r="F25" s="54"/>
-[...11 lines deleted...]
-      <c r="A26" s="38" t="s">
+      <c r="H25" s="23"/>
+      <c r="I25" s="23"/>
+      <c r="J25" s="23"/>
+      <c r="L25" s="18"/>
+      <c r="M25" s="18"/>
+      <c r="N25" s="18"/>
+      <c r="O25" s="18"/>
+    </row>
+    <row r="26" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A26" s="24" t="s">
         <v>16</v>
       </c>
-      <c r="B26" s="350"/>
-[...68 lines deleted...]
-      <c r="C30" s="81" t="s">
+      <c r="B26" s="225"/>
+      <c r="C26" s="225"/>
+      <c r="D26" s="225"/>
+      <c r="E26" s="225"/>
+      <c r="F26" s="225"/>
+      <c r="G26" s="225"/>
+      <c r="H26" s="225"/>
+      <c r="I26" s="225"/>
+      <c r="J26" s="225"/>
+      <c r="K26" s="225"/>
+      <c r="L26" s="225"/>
+      <c r="M26" s="225"/>
+      <c r="N26" s="225"/>
+      <c r="O26" s="225"/>
+    </row>
+    <row r="27" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A27" s="225"/>
+      <c r="B27" s="225"/>
+      <c r="C27" s="225"/>
+      <c r="D27" s="225"/>
+      <c r="E27" s="225"/>
+      <c r="F27" s="225"/>
+      <c r="G27" s="225"/>
+      <c r="H27" s="225"/>
+      <c r="I27" s="225"/>
+      <c r="J27" s="225"/>
+      <c r="K27" s="225"/>
+      <c r="L27" s="225"/>
+      <c r="M27" s="225"/>
+      <c r="N27" s="225"/>
+      <c r="O27" s="225"/>
+    </row>
+    <row r="28" spans="1:15" ht="12.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A28" s="224"/>
+      <c r="B28" s="224"/>
+      <c r="C28" s="224"/>
+      <c r="D28" s="224"/>
+      <c r="E28" s="224"/>
+      <c r="F28" s="224"/>
+      <c r="G28" s="224"/>
+      <c r="H28" s="224"/>
+      <c r="I28" s="224"/>
+      <c r="J28" s="224"/>
+      <c r="K28" s="224"/>
+      <c r="L28" s="224"/>
+      <c r="M28" s="224"/>
+      <c r="N28" s="224"/>
+      <c r="O28" s="224"/>
+    </row>
+    <row r="29" spans="1:15" ht="12.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A29" s="9"/>
+      <c r="C29" s="8"/>
+      <c r="D29" s="23"/>
+      <c r="E29" s="23"/>
+      <c r="F29" s="8"/>
+      <c r="G29" s="23"/>
+      <c r="I29" s="18"/>
+      <c r="J29" s="78"/>
+      <c r="K29" s="74"/>
+      <c r="L29" s="52"/>
+    </row>
+    <row r="30" spans="1:15" ht="12.75" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A30" s="9"/>
+      <c r="B30" s="18"/>
+      <c r="C30" s="19" t="s">
         <v>123</v>
       </c>
-      <c r="D30" s="47"/>
-[...8 lines deleted...]
-      <c r="M30" s="170" t="s">
+      <c r="D30" s="23"/>
+      <c r="E30" s="23"/>
+      <c r="F30" s="8"/>
+      <c r="G30" s="23"/>
+      <c r="I30" s="18"/>
+      <c r="J30" s="78"/>
+      <c r="K30" s="74"/>
+      <c r="L30" s="52"/>
+      <c r="M30" s="3" t="s">
         <v>20</v>
       </c>
-      <c r="N30" s="43"/>
-      <c r="O30" s="170" t="s">
+      <c r="O30" s="3" t="s">
         <v>151</v>
       </c>
     </row>
-    <row r="31" spans="1:15" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-[...17 lines deleted...]
-      <c r="A32" s="65" t="s">
+    <row r="31" spans="1:15" ht="12.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A31" s="9"/>
+      <c r="B31" s="18"/>
+      <c r="C31" s="8"/>
+      <c r="D31" s="23"/>
+      <c r="E31" s="23"/>
+      <c r="F31" s="8"/>
+      <c r="G31" s="23"/>
+      <c r="I31" s="18"/>
+      <c r="J31" s="78"/>
+      <c r="K31" s="74"/>
+      <c r="L31" s="52"/>
+    </row>
+    <row r="32" spans="1:15" ht="12.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A32" s="24" t="s">
         <v>124</v>
       </c>
-      <c r="B32" s="27"/>
-[...4 lines deleted...]
-      <c r="G32" s="69" t="s">
+      <c r="B32" s="18"/>
+      <c r="C32" s="8"/>
+      <c r="D32" s="23"/>
+      <c r="E32" s="23"/>
+      <c r="F32" s="8"/>
+      <c r="G32" s="23" t="s">
         <v>125</v>
       </c>
-      <c r="H32" s="43"/>
-[...9 lines deleted...]
-      <c r="A33" s="74" t="s">
+      <c r="I32" s="18"/>
+      <c r="J32" s="78"/>
+      <c r="K32" s="74"/>
+      <c r="L32" s="52"/>
+      <c r="M32" s="60"/>
+      <c r="O32" s="60"/>
+    </row>
+    <row r="33" spans="1:15" ht="12.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A33" s="23" t="s">
         <v>126</v>
       </c>
-      <c r="B33" s="43"/>
-[...4 lines deleted...]
-      <c r="G33" s="69" t="s">
+      <c r="C33" s="23"/>
+      <c r="D33" s="23"/>
+      <c r="E33" s="23"/>
+      <c r="F33" s="8"/>
+      <c r="G33" s="23" t="s">
         <v>125</v>
       </c>
-      <c r="H33" s="43"/>
-[...9 lines deleted...]
-      <c r="A34" s="216" t="s">
+      <c r="I33" s="18"/>
+      <c r="J33" s="78"/>
+      <c r="K33" s="74"/>
+      <c r="L33" s="52"/>
+      <c r="M33" s="60"/>
+      <c r="O33" s="60"/>
+    </row>
+    <row r="34" spans="1:15" ht="12.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A34" s="24" t="s">
         <v>127</v>
       </c>
-      <c r="B34" s="216"/>
-[...4 lines deleted...]
-      <c r="G34" s="69" t="s">
+      <c r="D34" s="225"/>
+      <c r="E34" s="225"/>
+      <c r="F34" s="8"/>
+      <c r="G34" s="23" t="s">
         <v>125</v>
       </c>
-      <c r="H34" s="62"/>
-[...9 lines deleted...]
-      <c r="A35" s="70" t="s">
+      <c r="H34" s="18"/>
+      <c r="I34" s="23"/>
+      <c r="J34" s="78"/>
+      <c r="K34" s="74"/>
+      <c r="L34" s="52"/>
+      <c r="M34" s="99"/>
+      <c r="O34" s="99"/>
+    </row>
+    <row r="35" spans="1:15" ht="12.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A35" s="23" t="s">
         <v>26</v>
       </c>
-      <c r="B35" s="27"/>
-[...4 lines deleted...]
-      <c r="G35" s="69" t="s">
+      <c r="B35" s="18"/>
+      <c r="C35" s="18"/>
+      <c r="D35" s="23"/>
+      <c r="E35" s="23"/>
+      <c r="F35" s="8"/>
+      <c r="G35" s="23" t="s">
         <v>125</v>
       </c>
-      <c r="H35" s="43"/>
-[...9 lines deleted...]
-      <c r="A36" s="74" t="s">
+      <c r="I35" s="23"/>
+      <c r="J35" s="78"/>
+      <c r="K35" s="18"/>
+      <c r="L35" s="52"/>
+      <c r="M35" s="60"/>
+      <c r="O35" s="60"/>
+    </row>
+    <row r="36" spans="1:15" ht="12.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A36" s="23" t="s">
         <v>72</v>
       </c>
-      <c r="B36" s="43"/>
-[...4 lines deleted...]
-      <c r="G36" s="69" t="s">
+      <c r="D36" s="23"/>
+      <c r="E36" s="23"/>
+      <c r="F36" s="8"/>
+      <c r="G36" s="23" t="s">
         <v>128</v>
       </c>
-      <c r="H36" s="62"/>
-[...9 lines deleted...]
-      <c r="A37" s="74" t="s">
+      <c r="H36" s="18"/>
+      <c r="I36" s="23"/>
+      <c r="J36" s="78"/>
+      <c r="K36" s="74"/>
+      <c r="L36" s="52"/>
+      <c r="M36" s="60"/>
+      <c r="O36" s="60"/>
+    </row>
+    <row r="37" spans="1:15" x14ac:dyDescent="0.35">
+      <c r="A37" s="23" t="s">
         <v>74</v>
       </c>
-      <c r="B37" s="51"/>
-[...4 lines deleted...]
-      <c r="G37" s="69" t="s">
+      <c r="D37" s="18"/>
+      <c r="E37" s="18"/>
+      <c r="F37" s="18"/>
+      <c r="G37" s="23" t="s">
         <v>128</v>
       </c>
-      <c r="H37" s="27"/>
-[...28 lines deleted...]
-      <c r="C39" s="217" t="s">
+      <c r="H37" s="18"/>
+      <c r="K37" s="18"/>
+      <c r="L37" s="18"/>
+      <c r="M37" s="60"/>
+      <c r="N37" s="18"/>
+      <c r="O37" s="60"/>
+    </row>
+    <row r="38" spans="1:15" ht="13.15" x14ac:dyDescent="0.4">
+      <c r="A38" s="6"/>
+      <c r="B38" s="6"/>
+      <c r="M38" s="18"/>
+      <c r="N38" s="18"/>
+      <c r="O38" s="18"/>
+    </row>
+    <row r="39" spans="1:15" ht="13.15" x14ac:dyDescent="0.4">
+      <c r="A39" s="3"/>
+      <c r="B39" s="3"/>
+      <c r="C39" s="2" t="s">
         <v>38</v>
       </c>
-      <c r="D39" s="217"/>
-[...8 lines deleted...]
-      <c r="M39" s="170" t="s">
+      <c r="D39" s="2"/>
+      <c r="E39" s="3"/>
+      <c r="G39" s="2"/>
+      <c r="H39" s="2"/>
+      <c r="I39" s="2"/>
+      <c r="J39" s="19"/>
+      <c r="K39" s="2"/>
+      <c r="L39" s="2"/>
+      <c r="M39" s="3" t="s">
         <v>20</v>
       </c>
-      <c r="N39" s="217"/>
-      <c r="O39" s="170" t="s">
+      <c r="N39" s="2"/>
+      <c r="O39" s="3" t="s">
         <v>151</v>
       </c>
     </row>
-    <row r="40" spans="1:15" x14ac:dyDescent="0.2">
-[...24 lines deleted...]
-      <c r="F41" s="225" t="s">
+    <row r="40" spans="1:15" x14ac:dyDescent="0.35">
+      <c r="L40" s="23"/>
+      <c r="M40" s="18"/>
+      <c r="N40" s="18"/>
+    </row>
+    <row r="41" spans="1:15" x14ac:dyDescent="0.35">
+      <c r="A41" s="109" t="s">
+        <v>291</v>
+      </c>
+      <c r="B41" s="112"/>
+      <c r="C41" s="112"/>
+      <c r="D41" s="112"/>
+      <c r="E41" s="112"/>
+      <c r="F41" s="109" t="s">
         <v>251</v>
       </c>
-      <c r="G41" s="245"/>
-[...17 lines deleted...]
-      <c r="F42" s="225" t="s">
+      <c r="G41" s="112"/>
+      <c r="H41" s="112"/>
+      <c r="I41" s="112"/>
+      <c r="J41" s="112"/>
+      <c r="L41" s="23"/>
+      <c r="M41" s="60"/>
+      <c r="N41" s="18"/>
+      <c r="O41" s="60"/>
+    </row>
+    <row r="42" spans="1:15" x14ac:dyDescent="0.35">
+      <c r="A42" s="109" t="s">
+        <v>290</v>
+      </c>
+      <c r="B42" s="112"/>
+      <c r="C42" s="112"/>
+      <c r="D42" s="112"/>
+      <c r="E42" s="112"/>
+      <c r="F42" s="109" t="s">
         <v>251</v>
       </c>
-      <c r="G42" s="245"/>
-[...10 lines deleted...]
-      <c r="A43" s="104" t="s">
+      <c r="G42" s="112"/>
+      <c r="H42" s="112"/>
+      <c r="I42" s="112"/>
+      <c r="J42" s="112"/>
+      <c r="L42" s="23"/>
+      <c r="M42" s="60"/>
+      <c r="N42" s="18"/>
+      <c r="O42" s="60"/>
+    </row>
+    <row r="43" spans="1:15" x14ac:dyDescent="0.35">
+      <c r="A43" s="23" t="s">
         <v>129</v>
       </c>
-      <c r="B43" s="54"/>
-[...3 lines deleted...]
-      <c r="F43" s="69" t="s">
+      <c r="F43" s="23" t="s">
         <v>76</v>
       </c>
-      <c r="G43" s="165"/>
-[...10 lines deleted...]
-      <c r="A44" s="74" t="s">
+      <c r="G43" s="9"/>
+      <c r="H43" s="9"/>
+      <c r="I43" s="9"/>
+      <c r="J43" s="9"/>
+      <c r="K43" s="78"/>
+      <c r="L43" s="78"/>
+      <c r="M43" s="60"/>
+      <c r="N43" s="78"/>
+      <c r="O43" s="60"/>
+    </row>
+    <row r="44" spans="1:15" x14ac:dyDescent="0.35">
+      <c r="A44" s="23" t="s">
         <v>232</v>
       </c>
-      <c r="B44" s="54"/>
-[...3 lines deleted...]
-      <c r="F44" s="69" t="s">
+      <c r="C44" s="23"/>
+      <c r="D44" s="23"/>
+      <c r="E44" s="23"/>
+      <c r="F44" s="23" t="s">
         <v>76</v>
       </c>
-      <c r="G44" s="165"/>
-[...10 lines deleted...]
-      <c r="A45" s="74" t="s">
+      <c r="G44" s="9"/>
+      <c r="H44" s="9"/>
+      <c r="I44" s="9"/>
+      <c r="J44" s="8"/>
+      <c r="K44" s="78"/>
+      <c r="L44" s="78"/>
+      <c r="M44" s="60"/>
+      <c r="N44" s="78"/>
+      <c r="O44" s="99"/>
+    </row>
+    <row r="45" spans="1:15" x14ac:dyDescent="0.35">
+      <c r="A45" s="23" t="s">
         <v>250</v>
       </c>
-      <c r="B45" s="54"/>
-[...3 lines deleted...]
-      <c r="F45" s="69" t="s">
+      <c r="F45" s="23" t="s">
         <v>251</v>
       </c>
-      <c r="G45" s="165"/>
-[...27 lines deleted...]
-      <c r="A47" s="38" t="s">
+      <c r="G45" s="9"/>
+      <c r="H45" s="9"/>
+      <c r="I45" s="9"/>
+      <c r="J45" s="9"/>
+      <c r="K45" s="78"/>
+      <c r="L45" s="78"/>
+      <c r="M45" s="99"/>
+      <c r="N45" s="78"/>
+      <c r="O45" s="60"/>
+    </row>
+    <row r="46" spans="1:15" x14ac:dyDescent="0.35">
+      <c r="A46" s="52"/>
+      <c r="B46" s="52"/>
+      <c r="C46" s="23"/>
+      <c r="D46" s="23"/>
+      <c r="E46" s="23"/>
+      <c r="F46" s="23"/>
+      <c r="G46" s="9"/>
+      <c r="H46" s="9"/>
+      <c r="I46" s="9"/>
+      <c r="J46" s="8"/>
+      <c r="K46" s="78"/>
+      <c r="L46" s="78"/>
+      <c r="M46" s="78"/>
+      <c r="N46" s="78"/>
+      <c r="O46" s="78"/>
+    </row>
+    <row r="47" spans="1:15" x14ac:dyDescent="0.35">
+      <c r="A47" s="24" t="s">
         <v>16</v>
       </c>
-      <c r="B47" s="350"/>
-[...144 lines deleted...]
-      <c r="O60" s="43"/>
+      <c r="B47" s="225"/>
+      <c r="C47" s="225"/>
+      <c r="D47" s="225"/>
+      <c r="E47" s="225"/>
+      <c r="F47" s="225"/>
+      <c r="G47" s="225"/>
+      <c r="H47" s="225"/>
+      <c r="I47" s="225"/>
+      <c r="J47" s="225"/>
+      <c r="K47" s="225"/>
+      <c r="L47" s="225"/>
+      <c r="M47" s="225"/>
+      <c r="N47" s="225"/>
+      <c r="O47" s="225"/>
+    </row>
+    <row r="48" spans="1:15" x14ac:dyDescent="0.35">
+      <c r="A48" s="225"/>
+      <c r="B48" s="225"/>
+      <c r="C48" s="225"/>
+      <c r="D48" s="225"/>
+      <c r="E48" s="225"/>
+      <c r="F48" s="225"/>
+      <c r="G48" s="225"/>
+      <c r="H48" s="225"/>
+      <c r="I48" s="225"/>
+      <c r="J48" s="225"/>
+      <c r="K48" s="225"/>
+      <c r="L48" s="225"/>
+      <c r="M48" s="225"/>
+      <c r="N48" s="225"/>
+      <c r="O48" s="225"/>
+    </row>
+    <row r="49" spans="1:15" x14ac:dyDescent="0.35">
+      <c r="A49" s="224"/>
+      <c r="B49" s="224"/>
+      <c r="C49" s="224"/>
+      <c r="D49" s="224"/>
+      <c r="E49" s="224"/>
+      <c r="F49" s="224"/>
+      <c r="G49" s="224"/>
+      <c r="H49" s="224"/>
+      <c r="I49" s="224"/>
+      <c r="J49" s="224"/>
+      <c r="K49" s="224"/>
+      <c r="L49" s="224"/>
+      <c r="M49" s="224"/>
+      <c r="N49" s="224"/>
+      <c r="O49" s="224"/>
+    </row>
+    <row r="50" spans="1:15" x14ac:dyDescent="0.35">
+      <c r="A50" s="225"/>
+      <c r="B50" s="225"/>
+      <c r="C50" s="225"/>
+      <c r="D50" s="225"/>
+      <c r="E50" s="225"/>
+      <c r="F50" s="225"/>
+      <c r="G50" s="225"/>
+      <c r="H50" s="225"/>
+      <c r="I50" s="225"/>
+      <c r="J50" s="225"/>
+      <c r="K50" s="225"/>
+      <c r="L50" s="225"/>
+      <c r="M50" s="225"/>
+      <c r="N50" s="225"/>
+      <c r="O50" s="225"/>
+    </row>
+    <row r="51" spans="1:15" x14ac:dyDescent="0.35">
+      <c r="A51" s="224"/>
+      <c r="B51" s="224"/>
+      <c r="C51" s="224"/>
+      <c r="D51" s="224"/>
+      <c r="E51" s="224"/>
+      <c r="F51" s="224"/>
+      <c r="G51" s="224"/>
+      <c r="H51" s="224"/>
+      <c r="I51" s="224"/>
+      <c r="J51" s="224"/>
+      <c r="K51" s="224"/>
+      <c r="L51" s="224"/>
+      <c r="M51" s="224"/>
+      <c r="N51" s="224"/>
+      <c r="O51" s="224"/>
+    </row>
+    <row r="52" spans="1:15" x14ac:dyDescent="0.35">
+      <c r="C52" s="23"/>
+      <c r="D52" s="23"/>
+      <c r="E52" s="23"/>
+      <c r="F52" s="18"/>
+      <c r="H52" s="23"/>
+      <c r="I52" s="23"/>
+      <c r="J52" s="23"/>
+      <c r="L52" s="23"/>
+      <c r="M52" s="18"/>
+      <c r="N52" s="18"/>
+      <c r="O52" s="18"/>
+    </row>
+    <row r="53" spans="1:15" x14ac:dyDescent="0.35">
+      <c r="C53" s="23"/>
+      <c r="D53" s="23"/>
+      <c r="E53" s="8"/>
+      <c r="F53" s="8"/>
+      <c r="G53" s="8"/>
+      <c r="H53" s="8"/>
+      <c r="K53" s="18"/>
+      <c r="L53" s="23"/>
+      <c r="M53" s="107"/>
+      <c r="N53" s="107"/>
+      <c r="O53" s="107"/>
     </row>
   </sheetData>
   <mergeCells count="36">
-    <mergeCell ref="A50:O50"/>
-[...19 lines deleted...]
-    <mergeCell ref="M19:O19"/>
     <mergeCell ref="G14:I14"/>
     <mergeCell ref="K14:O14"/>
     <mergeCell ref="G11:J11"/>
     <mergeCell ref="N1:O1"/>
     <mergeCell ref="A2:O2"/>
     <mergeCell ref="A3:O3"/>
     <mergeCell ref="D5:H5"/>
     <mergeCell ref="C9:D9"/>
     <mergeCell ref="G9:I9"/>
     <mergeCell ref="K9:O9"/>
     <mergeCell ref="K11:O11"/>
     <mergeCell ref="G12:I12"/>
     <mergeCell ref="K12:O12"/>
     <mergeCell ref="G13:I13"/>
     <mergeCell ref="K13:O13"/>
+    <mergeCell ref="A20:D20"/>
+    <mergeCell ref="M21:O21"/>
+    <mergeCell ref="M22:O22"/>
+    <mergeCell ref="M23:O23"/>
+    <mergeCell ref="G15:I15"/>
+    <mergeCell ref="K15:O15"/>
+    <mergeCell ref="K16:O16"/>
+    <mergeCell ref="G17:I17"/>
+    <mergeCell ref="K17:O17"/>
+    <mergeCell ref="C19:D19"/>
+    <mergeCell ref="M19:O19"/>
+    <mergeCell ref="A50:O50"/>
+    <mergeCell ref="A51:O51"/>
+    <mergeCell ref="M24:O24"/>
+    <mergeCell ref="B26:O26"/>
+    <mergeCell ref="A27:O27"/>
+    <mergeCell ref="A28:O28"/>
+    <mergeCell ref="D34:E34"/>
+    <mergeCell ref="B47:O47"/>
+    <mergeCell ref="A48:O48"/>
+    <mergeCell ref="A49:O49"/>
   </mergeCells>
   <phoneticPr fontId="17" type="noConversion"/>
   <pageMargins left="0.75" right="0.25" top="0.5" bottom="0.5" header="0" footer="0"/>
   <pageSetup scale="90" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0C00-000000000000}">
   <dimension ref="A1:O51"/>
   <sheetViews>
     <sheetView showZeros="0" zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="O1" sqref="O1"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultColWidth="9.1328125" defaultRowHeight="12.75" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="9.140625" style="38"/>
-[...12 lines deleted...]
-    <col min="16" max="16384" width="9.140625" style="38"/>
+    <col min="1" max="1" width="9.1328125" style="24"/>
+    <col min="2" max="2" width="2.265625" style="24" customWidth="1"/>
+    <col min="3" max="4" width="9.73046875" style="24" customWidth="1"/>
+    <col min="5" max="5" width="1.59765625" style="24" customWidth="1"/>
+    <col min="6" max="6" width="7" style="24" customWidth="1"/>
+    <col min="7" max="7" width="1.59765625" style="24" customWidth="1"/>
+    <col min="8" max="8" width="9.86328125" style="24" customWidth="1"/>
+    <col min="9" max="9" width="1.59765625" style="24" customWidth="1"/>
+    <col min="10" max="11" width="9.73046875" style="24" customWidth="1"/>
+    <col min="12" max="12" width="1.3984375" style="24" customWidth="1"/>
+    <col min="13" max="13" width="8.86328125" style="24" customWidth="1"/>
+    <col min="14" max="14" width="1.1328125" style="24" customWidth="1"/>
+    <col min="15" max="15" width="19.3984375" style="24" customWidth="1"/>
+    <col min="16" max="16384" width="9.1328125" style="24"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:15" x14ac:dyDescent="0.2">
-      <c r="A1" s="36">
+    <row r="1" spans="1:15" x14ac:dyDescent="0.35">
+      <c r="A1" s="8">
         <v>2020</v>
       </c>
-      <c r="B1" s="51"/>
-[...15 lines deleted...]
-      <c r="A2" s="311" t="s">
+    </row>
+    <row r="2" spans="1:15" x14ac:dyDescent="0.35">
+      <c r="A2" s="177" t="s">
         <v>0</v>
       </c>
-      <c r="B2" s="311"/>
-[...68 lines deleted...]
-      <c r="A6" s="320" t="s">
+      <c r="B2" s="177"/>
+      <c r="C2" s="177"/>
+      <c r="D2" s="177"/>
+      <c r="E2" s="177"/>
+      <c r="F2" s="177"/>
+      <c r="G2" s="177"/>
+      <c r="H2" s="177"/>
+      <c r="I2" s="177"/>
+      <c r="J2" s="177"/>
+      <c r="K2" s="177"/>
+      <c r="L2" s="177"/>
+      <c r="M2" s="177"/>
+      <c r="N2" s="177"/>
+      <c r="O2" s="177"/>
+    </row>
+    <row r="3" spans="1:15" s="1" customFormat="1" ht="17.649999999999999" x14ac:dyDescent="0.5">
+      <c r="A3" s="162" t="s">
+        <v>340</v>
+      </c>
+      <c r="B3" s="162"/>
+      <c r="C3" s="162"/>
+      <c r="D3" s="162"/>
+      <c r="E3" s="162"/>
+      <c r="F3" s="162"/>
+      <c r="G3" s="162"/>
+      <c r="H3" s="162"/>
+      <c r="I3" s="162"/>
+      <c r="J3" s="162"/>
+      <c r="K3" s="162"/>
+      <c r="L3" s="162"/>
+      <c r="M3" s="162"/>
+      <c r="N3" s="162"/>
+      <c r="O3" s="162"/>
+    </row>
+    <row r="4" spans="1:15" ht="13.15" x14ac:dyDescent="0.4">
+      <c r="A4" s="185"/>
+      <c r="B4" s="185"/>
+      <c r="C4" s="185"/>
+      <c r="D4" s="185"/>
+      <c r="E4" s="185"/>
+      <c r="F4" s="185"/>
+      <c r="G4" s="185"/>
+      <c r="H4" s="185"/>
+      <c r="I4" s="185"/>
+      <c r="J4" s="185"/>
+      <c r="K4" s="185"/>
+      <c r="L4" s="185"/>
+      <c r="M4" s="185"/>
+      <c r="N4" s="185"/>
+      <c r="O4" s="185"/>
+    </row>
+    <row r="5" spans="1:15" ht="13.15" x14ac:dyDescent="0.4">
+      <c r="A5" s="6"/>
+      <c r="B5" s="6"/>
+      <c r="C5" s="6"/>
+      <c r="D5" s="6"/>
+      <c r="E5" s="6"/>
+      <c r="F5" s="6"/>
+      <c r="G5" s="6"/>
+      <c r="H5" s="6"/>
+      <c r="I5" s="6"/>
+      <c r="J5" s="6"/>
+      <c r="K5" s="6"/>
+      <c r="L5" s="6"/>
+      <c r="M5" s="6"/>
+      <c r="N5" s="6"/>
+      <c r="O5" s="6"/>
+    </row>
+    <row r="6" spans="1:15" ht="13.15" x14ac:dyDescent="0.4">
+      <c r="A6" s="183" t="s">
         <v>135</v>
       </c>
-      <c r="B6" s="321"/>
-      <c r="C6" s="132">
+      <c r="B6" s="184"/>
+      <c r="C6" s="68">
         <f>(Title!$C$3)</f>
         <v>0</v>
       </c>
-      <c r="D6" s="133"/>
-[...8 lines deleted...]
-      <c r="M6" s="84" t="s">
+      <c r="D6" s="69"/>
+      <c r="E6" s="69"/>
+      <c r="F6" s="69"/>
+      <c r="G6" s="69"/>
+      <c r="H6" s="69"/>
+      <c r="I6" s="69"/>
+      <c r="J6" s="69"/>
+      <c r="M6" s="36" t="s">
         <v>3</v>
       </c>
-      <c r="N6" s="78"/>
-      <c r="O6" s="132">
+      <c r="N6" s="34"/>
+      <c r="O6" s="68">
         <f>(Title!$C$5)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="7" spans="1:15" x14ac:dyDescent="0.2">
-[...17 lines deleted...]
-      <c r="A8" s="51" t="s">
+    <row r="8" spans="1:15" x14ac:dyDescent="0.35">
+      <c r="A8" s="24" t="s">
         <v>4</v>
       </c>
-      <c r="B8" s="51"/>
-[...68 lines deleted...]
-      <c r="A12" s="76" t="s">
+    </row>
+    <row r="10" spans="1:15" ht="17.25" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A10" s="229" t="s">
+        <v>337</v>
+      </c>
+      <c r="B10" s="230"/>
+      <c r="C10" s="230"/>
+      <c r="D10" s="230"/>
+      <c r="E10" s="230"/>
+      <c r="F10" s="230"/>
+      <c r="G10" s="230"/>
+      <c r="H10" s="230"/>
+      <c r="I10" s="230"/>
+      <c r="J10" s="230"/>
+      <c r="K10" s="230"/>
+      <c r="L10" s="230"/>
+      <c r="M10" s="230"/>
+      <c r="N10" s="230"/>
+      <c r="O10" s="230"/>
+    </row>
+    <row r="12" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A12" s="6" t="s">
         <v>10</v>
       </c>
-      <c r="B12" s="51"/>
-[...5 lines deleted...]
-      <c r="H12" s="76" t="s">
+      <c r="H12" s="6" t="s">
         <v>14</v>
       </c>
-      <c r="I12" s="51"/>
-[...3 lines deleted...]
-      <c r="M12" s="76" t="s">
+      <c r="J12" s="2"/>
+      <c r="K12" s="2"/>
+      <c r="L12" s="2"/>
+      <c r="M12" s="6" t="s">
         <v>139</v>
       </c>
-      <c r="N12" s="51"/>
-[...3 lines deleted...]
-      <c r="A13" s="9" t="s">
+    </row>
+    <row r="13" spans="1:15" ht="12.75" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A13" s="3" t="s">
         <v>12</v>
       </c>
-      <c r="B13" s="51"/>
-      <c r="C13" s="353" t="s">
+      <c r="C13" s="232" t="s">
         <v>206</v>
       </c>
-      <c r="D13" s="353"/>
-[...1 lines deleted...]
-      <c r="F13" s="150" t="s">
+      <c r="D13" s="232"/>
+      <c r="E13" s="232"/>
+      <c r="F13" s="79" t="s">
         <v>45</v>
       </c>
-      <c r="G13" s="51"/>
-      <c r="H13" s="9" t="s">
+      <c r="H13" s="3" t="s">
         <v>174</v>
       </c>
-      <c r="I13" s="51"/>
-      <c r="J13" s="317" t="s">
+      <c r="J13" s="156" t="s">
         <v>5</v>
       </c>
-      <c r="K13" s="317"/>
-[...1 lines deleted...]
-      <c r="M13" s="42" t="s">
+      <c r="K13" s="156"/>
+      <c r="L13" s="2"/>
+      <c r="M13" s="3" t="s">
         <v>252</v>
       </c>
-      <c r="N13" s="27"/>
-      <c r="O13" s="42" t="s">
+      <c r="N13" s="18"/>
+      <c r="O13" s="3" t="s">
         <v>132</v>
       </c>
     </row>
-    <row r="14" spans="1:15" ht="8.25" customHeight="1" x14ac:dyDescent="0.2">
-[...291 lines deleted...]
-      <c r="A31" s="238" t="s">
+    <row r="14" spans="1:15" ht="8.25" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A14" s="18"/>
+      <c r="C14" s="23"/>
+      <c r="D14" s="23"/>
+      <c r="J14" s="18"/>
+      <c r="K14" s="2"/>
+      <c r="L14" s="2"/>
+      <c r="M14" s="18"/>
+      <c r="N14" s="18"/>
+      <c r="O14" s="18"/>
+    </row>
+    <row r="15" spans="1:15" ht="15.95" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A15" s="46"/>
+      <c r="B15" s="9"/>
+      <c r="C15" s="192"/>
+      <c r="D15" s="192"/>
+      <c r="E15" s="9"/>
+      <c r="F15" s="80"/>
+      <c r="G15" s="9"/>
+      <c r="H15" s="81"/>
+      <c r="I15" s="9"/>
+      <c r="J15" s="192"/>
+      <c r="K15" s="192"/>
+      <c r="L15" s="11"/>
+      <c r="M15" s="46"/>
+      <c r="N15" s="11"/>
+      <c r="O15" s="12"/>
+    </row>
+    <row r="16" spans="1:15" ht="15.95" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A16" s="46"/>
+      <c r="B16" s="9"/>
+      <c r="C16" s="192"/>
+      <c r="D16" s="192"/>
+      <c r="E16" s="9"/>
+      <c r="F16" s="80"/>
+      <c r="G16" s="9"/>
+      <c r="H16" s="81"/>
+      <c r="I16" s="9"/>
+      <c r="J16" s="192"/>
+      <c r="K16" s="192"/>
+      <c r="L16" s="9"/>
+      <c r="M16" s="46"/>
+      <c r="N16" s="11"/>
+      <c r="O16" s="15"/>
+    </row>
+    <row r="17" spans="1:15" ht="15.95" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A17" s="46"/>
+      <c r="B17" s="9"/>
+      <c r="C17" s="192"/>
+      <c r="D17" s="192"/>
+      <c r="E17" s="9"/>
+      <c r="F17" s="80"/>
+      <c r="G17" s="9"/>
+      <c r="H17" s="81"/>
+      <c r="I17" s="9"/>
+      <c r="J17" s="192"/>
+      <c r="K17" s="192"/>
+      <c r="L17" s="9"/>
+      <c r="M17" s="46"/>
+      <c r="N17" s="11"/>
+      <c r="O17" s="15"/>
+    </row>
+    <row r="18" spans="1:15" ht="15.95" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A18" s="46"/>
+      <c r="B18" s="9"/>
+      <c r="C18" s="192"/>
+      <c r="D18" s="192"/>
+      <c r="E18" s="9"/>
+      <c r="F18" s="80"/>
+      <c r="G18" s="9"/>
+      <c r="H18" s="81"/>
+      <c r="I18" s="9"/>
+      <c r="J18" s="192"/>
+      <c r="K18" s="192"/>
+      <c r="L18" s="9"/>
+      <c r="M18" s="46"/>
+      <c r="N18" s="11"/>
+      <c r="O18" s="15"/>
+    </row>
+    <row r="19" spans="1:15" ht="15.95" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A19" s="46"/>
+      <c r="B19" s="9"/>
+      <c r="C19" s="191"/>
+      <c r="D19" s="191"/>
+      <c r="E19" s="9"/>
+      <c r="F19" s="80"/>
+      <c r="G19" s="9"/>
+      <c r="H19" s="81"/>
+      <c r="I19" s="9"/>
+      <c r="J19" s="192"/>
+      <c r="K19" s="192"/>
+      <c r="L19" s="9"/>
+      <c r="M19" s="46"/>
+      <c r="N19" s="9"/>
+      <c r="O19" s="15"/>
+    </row>
+    <row r="20" spans="1:15" ht="15.95" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A20" s="46"/>
+      <c r="B20" s="9"/>
+      <c r="C20" s="192"/>
+      <c r="D20" s="192"/>
+      <c r="E20" s="9"/>
+      <c r="F20" s="80"/>
+      <c r="G20" s="9"/>
+      <c r="H20" s="81"/>
+      <c r="I20" s="9"/>
+      <c r="J20" s="192"/>
+      <c r="K20" s="192"/>
+      <c r="L20" s="11"/>
+      <c r="M20" s="46"/>
+      <c r="N20" s="8"/>
+      <c r="O20" s="15"/>
+    </row>
+    <row r="21" spans="1:15" ht="15.95" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A21" s="46"/>
+      <c r="B21" s="9"/>
+      <c r="C21" s="192"/>
+      <c r="D21" s="192"/>
+      <c r="E21" s="9"/>
+      <c r="F21" s="80"/>
+      <c r="G21" s="9"/>
+      <c r="H21" s="81"/>
+      <c r="I21" s="9"/>
+      <c r="J21" s="192"/>
+      <c r="K21" s="192"/>
+      <c r="L21" s="9"/>
+      <c r="M21" s="46"/>
+      <c r="N21" s="9"/>
+      <c r="O21" s="15"/>
+    </row>
+    <row r="22" spans="1:15" ht="15.95" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A22" s="46"/>
+      <c r="B22" s="9"/>
+      <c r="C22" s="192"/>
+      <c r="D22" s="192"/>
+      <c r="E22" s="9"/>
+      <c r="F22" s="80"/>
+      <c r="G22" s="9"/>
+      <c r="H22" s="81"/>
+      <c r="I22" s="9"/>
+      <c r="J22" s="192"/>
+      <c r="K22" s="192"/>
+      <c r="L22" s="9"/>
+      <c r="M22" s="46"/>
+      <c r="N22" s="9"/>
+      <c r="O22" s="15"/>
+    </row>
+    <row r="23" spans="1:15" ht="15.95" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A23" s="46"/>
+      <c r="B23" s="9"/>
+      <c r="C23" s="192"/>
+      <c r="D23" s="192"/>
+      <c r="E23" s="9"/>
+      <c r="F23" s="80"/>
+      <c r="G23" s="9"/>
+      <c r="H23" s="81"/>
+      <c r="I23" s="9"/>
+      <c r="J23" s="192"/>
+      <c r="K23" s="192"/>
+      <c r="L23" s="9"/>
+      <c r="M23" s="46"/>
+      <c r="N23" s="9"/>
+      <c r="O23" s="15"/>
+    </row>
+    <row r="24" spans="1:15" ht="15.95" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A24" s="46"/>
+      <c r="B24" s="9"/>
+      <c r="C24" s="192"/>
+      <c r="D24" s="192"/>
+      <c r="E24" s="9"/>
+      <c r="F24" s="80"/>
+      <c r="G24" s="9"/>
+      <c r="H24" s="81"/>
+      <c r="I24" s="9"/>
+      <c r="J24" s="192"/>
+      <c r="K24" s="192"/>
+      <c r="L24" s="9"/>
+      <c r="M24" s="46"/>
+      <c r="N24" s="9"/>
+      <c r="O24" s="15"/>
+    </row>
+    <row r="25" spans="1:15" ht="15.95" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A25" s="46"/>
+      <c r="B25" s="9"/>
+      <c r="C25" s="192"/>
+      <c r="D25" s="192"/>
+      <c r="E25" s="9"/>
+      <c r="F25" s="80"/>
+      <c r="G25" s="9"/>
+      <c r="H25" s="81"/>
+      <c r="I25" s="9"/>
+      <c r="J25" s="192"/>
+      <c r="K25" s="192"/>
+      <c r="L25" s="9"/>
+      <c r="M25" s="46"/>
+      <c r="N25" s="9"/>
+      <c r="O25" s="15"/>
+    </row>
+    <row r="26" spans="1:15" ht="15.95" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A26" s="46"/>
+      <c r="B26" s="9"/>
+      <c r="C26" s="192"/>
+      <c r="D26" s="192"/>
+      <c r="E26" s="9"/>
+      <c r="F26" s="80"/>
+      <c r="G26" s="9"/>
+      <c r="H26" s="81"/>
+      <c r="I26" s="9"/>
+      <c r="J26" s="192"/>
+      <c r="K26" s="192"/>
+      <c r="L26" s="9"/>
+      <c r="M26" s="46"/>
+      <c r="N26" s="9"/>
+      <c r="O26" s="15"/>
+    </row>
+    <row r="27" spans="1:15" ht="15.95" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A27" s="46"/>
+      <c r="B27" s="111"/>
+      <c r="C27" s="192"/>
+      <c r="D27" s="192"/>
+      <c r="E27" s="111"/>
+      <c r="F27" s="80"/>
+      <c r="G27" s="111"/>
+      <c r="H27" s="81"/>
+      <c r="I27" s="111"/>
+      <c r="J27" s="192"/>
+      <c r="K27" s="192"/>
+      <c r="L27" s="80"/>
+      <c r="M27" s="46"/>
+      <c r="N27" s="111"/>
+      <c r="O27" s="15"/>
+    </row>
+    <row r="28" spans="1:15" ht="15.95" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A28" s="74"/>
+      <c r="B28" s="9"/>
+      <c r="C28" s="73"/>
+      <c r="D28" s="73"/>
+      <c r="E28" s="9"/>
+      <c r="F28" s="11"/>
+      <c r="G28" s="9"/>
+      <c r="H28" s="100"/>
+      <c r="I28" s="9"/>
+      <c r="J28" s="73"/>
+      <c r="K28" s="73"/>
+      <c r="L28" s="11"/>
+      <c r="M28" s="74"/>
+      <c r="N28" s="9"/>
+      <c r="O28" s="73"/>
+    </row>
+    <row r="29" spans="1:15" ht="15.95" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A29" s="231" t="s">
+        <v>338</v>
+      </c>
+      <c r="B29" s="171"/>
+      <c r="C29" s="171"/>
+      <c r="D29" s="171"/>
+      <c r="E29" s="171"/>
+      <c r="F29" s="171"/>
+      <c r="G29" s="171"/>
+      <c r="H29" s="171"/>
+      <c r="I29" s="171"/>
+      <c r="J29" s="171"/>
+      <c r="K29" s="171"/>
+      <c r="L29" s="171"/>
+      <c r="M29" s="171"/>
+      <c r="N29" s="171"/>
+      <c r="O29" s="171"/>
+    </row>
+    <row r="30" spans="1:15" ht="15.95" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A30" s="74"/>
+      <c r="B30" s="9"/>
+      <c r="C30" s="233"/>
+      <c r="D30" s="233"/>
+      <c r="E30" s="9"/>
+      <c r="F30" s="11"/>
+      <c r="G30" s="9"/>
+      <c r="H30" s="100"/>
+      <c r="I30" s="9"/>
+      <c r="J30" s="233"/>
+      <c r="K30" s="233"/>
+      <c r="L30" s="9"/>
+      <c r="M30" s="74"/>
+      <c r="N30" s="9"/>
+      <c r="O30" s="73"/>
+    </row>
+    <row r="31" spans="1:15" ht="15.95" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A31" s="6" t="s">
         <v>10</v>
       </c>
-      <c r="B31" s="51"/>
-[...5 lines deleted...]
-      <c r="H31" s="238" t="s">
+      <c r="H31" s="6" t="s">
         <v>14</v>
       </c>
-      <c r="I31" s="51"/>
-[...3 lines deleted...]
-      <c r="M31" s="238" t="s">
+      <c r="J31" s="2"/>
+      <c r="K31" s="2"/>
+      <c r="L31" s="2"/>
+      <c r="M31" s="6" t="s">
         <v>139</v>
       </c>
-      <c r="N31" s="51"/>
-[...3 lines deleted...]
-      <c r="A32" s="231" t="s">
+    </row>
+    <row r="32" spans="1:15" ht="15.95" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A32" s="3" t="s">
         <v>12</v>
       </c>
-      <c r="B32" s="51"/>
-      <c r="C32" s="353" t="s">
+      <c r="C32" s="232" t="s">
         <v>206</v>
       </c>
-      <c r="D32" s="353"/>
-[...1 lines deleted...]
-      <c r="F32" s="150" t="s">
+      <c r="D32" s="232"/>
+      <c r="E32" s="232"/>
+      <c r="F32" s="79" t="s">
         <v>45</v>
       </c>
-      <c r="G32" s="51"/>
-      <c r="H32" s="231" t="s">
+      <c r="H32" s="3" t="s">
         <v>174</v>
       </c>
-      <c r="I32" s="51"/>
-      <c r="J32" s="317" t="s">
+      <c r="J32" s="156" t="s">
         <v>5</v>
       </c>
-      <c r="K32" s="317"/>
-[...1 lines deleted...]
-      <c r="M32" s="232" t="s">
+      <c r="K32" s="156"/>
+      <c r="L32" s="2"/>
+      <c r="M32" s="3" t="s">
         <v>252</v>
       </c>
-      <c r="N32" s="236"/>
-      <c r="O32" s="232" t="s">
+      <c r="N32" s="18"/>
+      <c r="O32" s="3" t="s">
         <v>132</v>
       </c>
     </row>
-    <row r="33" spans="1:15" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
-[...240 lines deleted...]
-      <c r="A49" s="58" t="s">
+    <row r="33" spans="1:15" ht="15.95" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A33" s="46"/>
+      <c r="B33" s="9"/>
+      <c r="C33" s="192"/>
+      <c r="D33" s="192"/>
+      <c r="E33" s="9"/>
+      <c r="F33" s="80"/>
+      <c r="G33" s="9"/>
+      <c r="H33" s="81"/>
+      <c r="I33" s="9"/>
+      <c r="J33" s="192"/>
+      <c r="K33" s="192"/>
+      <c r="L33" s="11"/>
+      <c r="M33" s="46"/>
+      <c r="N33" s="11"/>
+      <c r="O33" s="15"/>
+    </row>
+    <row r="34" spans="1:15" ht="15.95" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A34" s="46"/>
+      <c r="B34" s="9"/>
+      <c r="C34" s="192"/>
+      <c r="D34" s="192"/>
+      <c r="E34" s="9"/>
+      <c r="F34" s="80"/>
+      <c r="G34" s="9"/>
+      <c r="H34" s="81"/>
+      <c r="I34" s="9"/>
+      <c r="J34" s="192"/>
+      <c r="K34" s="192"/>
+      <c r="L34" s="11"/>
+      <c r="M34" s="46"/>
+      <c r="N34" s="11"/>
+      <c r="O34" s="15"/>
+    </row>
+    <row r="35" spans="1:15" ht="15.95" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A35" s="46"/>
+      <c r="B35" s="9"/>
+      <c r="C35" s="192"/>
+      <c r="D35" s="192"/>
+      <c r="E35" s="9"/>
+      <c r="F35" s="80"/>
+      <c r="G35" s="9"/>
+      <c r="H35" s="81"/>
+      <c r="I35" s="9"/>
+      <c r="J35" s="192"/>
+      <c r="K35" s="192"/>
+      <c r="L35" s="11"/>
+      <c r="M35" s="46"/>
+      <c r="N35" s="11"/>
+      <c r="O35" s="15"/>
+    </row>
+    <row r="36" spans="1:15" ht="15.95" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A36" s="46"/>
+      <c r="B36" s="9"/>
+      <c r="C36" s="192"/>
+      <c r="D36" s="192"/>
+      <c r="E36" s="9"/>
+      <c r="F36" s="80"/>
+      <c r="G36" s="9"/>
+      <c r="H36" s="81"/>
+      <c r="I36" s="9"/>
+      <c r="J36" s="192"/>
+      <c r="K36" s="192"/>
+      <c r="L36" s="11"/>
+      <c r="M36" s="46"/>
+      <c r="N36" s="11"/>
+      <c r="O36" s="15"/>
+    </row>
+    <row r="37" spans="1:15" ht="15.95" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A37" s="46"/>
+      <c r="B37" s="9"/>
+      <c r="C37" s="192"/>
+      <c r="D37" s="192"/>
+      <c r="E37" s="9"/>
+      <c r="F37" s="80"/>
+      <c r="G37" s="9"/>
+      <c r="H37" s="81"/>
+      <c r="I37" s="9"/>
+      <c r="J37" s="192"/>
+      <c r="K37" s="192"/>
+      <c r="L37" s="11"/>
+      <c r="M37" s="46"/>
+      <c r="N37" s="11"/>
+      <c r="O37" s="15"/>
+    </row>
+    <row r="38" spans="1:15" ht="15.95" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A38" s="46"/>
+      <c r="B38" s="9"/>
+      <c r="C38" s="192"/>
+      <c r="D38" s="192"/>
+      <c r="E38" s="9"/>
+      <c r="F38" s="80"/>
+      <c r="G38" s="9"/>
+      <c r="H38" s="81"/>
+      <c r="I38" s="9"/>
+      <c r="J38" s="192"/>
+      <c r="K38" s="192"/>
+      <c r="L38" s="11"/>
+      <c r="M38" s="46"/>
+      <c r="N38" s="11"/>
+      <c r="O38" s="15"/>
+    </row>
+    <row r="39" spans="1:15" ht="15.95" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A39" s="46"/>
+      <c r="B39" s="9"/>
+      <c r="C39" s="192"/>
+      <c r="D39" s="192"/>
+      <c r="E39" s="9"/>
+      <c r="F39" s="80"/>
+      <c r="G39" s="9"/>
+      <c r="H39" s="81"/>
+      <c r="I39" s="9"/>
+      <c r="J39" s="192"/>
+      <c r="K39" s="192"/>
+      <c r="L39" s="11"/>
+      <c r="M39" s="46"/>
+      <c r="N39" s="11"/>
+      <c r="O39" s="15"/>
+    </row>
+    <row r="40" spans="1:15" ht="15.95" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A40" s="46"/>
+      <c r="B40" s="9"/>
+      <c r="C40" s="192"/>
+      <c r="D40" s="192"/>
+      <c r="E40" s="9"/>
+      <c r="F40" s="80"/>
+      <c r="G40" s="9"/>
+      <c r="H40" s="81"/>
+      <c r="I40" s="9"/>
+      <c r="J40" s="192"/>
+      <c r="K40" s="192"/>
+      <c r="L40" s="11"/>
+      <c r="M40" s="46"/>
+      <c r="N40" s="11"/>
+      <c r="O40" s="15"/>
+    </row>
+    <row r="41" spans="1:15" ht="15.95" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A41" s="46"/>
+      <c r="B41" s="9"/>
+      <c r="C41" s="192"/>
+      <c r="D41" s="192"/>
+      <c r="E41" s="9"/>
+      <c r="F41" s="80"/>
+      <c r="G41" s="9"/>
+      <c r="H41" s="81"/>
+      <c r="I41" s="9"/>
+      <c r="J41" s="192"/>
+      <c r="K41" s="192"/>
+      <c r="L41" s="11"/>
+      <c r="M41" s="46"/>
+      <c r="N41" s="11"/>
+      <c r="O41" s="15"/>
+    </row>
+    <row r="42" spans="1:15" ht="15.95" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A42" s="46"/>
+      <c r="B42" s="9"/>
+      <c r="C42" s="192"/>
+      <c r="D42" s="192"/>
+      <c r="E42" s="9"/>
+      <c r="F42" s="80"/>
+      <c r="G42" s="9"/>
+      <c r="H42" s="81"/>
+      <c r="I42" s="9"/>
+      <c r="J42" s="192"/>
+      <c r="K42" s="192"/>
+      <c r="L42" s="11"/>
+      <c r="M42" s="46"/>
+      <c r="N42" s="11"/>
+      <c r="O42" s="15"/>
+    </row>
+    <row r="43" spans="1:15" ht="15.95" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A43" s="46"/>
+      <c r="B43" s="9"/>
+      <c r="C43" s="192"/>
+      <c r="D43" s="192"/>
+      <c r="E43" s="9"/>
+      <c r="F43" s="80"/>
+      <c r="G43" s="9"/>
+      <c r="H43" s="81"/>
+      <c r="I43" s="9"/>
+      <c r="J43" s="191"/>
+      <c r="K43" s="191"/>
+      <c r="L43" s="11"/>
+      <c r="M43" s="46"/>
+      <c r="N43" s="11"/>
+      <c r="O43" s="15"/>
+    </row>
+    <row r="44" spans="1:15" ht="15.95" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A44" s="46"/>
+      <c r="B44" s="9"/>
+      <c r="C44" s="192"/>
+      <c r="D44" s="192"/>
+      <c r="E44" s="9"/>
+      <c r="F44" s="80"/>
+      <c r="G44" s="9"/>
+      <c r="H44" s="81"/>
+      <c r="I44" s="9"/>
+      <c r="J44" s="192"/>
+      <c r="K44" s="192"/>
+      <c r="L44" s="9"/>
+      <c r="M44" s="46"/>
+      <c r="N44" s="8"/>
+      <c r="O44" s="15"/>
+    </row>
+    <row r="45" spans="1:15" ht="15.95" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A45" s="46"/>
+      <c r="B45" s="9"/>
+      <c r="C45" s="192"/>
+      <c r="D45" s="192"/>
+      <c r="E45" s="9"/>
+      <c r="F45" s="80"/>
+      <c r="G45" s="9"/>
+      <c r="H45" s="81"/>
+      <c r="I45" s="9"/>
+      <c r="J45" s="192"/>
+      <c r="K45" s="192"/>
+      <c r="L45" s="11"/>
+      <c r="M45" s="46"/>
+      <c r="N45" s="8"/>
+      <c r="O45" s="15"/>
+    </row>
+    <row r="46" spans="1:15" ht="15.95" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A46" s="46"/>
+      <c r="B46" s="9"/>
+      <c r="C46" s="192"/>
+      <c r="D46" s="192"/>
+      <c r="E46" s="9"/>
+      <c r="F46" s="80"/>
+      <c r="G46" s="9"/>
+      <c r="H46" s="81"/>
+      <c r="I46" s="9"/>
+      <c r="J46" s="192"/>
+      <c r="K46" s="192"/>
+      <c r="L46" s="9"/>
+      <c r="M46" s="46"/>
+      <c r="N46" s="8"/>
+      <c r="O46" s="15"/>
+    </row>
+    <row r="47" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="48" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="49" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A49" s="24" t="s">
         <v>16</v>
       </c>
-      <c r="C49" s="309"/>
-[...45 lines deleted...]
-      <c r="O51" s="307"/>
+      <c r="C49" s="169"/>
+      <c r="D49" s="169"/>
+      <c r="E49" s="169"/>
+      <c r="F49" s="169"/>
+      <c r="G49" s="169"/>
+      <c r="H49" s="169"/>
+      <c r="I49" s="169"/>
+      <c r="J49" s="169"/>
+      <c r="K49" s="169"/>
+      <c r="L49" s="169"/>
+      <c r="M49" s="169"/>
+      <c r="N49" s="169"/>
+      <c r="O49" s="169"/>
+    </row>
+    <row r="50" spans="1:15" x14ac:dyDescent="0.35">
+      <c r="A50" s="169"/>
+      <c r="B50" s="169"/>
+      <c r="C50" s="169"/>
+      <c r="D50" s="169"/>
+      <c r="E50" s="169"/>
+      <c r="F50" s="169"/>
+      <c r="G50" s="169"/>
+      <c r="H50" s="169"/>
+      <c r="I50" s="169"/>
+      <c r="J50" s="169"/>
+      <c r="K50" s="169"/>
+      <c r="L50" s="169"/>
+      <c r="M50" s="169"/>
+      <c r="N50" s="169"/>
+      <c r="O50" s="169"/>
+    </row>
+    <row r="51" spans="1:15" x14ac:dyDescent="0.35">
+      <c r="A51" s="181"/>
+      <c r="B51" s="181"/>
+      <c r="C51" s="181"/>
+      <c r="D51" s="181"/>
+      <c r="E51" s="181"/>
+      <c r="F51" s="181"/>
+      <c r="G51" s="181"/>
+      <c r="H51" s="181"/>
+      <c r="I51" s="181"/>
+      <c r="J51" s="181"/>
+      <c r="K51" s="181"/>
+      <c r="L51" s="181"/>
+      <c r="M51" s="181"/>
+      <c r="N51" s="181"/>
+      <c r="O51" s="181"/>
     </row>
   </sheetData>
   <mergeCells count="69">
+    <mergeCell ref="C13:E13"/>
+    <mergeCell ref="C32:E32"/>
+    <mergeCell ref="J41:K41"/>
+    <mergeCell ref="C49:O49"/>
+    <mergeCell ref="A50:O50"/>
+    <mergeCell ref="C42:D42"/>
+    <mergeCell ref="C43:D43"/>
+    <mergeCell ref="J43:K43"/>
+    <mergeCell ref="C35:D35"/>
+    <mergeCell ref="J35:K35"/>
+    <mergeCell ref="C30:D30"/>
+    <mergeCell ref="J30:K30"/>
+    <mergeCell ref="J42:K42"/>
+    <mergeCell ref="C33:D33"/>
+    <mergeCell ref="J33:K33"/>
+    <mergeCell ref="C34:D34"/>
+    <mergeCell ref="A51:O51"/>
+    <mergeCell ref="C44:D44"/>
+    <mergeCell ref="J44:K44"/>
+    <mergeCell ref="C45:D45"/>
+    <mergeCell ref="J45:K45"/>
+    <mergeCell ref="C46:D46"/>
+    <mergeCell ref="J46:K46"/>
+    <mergeCell ref="C41:D41"/>
+    <mergeCell ref="C36:D36"/>
+    <mergeCell ref="J36:K36"/>
+    <mergeCell ref="C22:D22"/>
+    <mergeCell ref="J22:K22"/>
+    <mergeCell ref="C27:D27"/>
+    <mergeCell ref="J27:K27"/>
+    <mergeCell ref="C25:D25"/>
+    <mergeCell ref="J25:K25"/>
+    <mergeCell ref="C26:D26"/>
+    <mergeCell ref="J26:K26"/>
+    <mergeCell ref="J34:K34"/>
+    <mergeCell ref="C38:D38"/>
+    <mergeCell ref="J38:K38"/>
+    <mergeCell ref="C37:D37"/>
+    <mergeCell ref="J37:K37"/>
+    <mergeCell ref="J21:K21"/>
+    <mergeCell ref="C40:D40"/>
+    <mergeCell ref="J40:K40"/>
+    <mergeCell ref="C17:D17"/>
+    <mergeCell ref="J17:K17"/>
+    <mergeCell ref="C18:D18"/>
+    <mergeCell ref="J18:K18"/>
+    <mergeCell ref="C39:D39"/>
+    <mergeCell ref="J39:K39"/>
+    <mergeCell ref="C24:D24"/>
+    <mergeCell ref="J24:K24"/>
+    <mergeCell ref="J32:K32"/>
+    <mergeCell ref="C19:D19"/>
+    <mergeCell ref="J19:K19"/>
     <mergeCell ref="A10:O10"/>
     <mergeCell ref="A29:O29"/>
     <mergeCell ref="A2:O2"/>
     <mergeCell ref="A3:O3"/>
     <mergeCell ref="A4:O4"/>
     <mergeCell ref="A6:B6"/>
     <mergeCell ref="C23:D23"/>
     <mergeCell ref="J23:K23"/>
     <mergeCell ref="J13:K13"/>
     <mergeCell ref="C15:D15"/>
     <mergeCell ref="J15:K15"/>
     <mergeCell ref="C16:D16"/>
     <mergeCell ref="J16:K16"/>
     <mergeCell ref="C20:D20"/>
     <mergeCell ref="J20:K20"/>
     <mergeCell ref="C21:D21"/>
-    <mergeCell ref="J21:K21"/>
-[...51 lines deleted...]
-    <mergeCell ref="C34:D34"/>
   </mergeCells>
   <phoneticPr fontId="17" type="noConversion"/>
   <pageMargins left="0.75" right="0.25" top="0.5" bottom="0.5" header="0" footer="0"/>
   <pageSetup scale="92" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F36D3B0E-02BD-45A5-BB05-6127E26CF536}">
   <dimension ref="A1:O48"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="O7" sqref="O7"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultColWidth="9.1328125" defaultRowHeight="12.75" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="9.140625" style="38"/>
-[...12 lines deleted...]
-    <col min="16" max="16384" width="9.140625" style="38"/>
+    <col min="1" max="1" width="9.1328125" style="24"/>
+    <col min="2" max="2" width="2.265625" style="24" customWidth="1"/>
+    <col min="3" max="4" width="9.73046875" style="24" customWidth="1"/>
+    <col min="5" max="5" width="1.59765625" style="24" customWidth="1"/>
+    <col min="6" max="6" width="7" style="24" customWidth="1"/>
+    <col min="7" max="7" width="1.59765625" style="24" customWidth="1"/>
+    <col min="8" max="8" width="9.86328125" style="24" customWidth="1"/>
+    <col min="9" max="9" width="1.59765625" style="24" customWidth="1"/>
+    <col min="10" max="11" width="9.73046875" style="24" customWidth="1"/>
+    <col min="12" max="12" width="1.3984375" style="24" customWidth="1"/>
+    <col min="13" max="13" width="8.86328125" style="24" customWidth="1"/>
+    <col min="14" max="14" width="1.1328125" style="24" customWidth="1"/>
+    <col min="15" max="15" width="19.3984375" style="24" customWidth="1"/>
+    <col min="16" max="16384" width="9.1328125" style="24"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:15" x14ac:dyDescent="0.2">
-      <c r="A1" s="237">
+    <row r="1" spans="1:15" x14ac:dyDescent="0.35">
+      <c r="A1" s="8">
         <v>2020</v>
       </c>
-      <c r="B1" s="51"/>
-[...15 lines deleted...]
-      <c r="A2" s="311" t="s">
+    </row>
+    <row r="2" spans="1:15" x14ac:dyDescent="0.35">
+      <c r="A2" s="177" t="s">
         <v>0</v>
       </c>
-      <c r="B2" s="311"/>
-[...15 lines deleted...]
-      <c r="A3" s="280" t="s">
+      <c r="B2" s="177"/>
+      <c r="C2" s="177"/>
+      <c r="D2" s="177"/>
+      <c r="E2" s="177"/>
+      <c r="F2" s="177"/>
+      <c r="G2" s="177"/>
+      <c r="H2" s="177"/>
+      <c r="I2" s="177"/>
+      <c r="J2" s="177"/>
+      <c r="K2" s="177"/>
+      <c r="L2" s="177"/>
+      <c r="M2" s="177"/>
+      <c r="N2" s="177"/>
+      <c r="O2" s="177"/>
+    </row>
+    <row r="3" spans="1:15" s="1" customFormat="1" ht="17.649999999999999" x14ac:dyDescent="0.5">
+      <c r="A3" s="162" t="s">
         <v>131</v>
       </c>
-      <c r="B3" s="280"/>
-[...68 lines deleted...]
-      <c r="A7" s="320" t="s">
+      <c r="B3" s="162"/>
+      <c r="C3" s="162"/>
+      <c r="D3" s="162"/>
+      <c r="E3" s="162"/>
+      <c r="F3" s="162"/>
+      <c r="G3" s="162"/>
+      <c r="H3" s="162"/>
+      <c r="I3" s="162"/>
+      <c r="J3" s="162"/>
+      <c r="K3" s="162"/>
+      <c r="L3" s="162"/>
+      <c r="M3" s="162"/>
+      <c r="N3" s="162"/>
+      <c r="O3" s="162"/>
+    </row>
+    <row r="4" spans="1:15" ht="13.15" x14ac:dyDescent="0.4">
+      <c r="A4" s="185" t="s">
+        <v>339</v>
+      </c>
+      <c r="B4" s="185"/>
+      <c r="C4" s="185"/>
+      <c r="D4" s="185"/>
+      <c r="E4" s="185"/>
+      <c r="F4" s="185"/>
+      <c r="G4" s="185"/>
+      <c r="H4" s="185"/>
+      <c r="I4" s="185"/>
+      <c r="J4" s="185"/>
+      <c r="K4" s="185"/>
+      <c r="L4" s="185"/>
+      <c r="M4" s="185"/>
+      <c r="N4" s="185"/>
+      <c r="O4" s="185"/>
+    </row>
+    <row r="5" spans="1:15" ht="13.15" x14ac:dyDescent="0.4">
+      <c r="A5" s="6"/>
+      <c r="B5" s="6"/>
+      <c r="C5" s="6"/>
+      <c r="D5" s="6"/>
+      <c r="E5" s="6"/>
+      <c r="F5" s="6"/>
+      <c r="G5" s="6"/>
+      <c r="H5" s="6"/>
+      <c r="I5" s="6"/>
+      <c r="J5" s="6"/>
+      <c r="K5" s="6"/>
+      <c r="L5" s="6"/>
+      <c r="M5" s="6"/>
+      <c r="N5" s="6"/>
+      <c r="O5" s="6"/>
+    </row>
+    <row r="6" spans="1:15" ht="13.15" x14ac:dyDescent="0.4">
+      <c r="A6" s="6"/>
+      <c r="B6" s="6"/>
+      <c r="C6" s="6"/>
+      <c r="D6" s="6"/>
+      <c r="E6" s="6"/>
+      <c r="F6" s="6"/>
+      <c r="G6" s="6"/>
+      <c r="H6" s="6"/>
+      <c r="I6" s="6"/>
+      <c r="J6" s="6"/>
+      <c r="K6" s="6"/>
+      <c r="L6" s="6"/>
+      <c r="M6" s="6"/>
+      <c r="N6" s="6"/>
+      <c r="O6" s="6"/>
+    </row>
+    <row r="7" spans="1:15" ht="13.15" x14ac:dyDescent="0.4">
+      <c r="A7" s="183" t="s">
         <v>135</v>
       </c>
-      <c r="B7" s="321"/>
-      <c r="C7" s="229">
+      <c r="B7" s="184"/>
+      <c r="C7" s="68">
         <f>(Title!$C$3)</f>
         <v>0</v>
       </c>
-      <c r="D7" s="228"/>
-[...8 lines deleted...]
-      <c r="M7" s="230" t="s">
+      <c r="D7" s="69"/>
+      <c r="E7" s="69"/>
+      <c r="F7" s="69"/>
+      <c r="G7" s="69"/>
+      <c r="H7" s="69"/>
+      <c r="I7" s="69"/>
+      <c r="J7" s="69"/>
+      <c r="M7" s="36" t="s">
         <v>3</v>
       </c>
-      <c r="N7" s="78"/>
-      <c r="O7" s="229">
+      <c r="N7" s="34"/>
+      <c r="O7" s="68">
         <f>(Title!$C$5)</f>
         <v>0</v>
       </c>
     </row>
-    <row r="8" spans="1:15" x14ac:dyDescent="0.2">
-[...17 lines deleted...]
-      <c r="A9" s="51" t="s">
+    <row r="9" spans="1:15" x14ac:dyDescent="0.35">
+      <c r="A9" s="24" t="s">
         <v>4</v>
       </c>
-      <c r="B9" s="51"/>
-[...32 lines deleted...]
-      <c r="A11" s="238" t="s">
+    </row>
+    <row r="11" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A11" s="6" t="s">
         <v>10</v>
       </c>
-      <c r="B11" s="51"/>
-[...5 lines deleted...]
-      <c r="H11" s="238" t="s">
+      <c r="H11" s="6" t="s">
         <v>14</v>
       </c>
-      <c r="I11" s="51"/>
-[...3 lines deleted...]
-      <c r="M11" s="238" t="s">
+      <c r="J11" s="2"/>
+      <c r="K11" s="2"/>
+      <c r="L11" s="2"/>
+      <c r="M11" s="6" t="s">
         <v>139</v>
       </c>
-      <c r="N11" s="51"/>
-[...3 lines deleted...]
-      <c r="A12" s="231" t="s">
+    </row>
+    <row r="12" spans="1:15" ht="12.75" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A12" s="3" t="s">
         <v>12</v>
       </c>
-      <c r="B12" s="51"/>
-      <c r="C12" s="353" t="s">
+      <c r="C12" s="232" t="s">
         <v>206</v>
       </c>
-      <c r="D12" s="353"/>
-[...1 lines deleted...]
-      <c r="F12" s="150" t="s">
+      <c r="D12" s="232"/>
+      <c r="E12" s="232"/>
+      <c r="F12" s="79" t="s">
         <v>45</v>
       </c>
-      <c r="G12" s="51"/>
-      <c r="H12" s="231" t="s">
+      <c r="H12" s="3" t="s">
         <v>174</v>
       </c>
-      <c r="I12" s="51"/>
-      <c r="J12" s="317" t="s">
+      <c r="J12" s="156" t="s">
         <v>5</v>
       </c>
-      <c r="K12" s="317"/>
-[...1 lines deleted...]
-      <c r="M12" s="232" t="s">
+      <c r="K12" s="156"/>
+      <c r="L12" s="2"/>
+      <c r="M12" s="3" t="s">
         <v>252</v>
       </c>
-      <c r="N12" s="236"/>
-      <c r="O12" s="232" t="s">
+      <c r="N12" s="18"/>
+      <c r="O12" s="3" t="s">
         <v>132</v>
       </c>
     </row>
-    <row r="13" spans="1:15" ht="8.25" customHeight="1" x14ac:dyDescent="0.2">
-[...529 lines deleted...]
-      <c r="A46" s="58" t="s">
+    <row r="13" spans="1:15" ht="8.25" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A13" s="18"/>
+      <c r="C13" s="23"/>
+      <c r="D13" s="23"/>
+      <c r="J13" s="18"/>
+      <c r="K13" s="2"/>
+      <c r="L13" s="2"/>
+      <c r="M13" s="18"/>
+      <c r="N13" s="18"/>
+      <c r="O13" s="18"/>
+    </row>
+    <row r="14" spans="1:15" ht="15.95" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A14" s="46"/>
+      <c r="B14" s="9"/>
+      <c r="C14" s="192"/>
+      <c r="D14" s="192"/>
+      <c r="E14" s="9"/>
+      <c r="F14" s="80"/>
+      <c r="G14" s="9"/>
+      <c r="H14" s="81"/>
+      <c r="I14" s="9"/>
+      <c r="J14" s="192"/>
+      <c r="K14" s="192"/>
+      <c r="L14" s="11"/>
+      <c r="M14" s="46"/>
+      <c r="N14" s="11"/>
+      <c r="O14" s="12"/>
+    </row>
+    <row r="15" spans="1:15" ht="15.95" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A15" s="46"/>
+      <c r="B15" s="9"/>
+      <c r="C15" s="192"/>
+      <c r="D15" s="192"/>
+      <c r="E15" s="9"/>
+      <c r="F15" s="80"/>
+      <c r="G15" s="9"/>
+      <c r="H15" s="81"/>
+      <c r="I15" s="9"/>
+      <c r="J15" s="192"/>
+      <c r="K15" s="192"/>
+      <c r="L15" s="9"/>
+      <c r="M15" s="46"/>
+      <c r="N15" s="11"/>
+      <c r="O15" s="15"/>
+    </row>
+    <row r="16" spans="1:15" ht="15.95" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A16" s="46"/>
+      <c r="B16" s="9"/>
+      <c r="C16" s="192"/>
+      <c r="D16" s="192"/>
+      <c r="E16" s="9"/>
+      <c r="F16" s="80"/>
+      <c r="G16" s="9"/>
+      <c r="H16" s="81"/>
+      <c r="I16" s="9"/>
+      <c r="J16" s="192"/>
+      <c r="K16" s="192"/>
+      <c r="L16" s="9"/>
+      <c r="M16" s="46"/>
+      <c r="N16" s="11"/>
+      <c r="O16" s="15"/>
+    </row>
+    <row r="17" spans="1:15" ht="15.95" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A17" s="46"/>
+      <c r="B17" s="9"/>
+      <c r="C17" s="192"/>
+      <c r="D17" s="192"/>
+      <c r="E17" s="9"/>
+      <c r="F17" s="80"/>
+      <c r="G17" s="9"/>
+      <c r="H17" s="81"/>
+      <c r="I17" s="9"/>
+      <c r="J17" s="192"/>
+      <c r="K17" s="192"/>
+      <c r="L17" s="9"/>
+      <c r="M17" s="46"/>
+      <c r="N17" s="11"/>
+      <c r="O17" s="15"/>
+    </row>
+    <row r="18" spans="1:15" ht="15.95" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A18" s="46"/>
+      <c r="B18" s="9"/>
+      <c r="C18" s="191"/>
+      <c r="D18" s="191"/>
+      <c r="E18" s="9"/>
+      <c r="F18" s="80"/>
+      <c r="G18" s="9"/>
+      <c r="H18" s="81"/>
+      <c r="I18" s="9"/>
+      <c r="J18" s="192"/>
+      <c r="K18" s="192"/>
+      <c r="L18" s="9"/>
+      <c r="M18" s="46"/>
+      <c r="N18" s="9"/>
+      <c r="O18" s="15"/>
+    </row>
+    <row r="19" spans="1:15" ht="15.95" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A19" s="46"/>
+      <c r="B19" s="9"/>
+      <c r="C19" s="192"/>
+      <c r="D19" s="192"/>
+      <c r="E19" s="9"/>
+      <c r="F19" s="80"/>
+      <c r="G19" s="9"/>
+      <c r="H19" s="81"/>
+      <c r="I19" s="9"/>
+      <c r="J19" s="192"/>
+      <c r="K19" s="192"/>
+      <c r="L19" s="11"/>
+      <c r="M19" s="46"/>
+      <c r="N19" s="8"/>
+      <c r="O19" s="15"/>
+    </row>
+    <row r="20" spans="1:15" ht="15.95" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A20" s="46"/>
+      <c r="B20" s="9"/>
+      <c r="C20" s="192"/>
+      <c r="D20" s="192"/>
+      <c r="E20" s="9"/>
+      <c r="F20" s="80"/>
+      <c r="G20" s="9"/>
+      <c r="H20" s="81"/>
+      <c r="I20" s="9"/>
+      <c r="J20" s="192"/>
+      <c r="K20" s="192"/>
+      <c r="L20" s="9"/>
+      <c r="M20" s="46"/>
+      <c r="N20" s="9"/>
+      <c r="O20" s="15"/>
+    </row>
+    <row r="21" spans="1:15" ht="15.95" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A21" s="46"/>
+      <c r="B21" s="9"/>
+      <c r="C21" s="192"/>
+      <c r="D21" s="192"/>
+      <c r="E21" s="9"/>
+      <c r="F21" s="80"/>
+      <c r="G21" s="9"/>
+      <c r="H21" s="81"/>
+      <c r="I21" s="9"/>
+      <c r="J21" s="192"/>
+      <c r="K21" s="192"/>
+      <c r="L21" s="9"/>
+      <c r="M21" s="46"/>
+      <c r="N21" s="9"/>
+      <c r="O21" s="15"/>
+    </row>
+    <row r="22" spans="1:15" ht="15.95" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A22" s="46"/>
+      <c r="B22" s="9"/>
+      <c r="C22" s="192"/>
+      <c r="D22" s="192"/>
+      <c r="E22" s="9"/>
+      <c r="F22" s="80"/>
+      <c r="G22" s="9"/>
+      <c r="H22" s="81"/>
+      <c r="I22" s="9"/>
+      <c r="J22" s="192"/>
+      <c r="K22" s="192"/>
+      <c r="L22" s="9"/>
+      <c r="M22" s="46"/>
+      <c r="N22" s="9"/>
+      <c r="O22" s="15"/>
+    </row>
+    <row r="23" spans="1:15" ht="15.95" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A23" s="46"/>
+      <c r="B23" s="9"/>
+      <c r="C23" s="192"/>
+      <c r="D23" s="192"/>
+      <c r="E23" s="9"/>
+      <c r="F23" s="80"/>
+      <c r="G23" s="9"/>
+      <c r="H23" s="81"/>
+      <c r="I23" s="9"/>
+      <c r="J23" s="192"/>
+      <c r="K23" s="192"/>
+      <c r="L23" s="9"/>
+      <c r="M23" s="46"/>
+      <c r="N23" s="9"/>
+      <c r="O23" s="15"/>
+    </row>
+    <row r="24" spans="1:15" ht="15.95" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A24" s="46"/>
+      <c r="B24" s="9"/>
+      <c r="C24" s="192"/>
+      <c r="D24" s="192"/>
+      <c r="E24" s="9"/>
+      <c r="F24" s="80"/>
+      <c r="G24" s="9"/>
+      <c r="H24" s="81"/>
+      <c r="I24" s="9"/>
+      <c r="J24" s="192"/>
+      <c r="K24" s="192"/>
+      <c r="L24" s="9"/>
+      <c r="M24" s="46"/>
+      <c r="N24" s="9"/>
+      <c r="O24" s="15"/>
+    </row>
+    <row r="25" spans="1:15" ht="15.95" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A25" s="46"/>
+      <c r="B25" s="9"/>
+      <c r="C25" s="192"/>
+      <c r="D25" s="192"/>
+      <c r="E25" s="9"/>
+      <c r="F25" s="80"/>
+      <c r="G25" s="9"/>
+      <c r="H25" s="81"/>
+      <c r="I25" s="9"/>
+      <c r="J25" s="192"/>
+      <c r="K25" s="192"/>
+      <c r="L25" s="9"/>
+      <c r="M25" s="46"/>
+      <c r="N25" s="9"/>
+      <c r="O25" s="15"/>
+    </row>
+    <row r="26" spans="1:15" ht="15.95" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A26" s="46"/>
+      <c r="B26" s="9"/>
+      <c r="C26" s="192"/>
+      <c r="D26" s="192"/>
+      <c r="E26" s="9"/>
+      <c r="F26" s="80"/>
+      <c r="G26" s="9"/>
+      <c r="H26" s="81"/>
+      <c r="I26" s="9"/>
+      <c r="J26" s="192"/>
+      <c r="K26" s="192"/>
+      <c r="L26" s="11"/>
+      <c r="M26" s="46"/>
+      <c r="N26" s="9"/>
+      <c r="O26" s="15"/>
+    </row>
+    <row r="27" spans="1:15" ht="15.95" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A27" s="46"/>
+      <c r="B27" s="9"/>
+      <c r="C27" s="192"/>
+      <c r="D27" s="192"/>
+      <c r="E27" s="9"/>
+      <c r="F27" s="80"/>
+      <c r="G27" s="9"/>
+      <c r="H27" s="81"/>
+      <c r="I27" s="9"/>
+      <c r="J27" s="192"/>
+      <c r="K27" s="192"/>
+      <c r="L27" s="9"/>
+      <c r="M27" s="46"/>
+      <c r="N27" s="9"/>
+      <c r="O27" s="15"/>
+    </row>
+    <row r="28" spans="1:15" ht="15.95" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A28" s="46"/>
+      <c r="B28" s="9"/>
+      <c r="C28" s="192"/>
+      <c r="D28" s="192"/>
+      <c r="E28" s="9"/>
+      <c r="F28" s="80"/>
+      <c r="G28" s="9"/>
+      <c r="H28" s="81"/>
+      <c r="I28" s="9"/>
+      <c r="J28" s="192"/>
+      <c r="K28" s="192"/>
+      <c r="L28" s="11"/>
+      <c r="M28" s="46"/>
+      <c r="N28" s="11"/>
+      <c r="O28" s="15"/>
+    </row>
+    <row r="29" spans="1:15" ht="15.95" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A29" s="46"/>
+      <c r="B29" s="9"/>
+      <c r="C29" s="192"/>
+      <c r="D29" s="192"/>
+      <c r="E29" s="9"/>
+      <c r="F29" s="80"/>
+      <c r="G29" s="9"/>
+      <c r="H29" s="81"/>
+      <c r="I29" s="9"/>
+      <c r="J29" s="192"/>
+      <c r="K29" s="192"/>
+      <c r="L29" s="11"/>
+      <c r="M29" s="46"/>
+      <c r="N29" s="11"/>
+      <c r="O29" s="15"/>
+    </row>
+    <row r="30" spans="1:15" ht="15.95" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A30" s="46"/>
+      <c r="B30" s="9"/>
+      <c r="C30" s="192"/>
+      <c r="D30" s="192"/>
+      <c r="E30" s="9"/>
+      <c r="F30" s="80"/>
+      <c r="G30" s="9"/>
+      <c r="H30" s="81"/>
+      <c r="I30" s="9"/>
+      <c r="J30" s="192"/>
+      <c r="K30" s="192"/>
+      <c r="L30" s="11"/>
+      <c r="M30" s="46"/>
+      <c r="N30" s="11"/>
+      <c r="O30" s="15"/>
+    </row>
+    <row r="31" spans="1:15" ht="15.95" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A31" s="46"/>
+      <c r="B31" s="9"/>
+      <c r="C31" s="192"/>
+      <c r="D31" s="192"/>
+      <c r="E31" s="9"/>
+      <c r="F31" s="80"/>
+      <c r="G31" s="9"/>
+      <c r="H31" s="81"/>
+      <c r="I31" s="9"/>
+      <c r="J31" s="192"/>
+      <c r="K31" s="192"/>
+      <c r="L31" s="11"/>
+      <c r="M31" s="46"/>
+      <c r="N31" s="11"/>
+      <c r="O31" s="15"/>
+    </row>
+    <row r="32" spans="1:15" ht="15.95" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A32" s="46"/>
+      <c r="B32" s="9"/>
+      <c r="C32" s="192"/>
+      <c r="D32" s="192"/>
+      <c r="E32" s="9"/>
+      <c r="F32" s="80"/>
+      <c r="G32" s="9"/>
+      <c r="H32" s="81"/>
+      <c r="I32" s="9"/>
+      <c r="J32" s="192"/>
+      <c r="K32" s="192"/>
+      <c r="L32" s="11"/>
+      <c r="M32" s="46"/>
+      <c r="N32" s="11"/>
+      <c r="O32" s="15"/>
+    </row>
+    <row r="33" spans="1:15" ht="15.95" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A33" s="46"/>
+      <c r="B33" s="9"/>
+      <c r="C33" s="192"/>
+      <c r="D33" s="192"/>
+      <c r="E33" s="9"/>
+      <c r="F33" s="80"/>
+      <c r="G33" s="9"/>
+      <c r="H33" s="81"/>
+      <c r="I33" s="9"/>
+      <c r="J33" s="192"/>
+      <c r="K33" s="192"/>
+      <c r="L33" s="11"/>
+      <c r="M33" s="46"/>
+      <c r="N33" s="11"/>
+      <c r="O33" s="15"/>
+    </row>
+    <row r="34" spans="1:15" ht="15.95" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A34" s="46"/>
+      <c r="B34" s="9"/>
+      <c r="C34" s="192"/>
+      <c r="D34" s="192"/>
+      <c r="E34" s="9"/>
+      <c r="F34" s="80"/>
+      <c r="G34" s="9"/>
+      <c r="H34" s="81"/>
+      <c r="I34" s="9"/>
+      <c r="J34" s="192"/>
+      <c r="K34" s="192"/>
+      <c r="L34" s="11"/>
+      <c r="M34" s="46"/>
+      <c r="N34" s="11"/>
+      <c r="O34" s="15"/>
+    </row>
+    <row r="35" spans="1:15" ht="15.95" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A35" s="46"/>
+      <c r="B35" s="9"/>
+      <c r="C35" s="192"/>
+      <c r="D35" s="192"/>
+      <c r="E35" s="9"/>
+      <c r="F35" s="80"/>
+      <c r="G35" s="9"/>
+      <c r="H35" s="81"/>
+      <c r="I35" s="9"/>
+      <c r="J35" s="192"/>
+      <c r="K35" s="192"/>
+      <c r="L35" s="11"/>
+      <c r="M35" s="46"/>
+      <c r="N35" s="11"/>
+      <c r="O35" s="15"/>
+    </row>
+    <row r="36" spans="1:15" ht="15.95" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A36" s="46"/>
+      <c r="B36" s="9"/>
+      <c r="C36" s="192"/>
+      <c r="D36" s="192"/>
+      <c r="E36" s="9"/>
+      <c r="F36" s="80"/>
+      <c r="G36" s="9"/>
+      <c r="H36" s="81"/>
+      <c r="I36" s="9"/>
+      <c r="J36" s="192"/>
+      <c r="K36" s="192"/>
+      <c r="L36" s="11"/>
+      <c r="M36" s="46"/>
+      <c r="N36" s="11"/>
+      <c r="O36" s="15"/>
+    </row>
+    <row r="37" spans="1:15" ht="15.95" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A37" s="46"/>
+      <c r="B37" s="9"/>
+      <c r="C37" s="192"/>
+      <c r="D37" s="192"/>
+      <c r="E37" s="9"/>
+      <c r="F37" s="80"/>
+      <c r="G37" s="9"/>
+      <c r="H37" s="81"/>
+      <c r="I37" s="9"/>
+      <c r="J37" s="192"/>
+      <c r="K37" s="192"/>
+      <c r="L37" s="11"/>
+      <c r="M37" s="46"/>
+      <c r="N37" s="11"/>
+      <c r="O37" s="15"/>
+    </row>
+    <row r="38" spans="1:15" ht="15.95" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A38" s="46"/>
+      <c r="B38" s="9"/>
+      <c r="C38" s="192"/>
+      <c r="D38" s="192"/>
+      <c r="E38" s="9"/>
+      <c r="F38" s="80"/>
+      <c r="G38" s="9"/>
+      <c r="H38" s="81"/>
+      <c r="I38" s="9"/>
+      <c r="J38" s="192"/>
+      <c r="K38" s="192"/>
+      <c r="L38" s="11"/>
+      <c r="M38" s="46"/>
+      <c r="N38" s="11"/>
+      <c r="O38" s="15"/>
+    </row>
+    <row r="39" spans="1:15" ht="15.95" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A39" s="46"/>
+      <c r="B39" s="9"/>
+      <c r="C39" s="192"/>
+      <c r="D39" s="192"/>
+      <c r="E39" s="9"/>
+      <c r="F39" s="80"/>
+      <c r="G39" s="9"/>
+      <c r="H39" s="81"/>
+      <c r="I39" s="9"/>
+      <c r="J39" s="192"/>
+      <c r="K39" s="192"/>
+      <c r="L39" s="11"/>
+      <c r="M39" s="46"/>
+      <c r="N39" s="11"/>
+      <c r="O39" s="15"/>
+    </row>
+    <row r="40" spans="1:15" ht="15.95" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A40" s="46"/>
+      <c r="B40" s="9"/>
+      <c r="C40" s="192"/>
+      <c r="D40" s="192"/>
+      <c r="E40" s="9"/>
+      <c r="F40" s="80"/>
+      <c r="G40" s="9"/>
+      <c r="H40" s="81"/>
+      <c r="I40" s="9"/>
+      <c r="J40" s="191"/>
+      <c r="K40" s="191"/>
+      <c r="L40" s="11"/>
+      <c r="M40" s="46"/>
+      <c r="N40" s="11"/>
+      <c r="O40" s="15"/>
+    </row>
+    <row r="41" spans="1:15" ht="15.95" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A41" s="46"/>
+      <c r="B41" s="9"/>
+      <c r="C41" s="192"/>
+      <c r="D41" s="192"/>
+      <c r="E41" s="9"/>
+      <c r="F41" s="80"/>
+      <c r="G41" s="9"/>
+      <c r="H41" s="81"/>
+      <c r="I41" s="9"/>
+      <c r="J41" s="192"/>
+      <c r="K41" s="192"/>
+      <c r="L41" s="9"/>
+      <c r="M41" s="46"/>
+      <c r="N41" s="8"/>
+      <c r="O41" s="15"/>
+    </row>
+    <row r="42" spans="1:15" ht="15.95" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A42" s="46"/>
+      <c r="B42" s="9"/>
+      <c r="C42" s="192"/>
+      <c r="D42" s="192"/>
+      <c r="E42" s="9"/>
+      <c r="F42" s="80"/>
+      <c r="G42" s="9"/>
+      <c r="H42" s="81"/>
+      <c r="I42" s="9"/>
+      <c r="J42" s="192"/>
+      <c r="K42" s="192"/>
+      <c r="L42" s="11"/>
+      <c r="M42" s="46"/>
+      <c r="N42" s="8"/>
+      <c r="O42" s="15"/>
+    </row>
+    <row r="43" spans="1:15" ht="15.95" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A43" s="46"/>
+      <c r="B43" s="9"/>
+      <c r="C43" s="192"/>
+      <c r="D43" s="192"/>
+      <c r="E43" s="9"/>
+      <c r="F43" s="80"/>
+      <c r="G43" s="9"/>
+      <c r="H43" s="81"/>
+      <c r="I43" s="9"/>
+      <c r="J43" s="192"/>
+      <c r="K43" s="192"/>
+      <c r="L43" s="9"/>
+      <c r="M43" s="46"/>
+      <c r="N43" s="8"/>
+      <c r="O43" s="15"/>
+    </row>
+    <row r="44" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="45" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="46" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A46" s="24" t="s">
         <v>16</v>
       </c>
-      <c r="C46" s="309"/>
-[...45 lines deleted...]
-      <c r="O48" s="307"/>
+      <c r="C46" s="169"/>
+      <c r="D46" s="169"/>
+      <c r="E46" s="169"/>
+      <c r="F46" s="169"/>
+      <c r="G46" s="169"/>
+      <c r="H46" s="169"/>
+      <c r="I46" s="169"/>
+      <c r="J46" s="169"/>
+      <c r="K46" s="169"/>
+      <c r="L46" s="169"/>
+      <c r="M46" s="169"/>
+      <c r="N46" s="169"/>
+      <c r="O46" s="169"/>
+    </row>
+    <row r="47" spans="1:15" x14ac:dyDescent="0.35">
+      <c r="A47" s="169"/>
+      <c r="B47" s="169"/>
+      <c r="C47" s="169"/>
+      <c r="D47" s="169"/>
+      <c r="E47" s="169"/>
+      <c r="F47" s="169"/>
+      <c r="G47" s="169"/>
+      <c r="H47" s="169"/>
+      <c r="I47" s="169"/>
+      <c r="J47" s="169"/>
+      <c r="K47" s="169"/>
+      <c r="L47" s="169"/>
+      <c r="M47" s="169"/>
+      <c r="N47" s="169"/>
+      <c r="O47" s="169"/>
+    </row>
+    <row r="48" spans="1:15" x14ac:dyDescent="0.35">
+      <c r="A48" s="181"/>
+      <c r="B48" s="181"/>
+      <c r="C48" s="181"/>
+      <c r="D48" s="181"/>
+      <c r="E48" s="181"/>
+      <c r="F48" s="181"/>
+      <c r="G48" s="181"/>
+      <c r="H48" s="181"/>
+      <c r="I48" s="181"/>
+      <c r="J48" s="181"/>
+      <c r="K48" s="181"/>
+      <c r="L48" s="181"/>
+      <c r="M48" s="181"/>
+      <c r="N48" s="181"/>
+      <c r="O48" s="181"/>
     </row>
   </sheetData>
   <mergeCells count="69">
+    <mergeCell ref="A2:O2"/>
+    <mergeCell ref="A3:O3"/>
+    <mergeCell ref="A4:O4"/>
+    <mergeCell ref="A7:B7"/>
+    <mergeCell ref="J12:K12"/>
+    <mergeCell ref="C12:E12"/>
+    <mergeCell ref="C14:D14"/>
+    <mergeCell ref="J14:K14"/>
+    <mergeCell ref="C15:D15"/>
+    <mergeCell ref="J15:K15"/>
+    <mergeCell ref="C16:D16"/>
+    <mergeCell ref="J16:K16"/>
+    <mergeCell ref="C17:D17"/>
+    <mergeCell ref="J17:K17"/>
+    <mergeCell ref="C18:D18"/>
+    <mergeCell ref="J18:K18"/>
+    <mergeCell ref="C19:D19"/>
+    <mergeCell ref="J19:K19"/>
+    <mergeCell ref="C20:D20"/>
+    <mergeCell ref="J20:K20"/>
+    <mergeCell ref="C21:D21"/>
+    <mergeCell ref="J21:K21"/>
+    <mergeCell ref="C22:D22"/>
+    <mergeCell ref="J22:K22"/>
+    <mergeCell ref="C23:D23"/>
+    <mergeCell ref="J23:K23"/>
+    <mergeCell ref="C24:D24"/>
+    <mergeCell ref="J24:K24"/>
+    <mergeCell ref="C25:D25"/>
+    <mergeCell ref="J25:K25"/>
+    <mergeCell ref="C26:D26"/>
+    <mergeCell ref="J26:K26"/>
+    <mergeCell ref="C27:D27"/>
+    <mergeCell ref="J27:K27"/>
+    <mergeCell ref="C28:D28"/>
+    <mergeCell ref="J28:K28"/>
+    <mergeCell ref="C29:D29"/>
+    <mergeCell ref="J29:K29"/>
+    <mergeCell ref="C30:D30"/>
+    <mergeCell ref="J30:K30"/>
+    <mergeCell ref="C31:D31"/>
+    <mergeCell ref="J31:K31"/>
+    <mergeCell ref="C32:D32"/>
+    <mergeCell ref="J32:K32"/>
+    <mergeCell ref="C33:D33"/>
+    <mergeCell ref="J33:K33"/>
+    <mergeCell ref="C34:D34"/>
+    <mergeCell ref="J34:K34"/>
+    <mergeCell ref="C35:D35"/>
+    <mergeCell ref="J35:K35"/>
+    <mergeCell ref="C36:D36"/>
+    <mergeCell ref="J36:K36"/>
+    <mergeCell ref="C37:D37"/>
+    <mergeCell ref="J37:K37"/>
+    <mergeCell ref="C38:D38"/>
+    <mergeCell ref="J38:K38"/>
+    <mergeCell ref="C39:D39"/>
+    <mergeCell ref="J39:K39"/>
+    <mergeCell ref="C40:D40"/>
+    <mergeCell ref="J40:K40"/>
     <mergeCell ref="C46:O46"/>
     <mergeCell ref="A47:O47"/>
     <mergeCell ref="A48:O48"/>
     <mergeCell ref="C41:D41"/>
     <mergeCell ref="J41:K41"/>
     <mergeCell ref="C42:D42"/>
     <mergeCell ref="J42:K42"/>
     <mergeCell ref="C43:D43"/>
     <mergeCell ref="J43:K43"/>
-    <mergeCell ref="C38:D38"/>
-[...58 lines deleted...]
-    <mergeCell ref="C12:E12"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet16.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0D00-000000000000}">
   <dimension ref="A1:N50"/>
   <sheetViews>
     <sheetView showZeros="0" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="W28" sqref="W28"/>
+      <selection activeCell="R52" sqref="R52"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultColWidth="9.1328125" defaultRowHeight="12.75" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="10.140625" style="38" customWidth="1"/>
-[...13 lines deleted...]
-    <col min="15" max="16384" width="9.140625" style="38"/>
+    <col min="1" max="1" width="10.1328125" style="24" customWidth="1"/>
+    <col min="2" max="2" width="1" style="24" customWidth="1"/>
+    <col min="3" max="3" width="6.265625" style="24" customWidth="1"/>
+    <col min="4" max="4" width="7.86328125" style="24" customWidth="1"/>
+    <col min="5" max="5" width="8.73046875" style="24" customWidth="1"/>
+    <col min="6" max="6" width="2.3984375" style="24" customWidth="1"/>
+    <col min="7" max="7" width="7.265625" style="24" customWidth="1"/>
+    <col min="8" max="8" width="11.3984375" style="24" customWidth="1"/>
+    <col min="9" max="9" width="4.265625" style="24" customWidth="1"/>
+    <col min="10" max="10" width="6.1328125" style="24" customWidth="1"/>
+    <col min="11" max="11" width="3.1328125" style="24" customWidth="1"/>
+    <col min="12" max="12" width="11.73046875" style="24" customWidth="1"/>
+    <col min="13" max="13" width="2" style="24" customWidth="1"/>
+    <col min="14" max="14" width="11.73046875" style="24" customWidth="1"/>
+    <col min="15" max="16384" width="9.1328125" style="24"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:14" x14ac:dyDescent="0.2">
-      <c r="A1" s="36">
+    <row r="1" spans="1:14" x14ac:dyDescent="0.35">
+      <c r="A1" s="8">
         <v>2020</v>
       </c>
-      <c r="B1" s="52"/>
-[...14 lines deleted...]
-      <c r="A2" s="311" t="s">
+      <c r="B1" s="23"/>
+    </row>
+    <row r="2" spans="1:14" x14ac:dyDescent="0.35">
+      <c r="A2" s="177" t="s">
         <v>0</v>
       </c>
-      <c r="B2" s="311"/>
-[...14 lines deleted...]
-      <c r="A3" s="280" t="s">
+      <c r="B2" s="177"/>
+      <c r="C2" s="177"/>
+      <c r="D2" s="177"/>
+      <c r="E2" s="177"/>
+      <c r="F2" s="177"/>
+      <c r="G2" s="177"/>
+      <c r="H2" s="177"/>
+      <c r="I2" s="177"/>
+      <c r="J2" s="177"/>
+      <c r="K2" s="177"/>
+      <c r="L2" s="177"/>
+      <c r="M2" s="177"/>
+      <c r="N2" s="177"/>
+    </row>
+    <row r="3" spans="1:14" s="1" customFormat="1" ht="17.649999999999999" x14ac:dyDescent="0.5">
+      <c r="A3" s="162" t="s">
         <v>253</v>
       </c>
-      <c r="B3" s="280"/>
-[...30 lines deleted...]
-      <c r="A5" s="38" t="s">
+      <c r="B3" s="162"/>
+      <c r="C3" s="162"/>
+      <c r="D3" s="162"/>
+      <c r="E3" s="162"/>
+      <c r="F3" s="162"/>
+      <c r="G3" s="162"/>
+      <c r="H3" s="162"/>
+      <c r="I3" s="162"/>
+      <c r="J3" s="162"/>
+      <c r="K3" s="162"/>
+      <c r="L3" s="162"/>
+      <c r="M3" s="162"/>
+      <c r="N3" s="162"/>
+    </row>
+    <row r="4" spans="1:14" ht="10.5" customHeight="1" x14ac:dyDescent="0.45">
+      <c r="A4" s="1"/>
+      <c r="B4" s="1"/>
+    </row>
+    <row r="5" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A5" s="24" t="s">
         <v>2</v>
       </c>
-      <c r="C5" s="270">
+      <c r="C5" s="153">
         <f>(Title!$C$3)</f>
         <v>0</v>
       </c>
-      <c r="D5" s="269"/>
-[...2 lines deleted...]
-      <c r="G5" s="313" t="s">
+      <c r="D5" s="152"/>
+      <c r="E5" s="152"/>
+      <c r="F5" s="23"/>
+      <c r="G5" s="179" t="s">
         <v>134</v>
       </c>
-      <c r="H5" s="313"/>
-      <c r="I5" s="281">
+      <c r="H5" s="179"/>
+      <c r="I5" s="163">
         <f>(Title!$C$5)</f>
         <v>0</v>
       </c>
-      <c r="J5" s="309"/>
-[...9 lines deleted...]
-      <c r="A7" s="141" t="s">
+      <c r="J5" s="169"/>
+      <c r="K5" s="169"/>
+      <c r="L5" s="169"/>
+      <c r="M5" s="169"/>
+      <c r="N5" s="169"/>
+    </row>
+    <row r="7" spans="1:14" ht="13.15" x14ac:dyDescent="0.4">
+      <c r="A7" s="76" t="s">
         <v>254</v>
       </c>
-      <c r="B7" s="51"/>
-[...14 lines deleted...]
-      <c r="A8" s="38" t="s">
+    </row>
+    <row r="8" spans="1:14" x14ac:dyDescent="0.35">
+      <c r="A8" s="24" t="s">
         <v>255</v>
       </c>
-      <c r="F8" s="51"/>
-[...6 lines deleted...]
-      <c r="G10" s="40" t="s">
+    </row>
+    <row r="9" spans="1:14" ht="9" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="10" spans="1:14" ht="13.15" x14ac:dyDescent="0.4">
+      <c r="G10" s="25" t="s">
         <v>256</v>
       </c>
     </row>
-    <row r="11" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A11" s="76" t="s">
+    <row r="11" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A11" s="6" t="s">
         <v>10</v>
       </c>
-      <c r="B11" s="76"/>
-[...5 lines deleted...]
-      <c r="L11" s="76" t="s">
+      <c r="B11" s="6"/>
+      <c r="I11" s="23"/>
+      <c r="J11" s="19"/>
+      <c r="K11" s="19"/>
+      <c r="L11" s="6" t="s">
         <v>14</v>
       </c>
-      <c r="M11" s="76"/>
-      <c r="N11" s="76" t="s">
+      <c r="M11" s="6"/>
+      <c r="N11" s="6" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="12" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A12" s="9" t="s">
+    <row r="12" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A12" s="3" t="s">
         <v>12</v>
       </c>
-      <c r="B12" s="9"/>
-      <c r="C12" s="319" t="s">
+      <c r="B12" s="3"/>
+      <c r="C12" s="156" t="s">
         <v>206</v>
       </c>
-      <c r="D12" s="314"/>
-[...2 lines deleted...]
-      <c r="G12" s="319" t="s">
+      <c r="D12" s="180"/>
+      <c r="E12" s="180"/>
+      <c r="G12" s="156" t="s">
         <v>5</v>
       </c>
-      <c r="H12" s="314"/>
-[...3 lines deleted...]
-      <c r="L12" s="9" t="s">
+      <c r="H12" s="180"/>
+      <c r="I12" s="180"/>
+      <c r="J12" s="180"/>
+      <c r="L12" s="3" t="s">
         <v>174</v>
       </c>
-      <c r="M12" s="9"/>
-      <c r="N12" s="9" t="s">
+      <c r="M12" s="3"/>
+      <c r="N12" s="3" t="s">
         <v>151</v>
       </c>
     </row>
-    <row r="13" spans="1:14" ht="6.75" customHeight="1" x14ac:dyDescent="0.2">
-[...112 lines deleted...]
-      <c r="A20" s="318" t="s">
+    <row r="13" spans="1:14" ht="6.75" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A13" s="3"/>
+      <c r="B13" s="3"/>
+      <c r="L13" s="3"/>
+      <c r="M13" s="3"/>
+      <c r="N13" s="3"/>
+    </row>
+    <row r="14" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A14" s="51"/>
+      <c r="B14" s="18"/>
+      <c r="C14" s="221"/>
+      <c r="D14" s="187"/>
+      <c r="E14" s="187"/>
+      <c r="G14" s="225"/>
+      <c r="H14" s="187"/>
+      <c r="I14" s="187"/>
+      <c r="J14" s="187"/>
+      <c r="K14" s="23"/>
+      <c r="L14" s="29"/>
+      <c r="M14" s="18"/>
+      <c r="N14" s="29"/>
+    </row>
+    <row r="15" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A15" s="51"/>
+      <c r="B15" s="18"/>
+      <c r="C15" s="221"/>
+      <c r="D15" s="187"/>
+      <c r="E15" s="187"/>
+      <c r="G15" s="225"/>
+      <c r="H15" s="187"/>
+      <c r="I15" s="187"/>
+      <c r="J15" s="187"/>
+      <c r="K15" s="23"/>
+      <c r="L15" s="38"/>
+      <c r="M15" s="18"/>
+      <c r="N15" s="54"/>
+    </row>
+    <row r="16" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A16" s="51"/>
+      <c r="B16" s="18"/>
+      <c r="C16" s="221"/>
+      <c r="D16" s="187"/>
+      <c r="E16" s="187"/>
+      <c r="G16" s="225"/>
+      <c r="H16" s="187"/>
+      <c r="I16" s="187"/>
+      <c r="J16" s="187"/>
+      <c r="K16" s="23"/>
+      <c r="L16" s="31"/>
+      <c r="M16" s="18"/>
+      <c r="N16" s="29"/>
+    </row>
+    <row r="17" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A17" s="51"/>
+      <c r="B17" s="18"/>
+      <c r="C17" s="221"/>
+      <c r="D17" s="187"/>
+      <c r="E17" s="187"/>
+      <c r="G17" s="225"/>
+      <c r="H17" s="187"/>
+      <c r="I17" s="187"/>
+      <c r="J17" s="187"/>
+      <c r="K17" s="23"/>
+      <c r="L17" s="31"/>
+      <c r="M17" s="18"/>
+      <c r="N17" s="27"/>
+    </row>
+    <row r="18" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A18" s="51"/>
+      <c r="B18" s="18"/>
+      <c r="C18" s="221"/>
+      <c r="D18" s="187"/>
+      <c r="E18" s="187"/>
+      <c r="G18" s="225"/>
+      <c r="H18" s="187"/>
+      <c r="I18" s="187"/>
+      <c r="J18" s="187"/>
+      <c r="K18" s="23"/>
+      <c r="L18" s="31"/>
+      <c r="M18" s="18"/>
+      <c r="N18" s="29"/>
+    </row>
+    <row r="19" spans="1:14" ht="10.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A19" s="52"/>
+      <c r="B19" s="18"/>
+      <c r="D19"/>
+      <c r="E19"/>
+      <c r="G19" s="23"/>
+      <c r="H19"/>
+      <c r="I19"/>
+      <c r="J19"/>
+      <c r="K19" s="23"/>
+      <c r="L19" s="33"/>
+      <c r="M19" s="18"/>
+      <c r="N19" s="82"/>
+    </row>
+    <row r="20" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A20" s="185" t="s">
         <v>257</v>
       </c>
-      <c r="B20" s="340"/>
-[...32 lines deleted...]
-      <c r="C22" s="156" t="s">
+      <c r="B20" s="185"/>
+      <c r="C20" s="185"/>
+      <c r="D20" s="185"/>
+      <c r="E20" s="185"/>
+      <c r="F20" s="185"/>
+      <c r="G20" s="185"/>
+      <c r="H20" s="185"/>
+      <c r="I20" s="185"/>
+      <c r="J20" s="185"/>
+      <c r="K20" s="185"/>
+      <c r="L20" s="185"/>
+      <c r="M20" s="185"/>
+      <c r="N20" s="185"/>
+    </row>
+    <row r="21" spans="1:14" ht="9" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A21" s="6"/>
+      <c r="B21" s="6"/>
+      <c r="C21" s="6"/>
+      <c r="D21" s="6"/>
+      <c r="E21" s="6"/>
+      <c r="F21" s="6"/>
+      <c r="G21" s="6"/>
+      <c r="H21" s="6"/>
+      <c r="I21" s="6"/>
+      <c r="J21" s="6"/>
+      <c r="K21" s="6"/>
+      <c r="L21" s="6"/>
+      <c r="M21" s="6"/>
+      <c r="N21" s="6"/>
+    </row>
+    <row r="22" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A22" s="6"/>
+      <c r="B22" s="6"/>
+      <c r="C22" s="83" t="s">
         <v>258</v>
       </c>
-      <c r="D22" s="8"/>
-[...14 lines deleted...]
-      <c r="C23" s="156" t="s">
+      <c r="D22" s="6"/>
+      <c r="E22" s="6"/>
+      <c r="F22" s="6"/>
+      <c r="G22" s="6"/>
+      <c r="H22" s="6"/>
+      <c r="I22" s="6"/>
+      <c r="J22" s="6"/>
+      <c r="K22" s="6"/>
+      <c r="L22" s="6"/>
+      <c r="M22" s="6"/>
+      <c r="N22" s="6"/>
+    </row>
+    <row r="23" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A23" s="6"/>
+      <c r="B23" s="6"/>
+      <c r="C23" s="83" t="s">
         <v>259</v>
       </c>
-      <c r="D23" s="8"/>
-[...28 lines deleted...]
-      <c r="A25" s="9" t="s">
+      <c r="D23" s="6"/>
+      <c r="E23" s="6"/>
+      <c r="F23" s="6"/>
+      <c r="G23" s="6"/>
+      <c r="H23" s="6"/>
+      <c r="I23" s="6"/>
+      <c r="J23" s="6"/>
+      <c r="K23" s="6"/>
+      <c r="L23" s="6"/>
+      <c r="M23" s="6"/>
+      <c r="N23" s="6"/>
+    </row>
+    <row r="24" spans="1:14" ht="8.25" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A24" s="6"/>
+      <c r="B24" s="6"/>
+      <c r="C24" s="8"/>
+      <c r="D24" s="6"/>
+      <c r="E24" s="6"/>
+      <c r="F24" s="6"/>
+      <c r="G24" s="6"/>
+      <c r="H24" s="6"/>
+      <c r="I24" s="6"/>
+      <c r="J24" s="6"/>
+      <c r="K24" s="6"/>
+      <c r="L24" s="6"/>
+      <c r="M24" s="6"/>
+      <c r="N24" s="6"/>
+    </row>
+    <row r="25" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A25" s="3" t="s">
         <v>12</v>
       </c>
-      <c r="B25" s="9"/>
-      <c r="C25" s="319" t="s">
+      <c r="B25" s="3"/>
+      <c r="C25" s="156" t="s">
         <v>206</v>
       </c>
-      <c r="D25" s="327"/>
-[...5 lines deleted...]
-      <c r="J25" s="327"/>
+      <c r="D25" s="151"/>
+      <c r="E25" s="151"/>
+      <c r="F25" s="151"/>
+      <c r="G25" s="151"/>
+      <c r="H25" s="151"/>
+      <c r="I25" s="151"/>
+      <c r="J25" s="151"/>
       <c r="K25" s="3"/>
       <c r="L25" s="3"/>
       <c r="M25" s="3"/>
       <c r="N25" s="3"/>
     </row>
-    <row r="26" spans="1:14" ht="7.5" customHeight="1" x14ac:dyDescent="0.2">
-[...8 lines deleted...]
-      <c r="I26" s="58"/>
+    <row r="26" spans="1:14" ht="7.5" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="C26" s="3"/>
+      <c r="D26" s="3"/>
+      <c r="E26" s="23"/>
+      <c r="G26" s="3"/>
+      <c r="H26" s="3"/>
       <c r="J26" s="3"/>
       <c r="K26" s="3"/>
       <c r="L26" s="3"/>
       <c r="M26" s="3"/>
       <c r="N26" s="3"/>
     </row>
-    <row r="27" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...128 lines deleted...]
-      <c r="A35" s="318" t="s">
+    <row r="27" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A27" s="51"/>
+      <c r="B27" s="18"/>
+      <c r="C27" s="221"/>
+      <c r="D27" s="187"/>
+      <c r="E27" s="187"/>
+      <c r="F27" s="187"/>
+      <c r="G27" s="187"/>
+      <c r="H27" s="187"/>
+      <c r="I27" s="187"/>
+      <c r="J27" s="187"/>
+      <c r="K27" s="33"/>
+      <c r="L27" s="33"/>
+      <c r="M27" s="33"/>
+      <c r="N27" s="33"/>
+    </row>
+    <row r="28" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A28" s="51"/>
+      <c r="B28" s="18"/>
+      <c r="C28" s="221"/>
+      <c r="D28" s="187"/>
+      <c r="E28" s="187"/>
+      <c r="F28" s="187"/>
+      <c r="G28" s="187"/>
+      <c r="H28" s="187"/>
+      <c r="I28" s="187"/>
+      <c r="J28" s="187"/>
+      <c r="K28" s="33"/>
+      <c r="L28" s="33"/>
+      <c r="M28" s="33"/>
+      <c r="N28" s="33"/>
+    </row>
+    <row r="29" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A29" s="51"/>
+      <c r="B29" s="18"/>
+      <c r="C29" s="221"/>
+      <c r="D29" s="187"/>
+      <c r="E29" s="187"/>
+      <c r="F29" s="187"/>
+      <c r="G29" s="187"/>
+      <c r="H29" s="187"/>
+      <c r="I29" s="187"/>
+      <c r="J29" s="187"/>
+      <c r="K29" s="33"/>
+      <c r="L29" s="33"/>
+      <c r="M29" s="33"/>
+      <c r="N29" s="33"/>
+    </row>
+    <row r="30" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A30" s="51"/>
+      <c r="B30" s="18"/>
+      <c r="C30" s="221"/>
+      <c r="D30" s="187"/>
+      <c r="E30" s="187"/>
+      <c r="F30" s="187"/>
+      <c r="G30" s="187"/>
+      <c r="H30" s="187"/>
+      <c r="I30" s="187"/>
+      <c r="J30" s="187"/>
+      <c r="K30" s="33"/>
+      <c r="L30" s="33"/>
+      <c r="M30" s="33"/>
+      <c r="N30" s="33"/>
+    </row>
+    <row r="31" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A31" s="51"/>
+      <c r="B31" s="18"/>
+      <c r="C31" s="221"/>
+      <c r="D31" s="187"/>
+      <c r="E31" s="187"/>
+      <c r="F31" s="187"/>
+      <c r="G31" s="187"/>
+      <c r="H31" s="187"/>
+      <c r="I31" s="187"/>
+      <c r="J31" s="187"/>
+      <c r="K31" s="33"/>
+      <c r="L31" s="33"/>
+      <c r="M31" s="33"/>
+      <c r="N31" s="33"/>
+    </row>
+    <row r="32" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A32" s="51"/>
+      <c r="B32" s="18"/>
+      <c r="C32" s="221"/>
+      <c r="D32" s="187"/>
+      <c r="E32" s="187"/>
+      <c r="F32" s="187"/>
+      <c r="G32" s="187"/>
+      <c r="H32" s="187"/>
+      <c r="I32" s="187"/>
+      <c r="J32" s="187"/>
+      <c r="K32" s="33"/>
+      <c r="L32" s="33"/>
+      <c r="M32" s="33"/>
+      <c r="N32" s="33"/>
+    </row>
+    <row r="33" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A33" s="51"/>
+      <c r="B33" s="18"/>
+      <c r="C33" s="221"/>
+      <c r="D33" s="187"/>
+      <c r="E33" s="187"/>
+      <c r="F33" s="187"/>
+      <c r="G33" s="187"/>
+      <c r="H33" s="187"/>
+      <c r="I33" s="187"/>
+      <c r="J33" s="187"/>
+      <c r="K33" s="33"/>
+      <c r="L33" s="33"/>
+      <c r="M33" s="33"/>
+      <c r="N33" s="33"/>
+    </row>
+    <row r="34" spans="1:14" ht="9.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="D34" s="28"/>
+      <c r="G34" s="23"/>
+      <c r="H34" s="23"/>
+      <c r="J34" s="23"/>
+      <c r="K34" s="23"/>
+      <c r="L34" s="23"/>
+      <c r="M34" s="23"/>
+      <c r="N34" s="23"/>
+    </row>
+    <row r="35" spans="1:14" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A35" s="185" t="s">
         <v>261</v>
       </c>
-      <c r="B35" s="318"/>
-[...30 lines deleted...]
-      <c r="A37" s="9" t="s">
+      <c r="B35" s="185"/>
+      <c r="C35" s="185"/>
+      <c r="D35" s="185"/>
+      <c r="E35" s="185"/>
+      <c r="F35" s="185"/>
+      <c r="G35" s="185"/>
+      <c r="H35" s="185"/>
+      <c r="I35" s="185"/>
+      <c r="J35" s="185"/>
+      <c r="K35" s="185"/>
+      <c r="L35" s="185"/>
+      <c r="M35" s="185"/>
+      <c r="N35" s="185"/>
+    </row>
+    <row r="36" spans="1:14" ht="11.25" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A36" s="6"/>
+      <c r="B36" s="6"/>
+      <c r="D36" s="28"/>
+      <c r="G36" s="23"/>
+      <c r="H36" s="23"/>
+      <c r="J36" s="18"/>
+      <c r="K36" s="18"/>
+      <c r="L36" s="18"/>
+      <c r="M36" s="18"/>
+      <c r="N36" s="18"/>
+    </row>
+    <row r="37" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A37" s="3" t="s">
         <v>12</v>
       </c>
-      <c r="B37" s="9"/>
-      <c r="C37" s="319" t="s">
+      <c r="B37" s="3"/>
+      <c r="C37" s="156" t="s">
         <v>206</v>
       </c>
-      <c r="D37" s="319"/>
-[...2 lines deleted...]
-      <c r="H37" s="319" t="s">
+      <c r="D37" s="156"/>
+      <c r="E37" s="156"/>
+      <c r="F37" s="180"/>
+      <c r="H37" s="156" t="s">
         <v>5</v>
       </c>
-      <c r="I37" s="327"/>
-[...2 lines deleted...]
-      <c r="L37" s="317" t="s">
+      <c r="I37" s="151"/>
+      <c r="J37" s="151"/>
+      <c r="K37" s="18"/>
+      <c r="L37" s="156" t="s">
         <v>260</v>
       </c>
-      <c r="M37" s="327"/>
-[...164 lines deleted...]
-      <c r="A48" s="38" t="s">
+      <c r="M37" s="151"/>
+      <c r="N37" s="151"/>
+    </row>
+    <row r="38" spans="1:14" ht="9" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="D38" s="28"/>
+      <c r="G38" s="23"/>
+      <c r="H38" s="23"/>
+      <c r="J38" s="18"/>
+      <c r="K38" s="18"/>
+      <c r="L38" s="18"/>
+      <c r="M38" s="18"/>
+      <c r="N38" s="18"/>
+    </row>
+    <row r="39" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A39" s="51"/>
+      <c r="B39" s="18"/>
+      <c r="C39" s="189"/>
+      <c r="D39" s="189"/>
+      <c r="E39" s="189"/>
+      <c r="F39" s="187"/>
+      <c r="G39" s="33"/>
+      <c r="H39" s="189"/>
+      <c r="I39" s="187"/>
+      <c r="J39" s="187"/>
+      <c r="K39" s="18"/>
+      <c r="L39" s="186"/>
+      <c r="M39" s="167"/>
+      <c r="N39" s="167"/>
+    </row>
+    <row r="40" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A40" s="51"/>
+      <c r="B40" s="18"/>
+      <c r="C40" s="189"/>
+      <c r="D40" s="189"/>
+      <c r="E40" s="189"/>
+      <c r="F40" s="187"/>
+      <c r="G40" s="33"/>
+      <c r="H40" s="189"/>
+      <c r="I40" s="187"/>
+      <c r="J40" s="187"/>
+      <c r="K40" s="18"/>
+      <c r="L40" s="186"/>
+      <c r="M40" s="167"/>
+      <c r="N40" s="167"/>
+    </row>
+    <row r="41" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A41" s="51"/>
+      <c r="B41" s="18"/>
+      <c r="C41" s="189"/>
+      <c r="D41" s="189"/>
+      <c r="E41" s="189"/>
+      <c r="F41" s="187"/>
+      <c r="G41" s="33"/>
+      <c r="H41" s="189"/>
+      <c r="I41" s="187"/>
+      <c r="J41" s="187"/>
+      <c r="K41" s="18"/>
+      <c r="L41" s="186"/>
+      <c r="M41" s="167"/>
+      <c r="N41" s="167"/>
+    </row>
+    <row r="42" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A42" s="51"/>
+      <c r="B42" s="18"/>
+      <c r="C42" s="189"/>
+      <c r="D42" s="189"/>
+      <c r="E42" s="189"/>
+      <c r="F42" s="187"/>
+      <c r="G42" s="33"/>
+      <c r="H42" s="189"/>
+      <c r="I42" s="187"/>
+      <c r="J42" s="187"/>
+      <c r="K42" s="18"/>
+      <c r="L42" s="186"/>
+      <c r="M42" s="167"/>
+      <c r="N42" s="167"/>
+    </row>
+    <row r="43" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A43" s="51"/>
+      <c r="B43" s="18"/>
+      <c r="C43" s="189"/>
+      <c r="D43" s="189"/>
+      <c r="E43" s="189"/>
+      <c r="F43" s="187"/>
+      <c r="G43" s="33"/>
+      <c r="H43" s="189"/>
+      <c r="I43" s="187"/>
+      <c r="J43" s="187"/>
+      <c r="K43" s="18"/>
+      <c r="L43" s="186"/>
+      <c r="M43" s="167"/>
+      <c r="N43" s="167"/>
+    </row>
+    <row r="44" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A44" s="51"/>
+      <c r="B44" s="18"/>
+      <c r="C44" s="188"/>
+      <c r="D44" s="188"/>
+      <c r="E44" s="188"/>
+      <c r="F44" s="234"/>
+      <c r="G44" s="33"/>
+      <c r="H44" s="189"/>
+      <c r="I44" s="187"/>
+      <c r="J44" s="187"/>
+      <c r="K44" s="18"/>
+      <c r="L44" s="186"/>
+      <c r="M44" s="167"/>
+      <c r="N44" s="167"/>
+    </row>
+    <row r="45" spans="1:14" x14ac:dyDescent="0.35">
+      <c r="D45" s="28"/>
+      <c r="G45" s="23"/>
+      <c r="H45" s="23"/>
+      <c r="J45" s="35"/>
+      <c r="K45" s="18"/>
+      <c r="L45" s="35"/>
+      <c r="M45" s="18"/>
+      <c r="N45" s="35"/>
+    </row>
+    <row r="46" spans="1:14" x14ac:dyDescent="0.35">
+      <c r="A46" s="51"/>
+      <c r="C46" s="24" t="s">
+        <v>362</v>
+      </c>
+      <c r="D46" s="28"/>
+      <c r="G46" s="23"/>
+      <c r="H46" s="23"/>
+      <c r="J46" s="18"/>
+      <c r="K46" s="18"/>
+      <c r="L46" s="18"/>
+      <c r="M46" s="18"/>
+      <c r="N46" s="18"/>
+    </row>
+    <row r="47" spans="1:14" x14ac:dyDescent="0.35">
+      <c r="D47" s="28"/>
+      <c r="G47" s="23"/>
+      <c r="H47" s="23"/>
+      <c r="J47" s="18"/>
+      <c r="K47" s="18"/>
+      <c r="L47" s="18"/>
+      <c r="M47" s="18"/>
+      <c r="N47" s="18"/>
+    </row>
+    <row r="48" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A48" s="24" t="s">
         <v>16</v>
       </c>
-      <c r="B48" s="51"/>
-[...43 lines deleted...]
-      <c r="N50" s="309"/>
+      <c r="C48" s="169"/>
+      <c r="D48" s="169"/>
+      <c r="E48" s="169"/>
+      <c r="F48" s="169"/>
+      <c r="G48" s="169"/>
+      <c r="H48" s="169"/>
+      <c r="I48" s="169"/>
+      <c r="J48" s="169"/>
+      <c r="K48" s="169"/>
+      <c r="L48" s="169"/>
+      <c r="M48" s="169"/>
+      <c r="N48" s="169"/>
+    </row>
+    <row r="49" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A49" s="169"/>
+      <c r="B49" s="169"/>
+      <c r="C49" s="169"/>
+      <c r="D49" s="169"/>
+      <c r="E49" s="169"/>
+      <c r="F49" s="169"/>
+      <c r="G49" s="169"/>
+      <c r="H49" s="169"/>
+      <c r="I49" s="169"/>
+      <c r="J49" s="169"/>
+      <c r="K49" s="169"/>
+      <c r="L49" s="169"/>
+      <c r="M49" s="169"/>
+      <c r="N49" s="169"/>
+    </row>
+    <row r="50" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A50" s="169"/>
+      <c r="B50" s="169"/>
+      <c r="C50" s="169"/>
+      <c r="D50" s="169"/>
+      <c r="E50" s="169"/>
+      <c r="F50" s="169"/>
+      <c r="G50" s="169"/>
+      <c r="H50" s="169"/>
+      <c r="I50" s="169"/>
+      <c r="J50" s="169"/>
+      <c r="K50" s="169"/>
+      <c r="L50" s="169"/>
+      <c r="M50" s="169"/>
+      <c r="N50" s="169"/>
     </row>
   </sheetData>
   <mergeCells count="51">
-    <mergeCell ref="A50:N50"/>
-[...33 lines deleted...]
-    <mergeCell ref="C15:E15"/>
     <mergeCell ref="G12:J12"/>
     <mergeCell ref="C30:J30"/>
     <mergeCell ref="C29:J29"/>
     <mergeCell ref="L39:N39"/>
     <mergeCell ref="H40:J40"/>
     <mergeCell ref="G15:J15"/>
     <mergeCell ref="C16:E16"/>
     <mergeCell ref="G18:J18"/>
     <mergeCell ref="G16:J16"/>
     <mergeCell ref="G17:J17"/>
     <mergeCell ref="A20:N20"/>
     <mergeCell ref="C28:J28"/>
     <mergeCell ref="G14:J14"/>
     <mergeCell ref="C27:J27"/>
     <mergeCell ref="C25:J25"/>
     <mergeCell ref="C31:J31"/>
+    <mergeCell ref="C17:E17"/>
+    <mergeCell ref="C12:E12"/>
+    <mergeCell ref="C18:E18"/>
+    <mergeCell ref="C14:E14"/>
+    <mergeCell ref="C15:E15"/>
+    <mergeCell ref="A2:N2"/>
+    <mergeCell ref="A3:N3"/>
+    <mergeCell ref="C5:E5"/>
+    <mergeCell ref="G5:H5"/>
+    <mergeCell ref="I5:N5"/>
+    <mergeCell ref="L40:N40"/>
+    <mergeCell ref="L37:N37"/>
+    <mergeCell ref="C33:J33"/>
+    <mergeCell ref="C43:F43"/>
+    <mergeCell ref="A35:N35"/>
+    <mergeCell ref="H37:J37"/>
+    <mergeCell ref="H42:J42"/>
+    <mergeCell ref="L43:N43"/>
+    <mergeCell ref="C40:F40"/>
+    <mergeCell ref="C39:F39"/>
+    <mergeCell ref="L41:N41"/>
+    <mergeCell ref="L42:N42"/>
+    <mergeCell ref="C32:J32"/>
+    <mergeCell ref="C44:F44"/>
+    <mergeCell ref="C41:F41"/>
+    <mergeCell ref="C42:F42"/>
+    <mergeCell ref="H39:J39"/>
+    <mergeCell ref="C37:F37"/>
+    <mergeCell ref="H44:J44"/>
+    <mergeCell ref="H41:J41"/>
+    <mergeCell ref="A50:N50"/>
+    <mergeCell ref="H43:J43"/>
+    <mergeCell ref="L44:N44"/>
+    <mergeCell ref="A49:N49"/>
+    <mergeCell ref="C48:N48"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.2" top="0.75" bottom="0.75" header="0" footer="0"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967294" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1:K39"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="2" max="2" width="3.42578125" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="7" max="7" width="16.7109375" customWidth="1"/>
+    <col min="2" max="2" width="3.3984375" customWidth="1"/>
+    <col min="5" max="5" width="7.265625" customWidth="1"/>
+    <col min="7" max="7" width="16.73046875" customWidth="1"/>
     <col min="9" max="9" width="4" customWidth="1"/>
-    <col min="10" max="10" width="2.42578125" customWidth="1"/>
-    <col min="11" max="11" width="12.140625" customWidth="1"/>
+    <col min="10" max="10" width="2.3984375" customWidth="1"/>
+    <col min="11" max="11" width="12.1328125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:11" x14ac:dyDescent="0.2">
-      <c r="A1" s="36">
+    <row r="1" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A1" s="8">
         <v>2020</v>
       </c>
-      <c r="B1" s="14"/>
-[...11 lines deleted...]
-      <c r="A2" s="260" t="s">
+      <c r="B1" s="9"/>
+      <c r="C1" s="9"/>
+      <c r="D1" s="9"/>
+      <c r="E1" s="9"/>
+      <c r="F1" s="9"/>
+      <c r="G1" s="9"/>
+      <c r="H1" s="9"/>
+      <c r="I1" s="9"/>
+      <c r="J1" s="9"/>
+      <c r="K1" s="9"/>
+    </row>
+    <row r="2" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A2" s="137" t="s">
         <v>0</v>
       </c>
-      <c r="B2" s="260"/>
-[...52 lines deleted...]
-      <c r="A6" s="108" t="s">
+      <c r="B2" s="137"/>
+      <c r="C2" s="137"/>
+      <c r="D2" s="137"/>
+      <c r="E2" s="137"/>
+      <c r="F2" s="137"/>
+      <c r="G2" s="137"/>
+      <c r="H2" s="137"/>
+      <c r="I2" s="137"/>
+      <c r="J2" s="137"/>
+      <c r="K2" s="137"/>
+    </row>
+    <row r="3" spans="1:11" ht="17.649999999999999" x14ac:dyDescent="0.5">
+      <c r="A3" s="138" t="s">
+        <v>272</v>
+      </c>
+      <c r="B3" s="138"/>
+      <c r="C3" s="138"/>
+      <c r="D3" s="138"/>
+      <c r="E3" s="138"/>
+      <c r="F3" s="138"/>
+      <c r="G3" s="138"/>
+      <c r="H3" s="138"/>
+      <c r="I3" s="138"/>
+      <c r="J3" s="138"/>
+      <c r="K3" s="138"/>
+    </row>
+    <row r="4" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A4" s="139"/>
+      <c r="B4" s="139"/>
+      <c r="C4" s="139"/>
+      <c r="D4" s="139"/>
+      <c r="E4" s="139"/>
+      <c r="F4" s="139"/>
+      <c r="G4" s="139"/>
+      <c r="H4" s="139"/>
+      <c r="I4" s="139"/>
+      <c r="J4" s="139"/>
+      <c r="K4" s="139"/>
+    </row>
+    <row r="5" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A5" s="17"/>
+      <c r="B5" s="17"/>
+      <c r="C5" s="17"/>
+      <c r="D5" s="17"/>
+      <c r="E5" s="17"/>
+      <c r="F5" s="17"/>
+      <c r="G5" s="17"/>
+      <c r="H5" s="17"/>
+      <c r="I5" s="17"/>
+      <c r="J5" s="17"/>
+      <c r="K5" s="17"/>
+    </row>
+    <row r="6" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A6" s="10" t="s">
         <v>135</v>
       </c>
-      <c r="B6" s="263">
+      <c r="B6" s="140">
         <f>(Title!$C$3)</f>
         <v>0</v>
       </c>
-      <c r="C6" s="263"/>
-[...2 lines deleted...]
-      <c r="F6" s="264" t="s">
+      <c r="C6" s="140"/>
+      <c r="D6" s="140"/>
+      <c r="E6" s="140"/>
+      <c r="F6" s="141" t="s">
         <v>3</v>
       </c>
-      <c r="G6" s="264"/>
-      <c r="H6" s="263">
+      <c r="G6" s="141"/>
+      <c r="H6" s="140">
         <f>(Title!$C$5)</f>
         <v>0</v>
       </c>
-      <c r="I6" s="263"/>
-[...43 lines deleted...]
-      <c r="A10" s="163" t="s">
+      <c r="I6" s="140"/>
+      <c r="J6" s="140"/>
+      <c r="K6" s="140"/>
+    </row>
+    <row r="7" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A7" s="10"/>
+      <c r="B7" s="9"/>
+      <c r="C7" s="9"/>
+      <c r="D7" s="9"/>
+      <c r="E7" s="9"/>
+      <c r="F7" s="9"/>
+      <c r="G7" s="9"/>
+      <c r="H7" s="9"/>
+      <c r="I7" s="9"/>
+      <c r="J7" s="9"/>
+      <c r="K7" s="9"/>
+    </row>
+    <row r="8" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A8" s="10"/>
+      <c r="B8" s="143"/>
+      <c r="C8" s="143"/>
+      <c r="D8" s="143"/>
+      <c r="E8" s="143"/>
+      <c r="F8" s="9"/>
+      <c r="G8" s="8"/>
+      <c r="H8" s="144"/>
+      <c r="I8" s="144"/>
+      <c r="J8" s="144"/>
+      <c r="K8" s="144"/>
+    </row>
+    <row r="9" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A9" s="9"/>
+      <c r="B9" s="9"/>
+      <c r="C9" s="9"/>
+      <c r="D9" s="9"/>
+      <c r="E9" s="9"/>
+      <c r="F9" s="9"/>
+      <c r="G9" s="9"/>
+      <c r="H9" s="9"/>
+      <c r="I9" s="9"/>
+      <c r="J9" s="9"/>
+      <c r="K9" s="9"/>
+    </row>
+    <row r="10" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A10" s="42" t="s">
+        <v>273</v>
+      </c>
+      <c r="B10" s="9"/>
+      <c r="C10" s="9"/>
+      <c r="D10" s="9"/>
+      <c r="E10" s="9"/>
+      <c r="F10" s="9"/>
+      <c r="G10" s="9"/>
+      <c r="H10" s="9"/>
+      <c r="I10" s="9"/>
+      <c r="J10" s="9"/>
+      <c r="K10" s="9"/>
+    </row>
+    <row r="11" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A11" s="9"/>
+      <c r="B11" s="9"/>
+      <c r="C11" s="9"/>
+      <c r="D11" s="9"/>
+      <c r="E11" s="9"/>
+      <c r="F11" s="9"/>
+      <c r="G11" s="9"/>
+      <c r="H11" s="9"/>
+      <c r="I11" s="9"/>
+      <c r="J11" s="9"/>
+      <c r="K11" s="9"/>
+    </row>
+    <row r="12" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A12" s="9"/>
+      <c r="B12" s="9"/>
+      <c r="C12" s="9"/>
+      <c r="D12" s="9"/>
+      <c r="E12" s="9"/>
+      <c r="F12" s="9"/>
+      <c r="G12" s="9"/>
+      <c r="H12" s="9"/>
+      <c r="I12" s="9"/>
+      <c r="J12" s="9"/>
+      <c r="K12" s="9"/>
+    </row>
+    <row r="13" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A13" s="9"/>
+      <c r="B13" s="9"/>
+      <c r="C13" s="9"/>
+      <c r="D13" s="9"/>
+      <c r="E13" s="9"/>
+      <c r="F13" s="9"/>
+      <c r="G13" s="9"/>
+      <c r="H13" s="9"/>
+      <c r="I13" s="9"/>
+      <c r="J13" s="9"/>
+      <c r="K13" s="9"/>
+    </row>
+    <row r="14" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A14" s="142" t="s">
+        <v>28</v>
+      </c>
+      <c r="B14" s="142"/>
+      <c r="C14" s="142"/>
+      <c r="D14" s="142"/>
+      <c r="E14" s="142"/>
+      <c r="F14" s="142"/>
+      <c r="G14" s="9"/>
+      <c r="H14" s="9"/>
+      <c r="I14" s="9"/>
+      <c r="J14" s="9"/>
+      <c r="K14" s="9"/>
+    </row>
+    <row r="15" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A15" s="14"/>
+      <c r="B15" s="14"/>
+      <c r="C15" s="14"/>
+      <c r="D15" s="14"/>
+      <c r="E15" s="14"/>
+      <c r="F15" s="14"/>
+      <c r="G15" s="9"/>
+      <c r="H15" s="9"/>
+      <c r="I15" s="9"/>
+      <c r="J15" s="9"/>
+      <c r="K15" s="9"/>
+    </row>
+    <row r="16" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A16" s="13" t="s">
+        <v>10</v>
+      </c>
+      <c r="B16" s="9"/>
+      <c r="C16" s="9"/>
+      <c r="D16" s="9"/>
+      <c r="E16" s="9"/>
+      <c r="F16" s="9"/>
+      <c r="G16" s="14"/>
+      <c r="H16" s="142" t="s">
+        <v>20</v>
+      </c>
+      <c r="I16" s="142"/>
+      <c r="J16" s="9"/>
+      <c r="K16" s="14" t="s">
+        <v>151</v>
+      </c>
+    </row>
+    <row r="17" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A17" s="14" t="s">
+        <v>12</v>
+      </c>
+      <c r="B17" s="16"/>
+      <c r="C17" s="9"/>
+      <c r="D17" s="9"/>
+      <c r="E17" s="16"/>
+      <c r="F17" s="9"/>
+      <c r="G17" s="11"/>
+      <c r="H17" s="145"/>
+      <c r="I17" s="145"/>
+      <c r="J17" s="14"/>
+      <c r="K17" s="46"/>
+    </row>
+    <row r="18" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A18" s="88"/>
+      <c r="B18" s="9"/>
+      <c r="C18" s="9" t="s">
         <v>274</v>
       </c>
-      <c r="B10" s="14"/>
-[...114 lines deleted...]
-      <c r="C18" s="165" t="s">
+      <c r="D18" s="9"/>
+      <c r="E18" s="9"/>
+      <c r="F18" s="9" t="s">
         <v>275</v>
       </c>
-      <c r="D18" s="165"/>
-[...1 lines deleted...]
-      <c r="F18" s="165" t="s">
+      <c r="G18" s="11"/>
+      <c r="H18" s="146"/>
+      <c r="I18" s="146"/>
+      <c r="J18" s="11"/>
+      <c r="K18" s="46"/>
+    </row>
+    <row r="19" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A19" s="46"/>
+      <c r="B19" s="9"/>
+      <c r="C19" s="9" t="s">
         <v>276</v>
       </c>
-      <c r="G18" s="96"/>
-[...8 lines deleted...]
-      <c r="C19" s="166" t="s">
+      <c r="D19" s="9"/>
+      <c r="E19" s="9"/>
+      <c r="F19" s="9" t="s">
         <v>277</v>
       </c>
-      <c r="D19" s="166"/>
-[...1 lines deleted...]
-      <c r="F19" s="166" t="s">
+      <c r="G19" s="11"/>
+      <c r="H19" s="146"/>
+      <c r="I19" s="146"/>
+      <c r="J19" s="9"/>
+      <c r="K19" s="46"/>
+    </row>
+    <row r="20" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A20" s="46"/>
+      <c r="B20" s="9"/>
+      <c r="C20" s="9" t="s">
         <v>278</v>
       </c>
-      <c r="G19" s="97"/>
-[...8 lines deleted...]
-      <c r="C20" s="165" t="s">
+      <c r="D20" s="9"/>
+      <c r="E20" s="9"/>
+      <c r="F20" s="9" t="s">
         <v>279</v>
       </c>
-      <c r="D20" s="165"/>
-[...1 lines deleted...]
-      <c r="F20" s="165" t="s">
+      <c r="G20" s="11"/>
+      <c r="H20" s="146"/>
+      <c r="I20" s="146"/>
+      <c r="J20" s="11"/>
+      <c r="K20" s="46"/>
+    </row>
+    <row r="21" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A21" s="46"/>
+      <c r="B21" s="9"/>
+      <c r="C21" s="9" t="s">
         <v>280</v>
       </c>
-      <c r="G20" s="96"/>
-[...8 lines deleted...]
-      <c r="C21" s="166" t="s">
+      <c r="D21" s="9"/>
+      <c r="E21" s="9"/>
+      <c r="F21" s="9" t="s">
+        <v>277</v>
+      </c>
+      <c r="G21" s="11"/>
+      <c r="H21" s="146"/>
+      <c r="I21" s="146"/>
+      <c r="J21" s="9"/>
+      <c r="K21" s="46"/>
+    </row>
+    <row r="22" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A22" s="46"/>
+      <c r="B22" s="9"/>
+      <c r="C22" s="9" t="s">
         <v>281</v>
       </c>
-      <c r="D21" s="166"/>
-[...13 lines deleted...]
-      <c r="C22" s="12" t="s">
+      <c r="D22" s="9"/>
+      <c r="E22" s="9"/>
+      <c r="F22" s="9" t="s">
+        <v>279</v>
+      </c>
+      <c r="G22" s="11"/>
+      <c r="H22" s="146"/>
+      <c r="I22" s="146"/>
+      <c r="J22" s="9"/>
+      <c r="K22" s="46"/>
+    </row>
+    <row r="23" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A23" s="46"/>
+      <c r="B23" s="9"/>
+      <c r="C23" s="9" t="s">
         <v>282</v>
       </c>
-      <c r="D22" s="12"/>
-[...13 lines deleted...]
-      <c r="C23" s="14" t="s">
+      <c r="D23" s="9"/>
+      <c r="E23" s="9"/>
+      <c r="F23" s="9" t="s">
+        <v>277</v>
+      </c>
+      <c r="G23" s="11"/>
+      <c r="H23" s="146"/>
+      <c r="I23" s="146"/>
+      <c r="J23" s="9"/>
+      <c r="K23" s="46"/>
+    </row>
+    <row r="24" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A24" s="74"/>
+      <c r="B24" s="9"/>
+      <c r="C24" s="9"/>
+      <c r="D24" s="9"/>
+      <c r="E24" s="9"/>
+      <c r="F24" s="9"/>
+      <c r="G24" s="11"/>
+      <c r="H24" s="74"/>
+      <c r="I24" s="74"/>
+      <c r="J24" s="9"/>
+      <c r="K24" s="74"/>
+    </row>
+    <row r="25" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A25" s="74"/>
+      <c r="B25" s="9"/>
+      <c r="C25" s="9"/>
+      <c r="D25" s="9"/>
+      <c r="E25" s="9"/>
+      <c r="F25" s="9"/>
+      <c r="G25" s="11"/>
+      <c r="H25" s="74"/>
+      <c r="I25" s="74"/>
+      <c r="J25" s="9"/>
+      <c r="K25" s="74"/>
+    </row>
+    <row r="26" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A26" s="9"/>
+      <c r="B26" s="9"/>
+      <c r="C26" s="9"/>
+      <c r="D26" s="9"/>
+      <c r="E26" s="9"/>
+      <c r="F26" s="9"/>
+      <c r="G26" s="9"/>
+      <c r="H26" s="11"/>
+      <c r="I26" s="11"/>
+      <c r="J26" s="9"/>
+      <c r="K26" s="11"/>
+    </row>
+    <row r="27" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A27" s="142" t="s">
         <v>283</v>
       </c>
-      <c r="D23" s="12"/>
-[...50 lines deleted...]
-      <c r="A27" s="254" t="s">
+      <c r="B27" s="142"/>
+      <c r="C27" s="142"/>
+      <c r="D27" s="142"/>
+      <c r="E27" s="142"/>
+      <c r="F27" s="142"/>
+      <c r="G27" s="142"/>
+      <c r="H27" s="9"/>
+      <c r="I27" s="9"/>
+      <c r="J27" s="9"/>
+      <c r="K27" s="9"/>
+    </row>
+    <row r="28" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A28" s="9" t="s">
         <v>284</v>
       </c>
-      <c r="B27" s="254"/>
-[...11 lines deleted...]
-      <c r="A28" s="14" t="s">
+      <c r="B28" s="9"/>
+      <c r="C28" s="9"/>
+      <c r="D28" s="9"/>
+      <c r="E28" s="9"/>
+      <c r="F28" s="9" t="s">
         <v>285</v>
       </c>
-      <c r="B28" s="14"/>
-[...3 lines deleted...]
-      <c r="F28" s="14" t="s">
+      <c r="G28" s="11"/>
+      <c r="H28" s="148"/>
+      <c r="I28" s="148"/>
+      <c r="J28" s="9"/>
+      <c r="K28" s="89"/>
+    </row>
+    <row r="29" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A29" s="9" t="s">
         <v>286</v>
       </c>
-      <c r="G28" s="95"/>
-[...6 lines deleted...]
-      <c r="A29" s="98" t="s">
+      <c r="B29" s="9"/>
+      <c r="C29" s="9"/>
+      <c r="D29" s="9"/>
+      <c r="E29" s="9"/>
+      <c r="F29" s="9" t="s">
+        <v>285</v>
+      </c>
+      <c r="G29" s="9"/>
+      <c r="H29" s="149"/>
+      <c r="I29" s="149"/>
+      <c r="J29" s="9"/>
+      <c r="K29" s="50"/>
+    </row>
+    <row r="30" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A30" s="9" t="s">
         <v>287</v>
       </c>
-      <c r="B29" s="98"/>
-[...69 lines deleted...]
-      <c r="A34" s="101" t="s">
+      <c r="B30" s="9"/>
+      <c r="C30" s="9"/>
+      <c r="D30" s="9"/>
+      <c r="E30" s="9"/>
+      <c r="F30" s="9" t="s">
+        <v>285</v>
+      </c>
+      <c r="G30" s="9"/>
+      <c r="H30" s="149"/>
+      <c r="I30" s="149"/>
+      <c r="J30" s="9"/>
+      <c r="K30" s="50"/>
+    </row>
+    <row r="31" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A31" s="9"/>
+      <c r="B31" s="9"/>
+      <c r="C31" s="9"/>
+      <c r="D31" s="9"/>
+      <c r="E31" s="9"/>
+      <c r="F31" s="9"/>
+      <c r="G31" s="9"/>
+      <c r="H31" s="11"/>
+      <c r="I31" s="11"/>
+      <c r="J31" s="9"/>
+      <c r="K31" s="11"/>
+    </row>
+    <row r="32" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A32" s="9"/>
+      <c r="B32" s="9"/>
+      <c r="C32" s="9"/>
+      <c r="D32" s="9"/>
+      <c r="E32" s="9"/>
+      <c r="F32" s="11"/>
+      <c r="G32" s="9"/>
+      <c r="H32" s="9"/>
+      <c r="I32" s="9"/>
+      <c r="J32" s="9"/>
+      <c r="K32" s="9"/>
+    </row>
+    <row r="33" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A33" s="9"/>
+      <c r="B33" s="9"/>
+      <c r="C33" s="9"/>
+      <c r="D33" s="9"/>
+      <c r="E33" s="9"/>
+      <c r="F33" s="9"/>
+      <c r="G33" s="9"/>
+      <c r="H33" s="9"/>
+      <c r="I33" s="9"/>
+      <c r="J33" s="9"/>
+      <c r="K33" s="9"/>
+    </row>
+    <row r="34" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A34" s="9" t="s">
         <v>16</v>
       </c>
-      <c r="B34" s="253"/>
-[...73 lines deleted...]
-      <c r="K39" s="14"/>
+      <c r="B34" s="150"/>
+      <c r="C34" s="150"/>
+      <c r="D34" s="150"/>
+      <c r="E34" s="150"/>
+      <c r="F34" s="150"/>
+      <c r="G34" s="150"/>
+      <c r="H34" s="150"/>
+      <c r="I34" s="150"/>
+      <c r="J34" s="150"/>
+      <c r="K34" s="150"/>
+    </row>
+    <row r="35" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A35" s="150"/>
+      <c r="B35" s="150"/>
+      <c r="C35" s="150"/>
+      <c r="D35" s="150"/>
+      <c r="E35" s="150"/>
+      <c r="F35" s="150"/>
+      <c r="G35" s="150"/>
+      <c r="H35" s="150"/>
+      <c r="I35" s="150"/>
+      <c r="J35" s="150"/>
+      <c r="K35" s="150"/>
+    </row>
+    <row r="36" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A36" s="147"/>
+      <c r="B36" s="147"/>
+      <c r="C36" s="147"/>
+      <c r="D36" s="147"/>
+      <c r="E36" s="147"/>
+      <c r="F36" s="147"/>
+      <c r="G36" s="147"/>
+      <c r="H36" s="147"/>
+      <c r="I36" s="147"/>
+      <c r="J36" s="147"/>
+      <c r="K36" s="147"/>
+    </row>
+    <row r="37" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A37" s="147"/>
+      <c r="B37" s="147"/>
+      <c r="C37" s="147"/>
+      <c r="D37" s="147"/>
+      <c r="E37" s="147"/>
+      <c r="F37" s="147"/>
+      <c r="G37" s="147"/>
+      <c r="H37" s="147"/>
+      <c r="I37" s="147"/>
+      <c r="J37" s="147"/>
+      <c r="K37" s="147"/>
+    </row>
+    <row r="38" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A38" s="8"/>
+      <c r="B38" s="8"/>
+      <c r="C38" s="8"/>
+      <c r="D38" s="8"/>
+      <c r="E38" s="8"/>
+      <c r="F38" s="8"/>
+      <c r="G38" s="8"/>
+      <c r="H38" s="8"/>
+      <c r="I38" s="8"/>
+      <c r="J38" s="8"/>
+      <c r="K38" s="8"/>
+    </row>
+    <row r="39" spans="1:11" x14ac:dyDescent="0.35">
+      <c r="A39" s="9"/>
+      <c r="B39" s="9"/>
+      <c r="C39" s="9"/>
+      <c r="D39" s="9"/>
+      <c r="E39" s="9"/>
+      <c r="F39" s="9"/>
+      <c r="G39" s="9"/>
+      <c r="H39" s="9"/>
+      <c r="I39" s="9"/>
+      <c r="J39" s="9"/>
+      <c r="K39" s="9"/>
     </row>
   </sheetData>
   <mergeCells count="25">
-    <mergeCell ref="A2:K2"/>
-[...4 lines deleted...]
-    <mergeCell ref="H6:K6"/>
+    <mergeCell ref="A37:K37"/>
+    <mergeCell ref="H28:I28"/>
+    <mergeCell ref="H29:I29"/>
+    <mergeCell ref="H30:I30"/>
+    <mergeCell ref="B34:K34"/>
+    <mergeCell ref="A35:K35"/>
+    <mergeCell ref="A36:K36"/>
     <mergeCell ref="A27:G27"/>
     <mergeCell ref="B8:E8"/>
     <mergeCell ref="H8:K8"/>
     <mergeCell ref="A14:F14"/>
     <mergeCell ref="H16:I16"/>
     <mergeCell ref="H17:I17"/>
     <mergeCell ref="H18:I18"/>
     <mergeCell ref="H19:I19"/>
     <mergeCell ref="H20:I20"/>
     <mergeCell ref="H21:I21"/>
     <mergeCell ref="H22:I22"/>
     <mergeCell ref="H23:I23"/>
-    <mergeCell ref="A37:K37"/>
-[...5 lines deleted...]
-    <mergeCell ref="A36:K36"/>
+    <mergeCell ref="A2:K2"/>
+    <mergeCell ref="A3:K3"/>
+    <mergeCell ref="A4:K4"/>
+    <mergeCell ref="B6:E6"/>
+    <mergeCell ref="F6:G6"/>
+    <mergeCell ref="H6:K6"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <dimension ref="A1:M56"/>
   <sheetViews>
     <sheetView showZeros="0" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="2" max="2" width="10.28515625" bestFit="1" customWidth="1"/>
-[...3 lines deleted...]
-    <col min="7" max="7" width="2.28515625" customWidth="1"/>
+    <col min="2" max="2" width="10.265625" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="12.1328125" customWidth="1"/>
+    <col min="5" max="5" width="2.59765625" customWidth="1"/>
+    <col min="6" max="6" width="8.265625" customWidth="1"/>
+    <col min="7" max="7" width="2.265625" customWidth="1"/>
     <col min="8" max="8" width="12" bestFit="1" customWidth="1"/>
-    <col min="9" max="9" width="6.140625" customWidth="1"/>
+    <col min="9" max="9" width="6.1328125" customWidth="1"/>
     <col min="10" max="10" width="2" customWidth="1"/>
-    <col min="11" max="11" width="11.7109375" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="13" max="13" width="12.42578125" customWidth="1"/>
+    <col min="11" max="11" width="11.73046875" customWidth="1"/>
+    <col min="12" max="12" width="1.86328125" customWidth="1"/>
+    <col min="13" max="13" width="12.3984375" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:13" x14ac:dyDescent="0.2">
-      <c r="A1" s="36">
+    <row r="1" spans="1:13" ht="13.15" x14ac:dyDescent="0.4">
+      <c r="A1" s="8">
         <v>2020</v>
       </c>
-      <c r="M1" s="8"/>
-[...2 lines deleted...]
-      <c r="A2" s="268" t="s">
+      <c r="M1" s="6"/>
+    </row>
+    <row r="2" spans="1:13" x14ac:dyDescent="0.35">
+      <c r="A2" s="151" t="s">
         <v>0</v>
       </c>
-      <c r="B2" s="268"/>
-[...13 lines deleted...]
-      <c r="A3" s="261" t="s">
+      <c r="B2" s="151"/>
+      <c r="C2" s="151"/>
+      <c r="D2" s="151"/>
+      <c r="E2" s="151"/>
+      <c r="F2" s="151"/>
+      <c r="G2" s="151"/>
+      <c r="H2" s="151"/>
+      <c r="I2" s="151"/>
+      <c r="J2" s="151"/>
+      <c r="K2" s="151"/>
+      <c r="L2" s="151"/>
+      <c r="M2" s="151"/>
+    </row>
+    <row r="3" spans="1:13" ht="17.649999999999999" x14ac:dyDescent="0.5">
+      <c r="A3" s="138" t="s">
         <v>1</v>
       </c>
-      <c r="B3" s="261"/>
-[...13 lines deleted...]
-      <c r="B5" s="60" t="s">
+      <c r="B3" s="138"/>
+      <c r="C3" s="138"/>
+      <c r="D3" s="138"/>
+      <c r="E3" s="138"/>
+      <c r="F3" s="138"/>
+      <c r="G3" s="138"/>
+      <c r="H3" s="138"/>
+      <c r="I3" s="138"/>
+      <c r="J3" s="138"/>
+      <c r="K3" s="138"/>
+      <c r="L3" s="138"/>
+      <c r="M3" s="138"/>
+    </row>
+    <row r="5" spans="1:13" x14ac:dyDescent="0.35">
+      <c r="B5" s="30" t="s">
         <v>135</v>
       </c>
-      <c r="C5" s="269">
+      <c r="C5" s="152">
         <f>(Title!$C$3)</f>
         <v>0</v>
       </c>
-      <c r="D5" s="269"/>
-[...2 lines deleted...]
-      <c r="H5" s="60" t="s">
+      <c r="D5" s="152"/>
+      <c r="E5" s="152"/>
+      <c r="F5" s="152"/>
+      <c r="H5" s="30" t="s">
         <v>134</v>
       </c>
-      <c r="I5" s="270">
+      <c r="I5" s="153">
         <f>(Title!$C$5)</f>
         <v>0</v>
       </c>
-      <c r="J5" s="269"/>
-[...4 lines deleted...]
-    <row r="7" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="J5" s="152"/>
+      <c r="K5" s="152"/>
+      <c r="L5" s="152"/>
+      <c r="M5" s="152"/>
+    </row>
+    <row r="7" spans="1:13" x14ac:dyDescent="0.35">
       <c r="B7" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="9" spans="1:13" ht="18" x14ac:dyDescent="0.25">
+    <row r="9" spans="1:13" ht="17.25" x14ac:dyDescent="0.45">
       <c r="A9" s="1"/>
-      <c r="B9" s="271" t="s">
+      <c r="B9" s="155" t="s">
         <v>137</v>
       </c>
-      <c r="C9" s="271"/>
-[...11 lines deleted...]
-    <row r="11" spans="1:13" x14ac:dyDescent="0.2">
+      <c r="C9" s="155"/>
+      <c r="D9" s="155"/>
+      <c r="E9" s="155"/>
+      <c r="F9" s="155"/>
+      <c r="G9" s="155"/>
+      <c r="H9" s="155"/>
+      <c r="I9" s="155"/>
+      <c r="J9" s="155"/>
+      <c r="K9" s="155"/>
+      <c r="L9" s="155"/>
+      <c r="M9" s="155"/>
+    </row>
+    <row r="11" spans="1:13" ht="13.15" x14ac:dyDescent="0.4">
       <c r="B11" s="2" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="12" spans="1:13" x14ac:dyDescent="0.2">
-      <c r="C12" s="272" t="s">
+    <row r="12" spans="1:13" ht="13.15" x14ac:dyDescent="0.4">
+      <c r="C12" s="156" t="s">
         <v>6</v>
       </c>
-      <c r="D12" s="272"/>
-[...2 lines deleted...]
-      <c r="H12" s="272" t="s">
+      <c r="D12" s="156"/>
+      <c r="E12" s="156"/>
+      <c r="F12" s="156"/>
+      <c r="H12" s="156" t="s">
         <v>7</v>
       </c>
-      <c r="I12" s="272"/>
-[...6 lines deleted...]
-      <c r="B14" s="6" t="s">
+      <c r="I12" s="156"/>
+      <c r="J12" s="156"/>
+      <c r="K12" s="156"/>
+      <c r="L12" s="156"/>
+      <c r="M12" s="156"/>
+    </row>
+    <row r="14" spans="1:13" x14ac:dyDescent="0.35">
+      <c r="B14" s="5" t="s">
         <v>8</v>
       </c>
-      <c r="C14" s="266"/>
-[...15 lines deleted...]
-      <c r="B16" s="6" t="s">
+      <c r="C14" s="154"/>
+      <c r="D14" s="154"/>
+      <c r="E14" s="154"/>
+      <c r="F14" s="154"/>
+      <c r="H14" s="154"/>
+      <c r="I14" s="154"/>
+      <c r="J14" s="154"/>
+      <c r="K14" s="154"/>
+      <c r="L14" s="154"/>
+      <c r="M14" s="154"/>
+    </row>
+    <row r="15" spans="1:13" x14ac:dyDescent="0.35">
+      <c r="B15" s="5"/>
+    </row>
+    <row r="16" spans="1:13" x14ac:dyDescent="0.35">
+      <c r="B16" s="5" t="s">
         <v>8</v>
       </c>
-      <c r="C16" s="266"/>
-[...15 lines deleted...]
-      <c r="B18" s="6" t="s">
+      <c r="C16" s="154"/>
+      <c r="D16" s="154"/>
+      <c r="E16" s="154"/>
+      <c r="F16" s="154"/>
+      <c r="H16" s="154"/>
+      <c r="I16" s="154"/>
+      <c r="J16" s="154"/>
+      <c r="K16" s="154"/>
+      <c r="L16" s="154"/>
+      <c r="M16" s="154"/>
+    </row>
+    <row r="17" spans="2:13" ht="15" x14ac:dyDescent="0.4">
+      <c r="B17" s="5"/>
+      <c r="M17" s="4"/>
+    </row>
+    <row r="18" spans="2:13" x14ac:dyDescent="0.35">
+      <c r="B18" s="5" t="s">
         <v>8</v>
       </c>
-      <c r="C18" s="266"/>
-[...14 lines deleted...]
-      <c r="B20" s="6" t="s">
+      <c r="C18" s="154"/>
+      <c r="D18" s="154"/>
+      <c r="E18" s="154"/>
+      <c r="F18" s="154"/>
+      <c r="H18" s="154"/>
+      <c r="I18" s="154"/>
+      <c r="J18" s="154"/>
+      <c r="K18" s="154"/>
+      <c r="L18" s="154"/>
+      <c r="M18" s="154"/>
+    </row>
+    <row r="19" spans="2:13" x14ac:dyDescent="0.35">
+      <c r="B19" s="5"/>
+    </row>
+    <row r="20" spans="2:13" x14ac:dyDescent="0.35">
+      <c r="B20" s="5" t="s">
         <v>8</v>
       </c>
-      <c r="C20" s="266"/>
-[...14 lines deleted...]
-      <c r="B22" s="6" t="s">
+      <c r="C20" s="154"/>
+      <c r="D20" s="154"/>
+      <c r="E20" s="154"/>
+      <c r="F20" s="154"/>
+      <c r="H20" s="154"/>
+      <c r="I20" s="154"/>
+      <c r="J20" s="154"/>
+      <c r="K20" s="154"/>
+      <c r="L20" s="154"/>
+      <c r="M20" s="154"/>
+    </row>
+    <row r="21" spans="2:13" x14ac:dyDescent="0.35">
+      <c r="B21" s="5"/>
+    </row>
+    <row r="22" spans="2:13" x14ac:dyDescent="0.35">
+      <c r="B22" s="5" t="s">
         <v>8</v>
       </c>
-      <c r="C22" s="266"/>
-[...16 lines deleted...]
-      <c r="B24" s="6" t="s">
+      <c r="C22" s="154"/>
+      <c r="D22" s="154"/>
+      <c r="E22" s="154"/>
+      <c r="F22" s="154"/>
+      <c r="H22" s="154"/>
+      <c r="I22" s="154"/>
+      <c r="J22" s="154"/>
+      <c r="K22" s="154"/>
+      <c r="L22" s="154"/>
+      <c r="M22" s="154"/>
+    </row>
+    <row r="23" spans="2:13" x14ac:dyDescent="0.35">
+      <c r="B23" s="5"/>
+      <c r="K23" s="5"/>
+      <c r="L23" s="5"/>
+    </row>
+    <row r="24" spans="2:13" x14ac:dyDescent="0.35">
+      <c r="B24" s="5" t="s">
         <v>8</v>
       </c>
-      <c r="C24" s="266"/>
-[...14 lines deleted...]
-      <c r="B26" s="6" t="s">
+      <c r="C24" s="154"/>
+      <c r="D24" s="154"/>
+      <c r="E24" s="154"/>
+      <c r="F24" s="154"/>
+      <c r="H24" s="154"/>
+      <c r="I24" s="154"/>
+      <c r="J24" s="154"/>
+      <c r="K24" s="154"/>
+      <c r="L24" s="154"/>
+      <c r="M24" s="154"/>
+    </row>
+    <row r="25" spans="2:13" x14ac:dyDescent="0.35">
+      <c r="B25" s="5"/>
+    </row>
+    <row r="26" spans="2:13" x14ac:dyDescent="0.35">
+      <c r="B26" s="5" t="s">
         <v>8</v>
       </c>
-      <c r="C26" s="266"/>
-[...15 lines deleted...]
-      <c r="B28" s="6" t="s">
+      <c r="C26" s="154"/>
+      <c r="D26" s="154"/>
+      <c r="E26" s="154"/>
+      <c r="F26" s="154"/>
+      <c r="H26" s="154"/>
+      <c r="I26" s="154"/>
+      <c r="J26" s="154"/>
+      <c r="K26" s="154"/>
+      <c r="L26" s="154"/>
+      <c r="M26" s="154"/>
+    </row>
+    <row r="27" spans="2:13" ht="12.75" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B27" s="5"/>
+      <c r="M27" s="4"/>
+    </row>
+    <row r="28" spans="2:13" x14ac:dyDescent="0.35">
+      <c r="B28" s="5" t="s">
         <v>8</v>
       </c>
-      <c r="C28" s="266"/>
-[...14 lines deleted...]
-      <c r="B30" s="6" t="s">
+      <c r="C28" s="154"/>
+      <c r="D28" s="154"/>
+      <c r="E28" s="154"/>
+      <c r="F28" s="154"/>
+      <c r="H28" s="154"/>
+      <c r="I28" s="154"/>
+      <c r="J28" s="154"/>
+      <c r="K28" s="154"/>
+      <c r="L28" s="154"/>
+      <c r="M28" s="154"/>
+    </row>
+    <row r="29" spans="2:13" x14ac:dyDescent="0.35">
+      <c r="B29" s="5"/>
+    </row>
+    <row r="30" spans="2:13" x14ac:dyDescent="0.35">
+      <c r="B30" s="5" t="s">
         <v>8</v>
       </c>
-      <c r="C30" s="266"/>
-[...24 lines deleted...]
-      <c r="B32" s="6" t="s">
+      <c r="C30" s="154"/>
+      <c r="D30" s="154"/>
+      <c r="E30" s="154"/>
+      <c r="F30" s="154"/>
+      <c r="H30" s="154"/>
+      <c r="I30" s="154"/>
+      <c r="J30" s="154"/>
+      <c r="K30" s="154"/>
+      <c r="L30" s="154"/>
+      <c r="M30" s="154"/>
+    </row>
+    <row r="31" spans="2:13" x14ac:dyDescent="0.35">
+      <c r="B31" s="5"/>
+      <c r="C31" s="58"/>
+      <c r="D31" s="58"/>
+      <c r="E31" s="58"/>
+      <c r="F31" s="58"/>
+      <c r="H31" s="58"/>
+      <c r="I31" s="58"/>
+      <c r="J31" s="58"/>
+      <c r="K31" s="58"/>
+      <c r="L31" s="58"/>
+      <c r="M31" s="58"/>
+    </row>
+    <row r="32" spans="2:13" x14ac:dyDescent="0.35">
+      <c r="B32" s="5" t="s">
         <v>8</v>
       </c>
-      <c r="C32" s="266"/>
-[...14 lines deleted...]
-      <c r="B34" s="6" t="s">
+      <c r="C32" s="154"/>
+      <c r="D32" s="154"/>
+      <c r="E32" s="154"/>
+      <c r="F32" s="154"/>
+      <c r="H32" s="154"/>
+      <c r="I32" s="154"/>
+      <c r="J32" s="154"/>
+      <c r="K32" s="154"/>
+      <c r="L32" s="154"/>
+      <c r="M32" s="154"/>
+    </row>
+    <row r="33" spans="2:13" x14ac:dyDescent="0.35">
+      <c r="B33" s="5"/>
+    </row>
+    <row r="34" spans="2:13" x14ac:dyDescent="0.35">
+      <c r="B34" s="5" t="s">
         <v>8</v>
       </c>
-      <c r="C34" s="266"/>
-[...16 lines deleted...]
-      <c r="B36" s="6" t="s">
+      <c r="C34" s="154"/>
+      <c r="D34" s="154"/>
+      <c r="E34" s="154"/>
+      <c r="F34" s="154"/>
+      <c r="H34" s="154"/>
+      <c r="I34" s="154"/>
+      <c r="J34" s="154"/>
+      <c r="K34" s="154"/>
+      <c r="L34" s="154"/>
+      <c r="M34" s="154"/>
+    </row>
+    <row r="35" spans="2:13" x14ac:dyDescent="0.35">
+      <c r="B35" s="5"/>
+      <c r="K35" s="5"/>
+      <c r="L35" s="5"/>
+    </row>
+    <row r="36" spans="2:13" x14ac:dyDescent="0.35">
+      <c r="B36" s="5" t="s">
         <v>8</v>
       </c>
-      <c r="C36" s="266"/>
-[...14 lines deleted...]
-      <c r="B38" s="6" t="s">
+      <c r="C36" s="154"/>
+      <c r="D36" s="154"/>
+      <c r="E36" s="154"/>
+      <c r="F36" s="154"/>
+      <c r="H36" s="154"/>
+      <c r="I36" s="154"/>
+      <c r="J36" s="154"/>
+      <c r="K36" s="154"/>
+      <c r="L36" s="154"/>
+      <c r="M36" s="154"/>
+    </row>
+    <row r="37" spans="2:13" x14ac:dyDescent="0.35">
+      <c r="B37" s="5"/>
+    </row>
+    <row r="38" spans="2:13" x14ac:dyDescent="0.35">
+      <c r="B38" s="5" t="s">
         <v>8</v>
       </c>
-      <c r="C38" s="266"/>
-[...16 lines deleted...]
-      <c r="B40" s="6" t="s">
+      <c r="C38" s="154"/>
+      <c r="D38" s="154"/>
+      <c r="E38" s="154"/>
+      <c r="F38" s="154"/>
+      <c r="H38" s="154"/>
+      <c r="I38" s="154"/>
+      <c r="J38" s="154"/>
+      <c r="K38" s="154"/>
+      <c r="L38" s="154"/>
+      <c r="M38" s="154"/>
+    </row>
+    <row r="39" spans="2:13" x14ac:dyDescent="0.35">
+      <c r="B39" s="5"/>
+      <c r="K39" s="5"/>
+      <c r="L39" s="5"/>
+    </row>
+    <row r="40" spans="2:13" x14ac:dyDescent="0.35">
+      <c r="B40" s="5" t="s">
         <v>8</v>
       </c>
-      <c r="C40" s="266"/>
-[...14 lines deleted...]
-      <c r="B42" s="6" t="s">
+      <c r="C40" s="154"/>
+      <c r="D40" s="154"/>
+      <c r="E40" s="154"/>
+      <c r="F40" s="154"/>
+      <c r="H40" s="154"/>
+      <c r="I40" s="154"/>
+      <c r="J40" s="154"/>
+      <c r="K40" s="154"/>
+      <c r="L40" s="154"/>
+      <c r="M40" s="154"/>
+    </row>
+    <row r="41" spans="2:13" x14ac:dyDescent="0.35">
+      <c r="B41" s="5"/>
+    </row>
+    <row r="42" spans="2:13" x14ac:dyDescent="0.35">
+      <c r="B42" s="5" t="s">
         <v>8</v>
       </c>
-      <c r="C42" s="266"/>
-[...16 lines deleted...]
-      <c r="B44" s="6" t="s">
+      <c r="C42" s="154"/>
+      <c r="D42" s="154"/>
+      <c r="E42" s="154"/>
+      <c r="F42" s="154"/>
+      <c r="H42" s="154"/>
+      <c r="I42" s="154"/>
+      <c r="J42" s="154"/>
+      <c r="K42" s="154"/>
+      <c r="L42" s="154"/>
+      <c r="M42" s="154"/>
+    </row>
+    <row r="43" spans="2:13" x14ac:dyDescent="0.35">
+      <c r="B43" s="5"/>
+      <c r="K43" s="5"/>
+      <c r="L43" s="5"/>
+    </row>
+    <row r="44" spans="2:13" x14ac:dyDescent="0.35">
+      <c r="B44" s="5" t="s">
         <v>8</v>
       </c>
-      <c r="C44" s="266"/>
-[...16 lines deleted...]
-      <c r="B46" s="6" t="s">
+      <c r="C44" s="154"/>
+      <c r="D44" s="154"/>
+      <c r="E44" s="154"/>
+      <c r="F44" s="154"/>
+      <c r="H44" s="154"/>
+      <c r="I44" s="154"/>
+      <c r="J44" s="154"/>
+      <c r="K44" s="154"/>
+      <c r="L44" s="154"/>
+      <c r="M44" s="154"/>
+    </row>
+    <row r="45" spans="2:13" x14ac:dyDescent="0.35">
+      <c r="B45" s="5"/>
+      <c r="K45" s="5"/>
+      <c r="L45" s="5"/>
+    </row>
+    <row r="46" spans="2:13" x14ac:dyDescent="0.35">
+      <c r="B46" s="5" t="s">
         <v>8</v>
       </c>
-      <c r="C46" s="266"/>
-[...16 lines deleted...]
-      <c r="B48" s="6" t="s">
+      <c r="C46" s="154"/>
+      <c r="D46" s="154"/>
+      <c r="E46" s="154"/>
+      <c r="F46" s="154"/>
+      <c r="H46" s="154"/>
+      <c r="I46" s="154"/>
+      <c r="J46" s="154"/>
+      <c r="K46" s="154"/>
+      <c r="L46" s="154"/>
+      <c r="M46" s="154"/>
+    </row>
+    <row r="47" spans="2:13" x14ac:dyDescent="0.35">
+      <c r="B47" s="5"/>
+      <c r="K47" s="5"/>
+      <c r="L47" s="5"/>
+    </row>
+    <row r="48" spans="2:13" x14ac:dyDescent="0.35">
+      <c r="B48" s="5" t="s">
         <v>8</v>
       </c>
-      <c r="C48" s="266"/>
-[...16 lines deleted...]
-      <c r="B50" s="6" t="s">
+      <c r="C48" s="154"/>
+      <c r="D48" s="154"/>
+      <c r="E48" s="154"/>
+      <c r="F48" s="154"/>
+      <c r="H48" s="154"/>
+      <c r="I48" s="154"/>
+      <c r="J48" s="154"/>
+      <c r="K48" s="154"/>
+      <c r="L48" s="154"/>
+      <c r="M48" s="154"/>
+    </row>
+    <row r="49" spans="2:13" x14ac:dyDescent="0.35">
+      <c r="B49" s="5"/>
+      <c r="K49" s="5"/>
+      <c r="L49" s="5"/>
+    </row>
+    <row r="50" spans="2:13" x14ac:dyDescent="0.35">
+      <c r="B50" s="5" t="s">
         <v>8</v>
       </c>
-      <c r="C50" s="266"/>
-[...16 lines deleted...]
-      <c r="B52" s="6" t="s">
+      <c r="C50" s="154"/>
+      <c r="D50" s="154"/>
+      <c r="E50" s="154"/>
+      <c r="F50" s="154"/>
+      <c r="H50" s="154"/>
+      <c r="I50" s="154"/>
+      <c r="J50" s="154"/>
+      <c r="K50" s="154"/>
+      <c r="L50" s="154"/>
+      <c r="M50" s="154"/>
+    </row>
+    <row r="51" spans="2:13" x14ac:dyDescent="0.35">
+      <c r="B51" s="5"/>
+      <c r="K51" s="5"/>
+      <c r="L51" s="5"/>
+    </row>
+    <row r="52" spans="2:13" x14ac:dyDescent="0.35">
+      <c r="B52" s="5" t="s">
         <v>8</v>
       </c>
-      <c r="C52" s="266"/>
-[...13 lines deleted...]
-    <row r="54" spans="2:13" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C52" s="154"/>
+      <c r="D52" s="154"/>
+      <c r="E52" s="154"/>
+      <c r="F52" s="154"/>
+      <c r="H52" s="154"/>
+      <c r="I52" s="154"/>
+      <c r="J52" s="154"/>
+      <c r="K52" s="154"/>
+      <c r="L52" s="154"/>
+      <c r="M52" s="154"/>
+    </row>
+    <row r="54" spans="2:13" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B54" t="s">
         <v>16</v>
       </c>
-      <c r="C54" s="267"/>
-[...37 lines deleted...]
-      <c r="M56" s="265"/>
+      <c r="C54" s="152"/>
+      <c r="D54" s="152"/>
+      <c r="E54" s="152"/>
+      <c r="F54" s="152"/>
+      <c r="G54" s="152"/>
+      <c r="H54" s="152"/>
+      <c r="I54" s="152"/>
+      <c r="J54" s="152"/>
+      <c r="K54" s="152"/>
+      <c r="L54" s="152"/>
+      <c r="M54" s="152"/>
+    </row>
+    <row r="55" spans="2:13" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B55" s="152"/>
+      <c r="C55" s="152"/>
+      <c r="D55" s="152"/>
+      <c r="E55" s="152"/>
+      <c r="F55" s="152"/>
+      <c r="G55" s="152"/>
+      <c r="H55" s="152"/>
+      <c r="I55" s="152"/>
+      <c r="J55" s="152"/>
+      <c r="K55" s="152"/>
+      <c r="L55" s="152"/>
+      <c r="M55" s="152"/>
+    </row>
+    <row r="56" spans="2:13" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B56" s="157"/>
+      <c r="C56" s="157"/>
+      <c r="D56" s="157"/>
+      <c r="E56" s="157"/>
+      <c r="F56" s="157"/>
+      <c r="G56" s="157"/>
+      <c r="H56" s="157"/>
+      <c r="I56" s="157"/>
+      <c r="J56" s="157"/>
+      <c r="K56" s="157"/>
+      <c r="L56" s="157"/>
+      <c r="M56" s="157"/>
     </row>
   </sheetData>
   <mergeCells count="50">
+    <mergeCell ref="B56:M56"/>
+    <mergeCell ref="C52:F52"/>
+    <mergeCell ref="H52:M52"/>
+    <mergeCell ref="C38:F38"/>
+    <mergeCell ref="H38:M38"/>
+    <mergeCell ref="C40:F40"/>
+    <mergeCell ref="H40:M40"/>
+    <mergeCell ref="C54:M54"/>
+    <mergeCell ref="B55:M55"/>
+    <mergeCell ref="C42:F42"/>
+    <mergeCell ref="H42:M42"/>
+    <mergeCell ref="C50:F50"/>
+    <mergeCell ref="H50:M50"/>
+    <mergeCell ref="C36:F36"/>
+    <mergeCell ref="H36:M36"/>
+    <mergeCell ref="C22:F22"/>
+    <mergeCell ref="H22:M22"/>
+    <mergeCell ref="C24:F24"/>
+    <mergeCell ref="H24:M24"/>
+    <mergeCell ref="C26:F26"/>
+    <mergeCell ref="H26:M26"/>
+    <mergeCell ref="C28:F28"/>
+    <mergeCell ref="H28:M28"/>
+    <mergeCell ref="C30:F30"/>
+    <mergeCell ref="H30:M30"/>
+    <mergeCell ref="C34:F34"/>
+    <mergeCell ref="H34:M34"/>
+    <mergeCell ref="C32:F32"/>
+    <mergeCell ref="H32:M32"/>
+    <mergeCell ref="H14:M14"/>
+    <mergeCell ref="C16:F16"/>
+    <mergeCell ref="H16:M16"/>
+    <mergeCell ref="C18:F18"/>
+    <mergeCell ref="H18:M18"/>
     <mergeCell ref="A2:M2"/>
     <mergeCell ref="A3:M3"/>
     <mergeCell ref="C5:F5"/>
     <mergeCell ref="I5:M5"/>
     <mergeCell ref="C48:F48"/>
     <mergeCell ref="H48:M48"/>
     <mergeCell ref="C44:F44"/>
     <mergeCell ref="H44:M44"/>
     <mergeCell ref="C46:F46"/>
     <mergeCell ref="H46:M46"/>
     <mergeCell ref="C20:F20"/>
     <mergeCell ref="H20:M20"/>
     <mergeCell ref="B9:M9"/>
     <mergeCell ref="C12:F12"/>
     <mergeCell ref="H12:M12"/>
     <mergeCell ref="C14:F14"/>
-    <mergeCell ref="H14:M14"/>
-[...32 lines deleted...]
-    <mergeCell ref="H50:M50"/>
   </mergeCells>
   <phoneticPr fontId="17" type="noConversion"/>
   <pageMargins left="0.75" right="0.25" top="0.5" bottom="0.5" header="0" footer="0"/>
   <pageSetup scale="95" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
   <dimension ref="A1:J57"/>
   <sheetViews>
     <sheetView showZeros="0" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="2" max="2" width="10.28515625" bestFit="1" customWidth="1"/>
-[...7 lines deleted...]
-    <col min="10" max="10" width="16.140625" customWidth="1"/>
+    <col min="2" max="2" width="10.265625" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="11.73046875" customWidth="1"/>
+    <col min="4" max="4" width="13.73046875" customWidth="1"/>
+    <col min="5" max="5" width="2.59765625" customWidth="1"/>
+    <col min="6" max="6" width="9.73046875" customWidth="1"/>
+    <col min="7" max="7" width="2.265625" customWidth="1"/>
+    <col min="8" max="8" width="13.59765625" customWidth="1"/>
+    <col min="9" max="9" width="6.1328125" customWidth="1"/>
+    <col min="10" max="10" width="16.1328125" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A1" s="36">
+    <row r="1" spans="1:10" ht="13.15" x14ac:dyDescent="0.4">
+      <c r="A1" s="8">
         <v>2020</v>
       </c>
-      <c r="J1" s="8"/>
-[...2 lines deleted...]
-      <c r="A2" s="268" t="s">
+      <c r="J1" s="6"/>
+    </row>
+    <row r="2" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A2" s="151" t="s">
         <v>0</v>
       </c>
-      <c r="B2" s="268"/>
-[...10 lines deleted...]
-      <c r="A3" s="261" t="s">
+      <c r="B2" s="151"/>
+      <c r="C2" s="151"/>
+      <c r="D2" s="151"/>
+      <c r="E2" s="151"/>
+      <c r="F2" s="151"/>
+      <c r="G2" s="151"/>
+      <c r="H2" s="151"/>
+      <c r="I2" s="151"/>
+      <c r="J2" s="151"/>
+    </row>
+    <row r="3" spans="1:10" ht="17.649999999999999" x14ac:dyDescent="0.5">
+      <c r="A3" s="138" t="s">
         <v>1</v>
       </c>
-      <c r="B3" s="261"/>
-[...10 lines deleted...]
-      <c r="B5" s="60" t="s">
+      <c r="B3" s="138"/>
+      <c r="C3" s="138"/>
+      <c r="D3" s="138"/>
+      <c r="E3" s="138"/>
+      <c r="F3" s="138"/>
+      <c r="G3" s="138"/>
+      <c r="H3" s="138"/>
+      <c r="I3" s="138"/>
+      <c r="J3" s="138"/>
+    </row>
+    <row r="5" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="B5" s="30" t="s">
         <v>135</v>
       </c>
-      <c r="C5" s="270">
+      <c r="C5" s="153">
         <f>(Title!$C$3)</f>
         <v>0</v>
       </c>
-      <c r="D5" s="269"/>
-[...2 lines deleted...]
-      <c r="H5" s="60" t="s">
+      <c r="D5" s="152"/>
+      <c r="E5" s="152"/>
+      <c r="F5" s="152"/>
+      <c r="H5" s="30" t="s">
         <v>134</v>
       </c>
-      <c r="I5" s="270">
+      <c r="I5" s="153">
         <f>(Title!$C$5)</f>
         <v>0</v>
       </c>
-      <c r="J5" s="269"/>
-[...1 lines deleted...]
-    <row r="7" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="J5" s="152"/>
+    </row>
+    <row r="7" spans="1:10" x14ac:dyDescent="0.35">
       <c r="B7" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="9" spans="1:10" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="B9" s="271" t="s">
+    <row r="9" spans="1:10" ht="15" x14ac:dyDescent="0.4">
+      <c r="B9" s="155" t="s">
         <v>9</v>
       </c>
-      <c r="C9" s="271"/>
-[...8 lines deleted...]
-    <row r="11" spans="1:10" x14ac:dyDescent="0.2">
+      <c r="C9" s="155"/>
+      <c r="D9" s="155"/>
+      <c r="E9" s="155"/>
+      <c r="F9" s="155"/>
+      <c r="G9" s="155"/>
+      <c r="H9" s="155"/>
+      <c r="I9" s="155"/>
+      <c r="J9" s="155"/>
+    </row>
+    <row r="11" spans="1:10" ht="13.15" x14ac:dyDescent="0.4">
       <c r="B11" s="2" t="s">
         <v>5</v>
       </c>
     </row>
-    <row r="12" spans="1:10" x14ac:dyDescent="0.2">
-      <c r="A12" s="8" t="s">
+    <row r="12" spans="1:10" ht="13.15" x14ac:dyDescent="0.4">
+      <c r="A12" s="6" t="s">
         <v>10</v>
       </c>
-      <c r="J12" s="8" t="s">
+      <c r="J12" s="6" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="13" spans="1:10" x14ac:dyDescent="0.2">
+    <row r="13" spans="1:10" ht="13.15" x14ac:dyDescent="0.4">
       <c r="A13" s="3" t="s">
         <v>12</v>
       </c>
-      <c r="C13" s="272" t="s">
+      <c r="C13" s="156" t="s">
         <v>6</v>
       </c>
-      <c r="D13" s="272"/>
-      <c r="F13" s="272" t="s">
+      <c r="D13" s="156"/>
+      <c r="F13" s="156" t="s">
         <v>7</v>
       </c>
-      <c r="G13" s="272"/>
-      <c r="H13" s="272"/>
+      <c r="G13" s="156"/>
+      <c r="H13" s="156"/>
       <c r="I13" s="3"/>
       <c r="J13" s="3" t="s">
         <v>151</v>
       </c>
     </row>
-    <row r="14" spans="1:10" x14ac:dyDescent="0.2">
-[...4 lines deleted...]
-      <c r="B15" s="6" t="s">
+    <row r="14" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="I14" s="5"/>
+    </row>
+    <row r="15" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A15" s="44"/>
+      <c r="B15" s="5" t="s">
         <v>8</v>
       </c>
-      <c r="C15" s="266"/>
-[...12 lines deleted...]
-      <c r="B17" s="6" t="s">
+      <c r="C15" s="154"/>
+      <c r="D15" s="154"/>
+      <c r="F15" s="158"/>
+      <c r="G15" s="158"/>
+      <c r="H15" s="158"/>
+      <c r="I15" s="5"/>
+      <c r="J15" s="45"/>
+    </row>
+    <row r="16" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="B16" s="5"/>
+    </row>
+    <row r="17" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A17" s="44"/>
+      <c r="B17" s="5" t="s">
         <v>8</v>
       </c>
-      <c r="C17" s="266"/>
-[...12 lines deleted...]
-      <c r="B19" s="6" t="s">
+      <c r="C17" s="154"/>
+      <c r="D17" s="154"/>
+      <c r="F17" s="158"/>
+      <c r="G17" s="158"/>
+      <c r="H17" s="158"/>
+      <c r="I17" s="5"/>
+      <c r="J17" s="45"/>
+    </row>
+    <row r="18" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="B18" s="5"/>
+    </row>
+    <row r="19" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A19" s="44"/>
+      <c r="B19" s="5" t="s">
         <v>8</v>
       </c>
-      <c r="C19" s="266"/>
-[...12 lines deleted...]
-      <c r="B21" s="6" t="s">
+      <c r="C19" s="154"/>
+      <c r="D19" s="154"/>
+      <c r="F19" s="158"/>
+      <c r="G19" s="158"/>
+      <c r="H19" s="158"/>
+      <c r="I19" s="5"/>
+      <c r="J19" s="45"/>
+    </row>
+    <row r="20" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="B20" s="5"/>
+    </row>
+    <row r="21" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A21" s="44"/>
+      <c r="B21" s="5" t="s">
         <v>8</v>
       </c>
-      <c r="C21" s="266"/>
-[...12 lines deleted...]
-      <c r="B23" s="6" t="s">
+      <c r="C21" s="154"/>
+      <c r="D21" s="154"/>
+      <c r="F21" s="158"/>
+      <c r="G21" s="158"/>
+      <c r="H21" s="158"/>
+      <c r="I21" s="5"/>
+      <c r="J21" s="45"/>
+    </row>
+    <row r="22" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="B22" s="5"/>
+    </row>
+    <row r="23" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A23" s="44"/>
+      <c r="B23" s="5" t="s">
         <v>8</v>
       </c>
-      <c r="C23" s="266"/>
-[...12 lines deleted...]
-      <c r="B25" s="6" t="s">
+      <c r="C23" s="154"/>
+      <c r="D23" s="154"/>
+      <c r="F23" s="158"/>
+      <c r="G23" s="158"/>
+      <c r="H23" s="158"/>
+      <c r="I23" s="5"/>
+      <c r="J23" s="45"/>
+    </row>
+    <row r="24" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="B24" s="5"/>
+    </row>
+    <row r="25" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A25" s="44"/>
+      <c r="B25" s="5" t="s">
         <v>8</v>
       </c>
-      <c r="C25" s="266"/>
-[...20 lines deleted...]
-      <c r="B27" s="6" t="s">
+      <c r="C25" s="154"/>
+      <c r="D25" s="154"/>
+      <c r="F25" s="158"/>
+      <c r="G25" s="158"/>
+      <c r="H25" s="158"/>
+      <c r="I25" s="5"/>
+      <c r="J25" s="45"/>
+    </row>
+    <row r="26" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A26" s="62"/>
+      <c r="B26" s="5"/>
+      <c r="C26" s="63"/>
+      <c r="D26" s="63"/>
+      <c r="F26" s="62"/>
+      <c r="G26" s="62"/>
+      <c r="H26" s="62"/>
+      <c r="I26" s="5"/>
+      <c r="J26" s="64"/>
+    </row>
+    <row r="27" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A27" s="44"/>
+      <c r="B27" s="5" t="s">
         <v>8</v>
       </c>
-      <c r="C27" s="266"/>
-[...15 lines deleted...]
-      <c r="B29" s="6" t="s">
+      <c r="C27" s="154"/>
+      <c r="D27" s="154"/>
+      <c r="F27" s="158"/>
+      <c r="G27" s="158"/>
+      <c r="H27" s="158"/>
+      <c r="I27" s="5"/>
+      <c r="J27" s="45"/>
+    </row>
+    <row r="28" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="B28" s="5"/>
+      <c r="F28" s="7"/>
+      <c r="G28" s="7"/>
+      <c r="H28" s="7"/>
+    </row>
+    <row r="29" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A29" s="44"/>
+      <c r="B29" s="5" t="s">
         <v>8</v>
       </c>
-      <c r="C29" s="266"/>
-[...9 lines deleted...]
-      <c r="B31" s="6" t="s">
+      <c r="C29" s="154"/>
+      <c r="D29" s="154"/>
+      <c r="F29" s="158"/>
+      <c r="G29" s="158"/>
+      <c r="H29" s="158"/>
+      <c r="I29" s="5"/>
+      <c r="J29" s="45"/>
+    </row>
+    <row r="31" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A31" s="44"/>
+      <c r="B31" s="5" t="s">
         <v>8</v>
       </c>
-      <c r="C31" s="266"/>
-[...12 lines deleted...]
-      <c r="B33" s="6" t="s">
+      <c r="C31" s="154"/>
+      <c r="D31" s="154"/>
+      <c r="F31" s="158"/>
+      <c r="G31" s="158"/>
+      <c r="H31" s="158"/>
+      <c r="I31" s="5"/>
+      <c r="J31" s="45"/>
+    </row>
+    <row r="32" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="B32" s="5"/>
+    </row>
+    <row r="33" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A33" s="44"/>
+      <c r="B33" s="5" t="s">
         <v>8</v>
       </c>
-      <c r="C33" s="266"/>
-[...12 lines deleted...]
-      <c r="B35" s="6" t="s">
+      <c r="C33" s="154"/>
+      <c r="D33" s="154"/>
+      <c r="F33" s="158"/>
+      <c r="G33" s="158"/>
+      <c r="H33" s="158"/>
+      <c r="I33" s="5"/>
+      <c r="J33" s="45"/>
+    </row>
+    <row r="34" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="B34" s="5"/>
+    </row>
+    <row r="35" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A35" s="44"/>
+      <c r="B35" s="5" t="s">
         <v>8</v>
       </c>
-      <c r="C35" s="266"/>
-[...12 lines deleted...]
-      <c r="B37" s="6" t="s">
+      <c r="C35" s="154"/>
+      <c r="D35" s="154"/>
+      <c r="F35" s="158"/>
+      <c r="G35" s="158"/>
+      <c r="H35" s="158"/>
+      <c r="I35" s="5"/>
+      <c r="J35" s="45"/>
+    </row>
+    <row r="36" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="B36" s="5"/>
+    </row>
+    <row r="37" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A37" s="44"/>
+      <c r="B37" s="5" t="s">
         <v>8</v>
       </c>
-      <c r="C37" s="266"/>
-[...12 lines deleted...]
-      <c r="B39" s="6" t="s">
+      <c r="C37" s="154"/>
+      <c r="D37" s="154"/>
+      <c r="F37" s="158"/>
+      <c r="G37" s="158"/>
+      <c r="H37" s="158"/>
+      <c r="I37" s="5"/>
+      <c r="J37" s="45"/>
+    </row>
+    <row r="38" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="B38" s="5"/>
+    </row>
+    <row r="39" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A39" s="44"/>
+      <c r="B39" s="5" t="s">
         <v>8</v>
       </c>
-      <c r="C39" s="266"/>
-[...12 lines deleted...]
-      <c r="B41" s="6" t="s">
+      <c r="C39" s="154"/>
+      <c r="D39" s="154"/>
+      <c r="F39" s="158"/>
+      <c r="G39" s="158"/>
+      <c r="H39" s="158"/>
+      <c r="I39" s="5"/>
+      <c r="J39" s="45"/>
+    </row>
+    <row r="40" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="B40" s="5"/>
+    </row>
+    <row r="41" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A41" s="44"/>
+      <c r="B41" s="5" t="s">
         <v>8</v>
       </c>
-      <c r="C41" s="266"/>
-[...12 lines deleted...]
-      <c r="B43" s="6" t="s">
+      <c r="C41" s="154"/>
+      <c r="D41" s="154"/>
+      <c r="F41" s="158"/>
+      <c r="G41" s="158"/>
+      <c r="H41" s="158"/>
+      <c r="I41" s="5"/>
+      <c r="J41" s="45"/>
+    </row>
+    <row r="42" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="B42" s="5"/>
+    </row>
+    <row r="43" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A43" s="44"/>
+      <c r="B43" s="5" t="s">
         <v>8</v>
       </c>
-      <c r="C43" s="266"/>
-[...12 lines deleted...]
-      <c r="B45" s="6" t="s">
+      <c r="C43" s="154"/>
+      <c r="D43" s="154"/>
+      <c r="F43" s="158"/>
+      <c r="G43" s="158"/>
+      <c r="H43" s="158"/>
+      <c r="I43" s="5"/>
+      <c r="J43" s="45"/>
+    </row>
+    <row r="44" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="B44" s="5"/>
+    </row>
+    <row r="45" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A45" s="44"/>
+      <c r="B45" s="5" t="s">
         <v>8</v>
       </c>
-      <c r="C45" s="266"/>
-[...15 lines deleted...]
-      <c r="B47" s="6" t="s">
+      <c r="C45" s="154"/>
+      <c r="D45" s="154"/>
+      <c r="F45" s="158"/>
+      <c r="G45" s="158"/>
+      <c r="H45" s="158"/>
+      <c r="I45" s="5"/>
+      <c r="J45" s="45"/>
+    </row>
+    <row r="46" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="B46" s="5"/>
+      <c r="F46" s="7"/>
+      <c r="G46" s="7"/>
+      <c r="H46" s="7"/>
+    </row>
+    <row r="47" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A47" s="44"/>
+      <c r="B47" s="5" t="s">
         <v>8</v>
       </c>
-      <c r="C47" s="266"/>
-[...9 lines deleted...]
-      <c r="B49" s="6" t="s">
+      <c r="C47" s="154"/>
+      <c r="D47" s="154"/>
+      <c r="F47" s="158"/>
+      <c r="G47" s="158"/>
+      <c r="H47" s="158"/>
+      <c r="I47" s="5"/>
+      <c r="J47" s="45"/>
+    </row>
+    <row r="49" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A49" s="44"/>
+      <c r="B49" s="5" t="s">
         <v>8</v>
       </c>
-      <c r="C49" s="266"/>
-[...12 lines deleted...]
-      <c r="B51" s="6" t="s">
+      <c r="C49" s="154"/>
+      <c r="D49" s="154"/>
+      <c r="F49" s="158"/>
+      <c r="G49" s="158"/>
+      <c r="H49" s="158"/>
+      <c r="I49" s="5"/>
+      <c r="J49" s="45"/>
+    </row>
+    <row r="50" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="B50" s="5"/>
+    </row>
+    <row r="51" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A51" s="44"/>
+      <c r="B51" s="5" t="s">
         <v>8</v>
       </c>
-      <c r="C51" s="266"/>
-[...15 lines deleted...]
-      <c r="B53" s="6" t="s">
+      <c r="C51" s="154"/>
+      <c r="D51" s="154"/>
+      <c r="F51" s="158"/>
+      <c r="G51" s="158"/>
+      <c r="H51" s="158"/>
+      <c r="I51" s="5"/>
+      <c r="J51" s="45"/>
+    </row>
+    <row r="52" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="B52" s="5"/>
+      <c r="F52" s="7"/>
+      <c r="G52" s="7"/>
+      <c r="H52" s="7"/>
+    </row>
+    <row r="53" spans="1:10" x14ac:dyDescent="0.35">
+      <c r="A53" s="44"/>
+      <c r="B53" s="5" t="s">
         <v>8</v>
       </c>
-      <c r="C53" s="266"/>
-[...7 lines deleted...]
-    <row r="55" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="C53" s="154"/>
+      <c r="D53" s="154"/>
+      <c r="F53" s="158"/>
+      <c r="G53" s="158"/>
+      <c r="H53" s="158"/>
+      <c r="I53" s="5"/>
+      <c r="J53" s="45"/>
+    </row>
+    <row r="55" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B55" t="s">
         <v>16</v>
       </c>
-      <c r="C55" s="267"/>
-[...28 lines deleted...]
-      <c r="J57" s="265"/>
+      <c r="C55" s="152"/>
+      <c r="D55" s="152"/>
+      <c r="E55" s="152"/>
+      <c r="F55" s="152"/>
+      <c r="G55" s="152"/>
+      <c r="H55" s="152"/>
+      <c r="I55" s="152"/>
+      <c r="J55" s="152"/>
+    </row>
+    <row r="56" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B56" s="152"/>
+      <c r="C56" s="152"/>
+      <c r="D56" s="152"/>
+      <c r="E56" s="152"/>
+      <c r="F56" s="152"/>
+      <c r="G56" s="152"/>
+      <c r="H56" s="152"/>
+      <c r="I56" s="152"/>
+      <c r="J56" s="152"/>
+    </row>
+    <row r="57" spans="1:10" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B57" s="157"/>
+      <c r="C57" s="157"/>
+      <c r="D57" s="157"/>
+      <c r="E57" s="157"/>
+      <c r="F57" s="157"/>
+      <c r="G57" s="157"/>
+      <c r="H57" s="157"/>
+      <c r="I57" s="157"/>
+      <c r="J57" s="157"/>
     </row>
   </sheetData>
   <mergeCells count="50">
-    <mergeCell ref="B57:J57"/>
-[...12 lines deleted...]
-    <mergeCell ref="F41:H41"/>
+    <mergeCell ref="A2:J2"/>
+    <mergeCell ref="A3:J3"/>
+    <mergeCell ref="C5:F5"/>
+    <mergeCell ref="I5:J5"/>
+    <mergeCell ref="C19:D19"/>
+    <mergeCell ref="F19:H19"/>
+    <mergeCell ref="B9:J9"/>
+    <mergeCell ref="C13:D13"/>
+    <mergeCell ref="F13:H13"/>
+    <mergeCell ref="C17:D17"/>
+    <mergeCell ref="F17:H17"/>
+    <mergeCell ref="C15:D15"/>
+    <mergeCell ref="F15:H15"/>
+    <mergeCell ref="F21:H21"/>
+    <mergeCell ref="C27:D27"/>
+    <mergeCell ref="F27:H27"/>
+    <mergeCell ref="C25:D25"/>
+    <mergeCell ref="F25:H25"/>
+    <mergeCell ref="C23:D23"/>
+    <mergeCell ref="C21:D21"/>
+    <mergeCell ref="F23:H23"/>
     <mergeCell ref="C29:D29"/>
     <mergeCell ref="F29:H29"/>
     <mergeCell ref="C55:J55"/>
     <mergeCell ref="C31:D31"/>
     <mergeCell ref="F31:H31"/>
     <mergeCell ref="C51:D51"/>
     <mergeCell ref="F51:H51"/>
     <mergeCell ref="C53:D53"/>
     <mergeCell ref="C33:D33"/>
     <mergeCell ref="F49:H49"/>
     <mergeCell ref="C49:D49"/>
     <mergeCell ref="C45:D45"/>
     <mergeCell ref="F45:H45"/>
     <mergeCell ref="F53:H53"/>
     <mergeCell ref="C37:D37"/>
-    <mergeCell ref="F21:H21"/>
-[...19 lines deleted...]
-    <mergeCell ref="F15:H15"/>
+    <mergeCell ref="B57:J57"/>
+    <mergeCell ref="F33:H33"/>
+    <mergeCell ref="C39:D39"/>
+    <mergeCell ref="F39:H39"/>
+    <mergeCell ref="C47:D47"/>
+    <mergeCell ref="F47:H47"/>
+    <mergeCell ref="C43:D43"/>
+    <mergeCell ref="F43:H43"/>
+    <mergeCell ref="C35:D35"/>
+    <mergeCell ref="F35:H35"/>
+    <mergeCell ref="B56:J56"/>
+    <mergeCell ref="F37:H37"/>
+    <mergeCell ref="C41:D41"/>
+    <mergeCell ref="F41:H41"/>
   </mergeCells>
   <phoneticPr fontId="17" type="noConversion"/>
   <pageMargins left="0.75" right="0.25" top="0.5" bottom="0.5" header="0" footer="0"/>
   <pageSetup scale="95" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0400-000000000000}">
   <dimension ref="A1:P63"/>
   <sheetViews>
     <sheetView showZeros="0" workbookViewId="0">
       <selection activeCell="P60" sqref="P60"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="12" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultColWidth="9.1328125" defaultRowHeight="11.65" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="10.42578125" style="14" customWidth="1"/>
-[...12 lines deleted...]
-    <col min="14" max="16384" width="9.140625" style="14"/>
+    <col min="1" max="1" width="10.3984375" style="9" customWidth="1"/>
+    <col min="2" max="2" width="10.86328125" style="9" customWidth="1"/>
+    <col min="3" max="3" width="10.3984375" style="9" customWidth="1"/>
+    <col min="4" max="4" width="8.73046875" style="9" customWidth="1"/>
+    <col min="5" max="5" width="4.59765625" style="9" customWidth="1"/>
+    <col min="6" max="6" width="7.265625" style="9" customWidth="1"/>
+    <col min="7" max="7" width="11.1328125" style="9" customWidth="1"/>
+    <col min="8" max="8" width="13.1328125" style="9" customWidth="1"/>
+    <col min="9" max="9" width="6.265625" style="9" customWidth="1"/>
+    <col min="10" max="10" width="1" style="9" customWidth="1"/>
+    <col min="11" max="11" width="3.59765625" style="9" customWidth="1"/>
+    <col min="12" max="12" width="1.265625" style="9" customWidth="1"/>
+    <col min="13" max="13" width="13.265625" style="9" customWidth="1"/>
+    <col min="14" max="16384" width="9.1328125" style="9"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:13" x14ac:dyDescent="0.2">
-      <c r="A1" s="36">
+    <row r="1" spans="1:13" x14ac:dyDescent="0.35">
+      <c r="A1" s="8">
         <v>2020</v>
       </c>
-      <c r="B1" s="12"/>
-[...13 lines deleted...]
-      <c r="A2" s="260" t="s">
+      <c r="M1" s="10"/>
+    </row>
+    <row r="2" spans="1:13" x14ac:dyDescent="0.35">
+      <c r="A2" s="137" t="s">
         <v>0</v>
       </c>
-      <c r="B2" s="260"/>
-[...13 lines deleted...]
-      <c r="A3" s="280" t="s">
+      <c r="B2" s="137"/>
+      <c r="C2" s="137"/>
+      <c r="D2" s="137"/>
+      <c r="E2" s="137"/>
+      <c r="F2" s="137"/>
+      <c r="G2" s="137"/>
+      <c r="H2" s="137"/>
+      <c r="I2" s="137"/>
+      <c r="J2" s="137"/>
+      <c r="K2" s="137"/>
+      <c r="L2" s="137"/>
+      <c r="M2" s="137"/>
+    </row>
+    <row r="3" spans="1:13" s="1" customFormat="1" ht="17.649999999999999" x14ac:dyDescent="0.5">
+      <c r="A3" s="162" t="s">
         <v>19</v>
       </c>
-      <c r="B3" s="280"/>
-[...28 lines deleted...]
-      <c r="A5" s="108" t="s">
+      <c r="B3" s="162"/>
+      <c r="C3" s="162"/>
+      <c r="D3" s="162"/>
+      <c r="E3" s="162"/>
+      <c r="F3" s="162"/>
+      <c r="G3" s="162"/>
+      <c r="H3" s="162"/>
+      <c r="I3" s="162"/>
+      <c r="J3" s="162"/>
+      <c r="K3" s="162"/>
+      <c r="L3" s="162"/>
+      <c r="M3" s="162"/>
+    </row>
+    <row r="5" spans="1:13" ht="12.75" x14ac:dyDescent="0.35">
+      <c r="A5" s="10" t="s">
         <v>135</v>
       </c>
-      <c r="B5" s="281">
+      <c r="B5" s="163">
         <f>Title!C3</f>
         <v>0</v>
       </c>
-      <c r="C5" s="269"/>
-[...3 lines deleted...]
-      <c r="H5" s="108" t="s">
+      <c r="C5" s="152"/>
+      <c r="D5" s="152"/>
+      <c r="E5" s="152"/>
+      <c r="F5" s="57"/>
+      <c r="H5" s="10" t="s">
         <v>134</v>
       </c>
-      <c r="I5" s="270">
+      <c r="I5" s="153">
         <f>Title!C5</f>
         <v>0</v>
       </c>
-      <c r="J5" s="269"/>
-[...9 lines deleted...]
-      <c r="A7" s="12" t="s">
+      <c r="J5" s="152"/>
+      <c r="K5" s="152"/>
+      <c r="L5" s="152"/>
+      <c r="M5" s="152"/>
+    </row>
+    <row r="6" spans="1:13" x14ac:dyDescent="0.35">
+      <c r="A6" s="10"/>
+      <c r="H6" s="10"/>
+    </row>
+    <row r="7" spans="1:13" x14ac:dyDescent="0.35">
+      <c r="A7" s="9" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="8" spans="1:13" x14ac:dyDescent="0.2">
-[...3 lines deleted...]
-      <c r="A9" s="17" t="s">
+    <row r="9" spans="1:13" x14ac:dyDescent="0.35">
+      <c r="A9" s="13" t="s">
         <v>10</v>
       </c>
-      <c r="B9" s="18"/>
-[...5 lines deleted...]
-      <c r="H9" s="282" t="s">
+      <c r="B9" s="14"/>
+      <c r="C9" s="14"/>
+      <c r="D9" s="14"/>
+      <c r="E9" s="14"/>
+      <c r="F9" s="14"/>
+      <c r="G9" s="14"/>
+      <c r="H9" s="164" t="s">
         <v>14</v>
       </c>
-      <c r="I9" s="282"/>
-[...1 lines deleted...]
-      <c r="K9" s="282" t="s">
+      <c r="I9" s="164"/>
+      <c r="J9" s="14"/>
+      <c r="K9" s="164" t="s">
         <v>14</v>
       </c>
-      <c r="L9" s="282"/>
-[...3 lines deleted...]
-      <c r="A10" s="18" t="s">
+      <c r="L9" s="164"/>
+      <c r="M9" s="164"/>
+    </row>
+    <row r="10" spans="1:13" x14ac:dyDescent="0.35">
+      <c r="A10" s="14" t="s">
         <v>12</v>
       </c>
-      <c r="D10" s="283" t="s">
+      <c r="D10" s="165" t="s">
         <v>21</v>
       </c>
-      <c r="E10" s="283"/>
-[...2 lines deleted...]
-      <c r="H10" s="257" t="s">
+      <c r="E10" s="165"/>
+      <c r="F10" s="165"/>
+      <c r="G10" s="14"/>
+      <c r="H10" s="142" t="s">
         <v>174</v>
       </c>
-      <c r="I10" s="257"/>
-[...1 lines deleted...]
-      <c r="K10" s="257" t="s">
+      <c r="I10" s="142"/>
+      <c r="J10" s="14"/>
+      <c r="K10" s="142" t="s">
         <v>151</v>
       </c>
-      <c r="L10" s="257"/>
-[...109 lines deleted...]
-      <c r="B19" s="279" t="s">
+      <c r="L10" s="142"/>
+      <c r="M10" s="142"/>
+    </row>
+    <row r="12" spans="1:13" ht="14.1" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A12" s="46"/>
+      <c r="B12" s="11"/>
+      <c r="C12" s="166"/>
+      <c r="D12" s="167"/>
+      <c r="E12" s="167"/>
+      <c r="F12" s="167"/>
+      <c r="G12" s="11"/>
+      <c r="H12" s="168"/>
+      <c r="I12" s="168"/>
+      <c r="J12" s="11"/>
+      <c r="K12" s="168"/>
+      <c r="L12" s="168"/>
+      <c r="M12" s="168"/>
+    </row>
+    <row r="13" spans="1:13" ht="14.1" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A13" s="46"/>
+      <c r="B13" s="11"/>
+      <c r="C13" s="166"/>
+      <c r="D13" s="167"/>
+      <c r="E13" s="167"/>
+      <c r="F13" s="167"/>
+      <c r="G13" s="11"/>
+      <c r="H13" s="168"/>
+      <c r="I13" s="168"/>
+      <c r="J13" s="11"/>
+      <c r="K13" s="161"/>
+      <c r="L13" s="161"/>
+      <c r="M13" s="161"/>
+    </row>
+    <row r="14" spans="1:13" ht="14.1" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A14" s="46"/>
+      <c r="B14" s="11"/>
+      <c r="C14" s="166"/>
+      <c r="D14" s="167"/>
+      <c r="E14" s="167"/>
+      <c r="F14" s="167"/>
+      <c r="G14" s="11"/>
+      <c r="H14" s="161"/>
+      <c r="I14" s="161"/>
+      <c r="J14" s="11"/>
+      <c r="K14" s="161"/>
+      <c r="L14" s="161"/>
+      <c r="M14" s="161"/>
+    </row>
+    <row r="15" spans="1:13" ht="14.1" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A15" s="46"/>
+      <c r="B15" s="11"/>
+      <c r="C15" s="166"/>
+      <c r="D15" s="167"/>
+      <c r="E15" s="167"/>
+      <c r="F15" s="167"/>
+      <c r="G15" s="11"/>
+      <c r="H15" s="161"/>
+      <c r="I15" s="161"/>
+      <c r="J15" s="11"/>
+      <c r="K15" s="161"/>
+      <c r="L15" s="161"/>
+      <c r="M15" s="161"/>
+    </row>
+    <row r="16" spans="1:13" ht="14.1" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A16" s="46"/>
+      <c r="B16" s="11"/>
+      <c r="C16" s="166"/>
+      <c r="D16" s="167"/>
+      <c r="E16" s="167"/>
+      <c r="F16" s="167"/>
+      <c r="G16" s="11"/>
+      <c r="H16" s="161"/>
+      <c r="I16" s="161"/>
+      <c r="J16" s="11"/>
+      <c r="K16" s="161"/>
+      <c r="L16" s="161"/>
+      <c r="M16" s="161"/>
+    </row>
+    <row r="17" spans="1:16" ht="14.1" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A17" s="46"/>
+      <c r="B17" s="11"/>
+      <c r="C17" s="166"/>
+      <c r="D17" s="167"/>
+      <c r="E17" s="167"/>
+      <c r="F17" s="167"/>
+      <c r="G17" s="11"/>
+      <c r="H17" s="161"/>
+      <c r="I17" s="161"/>
+      <c r="J17" s="11"/>
+      <c r="K17" s="161"/>
+      <c r="L17" s="161"/>
+      <c r="M17" s="161"/>
+    </row>
+    <row r="18" spans="1:16" ht="7.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C18" s="11"/>
+      <c r="D18" s="11"/>
+      <c r="E18" s="11"/>
+      <c r="F18" s="11"/>
+      <c r="H18" s="11"/>
+      <c r="I18" s="11"/>
+      <c r="J18" s="11"/>
+      <c r="K18" s="11"/>
+      <c r="L18" s="11"/>
+      <c r="M18" s="11"/>
+    </row>
+    <row r="19" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="B19" s="165" t="s">
         <v>23</v>
       </c>
-      <c r="C19" s="279"/>
-      <c r="D19" s="23" t="s">
+      <c r="C19" s="165"/>
+      <c r="D19" s="16" t="s">
         <v>5</v>
       </c>
-      <c r="E19" s="21"/>
-[...2 lines deleted...]
-      <c r="H19" s="277" t="s">
+      <c r="E19" s="11"/>
+      <c r="G19" s="11"/>
+      <c r="H19" s="142" t="s">
         <v>27</v>
       </c>
-      <c r="I19" s="277"/>
-[...22 lines deleted...]
-      <c r="B21" s="25" t="s">
+      <c r="I19" s="142"/>
+      <c r="J19" s="142"/>
+      <c r="K19" s="142"/>
+      <c r="L19" s="142"/>
+      <c r="M19" s="142"/>
+    </row>
+    <row r="20" spans="1:16" ht="7.5" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="21" spans="1:16" ht="14.1" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B21" s="8" t="s">
         <v>60</v>
       </c>
-      <c r="C21" s="25"/>
-      <c r="D21" s="12" t="s">
+      <c r="C21" s="8"/>
+      <c r="D21" s="9" t="s">
         <v>175</v>
       </c>
-      <c r="E21" s="21"/>
-[...41 lines deleted...]
-      <c r="B24" s="30"/>
+      <c r="E21" s="11"/>
+      <c r="H21" s="145"/>
+      <c r="I21" s="145"/>
+      <c r="J21" s="145"/>
+      <c r="K21" s="145"/>
+      <c r="L21" s="145"/>
+      <c r="M21" s="145"/>
+    </row>
+    <row r="22" spans="1:16" ht="14.1" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="H22" s="145"/>
+      <c r="I22" s="145"/>
+      <c r="J22" s="145"/>
+      <c r="K22" s="145"/>
+      <c r="L22" s="145"/>
+      <c r="M22" s="145"/>
+    </row>
+    <row r="23" spans="1:16" ht="14.1" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B23" s="8"/>
+      <c r="C23" s="73"/>
+      <c r="E23" s="11"/>
+      <c r="G23" s="11"/>
+      <c r="H23" s="145"/>
+      <c r="I23" s="145"/>
+      <c r="J23" s="145"/>
+      <c r="K23" s="145"/>
+      <c r="L23" s="145"/>
+      <c r="M23" s="145"/>
+    </row>
+    <row r="24" spans="1:16" ht="9.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B24" s="8"/>
       <c r="C24"/>
       <c r="D24"/>
       <c r="E24"/>
       <c r="F24"/>
       <c r="G24"/>
       <c r="H24"/>
-      <c r="I24" s="159"/>
-[...3 lines deleted...]
-      <c r="M24" s="159"/>
+      <c r="I24" s="85"/>
+      <c r="J24" s="85"/>
+      <c r="K24" s="85"/>
+      <c r="L24" s="85"/>
+      <c r="M24" s="85"/>
       <c r="N24"/>
       <c r="O24"/>
       <c r="P24"/>
     </row>
-    <row r="25" spans="1:16" ht="12" customHeight="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="B25" s="178" t="s">
+    <row r="25" spans="1:16" ht="12" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B25" s="94" t="s">
         <v>4</v>
       </c>
       <c r="C25"/>
       <c r="D25"/>
       <c r="E25"/>
       <c r="F25"/>
       <c r="G25"/>
       <c r="H25"/>
-      <c r="I25" s="4"/>
-[...7 lines deleted...]
-      <c r="B26" s="30"/>
+      <c r="I25"/>
+      <c r="J25"/>
+      <c r="K25"/>
+      <c r="L25"/>
+      <c r="M25"/>
+    </row>
+    <row r="26" spans="1:16" ht="9" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B26" s="8"/>
       <c r="C26"/>
       <c r="D26"/>
       <c r="E26"/>
       <c r="F26"/>
       <c r="G26"/>
       <c r="H26"/>
-      <c r="I26" s="4"/>
-[...8 lines deleted...]
-      <c r="C27" s="38"/>
+      <c r="I26"/>
+      <c r="J26"/>
+      <c r="K26"/>
+      <c r="L26"/>
+      <c r="M26"/>
+    </row>
+    <row r="27" spans="1:16" ht="12" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B27" s="24"/>
+      <c r="C27" s="24"/>
       <c r="D27" s="2" t="s">
         <v>28</v>
       </c>
-      <c r="E27" s="38"/>
-[...2 lines deleted...]
-      <c r="H27" s="57" t="s">
+      <c r="E27" s="24"/>
+      <c r="F27" s="24"/>
+      <c r="G27" s="24"/>
+      <c r="H27" s="3" t="s">
         <v>66</v>
       </c>
-      <c r="I27" s="277" t="s">
+      <c r="I27" s="142" t="s">
         <v>20</v>
       </c>
-      <c r="J27" s="277"/>
-[...2 lines deleted...]
-      <c r="M27" s="24" t="s">
+      <c r="J27" s="142"/>
+      <c r="K27" s="142"/>
+      <c r="L27" s="8"/>
+      <c r="M27" s="14" t="s">
         <v>151</v>
       </c>
     </row>
-    <row r="28" spans="1:16" ht="6" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A28" s="12"/>
+    <row r="28" spans="1:16" ht="6" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B28" s="3"/>
       <c r="C28" s="3"/>
       <c r="D28" s="3"/>
       <c r="E28" s="3"/>
       <c r="F28" s="3"/>
       <c r="G28" s="3"/>
-      <c r="H28" s="57"/>
+      <c r="H28" s="3"/>
       <c r="I28" s="3"/>
       <c r="J28" s="3"/>
       <c r="K28" s="3"/>
       <c r="L28" s="3"/>
       <c r="M28" s="3"/>
     </row>
-    <row r="29" spans="1:16" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="B29" s="101" t="s">
+    <row r="29" spans="1:16" ht="14.1" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B29" s="9" t="s">
+        <v>307</v>
+      </c>
+      <c r="C29" s="3"/>
+      <c r="D29" s="24"/>
+      <c r="E29" s="19"/>
+      <c r="F29" s="19"/>
+      <c r="G29" s="9" t="s">
+        <v>67</v>
+      </c>
+      <c r="H29" s="11">
+        <v>800240</v>
+      </c>
+      <c r="I29" s="145"/>
+      <c r="J29" s="145"/>
+      <c r="K29" s="145"/>
+      <c r="L29" s="3"/>
+      <c r="M29" s="51"/>
+    </row>
+    <row r="30" spans="1:16" ht="14.1" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B30" s="8" t="s">
         <v>308</v>
       </c>
-      <c r="C29" s="3"/>
-[...24 lines deleted...]
-      <c r="G30" s="147" t="s">
+      <c r="C30" s="23"/>
+      <c r="D30" s="23"/>
+      <c r="E30" s="23"/>
+      <c r="F30" s="23"/>
+      <c r="G30" s="8" t="s">
         <v>95</v>
       </c>
-      <c r="H30" s="96">
+      <c r="H30" s="11">
         <v>821283</v>
       </c>
-      <c r="I30" s="258"/>
-[...7 lines deleted...]
-      <c r="B31" s="30"/>
+      <c r="I30" s="145"/>
+      <c r="J30" s="145"/>
+      <c r="K30" s="145"/>
+      <c r="L30" s="23"/>
+      <c r="M30" s="51"/>
+    </row>
+    <row r="31" spans="1:16" ht="14.1" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B31" s="8"/>
       <c r="C31"/>
       <c r="D31"/>
       <c r="E31"/>
       <c r="F31"/>
       <c r="G31"/>
       <c r="H31"/>
-      <c r="I31" s="4"/>
-[...7 lines deleted...]
-      <c r="B32" s="101" t="s">
+      <c r="I31"/>
+      <c r="J31"/>
+      <c r="K31"/>
+      <c r="L31"/>
+      <c r="M31"/>
+    </row>
+    <row r="32" spans="1:16" ht="12" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B32" s="9" t="s">
+        <v>309</v>
+      </c>
+      <c r="C32" s="95"/>
+      <c r="D32" s="83"/>
+      <c r="E32" s="83"/>
+      <c r="F32" s="83"/>
+      <c r="G32" s="9" t="s">
+        <v>67</v>
+      </c>
+      <c r="H32" s="11">
+        <v>800240</v>
+      </c>
+      <c r="I32" s="145"/>
+      <c r="J32" s="145"/>
+      <c r="K32" s="145"/>
+      <c r="L32" s="23"/>
+      <c r="M32" s="51"/>
+    </row>
+    <row r="33" spans="2:13" ht="12" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B33" s="8" t="s">
         <v>310</v>
       </c>
-      <c r="C32" s="179"/>
-[...17 lines deleted...]
-      <c r="B33" s="36" t="s">
+      <c r="C33" s="96"/>
+      <c r="D33" s="83"/>
+      <c r="E33" s="83"/>
+      <c r="F33" s="83"/>
+      <c r="G33" s="8" t="s">
+        <v>95</v>
+      </c>
+      <c r="H33" s="11">
+        <v>821283</v>
+      </c>
+      <c r="I33" s="145"/>
+      <c r="J33" s="145"/>
+      <c r="K33" s="145"/>
+      <c r="L33" s="23"/>
+      <c r="M33" s="51"/>
+    </row>
+    <row r="34" spans="2:13" ht="10.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C34" s="8"/>
+      <c r="F34" s="8"/>
+      <c r="G34" s="8"/>
+      <c r="I34" s="8"/>
+      <c r="J34" s="8"/>
+      <c r="K34" s="8"/>
+      <c r="L34" s="8"/>
+      <c r="M34" s="8"/>
+    </row>
+    <row r="35" spans="2:13" ht="12" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B35" s="9" t="s">
+        <v>29</v>
+      </c>
+      <c r="C35" s="8"/>
+      <c r="E35" s="9" t="s">
+        <v>150</v>
+      </c>
+      <c r="F35" s="8"/>
+      <c r="G35" s="8"/>
+      <c r="H35" s="11">
+        <v>830242</v>
+      </c>
+      <c r="I35" s="145"/>
+      <c r="J35" s="145"/>
+      <c r="K35" s="145"/>
+      <c r="L35" s="8"/>
+      <c r="M35" s="46"/>
+    </row>
+    <row r="36" spans="2:13" ht="12" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B36" s="9" t="s">
+        <v>30</v>
+      </c>
+      <c r="C36" s="8"/>
+      <c r="E36" s="9" t="s">
+        <v>150</v>
+      </c>
+      <c r="F36" s="8"/>
+      <c r="G36" s="8"/>
+      <c r="H36" s="11">
+        <v>830242</v>
+      </c>
+      <c r="I36" s="145"/>
+      <c r="J36" s="145"/>
+      <c r="K36" s="145"/>
+      <c r="L36" s="8"/>
+      <c r="M36" s="46"/>
+    </row>
+    <row r="37" spans="2:13" ht="12" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B37" s="9" t="s">
+        <v>31</v>
+      </c>
+      <c r="C37" s="8"/>
+      <c r="E37" s="9" t="s">
+        <v>32</v>
+      </c>
+      <c r="F37" s="8"/>
+      <c r="G37" s="8"/>
+      <c r="I37" s="145"/>
+      <c r="J37" s="145"/>
+      <c r="K37" s="145"/>
+      <c r="L37" s="8"/>
+      <c r="M37" s="46"/>
+    </row>
+    <row r="38" spans="2:13" ht="12" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B38" s="9" t="s">
+        <v>176</v>
+      </c>
+      <c r="C38" s="8"/>
+      <c r="E38" s="9" t="s">
+        <v>34</v>
+      </c>
+      <c r="F38" s="8"/>
+      <c r="G38" s="8"/>
+      <c r="H38" s="11">
+        <v>821301</v>
+      </c>
+      <c r="I38" s="145"/>
+      <c r="J38" s="145"/>
+      <c r="K38" s="145"/>
+      <c r="L38" s="8"/>
+      <c r="M38" s="46"/>
+    </row>
+    <row r="39" spans="2:13" ht="6" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C39" s="8"/>
+      <c r="F39" s="8"/>
+      <c r="G39" s="8"/>
+      <c r="I39" s="74"/>
+      <c r="J39" s="74"/>
+      <c r="K39" s="74"/>
+      <c r="L39" s="8"/>
+      <c r="M39" s="74"/>
+    </row>
+    <row r="40" spans="2:13" ht="12" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C40" s="8"/>
+      <c r="E40" s="9" t="s">
+        <v>292</v>
+      </c>
+      <c r="F40" s="8"/>
+      <c r="G40" s="8"/>
+      <c r="I40" s="8"/>
+      <c r="J40" s="8"/>
+      <c r="K40" s="8"/>
+      <c r="L40" s="8"/>
+      <c r="M40" s="8"/>
+    </row>
+    <row r="41" spans="2:13" ht="12.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C41" s="8"/>
+      <c r="F41" s="8"/>
+      <c r="G41" s="8"/>
+      <c r="I41" s="8"/>
+      <c r="J41" s="8"/>
+      <c r="K41" s="8"/>
+      <c r="L41" s="8"/>
+      <c r="M41" s="8"/>
+    </row>
+    <row r="42" spans="2:13" ht="14.1" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B42" s="142" t="s">
+        <v>35</v>
+      </c>
+      <c r="C42" s="142"/>
+      <c r="D42" s="142"/>
+      <c r="E42" s="142"/>
+      <c r="F42" s="142"/>
+      <c r="G42" s="142"/>
+      <c r="H42" s="142"/>
+      <c r="I42" s="8"/>
+      <c r="J42" s="8"/>
+      <c r="K42" s="8"/>
+      <c r="L42" s="8"/>
+      <c r="M42" s="8"/>
+    </row>
+    <row r="43" spans="2:13" ht="14.1" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C43" s="8"/>
+      <c r="E43" s="21"/>
+      <c r="F43" s="21"/>
+      <c r="G43" s="21"/>
+      <c r="H43" s="21"/>
+      <c r="I43" s="8"/>
+      <c r="J43" s="8"/>
+      <c r="K43" s="8"/>
+      <c r="L43" s="8"/>
+      <c r="M43" s="8"/>
+    </row>
+    <row r="44" spans="2:13" ht="12" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B44" s="9" t="s">
+        <v>36</v>
+      </c>
+      <c r="C44" s="8"/>
+      <c r="E44" s="9" t="s">
+        <v>37</v>
+      </c>
+      <c r="F44" s="8"/>
+      <c r="G44" s="8"/>
+      <c r="I44" s="160"/>
+      <c r="J44" s="160"/>
+      <c r="K44" s="160"/>
+      <c r="L44" s="8"/>
+      <c r="M44" s="49"/>
+    </row>
+    <row r="45" spans="2:13" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B45" s="9" t="s">
+        <v>25</v>
+      </c>
+      <c r="C45" s="8"/>
+      <c r="E45" s="9" t="s">
+        <v>37</v>
+      </c>
+      <c r="F45" s="8"/>
+      <c r="G45" s="8"/>
+      <c r="I45" s="159"/>
+      <c r="J45" s="159"/>
+      <c r="K45" s="159"/>
+      <c r="L45" s="8"/>
+      <c r="M45" s="50"/>
+    </row>
+    <row r="46" spans="2:13" ht="14.1" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B46" s="9" t="s">
+        <v>33</v>
+      </c>
+      <c r="C46" s="8"/>
+      <c r="E46" s="9" t="s">
         <v>311</v>
       </c>
-      <c r="C33" s="181"/>
-[...103 lines deleted...]
-      <c r="H38" s="97">
+      <c r="H46" s="11">
         <v>821301</v>
       </c>
-      <c r="I38" s="258"/>
-[...127 lines deleted...]
-      <c r="E46" s="183" t="s">
+      <c r="I46" s="159"/>
+      <c r="J46" s="159"/>
+      <c r="K46" s="159"/>
+      <c r="L46" s="8"/>
+      <c r="M46" s="50"/>
+    </row>
+    <row r="47" spans="2:13" x14ac:dyDescent="0.35">
+      <c r="C47" s="8"/>
+      <c r="F47" s="8"/>
+      <c r="G47" s="8"/>
+      <c r="I47" s="8"/>
+      <c r="J47" s="8"/>
+      <c r="K47" s="8"/>
+      <c r="L47" s="8"/>
+      <c r="M47" s="8"/>
+    </row>
+    <row r="48" spans="2:13" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B48" s="142" t="s">
+        <v>38</v>
+      </c>
+      <c r="C48" s="142"/>
+      <c r="D48" s="142"/>
+      <c r="E48" s="142"/>
+      <c r="F48" s="142"/>
+      <c r="G48" s="142"/>
+      <c r="H48" s="142"/>
+      <c r="I48" s="8"/>
+      <c r="J48" s="8"/>
+      <c r="K48" s="8"/>
+      <c r="L48" s="8"/>
+      <c r="M48" s="8"/>
+    </row>
+    <row r="49" spans="2:13" ht="4.5" hidden="1" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C49" s="8"/>
+      <c r="E49" s="21"/>
+      <c r="F49" s="21"/>
+      <c r="G49" s="21"/>
+      <c r="H49" s="21"/>
+      <c r="I49" s="8"/>
+      <c r="J49" s="8"/>
+      <c r="K49" s="8"/>
+      <c r="L49" s="8"/>
+      <c r="M49" s="8"/>
+    </row>
+    <row r="50" spans="2:13" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B50" s="109" t="s">
+        <v>291</v>
+      </c>
+      <c r="C50" s="8"/>
+      <c r="E50" s="109" t="s">
+        <v>251</v>
+      </c>
+      <c r="F50" s="113"/>
+      <c r="G50" s="113"/>
+      <c r="H50" s="113"/>
+      <c r="I50" s="159"/>
+      <c r="J50" s="159"/>
+      <c r="K50" s="159"/>
+      <c r="L50" s="8"/>
+      <c r="M50" s="50"/>
+    </row>
+    <row r="51" spans="2:13" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B51" s="109" t="s">
+        <v>290</v>
+      </c>
+      <c r="C51" s="8"/>
+      <c r="E51" s="109" t="s">
+        <v>251</v>
+      </c>
+      <c r="F51" s="113"/>
+      <c r="G51" s="113"/>
+      <c r="H51" s="113"/>
+      <c r="I51" s="159"/>
+      <c r="J51" s="159"/>
+      <c r="K51" s="159"/>
+      <c r="L51" s="8"/>
+      <c r="M51" s="50"/>
+    </row>
+    <row r="52" spans="2:13" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B52" s="9" t="s">
+        <v>39</v>
+      </c>
+      <c r="C52" s="8"/>
+      <c r="E52" s="9" t="s">
+        <v>40</v>
+      </c>
+      <c r="F52" s="8"/>
+      <c r="G52" s="8"/>
+      <c r="H52" s="11">
+        <v>1297</v>
+      </c>
+      <c r="I52" s="159"/>
+      <c r="J52" s="159"/>
+      <c r="K52" s="159"/>
+      <c r="L52" s="8"/>
+      <c r="M52" s="50"/>
+    </row>
+    <row r="53" spans="2:13" x14ac:dyDescent="0.35">
+      <c r="C53" s="8"/>
+      <c r="F53" s="8"/>
+      <c r="G53" s="8"/>
+      <c r="I53" s="8"/>
+      <c r="J53" s="8"/>
+      <c r="K53" s="8"/>
+      <c r="L53" s="8"/>
+      <c r="M53" s="8"/>
+    </row>
+    <row r="54" spans="2:13" x14ac:dyDescent="0.35">
+      <c r="B54" s="142" t="s">
+        <v>41</v>
+      </c>
+      <c r="C54" s="142"/>
+      <c r="D54" s="142"/>
+      <c r="E54" s="142"/>
+      <c r="F54" s="142"/>
+      <c r="G54" s="142"/>
+      <c r="H54" s="142"/>
+      <c r="I54" s="8"/>
+      <c r="J54" s="8"/>
+      <c r="K54" s="8"/>
+      <c r="L54" s="8"/>
+      <c r="M54" s="8"/>
+    </row>
+    <row r="55" spans="2:13" x14ac:dyDescent="0.35">
+      <c r="C55" s="8"/>
+      <c r="E55" s="21"/>
+      <c r="F55" s="21"/>
+      <c r="G55" s="21"/>
+      <c r="H55" s="21"/>
+      <c r="I55" s="8"/>
+      <c r="J55" s="8"/>
+      <c r="K55" s="8"/>
+      <c r="L55" s="8"/>
+      <c r="M55" s="8"/>
+    </row>
+    <row r="56" spans="2:13" x14ac:dyDescent="0.35">
+      <c r="B56" s="9" t="s">
+        <v>42</v>
+      </c>
+      <c r="C56" s="8"/>
+      <c r="F56" s="8"/>
+      <c r="G56" s="8" t="s">
+        <v>43</v>
+      </c>
+      <c r="I56" s="159"/>
+      <c r="J56" s="159"/>
+      <c r="K56" s="159"/>
+      <c r="L56" s="8"/>
+      <c r="M56" s="50"/>
+    </row>
+    <row r="57" spans="2:13" x14ac:dyDescent="0.35">
+      <c r="C57" s="8"/>
+      <c r="F57" s="8"/>
+      <c r="G57" s="8"/>
+      <c r="I57" s="22"/>
+      <c r="J57" s="22"/>
+      <c r="K57" s="22"/>
+      <c r="L57" s="8"/>
+      <c r="M57" s="20"/>
+    </row>
+    <row r="58" spans="2:13" x14ac:dyDescent="0.35">
+      <c r="C58" s="9" t="s">
         <v>312</v>
       </c>
-      <c r="F46" s="183"/>
-[...205 lines deleted...]
-      <c r="B61" s="14" t="s">
+    </row>
+    <row r="59" spans="2:13" x14ac:dyDescent="0.35">
+      <c r="C59" s="9" t="s">
+        <v>270</v>
+      </c>
+    </row>
+    <row r="61" spans="2:13" x14ac:dyDescent="0.35">
+      <c r="B61" s="9" t="s">
         <v>16</v>
       </c>
-      <c r="C61" s="253"/>
-[...37 lines deleted...]
-      <c r="M63" s="250"/>
+      <c r="C61" s="150"/>
+      <c r="D61" s="150"/>
+      <c r="E61" s="150"/>
+      <c r="F61" s="150"/>
+      <c r="G61" s="150"/>
+      <c r="H61" s="150"/>
+      <c r="I61" s="150"/>
+      <c r="J61" s="150"/>
+      <c r="K61" s="150"/>
+      <c r="L61" s="150"/>
+      <c r="M61" s="150"/>
+    </row>
+    <row r="62" spans="2:13" x14ac:dyDescent="0.35">
+      <c r="B62" s="150"/>
+      <c r="C62" s="150"/>
+      <c r="D62" s="150"/>
+      <c r="E62" s="150"/>
+      <c r="F62" s="150"/>
+      <c r="G62" s="150"/>
+      <c r="H62" s="150"/>
+      <c r="I62" s="150"/>
+      <c r="J62" s="150"/>
+      <c r="K62" s="150"/>
+      <c r="L62" s="150"/>
+      <c r="M62" s="150"/>
+    </row>
+    <row r="63" spans="2:13" x14ac:dyDescent="0.35">
+      <c r="B63" s="147"/>
+      <c r="C63" s="147"/>
+      <c r="D63" s="147"/>
+      <c r="E63" s="147"/>
+      <c r="F63" s="147"/>
+      <c r="G63" s="147"/>
+      <c r="H63" s="147"/>
+      <c r="I63" s="147"/>
+      <c r="J63" s="147"/>
+      <c r="K63" s="147"/>
+      <c r="L63" s="147"/>
+      <c r="M63" s="147"/>
     </row>
   </sheetData>
   <mergeCells count="54">
-    <mergeCell ref="B63:M63"/>
-[...20 lines deleted...]
-    <mergeCell ref="I32:K32"/>
+    <mergeCell ref="K12:M12"/>
+    <mergeCell ref="H13:I13"/>
+    <mergeCell ref="C13:F13"/>
+    <mergeCell ref="H19:M19"/>
+    <mergeCell ref="H14:I14"/>
+    <mergeCell ref="K14:M14"/>
+    <mergeCell ref="H17:I17"/>
+    <mergeCell ref="K17:M17"/>
+    <mergeCell ref="C14:F14"/>
+    <mergeCell ref="C15:F15"/>
+    <mergeCell ref="C16:F16"/>
+    <mergeCell ref="C17:F17"/>
+    <mergeCell ref="B19:C19"/>
+    <mergeCell ref="H15:I15"/>
+    <mergeCell ref="K15:M15"/>
+    <mergeCell ref="K16:M16"/>
     <mergeCell ref="I36:K36"/>
     <mergeCell ref="H21:M21"/>
     <mergeCell ref="I37:K37"/>
     <mergeCell ref="I38:K38"/>
     <mergeCell ref="A2:M2"/>
     <mergeCell ref="A3:M3"/>
     <mergeCell ref="I5:M5"/>
     <mergeCell ref="B5:E5"/>
     <mergeCell ref="H9:I9"/>
     <mergeCell ref="K9:M9"/>
     <mergeCell ref="K13:M13"/>
     <mergeCell ref="D10:F10"/>
     <mergeCell ref="H10:I10"/>
     <mergeCell ref="C12:F12"/>
     <mergeCell ref="K10:M10"/>
     <mergeCell ref="H12:I12"/>
-    <mergeCell ref="K12:M12"/>
-[...14 lines deleted...]
-    <mergeCell ref="K16:M16"/>
+    <mergeCell ref="H16:I16"/>
+    <mergeCell ref="I35:K35"/>
+    <mergeCell ref="I33:K33"/>
+    <mergeCell ref="H22:M22"/>
+    <mergeCell ref="H23:M23"/>
+    <mergeCell ref="I29:K29"/>
+    <mergeCell ref="I30:K30"/>
+    <mergeCell ref="I27:K27"/>
+    <mergeCell ref="I32:K32"/>
+    <mergeCell ref="B42:H42"/>
+    <mergeCell ref="I44:K44"/>
+    <mergeCell ref="I45:K45"/>
+    <mergeCell ref="I46:K46"/>
+    <mergeCell ref="C61:M61"/>
+    <mergeCell ref="B63:M63"/>
+    <mergeCell ref="B48:H48"/>
+    <mergeCell ref="I52:K52"/>
+    <mergeCell ref="B54:H54"/>
+    <mergeCell ref="I56:K56"/>
+    <mergeCell ref="B62:M62"/>
+    <mergeCell ref="I50:K50"/>
+    <mergeCell ref="I51:K51"/>
   </mergeCells>
   <phoneticPr fontId="17" type="noConversion"/>
   <pageMargins left="0.75" right="0.25" top="0.5" bottom="0.5" header="0" footer="0"/>
   <pageSetup scale="95" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0500-000000000000}">
   <dimension ref="A1:O59"/>
   <sheetViews>
     <sheetView showZeros="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="12" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultColWidth="9.1328125" defaultRowHeight="11.65" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="9.140625" style="14"/>
-[...14 lines deleted...]
-    <col min="16" max="16384" width="9.140625" style="14"/>
+    <col min="1" max="1" width="9.1328125" style="9"/>
+    <col min="2" max="2" width="2.59765625" style="9" customWidth="1"/>
+    <col min="3" max="3" width="11.1328125" style="9" customWidth="1"/>
+    <col min="4" max="4" width="9.1328125" style="9"/>
+    <col min="5" max="5" width="3.73046875" style="9" customWidth="1"/>
+    <col min="6" max="6" width="8.73046875" style="9" customWidth="1"/>
+    <col min="7" max="7" width="4.59765625" style="9" customWidth="1"/>
+    <col min="8" max="8" width="7.265625" style="9" customWidth="1"/>
+    <col min="9" max="9" width="3.265625" style="9" customWidth="1"/>
+    <col min="10" max="10" width="11.265625" style="9" customWidth="1"/>
+    <col min="11" max="11" width="6.1328125" style="9" customWidth="1"/>
+    <col min="12" max="12" width="1" style="9" customWidth="1"/>
+    <col min="13" max="13" width="11.73046875" style="9" customWidth="1"/>
+    <col min="14" max="14" width="1.1328125" style="9" customWidth="1"/>
+    <col min="15" max="15" width="11.73046875" style="9" customWidth="1"/>
+    <col min="16" max="16384" width="9.1328125" style="9"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:15" x14ac:dyDescent="0.2">
-      <c r="A1" s="36">
+    <row r="1" spans="1:15" x14ac:dyDescent="0.35">
+      <c r="A1" s="8">
         <v>2020</v>
       </c>
-      <c r="B1" s="187"/>
-[...12 lines deleted...]
-      <c r="O1" s="187" t="s">
+      <c r="B1" s="8"/>
+      <c r="O1" s="8" t="s">
         <v>106</v>
       </c>
     </row>
-    <row r="2" spans="1:15" x14ac:dyDescent="0.2">
-      <c r="A2" s="300" t="s">
+    <row r="2" spans="1:15" x14ac:dyDescent="0.35">
+      <c r="A2" s="137" t="s">
         <v>0</v>
       </c>
-      <c r="B2" s="300"/>
-[...15 lines deleted...]
-      <c r="A3" s="301" t="s">
+      <c r="B2" s="137"/>
+      <c r="C2" s="137"/>
+      <c r="D2" s="137"/>
+      <c r="E2" s="137"/>
+      <c r="F2" s="137"/>
+      <c r="G2" s="137"/>
+      <c r="H2" s="137"/>
+      <c r="I2" s="137"/>
+      <c r="J2" s="137"/>
+      <c r="K2" s="137"/>
+      <c r="L2" s="137"/>
+      <c r="M2" s="137"/>
+      <c r="N2" s="137"/>
+      <c r="O2" s="137"/>
+    </row>
+    <row r="3" spans="1:15" s="1" customFormat="1" ht="17.649999999999999" x14ac:dyDescent="0.5">
+      <c r="A3" s="138" t="s">
         <v>44</v>
       </c>
-      <c r="B3" s="301"/>
-[...34 lines deleted...]
-      <c r="C5" s="190" t="s">
+      <c r="B3" s="138"/>
+      <c r="C3" s="138"/>
+      <c r="D3" s="138"/>
+      <c r="E3" s="138"/>
+      <c r="F3" s="138"/>
+      <c r="G3" s="138"/>
+      <c r="H3" s="138"/>
+      <c r="I3" s="138"/>
+      <c r="J3" s="138"/>
+      <c r="K3" s="138"/>
+      <c r="L3" s="138"/>
+      <c r="M3" s="138"/>
+      <c r="N3" s="138"/>
+      <c r="O3" s="138"/>
+    </row>
+    <row r="5" spans="1:15" ht="14.1" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C5" s="10" t="s">
         <v>135</v>
       </c>
-      <c r="D5" s="302">
+      <c r="D5" s="163">
         <f>Title!C3</f>
         <v>0</v>
       </c>
-      <c r="E5" s="303"/>
-[...4 lines deleted...]
-      <c r="J5" s="190" t="s">
+      <c r="E5" s="169"/>
+      <c r="F5" s="169"/>
+      <c r="G5" s="169"/>
+      <c r="H5" s="169"/>
+      <c r="J5" s="10" t="s">
         <v>134</v>
       </c>
-      <c r="K5" s="302">
+      <c r="K5" s="163">
         <f>Title!C5</f>
         <v>0</v>
       </c>
-      <c r="L5" s="303"/>
-[...22 lines deleted...]
-      <c r="A7" s="191" t="s">
+      <c r="L5" s="169"/>
+      <c r="M5" s="169"/>
+      <c r="N5" s="169"/>
+      <c r="O5" s="169"/>
+    </row>
+    <row r="6" spans="1:15" x14ac:dyDescent="0.35">
+      <c r="C6" s="10"/>
+      <c r="J6" s="10"/>
+    </row>
+    <row r="7" spans="1:15" x14ac:dyDescent="0.35">
+      <c r="A7" s="13" t="s">
         <v>10</v>
       </c>
-      <c r="B7" s="191"/>
-[...7 lines deleted...]
-      <c r="J7" s="297" t="s">
+      <c r="B7" s="13"/>
+      <c r="C7" s="14"/>
+      <c r="D7" s="14"/>
+      <c r="E7" s="14"/>
+      <c r="F7" s="14"/>
+      <c r="G7" s="14"/>
+      <c r="H7" s="14"/>
+      <c r="I7" s="14"/>
+      <c r="J7" s="164" t="s">
         <v>178</v>
       </c>
-      <c r="K7" s="297"/>
-[...1 lines deleted...]
-      <c r="M7" s="297" t="s">
+      <c r="K7" s="164"/>
+      <c r="L7" s="14"/>
+      <c r="M7" s="164" t="s">
         <v>179</v>
       </c>
-      <c r="N7" s="297"/>
-[...3 lines deleted...]
-      <c r="A8" s="192" t="s">
+      <c r="N7" s="164"/>
+      <c r="O7" s="164"/>
+    </row>
+    <row r="8" spans="1:15" x14ac:dyDescent="0.35">
+      <c r="A8" s="14" t="s">
         <v>12</v>
       </c>
-      <c r="B8" s="192"/>
-      <c r="C8" s="290" t="s">
+      <c r="B8" s="14"/>
+      <c r="C8" s="142" t="s">
         <v>177</v>
       </c>
-      <c r="D8" s="290"/>
-[...1 lines deleted...]
-      <c r="F8" s="290" t="s">
+      <c r="D8" s="142"/>
+      <c r="F8" s="142" t="s">
         <v>21</v>
       </c>
-      <c r="G8" s="290"/>
-[...2 lines deleted...]
-      <c r="J8" s="290" t="s">
+      <c r="G8" s="142"/>
+      <c r="H8" s="142"/>
+      <c r="I8" s="14"/>
+      <c r="J8" s="142" t="s">
         <v>181</v>
       </c>
-      <c r="K8" s="290"/>
-[...1 lines deleted...]
-      <c r="M8" s="290" t="s">
+      <c r="K8" s="142"/>
+      <c r="L8" s="14"/>
+      <c r="M8" s="142" t="s">
         <v>180</v>
       </c>
-      <c r="N8" s="290"/>
-[...107 lines deleted...]
-      <c r="C15" s="196" t="s">
+      <c r="N8" s="142"/>
+      <c r="O8" s="142"/>
+    </row>
+    <row r="9" spans="1:15" ht="14.1" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A9" s="46"/>
+      <c r="B9" s="74"/>
+      <c r="C9" s="170"/>
+      <c r="D9" s="170"/>
+      <c r="E9" s="100"/>
+      <c r="F9" s="145"/>
+      <c r="G9" s="145"/>
+      <c r="H9" s="145"/>
+      <c r="I9" s="11"/>
+      <c r="J9" s="168"/>
+      <c r="K9" s="168"/>
+      <c r="L9" s="11"/>
+      <c r="M9" s="168"/>
+      <c r="N9" s="168"/>
+      <c r="O9" s="168"/>
+    </row>
+    <row r="10" spans="1:15" ht="14.1" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A10" s="46"/>
+      <c r="B10" s="74"/>
+      <c r="C10" s="170"/>
+      <c r="D10" s="170"/>
+      <c r="E10" s="100"/>
+      <c r="F10" s="146"/>
+      <c r="G10" s="146"/>
+      <c r="H10" s="146"/>
+      <c r="I10" s="11"/>
+      <c r="J10" s="168"/>
+      <c r="K10" s="168"/>
+      <c r="L10" s="11"/>
+      <c r="M10" s="161"/>
+      <c r="N10" s="161"/>
+      <c r="O10" s="161"/>
+    </row>
+    <row r="11" spans="1:15" ht="14.1" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A11" s="46"/>
+      <c r="B11" s="74"/>
+      <c r="C11" s="170"/>
+      <c r="D11" s="170"/>
+      <c r="E11" s="100"/>
+      <c r="F11" s="146"/>
+      <c r="G11" s="146"/>
+      <c r="H11" s="146"/>
+      <c r="I11" s="11"/>
+      <c r="J11" s="161"/>
+      <c r="K11" s="161"/>
+      <c r="L11" s="11"/>
+      <c r="M11" s="161"/>
+      <c r="N11" s="161"/>
+      <c r="O11" s="161"/>
+    </row>
+    <row r="12" spans="1:15" ht="14.1" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A12" s="46"/>
+      <c r="B12" s="74"/>
+      <c r="C12" s="170"/>
+      <c r="D12" s="170"/>
+      <c r="E12" s="100"/>
+      <c r="F12" s="146"/>
+      <c r="G12" s="146"/>
+      <c r="H12" s="146"/>
+      <c r="I12" s="11"/>
+      <c r="J12" s="161"/>
+      <c r="K12" s="161"/>
+      <c r="L12" s="11"/>
+      <c r="M12" s="161"/>
+      <c r="N12" s="161"/>
+      <c r="O12" s="161"/>
+    </row>
+    <row r="13" spans="1:15" ht="14.1" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A13" s="46"/>
+      <c r="B13" s="74"/>
+      <c r="C13" s="170"/>
+      <c r="D13" s="170"/>
+      <c r="E13" s="100"/>
+      <c r="F13" s="146"/>
+      <c r="G13" s="146"/>
+      <c r="H13" s="146"/>
+      <c r="I13" s="11"/>
+      <c r="J13" s="161"/>
+      <c r="K13" s="161"/>
+      <c r="L13" s="11"/>
+      <c r="M13" s="161"/>
+      <c r="N13" s="161"/>
+      <c r="O13" s="161"/>
+    </row>
+    <row r="14" spans="1:15" x14ac:dyDescent="0.35">
+      <c r="D14" s="11"/>
+      <c r="E14" s="11"/>
+      <c r="F14" s="11"/>
+      <c r="G14" s="11"/>
+      <c r="H14" s="11"/>
+      <c r="J14" s="11"/>
+      <c r="K14" s="11"/>
+      <c r="L14" s="11"/>
+      <c r="M14" s="11"/>
+      <c r="N14" s="11"/>
+      <c r="O14" s="11"/>
+    </row>
+    <row r="15" spans="1:15" x14ac:dyDescent="0.35">
+      <c r="C15" s="101" t="s">
         <v>182</v>
       </c>
-      <c r="D15" s="188"/>
-[...30 lines deleted...]
-      <c r="A17" s="191" t="s">
+    </row>
+    <row r="17" spans="1:15" x14ac:dyDescent="0.35">
+      <c r="A17" s="13" t="s">
         <v>10</v>
       </c>
-      <c r="B17" s="191"/>
-      <c r="C17" s="290" t="s">
+      <c r="B17" s="13"/>
+      <c r="C17" s="142" t="s">
         <v>23</v>
       </c>
-      <c r="D17" s="290"/>
-[...1 lines deleted...]
-      <c r="F17" s="197" t="s">
+      <c r="D17" s="142"/>
+      <c r="E17" s="14"/>
+      <c r="F17" s="16" t="s">
         <v>5</v>
       </c>
-      <c r="G17" s="188"/>
-[...3 lines deleted...]
-      <c r="K17" s="198" t="s">
+      <c r="J17" s="8"/>
+      <c r="K17" s="21" t="s">
         <v>45</v>
       </c>
-      <c r="L17" s="198"/>
-      <c r="M17" s="191" t="s">
+      <c r="L17" s="21"/>
+      <c r="M17" s="13" t="s">
         <v>14</v>
       </c>
-      <c r="N17" s="191"/>
-      <c r="O17" s="191" t="s">
+      <c r="N17" s="13"/>
+      <c r="O17" s="13" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="18" spans="1:15" x14ac:dyDescent="0.2">
-      <c r="A18" s="192" t="s">
+    <row r="18" spans="1:15" x14ac:dyDescent="0.35">
+      <c r="A18" s="14" t="s">
         <v>12</v>
       </c>
-      <c r="B18" s="192"/>
-[...10 lines deleted...]
-      <c r="M18" s="192" t="s">
+      <c r="B18" s="14"/>
+      <c r="M18" s="14" t="s">
         <v>174</v>
       </c>
-      <c r="N18" s="192"/>
-      <c r="O18" s="192" t="s">
+      <c r="N18" s="14"/>
+      <c r="O18" s="14" t="s">
         <v>151</v>
       </c>
     </row>
-    <row r="19" spans="1:15" ht="4.5" customHeight="1" x14ac:dyDescent="0.2">
-[...19 lines deleted...]
-      <c r="C20" s="187" t="s">
+    <row r="19" spans="1:15" ht="4.5" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A19" s="14"/>
+      <c r="B19" s="14"/>
+      <c r="M19" s="14"/>
+      <c r="N19" s="14"/>
+      <c r="O19" s="14"/>
+    </row>
+    <row r="20" spans="1:15" ht="14.1" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A20" s="46"/>
+      <c r="B20" s="74"/>
+      <c r="C20" s="8" t="s">
         <v>183</v>
       </c>
-      <c r="D20" s="188"/>
-[...1 lines deleted...]
-      <c r="F20" s="188" t="s">
+      <c r="F20" s="9" t="s">
         <v>46</v>
       </c>
-      <c r="G20" s="188"/>
-[...3 lines deleted...]
-      <c r="K20" s="187" t="s">
+      <c r="H20" s="8"/>
+      <c r="I20" s="8"/>
+      <c r="K20" s="8" t="s">
         <v>47</v>
       </c>
-      <c r="L20" s="187"/>
-[...7 lines deleted...]
-      <c r="C21" s="187" t="s">
+      <c r="L20" s="8"/>
+      <c r="M20" s="46"/>
+      <c r="N20" s="11"/>
+      <c r="O20" s="46"/>
+    </row>
+    <row r="21" spans="1:15" ht="14.1" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A21" s="46"/>
+      <c r="B21" s="74"/>
+      <c r="C21" s="8" t="s">
         <v>184</v>
       </c>
-      <c r="D21" s="188"/>
-[...1 lines deleted...]
-      <c r="F21" s="188" t="s">
+      <c r="F21" s="9" t="s">
         <v>48</v>
       </c>
-      <c r="G21" s="188"/>
-[...3 lines deleted...]
-      <c r="K21" s="187" t="s">
+      <c r="K21" s="8" t="s">
         <v>49</v>
       </c>
-      <c r="L21" s="187"/>
-[...7 lines deleted...]
-      <c r="C22" s="187" t="s">
+      <c r="L21" s="8"/>
+      <c r="M21" s="104"/>
+      <c r="N21" s="11"/>
+      <c r="O21" s="102"/>
+    </row>
+    <row r="22" spans="1:15" ht="14.1" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A22" s="46"/>
+      <c r="B22" s="74"/>
+      <c r="C22" s="8" t="s">
         <v>186</v>
       </c>
-      <c r="D22" s="188"/>
-[...1 lines deleted...]
-      <c r="F22" s="188" t="s">
+      <c r="F22" s="9" t="s">
         <v>194</v>
       </c>
-      <c r="G22" s="188"/>
-[...12 lines deleted...]
-      <c r="C23" s="187" t="s">
+      <c r="H22" s="8"/>
+      <c r="I22" s="8"/>
+      <c r="K22" s="8"/>
+      <c r="L22" s="8"/>
+      <c r="M22" s="104"/>
+      <c r="N22" s="11"/>
+      <c r="O22" s="102"/>
+    </row>
+    <row r="23" spans="1:15" ht="14.1" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A23" s="46"/>
+      <c r="B23" s="74"/>
+      <c r="C23" s="8" t="s">
         <v>185</v>
       </c>
-      <c r="D23" s="188"/>
-[...1 lines deleted...]
-      <c r="F23" s="188" t="s">
+      <c r="F23" s="9" t="s">
         <v>194</v>
       </c>
-      <c r="G23" s="188"/>
-[...12 lines deleted...]
-      <c r="C24" s="187" t="s">
+      <c r="H23" s="8"/>
+      <c r="I23" s="8"/>
+      <c r="K23" s="8"/>
+      <c r="L23" s="8"/>
+      <c r="M23" s="104"/>
+      <c r="N23" s="11"/>
+      <c r="O23" s="102"/>
+    </row>
+    <row r="24" spans="1:15" ht="14.1" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A24" s="46"/>
+      <c r="B24" s="74"/>
+      <c r="C24" s="8" t="s">
+        <v>313</v>
+      </c>
+      <c r="D24" s="8"/>
+      <c r="E24" s="103"/>
+      <c r="F24" s="9" t="s">
+        <v>194</v>
+      </c>
+      <c r="H24" s="8"/>
+      <c r="I24" s="8"/>
+      <c r="K24" s="8" t="s">
+        <v>49</v>
+      </c>
+      <c r="L24" s="8"/>
+      <c r="M24" s="104"/>
+      <c r="N24" s="11"/>
+      <c r="O24" s="102"/>
+    </row>
+    <row r="25" spans="1:15" ht="14.1" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A25" s="46"/>
+      <c r="B25" s="74"/>
+      <c r="C25" s="8" t="s">
         <v>314</v>
       </c>
-      <c r="D24" s="187"/>
-[...1 lines deleted...]
-      <c r="F24" s="188" t="s">
+      <c r="F25" s="9" t="s">
         <v>194</v>
       </c>
-      <c r="G24" s="188"/>
-[...3 lines deleted...]
-      <c r="K24" s="187" t="s">
+      <c r="K25" s="8" t="s">
         <v>49</v>
       </c>
-      <c r="L24" s="187"/>
-[...30 lines deleted...]
-      <c r="C26" s="187" t="s">
+      <c r="L25" s="8"/>
+      <c r="M25" s="104"/>
+      <c r="N25" s="11"/>
+      <c r="O25" s="102"/>
+    </row>
+    <row r="26" spans="1:15" ht="14.1" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A26" s="46"/>
+      <c r="B26" s="74"/>
+      <c r="C26" s="8" t="s">
         <v>195</v>
       </c>
-      <c r="D26" s="188"/>
-[...1 lines deleted...]
-      <c r="F26" s="188" t="s">
+      <c r="F26" s="9" t="s">
         <v>196</v>
       </c>
-      <c r="G26" s="188"/>
-[...3 lines deleted...]
-      <c r="K26" s="187" t="s">
+      <c r="K26" s="8" t="s">
         <v>47</v>
       </c>
-      <c r="L26" s="187"/>
-[...7 lines deleted...]
-      <c r="C27" s="187" t="s">
+      <c r="L26" s="8"/>
+      <c r="M26" s="104"/>
+      <c r="N26" s="11"/>
+      <c r="O26" s="102"/>
+    </row>
+    <row r="27" spans="1:15" ht="14.1" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A27" s="46"/>
+      <c r="B27" s="74"/>
+      <c r="C27" s="8" t="s">
         <v>187</v>
       </c>
-      <c r="D27" s="187"/>
-[...1 lines deleted...]
-      <c r="F27" s="188" t="s">
+      <c r="D27" s="8"/>
+      <c r="E27" s="8"/>
+      <c r="F27" s="9" t="s">
         <v>46</v>
       </c>
-      <c r="G27" s="188"/>
-[...3 lines deleted...]
-      <c r="K27" s="187" t="s">
+      <c r="H27" s="8"/>
+      <c r="I27" s="8"/>
+      <c r="K27" s="8" t="s">
         <v>47</v>
       </c>
-      <c r="L27" s="187"/>
-[...7 lines deleted...]
-      <c r="C28" s="187" t="s">
+      <c r="L27" s="8"/>
+      <c r="M27" s="104"/>
+      <c r="N27" s="11"/>
+      <c r="O27" s="102"/>
+    </row>
+    <row r="28" spans="1:15" ht="14.1" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A28" s="46"/>
+      <c r="B28" s="74"/>
+      <c r="C28" s="8" t="s">
         <v>188</v>
       </c>
-      <c r="D28" s="188"/>
-[...1 lines deleted...]
-      <c r="F28" s="188" t="s">
+      <c r="F28" s="9" t="s">
         <v>50</v>
       </c>
-      <c r="G28" s="188"/>
-[...3 lines deleted...]
-      <c r="K28" s="187" t="s">
+      <c r="K28" s="8" t="s">
         <v>51</v>
       </c>
-      <c r="L28" s="187"/>
-[...7 lines deleted...]
-      <c r="C29" s="187" t="s">
+      <c r="L28" s="8"/>
+      <c r="M28" s="104"/>
+      <c r="N28" s="11"/>
+      <c r="O28" s="102"/>
+    </row>
+    <row r="29" spans="1:15" ht="14.1" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A29" s="46"/>
+      <c r="B29" s="74"/>
+      <c r="C29" s="8" t="s">
         <v>189</v>
       </c>
-      <c r="D29" s="187"/>
-[...1 lines deleted...]
-      <c r="F29" s="188" t="s">
+      <c r="D29" s="8"/>
+      <c r="E29" s="8"/>
+      <c r="F29" s="9" t="s">
         <v>52</v>
       </c>
-      <c r="G29" s="188"/>
-[...3 lines deleted...]
-      <c r="K29" s="187" t="s">
+      <c r="H29" s="8"/>
+      <c r="I29" s="8"/>
+      <c r="K29" s="8" t="s">
         <v>51</v>
       </c>
-      <c r="L29" s="187"/>
-[...7 lines deleted...]
-      <c r="C30" s="187" t="s">
+      <c r="L29" s="8"/>
+      <c r="M29" s="104"/>
+      <c r="N29" s="11"/>
+      <c r="O29" s="102"/>
+    </row>
+    <row r="30" spans="1:15" ht="14.1" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A30" s="46"/>
+      <c r="B30" s="74"/>
+      <c r="C30" s="8" t="s">
+        <v>331</v>
+      </c>
+      <c r="D30" s="8"/>
+      <c r="E30" s="8"/>
+      <c r="F30" s="9" t="s">
         <v>332</v>
       </c>
-      <c r="D30" s="187"/>
-[...8 lines deleted...]
-      <c r="K30" s="187" t="s">
+      <c r="H30" s="8"/>
+      <c r="I30" s="8"/>
+      <c r="K30" s="8" t="s">
         <v>51</v>
       </c>
-      <c r="L30" s="187"/>
-[...7 lines deleted...]
-      <c r="C31" s="187" t="s">
+      <c r="L30" s="8"/>
+      <c r="M30" s="104"/>
+      <c r="N30" s="11"/>
+      <c r="O30" s="102"/>
+    </row>
+    <row r="31" spans="1:15" ht="14.1" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A31" s="46"/>
+      <c r="B31" s="74"/>
+      <c r="C31" s="8" t="s">
         <v>190</v>
       </c>
-      <c r="D31" s="187"/>
-[...1 lines deleted...]
-      <c r="F31" s="188" t="s">
+      <c r="D31" s="8"/>
+      <c r="E31" s="8"/>
+      <c r="F31" s="9" t="s">
         <v>53</v>
       </c>
-      <c r="G31" s="188"/>
-[...3 lines deleted...]
-      <c r="K31" s="187" t="s">
+      <c r="H31" s="8"/>
+      <c r="I31" s="8"/>
+      <c r="K31" s="8" t="s">
         <v>51</v>
       </c>
-      <c r="L31" s="187"/>
-[...7 lines deleted...]
-      <c r="C32" s="187" t="s">
+      <c r="L31" s="8"/>
+      <c r="M31" s="104"/>
+      <c r="N31" s="11"/>
+      <c r="O31" s="102"/>
+    </row>
+    <row r="32" spans="1:15" ht="14.1" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A32" s="46"/>
+      <c r="B32" s="74"/>
+      <c r="C32" s="8" t="s">
         <v>191</v>
       </c>
-      <c r="D32" s="187"/>
-[...1 lines deleted...]
-      <c r="F32" s="188" t="s">
+      <c r="D32" s="8"/>
+      <c r="E32" s="8"/>
+      <c r="F32" s="9" t="s">
         <v>53</v>
       </c>
-      <c r="G32" s="188"/>
-[...3 lines deleted...]
-      <c r="K32" s="187" t="s">
+      <c r="K32" s="8" t="s">
         <v>51</v>
       </c>
-      <c r="L32" s="187"/>
-[...7 lines deleted...]
-      <c r="C33" s="187" t="s">
+      <c r="L32" s="8"/>
+      <c r="M32" s="104"/>
+      <c r="N32" s="11"/>
+      <c r="O32" s="102"/>
+    </row>
+    <row r="33" spans="1:15" x14ac:dyDescent="0.35">
+      <c r="A33" s="46"/>
+      <c r="B33" s="74"/>
+      <c r="C33" s="8" t="s">
         <v>192</v>
       </c>
-      <c r="D33" s="187"/>
-[...1 lines deleted...]
-      <c r="F33" s="188" t="s">
+      <c r="D33" s="8"/>
+      <c r="E33" s="8"/>
+      <c r="F33" s="9" t="s">
         <v>53</v>
       </c>
-      <c r="G33" s="188"/>
-[...3 lines deleted...]
-      <c r="K33" s="187" t="s">
+      <c r="H33" s="8"/>
+      <c r="I33" s="8"/>
+      <c r="K33" s="8" t="s">
         <v>51</v>
       </c>
-      <c r="L33" s="187"/>
-[...7 lines deleted...]
-      <c r="C34" s="187" t="s">
+      <c r="L33" s="8"/>
+      <c r="M33" s="104"/>
+      <c r="N33" s="11"/>
+      <c r="O33" s="102"/>
+    </row>
+    <row r="34" spans="1:15" x14ac:dyDescent="0.35">
+      <c r="A34" s="46"/>
+      <c r="B34" s="74"/>
+      <c r="C34" s="8" t="s">
         <v>193</v>
       </c>
-      <c r="D34" s="187"/>
-[...1 lines deleted...]
-      <c r="F34" s="188" t="s">
+      <c r="D34" s="8"/>
+      <c r="E34" s="8"/>
+      <c r="F34" s="9" t="s">
         <v>53</v>
       </c>
-      <c r="G34" s="188"/>
-[...3 lines deleted...]
-      <c r="K34" s="187" t="s">
+      <c r="H34" s="8"/>
+      <c r="I34" s="8"/>
+      <c r="K34" s="8" t="s">
         <v>51</v>
       </c>
-      <c r="L34" s="187"/>
-[...34 lines deleted...]
-      <c r="M36" s="192" t="s">
+      <c r="L34" s="8"/>
+      <c r="M34" s="104"/>
+      <c r="N34" s="11"/>
+      <c r="O34" s="102"/>
+    </row>
+    <row r="35" spans="1:15" ht="14.1" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A35" s="22"/>
+      <c r="B35" s="11"/>
+      <c r="C35" s="8"/>
+      <c r="D35" s="8"/>
+      <c r="E35" s="8"/>
+      <c r="F35" s="8"/>
+      <c r="H35" s="8"/>
+      <c r="I35" s="8"/>
+      <c r="K35" s="8"/>
+      <c r="L35" s="8"/>
+      <c r="M35" s="22"/>
+      <c r="N35" s="11"/>
+      <c r="O35" s="22"/>
+    </row>
+    <row r="36" spans="1:15" ht="14.1" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A36" s="11"/>
+      <c r="B36" s="11"/>
+      <c r="C36" s="8"/>
+      <c r="D36" s="8"/>
+      <c r="E36" s="8"/>
+      <c r="F36" s="8"/>
+      <c r="H36" s="8"/>
+      <c r="I36" s="8"/>
+      <c r="K36" s="8"/>
+      <c r="L36" s="8"/>
+      <c r="M36" s="14" t="s">
         <v>20</v>
       </c>
-      <c r="N36" s="189"/>
-      <c r="O36" s="192" t="s">
+      <c r="N36" s="11"/>
+      <c r="O36" s="14" t="s">
         <v>11</v>
       </c>
     </row>
-    <row r="37" spans="1:15" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
-[...2 lines deleted...]
-      <c r="C37" s="187" t="s">
+    <row r="37" spans="1:15" ht="14.1" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A37" s="46"/>
+      <c r="B37" s="74"/>
+      <c r="C37" s="8" t="s">
         <v>54</v>
       </c>
-      <c r="D37" s="187"/>
-[...2 lines deleted...]
-      <c r="G37" s="188" t="s">
+      <c r="D37" s="8"/>
+      <c r="E37" s="8"/>
+      <c r="F37" s="46"/>
+      <c r="G37" s="9" t="s">
         <v>55</v>
       </c>
-      <c r="H37" s="187"/>
-[...11 lines deleted...]
-      <c r="C38" s="187" t="s">
+      <c r="H37" s="8"/>
+      <c r="I37" s="8"/>
+      <c r="K37" s="8"/>
+      <c r="L37" s="8"/>
+      <c r="M37" s="102"/>
+      <c r="N37" s="11"/>
+      <c r="O37" s="102"/>
+    </row>
+    <row r="38" spans="1:15" ht="14.1" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A38" s="46"/>
+      <c r="B38" s="74"/>
+      <c r="C38" s="8" t="s">
         <v>54</v>
       </c>
-      <c r="D38" s="187"/>
-[...2 lines deleted...]
-      <c r="G38" s="188" t="s">
+      <c r="D38" s="8"/>
+      <c r="E38" s="8"/>
+      <c r="F38" s="46"/>
+      <c r="G38" s="9" t="s">
         <v>55</v>
       </c>
-      <c r="H38" s="187"/>
-[...11 lines deleted...]
-      <c r="C39" s="187" t="s">
+      <c r="H38" s="8"/>
+      <c r="I38" s="8"/>
+      <c r="K38" s="8"/>
+      <c r="L38" s="8"/>
+      <c r="M38" s="104"/>
+      <c r="N38" s="11"/>
+      <c r="O38" s="102"/>
+    </row>
+    <row r="39" spans="1:15" x14ac:dyDescent="0.35">
+      <c r="A39" s="47"/>
+      <c r="B39" s="74"/>
+      <c r="C39" s="8" t="s">
         <v>54</v>
       </c>
-      <c r="D39" s="187"/>
-[...2 lines deleted...]
-      <c r="G39" s="188" t="s">
+      <c r="D39" s="8"/>
+      <c r="E39" s="8"/>
+      <c r="F39" s="46"/>
+      <c r="G39" s="9" t="s">
         <v>55</v>
       </c>
-      <c r="H39" s="187"/>
-[...11 lines deleted...]
-      <c r="C40" s="188" t="s">
+      <c r="H39" s="8"/>
+      <c r="I39" s="8"/>
+      <c r="K39" s="8"/>
+      <c r="L39" s="8"/>
+      <c r="M39" s="104"/>
+      <c r="N39" s="11"/>
+      <c r="O39" s="102"/>
+    </row>
+    <row r="40" spans="1:15" x14ac:dyDescent="0.35">
+      <c r="A40" s="46"/>
+      <c r="B40" s="74"/>
+      <c r="C40" s="9" t="s">
         <v>56</v>
       </c>
-      <c r="D40" s="188"/>
-[...2 lines deleted...]
-      <c r="G40" s="188" t="s">
+      <c r="G40" s="9" t="s">
         <v>55</v>
       </c>
-      <c r="H40" s="188"/>
-[...36 lines deleted...]
-      <c r="K42" s="290" t="s">
+      <c r="K40" s="8"/>
+      <c r="L40" s="8"/>
+      <c r="M40" s="104"/>
+      <c r="N40" s="11"/>
+      <c r="O40" s="104"/>
+    </row>
+    <row r="41" spans="1:15" ht="14.1" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A41" s="11"/>
+      <c r="B41" s="11"/>
+      <c r="K41" s="8"/>
+      <c r="L41" s="8"/>
+      <c r="M41" s="11"/>
+      <c r="N41" s="11"/>
+      <c r="O41" s="11"/>
+    </row>
+    <row r="42" spans="1:15" ht="14.1" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="D42" s="8"/>
+      <c r="E42" s="8"/>
+      <c r="F42" s="8"/>
+      <c r="H42" s="8"/>
+      <c r="I42" s="8"/>
+      <c r="J42" s="8"/>
+      <c r="K42" s="142" t="s">
         <v>57</v>
       </c>
-      <c r="L42" s="290"/>
-[...7 lines deleted...]
-      <c r="C43" s="188" t="s">
+      <c r="L42" s="142"/>
+      <c r="M42" s="142"/>
+      <c r="N42" s="142"/>
+      <c r="O42" s="142"/>
+    </row>
+    <row r="43" spans="1:15" ht="14.1" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A43" s="12"/>
+      <c r="B43" s="73"/>
+      <c r="C43" s="9" t="s">
         <v>58</v>
       </c>
-      <c r="D43" s="190" t="s">
+      <c r="D43" s="10" t="s">
         <v>59</v>
       </c>
-      <c r="E43" s="190"/>
-[...1 lines deleted...]
-      <c r="G43" s="188" t="s">
+      <c r="E43" s="10"/>
+      <c r="F43" s="46"/>
+      <c r="G43" s="9" t="s">
         <v>57</v>
       </c>
-      <c r="H43" s="187"/>
-[...11 lines deleted...]
-      <c r="C44" s="188" t="s">
+      <c r="H43" s="8"/>
+      <c r="I43" s="8"/>
+      <c r="J43" s="8"/>
+      <c r="K43" s="173"/>
+      <c r="L43" s="173"/>
+      <c r="M43" s="173"/>
+      <c r="N43" s="173"/>
+      <c r="O43" s="173"/>
+    </row>
+    <row r="44" spans="1:15" x14ac:dyDescent="0.35">
+      <c r="A44" s="12"/>
+      <c r="B44" s="73"/>
+      <c r="C44" s="9" t="s">
         <v>58</v>
       </c>
-      <c r="D44" s="190" t="s">
+      <c r="D44" s="10" t="s">
         <v>59</v>
       </c>
-      <c r="E44" s="190"/>
-[...1 lines deleted...]
-      <c r="G44" s="188" t="s">
+      <c r="E44" s="10"/>
+      <c r="F44" s="46"/>
+      <c r="G44" s="9" t="s">
         <v>57</v>
       </c>
-      <c r="H44" s="187"/>
-[...11 lines deleted...]
-      <c r="C45" s="188" t="s">
+      <c r="H44" s="8"/>
+      <c r="I44" s="8"/>
+      <c r="J44" s="8"/>
+      <c r="K44" s="174"/>
+      <c r="L44" s="174"/>
+      <c r="M44" s="174"/>
+      <c r="N44" s="174"/>
+      <c r="O44" s="174"/>
+    </row>
+    <row r="45" spans="1:15" x14ac:dyDescent="0.35">
+      <c r="A45" s="15"/>
+      <c r="B45" s="73"/>
+      <c r="C45" s="9" t="s">
         <v>58</v>
       </c>
-      <c r="D45" s="190" t="s">
+      <c r="D45" s="10" t="s">
         <v>59</v>
       </c>
-      <c r="E45" s="190"/>
-[...1 lines deleted...]
-      <c r="G45" s="188" t="s">
+      <c r="E45" s="10"/>
+      <c r="F45" s="46"/>
+      <c r="G45" s="9" t="s">
         <v>57</v>
       </c>
-      <c r="H45" s="187"/>
-[...26 lines deleted...]
-      <c r="A47" s="191" t="s">
+      <c r="H45" s="8"/>
+      <c r="I45" s="8"/>
+      <c r="K45" s="174"/>
+      <c r="L45" s="174"/>
+      <c r="M45" s="174"/>
+      <c r="N45" s="174"/>
+      <c r="O45" s="174"/>
+    </row>
+    <row r="46" spans="1:15" ht="14.1" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="D46" s="8"/>
+      <c r="E46" s="8"/>
+      <c r="H46" s="8"/>
+      <c r="I46" s="8"/>
+      <c r="K46" s="22"/>
+      <c r="L46" s="22"/>
+      <c r="M46" s="22"/>
+      <c r="N46" s="22"/>
+      <c r="O46" s="22"/>
+    </row>
+    <row r="47" spans="1:15" s="24" customFormat="1" ht="14.1" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A47" s="13" t="s">
         <v>10</v>
       </c>
-      <c r="B47" s="191"/>
-[...15 lines deleted...]
-      <c r="A48" s="192" t="s">
+      <c r="B47" s="13"/>
+      <c r="C47" s="9"/>
+      <c r="D47" s="9"/>
+      <c r="E47" s="14"/>
+      <c r="F47" s="9"/>
+      <c r="G47" s="9"/>
+      <c r="H47" s="9"/>
+      <c r="I47" s="8"/>
+      <c r="J47" s="9"/>
+      <c r="K47" s="11"/>
+      <c r="L47" s="11"/>
+      <c r="M47" s="11"/>
+      <c r="N47" s="11"/>
+      <c r="O47" s="11"/>
+    </row>
+    <row r="48" spans="1:15" s="24" customFormat="1" ht="14.1" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A48" s="14" t="s">
         <v>12</v>
       </c>
-      <c r="B48" s="192"/>
-      <c r="C48" s="290" t="s">
+      <c r="B48" s="14"/>
+      <c r="C48" s="142" t="s">
         <v>23</v>
       </c>
-      <c r="D48" s="290"/>
-[...1 lines deleted...]
-      <c r="F48" s="197" t="s">
+      <c r="D48" s="142"/>
+      <c r="E48" s="9"/>
+      <c r="F48" s="16" t="s">
         <v>5</v>
       </c>
-      <c r="G48" s="188"/>
-[...2 lines deleted...]
-      <c r="J48" s="290" t="s">
+      <c r="G48" s="9"/>
+      <c r="H48" s="9"/>
+      <c r="I48" s="8"/>
+      <c r="J48" s="142" t="s">
         <v>199</v>
       </c>
-      <c r="K48" s="290"/>
-[...8 lines deleted...]
-      <c r="C49" s="208" t="s">
+      <c r="K48" s="142"/>
+      <c r="L48" s="142"/>
+      <c r="M48" s="142"/>
+      <c r="N48" s="142"/>
+      <c r="O48" s="142"/>
+    </row>
+    <row r="49" spans="1:15" s="24" customFormat="1" ht="14.1" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A49" s="75"/>
+      <c r="C49" s="24" t="s">
         <v>60</v>
       </c>
-      <c r="D49" s="209"/>
-[...1 lines deleted...]
-      <c r="F49" s="209" t="s">
+      <c r="D49" s="23"/>
+      <c r="F49" s="23" t="s">
         <v>63</v>
       </c>
-      <c r="G49" s="209"/>
-[...12 lines deleted...]
-      <c r="C50" s="208" t="s">
+      <c r="G49" s="23"/>
+      <c r="H49" s="52"/>
+      <c r="I49" s="52"/>
+      <c r="J49" s="172"/>
+      <c r="K49" s="172"/>
+      <c r="L49" s="172"/>
+      <c r="M49" s="172"/>
+      <c r="N49" s="172"/>
+      <c r="O49" s="172"/>
+    </row>
+    <row r="50" spans="1:15" ht="14.1" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A50" s="65"/>
+      <c r="B50" s="24"/>
+      <c r="C50" s="24" t="s">
         <v>61</v>
       </c>
-      <c r="D50" s="209"/>
-[...1 lines deleted...]
-      <c r="F50" s="291" t="s">
+      <c r="D50" s="23"/>
+      <c r="E50" s="23"/>
+      <c r="F50" s="171" t="s">
         <v>62</v>
       </c>
-      <c r="G50" s="291"/>
-[...12 lines deleted...]
-      <c r="C51" s="209" t="s">
+      <c r="G50" s="171"/>
+      <c r="H50" s="171"/>
+      <c r="I50" s="23"/>
+      <c r="J50" s="172"/>
+      <c r="K50" s="172"/>
+      <c r="L50" s="172"/>
+      <c r="M50" s="172"/>
+      <c r="N50" s="172"/>
+      <c r="O50" s="172"/>
+    </row>
+    <row r="51" spans="1:15" s="24" customFormat="1" ht="14.1" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A51" s="65"/>
+      <c r="C51" s="23" t="s">
         <v>197</v>
       </c>
-      <c r="D51" s="209"/>
-[...1 lines deleted...]
-      <c r="F51" s="209" t="s">
+      <c r="D51" s="23"/>
+      <c r="F51" s="23" t="s">
         <v>62</v>
       </c>
-      <c r="G51" s="208"/>
-[...12 lines deleted...]
-      <c r="C52" s="190" t="s">
+      <c r="H51" s="52"/>
+      <c r="I51" s="52"/>
+      <c r="J51" s="172"/>
+      <c r="K51" s="172"/>
+      <c r="L51" s="172"/>
+      <c r="M51" s="172"/>
+      <c r="N51" s="172"/>
+      <c r="O51" s="172"/>
+    </row>
+    <row r="52" spans="1:15" ht="14.1" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C52" s="10" t="s">
         <v>198</v>
       </c>
-      <c r="D52" s="288"/>
-[...15 lines deleted...]
-      <c r="C53" s="209" t="s">
+      <c r="D52" s="175"/>
+      <c r="E52" s="175"/>
+      <c r="F52" s="175"/>
+      <c r="G52" s="175"/>
+      <c r="H52" s="8"/>
+      <c r="I52" s="8"/>
+      <c r="K52" s="11"/>
+      <c r="L52" s="11"/>
+      <c r="M52" s="11"/>
+      <c r="N52" s="11"/>
+      <c r="O52" s="11"/>
+    </row>
+    <row r="53" spans="1:15" s="24" customFormat="1" ht="14.1" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A53" s="75"/>
+      <c r="C53" s="23" t="s">
         <v>197</v>
       </c>
-      <c r="D53" s="209"/>
-[...1 lines deleted...]
-      <c r="F53" s="209" t="s">
+      <c r="D53" s="23"/>
+      <c r="F53" s="23" t="s">
         <v>62</v>
       </c>
-      <c r="G53" s="208"/>
-[...12 lines deleted...]
-      <c r="C54" s="190" t="s">
+      <c r="H53" s="52"/>
+      <c r="I53" s="52"/>
+      <c r="J53" s="172"/>
+      <c r="K53" s="172"/>
+      <c r="L53" s="172"/>
+      <c r="M53" s="172"/>
+      <c r="N53" s="172"/>
+      <c r="O53" s="172"/>
+    </row>
+    <row r="54" spans="1:15" ht="14.1" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C54" s="10" t="s">
         <v>198</v>
       </c>
-      <c r="D54" s="288"/>
-[...15 lines deleted...]
-      <c r="C55" s="209" t="s">
+      <c r="D54" s="175"/>
+      <c r="E54" s="175"/>
+      <c r="F54" s="175"/>
+      <c r="G54" s="175"/>
+      <c r="H54" s="8"/>
+      <c r="I54" s="8"/>
+      <c r="K54" s="11"/>
+      <c r="L54" s="11"/>
+      <c r="M54" s="11"/>
+      <c r="N54" s="11"/>
+      <c r="O54" s="11"/>
+    </row>
+    <row r="55" spans="1:15" ht="12.75" x14ac:dyDescent="0.35">
+      <c r="A55" s="75"/>
+      <c r="B55" s="24"/>
+      <c r="C55" s="23" t="s">
         <v>197</v>
       </c>
-      <c r="D55" s="209"/>
-[...1 lines deleted...]
-      <c r="F55" s="209" t="s">
+      <c r="D55" s="23"/>
+      <c r="E55" s="24"/>
+      <c r="F55" s="23" t="s">
         <v>62</v>
       </c>
-      <c r="G55" s="208"/>
-[...12 lines deleted...]
-      <c r="C56" s="190" t="s">
+      <c r="G55" s="24"/>
+      <c r="H55" s="52"/>
+      <c r="I55" s="52"/>
+      <c r="J55" s="172"/>
+      <c r="K55" s="172"/>
+      <c r="L55" s="172"/>
+      <c r="M55" s="172"/>
+      <c r="N55" s="172"/>
+      <c r="O55" s="172"/>
+    </row>
+    <row r="56" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C56" s="10" t="s">
         <v>198</v>
       </c>
-      <c r="D56" s="288"/>
-[...32 lines deleted...]
-      <c r="C58" s="188" t="s">
+      <c r="D56" s="175"/>
+      <c r="E56" s="175"/>
+      <c r="F56" s="175"/>
+      <c r="G56" s="175"/>
+      <c r="H56" s="8"/>
+      <c r="I56" s="8"/>
+      <c r="K56" s="11"/>
+      <c r="L56" s="11"/>
+      <c r="M56" s="11"/>
+      <c r="N56" s="11"/>
+      <c r="O56" s="11"/>
+    </row>
+    <row r="57" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="D57" s="8"/>
+      <c r="E57" s="8"/>
+      <c r="H57" s="8"/>
+      <c r="I57" s="8"/>
+      <c r="K57" s="11"/>
+      <c r="L57" s="11"/>
+      <c r="M57" s="11"/>
+      <c r="N57" s="11"/>
+      <c r="O57" s="11"/>
+    </row>
+    <row r="58" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C58" s="9" t="s">
         <v>16</v>
       </c>
-      <c r="D58" s="289"/>
-[...27 lines deleted...]
-      <c r="O59" s="289"/>
+      <c r="D58" s="150"/>
+      <c r="E58" s="150"/>
+      <c r="F58" s="150"/>
+      <c r="G58" s="150"/>
+      <c r="H58" s="150"/>
+      <c r="I58" s="150"/>
+      <c r="J58" s="150"/>
+      <c r="K58" s="150"/>
+      <c r="L58" s="150"/>
+      <c r="M58" s="150"/>
+      <c r="N58" s="150"/>
+      <c r="O58" s="150"/>
+    </row>
+    <row r="59" spans="1:15" x14ac:dyDescent="0.35">
+      <c r="C59" s="150"/>
+      <c r="D59" s="150"/>
+      <c r="E59" s="150"/>
+      <c r="F59" s="150"/>
+      <c r="G59" s="150"/>
+      <c r="H59" s="150"/>
+      <c r="I59" s="150"/>
+      <c r="J59" s="150"/>
+      <c r="K59" s="150"/>
+      <c r="L59" s="150"/>
+      <c r="M59" s="150"/>
+      <c r="N59" s="150"/>
+      <c r="O59" s="150"/>
     </row>
   </sheetData>
   <mergeCells count="48">
-    <mergeCell ref="A2:O2"/>
-[...8 lines deleted...]
-    <mergeCell ref="C12:D12"/>
+    <mergeCell ref="J55:O55"/>
+    <mergeCell ref="D56:G56"/>
+    <mergeCell ref="D58:O58"/>
+    <mergeCell ref="C59:O59"/>
+    <mergeCell ref="J51:O51"/>
+    <mergeCell ref="J53:O53"/>
+    <mergeCell ref="D54:G54"/>
+    <mergeCell ref="D52:G52"/>
+    <mergeCell ref="C48:D48"/>
+    <mergeCell ref="F50:H50"/>
+    <mergeCell ref="J48:O48"/>
+    <mergeCell ref="C17:D17"/>
+    <mergeCell ref="F13:H13"/>
+    <mergeCell ref="J13:K13"/>
+    <mergeCell ref="M13:O13"/>
+    <mergeCell ref="K42:O42"/>
+    <mergeCell ref="C13:D13"/>
+    <mergeCell ref="J49:O49"/>
+    <mergeCell ref="J50:O50"/>
+    <mergeCell ref="K43:O43"/>
+    <mergeCell ref="K44:O44"/>
+    <mergeCell ref="K45:O45"/>
     <mergeCell ref="F12:H12"/>
     <mergeCell ref="J12:K12"/>
     <mergeCell ref="M12:O12"/>
     <mergeCell ref="M11:O11"/>
     <mergeCell ref="M7:O7"/>
     <mergeCell ref="F8:H8"/>
     <mergeCell ref="J8:K8"/>
     <mergeCell ref="M8:O8"/>
     <mergeCell ref="F9:H9"/>
     <mergeCell ref="J9:K9"/>
     <mergeCell ref="M9:O9"/>
     <mergeCell ref="F10:H10"/>
     <mergeCell ref="J10:K10"/>
     <mergeCell ref="M10:O10"/>
     <mergeCell ref="F11:H11"/>
     <mergeCell ref="J11:K11"/>
-    <mergeCell ref="C48:D48"/>
-[...20 lines deleted...]
-    <mergeCell ref="D52:G52"/>
+    <mergeCell ref="C8:D8"/>
+    <mergeCell ref="C9:D9"/>
+    <mergeCell ref="C10:D10"/>
+    <mergeCell ref="C11:D11"/>
+    <mergeCell ref="C12:D12"/>
+    <mergeCell ref="A2:O2"/>
+    <mergeCell ref="A3:O3"/>
+    <mergeCell ref="D5:H5"/>
+    <mergeCell ref="K5:O5"/>
+    <mergeCell ref="J7:K7"/>
   </mergeCells>
   <phoneticPr fontId="17" type="noConversion"/>
   <pageMargins left="0.75" right="0.25" top="0.5" bottom="0.5" header="0" footer="0"/>
   <pageSetup scale="92" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0600-000000000000}">
   <dimension ref="A1:M61"/>
   <sheetViews>
     <sheetView showZeros="0" zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="Q38" sqref="Q38"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultColWidth="9.1328125" defaultRowHeight="12.75" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="8.28515625" style="38" customWidth="1"/>
-[...12 lines deleted...]
-    <col min="14" max="16384" width="9.140625" style="38"/>
+    <col min="1" max="1" width="8.265625" style="24" customWidth="1"/>
+    <col min="2" max="2" width="10.86328125" style="24" customWidth="1"/>
+    <col min="3" max="3" width="9.1328125" style="24"/>
+    <col min="4" max="4" width="9" style="24" customWidth="1"/>
+    <col min="5" max="5" width="4.59765625" style="24" customWidth="1"/>
+    <col min="6" max="6" width="5.59765625" style="24" customWidth="1"/>
+    <col min="7" max="7" width="15.73046875" style="24" customWidth="1"/>
+    <col min="8" max="8" width="11.59765625" style="24" customWidth="1"/>
+    <col min="9" max="9" width="1.86328125" style="24" customWidth="1"/>
+    <col min="10" max="10" width="6.1328125" style="24" customWidth="1"/>
+    <col min="11" max="11" width="7" style="24" customWidth="1"/>
+    <col min="12" max="12" width="1.73046875" style="24" customWidth="1"/>
+    <col min="13" max="13" width="13" style="24" customWidth="1"/>
+    <col min="14" max="16384" width="9.1328125" style="24"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:13" x14ac:dyDescent="0.2">
-      <c r="A1" s="36">
+    <row r="1" spans="1:13" x14ac:dyDescent="0.35">
+      <c r="A1" s="8">
         <v>2020</v>
       </c>
-      <c r="M1" s="38" t="s">
+      <c r="M1" s="24" t="s">
         <v>114</v>
       </c>
     </row>
-    <row r="2" spans="1:13" x14ac:dyDescent="0.2">
-      <c r="A2" s="311" t="s">
+    <row r="2" spans="1:13" x14ac:dyDescent="0.35">
+      <c r="A2" s="177" t="s">
         <v>0</v>
       </c>
-      <c r="B2" s="311"/>
-[...13 lines deleted...]
-      <c r="A3" s="261" t="s">
+      <c r="B2" s="177"/>
+      <c r="C2" s="177"/>
+      <c r="D2" s="177"/>
+      <c r="E2" s="177"/>
+      <c r="F2" s="177"/>
+      <c r="G2" s="177"/>
+      <c r="H2" s="177"/>
+      <c r="I2" s="177"/>
+      <c r="J2" s="177"/>
+      <c r="K2" s="177"/>
+      <c r="L2" s="177"/>
+      <c r="M2" s="177"/>
+    </row>
+    <row r="3" spans="1:13" s="1" customFormat="1" ht="17.649999999999999" x14ac:dyDescent="0.5">
+      <c r="A3" s="138" t="s">
         <v>44</v>
       </c>
-      <c r="B3" s="261"/>
-[...13 lines deleted...]
-      <c r="B5" s="50" t="s">
+      <c r="B3" s="138"/>
+      <c r="C3" s="138"/>
+      <c r="D3" s="138"/>
+      <c r="E3" s="138"/>
+      <c r="F3" s="138"/>
+      <c r="G3" s="138"/>
+      <c r="H3" s="138"/>
+      <c r="I3" s="138"/>
+      <c r="J3" s="138"/>
+      <c r="K3" s="138"/>
+      <c r="L3" s="138"/>
+      <c r="M3" s="138"/>
+    </row>
+    <row r="5" spans="1:13" ht="14.1" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B5" s="28" t="s">
         <v>135</v>
       </c>
-      <c r="C5" s="270">
+      <c r="C5" s="153">
         <f>(Title!$C$3)</f>
         <v>0</v>
       </c>
-      <c r="D5" s="269"/>
-[...2 lines deleted...]
-      <c r="G5" s="313" t="s">
+      <c r="D5" s="152"/>
+      <c r="E5" s="152"/>
+      <c r="F5" s="152"/>
+      <c r="G5" s="179" t="s">
         <v>134</v>
       </c>
-      <c r="H5" s="314"/>
-[...1 lines deleted...]
-      <c r="J5" s="270">
+      <c r="H5" s="180"/>
+      <c r="I5" s="180"/>
+      <c r="J5" s="153">
         <f>(Title!$C$5)</f>
         <v>0</v>
       </c>
-      <c r="K5" s="312"/>
-[...7 lines deleted...]
-      <c r="B7" s="140" t="s">
+      <c r="K5" s="178"/>
+      <c r="L5" s="178"/>
+      <c r="M5" s="178"/>
+    </row>
+    <row r="6" spans="1:13" x14ac:dyDescent="0.35">
+      <c r="B6" s="28"/>
+    </row>
+    <row r="7" spans="1:13" ht="13.15" x14ac:dyDescent="0.4">
+      <c r="B7" s="76" t="s">
         <v>4</v>
       </c>
     </row>
-    <row r="9" spans="1:13" x14ac:dyDescent="0.2">
+    <row r="9" spans="1:13" ht="13.15" x14ac:dyDescent="0.4">
       <c r="D9" s="2" t="s">
         <v>28</v>
       </c>
-      <c r="H9" s="57" t="s">
+      <c r="H9" s="3" t="s">
         <v>66</v>
       </c>
       <c r="I9" s="3"/>
-      <c r="J9" s="272" t="s">
+      <c r="J9" s="156" t="s">
         <v>20</v>
       </c>
-      <c r="K9" s="272"/>
+      <c r="K9" s="156"/>
       <c r="L9" s="3"/>
       <c r="M9" s="3" t="s">
         <v>151</v>
       </c>
     </row>
-    <row r="10" spans="1:13" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A10" s="8"/>
+    <row r="10" spans="1:13" ht="12.75" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A10" s="6"/>
       <c r="B10" s="3"/>
       <c r="C10" s="3"/>
       <c r="D10" s="3"/>
       <c r="E10" s="3"/>
       <c r="F10" s="3"/>
       <c r="G10" s="3"/>
-      <c r="H10" s="57"/>
+      <c r="H10" s="3"/>
       <c r="I10" s="3"/>
       <c r="J10" s="3"/>
       <c r="K10" s="3"/>
       <c r="L10" s="3"/>
       <c r="M10" s="3"/>
     </row>
-    <row r="11" spans="1:13" ht="14.1" customHeight="1" x14ac:dyDescent="0.2">
+    <row r="11" spans="1:13" ht="14.1" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A11" s="3"/>
-      <c r="B11" s="58" t="s">
+      <c r="B11" s="24" t="s">
         <v>145</v>
       </c>
       <c r="C11" s="3"/>
-      <c r="E11" s="41"/>
-[...1 lines deleted...]
-      <c r="G11" s="58" t="s">
+      <c r="E11" s="19"/>
+      <c r="F11" s="19"/>
+      <c r="G11" s="24" t="s">
         <v>67</v>
       </c>
-      <c r="H11" s="59">
+      <c r="H11" s="18">
         <v>800240</v>
       </c>
-      <c r="I11" s="27"/>
-[...7 lines deleted...]
-      <c r="B12" s="37" t="s">
+      <c r="I11" s="18"/>
+      <c r="J11" s="172"/>
+      <c r="K11" s="172"/>
+      <c r="L11" s="3"/>
+      <c r="M11" s="51"/>
+    </row>
+    <row r="12" spans="1:13" ht="14.1" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B12" s="23" t="s">
         <v>140</v>
       </c>
-      <c r="C12" s="37"/>
-[...3 lines deleted...]
-      <c r="G12" s="44" t="s">
+      <c r="C12" s="23"/>
+      <c r="D12" s="23"/>
+      <c r="E12" s="23"/>
+      <c r="F12" s="23"/>
+      <c r="G12" s="23" t="s">
         <v>155</v>
       </c>
-      <c r="H12" s="59">
+      <c r="H12" s="18">
         <v>821283</v>
       </c>
-      <c r="I12" s="27"/>
-[...12 lines deleted...]
-      <c r="G13" s="44" t="s">
+      <c r="I12" s="18"/>
+      <c r="J12" s="172"/>
+      <c r="K12" s="172"/>
+      <c r="L12" s="23"/>
+      <c r="M12" s="51"/>
+    </row>
+    <row r="13" spans="1:13" ht="12.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B13" s="23"/>
+      <c r="C13" s="23"/>
+      <c r="D13" s="23"/>
+      <c r="E13" s="23"/>
+      <c r="F13" s="23"/>
+      <c r="G13" s="23" t="s">
         <v>156</v>
       </c>
-      <c r="H13" s="62"/>
-[...8 lines deleted...]
-      <c r="B14" s="37" t="s">
+      <c r="H13" s="18"/>
+      <c r="I13" s="18"/>
+      <c r="J13" s="23"/>
+      <c r="K13" s="23"/>
+      <c r="L13" s="23"/>
+      <c r="M13" s="23"/>
+    </row>
+    <row r="14" spans="1:13" ht="14.1" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B14" s="23" t="s">
         <v>200</v>
       </c>
-      <c r="C14" s="37"/>
-[...3 lines deleted...]
-      <c r="G14" s="58" t="s">
+      <c r="C14" s="23"/>
+      <c r="D14" s="23"/>
+      <c r="E14" s="23"/>
+      <c r="F14" s="23"/>
+      <c r="G14" s="24" t="s">
         <v>67</v>
       </c>
-      <c r="H14" s="59">
+      <c r="H14" s="18">
         <v>800240</v>
       </c>
-      <c r="I14" s="27"/>
-[...7 lines deleted...]
-      <c r="B15" s="37" t="s">
+      <c r="I14" s="18"/>
+      <c r="J14" s="172"/>
+      <c r="K14" s="172"/>
+      <c r="L14" s="3"/>
+      <c r="M14" s="51"/>
+    </row>
+    <row r="15" spans="1:13" ht="14.1" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B15" s="23" t="s">
         <v>201</v>
       </c>
-      <c r="C15" s="37"/>
-[...3 lines deleted...]
-      <c r="G15" s="44" t="s">
+      <c r="C15" s="23"/>
+      <c r="D15" s="23"/>
+      <c r="E15" s="23"/>
+      <c r="F15" s="23"/>
+      <c r="G15" s="23" t="s">
         <v>155</v>
       </c>
-      <c r="H15" s="59">
+      <c r="H15" s="18">
         <v>821283</v>
       </c>
-      <c r="I15" s="27"/>
-[...12 lines deleted...]
-      <c r="G16" s="44" t="s">
+      <c r="I15" s="18"/>
+      <c r="J15" s="172"/>
+      <c r="K15" s="172"/>
+      <c r="L15" s="23"/>
+      <c r="M15" s="51"/>
+    </row>
+    <row r="16" spans="1:13" ht="12.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B16" s="23"/>
+      <c r="C16" s="23"/>
+      <c r="D16" s="23"/>
+      <c r="E16" s="23"/>
+      <c r="F16" s="23"/>
+      <c r="G16" s="23" t="s">
         <v>156</v>
       </c>
-      <c r="H16" s="62"/>
-[...8 lines deleted...]
-      <c r="B17" s="58" t="s">
+      <c r="H16" s="18"/>
+      <c r="I16" s="18"/>
+      <c r="J16" s="23"/>
+      <c r="K16" s="23"/>
+      <c r="L16" s="23"/>
+      <c r="M16" s="23"/>
+    </row>
+    <row r="17" spans="1:13" ht="14.1" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B17" s="24" t="s">
         <v>146</v>
       </c>
-      <c r="D17" s="44"/>
-[...2 lines deleted...]
-      <c r="G17" s="58" t="s">
+      <c r="D17" s="23"/>
+      <c r="E17" s="23"/>
+      <c r="F17" s="23"/>
+      <c r="G17" s="24" t="s">
         <v>67</v>
       </c>
-      <c r="H17" s="59">
+      <c r="H17" s="18">
         <v>800240</v>
       </c>
-      <c r="I17" s="27"/>
-[...7 lines deleted...]
-      <c r="B18" s="37" t="s">
+      <c r="I17" s="18"/>
+      <c r="J17" s="172"/>
+      <c r="K17" s="172"/>
+      <c r="L17" s="23"/>
+      <c r="M17" s="51"/>
+    </row>
+    <row r="18" spans="1:13" ht="14.1" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B18" s="23" t="s">
         <v>141</v>
       </c>
-      <c r="C18" s="27"/>
-[...3 lines deleted...]
-      <c r="G18" s="44" t="s">
+      <c r="C18" s="18"/>
+      <c r="D18" s="23"/>
+      <c r="E18" s="23"/>
+      <c r="F18" s="23"/>
+      <c r="G18" s="23" t="s">
         <v>155</v>
       </c>
-      <c r="H18" s="59">
+      <c r="H18" s="18">
         <v>821283</v>
       </c>
-      <c r="I18" s="27"/>
-[...11 lines deleted...]
-      <c r="G19" s="44" t="s">
+      <c r="I18" s="18"/>
+      <c r="J18" s="172"/>
+      <c r="K18" s="172"/>
+      <c r="L18" s="23"/>
+      <c r="M18" s="51"/>
+    </row>
+    <row r="19" spans="1:13" ht="12.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C19" s="18"/>
+      <c r="D19" s="23"/>
+      <c r="E19" s="23"/>
+      <c r="F19" s="23"/>
+      <c r="G19" s="23" t="s">
         <v>156</v>
       </c>
-      <c r="H19" s="59"/>
-[...8 lines deleted...]
-      <c r="B20" s="38" t="s">
+      <c r="H19" s="18"/>
+      <c r="I19" s="18"/>
+      <c r="J19" s="23"/>
+      <c r="K19" s="23"/>
+      <c r="L19" s="23"/>
+      <c r="M19" s="23"/>
+    </row>
+    <row r="20" spans="1:13" ht="14.1" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B20" s="24" t="s">
         <v>29</v>
       </c>
-      <c r="D20" s="44"/>
-[...2 lines deleted...]
-      <c r="G20" s="44" t="s">
+      <c r="D20" s="23"/>
+      <c r="E20" s="23"/>
+      <c r="F20" s="23"/>
+      <c r="G20" s="23" t="s">
         <v>68</v>
       </c>
-      <c r="H20" s="59" t="s">
+      <c r="H20" s="18" t="s">
         <v>203</v>
       </c>
-      <c r="I20" s="27"/>
-[...7 lines deleted...]
-      <c r="B21" s="38" t="s">
+      <c r="I20" s="18"/>
+      <c r="J20" s="172"/>
+      <c r="K20" s="172"/>
+      <c r="L20" s="23"/>
+      <c r="M20" s="51"/>
+    </row>
+    <row r="21" spans="1:13" ht="14.1" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B21" s="24" t="s">
+        <v>301</v>
+      </c>
+      <c r="D21" s="23"/>
+      <c r="E21" s="23"/>
+      <c r="F21" s="23"/>
+      <c r="G21" s="23" t="s">
         <v>302</v>
       </c>
-      <c r="D21" s="44"/>
-[...2 lines deleted...]
-      <c r="G21" s="44" t="s">
+      <c r="H21" s="91"/>
+      <c r="I21" s="91"/>
+      <c r="J21" s="176"/>
+      <c r="K21" s="176"/>
+      <c r="L21" s="92"/>
+      <c r="M21" s="93"/>
+    </row>
+    <row r="22" spans="1:13" ht="14.1" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B22" s="24" t="s">
+        <v>69</v>
+      </c>
+      <c r="C22" s="18"/>
+      <c r="D22" s="23"/>
+      <c r="E22" s="23"/>
+      <c r="F22" s="23"/>
+      <c r="G22" s="23" t="s">
+        <v>68</v>
+      </c>
+      <c r="H22" s="18" t="s">
+        <v>203</v>
+      </c>
+      <c r="I22" s="18"/>
+      <c r="J22" s="172"/>
+      <c r="K22" s="172"/>
+      <c r="L22" s="23"/>
+      <c r="M22" s="51"/>
+    </row>
+    <row r="23" spans="1:13" ht="14.1" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B23" s="24" t="s">
         <v>303</v>
       </c>
-      <c r="H21" s="172"/>
-[...47 lines deleted...]
-      <c r="B24" s="38" t="s">
+      <c r="C23" s="18"/>
+      <c r="D23" s="23"/>
+      <c r="E23" s="23"/>
+      <c r="F23" s="23"/>
+      <c r="G23" s="23" t="s">
+        <v>302</v>
+      </c>
+      <c r="H23" s="91"/>
+      <c r="I23" s="91"/>
+      <c r="J23" s="172"/>
+      <c r="K23" s="172"/>
+      <c r="L23" s="23"/>
+      <c r="M23" s="51"/>
+    </row>
+    <row r="24" spans="1:13" ht="14.1" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B24" s="24" t="s">
         <v>202</v>
       </c>
-      <c r="C24" s="27"/>
-[...3 lines deleted...]
-      <c r="G24" s="47" t="s">
+      <c r="C24" s="18"/>
+      <c r="D24" s="18"/>
+      <c r="E24" s="23"/>
+      <c r="F24" s="23"/>
+      <c r="G24" s="23" t="s">
         <v>70</v>
       </c>
-      <c r="H24" s="59">
+      <c r="H24" s="18">
         <v>821301</v>
       </c>
-      <c r="I24" s="27"/>
-[...17 lines deleted...]
-      <c r="A26" s="305" t="s">
+      <c r="I24" s="18"/>
+      <c r="J24" s="172"/>
+      <c r="K24" s="172"/>
+      <c r="L24" s="23"/>
+      <c r="M24" s="51"/>
+    </row>
+    <row r="25" spans="1:13" ht="12.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="E25" s="23"/>
+      <c r="F25" s="23"/>
+      <c r="G25" s="23"/>
+      <c r="H25" s="18"/>
+      <c r="I25" s="18"/>
+      <c r="J25" s="23"/>
+      <c r="K25" s="23"/>
+      <c r="L25" s="23"/>
+      <c r="M25" s="23"/>
+    </row>
+    <row r="26" spans="1:13" ht="12.75" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A26" s="156" t="s">
         <v>35</v>
       </c>
-      <c r="B26" s="305"/>
-[...7 lines deleted...]
-      <c r="J26" s="305" t="s">
+      <c r="B26" s="156"/>
+      <c r="C26" s="156"/>
+      <c r="D26" s="156"/>
+      <c r="E26" s="156"/>
+      <c r="F26" s="156"/>
+      <c r="G26" s="156"/>
+      <c r="H26" s="156"/>
+      <c r="I26" s="18"/>
+      <c r="J26" s="156" t="s">
         <v>20</v>
       </c>
-      <c r="K26" s="305"/>
-      <c r="L26" s="57"/>
+      <c r="K26" s="156"/>
+      <c r="L26" s="3"/>
       <c r="M26" s="3" t="s">
         <v>151</v>
       </c>
     </row>
-    <row r="27" spans="1:13" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-[...16 lines deleted...]
-      <c r="B28" s="65" t="s">
+    <row r="27" spans="1:13" ht="12.75" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="D27" s="2"/>
+      <c r="E27" s="23"/>
+      <c r="F27" s="23"/>
+      <c r="G27" s="23"/>
+      <c r="H27" s="18"/>
+      <c r="I27" s="18"/>
+      <c r="J27" s="23"/>
+      <c r="K27" s="23"/>
+      <c r="L27" s="23"/>
+      <c r="M27" s="23"/>
+    </row>
+    <row r="28" spans="1:13" ht="14.1" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="B28" s="24" t="s">
         <v>36</v>
       </c>
-      <c r="C28" s="65"/>
-[...3 lines deleted...]
-      <c r="G28" s="69" t="s">
+      <c r="D28" s="2"/>
+      <c r="E28" s="23"/>
+      <c r="F28" s="23"/>
+      <c r="G28" s="23" t="s">
         <v>71</v>
       </c>
-      <c r="H28" s="59"/>
-[...8 lines deleted...]
-      <c r="B29" s="73" t="s">
+      <c r="H28" s="18"/>
+      <c r="I28" s="18"/>
+      <c r="J28" s="182"/>
+      <c r="K28" s="182"/>
+      <c r="L28" s="23"/>
+      <c r="M28" s="37"/>
+    </row>
+    <row r="29" spans="1:13" ht="14.1" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B29" s="8" t="s">
         <v>25</v>
       </c>
-      <c r="C29" s="59"/>
-[...3 lines deleted...]
-      <c r="G29" s="69" t="s">
+      <c r="C29" s="18"/>
+      <c r="D29" s="18"/>
+      <c r="E29" s="23"/>
+      <c r="F29" s="23"/>
+      <c r="G29" s="23" t="s">
         <v>71</v>
       </c>
-      <c r="H29" s="59"/>
-[...8 lines deleted...]
-      <c r="B30" s="70" t="s">
+      <c r="H29" s="18"/>
+      <c r="I29" s="18"/>
+      <c r="J29" s="182"/>
+      <c r="K29" s="182"/>
+      <c r="L29" s="23"/>
+      <c r="M29" s="37"/>
+    </row>
+    <row r="30" spans="1:13" ht="14.1" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B30" s="23" t="s">
         <v>26</v>
       </c>
-      <c r="C30" s="70"/>
-[...3 lines deleted...]
-      <c r="G30" s="69" t="s">
+      <c r="C30" s="23"/>
+      <c r="E30" s="23"/>
+      <c r="F30" s="23"/>
+      <c r="G30" s="23" t="s">
         <v>71</v>
       </c>
-      <c r="H30" s="59"/>
-[...8 lines deleted...]
-      <c r="B31" s="74" t="s">
+      <c r="H30" s="18"/>
+      <c r="I30" s="18"/>
+      <c r="J30" s="182"/>
+      <c r="K30" s="182"/>
+      <c r="L30" s="23"/>
+      <c r="M30" s="37"/>
+    </row>
+    <row r="31" spans="1:13" ht="14.1" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B31" s="23" t="s">
         <v>72</v>
       </c>
-      <c r="C31" s="71"/>
-[...3 lines deleted...]
-      <c r="G31" s="69" t="s">
+      <c r="E31" s="23"/>
+      <c r="F31" s="23"/>
+      <c r="G31" s="23" t="s">
         <v>73</v>
       </c>
-      <c r="H31" s="59"/>
-[...8 lines deleted...]
-      <c r="B32" s="74" t="s">
+      <c r="H31" s="18"/>
+      <c r="I31" s="18"/>
+      <c r="J31" s="182"/>
+      <c r="K31" s="182"/>
+      <c r="L31" s="23"/>
+      <c r="M31" s="37"/>
+    </row>
+    <row r="32" spans="1:13" ht="14.1" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B32" s="23" t="s">
         <v>74</v>
       </c>
-      <c r="C32" s="70"/>
-[...3 lines deleted...]
-      <c r="G32" s="69" t="s">
+      <c r="C32" s="23"/>
+      <c r="D32" s="23"/>
+      <c r="E32" s="23"/>
+      <c r="F32" s="23"/>
+      <c r="G32" s="23" t="s">
         <v>75</v>
       </c>
-      <c r="H32" s="59"/>
-[...8 lines deleted...]
-      <c r="B33" s="223" t="s">
+      <c r="H32" s="18"/>
+      <c r="I32" s="18"/>
+      <c r="J32" s="182"/>
+      <c r="K32" s="182"/>
+      <c r="L32" s="23"/>
+      <c r="M32" s="37"/>
+    </row>
+    <row r="33" spans="1:13" ht="14.1" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B33" s="109" t="s">
+        <v>335</v>
+      </c>
+      <c r="C33" s="109"/>
+      <c r="D33" s="109"/>
+      <c r="E33" s="109"/>
+      <c r="F33" s="109"/>
+      <c r="G33" s="109" t="s">
         <v>336</v>
       </c>
-      <c r="C33" s="224"/>
-[...15 lines deleted...]
-      <c r="B34" s="74" t="s">
+      <c r="H33" s="110"/>
+      <c r="I33" s="18"/>
+      <c r="J33" s="37"/>
+      <c r="K33" s="37"/>
+      <c r="L33" s="23"/>
+      <c r="M33" s="37"/>
+    </row>
+    <row r="34" spans="1:13" ht="12.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B34" s="23" t="s">
         <v>33</v>
       </c>
-      <c r="C34" s="64"/>
-[...3 lines deleted...]
-      <c r="G34" s="69" t="s">
+      <c r="E34" s="23"/>
+      <c r="F34" s="23"/>
+      <c r="G34" s="23" t="s">
         <v>76</v>
       </c>
-      <c r="H34" s="62">
+      <c r="H34" s="18">
         <v>821301</v>
       </c>
-      <c r="I34" s="62"/>
-[...21 lines deleted...]
-      <c r="A36" s="305" t="s">
+      <c r="I34" s="18"/>
+      <c r="J34" s="182"/>
+      <c r="K34" s="182"/>
+      <c r="L34" s="23"/>
+      <c r="M34" s="37"/>
+    </row>
+    <row r="35" spans="1:13" ht="12.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B35" s="23"/>
+      <c r="E35" s="23"/>
+      <c r="F35" s="23"/>
+      <c r="G35" s="23"/>
+      <c r="H35" s="18"/>
+      <c r="I35" s="18"/>
+      <c r="J35" s="33"/>
+      <c r="K35" s="33"/>
+      <c r="L35" s="23"/>
+      <c r="M35" s="33"/>
+    </row>
+    <row r="36" spans="1:13" ht="12.75" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A36" s="156" t="s">
         <v>38</v>
       </c>
-      <c r="B36" s="305"/>
-[...7 lines deleted...]
-      <c r="J36" s="305" t="s">
+      <c r="B36" s="156"/>
+      <c r="C36" s="156"/>
+      <c r="D36" s="156"/>
+      <c r="E36" s="156"/>
+      <c r="F36" s="156"/>
+      <c r="G36" s="156"/>
+      <c r="H36" s="156"/>
+      <c r="I36" s="18"/>
+      <c r="J36" s="156" t="s">
         <v>20</v>
       </c>
-      <c r="K36" s="305"/>
-      <c r="L36" s="57"/>
+      <c r="K36" s="156"/>
+      <c r="L36" s="3"/>
       <c r="M36" s="3" t="s">
         <v>151</v>
       </c>
     </row>
-    <row r="37" spans="1:13" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-[...23 lines deleted...]
-      <c r="G38" s="69" t="s">
+    <row r="37" spans="1:13" ht="12.75" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A37" s="3"/>
+      <c r="B37" s="3"/>
+      <c r="C37" s="3"/>
+      <c r="D37" s="3"/>
+      <c r="E37" s="3"/>
+      <c r="F37" s="3"/>
+      <c r="G37" s="3"/>
+      <c r="H37" s="3"/>
+      <c r="I37" s="18"/>
+      <c r="J37" s="3"/>
+      <c r="K37" s="3"/>
+      <c r="L37" s="3"/>
+      <c r="M37" s="3"/>
+    </row>
+    <row r="38" spans="1:13" ht="12.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B38" s="23" t="s">
+        <v>291</v>
+      </c>
+      <c r="C38" s="23"/>
+      <c r="D38" s="23"/>
+      <c r="E38" s="23"/>
+      <c r="F38" s="23"/>
+      <c r="G38" s="23" t="s">
         <v>251</v>
       </c>
-      <c r="H38" s="59"/>
-[...15 lines deleted...]
-      <c r="G39" s="69" t="s">
+      <c r="H38" s="18"/>
+      <c r="I38" s="18"/>
+      <c r="J38" s="182"/>
+      <c r="K38" s="182"/>
+      <c r="L38" s="23"/>
+      <c r="M38" s="37"/>
+    </row>
+    <row r="39" spans="1:13" ht="12.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B39" s="23" t="s">
+        <v>290</v>
+      </c>
+      <c r="E39" s="23"/>
+      <c r="F39" s="23"/>
+      <c r="G39" s="23" t="s">
         <v>251</v>
       </c>
-      <c r="H39" s="69"/>
-[...8 lines deleted...]
-      <c r="B40" s="74" t="s">
+      <c r="H39" s="23"/>
+      <c r="I39" s="18"/>
+      <c r="J39" s="182"/>
+      <c r="K39" s="182"/>
+      <c r="L39" s="23"/>
+      <c r="M39" s="37"/>
+    </row>
+    <row r="40" spans="1:13" ht="12.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B40" s="23" t="s">
         <v>250</v>
       </c>
-      <c r="C40" s="64"/>
-[...3 lines deleted...]
-      <c r="G40" s="69" t="s">
+      <c r="E40" s="23"/>
+      <c r="F40" s="23"/>
+      <c r="G40" s="23" t="s">
         <v>251</v>
       </c>
-      <c r="H40" s="69"/>
-[...33 lines deleted...]
-      <c r="A43" s="305" t="s">
+      <c r="H40" s="23"/>
+      <c r="I40" s="18"/>
+      <c r="J40" s="182"/>
+      <c r="K40" s="182"/>
+      <c r="L40" s="23"/>
+      <c r="M40" s="37"/>
+    </row>
+    <row r="41" spans="1:13" ht="14.1" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B41" s="23"/>
+      <c r="E41" s="23"/>
+      <c r="F41" s="23"/>
+      <c r="G41" s="23"/>
+      <c r="H41" s="18"/>
+      <c r="I41" s="18"/>
+    </row>
+    <row r="42" spans="1:13" ht="12.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B42" s="23"/>
+      <c r="C42" s="23"/>
+      <c r="E42" s="23"/>
+      <c r="F42" s="23"/>
+      <c r="G42" s="23"/>
+      <c r="H42" s="18"/>
+      <c r="I42" s="18"/>
+      <c r="J42" s="23"/>
+      <c r="K42" s="23"/>
+      <c r="L42" s="23"/>
+      <c r="M42" s="23"/>
+    </row>
+    <row r="43" spans="1:13" ht="12.75" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A43" s="156" t="s">
         <v>77</v>
       </c>
-      <c r="B43" s="305"/>
-[...7 lines deleted...]
-      <c r="J43" s="305" t="s">
+      <c r="B43" s="156"/>
+      <c r="C43" s="156"/>
+      <c r="D43" s="156"/>
+      <c r="E43" s="156"/>
+      <c r="F43" s="156"/>
+      <c r="G43" s="156"/>
+      <c r="H43" s="156"/>
+      <c r="I43" s="23"/>
+      <c r="J43" s="156" t="s">
         <v>20</v>
       </c>
-      <c r="K43" s="305"/>
-      <c r="L43" s="57"/>
+      <c r="K43" s="156"/>
+      <c r="L43" s="3"/>
       <c r="M43" s="3" t="s">
         <v>151</v>
       </c>
     </row>
-    <row r="44" spans="1:13" ht="12.75" customHeight="1" x14ac:dyDescent="0.2">
-[...23 lines deleted...]
-      <c r="G45" s="69" t="s">
+    <row r="44" spans="1:13" ht="12.75" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A44" s="6"/>
+      <c r="B44" s="23"/>
+      <c r="C44" s="23"/>
+      <c r="E44" s="23"/>
+      <c r="F44" s="23"/>
+      <c r="G44" s="23"/>
+      <c r="H44" s="23"/>
+      <c r="I44" s="23"/>
+      <c r="J44" s="23"/>
+      <c r="K44" s="23"/>
+      <c r="L44" s="23"/>
+      <c r="M44" s="23"/>
+    </row>
+    <row r="45" spans="1:13" ht="14.1" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A45" s="6"/>
+      <c r="B45" s="23" t="s">
         <v>289</v>
       </c>
-      <c r="H45" s="70"/>
-[...41 lines deleted...]
-      <c r="C48" s="51" t="s">
+      <c r="C45" s="23"/>
+      <c r="E45" s="23"/>
+      <c r="F45" s="23"/>
+      <c r="G45" s="23" t="s">
+        <v>288</v>
+      </c>
+      <c r="H45" s="23"/>
+      <c r="I45" s="23"/>
+      <c r="J45" s="182"/>
+      <c r="K45" s="182"/>
+      <c r="L45" s="23"/>
+      <c r="M45" s="37"/>
+    </row>
+    <row r="46" spans="1:13" ht="12.75" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A46" s="6"/>
+      <c r="B46" s="23"/>
+      <c r="C46" s="3"/>
+      <c r="E46" s="23"/>
+      <c r="F46" s="23"/>
+      <c r="G46" s="23"/>
+      <c r="H46" s="23"/>
+      <c r="I46" s="23"/>
+      <c r="J46" s="23"/>
+      <c r="K46" s="23"/>
+      <c r="L46" s="23"/>
+      <c r="M46" s="23"/>
+    </row>
+    <row r="47" spans="1:13" ht="12.75" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A47" s="3"/>
+      <c r="C47" s="24" t="s">
         <v>271</v>
       </c>
-      <c r="D48" s="51"/>
-[...42 lines deleted...]
-      <c r="B51" s="38" t="s">
+      <c r="E47" s="23"/>
+      <c r="F47" s="23"/>
+      <c r="G47" s="23"/>
+      <c r="H47" s="23"/>
+      <c r="I47" s="23"/>
+      <c r="J47" s="23"/>
+      <c r="K47" s="23"/>
+      <c r="L47" s="23"/>
+      <c r="M47" s="23"/>
+    </row>
+    <row r="48" spans="1:13" ht="12.75" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A48" s="3"/>
+      <c r="C48" s="24" t="s">
+        <v>270</v>
+      </c>
+      <c r="E48" s="23"/>
+      <c r="F48" s="23"/>
+      <c r="G48" s="23"/>
+      <c r="H48" s="23"/>
+      <c r="I48" s="23"/>
+      <c r="J48" s="23"/>
+      <c r="K48" s="23"/>
+      <c r="L48" s="23"/>
+      <c r="M48" s="23"/>
+    </row>
+    <row r="49" spans="2:13" ht="12.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="D49" s="23"/>
+      <c r="E49" s="171"/>
+      <c r="F49" s="171"/>
+      <c r="G49" s="171"/>
+      <c r="H49" s="23"/>
+      <c r="I49" s="23"/>
+      <c r="J49" s="23"/>
+      <c r="K49" s="23"/>
+      <c r="L49" s="23"/>
+      <c r="M49" s="23"/>
+    </row>
+    <row r="50" spans="2:13" ht="12.75" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="J50" s="23"/>
+      <c r="K50" s="18"/>
+      <c r="L50" s="18"/>
+    </row>
+    <row r="51" spans="2:13" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B51" s="24" t="s">
         <v>16</v>
       </c>
-      <c r="C51" s="309"/>
-[...60 lines deleted...]
-    <row r="61" spans="1:13" ht="12.75" customHeight="1" x14ac:dyDescent="0.2"/>
+      <c r="C51" s="169"/>
+      <c r="D51" s="169"/>
+      <c r="E51" s="169"/>
+      <c r="F51" s="169"/>
+      <c r="G51" s="169"/>
+      <c r="H51" s="169"/>
+      <c r="I51" s="169"/>
+      <c r="J51" s="169"/>
+      <c r="K51" s="169"/>
+      <c r="L51" s="169"/>
+      <c r="M51" s="169"/>
+    </row>
+    <row r="52" spans="2:13" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B52" s="169"/>
+      <c r="C52" s="169"/>
+      <c r="D52" s="169"/>
+      <c r="E52" s="169"/>
+      <c r="F52" s="169"/>
+      <c r="G52" s="169"/>
+      <c r="H52" s="169"/>
+      <c r="I52" s="169"/>
+      <c r="J52" s="169"/>
+      <c r="K52" s="169"/>
+      <c r="L52" s="169"/>
+      <c r="M52" s="169"/>
+    </row>
+    <row r="53" spans="2:13" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="B53" s="181"/>
+      <c r="C53" s="181"/>
+      <c r="D53" s="181"/>
+      <c r="E53" s="181"/>
+      <c r="F53" s="181"/>
+      <c r="G53" s="181"/>
+      <c r="H53" s="181"/>
+      <c r="I53" s="181"/>
+      <c r="J53" s="181"/>
+      <c r="K53" s="181"/>
+      <c r="L53" s="181"/>
+      <c r="M53" s="181"/>
+    </row>
+    <row r="54" spans="2:13" ht="12.75" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="55" spans="2:13" ht="12.75" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="56" spans="2:13" ht="12.75" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="57" spans="2:13" ht="12.75" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="58" spans="2:13" ht="12.75" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="59" spans="2:13" ht="12.75" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="60" spans="2:13" ht="12.75" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="61" spans="2:13" ht="12.75" customHeight="1" x14ac:dyDescent="0.35"/>
   </sheetData>
   <mergeCells count="37">
+    <mergeCell ref="J28:K28"/>
+    <mergeCell ref="J29:K29"/>
+    <mergeCell ref="J30:K30"/>
+    <mergeCell ref="J31:K31"/>
+    <mergeCell ref="J26:K26"/>
+    <mergeCell ref="J15:K15"/>
+    <mergeCell ref="B53:M53"/>
+    <mergeCell ref="A43:H43"/>
+    <mergeCell ref="J43:K43"/>
+    <mergeCell ref="J45:K45"/>
+    <mergeCell ref="E49:G49"/>
+    <mergeCell ref="J34:K34"/>
+    <mergeCell ref="J38:K38"/>
+    <mergeCell ref="C51:M51"/>
+    <mergeCell ref="B52:M52"/>
+    <mergeCell ref="J32:K32"/>
+    <mergeCell ref="A36:H36"/>
+    <mergeCell ref="J36:K36"/>
+    <mergeCell ref="J40:K40"/>
+    <mergeCell ref="J39:K39"/>
+    <mergeCell ref="A26:H26"/>
     <mergeCell ref="J24:K24"/>
     <mergeCell ref="J21:K21"/>
     <mergeCell ref="J23:K23"/>
     <mergeCell ref="J11:K11"/>
     <mergeCell ref="A2:M2"/>
     <mergeCell ref="A3:M3"/>
     <mergeCell ref="C5:F5"/>
     <mergeCell ref="J5:M5"/>
     <mergeCell ref="G5:I5"/>
     <mergeCell ref="J9:K9"/>
     <mergeCell ref="J12:K12"/>
     <mergeCell ref="J17:K17"/>
     <mergeCell ref="J18:K18"/>
     <mergeCell ref="J20:K20"/>
     <mergeCell ref="J22:K22"/>
     <mergeCell ref="J14:K14"/>
-    <mergeCell ref="J15:K15"/>
-[...19 lines deleted...]
-    <mergeCell ref="J26:K26"/>
   </mergeCells>
   <phoneticPr fontId="17" type="noConversion"/>
   <pageMargins left="0.75" right="0.25" top="0.5" bottom="0.5" header="0" footer="0"/>
   <pageSetup scale="92" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0700-000000000000}">
   <dimension ref="A1:M54"/>
   <sheetViews>
     <sheetView showZeros="0" zoomScaleNormal="100" workbookViewId="0">
       <selection activeCell="C14" sqref="C14:E14"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultColWidth="9.1328125" defaultRowHeight="12.75" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="9.140625" style="38"/>
-[...12 lines deleted...]
-    <col min="14" max="16384" width="9.140625" style="38"/>
+    <col min="1" max="1" width="9.1328125" style="24"/>
+    <col min="2" max="2" width="2.73046875" style="24" customWidth="1"/>
+    <col min="3" max="3" width="10.265625" style="24" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="6.3984375" style="24" customWidth="1"/>
+    <col min="5" max="5" width="12.1328125" style="24" customWidth="1"/>
+    <col min="6" max="6" width="2.73046875" style="24" customWidth="1"/>
+    <col min="7" max="7" width="11.265625" style="24" customWidth="1"/>
+    <col min="8" max="8" width="2.73046875" style="24" customWidth="1"/>
+    <col min="9" max="9" width="21.73046875" style="24" customWidth="1"/>
+    <col min="10" max="10" width="2.73046875" style="24" customWidth="1"/>
+    <col min="11" max="11" width="11.73046875" style="24" customWidth="1"/>
+    <col min="12" max="12" width="2.73046875" style="24" customWidth="1"/>
+    <col min="13" max="13" width="11.73046875" style="24" customWidth="1"/>
+    <col min="14" max="16384" width="9.1328125" style="24"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:13" x14ac:dyDescent="0.2">
-      <c r="A1" s="36">
+    <row r="1" spans="1:13" x14ac:dyDescent="0.35">
+      <c r="A1" s="8">
         <v>2020</v>
       </c>
-      <c r="B1" s="51"/>
-[...13 lines deleted...]
-      <c r="A2" s="311" t="s">
+    </row>
+    <row r="2" spans="1:13" x14ac:dyDescent="0.35">
+      <c r="A2" s="177" t="s">
         <v>0</v>
       </c>
-      <c r="B2" s="311"/>
-[...13 lines deleted...]
-      <c r="A3" s="280" t="s">
+      <c r="B2" s="177"/>
+      <c r="C2" s="177"/>
+      <c r="D2" s="177"/>
+      <c r="E2" s="177"/>
+      <c r="F2" s="177"/>
+      <c r="G2" s="177"/>
+      <c r="H2" s="177"/>
+      <c r="I2" s="177"/>
+      <c r="J2" s="177"/>
+      <c r="K2" s="177"/>
+      <c r="L2" s="177"/>
+      <c r="M2" s="177"/>
+    </row>
+    <row r="3" spans="1:13" s="1" customFormat="1" ht="17.649999999999999" x14ac:dyDescent="0.5">
+      <c r="A3" s="162" t="s">
         <v>204</v>
       </c>
-      <c r="B3" s="280"/>
-[...28 lines deleted...]
-      <c r="A5" s="320" t="s">
+      <c r="B3" s="162"/>
+      <c r="C3" s="162"/>
+      <c r="D3" s="162"/>
+      <c r="E3" s="162"/>
+      <c r="F3" s="162"/>
+      <c r="G3" s="162"/>
+      <c r="H3" s="162"/>
+      <c r="I3" s="162"/>
+      <c r="J3" s="162"/>
+      <c r="K3" s="162"/>
+      <c r="L3" s="162"/>
+      <c r="M3" s="162"/>
+    </row>
+    <row r="5" spans="1:13" ht="13.15" x14ac:dyDescent="0.4">
+      <c r="A5" s="183" t="s">
         <v>135</v>
       </c>
-      <c r="B5" s="321"/>
-      <c r="C5" s="270">
+      <c r="B5" s="184"/>
+      <c r="C5" s="153">
         <f>(Title!$C$3)</f>
         <v>0</v>
       </c>
-      <c r="D5" s="269"/>
-[...4 lines deleted...]
-      <c r="I5" s="84" t="s">
+      <c r="D5" s="152"/>
+      <c r="E5" s="152"/>
+      <c r="F5" s="152"/>
+      <c r="I5" s="36" t="s">
         <v>134</v>
       </c>
-      <c r="J5" s="84"/>
-      <c r="K5" s="270">
+      <c r="J5" s="36"/>
+      <c r="K5" s="153">
         <f>(Title!$C$5)</f>
         <v>0</v>
       </c>
-      <c r="L5" s="312"/>
-[...18 lines deleted...]
-      <c r="A7" s="141" t="s">
+      <c r="L5" s="178"/>
+      <c r="M5" s="178"/>
+    </row>
+    <row r="7" spans="1:13" ht="13.15" x14ac:dyDescent="0.4">
+      <c r="A7" s="76" t="s">
         <v>205</v>
       </c>
-      <c r="B7" s="51"/>
-[...28 lines deleted...]
-      <c r="A9" s="12" t="s">
+    </row>
+    <row r="9" spans="1:13" x14ac:dyDescent="0.35">
+      <c r="A9" s="9" t="s">
         <v>212</v>
       </c>
-      <c r="B9" s="51"/>
-[...28 lines deleted...]
-      <c r="A11" s="28" t="s">
+    </row>
+    <row r="11" spans="1:13" ht="12.75" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A11" s="19" t="s">
         <v>5</v>
       </c>
-      <c r="B11" s="28"/>
-[...1 lines deleted...]
-      <c r="D11" s="318" t="s">
+      <c r="B11" s="19"/>
+      <c r="C11" s="19"/>
+      <c r="D11" s="185" t="s">
         <v>78</v>
       </c>
-      <c r="E11" s="318"/>
-[...25 lines deleted...]
-      <c r="A13" s="76" t="s">
+      <c r="E11" s="185"/>
+      <c r="F11" s="185"/>
+      <c r="G11" s="185"/>
+      <c r="H11" s="185"/>
+      <c r="I11" s="185"/>
+      <c r="J11" s="185"/>
+      <c r="K11" s="185"/>
+      <c r="L11" s="185"/>
+      <c r="M11" s="185"/>
+    </row>
+    <row r="12" spans="1:13" x14ac:dyDescent="0.35">
+      <c r="E12" s="18"/>
+      <c r="L12" s="23"/>
+      <c r="M12" s="23"/>
+    </row>
+    <row r="13" spans="1:13" ht="13.15" x14ac:dyDescent="0.4">
+      <c r="A13" s="6" t="s">
         <v>10</v>
       </c>
-      <c r="B13" s="76"/>
-[...8 lines deleted...]
-      <c r="K13" s="67" t="s">
+      <c r="B13" s="6"/>
+      <c r="D13" s="23"/>
+      <c r="E13" s="18"/>
+      <c r="F13" s="23"/>
+      <c r="G13" s="23"/>
+      <c r="H13" s="23"/>
+      <c r="I13" s="23"/>
+      <c r="J13" s="23"/>
+      <c r="K13" s="6" t="s">
         <v>14</v>
       </c>
-      <c r="L13" s="47"/>
-      <c r="M13" s="76" t="s">
+      <c r="L13" s="23"/>
+      <c r="M13" s="6" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="14" spans="1:13" x14ac:dyDescent="0.2">
-      <c r="A14" s="9" t="s">
+    <row r="14" spans="1:13" ht="13.15" x14ac:dyDescent="0.4">
+      <c r="A14" s="3" t="s">
         <v>12</v>
       </c>
-      <c r="B14" s="9"/>
-      <c r="C14" s="319" t="s">
+      <c r="B14" s="3"/>
+      <c r="C14" s="156" t="s">
         <v>206</v>
       </c>
-      <c r="D14" s="319"/>
-[...2 lines deleted...]
-      <c r="G14" s="42" t="s">
+      <c r="D14" s="156"/>
+      <c r="E14" s="156"/>
+      <c r="F14" s="23"/>
+      <c r="G14" s="3" t="s">
         <v>207</v>
       </c>
-      <c r="H14" s="42"/>
-      <c r="I14" s="42" t="s">
+      <c r="H14" s="3"/>
+      <c r="I14" s="3" t="s">
         <v>89</v>
       </c>
-      <c r="J14" s="42"/>
-      <c r="K14" s="42" t="s">
+      <c r="J14" s="3"/>
+      <c r="K14" s="3" t="s">
         <v>174</v>
       </c>
-      <c r="L14" s="47"/>
-      <c r="M14" s="24" t="s">
+      <c r="L14" s="23"/>
+      <c r="M14" s="14" t="s">
         <v>151</v>
       </c>
     </row>
-    <row r="15" spans="1:13" ht="15.95" customHeight="1" x14ac:dyDescent="0.2">
-[...329 lines deleted...]
-      <c r="A39" s="318" t="s">
+    <row r="15" spans="1:13" ht="15.95" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A15" s="51"/>
+      <c r="B15" s="18"/>
+      <c r="C15" s="172"/>
+      <c r="D15" s="172"/>
+      <c r="E15" s="172"/>
+      <c r="G15" s="51"/>
+      <c r="I15" s="32"/>
+      <c r="J15" s="55"/>
+      <c r="K15" s="32"/>
+      <c r="M15" s="32"/>
+    </row>
+    <row r="16" spans="1:13" ht="15.95" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A16" s="51"/>
+      <c r="B16" s="18"/>
+      <c r="C16" s="172"/>
+      <c r="D16" s="172"/>
+      <c r="E16" s="172"/>
+      <c r="F16" s="18"/>
+      <c r="G16" s="51"/>
+      <c r="H16" s="18"/>
+      <c r="I16" s="32"/>
+      <c r="J16" s="55"/>
+      <c r="K16" s="32"/>
+      <c r="L16" s="18"/>
+      <c r="M16" s="32"/>
+    </row>
+    <row r="17" spans="1:13" ht="15.95" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A17" s="51"/>
+      <c r="B17" s="3"/>
+      <c r="C17" s="172"/>
+      <c r="D17" s="172"/>
+      <c r="E17" s="172"/>
+      <c r="F17" s="25"/>
+      <c r="G17" s="51"/>
+      <c r="H17" s="18"/>
+      <c r="I17" s="32"/>
+      <c r="J17" s="55"/>
+      <c r="K17" s="32"/>
+      <c r="L17" s="18"/>
+      <c r="M17" s="32"/>
+    </row>
+    <row r="18" spans="1:13" ht="15.95" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A18" s="51"/>
+      <c r="B18" s="18"/>
+      <c r="C18" s="172"/>
+      <c r="D18" s="172"/>
+      <c r="E18" s="172"/>
+      <c r="F18" s="23"/>
+      <c r="G18" s="51"/>
+      <c r="H18" s="23"/>
+      <c r="I18" s="32"/>
+      <c r="J18" s="55"/>
+      <c r="K18" s="32"/>
+      <c r="L18" s="18"/>
+      <c r="M18" s="32"/>
+    </row>
+    <row r="19" spans="1:13" ht="15.95" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A19" s="51"/>
+      <c r="B19" s="18"/>
+      <c r="C19" s="172"/>
+      <c r="D19" s="172"/>
+      <c r="E19" s="172"/>
+      <c r="F19" s="23"/>
+      <c r="G19" s="51"/>
+      <c r="H19" s="23"/>
+      <c r="I19" s="32"/>
+      <c r="J19" s="55"/>
+      <c r="K19" s="32"/>
+      <c r="L19" s="18"/>
+      <c r="M19" s="32"/>
+    </row>
+    <row r="20" spans="1:13" ht="15.95" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A20" s="51"/>
+      <c r="B20" s="18"/>
+      <c r="C20" s="172"/>
+      <c r="D20" s="172"/>
+      <c r="E20" s="172"/>
+      <c r="F20" s="19"/>
+      <c r="G20" s="51"/>
+      <c r="H20" s="19"/>
+      <c r="I20" s="32"/>
+      <c r="J20" s="55"/>
+      <c r="K20" s="32"/>
+      <c r="L20" s="18"/>
+      <c r="M20" s="32"/>
+    </row>
+    <row r="21" spans="1:13" ht="15.95" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A21" s="51"/>
+      <c r="C21" s="172"/>
+      <c r="D21" s="172"/>
+      <c r="E21" s="172"/>
+      <c r="G21" s="51"/>
+      <c r="I21" s="32"/>
+      <c r="J21" s="55"/>
+      <c r="K21" s="32"/>
+      <c r="M21" s="32"/>
+    </row>
+    <row r="22" spans="1:13" ht="15.95" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A22" s="51"/>
+      <c r="C22" s="172"/>
+      <c r="D22" s="172"/>
+      <c r="E22" s="172"/>
+      <c r="G22" s="51"/>
+      <c r="H22" s="2"/>
+      <c r="I22" s="32"/>
+      <c r="J22" s="55"/>
+      <c r="K22" s="32"/>
+      <c r="L22" s="18"/>
+      <c r="M22" s="32"/>
+    </row>
+    <row r="23" spans="1:13" ht="15.95" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A23" s="51"/>
+      <c r="C23" s="172"/>
+      <c r="D23" s="172"/>
+      <c r="E23" s="172"/>
+      <c r="G23" s="51"/>
+      <c r="H23" s="2"/>
+      <c r="I23" s="32"/>
+      <c r="J23" s="55"/>
+      <c r="K23" s="32"/>
+      <c r="L23" s="18"/>
+      <c r="M23" s="32"/>
+    </row>
+    <row r="24" spans="1:13" ht="15.95" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A24" s="51"/>
+      <c r="C24" s="172"/>
+      <c r="D24" s="172"/>
+      <c r="E24" s="172"/>
+      <c r="G24" s="51"/>
+      <c r="H24" s="2"/>
+      <c r="I24" s="32"/>
+      <c r="J24" s="55"/>
+      <c r="K24" s="32"/>
+      <c r="L24" s="18"/>
+      <c r="M24" s="32"/>
+    </row>
+    <row r="25" spans="1:13" ht="15.95" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A25" s="51"/>
+      <c r="C25" s="172"/>
+      <c r="D25" s="172"/>
+      <c r="E25" s="172"/>
+      <c r="G25" s="51"/>
+      <c r="H25" s="2"/>
+      <c r="I25" s="32"/>
+      <c r="J25" s="55"/>
+      <c r="K25" s="32"/>
+      <c r="L25" s="18"/>
+      <c r="M25" s="32"/>
+    </row>
+    <row r="26" spans="1:13" ht="15.95" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A26" s="41"/>
+      <c r="C26" s="172"/>
+      <c r="D26" s="172"/>
+      <c r="E26" s="172"/>
+      <c r="G26" s="51"/>
+      <c r="H26" s="2"/>
+      <c r="I26" s="32"/>
+      <c r="J26" s="55"/>
+      <c r="K26" s="32"/>
+      <c r="L26" s="18"/>
+      <c r="M26" s="32"/>
+    </row>
+    <row r="27" spans="1:13" ht="15.95" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A27" s="51"/>
+      <c r="C27" s="172"/>
+      <c r="D27" s="172"/>
+      <c r="E27" s="172"/>
+      <c r="G27" s="51"/>
+      <c r="H27" s="18"/>
+      <c r="I27" s="32"/>
+      <c r="J27" s="55"/>
+      <c r="K27" s="32"/>
+      <c r="L27" s="18"/>
+      <c r="M27" s="32"/>
+    </row>
+    <row r="28" spans="1:13" ht="15.95" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A28" s="51"/>
+      <c r="C28" s="172"/>
+      <c r="D28" s="172"/>
+      <c r="E28" s="172"/>
+      <c r="G28" s="51"/>
+      <c r="I28" s="32"/>
+      <c r="J28" s="55"/>
+      <c r="K28" s="32"/>
+      <c r="L28" s="18"/>
+      <c r="M28" s="32"/>
+    </row>
+    <row r="29" spans="1:13" ht="15.95" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A29" s="51"/>
+      <c r="C29" s="172"/>
+      <c r="D29" s="172"/>
+      <c r="E29" s="172"/>
+      <c r="G29" s="51"/>
+      <c r="I29" s="32"/>
+      <c r="J29" s="55"/>
+      <c r="K29" s="32"/>
+      <c r="M29" s="32"/>
+    </row>
+    <row r="30" spans="1:13" ht="15.95" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A30" s="51"/>
+      <c r="C30" s="172"/>
+      <c r="D30" s="172"/>
+      <c r="E30" s="172"/>
+      <c r="G30" s="51"/>
+      <c r="I30" s="32"/>
+      <c r="J30" s="55"/>
+      <c r="K30" s="32"/>
+      <c r="M30" s="32"/>
+    </row>
+    <row r="31" spans="1:13" ht="15.95" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A31" s="51"/>
+      <c r="C31" s="172"/>
+      <c r="D31" s="172"/>
+      <c r="E31" s="172"/>
+      <c r="G31" s="51"/>
+      <c r="I31" s="32"/>
+      <c r="J31" s="55"/>
+      <c r="K31" s="32"/>
+      <c r="M31" s="32"/>
+    </row>
+    <row r="32" spans="1:13" ht="15.95" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A32" s="51"/>
+      <c r="C32" s="172"/>
+      <c r="D32" s="172"/>
+      <c r="E32" s="172"/>
+      <c r="G32" s="51"/>
+      <c r="I32" s="32"/>
+      <c r="J32" s="55"/>
+      <c r="K32" s="32"/>
+      <c r="M32" s="32"/>
+    </row>
+    <row r="33" spans="1:13" ht="15.95" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A33" s="51"/>
+      <c r="C33" s="172"/>
+      <c r="D33" s="172"/>
+      <c r="E33" s="172"/>
+      <c r="G33" s="51"/>
+      <c r="I33" s="32"/>
+      <c r="J33" s="55"/>
+      <c r="K33" s="32"/>
+      <c r="M33" s="32"/>
+    </row>
+    <row r="34" spans="1:13" ht="15.95" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A34" s="53"/>
+      <c r="C34" s="172"/>
+      <c r="D34" s="172"/>
+      <c r="E34" s="172"/>
+      <c r="G34" s="51"/>
+      <c r="I34" s="32"/>
+      <c r="J34" s="55"/>
+      <c r="K34" s="32"/>
+      <c r="M34" s="32"/>
+    </row>
+    <row r="35" spans="1:13" ht="15.95" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A35" s="53"/>
+      <c r="C35" s="172"/>
+      <c r="D35" s="172"/>
+      <c r="E35" s="172"/>
+      <c r="G35" s="51"/>
+      <c r="I35" s="32"/>
+      <c r="J35" s="55"/>
+      <c r="K35" s="32"/>
+      <c r="M35" s="32"/>
+    </row>
+    <row r="36" spans="1:13" ht="15.95" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A36" s="53"/>
+      <c r="C36" s="172"/>
+      <c r="D36" s="172"/>
+      <c r="E36" s="172"/>
+      <c r="G36" s="51"/>
+      <c r="I36" s="32"/>
+      <c r="J36" s="55"/>
+      <c r="K36" s="32"/>
+      <c r="M36" s="32"/>
+    </row>
+    <row r="37" spans="1:13" ht="15.95" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A37" s="53"/>
+      <c r="C37" s="172"/>
+      <c r="D37" s="172"/>
+      <c r="E37" s="172"/>
+      <c r="G37" s="51"/>
+      <c r="I37" s="32"/>
+      <c r="J37" s="55"/>
+      <c r="K37" s="32"/>
+      <c r="M37" s="32"/>
+    </row>
+    <row r="39" spans="1:13" ht="12.75" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A39" s="185" t="s">
         <v>130</v>
       </c>
-      <c r="B39" s="318"/>
-[...24 lines deleted...]
-      <c r="A41" s="142" t="s">
+      <c r="B39" s="185"/>
+      <c r="C39" s="185"/>
+      <c r="D39" s="185"/>
+      <c r="E39" s="185"/>
+      <c r="F39" s="185"/>
+      <c r="G39" s="185"/>
+      <c r="H39" s="185"/>
+      <c r="I39" s="185"/>
+      <c r="J39" s="185"/>
+      <c r="K39" s="185"/>
+      <c r="L39" s="185"/>
+    </row>
+    <row r="40" spans="1:13" ht="12.75" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="41" spans="1:13" ht="13.15" x14ac:dyDescent="0.4">
+      <c r="A41" s="76" t="s">
         <v>210</v>
       </c>
-      <c r="C41" s="83"/>
-[...3 lines deleted...]
-      <c r="I41" s="143" t="s">
+      <c r="I41" s="25" t="s">
         <v>211</v>
       </c>
-      <c r="J41" s="83"/>
-[...17 lines deleted...]
-      <c r="A43" s="76" t="s">
+    </row>
+    <row r="43" spans="1:13" ht="13.15" x14ac:dyDescent="0.4">
+      <c r="A43" s="6" t="s">
         <v>10</v>
       </c>
-      <c r="B43" s="76"/>
-[...13 lines deleted...]
-      <c r="A44" s="9" t="s">
+      <c r="B43" s="6"/>
+      <c r="D43" s="23"/>
+      <c r="E43" s="18"/>
+      <c r="F43" s="23"/>
+      <c r="G43" s="23"/>
+      <c r="H43" s="23"/>
+      <c r="I43" s="23"/>
+      <c r="J43" s="23"/>
+      <c r="K43" s="6"/>
+      <c r="L43" s="23"/>
+      <c r="M43" s="6"/>
+    </row>
+    <row r="44" spans="1:13" ht="13.15" x14ac:dyDescent="0.4">
+      <c r="A44" s="3" t="s">
         <v>12</v>
       </c>
-      <c r="B44" s="9"/>
-      <c r="C44" s="319" t="s">
+      <c r="B44" s="3"/>
+      <c r="C44" s="156" t="s">
         <v>206</v>
       </c>
-      <c r="D44" s="319"/>
-[...2 lines deleted...]
-      <c r="G44" s="42" t="s">
+      <c r="D44" s="156"/>
+      <c r="E44" s="156"/>
+      <c r="F44" s="23"/>
+      <c r="G44" s="3" t="s">
         <v>207</v>
       </c>
-      <c r="H44" s="42"/>
-      <c r="I44" s="42" t="s">
+      <c r="H44" s="3"/>
+      <c r="I44" s="3" t="s">
         <v>208</v>
       </c>
-      <c r="J44" s="42"/>
-      <c r="K44" s="317" t="s">
+      <c r="J44" s="3"/>
+      <c r="K44" s="156" t="s">
         <v>209</v>
       </c>
-      <c r="L44" s="314"/>
-[...82 lines deleted...]
-      <c r="A52" s="58" t="s">
+      <c r="L44" s="180"/>
+      <c r="M44" s="180"/>
+    </row>
+    <row r="45" spans="1:13" ht="15.95" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A45" s="51"/>
+      <c r="C45" s="172"/>
+      <c r="D45" s="172"/>
+      <c r="E45" s="172"/>
+      <c r="G45" s="51"/>
+      <c r="I45" s="32"/>
+      <c r="J45" s="55"/>
+      <c r="K45" s="186"/>
+      <c r="L45" s="187"/>
+      <c r="M45" s="187"/>
+    </row>
+    <row r="46" spans="1:13" ht="15.95" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A46" s="51"/>
+      <c r="C46" s="172"/>
+      <c r="D46" s="172"/>
+      <c r="E46" s="172"/>
+      <c r="G46" s="51"/>
+      <c r="I46" s="32"/>
+      <c r="J46" s="55"/>
+      <c r="K46" s="186"/>
+      <c r="L46" s="187"/>
+      <c r="M46" s="187"/>
+    </row>
+    <row r="47" spans="1:13" ht="15.95" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A47" s="51"/>
+      <c r="C47" s="172"/>
+      <c r="D47" s="172"/>
+      <c r="E47" s="172"/>
+      <c r="G47" s="51"/>
+      <c r="I47" s="32"/>
+      <c r="J47" s="55"/>
+      <c r="K47" s="186"/>
+      <c r="L47" s="187"/>
+      <c r="M47" s="187"/>
+    </row>
+    <row r="48" spans="1:13" ht="15.95" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A48" s="51"/>
+      <c r="C48" s="172"/>
+      <c r="D48" s="172"/>
+      <c r="E48" s="172"/>
+      <c r="G48" s="51"/>
+      <c r="I48" s="32"/>
+      <c r="J48" s="55"/>
+      <c r="K48" s="186"/>
+      <c r="L48" s="187"/>
+      <c r="M48" s="187"/>
+    </row>
+    <row r="49" spans="1:13" ht="15.95" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A49" s="51"/>
+      <c r="C49" s="172"/>
+      <c r="D49" s="172"/>
+      <c r="E49" s="172"/>
+      <c r="G49" s="51"/>
+      <c r="I49" s="32"/>
+      <c r="J49" s="55"/>
+      <c r="K49" s="186"/>
+      <c r="L49" s="187"/>
+      <c r="M49" s="187"/>
+    </row>
+    <row r="50" spans="1:13" ht="15.95" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A50" s="51"/>
+      <c r="C50" s="172"/>
+      <c r="D50" s="172"/>
+      <c r="E50" s="172"/>
+      <c r="G50" s="51"/>
+      <c r="I50" s="32"/>
+      <c r="J50" s="55"/>
+      <c r="K50" s="186"/>
+      <c r="L50" s="187"/>
+      <c r="M50" s="187"/>
+    </row>
+    <row r="51" spans="1:13" ht="13.5" customHeight="1" x14ac:dyDescent="0.35"/>
+    <row r="52" spans="1:13" ht="15.6" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A52" s="24" t="s">
         <v>16</v>
       </c>
-      <c r="C52" s="309"/>
-[...39 lines deleted...]
-      <c r="M54" s="307"/>
+      <c r="C52" s="169"/>
+      <c r="D52" s="169"/>
+      <c r="E52" s="169"/>
+      <c r="F52" s="169"/>
+      <c r="G52" s="169"/>
+      <c r="H52" s="169"/>
+      <c r="I52" s="169"/>
+      <c r="J52" s="169"/>
+      <c r="K52" s="169"/>
+      <c r="L52" s="169"/>
+      <c r="M52" s="169"/>
+    </row>
+    <row r="53" spans="1:13" ht="15.6" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A53" s="169"/>
+      <c r="B53" s="169"/>
+      <c r="C53" s="169"/>
+      <c r="D53" s="169"/>
+      <c r="E53" s="169"/>
+      <c r="F53" s="169"/>
+      <c r="G53" s="169"/>
+      <c r="H53" s="169"/>
+      <c r="I53" s="169"/>
+      <c r="J53" s="169"/>
+      <c r="K53" s="169"/>
+      <c r="L53" s="169"/>
+      <c r="M53" s="169"/>
+    </row>
+    <row r="54" spans="1:13" ht="15.6" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A54" s="181"/>
+      <c r="B54" s="181"/>
+      <c r="C54" s="181"/>
+      <c r="D54" s="181"/>
+      <c r="E54" s="181"/>
+      <c r="F54" s="181"/>
+      <c r="G54" s="181"/>
+      <c r="H54" s="181"/>
+      <c r="I54" s="181"/>
+      <c r="J54" s="181"/>
+      <c r="K54" s="181"/>
+      <c r="L54" s="181"/>
+      <c r="M54" s="181"/>
     </row>
   </sheetData>
   <mergeCells count="48">
-    <mergeCell ref="A2:M2"/>
-[...30 lines deleted...]
-    <mergeCell ref="C37:E37"/>
     <mergeCell ref="A53:M53"/>
     <mergeCell ref="A54:M54"/>
     <mergeCell ref="C33:E33"/>
     <mergeCell ref="C34:E34"/>
     <mergeCell ref="C49:E49"/>
     <mergeCell ref="K49:M49"/>
     <mergeCell ref="K50:M50"/>
     <mergeCell ref="K44:M44"/>
     <mergeCell ref="C46:E46"/>
     <mergeCell ref="C35:E35"/>
     <mergeCell ref="C36:E36"/>
     <mergeCell ref="C50:E50"/>
     <mergeCell ref="C52:M52"/>
     <mergeCell ref="K46:M46"/>
     <mergeCell ref="C47:E47"/>
     <mergeCell ref="K47:M47"/>
+    <mergeCell ref="C45:E45"/>
+    <mergeCell ref="K45:M45"/>
+    <mergeCell ref="C48:E48"/>
+    <mergeCell ref="K48:M48"/>
+    <mergeCell ref="C27:E27"/>
+    <mergeCell ref="C28:E28"/>
+    <mergeCell ref="C29:E29"/>
+    <mergeCell ref="C30:E30"/>
+    <mergeCell ref="C31:E31"/>
+    <mergeCell ref="C32:E32"/>
+    <mergeCell ref="A39:L39"/>
+    <mergeCell ref="C44:E44"/>
+    <mergeCell ref="C37:E37"/>
+    <mergeCell ref="C23:E23"/>
+    <mergeCell ref="C24:E24"/>
+    <mergeCell ref="C25:E25"/>
+    <mergeCell ref="C26:E26"/>
+    <mergeCell ref="C19:E19"/>
+    <mergeCell ref="C20:E20"/>
+    <mergeCell ref="C21:E21"/>
+    <mergeCell ref="C22:E22"/>
+    <mergeCell ref="C15:E15"/>
+    <mergeCell ref="C16:E16"/>
+    <mergeCell ref="C17:E17"/>
+    <mergeCell ref="C18:E18"/>
+    <mergeCell ref="D11:M11"/>
+    <mergeCell ref="C14:E14"/>
+    <mergeCell ref="A2:M2"/>
+    <mergeCell ref="A3:M3"/>
+    <mergeCell ref="C5:F5"/>
+    <mergeCell ref="K5:M5"/>
+    <mergeCell ref="A5:B5"/>
   </mergeCells>
   <phoneticPr fontId="17" type="noConversion"/>
   <pageMargins left="0.75" right="0.25" top="0.5" bottom="0.5" header="0" footer="0"/>
   <pageSetup scale="87" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0800-000000000000}">
   <dimension ref="A1:O49"/>
   <sheetViews>
     <sheetView showZeros="0" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.140625" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <sheetFormatPr defaultColWidth="9.1328125" defaultRowHeight="12.75" x14ac:dyDescent="0.35"/>
   <cols>
-    <col min="1" max="1" width="10.140625" style="38" customWidth="1"/>
-[...14 lines deleted...]
-    <col min="16" max="16384" width="9.140625" style="38"/>
+    <col min="1" max="1" width="10.1328125" style="24" customWidth="1"/>
+    <col min="2" max="2" width="1" style="24" customWidth="1"/>
+    <col min="3" max="3" width="6.265625" style="24" customWidth="1"/>
+    <col min="4" max="4" width="7.86328125" style="24" customWidth="1"/>
+    <col min="5" max="5" width="8.73046875" style="24" customWidth="1"/>
+    <col min="6" max="6" width="10" style="24" customWidth="1"/>
+    <col min="7" max="7" width="2.3984375" style="24" customWidth="1"/>
+    <col min="8" max="8" width="7.265625" style="24" customWidth="1"/>
+    <col min="9" max="9" width="11.3984375" style="24" customWidth="1"/>
+    <col min="10" max="10" width="4.265625" style="24" customWidth="1"/>
+    <col min="11" max="11" width="6.1328125" style="24" customWidth="1"/>
+    <col min="12" max="12" width="3.1328125" style="24" customWidth="1"/>
+    <col min="13" max="13" width="9.3984375" style="24" customWidth="1"/>
+    <col min="14" max="14" width="2" style="24" customWidth="1"/>
+    <col min="15" max="15" width="11.86328125" style="24" customWidth="1"/>
+    <col min="16" max="16384" width="9.1328125" style="24"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:15" x14ac:dyDescent="0.2">
-      <c r="A1" s="36">
+    <row r="1" spans="1:15" x14ac:dyDescent="0.35">
+      <c r="A1" s="8">
         <v>2020</v>
       </c>
-      <c r="B1" s="52"/>
-[...15 lines deleted...]
-      <c r="A2" s="311" t="s">
+      <c r="B1" s="23"/>
+    </row>
+    <row r="2" spans="1:15" x14ac:dyDescent="0.35">
+      <c r="A2" s="177" t="s">
         <v>0</v>
       </c>
-      <c r="B2" s="311"/>
-[...15 lines deleted...]
-      <c r="A3" s="280" t="s">
+      <c r="B2" s="177"/>
+      <c r="C2" s="177"/>
+      <c r="D2" s="177"/>
+      <c r="E2" s="177"/>
+      <c r="F2" s="177"/>
+      <c r="G2" s="177"/>
+      <c r="H2" s="177"/>
+      <c r="I2" s="177"/>
+      <c r="J2" s="177"/>
+      <c r="K2" s="177"/>
+      <c r="L2" s="177"/>
+      <c r="M2" s="177"/>
+      <c r="N2" s="177"/>
+      <c r="O2" s="177"/>
+    </row>
+    <row r="3" spans="1:15" s="1" customFormat="1" ht="17.649999999999999" x14ac:dyDescent="0.5">
+      <c r="A3" s="162" t="s">
         <v>79</v>
       </c>
-      <c r="B3" s="280"/>
-[...32 lines deleted...]
-      <c r="A5" s="38" t="s">
+      <c r="B3" s="162"/>
+      <c r="C3" s="162"/>
+      <c r="D3" s="162"/>
+      <c r="E3" s="162"/>
+      <c r="F3" s="162"/>
+      <c r="G3" s="162"/>
+      <c r="H3" s="162"/>
+      <c r="I3" s="162"/>
+      <c r="J3" s="162"/>
+      <c r="K3" s="162"/>
+      <c r="L3" s="162"/>
+      <c r="M3" s="162"/>
+      <c r="N3" s="162"/>
+      <c r="O3" s="162"/>
+    </row>
+    <row r="4" spans="1:15" ht="17.25" x14ac:dyDescent="0.45">
+      <c r="A4" s="1"/>
+      <c r="B4" s="1"/>
+    </row>
+    <row r="5" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A5" s="24" t="s">
         <v>2</v>
       </c>
-      <c r="C5" s="270">
+      <c r="C5" s="153">
         <f>(Title!$C$3)</f>
         <v>0</v>
       </c>
-      <c r="D5" s="269"/>
-[...3 lines deleted...]
-      <c r="H5" s="313" t="s">
+      <c r="D5" s="152"/>
+      <c r="E5" s="152"/>
+      <c r="F5" s="152"/>
+      <c r="G5" s="23"/>
+      <c r="H5" s="179" t="s">
         <v>134</v>
       </c>
-      <c r="I5" s="313"/>
-      <c r="J5" s="281">
+      <c r="I5" s="179"/>
+      <c r="J5" s="163">
         <f>(Title!$C$5)</f>
         <v>0</v>
       </c>
-      <c r="K5" s="309"/>
-[...9 lines deleted...]
-      <c r="A7" s="141" t="s">
+      <c r="K5" s="169"/>
+      <c r="L5" s="169"/>
+      <c r="M5" s="169"/>
+      <c r="N5" s="169"/>
+      <c r="O5" s="169"/>
+    </row>
+    <row r="7" spans="1:15" ht="13.15" x14ac:dyDescent="0.4">
+      <c r="A7" s="76" t="s">
         <v>213</v>
       </c>
-      <c r="B7" s="51"/>
-[...18 lines deleted...]
-      <c r="A9" s="76" t="s">
+    </row>
+    <row r="9" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A9" s="6" t="s">
         <v>10</v>
       </c>
-      <c r="B9" s="76"/>
-[...3 lines deleted...]
-      <c r="K9" s="28" t="s">
+      <c r="B9" s="6"/>
+      <c r="J9" s="23"/>
+      <c r="K9" s="19" t="s">
         <v>45</v>
       </c>
-      <c r="L9" s="28"/>
-      <c r="M9" s="76" t="s">
+      <c r="L9" s="19"/>
+      <c r="M9" s="6" t="s">
         <v>14</v>
       </c>
-      <c r="N9" s="76"/>
-      <c r="O9" s="76" t="s">
+      <c r="N9" s="6"/>
+      <c r="O9" s="6" t="s">
         <v>14</v>
       </c>
     </row>
-    <row r="10" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-      <c r="A10" s="9" t="s">
+    <row r="10" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A10" s="3" t="s">
         <v>12</v>
       </c>
-      <c r="B10" s="9"/>
-      <c r="C10" s="319" t="s">
+      <c r="B10" s="3"/>
+      <c r="C10" s="156" t="s">
         <v>80</v>
       </c>
-      <c r="D10" s="319"/>
-[...3 lines deleted...]
-      <c r="H10" s="319" t="s">
+      <c r="D10" s="156"/>
+      <c r="H10" s="156" t="s">
         <v>5</v>
       </c>
-      <c r="I10" s="319"/>
-[...3 lines deleted...]
-      <c r="M10" s="9" t="s">
+      <c r="I10" s="156"/>
+      <c r="M10" s="3" t="s">
         <v>174</v>
       </c>
-      <c r="N10" s="9"/>
-      <c r="O10" s="9" t="s">
+      <c r="N10" s="3"/>
+      <c r="O10" s="3" t="s">
         <v>151</v>
       </c>
     </row>
-    <row r="11" spans="1:15" ht="6.75" customHeight="1" x14ac:dyDescent="0.2">
-[...19 lines deleted...]
-      <c r="C12" s="51" t="s">
+    <row r="11" spans="1:15" ht="6.75" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A11" s="3"/>
+      <c r="B11" s="3"/>
+      <c r="M11" s="3"/>
+      <c r="N11" s="3"/>
+      <c r="O11" s="3"/>
+    </row>
+    <row r="12" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A12" s="51"/>
+      <c r="B12" s="18"/>
+      <c r="C12" s="24" t="s">
         <v>81</v>
       </c>
-      <c r="D12" s="51"/>
-[...3 lines deleted...]
-      <c r="H12" s="47" t="s">
+      <c r="E12" s="23"/>
+      <c r="H12" s="23" t="s">
         <v>82</v>
       </c>
-      <c r="I12" s="47"/>
-[...1 lines deleted...]
-      <c r="K12" s="52" t="s">
+      <c r="I12" s="23"/>
+      <c r="K12" s="23" t="s">
         <v>47</v>
       </c>
-      <c r="L12" s="37"/>
-[...14 lines deleted...]
-      <c r="H13" s="47" t="s">
+      <c r="L12" s="23"/>
+      <c r="M12" s="29"/>
+      <c r="N12" s="18"/>
+      <c r="O12" s="29"/>
+    </row>
+    <row r="13" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A13" s="51"/>
+      <c r="B13" s="18"/>
+      <c r="C13" s="24" t="s">
+        <v>306</v>
+      </c>
+      <c r="E13" s="23"/>
+      <c r="H13" s="23" t="s">
         <v>24</v>
       </c>
-      <c r="I13" s="47"/>
-[...1 lines deleted...]
-      <c r="K13" s="52" t="s">
+      <c r="I13" s="23"/>
+      <c r="K13" s="23" t="s">
         <v>49</v>
       </c>
-      <c r="L13" s="37"/>
-[...7 lines deleted...]
-      <c r="C14" s="51" t="s">
+      <c r="L13" s="23"/>
+      <c r="M13" s="29"/>
+      <c r="N13" s="18"/>
+      <c r="O13" s="29"/>
+    </row>
+    <row r="14" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A14" s="51"/>
+      <c r="B14" s="18"/>
+      <c r="C14" s="24" t="s">
         <v>83</v>
       </c>
-      <c r="D14" s="51"/>
-[...3 lines deleted...]
-      <c r="H14" s="51" t="s">
+      <c r="H14" s="24" t="s">
         <v>55</v>
       </c>
-      <c r="I14" s="51"/>
-[...1 lines deleted...]
-      <c r="K14" s="52" t="s">
+      <c r="K14" s="23" t="s">
         <v>49</v>
       </c>
-      <c r="L14" s="37"/>
-[...7 lines deleted...]
-      <c r="C15" s="38" t="s">
+      <c r="L14" s="23"/>
+      <c r="M14" s="38"/>
+      <c r="N14" s="18"/>
+      <c r="O14" s="54"/>
+    </row>
+    <row r="15" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A15" s="51"/>
+      <c r="B15" s="18"/>
+      <c r="C15" s="24" t="s">
         <v>214</v>
       </c>
-      <c r="E15" s="47"/>
-[...7 lines deleted...]
-      <c r="K15" s="52" t="s">
+      <c r="E15" s="23"/>
+      <c r="H15" s="23" t="s">
+        <v>305</v>
+      </c>
+      <c r="I15" s="23"/>
+      <c r="K15" s="23" t="s">
         <v>47</v>
       </c>
-      <c r="L15" s="37"/>
-[...7 lines deleted...]
-      <c r="C16" s="51" t="s">
+      <c r="L15" s="23"/>
+      <c r="M15" s="31"/>
+      <c r="N15" s="18"/>
+      <c r="O15" s="29"/>
+    </row>
+    <row r="16" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A16" s="51"/>
+      <c r="B16" s="18"/>
+      <c r="C16" s="24" t="s">
+        <v>264</v>
+      </c>
+      <c r="D16" s="51"/>
+      <c r="E16" s="24" t="s">
         <v>265</v>
       </c>
-      <c r="D16" s="114"/>
-      <c r="E16" s="51" t="s">
+      <c r="H16" s="24" t="s">
+        <v>55</v>
+      </c>
+      <c r="K16" s="23" t="s">
+        <v>47</v>
+      </c>
+      <c r="L16" s="23"/>
+      <c r="M16" s="31"/>
+      <c r="N16" s="18"/>
+      <c r="O16" s="27"/>
+    </row>
+    <row r="17" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A17" s="51"/>
+      <c r="B17" s="18"/>
+      <c r="C17" s="24" t="s">
+        <v>264</v>
+      </c>
+      <c r="D17" s="51"/>
+      <c r="E17" s="24" t="s">
+        <v>265</v>
+      </c>
+      <c r="H17" s="24" t="s">
+        <v>55</v>
+      </c>
+      <c r="I17" s="23"/>
+      <c r="K17" s="23" t="s">
+        <v>47</v>
+      </c>
+      <c r="L17" s="23"/>
+      <c r="M17" s="31"/>
+      <c r="N17" s="18"/>
+      <c r="O17" s="29"/>
+    </row>
+    <row r="18" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A18" s="51"/>
+      <c r="B18" s="18"/>
+      <c r="C18" s="24" t="s">
+        <v>264</v>
+      </c>
+      <c r="D18" s="51"/>
+      <c r="E18" s="24" t="s">
         <v>266</v>
       </c>
-      <c r="F16" s="51"/>
-[...1 lines deleted...]
-      <c r="H16" s="51" t="s">
+      <c r="H18" s="24" t="s">
         <v>55</v>
       </c>
-      <c r="I16" s="51"/>
-[...1 lines deleted...]
-      <c r="K16" s="52" t="s">
+      <c r="K18" s="23" t="s">
         <v>47</v>
       </c>
-      <c r="L16" s="37"/>
-[...11 lines deleted...]
-      <c r="E17" s="51" t="s">
+      <c r="L18" s="23"/>
+      <c r="M18" s="31"/>
+      <c r="N18" s="18"/>
+      <c r="O18" s="27"/>
+    </row>
+    <row r="19" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A19" s="51"/>
+      <c r="B19" s="18"/>
+      <c r="C19" s="24" t="s">
+        <v>264</v>
+      </c>
+      <c r="D19" s="51"/>
+      <c r="E19" s="24" t="s">
         <v>266</v>
       </c>
-      <c r="F17" s="51"/>
-[...1 lines deleted...]
-      <c r="H17" s="51" t="s">
+      <c r="H19" s="24" t="s">
         <v>55</v>
       </c>
-      <c r="I17" s="47"/>
-[...1 lines deleted...]
-      <c r="K17" s="52" t="s">
+      <c r="I19" s="23"/>
+      <c r="K19" s="23" t="s">
         <v>47</v>
       </c>
-      <c r="L17" s="37"/>
-[...11 lines deleted...]
-      <c r="E18" s="51" t="s">
+      <c r="L19" s="23"/>
+      <c r="M19" s="31"/>
+      <c r="N19" s="18"/>
+      <c r="O19" s="29"/>
+    </row>
+    <row r="20" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A20" s="51"/>
+      <c r="B20" s="18"/>
+      <c r="C20" s="24" t="s">
+        <v>264</v>
+      </c>
+      <c r="D20" s="51"/>
+      <c r="E20" s="24" t="s">
         <v>267</v>
       </c>
-      <c r="F18" s="51"/>
-[...1 lines deleted...]
-      <c r="H18" s="51" t="s">
+      <c r="H20" s="24" t="s">
         <v>55</v>
       </c>
-      <c r="I18" s="51"/>
-[...1 lines deleted...]
-      <c r="K18" s="52" t="s">
+      <c r="K20" s="23" t="s">
         <v>47</v>
       </c>
-      <c r="L18" s="37"/>
-[...11 lines deleted...]
-      <c r="E19" s="51" t="s">
+      <c r="L20" s="23"/>
+      <c r="M20" s="31"/>
+      <c r="N20" s="18"/>
+      <c r="O20" s="27"/>
+    </row>
+    <row r="21" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A21" s="51"/>
+      <c r="B21" s="18"/>
+      <c r="C21" s="24" t="s">
+        <v>264</v>
+      </c>
+      <c r="D21" s="51"/>
+      <c r="E21" s="24" t="s">
         <v>267</v>
       </c>
-      <c r="F19" s="51"/>
-[...1 lines deleted...]
-      <c r="H19" s="51" t="s">
+      <c r="H21" s="24" t="s">
         <v>55</v>
       </c>
-      <c r="I19" s="47"/>
-[...1 lines deleted...]
-      <c r="K19" s="52" t="s">
+      <c r="I21" s="23"/>
+      <c r="K21" s="23" t="s">
         <v>47</v>
       </c>
-      <c r="L19" s="37"/>
-[...11 lines deleted...]
-      <c r="E20" s="51" t="s">
+      <c r="L21" s="23"/>
+      <c r="M21" s="31"/>
+      <c r="N21" s="18"/>
+      <c r="O21" s="29"/>
+    </row>
+    <row r="22" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A22" s="51"/>
+      <c r="B22" s="18"/>
+      <c r="C22" s="24" t="s">
+        <v>264</v>
+      </c>
+      <c r="D22" s="51"/>
+      <c r="E22" s="24" t="s">
         <v>268</v>
       </c>
-      <c r="F20" s="51"/>
-[...1 lines deleted...]
-      <c r="H20" s="51" t="s">
+      <c r="H22" s="24" t="s">
         <v>55</v>
       </c>
-      <c r="I20" s="51"/>
-[...1 lines deleted...]
-      <c r="K20" s="52" t="s">
+      <c r="K22" s="23" t="s">
         <v>47</v>
       </c>
-      <c r="L20" s="37"/>
-[...11 lines deleted...]
-      <c r="E21" s="51" t="s">
+      <c r="L22" s="23"/>
+      <c r="M22" s="31"/>
+      <c r="N22" s="18"/>
+      <c r="O22" s="27"/>
+    </row>
+    <row r="23" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A23" s="51"/>
+      <c r="B23" s="18"/>
+      <c r="C23" s="24" t="s">
+        <v>264</v>
+      </c>
+      <c r="D23" s="51"/>
+      <c r="E23" s="24" t="s">
         <v>268</v>
       </c>
-      <c r="F21" s="51"/>
-[...1 lines deleted...]
-      <c r="H21" s="51" t="s">
+      <c r="H23" s="24" t="s">
         <v>55</v>
       </c>
-      <c r="I21" s="47"/>
-[...1 lines deleted...]
-      <c r="K21" s="52" t="s">
+      <c r="I23" s="23"/>
+      <c r="K23" s="23" t="s">
         <v>47</v>
       </c>
-      <c r="L21" s="37"/>
-[...16 lines deleted...]
-      <c r="H22" s="51" t="s">
+      <c r="L23" s="23"/>
+      <c r="M23" s="31"/>
+      <c r="N23" s="18"/>
+      <c r="O23" s="29"/>
+    </row>
+    <row r="24" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A24" s="51"/>
+      <c r="B24" s="18"/>
+      <c r="C24" s="23" t="s">
+        <v>84</v>
+      </c>
+      <c r="D24" s="23"/>
+      <c r="E24" s="23"/>
+      <c r="H24" s="24" t="s">
         <v>55</v>
       </c>
-      <c r="I22" s="51"/>
-[...1 lines deleted...]
-      <c r="K22" s="52" t="s">
+      <c r="I24" s="23"/>
+      <c r="K24" s="23" t="s">
         <v>47</v>
       </c>
-      <c r="L22" s="37"/>
-[...16 lines deleted...]
-      <c r="H23" s="51" t="s">
+      <c r="L24" s="23"/>
+      <c r="M24" s="31"/>
+      <c r="N24" s="18"/>
+      <c r="O24" s="29"/>
+    </row>
+    <row r="25" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A25" s="51"/>
+      <c r="B25" s="18"/>
+      <c r="C25" s="23" t="s">
+        <v>85</v>
+      </c>
+      <c r="D25" s="23"/>
+      <c r="E25" s="23"/>
+      <c r="H25" s="24" t="s">
         <v>55</v>
       </c>
-      <c r="I23" s="47"/>
-[...1 lines deleted...]
-      <c r="K23" s="52" t="s">
+      <c r="I25" s="23"/>
+      <c r="K25" s="23" t="s">
         <v>47</v>
       </c>
-      <c r="L23" s="37"/>
-[...68 lines deleted...]
-      <c r="A27" s="76" t="s">
+      <c r="L25" s="23"/>
+      <c r="M25" s="31"/>
+      <c r="N25" s="18"/>
+      <c r="O25" s="29"/>
+    </row>
+    <row r="26" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="C26" s="23"/>
+      <c r="D26" s="23"/>
+      <c r="E26" s="23"/>
+      <c r="I26" s="23"/>
+      <c r="K26" s="23"/>
+      <c r="L26" s="23"/>
+      <c r="M26" s="18"/>
+      <c r="N26" s="18"/>
+      <c r="O26" s="18"/>
+    </row>
+    <row r="27" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A27" s="6" t="s">
         <v>10</v>
       </c>
-      <c r="B27" s="76"/>
-[...15 lines deleted...]
-      <c r="A28" s="9" t="s">
+      <c r="B27" s="6"/>
+      <c r="C27" s="23"/>
+      <c r="D27" s="23"/>
+      <c r="E27" s="23"/>
+      <c r="H27" s="23"/>
+      <c r="I27" s="23"/>
+      <c r="K27" s="23"/>
+      <c r="L27" s="23"/>
+      <c r="M27" s="18"/>
+      <c r="N27" s="18"/>
+      <c r="O27" s="18"/>
+    </row>
+    <row r="28" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A28" s="3" t="s">
         <v>12</v>
       </c>
-      <c r="B28" s="9"/>
-      <c r="C28" s="319" t="s">
+      <c r="B28" s="3"/>
+      <c r="C28" s="156" t="s">
         <v>80</v>
       </c>
-      <c r="D28" s="319"/>
-[...3 lines deleted...]
-      <c r="H28" s="319" t="s">
+      <c r="D28" s="156"/>
+      <c r="E28" s="156"/>
+      <c r="F28" s="156"/>
+      <c r="H28" s="156" t="s">
         <v>5</v>
       </c>
-      <c r="I28" s="319"/>
-      <c r="K28" s="272" t="s">
+      <c r="I28" s="156"/>
+      <c r="K28" s="156" t="s">
         <v>216</v>
       </c>
-      <c r="L28" s="272"/>
-[...13 lines deleted...]
-      <c r="I29" s="9"/>
+      <c r="L28" s="156"/>
+      <c r="M28" s="156"/>
+      <c r="N28" s="156"/>
+      <c r="O28" s="156"/>
+    </row>
+    <row r="29" spans="1:15" ht="7.5" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="C29" s="3"/>
+      <c r="D29" s="3"/>
+      <c r="E29" s="23"/>
+      <c r="H29" s="3"/>
+      <c r="I29" s="3"/>
       <c r="K29" s="3"/>
       <c r="L29" s="3"/>
       <c r="M29" s="3"/>
       <c r="N29" s="3"/>
       <c r="O29" s="3"/>
     </row>
-    <row r="30" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.2">
-[...2 lines deleted...]
-      <c r="C30" s="51" t="s">
+    <row r="30" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A30" s="51"/>
+      <c r="B30" s="18"/>
+      <c r="C30" s="24" t="s">
         <v>86</v>
       </c>
-      <c r="D30" s="89"/>
-[...3 lines deleted...]
-      <c r="H30" s="324" t="s">
+      <c r="D30" s="28"/>
+      <c r="E30" s="23"/>
+      <c r="H30" s="171" t="s">
         <v>62</v>
       </c>
-      <c r="I30" s="324"/>
-[...10 lines deleted...]
-      <c r="C31" s="51" t="s">
+      <c r="I30" s="171"/>
+      <c r="J30" s="23"/>
+      <c r="K30" s="189"/>
+      <c r="L30" s="189"/>
+      <c r="M30" s="189"/>
+      <c r="N30" s="189"/>
+      <c r="O30" s="189"/>
+    </row>
+    <row r="31" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A31" s="51"/>
+      <c r="B31" s="18"/>
+      <c r="C31" s="24" t="s">
         <v>87</v>
       </c>
-      <c r="D31" s="89"/>
-[...3 lines deleted...]
-      <c r="H31" s="324" t="s">
+      <c r="D31" s="28"/>
+      <c r="E31" s="23"/>
+      <c r="H31" s="171" t="s">
         <v>62</v>
       </c>
-      <c r="I31" s="324"/>
-[...10 lines deleted...]
-      <c r="C32" s="51" t="s">
+      <c r="I31" s="171"/>
+      <c r="J31" s="23"/>
+      <c r="K31" s="188"/>
+      <c r="L31" s="188"/>
+      <c r="M31" s="188"/>
+      <c r="N31" s="188"/>
+      <c r="O31" s="188"/>
+    </row>
+    <row r="32" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A32" s="41"/>
+      <c r="B32" s="18"/>
+      <c r="C32" s="24" t="s">
         <v>215</v>
       </c>
-      <c r="D32" s="89"/>
-[...3 lines deleted...]
-      <c r="H32" s="324" t="s">
+      <c r="D32" s="28"/>
+      <c r="H32" s="171" t="s">
         <v>24</v>
       </c>
-      <c r="I32" s="324"/>
-[...10 lines deleted...]
-      <c r="C33" s="51" t="s">
+      <c r="I32" s="171"/>
+      <c r="K32" s="188"/>
+      <c r="L32" s="188"/>
+      <c r="M32" s="188"/>
+      <c r="N32" s="188"/>
+      <c r="O32" s="188"/>
+    </row>
+    <row r="33" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A33" s="41"/>
+      <c r="B33" s="18"/>
+      <c r="C33" s="24" t="s">
         <v>217</v>
       </c>
-      <c r="D33" s="89"/>
-[...3 lines deleted...]
-      <c r="H33" s="324" t="s">
+      <c r="D33" s="28"/>
+      <c r="H33" s="171" t="s">
         <v>24</v>
       </c>
-      <c r="I33" s="324"/>
-[...25 lines deleted...]
-      <c r="A35" s="325" t="s">
+      <c r="I33" s="171"/>
+      <c r="K33" s="188"/>
+      <c r="L33" s="188"/>
+      <c r="M33" s="188"/>
+      <c r="N33" s="188"/>
+      <c r="O33" s="188"/>
+    </row>
+    <row r="34" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="D34" s="28"/>
+      <c r="H34" s="23"/>
+      <c r="I34" s="23"/>
+      <c r="K34" s="26"/>
+      <c r="L34" s="26"/>
+      <c r="M34" s="26"/>
+      <c r="N34" s="26"/>
+      <c r="O34" s="26"/>
+    </row>
+    <row r="35" spans="1:15" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A35" s="190" t="s">
         <v>88</v>
       </c>
-      <c r="B35" s="325"/>
-[...15 lines deleted...]
-      <c r="A36" s="76" t="s">
+      <c r="B35" s="190"/>
+      <c r="C35" s="190"/>
+      <c r="D35" s="190"/>
+      <c r="E35" s="190"/>
+      <c r="F35" s="190"/>
+      <c r="G35" s="190"/>
+      <c r="H35" s="190"/>
+      <c r="I35" s="190"/>
+      <c r="J35" s="190"/>
+      <c r="K35" s="190"/>
+      <c r="L35" s="190"/>
+      <c r="M35" s="190"/>
+      <c r="N35" s="190"/>
+      <c r="O35" s="190"/>
+    </row>
+    <row r="36" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A36" s="6" t="s">
         <v>10</v>
       </c>
-      <c r="B36" s="76"/>
-[...15 lines deleted...]
-      <c r="A37" s="9" t="s">
+      <c r="B36" s="6"/>
+      <c r="D36" s="28"/>
+      <c r="H36" s="23"/>
+      <c r="I36" s="23"/>
+      <c r="K36" s="18"/>
+      <c r="L36" s="18"/>
+      <c r="M36" s="18"/>
+      <c r="N36" s="18"/>
+      <c r="O36" s="18"/>
+    </row>
+    <row r="37" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.4">
+      <c r="A37" s="3" t="s">
         <v>12</v>
       </c>
-      <c r="B37" s="9"/>
-      <c r="C37" s="319" t="s">
+      <c r="B37" s="3"/>
+      <c r="C37" s="156" t="s">
         <v>80</v>
       </c>
-      <c r="D37" s="319"/>
-[...3 lines deleted...]
-      <c r="H37" s="319" t="s">
+      <c r="D37" s="156"/>
+      <c r="E37" s="156"/>
+      <c r="F37" s="156"/>
+      <c r="H37" s="156" t="s">
         <v>5</v>
       </c>
-      <c r="I37" s="319"/>
-[...1 lines deleted...]
-      <c r="K37" s="42" t="s">
+      <c r="I37" s="156"/>
+      <c r="K37" s="3" t="s">
         <v>45</v>
       </c>
-      <c r="L37" s="27"/>
-      <c r="M37" s="42" t="s">
+      <c r="L37" s="18"/>
+      <c r="M37" s="3" t="s">
         <v>20</v>
       </c>
-      <c r="N37" s="27"/>
-      <c r="O37" s="42" t="s">
+      <c r="N37" s="18"/>
+      <c r="O37" s="3" t="s">
         <v>151</v>
       </c>
     </row>
-    <row r="38" spans="1:15" ht="9" customHeight="1" x14ac:dyDescent="0.2">
-[...152 lines deleted...]
-      <c r="A47" s="38" t="s">
+    <row r="38" spans="1:15" ht="9" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="D38" s="28"/>
+      <c r="H38" s="23"/>
+      <c r="I38" s="23"/>
+      <c r="K38" s="18"/>
+      <c r="L38" s="18"/>
+      <c r="M38" s="18"/>
+      <c r="N38" s="18"/>
+      <c r="O38" s="18"/>
+    </row>
+    <row r="39" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A39" s="51"/>
+      <c r="B39" s="18"/>
+      <c r="C39" s="189"/>
+      <c r="D39" s="189"/>
+      <c r="E39" s="189"/>
+      <c r="F39" s="189"/>
+      <c r="H39" s="189"/>
+      <c r="I39" s="189"/>
+      <c r="K39" s="33"/>
+      <c r="L39" s="18"/>
+      <c r="M39" s="55"/>
+      <c r="N39" s="18"/>
+      <c r="O39" s="55"/>
+    </row>
+    <row r="40" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A40" s="51"/>
+      <c r="B40" s="18"/>
+      <c r="C40" s="188"/>
+      <c r="D40" s="188"/>
+      <c r="E40" s="188"/>
+      <c r="F40" s="188"/>
+      <c r="H40" s="189"/>
+      <c r="I40" s="189"/>
+      <c r="K40" s="39"/>
+      <c r="L40" s="18"/>
+      <c r="M40" s="56"/>
+      <c r="N40" s="18"/>
+      <c r="O40" s="56"/>
+    </row>
+    <row r="41" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A41" s="51"/>
+      <c r="B41" s="18"/>
+      <c r="C41" s="189"/>
+      <c r="D41" s="189"/>
+      <c r="E41" s="189"/>
+      <c r="F41" s="189"/>
+      <c r="H41" s="189"/>
+      <c r="I41" s="189"/>
+      <c r="K41" s="39"/>
+      <c r="L41" s="18"/>
+      <c r="M41" s="56"/>
+      <c r="N41" s="18"/>
+      <c r="O41" s="56"/>
+    </row>
+    <row r="42" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A42" s="51"/>
+      <c r="B42" s="18"/>
+      <c r="C42" s="189"/>
+      <c r="D42" s="189"/>
+      <c r="E42" s="189"/>
+      <c r="F42" s="189"/>
+      <c r="H42" s="188"/>
+      <c r="I42" s="188"/>
+      <c r="K42" s="39"/>
+      <c r="L42" s="18"/>
+      <c r="M42" s="56"/>
+      <c r="N42" s="18"/>
+      <c r="O42" s="56"/>
+    </row>
+    <row r="43" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A43" s="51"/>
+      <c r="B43" s="18"/>
+      <c r="C43" s="188"/>
+      <c r="D43" s="188"/>
+      <c r="E43" s="188"/>
+      <c r="F43" s="188"/>
+      <c r="H43" s="188"/>
+      <c r="I43" s="188"/>
+      <c r="K43" s="39"/>
+      <c r="L43" s="18"/>
+      <c r="M43" s="56"/>
+      <c r="N43" s="18"/>
+      <c r="O43" s="56"/>
+    </row>
+    <row r="44" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A44" s="51"/>
+      <c r="B44" s="18"/>
+      <c r="C44" s="189"/>
+      <c r="D44" s="189"/>
+      <c r="E44" s="189"/>
+      <c r="F44" s="189"/>
+      <c r="H44" s="189"/>
+      <c r="I44" s="189"/>
+      <c r="K44" s="39"/>
+      <c r="L44" s="18"/>
+      <c r="M44" s="56"/>
+      <c r="N44" s="18"/>
+      <c r="O44" s="56"/>
+    </row>
+    <row r="45" spans="1:15" x14ac:dyDescent="0.35">
+      <c r="D45" s="28"/>
+      <c r="H45" s="23"/>
+      <c r="I45" s="23"/>
+      <c r="K45" s="35"/>
+      <c r="L45" s="18"/>
+      <c r="M45" s="35"/>
+      <c r="N45" s="18"/>
+      <c r="O45" s="35"/>
+    </row>
+    <row r="46" spans="1:15" x14ac:dyDescent="0.35">
+      <c r="D46" s="28"/>
+      <c r="H46" s="23"/>
+      <c r="I46" s="23"/>
+      <c r="K46" s="18"/>
+      <c r="L46" s="18"/>
+      <c r="M46" s="18"/>
+      <c r="N46" s="18"/>
+      <c r="O46" s="18"/>
+    </row>
+    <row r="47" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A47" s="24" t="s">
         <v>16</v>
       </c>
-      <c r="B47" s="51"/>
-[...46 lines deleted...]
-      <c r="O49" s="309"/>
+      <c r="C47" s="169"/>
+      <c r="D47" s="169"/>
+      <c r="E47" s="169"/>
+      <c r="F47" s="169"/>
+      <c r="G47" s="169"/>
+      <c r="H47" s="169"/>
+      <c r="I47" s="169"/>
+      <c r="J47" s="169"/>
+      <c r="K47" s="169"/>
+      <c r="L47" s="169"/>
+      <c r="M47" s="169"/>
+      <c r="N47" s="169"/>
+      <c r="O47" s="169"/>
+    </row>
+    <row r="48" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A48" s="169"/>
+      <c r="B48" s="169"/>
+      <c r="C48" s="169"/>
+      <c r="D48" s="169"/>
+      <c r="E48" s="169"/>
+      <c r="F48" s="169"/>
+      <c r="G48" s="169"/>
+      <c r="H48" s="169"/>
+      <c r="I48" s="169"/>
+      <c r="J48" s="169"/>
+      <c r="K48" s="169"/>
+      <c r="L48" s="169"/>
+      <c r="M48" s="169"/>
+      <c r="N48" s="169"/>
+      <c r="O48" s="169"/>
+    </row>
+    <row r="49" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.35">
+      <c r="A49" s="169"/>
+      <c r="B49" s="169"/>
+      <c r="C49" s="169"/>
+      <c r="D49" s="169"/>
+      <c r="E49" s="169"/>
+      <c r="F49" s="169"/>
+      <c r="G49" s="169"/>
+      <c r="H49" s="169"/>
+      <c r="I49" s="169"/>
+      <c r="J49" s="169"/>
+      <c r="K49" s="169"/>
+      <c r="L49" s="169"/>
+      <c r="M49" s="169"/>
+      <c r="N49" s="169"/>
+      <c r="O49" s="169"/>
     </row>
   </sheetData>
   <mergeCells count="36">
-    <mergeCell ref="A2:O2"/>
-[...3 lines deleted...]
-    <mergeCell ref="H5:I5"/>
+    <mergeCell ref="C40:F40"/>
+    <mergeCell ref="H40:I40"/>
+    <mergeCell ref="C39:F39"/>
+    <mergeCell ref="H39:I39"/>
+    <mergeCell ref="A49:O49"/>
+    <mergeCell ref="C43:F43"/>
+    <mergeCell ref="H43:I43"/>
+    <mergeCell ref="C44:F44"/>
+    <mergeCell ref="H44:I44"/>
+    <mergeCell ref="A48:O48"/>
+    <mergeCell ref="C41:F41"/>
+    <mergeCell ref="H41:I41"/>
+    <mergeCell ref="C47:O47"/>
+    <mergeCell ref="C42:F42"/>
+    <mergeCell ref="H42:I42"/>
     <mergeCell ref="H32:I32"/>
     <mergeCell ref="H37:I37"/>
     <mergeCell ref="K32:O32"/>
     <mergeCell ref="C10:D10"/>
     <mergeCell ref="H10:I10"/>
     <mergeCell ref="C28:F28"/>
     <mergeCell ref="H28:I28"/>
     <mergeCell ref="K28:O28"/>
     <mergeCell ref="H30:I30"/>
     <mergeCell ref="K30:O30"/>
     <mergeCell ref="H31:I31"/>
     <mergeCell ref="K31:O31"/>
     <mergeCell ref="H33:I33"/>
     <mergeCell ref="K33:O33"/>
     <mergeCell ref="A35:O35"/>
     <mergeCell ref="C37:F37"/>
-    <mergeCell ref="C40:F40"/>
-[...13 lines deleted...]
-    <mergeCell ref="H42:I42"/>
+    <mergeCell ref="A2:O2"/>
+    <mergeCell ref="A3:O3"/>
+    <mergeCell ref="C5:F5"/>
+    <mergeCell ref="J5:O5"/>
+    <mergeCell ref="H5:I5"/>
   </mergeCells>
   <phoneticPr fontId="17" type="noConversion"/>
   <pageMargins left="0.75" right="0.25" top="0.5" bottom="0.5" header="0" footer="0"/>
   <pageSetup scale="95" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>15</vt:i4>
+        <vt:i4>16</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="16" baseType="lpstr">
+    <vt:vector size="17" baseType="lpstr">
       <vt:lpstr>Title</vt:lpstr>
       <vt:lpstr>Excavation</vt:lpstr>
       <vt:lpstr>Prop Agg.</vt:lpstr>
       <vt:lpstr>Non Agg.</vt:lpstr>
       <vt:lpstr>Bridge Deck</vt:lpstr>
       <vt:lpstr>Structures 1</vt:lpstr>
       <vt:lpstr>Structures 2</vt:lpstr>
       <vt:lpstr>Pipe</vt:lpstr>
       <vt:lpstr>Guardrail</vt:lpstr>
       <vt:lpstr>HMA</vt:lpstr>
+      <vt:lpstr>Surface Treat</vt:lpstr>
       <vt:lpstr>PCC 1</vt:lpstr>
       <vt:lpstr>PCC 2</vt:lpstr>
       <vt:lpstr>Erosion &amp; traffic</vt:lpstr>
       <vt:lpstr>Misc.</vt:lpstr>
       <vt:lpstr>Lighting</vt:lpstr>
       <vt:lpstr>Excavation!Print_Area</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Iowa DOT</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>dsteenh</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
+
+<file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
+<Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="MSIP_Label_0faac733-ded1-41e0-8ea6-961193f81247_Enabled">
+    <vt:lpwstr>true</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="3" name="MSIP_Label_0faac733-ded1-41e0-8ea6-961193f81247_SetDate">
+    <vt:lpwstr>2025-12-19T13:16:14Z</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="4" name="MSIP_Label_0faac733-ded1-41e0-8ea6-961193f81247_Method">
+    <vt:lpwstr>Standard</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="5" name="MSIP_Label_0faac733-ded1-41e0-8ea6-961193f81247_Name">
+    <vt:lpwstr>defa4170-0d19-0005-0004-bc88714345d2</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="6" name="MSIP_Label_0faac733-ded1-41e0-8ea6-961193f81247_SiteId">
+    <vt:lpwstr>a1e65fcc-32fa-4fdd-8692-0cc2eb06676e</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="7" name="MSIP_Label_0faac733-ded1-41e0-8ea6-961193f81247_ActionId">
+    <vt:lpwstr>84215b4e-a4dc-48f8-a5e0-c133858fe472</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="8" name="MSIP_Label_0faac733-ded1-41e0-8ea6-961193f81247_ContentBits">
+    <vt:lpwstr>0</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="9" name="MSIP_Label_0faac733-ded1-41e0-8ea6-961193f81247_Tag">
+    <vt:lpwstr>10, 3, 0, 1</vt:lpwstr>
+  </property>
+</Properties>
+</file>