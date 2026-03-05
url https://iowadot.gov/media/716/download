--- v1 (2026-01-19)
+++ v2 (2026-03-05)
@@ -1,153 +1,147 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet11.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet12.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet13.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet14.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet15.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet16.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
-  <Override PartName="/xl/externalLinks/externalLink1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.externalLink+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29328"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="29426"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://iadot-my.sharepoint.com/personal/cedric_wilkinson_iowadot_us/Documents/e-construction/IM101/Dec. 2025/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="8" documentId="13_ncr:1_{065F02C2-C9F8-471C-8E98-E704187B7E4C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{070FF381-53F0-4821-B313-277E904FBBC4}"/>
+  <xr:revisionPtr revIDLastSave="36" documentId="13_ncr:1_{065F02C2-C9F8-471C-8E98-E704187B7E4C}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{BA7ACD0E-AAE1-4634-A718-E13048A5AD3F}"/>
   <bookViews>
     <workbookView xWindow="18495" yWindow="-16320" windowWidth="29040" windowHeight="15720" tabRatio="842" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Title" sheetId="24" r:id="rId1"/>
     <sheet name="Excavation" sheetId="26" r:id="rId2"/>
     <sheet name="Prop Agg." sheetId="1" r:id="rId3"/>
     <sheet name="Non Agg." sheetId="23" r:id="rId4"/>
     <sheet name="Bridge Deck" sheetId="2" r:id="rId5"/>
     <sheet name="Structures 1" sheetId="22" r:id="rId6"/>
     <sheet name="Structures 2" sheetId="20" r:id="rId7"/>
     <sheet name="Pipe" sheetId="19" r:id="rId8"/>
     <sheet name="Guardrail" sheetId="18" r:id="rId9"/>
     <sheet name="HMA" sheetId="17" r:id="rId10"/>
     <sheet name="Surface Treat" sheetId="28" r:id="rId11"/>
     <sheet name="PCC 1" sheetId="16" r:id="rId12"/>
     <sheet name="PCC 2" sheetId="15" r:id="rId13"/>
     <sheet name="Erosion &amp; traffic" sheetId="13" r:id="rId14"/>
     <sheet name="Misc." sheetId="27" r:id="rId15"/>
     <sheet name="Lighting" sheetId="25" r:id="rId16"/>
   </sheets>
-  <externalReferences>
-[...1 lines deleted...]
-  </externalReferences>
   <definedNames>
     <definedName name="Aggregate">#REF!</definedName>
     <definedName name="HMA">#REF!</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="1">Excavation!$A$1:$K$44</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="K5" i="28" l="1"/>
-  <c r="D5" i="28"/>
   <c r="L5" i="16" l="1"/>
   <c r="O7" i="27" l="1"/>
   <c r="C7" i="27"/>
   <c r="M5" i="15" l="1"/>
   <c r="D5" i="15"/>
   <c r="D5" i="16"/>
   <c r="C5" i="17"/>
   <c r="K5" i="22"/>
   <c r="I5" i="2"/>
   <c r="B5" i="2"/>
   <c r="D5" i="22"/>
   <c r="C5" i="25"/>
   <c r="H6" i="26"/>
   <c r="B6" i="26"/>
   <c r="I5" i="25"/>
   <c r="J5" i="18"/>
   <c r="O6" i="13"/>
   <c r="I5" i="17"/>
   <c r="K5" i="19"/>
   <c r="J5" i="20"/>
   <c r="I5" i="23"/>
   <c r="C6" i="13"/>
   <c r="C5" i="18"/>
   <c r="C5" i="19"/>
   <c r="C5" i="20"/>
   <c r="C5" i="23"/>
   <c r="I5" i="1"/>
   <c r="C5" i="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="847" uniqueCount="366">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="847" uniqueCount="365">
   <si>
     <t>Construction and Materials Review</t>
   </si>
   <si>
     <t>AGGREGATES</t>
   </si>
   <si>
     <t>Project No.:</t>
   </si>
   <si>
     <t>Contract No.:</t>
   </si>
   <si>
     <t>Refer to IM 204 for Acceptance of Materials</t>
   </si>
   <si>
     <t>Basis of Acceptance</t>
   </si>
   <si>
     <t>Type of Aggregate</t>
   </si>
   <si>
     <t>Source / T203 A-Number</t>
   </si>
   <si>
@@ -334,53 +328,50 @@
     <t>1 / 30 CY</t>
   </si>
   <si>
     <t>Slump test</t>
   </si>
   <si>
     <t xml:space="preserve">Cert. Test    </t>
   </si>
   <si>
     <t>1 / 1000 CY</t>
   </si>
   <si>
     <t>Reinforcing Steel</t>
   </si>
   <si>
     <t>IM 451</t>
   </si>
   <si>
     <t>Reinforcing Steel, epoxy</t>
   </si>
   <si>
     <t>IM 451.03B</t>
   </si>
   <si>
     <t>10% of project</t>
-  </si>
-[...1 lines deleted...]
-    <t>Department Info --- Materials  will firnish report(s)</t>
   </si>
   <si>
     <t>ALL PIPE IN THIS SECTION NEED CERTIFICATION FROM AN APPROVED SOURCE</t>
   </si>
   <si>
     <t>GUARDRAIL &amp; SAFETY ENHANCEMENT</t>
   </si>
   <si>
     <t>Item</t>
   </si>
   <si>
     <t>Posts for guardrail , wood</t>
   </si>
   <si>
     <t>Cert or Test Report</t>
   </si>
   <si>
     <t>Guardrail Cable</t>
   </si>
   <si>
     <t>Delineators posts</t>
   </si>
   <si>
     <t>Object Markers, Type 3</t>
   </si>
@@ -702,53 +693,50 @@
   <si>
     <t>Piling, wood</t>
   </si>
   <si>
     <t>Piling, steel H (53)</t>
   </si>
   <si>
     <t>Piling, steel H (42)</t>
   </si>
   <si>
     <t>Piling, concrete</t>
   </si>
   <si>
     <t>Reinforcing steel, uncoated</t>
   </si>
   <si>
     <t>Epoxy coated steel</t>
   </si>
   <si>
     <t>Steel diaphragms</t>
   </si>
   <si>
     <t>Floor drains</t>
   </si>
   <si>
-    <t>Steel masonary plates</t>
-[...1 lines deleted...]
-  <si>
     <t>Structural steel</t>
   </si>
   <si>
     <t>Approved Source/Heat No's/Mill Test Rpt</t>
   </si>
   <si>
     <t>Pile Points</t>
   </si>
   <si>
     <t>Approved Manufacturer or Supplier</t>
   </si>
   <si>
     <t>Paint, Bridge</t>
   </si>
   <si>
     <t>Type:</t>
   </si>
   <si>
     <t>Approved Brand, &amp; / or Batch #</t>
   </si>
   <si>
     <t>Int. agg. - CPI process control grad. QC</t>
   </si>
   <si>
     <t>Int. agg.- Verification grad.</t>
@@ -942,53 +930,50 @@
   <si>
     <t>Source / Brand</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Electrical Components Accepted by Approve Brand  - </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="8"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>( Conduit, Anchor Bolts )</t>
     </r>
   </si>
   <si>
     <t>Qty. Paid</t>
   </si>
   <si>
     <t>Qty. Documented</t>
   </si>
   <si>
     <t>BA</t>
-  </si>
-[...1 lines deleted...]
-    <t>transition connnection</t>
   </si>
   <si>
     <t>end anchor, bolted</t>
   </si>
   <si>
     <t>end terminal</t>
   </si>
   <si>
     <t>end anchor, cable</t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
     <t>required testing frequency.</t>
   </si>
   <si>
     <t>*See IM 528, Quality Control Sampling, Testing and Reporting, for</t>
   </si>
   <si>
     <t>Roadway &amp; Borrow Excavations and Embankments</t>
   </si>
   <si>
     <t>Refer to IM 204, Appendix A</t>
   </si>
@@ -1068,84 +1053,78 @@
       <t>, min 1/day</t>
     </r>
   </si>
   <si>
     <t>Material</t>
   </si>
   <si>
     <t>Stabilizing Agent</t>
   </si>
   <si>
     <t>PWL or Small Qty's</t>
   </si>
   <si>
     <t>1 / day</t>
   </si>
   <si>
     <t>Field Density (Cold-in-Place)</t>
   </si>
   <si>
     <t>10 / lot</t>
   </si>
   <si>
     <t>Field Moisture (Cold-in-Place)</t>
   </si>
   <si>
-    <t>Stablizing Agent</t>
-[...1 lines deleted...]
-  <si>
     <t>Air Test (Unit Weight) Grout mix</t>
   </si>
   <si>
     <t>1 / 4-hr</t>
   </si>
   <si>
     <t>Efflux Test (Flowable Mortar /Grout mix)</t>
   </si>
   <si>
     <t>Combined aggregate-gradation (CPI)</t>
   </si>
   <si>
     <t>Certified Mill Test Report</t>
   </si>
   <si>
     <t>Steel Beam Guardrail</t>
   </si>
   <si>
     <t>Fine agg.- CPI process control grad. QC (HPC-O)</t>
   </si>
   <si>
     <t>Fine agg.- Verification grad. (HPC-O)</t>
   </si>
   <si>
     <t>Coarse agg.- CPI process control grad. QC (HPC-O)</t>
   </si>
   <si>
     <t>Coarse agg.- Verification grad. (HPC-O)</t>
-  </si>
-[...1 lines deleted...]
-    <t>1 set wheeltracks (minimum)</t>
   </si>
   <si>
     <t>*See IM 535, Quality Control Sampling, Testing and Reporting, for</t>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Piling, steel H </t>
     </r>
     <r>
       <rPr>
         <sz val="8"/>
         <rFont val="Arial"/>
         <family val="2"/>
       </rPr>
       <t>(____)</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Piling, steel H </t>
     </r>
     <r>
       <rPr>
         <sz val="8"/>
         <rFont val="Arial"/>
@@ -1195,53 +1174,50 @@
   <si>
     <t>1st day, then 1/lot</t>
   </si>
   <si>
     <t xml:space="preserve">1 /  100 CY </t>
   </si>
   <si>
     <t>Both QMC and Non-QMC</t>
   </si>
   <si>
     <t>(Fixed Form w / Transit mix)</t>
   </si>
   <si>
     <t>(Fixed Form Only)</t>
   </si>
   <si>
     <t>(Paving Only, Central Batch)</t>
   </si>
   <si>
     <t>Stainless Steel Reinforcing</t>
   </si>
   <si>
     <t>Mill Cert &amp; Test Report</t>
   </si>
   <si>
-    <t>2016  Material Review Forms - 101</t>
-[...1 lines deleted...]
-  <si>
     <t>1/day</t>
   </si>
   <si>
     <t>Reinforcing Steel, Stainless</t>
   </si>
   <si>
     <t>IM 452</t>
   </si>
   <si>
     <t>EROSION CONTROL ( Seeds, fertilizer, Silt Fence, Mulch, Sod, Sediment Control Devices, Etc..</t>
   </si>
   <si>
     <t>TRAFFIC CONTROL (paint, Beads, Sign Materials, Road Closure Materials, Etc….</t>
   </si>
   <si>
     <t xml:space="preserve">All Materials Not Listed Elsewhere </t>
   </si>
   <si>
     <t>Erosion Control &amp; Traffic Control</t>
   </si>
   <si>
     <t xml:space="preserve"> Erosion Control &amp; Traffic Control</t>
   </si>
   <si>
     <t xml:space="preserve"> Roadway &amp; Borrow Excavations and Embankments</t>
@@ -1262,101 +1238,116 @@
     <t>quantity</t>
   </si>
   <si>
     <t>Microsurface / Full Width Slurry - Job Control Tests (Construction)</t>
   </si>
   <si>
     <t>Gradation</t>
   </si>
   <si>
     <t>1 Cert.</t>
   </si>
   <si>
     <t>Emulsified Binder</t>
   </si>
   <si>
     <t>Residue</t>
   </si>
   <si>
     <t>1/20,000 gal</t>
   </si>
   <si>
     <t>Seal Coat- Job Control Tests (Construction)</t>
   </si>
   <si>
     <t>Emulsion</t>
-  </si>
-[...1 lines deleted...]
-    <t>Compatiblity</t>
   </si>
   <si>
     <r>
       <t>1</t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="10"/>
         <color rgb="FF000000"/>
         <rFont val="Arial Narrow"/>
         <family val="2"/>
       </rPr>
       <t>st</t>
     </r>
     <r>
       <rPr>
         <sz val="8"/>
         <color rgb="FF000000"/>
         <rFont val="Arial Narrow"/>
         <family val="2"/>
       </rPr>
       <t> day+ 1/week</t>
     </r>
   </si>
   <si>
     <t xml:space="preserve">Aggregate </t>
   </si>
   <si>
     <t>Quality</t>
   </si>
   <si>
     <t xml:space="preserve">Emulsion </t>
   </si>
   <si>
     <t>No samples required for joint repair, crack filling, and fog seal. Acceptance based on certification only.</t>
   </si>
   <si>
     <t>Circuit Test  (  Yes or No  )</t>
   </si>
   <si>
     <t>Surface Treatment</t>
   </si>
   <si>
     <t>Surface Treatments(Slurry, Microsufacing)</t>
   </si>
   <si>
-    <t>v12.25.1</t>
+    <t>2026  Material Review Forms - 101</t>
+  </si>
+  <si>
+    <t>Steel masonry plates</t>
+  </si>
+  <si>
+    <t>Department Info --- Materials  will furnish report(s)</t>
+  </si>
+  <si>
+    <t>transition connection</t>
+  </si>
+  <si>
+    <t>1 set wheel tracks (minimum)</t>
+  </si>
+  <si>
+    <t>V13.1</t>
+  </si>
+  <si>
+    <t>Compatibility</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="2">
     <numFmt numFmtId="164" formatCode="mm/dd/yy;@"/>
     <numFmt numFmtId="165" formatCode="#,##0.0"/>
   </numFmts>
   <fonts count="30" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <b/>
       <sz val="14"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="14"/>
       <name val="Arial"/>
       <family val="2"/>
@@ -1585,51 +1576,51 @@
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom style="thin">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top style="thin">
         <color indexed="64"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="235">
+  <cellXfs count="236">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
@@ -2319,130 +2310,73 @@
     </xf>
     <xf numFmtId="0" fontId="12" fillId="0" borderId="2" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="49" fontId="6" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="7" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="center"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1"/>
+    <xf numFmtId="0" fontId="12" fillId="0" borderId="0" xfId="1" applyAlignment="1">
+      <alignment horizontal="left"/>
+    </xf>
   </cellXfs>
   <cellStyles count="2">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="1" xr:uid="{BDD81965-79D9-42B3-86B4-273DB0794FAE}"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium9" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet13.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet12.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/externalLink" Target="externalLinks/externalLink1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet16.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet11.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet15.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet14.xml"/></Relationships>
-[...59 lines deleted...]
-</externalLink>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet13.xml"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet12.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet16.xml"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet11.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet15.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet14.xml"/></Relationships>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Office Theme 2007 - 2010">
   <a:themeElements>
     <a:clrScheme name="Office 2007 - 2010">
       <a:dk1>
         <a:sysClr val="windowText" lastClr="000000"/>
       </a:dk1>
       <a:lt1>
         <a:sysClr val="window" lastClr="FFFFFF"/>
       </a:lt1>
       <a:dk2>
         <a:srgbClr val="1F497D"/>
       </a:dk2>
       <a:lt2>
         <a:srgbClr val="EEECE1"/>
       </a:lt2>
       <a:accent1>
         <a:srgbClr val="4F81BD"/>
       </a:accent1>
       <a:accent2>
         <a:srgbClr val="C0504D"/>
       </a:accent2>
       <a:accent3>
@@ -2747,286 +2681,286 @@
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings6.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings7.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings8.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings9.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:M44"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="B22" sqref="B22"/>
+      <selection activeCell="H19" sqref="H19"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="7.53125" customWidth="1"/>
     <col min="2" max="2" width="16.1328125" customWidth="1"/>
     <col min="3" max="3" width="14" customWidth="1"/>
     <col min="4" max="4" width="28.265625" customWidth="1"/>
     <col min="7" max="7" width="5.86328125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13" ht="27" customHeight="1" x14ac:dyDescent="0.55000000000000004">
       <c r="A1" s="24" t="s">
-        <v>365</v>
+        <v>363</v>
       </c>
       <c r="B1" s="61" t="s">
-        <v>333</v>
+        <v>358</v>
       </c>
     </row>
     <row r="2" spans="1:13" ht="9.75" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="3" spans="1:13" ht="15.95" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B3" s="28" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
       <c r="C3" s="135"/>
       <c r="D3" s="136"/>
     </row>
     <row r="4" spans="1:13" ht="15.95" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="5" spans="1:13" ht="15.95" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B5" s="28" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="C5" s="135"/>
       <c r="D5" s="136"/>
     </row>
     <row r="6" spans="1:13" ht="15.95" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="7" spans="1:13" ht="15.95" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B7" s="30" t="s">
-        <v>136</v>
+        <v>135</v>
       </c>
       <c r="C7" s="135"/>
       <c r="D7" s="136"/>
     </row>
     <row r="8" spans="1:13" ht="15.95" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="9" spans="1:13" ht="15.95" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B9" s="30" t="s">
-        <v>133</v>
+        <v>132</v>
       </c>
       <c r="C9" s="135"/>
       <c r="D9" s="136"/>
     </row>
     <row r="10" spans="1:13" ht="15.95" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="11" spans="1:13" ht="15.95" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B11" s="30" t="s">
-        <v>159</v>
+        <v>158</v>
       </c>
       <c r="C11" s="135"/>
       <c r="D11" s="136"/>
     </row>
     <row r="12" spans="1:13" ht="11.25" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="13" spans="1:13" ht="15.95" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B13" s="70" t="s">
+        <v>159</v>
+      </c>
+      <c r="C13" s="24" t="s">
         <v>160</v>
-      </c>
-[...1 lines deleted...]
-        <v>161</v>
       </c>
     </row>
     <row r="14" spans="1:13" ht="15.95" customHeight="1" x14ac:dyDescent="0.5">
       <c r="B14" s="66"/>
       <c r="C14" s="87" t="s">
-        <v>342</v>
+        <v>336</v>
       </c>
       <c r="D14" s="86"/>
       <c r="E14" s="86"/>
       <c r="F14" s="86"/>
       <c r="G14" s="86"/>
       <c r="H14" s="86"/>
       <c r="I14" s="86"/>
       <c r="J14" s="86"/>
       <c r="K14" s="86"/>
       <c r="L14" s="86"/>
       <c r="M14" s="86"/>
     </row>
     <row r="15" spans="1:13" ht="15.95" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B15" s="71" t="s">
-        <v>269</v>
+        <v>266</v>
       </c>
       <c r="C15" s="25" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
     </row>
     <row r="16" spans="1:13" ht="15.95" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B16" s="71" t="s">
-        <v>269</v>
+        <v>266</v>
       </c>
       <c r="C16" s="25" t="s">
-        <v>163</v>
+        <v>162</v>
       </c>
     </row>
     <row r="17" spans="2:5" ht="15.95" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B17" s="71" t="s">
-        <v>269</v>
+        <v>266</v>
       </c>
       <c r="C17" s="25" t="s">
-        <v>164</v>
+        <v>163</v>
       </c>
     </row>
     <row r="18" spans="2:5" ht="15.95" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B18" s="71"/>
       <c r="C18" s="25" t="s">
-        <v>165</v>
+        <v>164</v>
       </c>
     </row>
     <row r="19" spans="2:5" ht="15.95" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B19" s="71" t="s">
-        <v>269</v>
+        <v>266</v>
       </c>
       <c r="C19" s="25" t="s">
-        <v>166</v>
+        <v>165</v>
       </c>
     </row>
     <row r="20" spans="2:5" ht="15.95" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B20" s="71" t="s">
-        <v>269</v>
+        <v>266</v>
       </c>
       <c r="C20" s="25" t="s">
-        <v>167</v>
+        <v>166</v>
       </c>
     </row>
     <row r="21" spans="2:5" ht="15.95" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B21" s="71" t="s">
-        <v>269</v>
+        <v>266</v>
       </c>
       <c r="C21" s="25" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="E21" s="24"/>
     </row>
     <row r="22" spans="2:5" ht="15.95" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B22" s="71"/>
       <c r="C22" s="25" t="s">
-        <v>363</v>
+        <v>356</v>
       </c>
       <c r="E22" s="24"/>
     </row>
     <row r="23" spans="2:5" ht="15.95" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B23" s="71"/>
       <c r="C23" s="25" t="s">
-        <v>169</v>
+        <v>168</v>
       </c>
       <c r="E23" s="24"/>
     </row>
     <row r="24" spans="2:5" ht="15.95" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B24" s="71"/>
       <c r="C24" s="25" t="s">
-        <v>341</v>
+        <v>335</v>
       </c>
       <c r="E24" s="24"/>
     </row>
     <row r="25" spans="2:5" ht="15.95" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B25" s="71" t="s">
-        <v>269</v>
+        <v>266</v>
       </c>
       <c r="C25" s="25" t="s">
-        <v>170</v>
+        <v>169</v>
       </c>
       <c r="E25" s="24"/>
     </row>
     <row r="26" spans="2:5" ht="15.95" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B26" s="84"/>
       <c r="C26" s="25" t="s">
-        <v>171</v>
+        <v>170</v>
       </c>
       <c r="E26" s="24"/>
     </row>
     <row r="27" spans="2:5" ht="15.95" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B27" s="6"/>
       <c r="C27" s="24"/>
       <c r="E27" s="24"/>
     </row>
     <row r="28" spans="2:5" ht="15.95" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B28" s="6"/>
       <c r="C28" s="24"/>
       <c r="E28" s="24"/>
     </row>
     <row r="29" spans="2:5" ht="15.95" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B29" s="6"/>
       <c r="C29" s="24"/>
     </row>
     <row r="30" spans="2:5" ht="15.95" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B30" s="6"/>
       <c r="C30" s="24"/>
     </row>
     <row r="31" spans="2:5" ht="15.95" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B31" s="6"/>
       <c r="C31" s="24"/>
     </row>
     <row r="32" spans="2:5" ht="15.95" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B32" s="6"/>
       <c r="C32" s="24"/>
     </row>
     <row r="33" spans="1:7" ht="15.95" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B33" s="6"/>
       <c r="C33" s="24"/>
     </row>
     <row r="34" spans="1:7" ht="15.95" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B34" s="6"/>
       <c r="C34" s="24"/>
     </row>
     <row r="35" spans="1:7" ht="15.95" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B35" s="6"/>
     </row>
     <row r="36" spans="1:7" ht="15.95" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="37" spans="1:7" ht="15.95" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A37" s="24" t="s">
-        <v>152</v>
+        <v>151</v>
       </c>
       <c r="C37" s="5" t="s">
-        <v>172</v>
+        <v>171</v>
       </c>
       <c r="D37" s="72"/>
       <c r="E37" s="28" t="s">
         <v>17</v>
       </c>
       <c r="F37" s="134"/>
       <c r="G37" s="134"/>
     </row>
     <row r="38" spans="1:7" ht="15.95" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="39" spans="1:7" ht="15.95" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A39" s="24" t="s">
         <v>18</v>
       </c>
       <c r="C39" s="18" t="s">
-        <v>173</v>
+        <v>172</v>
       </c>
       <c r="D39" s="72"/>
       <c r="E39" s="28" t="s">
         <v>17</v>
       </c>
       <c r="F39" s="134"/>
       <c r="G39" s="134"/>
     </row>
     <row r="40" spans="1:7" ht="15.95" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="41" spans="1:7" ht="15.95" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B41" s="24" t="s">
         <v>16</v>
       </c>
       <c r="C41" s="67"/>
       <c r="D41" s="66"/>
       <c r="E41" s="66"/>
       <c r="F41" s="66"/>
       <c r="G41" s="66"/>
     </row>
     <row r="42" spans="1:7" ht="15.95" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B42" s="24"/>
       <c r="C42" s="67"/>
       <c r="D42" s="66"/>
       <c r="E42" s="66"/>
       <c r="F42" s="66"/>
@@ -3039,743 +2973,745 @@
       <c r="F43" s="66"/>
       <c r="G43" s="66"/>
     </row>
     <row r="44" spans="1:7" ht="15.95" customHeight="1" x14ac:dyDescent="0.35"/>
   </sheetData>
   <mergeCells count="7">
     <mergeCell ref="F39:G39"/>
     <mergeCell ref="C3:D3"/>
     <mergeCell ref="C5:D5"/>
     <mergeCell ref="C7:D7"/>
     <mergeCell ref="C9:D9"/>
     <mergeCell ref="C11:D11"/>
     <mergeCell ref="F37:G37"/>
   </mergeCells>
   <phoneticPr fontId="17" type="noConversion"/>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967294" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0900-000000000000}">
   <dimension ref="A1:L58"/>
   <sheetViews>
-    <sheetView showZeros="0" view="pageBreakPreview" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0"/>
+    <sheetView showZeros="0" view="pageBreakPreview" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
+      <selection activeCell="A2" sqref="A2:L2"/>
+    </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.1328125" defaultRowHeight="11.65" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="9.1328125" style="9"/>
     <col min="2" max="2" width="10.265625" style="9" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="6.3984375" style="9" customWidth="1"/>
     <col min="4" max="4" width="9.1328125" style="9"/>
     <col min="5" max="5" width="6.73046875" style="9" customWidth="1"/>
     <col min="6" max="6" width="9.1328125" style="9"/>
     <col min="7" max="7" width="14.86328125" style="9" customWidth="1"/>
     <col min="8" max="8" width="10.59765625" style="9" customWidth="1"/>
     <col min="9" max="9" width="6.1328125" style="9" customWidth="1"/>
     <col min="10" max="10" width="6.59765625" style="9" customWidth="1"/>
     <col min="11" max="11" width="3" style="9" customWidth="1"/>
     <col min="12" max="12" width="12.73046875" style="9" customWidth="1"/>
     <col min="13" max="16384" width="9.1328125" style="9"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A1" s="8">
-        <v>2020</v>
+        <v>2026</v>
       </c>
     </row>
     <row r="2" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A2" s="137" t="s">
         <v>0</v>
       </c>
       <c r="B2" s="137"/>
       <c r="C2" s="137"/>
       <c r="D2" s="137"/>
       <c r="E2" s="137"/>
       <c r="F2" s="137"/>
       <c r="G2" s="137"/>
       <c r="H2" s="137"/>
       <c r="I2" s="137"/>
       <c r="J2" s="137"/>
       <c r="K2" s="137"/>
       <c r="L2" s="137"/>
     </row>
     <row r="3" spans="1:12" ht="17.649999999999999" x14ac:dyDescent="0.5">
       <c r="A3" s="138" t="s">
-        <v>218</v>
+        <v>216</v>
       </c>
       <c r="B3" s="193"/>
       <c r="C3" s="193"/>
       <c r="D3" s="193"/>
       <c r="E3" s="193"/>
       <c r="F3" s="193"/>
       <c r="G3" s="193"/>
       <c r="H3" s="193"/>
       <c r="I3" s="193"/>
       <c r="J3" s="193"/>
       <c r="K3" s="193"/>
       <c r="L3" s="193"/>
     </row>
     <row r="4" spans="1:12" ht="7.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A4" s="17"/>
       <c r="B4" s="17"/>
       <c r="C4" s="17"/>
       <c r="D4" s="17"/>
       <c r="E4" s="17"/>
       <c r="F4" s="17"/>
       <c r="G4" s="17"/>
       <c r="H4" s="17"/>
       <c r="I4" s="17"/>
       <c r="J4" s="17"/>
       <c r="K4" s="17"/>
       <c r="L4" s="17"/>
     </row>
     <row r="5" spans="1:12" ht="14.1" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B5" s="10" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="C5" s="153">
         <f>(Title!$C$3)</f>
         <v>0</v>
       </c>
       <c r="D5" s="152"/>
       <c r="E5" s="152"/>
       <c r="F5" s="152"/>
       <c r="G5" s="141" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="H5" s="184"/>
       <c r="I5" s="153">
         <f>(Title!$C$5)</f>
         <v>0</v>
       </c>
       <c r="J5" s="178"/>
       <c r="K5" s="178"/>
       <c r="L5" s="178"/>
     </row>
     <row r="6" spans="1:12" x14ac:dyDescent="0.35">
       <c r="B6" s="77" t="s">
-        <v>219</v>
+        <v>217</v>
       </c>
     </row>
     <row r="7" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A7" s="13" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="8" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A8" s="14" t="s">
         <v>12</v>
       </c>
       <c r="C8" s="14" t="s">
-        <v>293</v>
+        <v>290</v>
       </c>
       <c r="D8" s="14"/>
       <c r="E8" s="142" t="s">
         <v>65</v>
       </c>
       <c r="F8" s="142"/>
       <c r="G8" s="142"/>
       <c r="I8" s="142" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="J8" s="142"/>
       <c r="K8" s="142"/>
       <c r="L8" s="142"/>
     </row>
     <row r="9" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A9" s="46"/>
       <c r="C9" s="8" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="D9" s="11"/>
       <c r="E9" s="192"/>
       <c r="F9" s="192"/>
       <c r="G9" s="192"/>
       <c r="H9" s="11"/>
       <c r="I9" s="192"/>
       <c r="J9" s="192"/>
       <c r="K9" s="192"/>
       <c r="L9" s="192"/>
     </row>
     <row r="10" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A10" s="46"/>
       <c r="C10" s="8" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="D10" s="11"/>
       <c r="E10" s="12"/>
       <c r="F10" s="12"/>
       <c r="G10" s="12"/>
       <c r="H10" s="11"/>
       <c r="I10" s="12"/>
       <c r="J10" s="12"/>
       <c r="K10" s="12"/>
       <c r="L10" s="12"/>
     </row>
     <row r="11" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A11" s="46"/>
       <c r="B11" s="137" t="s">
-        <v>220</v>
+        <v>218</v>
       </c>
       <c r="C11" s="151"/>
       <c r="D11" s="151"/>
       <c r="E11" s="191"/>
       <c r="F11" s="191"/>
       <c r="G11" s="191"/>
       <c r="H11" s="11"/>
       <c r="I11" s="191"/>
       <c r="J11" s="191"/>
       <c r="K11" s="191"/>
       <c r="L11" s="191"/>
     </row>
     <row r="12" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A12" s="46"/>
       <c r="B12" s="137" t="s">
-        <v>220</v>
+        <v>218</v>
       </c>
       <c r="C12" s="151"/>
       <c r="D12" s="151"/>
       <c r="E12" s="191"/>
       <c r="F12" s="191"/>
       <c r="G12" s="191"/>
       <c r="H12" s="11"/>
       <c r="I12" s="191"/>
       <c r="J12" s="191"/>
       <c r="K12" s="191"/>
       <c r="L12" s="191"/>
     </row>
     <row r="13" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A13" s="46"/>
       <c r="B13" s="137" t="s">
-        <v>294</v>
+        <v>291</v>
       </c>
       <c r="C13" s="151"/>
       <c r="D13" s="151"/>
       <c r="E13" s="191"/>
       <c r="F13" s="191"/>
       <c r="G13" s="191"/>
       <c r="H13" s="11"/>
       <c r="I13" s="191"/>
       <c r="J13" s="191"/>
       <c r="K13" s="191"/>
       <c r="L13" s="191"/>
     </row>
     <row r="15" spans="1:12" x14ac:dyDescent="0.35">
       <c r="I15" s="164" t="s">
         <v>14</v>
       </c>
       <c r="J15" s="164"/>
       <c r="L15" s="13" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="16" spans="1:12" x14ac:dyDescent="0.35">
       <c r="A16" s="13" t="s">
         <v>10</v>
       </c>
       <c r="D16" s="11"/>
       <c r="E16" s="11"/>
       <c r="F16" s="11"/>
       <c r="H16" s="11"/>
       <c r="I16" s="164" t="s">
-        <v>174</v>
+        <v>173</v>
       </c>
       <c r="J16" s="164"/>
       <c r="K16" s="11"/>
       <c r="L16" s="13" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
     </row>
     <row r="17" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A17" s="14" t="s">
         <v>12</v>
       </c>
       <c r="B17" s="142" t="s">
         <v>5</v>
       </c>
       <c r="C17" s="142"/>
       <c r="D17" s="142"/>
       <c r="E17" s="142" t="s">
-        <v>221</v>
+        <v>219</v>
       </c>
       <c r="F17" s="142"/>
       <c r="G17" s="142"/>
       <c r="H17" s="14"/>
       <c r="I17" s="142" t="s">
-        <v>222</v>
+        <v>220</v>
       </c>
       <c r="J17" s="142"/>
       <c r="K17" s="11"/>
       <c r="L17" s="14" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="18" spans="1:12" ht="6" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A18" s="14"/>
       <c r="C18" s="14"/>
       <c r="D18" s="11"/>
       <c r="E18" s="42"/>
       <c r="F18" s="11"/>
       <c r="H18" s="42"/>
       <c r="I18" s="42"/>
       <c r="J18" s="11"/>
       <c r="K18" s="11"/>
       <c r="L18" s="42"/>
     </row>
     <row r="19" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A19" s="46"/>
       <c r="B19" s="137" t="s">
-        <v>295</v>
+        <v>292</v>
       </c>
       <c r="C19" s="151"/>
       <c r="D19" s="151"/>
       <c r="E19" s="145"/>
       <c r="F19" s="145"/>
       <c r="G19" s="145"/>
       <c r="H19" s="11"/>
       <c r="I19" s="168"/>
       <c r="J19" s="168"/>
       <c r="L19" s="48"/>
     </row>
     <row r="20" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A20" s="46"/>
       <c r="B20" s="137" t="s">
-        <v>295</v>
+        <v>292</v>
       </c>
       <c r="C20" s="151"/>
       <c r="D20" s="151"/>
       <c r="E20" s="146"/>
       <c r="F20" s="146"/>
       <c r="G20" s="146"/>
       <c r="H20" s="11"/>
       <c r="I20" s="161"/>
       <c r="J20" s="161"/>
       <c r="L20" s="48"/>
     </row>
     <row r="21" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A21" s="46"/>
       <c r="B21" s="137" t="s">
-        <v>295</v>
+        <v>292</v>
       </c>
       <c r="C21" s="151"/>
       <c r="D21" s="151"/>
       <c r="E21" s="146"/>
       <c r="F21" s="146"/>
       <c r="G21" s="146"/>
       <c r="H21" s="11"/>
       <c r="I21" s="161"/>
       <c r="J21" s="161"/>
       <c r="L21" s="48"/>
     </row>
     <row r="22" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A22" s="46"/>
       <c r="B22" s="137" t="s">
-        <v>295</v>
+        <v>292</v>
       </c>
       <c r="C22" s="151"/>
       <c r="D22" s="151"/>
       <c r="E22" s="146"/>
       <c r="F22" s="146"/>
       <c r="G22" s="146"/>
       <c r="H22" s="11"/>
       <c r="I22" s="161"/>
       <c r="J22" s="161"/>
       <c r="L22" s="48"/>
     </row>
     <row r="23" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A23" s="46"/>
       <c r="B23" s="137" t="s">
-        <v>295</v>
+        <v>292</v>
       </c>
       <c r="C23" s="151"/>
       <c r="D23" s="151"/>
       <c r="E23" s="146"/>
       <c r="F23" s="146"/>
       <c r="G23" s="146"/>
       <c r="H23" s="11"/>
       <c r="I23" s="161"/>
       <c r="J23" s="161"/>
       <c r="L23" s="48"/>
     </row>
     <row r="24" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A24" s="46"/>
       <c r="B24" s="137" t="s">
-        <v>295</v>
+        <v>292</v>
       </c>
       <c r="C24" s="151"/>
       <c r="D24" s="151"/>
       <c r="E24" s="146"/>
       <c r="F24" s="146"/>
       <c r="G24" s="146"/>
       <c r="H24" s="11"/>
       <c r="I24" s="161"/>
       <c r="J24" s="161"/>
       <c r="L24" s="48"/>
     </row>
     <row r="25" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A25" s="46"/>
       <c r="B25" s="137" t="s">
-        <v>295</v>
+        <v>292</v>
       </c>
       <c r="C25" s="151"/>
       <c r="D25" s="151"/>
       <c r="E25" s="196"/>
       <c r="F25" s="196"/>
       <c r="G25" s="196"/>
       <c r="H25" s="11"/>
       <c r="I25" s="161"/>
       <c r="J25" s="161"/>
       <c r="K25" s="14"/>
       <c r="L25" s="48"/>
     </row>
     <row r="27" spans="1:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B27" s="142" t="s">
         <v>28</v>
       </c>
       <c r="C27" s="142"/>
       <c r="D27" s="142"/>
       <c r="E27" s="142"/>
       <c r="F27" s="142"/>
       <c r="G27" s="142"/>
     </row>
     <row r="28" spans="1:12" x14ac:dyDescent="0.35">
       <c r="H28" s="14"/>
       <c r="I28" s="142" t="s">
         <v>20</v>
       </c>
       <c r="J28" s="142"/>
       <c r="L28" s="14" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
     </row>
     <row r="29" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B29" s="9" t="s">
-        <v>304</v>
+        <v>300</v>
       </c>
       <c r="C29" s="16"/>
       <c r="F29" s="16"/>
       <c r="G29" s="9" t="s">
-        <v>91</v>
+        <v>90</v>
       </c>
       <c r="H29" s="11"/>
       <c r="I29" s="145"/>
       <c r="J29" s="145"/>
       <c r="K29" s="14"/>
       <c r="L29" s="46"/>
     </row>
     <row r="30" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B30" s="9" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="C30" s="8"/>
       <c r="D30" s="8" t="s">
-        <v>92</v>
+        <v>91</v>
       </c>
       <c r="F30" s="11"/>
       <c r="G30" s="8" t="s">
-        <v>223</v>
+        <v>221</v>
       </c>
       <c r="H30" s="11"/>
       <c r="I30" s="145"/>
       <c r="J30" s="145"/>
       <c r="K30" s="11"/>
       <c r="L30" s="46"/>
     </row>
     <row r="31" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B31" s="9" t="s">
-        <v>90</v>
+        <v>89</v>
       </c>
       <c r="D31" s="9" t="s">
-        <v>93</v>
+        <v>92</v>
       </c>
       <c r="G31" s="9" t="s">
-        <v>224</v>
+        <v>222</v>
       </c>
       <c r="H31" s="11"/>
       <c r="I31" s="145"/>
       <c r="J31" s="145"/>
       <c r="L31" s="46"/>
     </row>
     <row r="32" spans="1:12" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B32" s="9" t="s">
-        <v>225</v>
+        <v>223</v>
       </c>
       <c r="C32" s="8"/>
       <c r="D32" s="8" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="F32" s="11"/>
       <c r="G32" s="8" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="H32" s="11"/>
       <c r="I32" s="145"/>
       <c r="J32" s="145"/>
       <c r="K32" s="11"/>
       <c r="L32" s="46"/>
     </row>
     <row r="33" spans="2:12" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B33" s="9" t="s">
-        <v>294</v>
+        <v>291</v>
       </c>
       <c r="C33" s="8"/>
       <c r="D33" s="8" t="s">
-        <v>226</v>
+        <v>224</v>
       </c>
       <c r="F33" s="11"/>
       <c r="G33" s="8" t="s">
-        <v>296</v>
+        <v>293</v>
       </c>
       <c r="H33" s="11"/>
       <c r="I33" s="145"/>
       <c r="J33" s="145"/>
       <c r="K33" s="11"/>
       <c r="L33" s="46"/>
     </row>
     <row r="34" spans="2:12" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B34" s="9" t="s">
+        <v>95</v>
+      </c>
+      <c r="D34" s="9" t="s">
         <v>96</v>
-      </c>
-[...1 lines deleted...]
-        <v>97</v>
       </c>
       <c r="H34" s="11"/>
       <c r="I34" s="145"/>
       <c r="J34" s="145"/>
       <c r="L34" s="46"/>
     </row>
     <row r="35" spans="2:12" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B35" s="9" t="s">
-        <v>227</v>
+        <v>225</v>
       </c>
       <c r="G35" s="9" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="H35" s="11"/>
       <c r="I35" s="145"/>
       <c r="J35" s="145"/>
       <c r="L35" s="46"/>
     </row>
     <row r="36" spans="2:12" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B36" s="9" t="s">
-        <v>228</v>
+        <v>226</v>
       </c>
       <c r="G36" s="9" t="s">
-        <v>98</v>
+        <v>97</v>
       </c>
       <c r="H36" s="11"/>
       <c r="I36" s="145"/>
       <c r="J36" s="145"/>
       <c r="L36" s="46"/>
     </row>
     <row r="37" spans="2:12" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B37" s="9" t="s">
-        <v>202</v>
+        <v>200</v>
       </c>
       <c r="G37" s="9" t="s">
-        <v>229</v>
+        <v>227</v>
       </c>
       <c r="H37" s="11"/>
       <c r="I37" s="145"/>
       <c r="J37" s="145"/>
       <c r="L37" s="46"/>
     </row>
     <row r="38" spans="2:12" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B38" s="9" t="s">
-        <v>297</v>
+        <v>294</v>
       </c>
       <c r="G38" s="9" t="s">
-        <v>298</v>
+        <v>295</v>
       </c>
       <c r="I38" s="194"/>
       <c r="J38" s="194"/>
       <c r="L38" s="47"/>
     </row>
     <row r="39" spans="2:12" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B39" s="9" t="s">
-        <v>299</v>
+        <v>296</v>
       </c>
       <c r="G39" s="9" t="s">
-        <v>298</v>
+        <v>295</v>
       </c>
       <c r="I39" s="194"/>
       <c r="J39" s="194"/>
       <c r="L39" s="46"/>
     </row>
     <row r="40" spans="2:12" x14ac:dyDescent="0.35">
       <c r="B40" s="9" t="s">
-        <v>315</v>
+        <v>310</v>
       </c>
       <c r="G40" s="9" t="s">
-        <v>224</v>
+        <v>222</v>
       </c>
     </row>
     <row r="41" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B41" s="142" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="C41" s="142"/>
       <c r="D41" s="142"/>
       <c r="E41" s="142"/>
       <c r="F41" s="142"/>
       <c r="G41" s="142"/>
       <c r="H41" s="142"/>
     </row>
     <row r="42" spans="2:12" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B42" s="9" t="s">
-        <v>230</v>
+        <v>228</v>
       </c>
       <c r="G42" s="9" t="s">
-        <v>231</v>
+        <v>229</v>
       </c>
       <c r="H42" s="11">
         <v>201</v>
       </c>
       <c r="I42" s="195"/>
       <c r="J42" s="195"/>
       <c r="L42" s="59"/>
     </row>
     <row r="43" spans="2:12" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B43" s="9" t="s">
+        <v>99</v>
+      </c>
+      <c r="G43" s="9" t="s">
         <v>100</v>
-      </c>
-[...1 lines deleted...]
-        <v>101</v>
       </c>
       <c r="I43" s="195"/>
       <c r="J43" s="195"/>
       <c r="L43" s="59"/>
     </row>
     <row r="44" spans="2:12" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B44" s="9" t="s">
-        <v>102</v>
+        <v>101</v>
       </c>
       <c r="G44" s="9" t="s">
-        <v>101</v>
+        <v>100</v>
       </c>
       <c r="I44" s="195"/>
       <c r="J44" s="195"/>
       <c r="L44" s="59"/>
     </row>
     <row r="45" spans="2:12" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B45" s="9" t="s">
-        <v>103</v>
+        <v>102</v>
       </c>
       <c r="C45" s="8"/>
       <c r="D45" s="8"/>
       <c r="F45" s="11"/>
       <c r="G45" s="9" t="s">
-        <v>334</v>
+        <v>328</v>
       </c>
       <c r="H45" s="11"/>
       <c r="I45" s="195"/>
       <c r="J45" s="195"/>
       <c r="K45" s="11"/>
       <c r="L45" s="59"/>
     </row>
     <row r="46" spans="2:12" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B46" s="9" t="s">
-        <v>232</v>
+        <v>230</v>
       </c>
       <c r="C46" s="8"/>
       <c r="D46" s="43"/>
       <c r="F46" s="11"/>
       <c r="G46" s="8" t="s">
         <v>76</v>
       </c>
       <c r="H46" s="11">
         <v>821301</v>
       </c>
       <c r="I46" s="159"/>
       <c r="J46" s="159"/>
       <c r="K46" s="11"/>
       <c r="L46" s="50"/>
     </row>
     <row r="47" spans="2:12" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B47" s="9" t="s">
-        <v>300</v>
+        <v>291</v>
       </c>
       <c r="G47" s="9" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="H47" s="11"/>
       <c r="I47" s="90"/>
       <c r="J47" s="90"/>
       <c r="K47" s="11"/>
       <c r="L47" s="90"/>
     </row>
     <row r="49" spans="2:12" ht="12.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B49" s="142" t="s">
-        <v>104</v>
+        <v>103</v>
       </c>
       <c r="C49" s="142"/>
       <c r="D49" s="142"/>
       <c r="E49" s="142"/>
       <c r="F49" s="142"/>
       <c r="G49" s="142"/>
       <c r="H49" s="142"/>
       <c r="I49" s="14"/>
       <c r="J49" s="14"/>
       <c r="K49" s="14"/>
       <c r="L49" s="14"/>
     </row>
     <row r="50" spans="2:12" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B50" s="9" t="s">
-        <v>105</v>
+        <v>104</v>
       </c>
       <c r="G50" s="9" t="s">
-        <v>233</v>
+        <v>231</v>
       </c>
       <c r="H50" s="11">
         <v>800242</v>
       </c>
       <c r="I50" s="159"/>
       <c r="J50" s="159"/>
       <c r="L50" s="50"/>
     </row>
     <row r="51" spans="2:12" x14ac:dyDescent="0.35">
       <c r="G51" s="9" t="s">
-        <v>234</v>
+        <v>232</v>
       </c>
     </row>
     <row r="52" spans="2:12" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B52" s="9" t="s">
-        <v>235</v>
+        <v>233</v>
       </c>
       <c r="G52" s="9" t="s">
-        <v>233</v>
+        <v>231</v>
       </c>
       <c r="I52" s="159"/>
       <c r="J52" s="159"/>
       <c r="L52" s="50"/>
     </row>
     <row r="53" spans="2:12" ht="14.1" customHeight="1" x14ac:dyDescent="0.35">
       <c r="G53" s="9" t="s">
-        <v>234</v>
+        <v>232</v>
       </c>
     </row>
     <row r="55" spans="2:12" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B55" s="9" t="s">
         <v>16</v>
       </c>
       <c r="C55" s="150"/>
       <c r="D55" s="150"/>
       <c r="E55" s="150"/>
       <c r="F55" s="150"/>
       <c r="G55" s="150"/>
       <c r="H55" s="150"/>
       <c r="I55" s="150"/>
       <c r="J55" s="150"/>
       <c r="K55" s="150"/>
       <c r="L55" s="150"/>
     </row>
     <row r="56" spans="2:12" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B56" s="150"/>
       <c r="C56" s="150"/>
       <c r="D56" s="150"/>
       <c r="E56" s="150"/>
       <c r="F56" s="150"/>
       <c r="G56" s="150"/>
       <c r="H56" s="150"/>
@@ -3872,251 +3808,250 @@
     <mergeCell ref="B17:D17"/>
     <mergeCell ref="I32:J32"/>
     <mergeCell ref="A2:L2"/>
     <mergeCell ref="A3:L3"/>
     <mergeCell ref="C5:F5"/>
     <mergeCell ref="I5:L5"/>
     <mergeCell ref="G5:H5"/>
     <mergeCell ref="E12:G12"/>
     <mergeCell ref="I12:L12"/>
     <mergeCell ref="E9:G9"/>
     <mergeCell ref="I9:L9"/>
     <mergeCell ref="E8:G8"/>
     <mergeCell ref="I8:L8"/>
   </mergeCells>
   <phoneticPr fontId="17" type="noConversion"/>
   <pageMargins left="0.75" right="0.25" top="0.5" bottom="0.5" header="0" footer="0"/>
   <pageSetup scale="90" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{38CCD9D0-8995-4C93-B843-34991204534B}">
   <dimension ref="A1:P44"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="9.06640625" style="114"/>
     <col min="2" max="2" width="1.73046875" style="114" customWidth="1"/>
     <col min="3" max="5" width="9.06640625" style="114"/>
     <col min="6" max="6" width="1.3984375" style="114" customWidth="1"/>
     <col min="7" max="8" width="9.06640625" style="114"/>
     <col min="9" max="9" width="16.73046875" style="114" customWidth="1"/>
     <col min="10" max="10" width="1.73046875" style="114" customWidth="1"/>
     <col min="11" max="11" width="12.1328125" style="114" customWidth="1"/>
     <col min="12" max="12" width="7.59765625" style="114" customWidth="1"/>
     <col min="13" max="13" width="2.59765625" style="114" customWidth="1"/>
     <col min="14" max="16384" width="9.06640625" style="114"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16" x14ac:dyDescent="0.35">
+      <c r="A1" s="235">
+        <v>2026</v>
+      </c>
       <c r="C1" s="197" t="s">
         <v>0</v>
       </c>
       <c r="D1" s="197"/>
       <c r="E1" s="197"/>
       <c r="F1" s="197"/>
       <c r="G1" s="197"/>
       <c r="H1" s="197"/>
       <c r="I1" s="197"/>
       <c r="J1" s="197"/>
       <c r="K1" s="197"/>
       <c r="L1" s="197"/>
       <c r="M1" s="197"/>
       <c r="N1" s="197"/>
       <c r="O1" s="197"/>
       <c r="P1" s="197"/>
     </row>
     <row r="2" spans="1:16" ht="17.649999999999999" x14ac:dyDescent="0.5">
       <c r="C2" s="200" t="s">
-        <v>364</v>
+        <v>357</v>
       </c>
       <c r="D2" s="200"/>
       <c r="E2" s="200"/>
       <c r="F2" s="200"/>
       <c r="G2" s="200"/>
       <c r="H2" s="200"/>
       <c r="I2" s="200"/>
       <c r="J2" s="200"/>
       <c r="K2" s="200"/>
       <c r="L2" s="200"/>
       <c r="M2" s="200"/>
       <c r="N2" s="200"/>
       <c r="O2" s="116"/>
       <c r="P2" s="116"/>
     </row>
     <row r="5" spans="1:16" s="117" customFormat="1" x14ac:dyDescent="0.35">
       <c r="C5" s="118" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="D5" s="201">
-        <f>'[1]Title Page'!C3</f>
         <v>0</v>
       </c>
       <c r="E5" s="202"/>
       <c r="F5" s="202"/>
       <c r="G5" s="202"/>
       <c r="H5" s="202"/>
       <c r="I5" s="203" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="J5" s="204"/>
       <c r="K5" s="201">
-        <f>'[1]Title Page'!C5</f>
         <v>0</v>
       </c>
       <c r="L5" s="205"/>
       <c r="M5" s="205"/>
       <c r="N5" s="205"/>
     </row>
     <row r="6" spans="1:16" s="117" customFormat="1" ht="11.65" x14ac:dyDescent="0.35">
       <c r="C6" s="119" t="s">
-        <v>343</v>
+        <v>337</v>
       </c>
     </row>
     <row r="7" spans="1:16" x14ac:dyDescent="0.35">
       <c r="D7" s="206" t="s">
-        <v>344</v>
+        <v>338</v>
       </c>
       <c r="E7" s="206"/>
       <c r="F7" s="206"/>
       <c r="G7" s="206"/>
       <c r="H7" s="206"/>
       <c r="I7" s="206"/>
     </row>
     <row r="8" spans="1:16" s="117" customFormat="1" ht="11.65" x14ac:dyDescent="0.35">
       <c r="A8" s="120" t="s">
         <v>10</v>
       </c>
       <c r="B8" s="120"/>
     </row>
     <row r="9" spans="1:16" s="117" customFormat="1" ht="11.65" x14ac:dyDescent="0.35">
       <c r="A9" s="121" t="s">
         <v>12</v>
       </c>
       <c r="B9" s="121"/>
       <c r="D9" s="121" t="s">
-        <v>293</v>
+        <v>290</v>
       </c>
       <c r="E9" s="121"/>
       <c r="F9" s="121"/>
       <c r="G9" s="207" t="s">
         <v>65</v>
       </c>
       <c r="H9" s="207"/>
       <c r="I9" s="207"/>
       <c r="K9" s="207" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="L9" s="207"/>
       <c r="M9" s="207"/>
       <c r="N9" s="207"/>
     </row>
     <row r="10" spans="1:16" s="117" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A10" s="122"/>
       <c r="B10" s="123"/>
       <c r="C10" s="197" t="s">
-        <v>345</v>
+        <v>339</v>
       </c>
       <c r="D10" s="198"/>
       <c r="E10" s="198"/>
       <c r="F10" s="124"/>
       <c r="G10" s="199"/>
       <c r="H10" s="199"/>
       <c r="I10" s="199"/>
       <c r="J10" s="115"/>
       <c r="K10" s="199"/>
       <c r="L10" s="199"/>
       <c r="M10" s="199"/>
       <c r="N10" s="199"/>
     </row>
     <row r="11" spans="1:16" s="117" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A11" s="122"/>
       <c r="B11" s="123"/>
       <c r="C11" s="197" t="s">
-        <v>220</v>
+        <v>218</v>
       </c>
       <c r="D11" s="198"/>
       <c r="E11" s="198"/>
       <c r="F11" s="124"/>
       <c r="G11" s="199"/>
       <c r="H11" s="199"/>
       <c r="I11" s="199"/>
       <c r="J11" s="115"/>
       <c r="K11" s="199"/>
       <c r="L11" s="199"/>
       <c r="M11" s="199"/>
       <c r="N11" s="199"/>
     </row>
     <row r="14" spans="1:16" s="117" customFormat="1" ht="11.65" x14ac:dyDescent="0.35">
       <c r="A14" s="120" t="s">
         <v>10</v>
       </c>
       <c r="B14" s="120"/>
       <c r="E14" s="115"/>
       <c r="F14" s="115"/>
       <c r="G14" s="120"/>
       <c r="H14" s="115"/>
       <c r="J14" s="115"/>
       <c r="K14" s="209" t="s">
-        <v>174</v>
+        <v>173</v>
       </c>
       <c r="L14" s="209"/>
       <c r="M14" s="115"/>
       <c r="N14" s="120" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
     </row>
     <row r="15" spans="1:16" s="117" customFormat="1" ht="11.65" x14ac:dyDescent="0.35">
       <c r="A15" s="121" t="s">
         <v>12</v>
       </c>
       <c r="B15" s="121"/>
       <c r="C15" s="207" t="s">
         <v>5</v>
       </c>
       <c r="D15" s="207"/>
       <c r="E15" s="207"/>
       <c r="F15" s="121"/>
       <c r="G15" s="207" t="s">
-        <v>346</v>
+        <v>340</v>
       </c>
       <c r="H15" s="207"/>
       <c r="I15" s="207"/>
       <c r="J15" s="121"/>
       <c r="K15" s="207" t="s">
-        <v>222</v>
+        <v>220</v>
       </c>
       <c r="L15" s="207"/>
       <c r="M15" s="115"/>
       <c r="N15" s="121" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
     </row>
     <row r="16" spans="1:16" s="117" customFormat="1" ht="11.65" x14ac:dyDescent="0.35">
       <c r="A16" s="121"/>
       <c r="B16" s="121"/>
       <c r="D16" s="121"/>
       <c r="E16" s="115"/>
       <c r="F16" s="115"/>
       <c r="G16" s="125"/>
       <c r="H16" s="115"/>
       <c r="J16" s="125"/>
       <c r="K16" s="125"/>
       <c r="L16" s="115"/>
       <c r="M16" s="115"/>
       <c r="N16" s="125"/>
     </row>
     <row r="17" spans="1:14" s="117" customFormat="1" x14ac:dyDescent="0.35">
       <c r="A17" s="122"/>
       <c r="B17" s="123"/>
       <c r="C17" s="210"/>
       <c r="D17" s="211"/>
       <c r="E17" s="211"/>
       <c r="F17" s="124"/>
       <c r="G17" s="212"/>
       <c r="H17" s="212"/>
@@ -4137,225 +4072,225 @@
       <c r="H18" s="216"/>
       <c r="I18" s="216"/>
       <c r="J18" s="115"/>
       <c r="K18" s="208"/>
       <c r="L18" s="208"/>
       <c r="N18" s="126"/>
     </row>
     <row r="19" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A19" s="122"/>
       <c r="B19" s="123"/>
       <c r="C19" s="214"/>
       <c r="D19" s="215"/>
       <c r="E19" s="215"/>
       <c r="F19" s="124"/>
       <c r="G19" s="216"/>
       <c r="H19" s="216"/>
       <c r="I19" s="216"/>
       <c r="J19" s="115"/>
       <c r="K19" s="208"/>
       <c r="L19" s="208"/>
       <c r="M19" s="117"/>
       <c r="N19" s="126"/>
     </row>
     <row r="22" spans="1:14" s="117" customFormat="1" ht="11.65" x14ac:dyDescent="0.35">
       <c r="C22" s="207" t="s">
-        <v>348</v>
+        <v>342</v>
       </c>
       <c r="D22" s="207"/>
       <c r="E22" s="207"/>
       <c r="F22" s="207"/>
       <c r="G22" s="207"/>
       <c r="H22" s="207"/>
       <c r="I22" s="207"/>
     </row>
     <row r="23" spans="1:14" s="117" customFormat="1" ht="11.65" x14ac:dyDescent="0.35">
       <c r="J23" s="121"/>
       <c r="K23" s="207" t="s">
         <v>20</v>
       </c>
       <c r="L23" s="207"/>
       <c r="N23" s="121" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
     </row>
     <row r="24" spans="1:14" s="117" customFormat="1" ht="11.65" x14ac:dyDescent="0.35">
       <c r="C24" s="117" t="s">
-        <v>349</v>
+        <v>343</v>
       </c>
       <c r="D24" s="127"/>
       <c r="H24" s="127"/>
       <c r="I24" s="117" t="s">
-        <v>350</v>
+        <v>344</v>
       </c>
       <c r="J24" s="115"/>
       <c r="K24" s="212"/>
       <c r="L24" s="212"/>
       <c r="M24" s="121"/>
       <c r="N24" s="122"/>
     </row>
     <row r="25" spans="1:14" s="117" customFormat="1" ht="11.65" x14ac:dyDescent="0.35">
       <c r="C25" s="117" t="s">
-        <v>351</v>
+        <v>345</v>
       </c>
       <c r="D25" s="128"/>
       <c r="E25" s="128" t="s">
-        <v>352</v>
+        <v>346</v>
       </c>
       <c r="F25" s="128"/>
       <c r="H25" s="115"/>
       <c r="I25" s="129" t="s">
-        <v>353</v>
+        <v>347</v>
       </c>
       <c r="J25" s="115"/>
       <c r="K25" s="212"/>
       <c r="L25" s="212"/>
       <c r="M25" s="115"/>
       <c r="N25" s="122"/>
     </row>
     <row r="28" spans="1:14" s="117" customFormat="1" ht="11.65" x14ac:dyDescent="0.35">
       <c r="C28" s="207" t="s">
-        <v>354</v>
+        <v>348</v>
       </c>
       <c r="D28" s="207"/>
       <c r="E28" s="207"/>
       <c r="F28" s="207"/>
       <c r="G28" s="207"/>
       <c r="H28" s="207"/>
       <c r="I28" s="207"/>
     </row>
     <row r="29" spans="1:14" s="117" customFormat="1" ht="11.65" x14ac:dyDescent="0.35">
       <c r="J29" s="121"/>
       <c r="K29" s="207" t="s">
         <v>20</v>
       </c>
       <c r="L29" s="207"/>
       <c r="N29" s="121" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
     </row>
     <row r="30" spans="1:14" s="117" customFormat="1" ht="11.65" x14ac:dyDescent="0.35">
       <c r="C30" s="117" t="s">
-        <v>349</v>
+        <v>343</v>
       </c>
       <c r="D30" s="127"/>
       <c r="H30" s="127"/>
       <c r="J30" s="115"/>
       <c r="K30" s="212"/>
       <c r="L30" s="212"/>
       <c r="M30" s="121"/>
       <c r="N30" s="122"/>
     </row>
     <row r="31" spans="1:14" s="117" customFormat="1" ht="11.65" x14ac:dyDescent="0.35">
       <c r="C31" s="117" t="s">
-        <v>355</v>
+        <v>349</v>
       </c>
       <c r="D31" s="128"/>
       <c r="E31" s="128" t="s">
-        <v>352</v>
+        <v>346</v>
       </c>
       <c r="F31" s="128"/>
       <c r="H31" s="115"/>
       <c r="I31" s="129" t="s">
-        <v>353</v>
+        <v>347</v>
       </c>
       <c r="J31" s="115"/>
       <c r="K31" s="212"/>
       <c r="L31" s="212"/>
       <c r="M31" s="115"/>
       <c r="N31" s="122"/>
     </row>
     <row r="32" spans="1:14" ht="15" x14ac:dyDescent="0.35">
       <c r="C32" s="117" t="s">
-        <v>356</v>
+        <v>364</v>
       </c>
       <c r="I32" s="130" t="s">
-        <v>357</v>
+        <v>350</v>
       </c>
       <c r="K32" s="215"/>
       <c r="L32" s="215"/>
       <c r="N32" s="131"/>
     </row>
     <row r="34" spans="3:14" x14ac:dyDescent="0.35">
       <c r="C34" s="117"/>
       <c r="D34" s="127" t="s">
-        <v>99</v>
+        <v>98</v>
       </c>
       <c r="E34" s="127"/>
       <c r="F34" s="127"/>
       <c r="G34" s="127"/>
       <c r="H34" s="127"/>
       <c r="I34" s="127"/>
       <c r="J34" s="127"/>
       <c r="K34" s="117"/>
       <c r="L34" s="117"/>
       <c r="M34" s="117"/>
       <c r="N34" s="117"/>
     </row>
     <row r="35" spans="3:14" x14ac:dyDescent="0.35">
       <c r="C35" s="117" t="s">
-        <v>358</v>
+        <v>351</v>
       </c>
       <c r="D35" s="117"/>
       <c r="E35" s="117" t="s">
-        <v>359</v>
+        <v>352</v>
       </c>
       <c r="F35" s="117"/>
       <c r="G35" s="117"/>
       <c r="H35" s="117"/>
       <c r="I35" s="117" t="s">
         <v>37</v>
       </c>
       <c r="J35" s="117"/>
       <c r="K35" s="218"/>
       <c r="L35" s="218"/>
       <c r="M35" s="117"/>
       <c r="N35" s="132"/>
     </row>
     <row r="36" spans="3:14" x14ac:dyDescent="0.35">
       <c r="C36" s="117" t="s">
-        <v>360</v>
+        <v>353</v>
       </c>
       <c r="D36" s="117"/>
       <c r="E36" s="117" t="s">
-        <v>359</v>
+        <v>352</v>
       </c>
       <c r="F36" s="117"/>
       <c r="G36" s="117"/>
       <c r="H36" s="117"/>
       <c r="I36" s="117" t="s">
         <v>37</v>
       </c>
       <c r="J36" s="115"/>
       <c r="K36" s="133"/>
       <c r="L36" s="133"/>
       <c r="M36" s="115"/>
       <c r="N36" s="133"/>
     </row>
     <row r="39" spans="3:14" x14ac:dyDescent="0.35">
       <c r="C39" s="127" t="s">
-        <v>361</v>
+        <v>354</v>
       </c>
       <c r="D39" s="127"/>
       <c r="E39" s="127"/>
       <c r="F39" s="127"/>
       <c r="G39" s="127"/>
       <c r="H39" s="127"/>
       <c r="I39" s="127"/>
     </row>
     <row r="41" spans="3:14" x14ac:dyDescent="0.35">
       <c r="C41" s="117" t="s">
         <v>16</v>
       </c>
       <c r="D41" s="219"/>
       <c r="E41" s="219"/>
       <c r="F41" s="219"/>
       <c r="G41" s="219"/>
       <c r="H41" s="219"/>
       <c r="I41" s="219"/>
       <c r="J41" s="219"/>
       <c r="K41" s="219"/>
       <c r="L41" s="219"/>
       <c r="M41" s="219"/>
     </row>
     <row r="42" spans="3:14" x14ac:dyDescent="0.35">
       <c r="C42" s="219"/>
@@ -4427,195 +4362,195 @@
     <mergeCell ref="C22:I22"/>
     <mergeCell ref="C11:E11"/>
     <mergeCell ref="G11:I11"/>
     <mergeCell ref="K11:N11"/>
     <mergeCell ref="C1:P1"/>
     <mergeCell ref="C2:N2"/>
     <mergeCell ref="D5:H5"/>
     <mergeCell ref="I5:J5"/>
     <mergeCell ref="K5:N5"/>
     <mergeCell ref="D7:I7"/>
     <mergeCell ref="G9:I9"/>
     <mergeCell ref="K9:N9"/>
     <mergeCell ref="C10:E10"/>
     <mergeCell ref="G10:I10"/>
     <mergeCell ref="K10:N10"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0A00-000000000000}">
   <dimension ref="A1:P58"/>
   <sheetViews>
     <sheetView showZeros="0" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="L6" sqref="L6"/>
+      <selection activeCell="A2" sqref="A2:O2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.1328125" defaultRowHeight="12.75" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="9.1328125" style="24"/>
     <col min="2" max="2" width="1.3984375" style="24" customWidth="1"/>
     <col min="3" max="3" width="10.86328125" style="24" customWidth="1"/>
     <col min="4" max="4" width="9.1328125" style="24"/>
     <col min="5" max="5" width="7.1328125" style="24" customWidth="1"/>
     <col min="6" max="6" width="2.86328125" style="24" customWidth="1"/>
     <col min="7" max="7" width="4.59765625" style="24" customWidth="1"/>
     <col min="8" max="8" width="7.265625" style="24" customWidth="1"/>
     <col min="9" max="9" width="6.265625" style="24" customWidth="1"/>
     <col min="10" max="10" width="3.73046875" style="24" customWidth="1"/>
     <col min="11" max="11" width="14" style="24" customWidth="1"/>
     <col min="12" max="12" width="1.73046875" style="24" customWidth="1"/>
     <col min="13" max="13" width="9.73046875" style="24" customWidth="1"/>
     <col min="14" max="14" width="1.73046875" style="24" customWidth="1"/>
     <col min="15" max="15" width="9.73046875" style="24" customWidth="1"/>
     <col min="16" max="16384" width="9.1328125" style="24"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16" x14ac:dyDescent="0.35">
       <c r="A1" s="8">
-        <v>2020</v>
+        <v>2026</v>
       </c>
       <c r="B1" s="23"/>
       <c r="N1" s="171" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
       <c r="O1" s="171"/>
     </row>
     <row r="2" spans="1:16" x14ac:dyDescent="0.35">
       <c r="A2" s="177" t="s">
         <v>0</v>
       </c>
       <c r="B2" s="177"/>
       <c r="C2" s="177"/>
       <c r="D2" s="177"/>
       <c r="E2" s="177"/>
       <c r="F2" s="177"/>
       <c r="G2" s="177"/>
       <c r="H2" s="177"/>
       <c r="I2" s="177"/>
       <c r="J2" s="177"/>
       <c r="K2" s="177"/>
       <c r="L2" s="177"/>
       <c r="M2" s="177"/>
       <c r="N2" s="177"/>
       <c r="O2" s="177"/>
     </row>
     <row r="3" spans="1:16" s="1" customFormat="1" ht="17.649999999999999" x14ac:dyDescent="0.5">
       <c r="A3" s="138" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="B3" s="138"/>
       <c r="C3" s="138"/>
       <c r="D3" s="138"/>
       <c r="E3" s="138"/>
       <c r="F3" s="138"/>
       <c r="G3" s="138"/>
       <c r="H3" s="138"/>
       <c r="I3" s="138"/>
       <c r="J3" s="138"/>
       <c r="K3" s="138"/>
       <c r="L3" s="138"/>
       <c r="M3" s="138"/>
       <c r="N3" s="138"/>
       <c r="O3" s="138"/>
     </row>
     <row r="5" spans="1:16" x14ac:dyDescent="0.35">
       <c r="C5" s="28" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="D5" s="136">
         <f>Title!$C$3</f>
         <v>0</v>
       </c>
       <c r="E5" s="187"/>
       <c r="F5" s="187"/>
       <c r="G5" s="187"/>
       <c r="H5" s="187"/>
       <c r="K5" s="28" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="L5" s="222">
         <f>Title!$C$5</f>
         <v>0</v>
       </c>
       <c r="M5" s="187"/>
       <c r="N5" s="187"/>
       <c r="O5" s="187"/>
       <c r="P5"/>
     </row>
     <row r="6" spans="1:16" ht="7.5" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="7" spans="1:16" ht="13.15" x14ac:dyDescent="0.4">
       <c r="C7" s="76" t="s">
-        <v>236</v>
+        <v>234</v>
       </c>
     </row>
     <row r="8" spans="1:16" ht="13.15" x14ac:dyDescent="0.4">
       <c r="A8" s="6" t="s">
         <v>10</v>
       </c>
       <c r="B8" s="6"/>
       <c r="C8" s="3"/>
       <c r="D8" s="3"/>
       <c r="E8" s="3"/>
       <c r="F8" s="3"/>
       <c r="G8" s="3"/>
       <c r="H8" s="3"/>
       <c r="I8" s="3"/>
       <c r="J8" s="3"/>
       <c r="K8" s="6" t="s">
-        <v>262</v>
+        <v>260</v>
       </c>
       <c r="L8" s="3"/>
       <c r="M8" s="185" t="s">
-        <v>263</v>
+        <v>261</v>
       </c>
       <c r="N8" s="185"/>
       <c r="O8" s="185"/>
     </row>
     <row r="9" spans="1:16" ht="13.15" x14ac:dyDescent="0.4">
       <c r="A9" s="3" t="s">
         <v>12</v>
       </c>
       <c r="B9" s="3"/>
       <c r="C9" s="156" t="s">
-        <v>177</v>
+        <v>176</v>
       </c>
       <c r="D9" s="156"/>
       <c r="E9" s="156"/>
       <c r="H9" s="19" t="s">
         <v>21</v>
       </c>
       <c r="I9" s="3"/>
       <c r="J9" s="3"/>
       <c r="K9" s="3" t="s">
-        <v>237</v>
+        <v>235</v>
       </c>
       <c r="L9" s="3"/>
       <c r="M9" s="156" t="s">
-        <v>238</v>
+        <v>236</v>
       </c>
       <c r="N9" s="156"/>
       <c r="O9" s="156"/>
     </row>
     <row r="10" spans="1:16" ht="14.1" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A10" s="51"/>
       <c r="B10" s="52"/>
       <c r="C10" s="221"/>
       <c r="D10" s="187"/>
       <c r="E10" s="187"/>
       <c r="F10" s="52"/>
       <c r="G10" s="172"/>
       <c r="H10" s="167"/>
       <c r="I10" s="167"/>
       <c r="J10" s="18"/>
       <c r="K10" s="40"/>
       <c r="L10" s="18"/>
       <c r="M10" s="220"/>
       <c r="N10" s="220"/>
       <c r="O10" s="220"/>
     </row>
     <row r="11" spans="1:16" ht="14.1" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A11" s="51"/>
       <c r="B11" s="52"/>
       <c r="C11" s="221"/>
@@ -4717,536 +4652,536 @@
         <v>28</v>
       </c>
     </row>
     <row r="18" spans="1:15" ht="8.25" customHeight="1" x14ac:dyDescent="0.4">
       <c r="C18" s="2"/>
     </row>
     <row r="19" spans="1:15" ht="13.15" x14ac:dyDescent="0.4">
       <c r="A19" s="2" t="s">
         <v>23</v>
       </c>
       <c r="F19" s="156" t="s">
         <v>5</v>
       </c>
       <c r="G19" s="156"/>
       <c r="H19" s="180"/>
       <c r="I19" s="180"/>
       <c r="J19" s="3"/>
       <c r="K19" s="3" t="s">
         <v>66</v>
       </c>
       <c r="L19" s="3"/>
       <c r="M19" s="3" t="s">
         <v>20</v>
       </c>
       <c r="O19" s="3" t="s">
-        <v>249</v>
+        <v>247</v>
       </c>
     </row>
     <row r="20" spans="1:15" ht="12" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A20" s="142" t="s">
-        <v>316</v>
+        <v>311</v>
       </c>
       <c r="B20" s="142"/>
       <c r="C20" s="142"/>
       <c r="D20" s="142"/>
       <c r="E20" s="2"/>
       <c r="F20" s="2"/>
       <c r="G20" s="2"/>
       <c r="H20" s="2"/>
       <c r="I20" s="2"/>
       <c r="J20" s="2"/>
       <c r="K20" s="2"/>
       <c r="L20" s="3"/>
     </row>
     <row r="21" spans="1:15" ht="14.1" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A21" s="9" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="B21" s="16"/>
       <c r="C21" s="16"/>
       <c r="D21" s="16"/>
       <c r="F21" s="9" t="s">
-        <v>317</v>
+        <v>312</v>
       </c>
       <c r="K21" s="74" t="s">
         <v>22</v>
       </c>
       <c r="L21" s="52"/>
       <c r="M21" s="75"/>
       <c r="O21" s="75"/>
     </row>
     <row r="22" spans="1:15" ht="14.1" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A22" s="8" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="F22" s="8" t="s">
-        <v>318</v>
+        <v>313</v>
       </c>
       <c r="K22" s="74" t="s">
-        <v>239</v>
+        <v>237</v>
       </c>
       <c r="L22" s="52"/>
       <c r="M22" s="75"/>
       <c r="O22" s="75"/>
     </row>
     <row r="23" spans="1:15" ht="14.1" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A23" s="9" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="F23" s="9" t="s">
-        <v>317</v>
+        <v>312</v>
       </c>
       <c r="K23" s="74" t="s">
         <v>22</v>
       </c>
       <c r="L23" s="52"/>
       <c r="M23" s="75"/>
       <c r="O23" s="75"/>
     </row>
     <row r="24" spans="1:15" ht="14.1" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A24" s="9" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="F24" s="8" t="s">
-        <v>318</v>
+        <v>313</v>
       </c>
       <c r="K24" s="74" t="s">
-        <v>239</v>
+        <v>237</v>
       </c>
       <c r="L24" s="52"/>
       <c r="M24" s="75"/>
       <c r="O24" s="75"/>
     </row>
     <row r="25" spans="1:15" ht="14.1" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A25" s="9" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="F25" s="9" t="s">
-        <v>317</v>
+        <v>312</v>
       </c>
       <c r="K25" s="74" t="s">
         <v>22</v>
       </c>
       <c r="L25" s="52"/>
       <c r="M25" s="75"/>
       <c r="O25" s="75"/>
     </row>
     <row r="26" spans="1:15" ht="14.1" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A26" s="8" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="F26" s="8" t="s">
-        <v>318</v>
+        <v>313</v>
       </c>
       <c r="K26" s="74" t="s">
-        <v>239</v>
+        <v>237</v>
       </c>
       <c r="L26" s="52"/>
       <c r="M26" s="75"/>
       <c r="O26" s="75"/>
     </row>
     <row r="27" spans="1:15" ht="14.1" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A27" s="9" t="s">
         <v>29</v>
       </c>
       <c r="C27" s="8" t="s">
-        <v>319</v>
+        <v>314</v>
       </c>
       <c r="D27" s="23"/>
       <c r="E27" s="23"/>
       <c r="F27" s="8" t="s">
-        <v>320</v>
+        <v>315</v>
       </c>
       <c r="G27" s="23"/>
       <c r="I27" s="18"/>
       <c r="J27" s="78"/>
       <c r="K27" s="74" t="s">
-        <v>240</v>
+        <v>238</v>
       </c>
       <c r="L27" s="52"/>
       <c r="M27" s="75"/>
       <c r="O27" s="75"/>
     </row>
     <row r="28" spans="1:15" ht="14.1" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A28" s="9"/>
       <c r="C28" s="8" t="s">
-        <v>321</v>
+        <v>316</v>
       </c>
       <c r="D28" s="23"/>
       <c r="E28" s="23"/>
       <c r="F28" s="8" t="s">
-        <v>322</v>
+        <v>317</v>
       </c>
       <c r="I28" s="18"/>
       <c r="J28" s="78"/>
       <c r="K28" s="74" t="s">
-        <v>240</v>
+        <v>238</v>
       </c>
       <c r="L28" s="52"/>
     </row>
     <row r="29" spans="1:15" ht="14.1" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A29" s="9"/>
       <c r="C29" s="8"/>
       <c r="D29" s="23"/>
       <c r="E29" s="23"/>
       <c r="F29" s="8"/>
       <c r="I29" s="18"/>
       <c r="J29" s="78"/>
       <c r="K29" s="74"/>
       <c r="L29" s="52"/>
       <c r="M29" s="65"/>
       <c r="O29" s="65"/>
     </row>
     <row r="30" spans="1:15" ht="14.1" customHeight="1" x14ac:dyDescent="0.35">
       <c r="J30" s="78"/>
       <c r="K30" s="74"/>
     </row>
     <row r="31" spans="1:15" ht="14.1" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A31" s="156" t="s">
-        <v>323</v>
+        <v>318</v>
       </c>
       <c r="B31" s="156"/>
       <c r="C31" s="156"/>
       <c r="D31" s="156"/>
       <c r="E31" s="3"/>
       <c r="F31" s="3"/>
       <c r="G31" s="3"/>
       <c r="L31" s="52"/>
       <c r="M31" s="75"/>
       <c r="O31" s="75"/>
     </row>
     <row r="32" spans="1:15" ht="14.1" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A32" s="9" t="s">
-        <v>147</v>
+        <v>146</v>
       </c>
       <c r="B32" s="3"/>
       <c r="D32" s="19"/>
       <c r="E32" s="19"/>
       <c r="F32" s="9" t="s">
-        <v>324</v>
+        <v>319</v>
       </c>
       <c r="G32" s="3"/>
       <c r="K32" s="74" t="s">
         <v>22</v>
       </c>
       <c r="L32" s="52"/>
       <c r="M32" s="75"/>
       <c r="O32" s="75"/>
     </row>
     <row r="33" spans="1:15" ht="14.1" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A33" s="8" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="B33" s="23"/>
       <c r="C33" s="23"/>
       <c r="D33" s="23"/>
       <c r="E33" s="23"/>
       <c r="F33" s="8" t="s">
-        <v>325</v>
+        <v>320</v>
       </c>
       <c r="G33" s="23"/>
       <c r="K33" s="74" t="s">
-        <v>239</v>
+        <v>237</v>
       </c>
       <c r="L33" s="52"/>
       <c r="M33" s="75"/>
       <c r="O33" s="75"/>
     </row>
     <row r="34" spans="1:15" ht="14.1" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A34" s="9" t="s">
-        <v>148</v>
+        <v>147</v>
       </c>
       <c r="B34" s="23"/>
       <c r="C34" s="23"/>
       <c r="D34" s="23"/>
       <c r="E34" s="23"/>
       <c r="F34" s="9" t="s">
-        <v>324</v>
+        <v>319</v>
       </c>
       <c r="G34" s="23"/>
       <c r="K34" s="74" t="s">
         <v>22</v>
       </c>
       <c r="L34" s="52"/>
       <c r="M34" s="75"/>
       <c r="O34" s="75"/>
     </row>
     <row r="35" spans="1:15" ht="14.1" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A35" s="9" t="s">
-        <v>143</v>
+        <v>142</v>
       </c>
       <c r="B35" s="23"/>
       <c r="C35" s="23"/>
       <c r="D35" s="23"/>
       <c r="E35" s="23"/>
       <c r="F35" s="8" t="s">
-        <v>325</v>
+        <v>320</v>
       </c>
       <c r="G35" s="23"/>
       <c r="K35" s="74" t="s">
-        <v>239</v>
+        <v>237</v>
       </c>
       <c r="L35" s="52"/>
       <c r="M35" s="75"/>
       <c r="O35" s="75"/>
     </row>
     <row r="36" spans="1:15" ht="14.1" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A36" s="9" t="s">
-        <v>149</v>
+        <v>148</v>
       </c>
       <c r="C36" s="23"/>
       <c r="D36" s="23"/>
       <c r="E36" s="23"/>
       <c r="F36" s="9" t="s">
-        <v>324</v>
+        <v>319</v>
       </c>
       <c r="G36" s="23"/>
       <c r="K36" s="74" t="s">
         <v>22</v>
       </c>
       <c r="L36" s="52"/>
       <c r="M36" s="75"/>
       <c r="O36" s="75"/>
     </row>
     <row r="37" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A37" s="8" t="s">
-        <v>144</v>
+        <v>143</v>
       </c>
       <c r="B37" s="18"/>
       <c r="C37" s="23"/>
       <c r="D37" s="23"/>
       <c r="E37" s="23"/>
       <c r="F37" s="8" t="s">
-        <v>325</v>
+        <v>320</v>
       </c>
       <c r="G37" s="23"/>
       <c r="K37" s="74" t="s">
-        <v>239</v>
+        <v>237</v>
       </c>
       <c r="L37" s="52"/>
       <c r="M37" s="75"/>
       <c r="O37" s="75"/>
     </row>
     <row r="38" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A38" s="9" t="s">
         <v>29</v>
       </c>
       <c r="C38" s="8" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="D38" s="23"/>
       <c r="E38" s="23"/>
       <c r="F38" s="8" t="s">
         <v>68</v>
       </c>
       <c r="G38" s="23"/>
       <c r="K38" s="74" t="s">
-        <v>240</v>
+        <v>238</v>
       </c>
       <c r="L38" s="52"/>
       <c r="M38" s="75"/>
       <c r="O38" s="75"/>
     </row>
     <row r="39" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A39" s="9"/>
       <c r="C39" s="8" t="s">
-        <v>115</v>
+        <v>114</v>
       </c>
       <c r="D39" s="23"/>
       <c r="E39" s="23"/>
       <c r="F39" s="8" t="s">
-        <v>326</v>
+        <v>321</v>
       </c>
       <c r="G39" s="23"/>
       <c r="K39" s="74" t="s">
-        <v>240</v>
+        <v>238</v>
       </c>
       <c r="L39" s="52"/>
       <c r="M39" s="75"/>
       <c r="O39" s="75"/>
     </row>
     <row r="40" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A40" s="9"/>
       <c r="C40" s="8" t="s">
-        <v>330</v>
+        <v>325</v>
       </c>
       <c r="D40" s="23"/>
       <c r="E40" s="23"/>
       <c r="F40" s="8" t="s">
-        <v>322</v>
+        <v>317</v>
       </c>
       <c r="K40" s="74" t="s">
-        <v>240</v>
+        <v>238</v>
       </c>
       <c r="L40" s="52"/>
       <c r="M40" s="75"/>
       <c r="O40" s="75"/>
     </row>
     <row r="41" spans="1:15" ht="14.1" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A41" s="156" t="s">
-        <v>327</v>
+        <v>322</v>
       </c>
       <c r="B41" s="156"/>
       <c r="C41" s="156"/>
       <c r="D41" s="156"/>
       <c r="K41" s="74"/>
     </row>
     <row r="42" spans="1:15" ht="14.1" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A42" s="9" t="s">
         <v>69</v>
       </c>
       <c r="B42" s="18"/>
       <c r="C42" s="8" t="s">
-        <v>116</v>
+        <v>115</v>
       </c>
       <c r="D42" s="23"/>
       <c r="E42" s="23"/>
       <c r="F42" s="8" t="s">
         <v>68</v>
       </c>
       <c r="G42" s="23"/>
       <c r="I42" s="18"/>
       <c r="J42" s="78"/>
       <c r="K42" s="74" t="s">
-        <v>240</v>
+        <v>238</v>
       </c>
       <c r="L42" s="52"/>
       <c r="M42" s="75"/>
       <c r="O42" s="75"/>
     </row>
     <row r="43" spans="1:15" ht="14.1" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A43" s="9"/>
       <c r="B43" s="18"/>
       <c r="C43" s="8" t="s">
-        <v>328</v>
+        <v>323</v>
       </c>
       <c r="D43" s="23"/>
       <c r="E43" s="23"/>
       <c r="F43" s="8" t="s">
-        <v>154</v>
+        <v>153</v>
       </c>
       <c r="G43" s="23"/>
       <c r="I43" s="18"/>
       <c r="J43" s="78"/>
       <c r="K43" s="74" t="s">
-        <v>240</v>
+        <v>238</v>
       </c>
       <c r="L43" s="52"/>
       <c r="M43" s="75"/>
       <c r="O43" s="75"/>
     </row>
     <row r="44" spans="1:15" ht="14.1" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A44" s="9"/>
       <c r="B44" s="18"/>
       <c r="C44" s="8" t="s">
-        <v>329</v>
+        <v>324</v>
       </c>
       <c r="D44" s="23"/>
       <c r="E44" s="23"/>
       <c r="F44" s="8" t="s">
-        <v>153</v>
+        <v>152</v>
       </c>
       <c r="G44" s="23"/>
       <c r="J44" s="78"/>
       <c r="K44" s="74" t="s">
-        <v>240</v>
+        <v>238</v>
       </c>
       <c r="L44" s="52"/>
       <c r="M44" s="75"/>
       <c r="O44" s="75"/>
     </row>
     <row r="45" spans="1:15" ht="14.1" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A45" s="9" t="s">
-        <v>241</v>
+        <v>239</v>
       </c>
       <c r="B45" s="23"/>
       <c r="C45" s="23"/>
       <c r="D45" s="23"/>
       <c r="E45" s="23"/>
       <c r="F45" s="8"/>
       <c r="G45" s="23"/>
       <c r="H45" s="23"/>
       <c r="I45" s="23"/>
       <c r="J45" s="105"/>
       <c r="K45" s="97"/>
       <c r="L45" s="105"/>
       <c r="M45" s="106"/>
       <c r="N45" s="23"/>
       <c r="O45" s="106"/>
     </row>
     <row r="46" spans="1:15" ht="14.1" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A46" s="9" t="s">
+        <v>116</v>
+      </c>
+      <c r="B46" s="23" t="s">
         <v>117</v>
-      </c>
-[...1 lines deleted...]
-        <v>118</v>
       </c>
       <c r="C46" s="23"/>
       <c r="D46" s="23"/>
       <c r="E46" s="23"/>
       <c r="F46" s="8" t="s">
-        <v>119</v>
+        <v>118</v>
       </c>
       <c r="G46" s="23"/>
       <c r="H46" s="18"/>
       <c r="I46" s="23"/>
       <c r="J46" s="78"/>
       <c r="K46" s="74"/>
       <c r="L46" s="52"/>
       <c r="M46" s="75"/>
       <c r="O46" s="75"/>
     </row>
     <row r="47" spans="1:15" ht="14.1" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A47" s="9" t="s">
-        <v>232</v>
+        <v>230</v>
       </c>
       <c r="B47" s="18"/>
       <c r="C47" s="18"/>
       <c r="D47" s="23"/>
       <c r="E47" s="23"/>
       <c r="F47" s="8" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="G47" s="23"/>
       <c r="I47" s="23"/>
       <c r="J47" s="78"/>
       <c r="K47" s="18">
         <v>821301</v>
       </c>
       <c r="L47" s="52"/>
       <c r="M47" s="75"/>
       <c r="O47" s="75"/>
     </row>
     <row r="48" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A48" s="9" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="D48" s="23"/>
       <c r="E48" s="23"/>
       <c r="F48" s="8" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="G48" s="23"/>
       <c r="H48" s="18"/>
       <c r="I48" s="23"/>
       <c r="J48" s="78"/>
       <c r="L48" s="52"/>
       <c r="M48" s="75"/>
       <c r="N48" s="75"/>
       <c r="O48" s="75"/>
     </row>
     <row r="49" spans="1:15" x14ac:dyDescent="0.35">
       <c r="M49" s="65"/>
       <c r="N49" s="65"/>
       <c r="O49" s="65"/>
     </row>
     <row r="50" spans="1:15" ht="9" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A50" s="11" t="s">
         <v>16</v>
       </c>
       <c r="B50" s="11"/>
       <c r="C50" s="225"/>
       <c r="D50" s="225"/>
       <c r="E50" s="225"/>
       <c r="F50" s="225"/>
       <c r="G50" s="225"/>
@@ -5370,451 +5305,451 @@
     <mergeCell ref="C11:E11"/>
     <mergeCell ref="C12:E12"/>
     <mergeCell ref="C13:E13"/>
     <mergeCell ref="C14:E14"/>
     <mergeCell ref="G11:I11"/>
     <mergeCell ref="G12:I12"/>
     <mergeCell ref="M9:O9"/>
     <mergeCell ref="M10:O10"/>
     <mergeCell ref="M13:O13"/>
     <mergeCell ref="M14:O14"/>
     <mergeCell ref="M11:O11"/>
     <mergeCell ref="M12:O12"/>
   </mergeCells>
   <phoneticPr fontId="17" type="noConversion"/>
   <pageMargins left="0.75" right="0.25" top="0.5" bottom="0.5" header="0" footer="0"/>
   <pageSetup scale="95" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0B00-000000000000}">
   <dimension ref="A1:Q53"/>
   <sheetViews>
     <sheetView showZeros="0" view="pageBreakPreview" zoomScaleNormal="100" zoomScaleSheetLayoutView="100" workbookViewId="0">
-      <selection activeCell="M5" sqref="M5"/>
+      <selection activeCell="A2" sqref="A2:O2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.1328125" defaultRowHeight="12.75" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="10.86328125" style="24" customWidth="1"/>
     <col min="2" max="2" width="1.3984375" style="24" customWidth="1"/>
     <col min="3" max="3" width="9" style="24" customWidth="1"/>
     <col min="4" max="4" width="4.59765625" style="24" customWidth="1"/>
     <col min="5" max="5" width="6.59765625" style="24" customWidth="1"/>
     <col min="6" max="6" width="2.86328125" style="24" customWidth="1"/>
     <col min="7" max="7" width="12.73046875" style="24" customWidth="1"/>
     <col min="8" max="8" width="9.59765625" style="24" customWidth="1"/>
     <col min="9" max="9" width="1.3984375" style="24" customWidth="1"/>
     <col min="10" max="10" width="6.1328125" style="24" customWidth="1"/>
     <col min="11" max="11" width="7.265625" style="24" customWidth="1"/>
     <col min="12" max="12" width="1.1328125" style="24" customWidth="1"/>
     <col min="13" max="13" width="13" style="24" customWidth="1"/>
     <col min="14" max="14" width="1.73046875" style="24" customWidth="1"/>
     <col min="15" max="16384" width="9.1328125" style="24"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:17" x14ac:dyDescent="0.35">
       <c r="A1" s="8">
-        <v>2020</v>
+        <v>2026</v>
       </c>
       <c r="B1" s="23"/>
       <c r="N1" s="171" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
       <c r="O1" s="171"/>
     </row>
     <row r="2" spans="1:17" x14ac:dyDescent="0.35">
       <c r="A2" s="177" t="s">
         <v>0</v>
       </c>
       <c r="B2" s="177"/>
       <c r="C2" s="177"/>
       <c r="D2" s="177"/>
       <c r="E2" s="177"/>
       <c r="F2" s="177"/>
       <c r="G2" s="177"/>
       <c r="H2" s="177"/>
       <c r="I2" s="177"/>
       <c r="J2" s="177"/>
       <c r="K2" s="177"/>
       <c r="L2" s="177"/>
       <c r="M2" s="177"/>
       <c r="N2" s="177"/>
       <c r="O2" s="177"/>
     </row>
     <row r="3" spans="1:17" s="1" customFormat="1" ht="17.649999999999999" x14ac:dyDescent="0.5">
       <c r="A3" s="138" t="s">
-        <v>107</v>
+        <v>106</v>
       </c>
       <c r="B3" s="138"/>
       <c r="C3" s="138"/>
       <c r="D3" s="138"/>
       <c r="E3" s="138"/>
       <c r="F3" s="138"/>
       <c r="G3" s="138"/>
       <c r="H3" s="138"/>
       <c r="I3" s="138"/>
       <c r="J3" s="138"/>
       <c r="K3" s="138"/>
       <c r="L3" s="138"/>
       <c r="M3" s="138"/>
       <c r="N3" s="138"/>
       <c r="O3" s="138"/>
     </row>
     <row r="4" spans="1:17" ht="8.25" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="5" spans="1:17" x14ac:dyDescent="0.35">
       <c r="C5" s="28" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="D5" s="169">
         <f>Title!$C$3</f>
         <v>0</v>
       </c>
       <c r="E5" s="152"/>
       <c r="F5" s="152"/>
       <c r="G5" s="152"/>
       <c r="H5" s="152"/>
       <c r="K5" s="28" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="L5" s="98"/>
       <c r="M5" s="98">
         <f>Title!$C$5</f>
         <v>0</v>
       </c>
       <c r="N5" s="69"/>
       <c r="O5" s="69"/>
       <c r="P5" s="69"/>
       <c r="Q5" s="108"/>
     </row>
     <row r="7" spans="1:17" ht="13.15" x14ac:dyDescent="0.4">
       <c r="C7" s="76"/>
     </row>
     <row r="8" spans="1:17" ht="15" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A8" s="6" t="s">
         <v>10</v>
       </c>
       <c r="B8" s="6"/>
       <c r="M8" s="18"/>
       <c r="N8" s="18"/>
       <c r="O8" s="18"/>
     </row>
     <row r="9" spans="1:17" ht="14.1" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A9" s="3" t="s">
         <v>12</v>
       </c>
       <c r="B9" s="3"/>
       <c r="C9" s="156" t="s">
         <v>23</v>
       </c>
       <c r="D9" s="156"/>
       <c r="E9" s="3"/>
       <c r="G9" s="156" t="s">
         <v>5</v>
       </c>
       <c r="H9" s="156"/>
       <c r="I9" s="156"/>
       <c r="J9" s="19"/>
       <c r="K9" s="156" t="s">
-        <v>108</v>
+        <v>107</v>
       </c>
       <c r="L9" s="156"/>
       <c r="M9" s="156"/>
       <c r="N9" s="156"/>
       <c r="O9" s="156"/>
     </row>
     <row r="10" spans="1:17" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="L10" s="23"/>
       <c r="M10" s="18"/>
       <c r="N10" s="18"/>
     </row>
     <row r="11" spans="1:17" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A11" s="75"/>
       <c r="C11" s="24" t="s">
         <v>60</v>
       </c>
       <c r="G11" s="228" t="s">
-        <v>175</v>
+        <v>174</v>
       </c>
       <c r="H11" s="228"/>
       <c r="I11" s="228"/>
       <c r="J11" s="228"/>
       <c r="K11" s="172"/>
       <c r="L11" s="172"/>
       <c r="M11" s="172"/>
       <c r="N11" s="172"/>
       <c r="O11" s="172"/>
     </row>
     <row r="12" spans="1:17" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A12" s="65"/>
       <c r="C12" s="23" t="s">
         <v>61</v>
       </c>
       <c r="D12" s="23"/>
       <c r="E12" s="23"/>
       <c r="F12" s="23"/>
       <c r="G12" s="228" t="s">
         <v>62</v>
       </c>
       <c r="H12" s="228"/>
       <c r="I12" s="228"/>
       <c r="J12" s="8"/>
       <c r="K12" s="172"/>
       <c r="L12" s="172"/>
       <c r="M12" s="172"/>
       <c r="N12" s="172"/>
       <c r="O12" s="172"/>
     </row>
     <row r="13" spans="1:17" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A13" s="65"/>
       <c r="C13" s="24" t="s">
-        <v>109</v>
+        <v>108</v>
       </c>
       <c r="G13" s="228" t="s">
         <v>62</v>
       </c>
       <c r="H13" s="228"/>
       <c r="I13" s="228"/>
       <c r="J13" s="9"/>
       <c r="K13" s="172"/>
       <c r="L13" s="172"/>
       <c r="M13" s="172"/>
       <c r="N13" s="172"/>
       <c r="O13" s="172"/>
     </row>
     <row r="14" spans="1:17" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A14" s="51"/>
       <c r="B14" s="52"/>
       <c r="C14" s="23" t="s">
-        <v>110</v>
+        <v>109</v>
       </c>
       <c r="D14" s="23"/>
       <c r="E14" s="23"/>
       <c r="F14" s="23"/>
       <c r="G14" s="228" t="s">
         <v>62</v>
       </c>
       <c r="H14" s="228"/>
       <c r="I14" s="228"/>
       <c r="J14" s="8"/>
       <c r="K14" s="172"/>
       <c r="L14" s="172"/>
       <c r="M14" s="172"/>
       <c r="N14" s="172"/>
       <c r="O14" s="172"/>
     </row>
     <row r="15" spans="1:17" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A15" s="65"/>
       <c r="C15" s="23" t="s">
-        <v>111</v>
+        <v>110</v>
       </c>
       <c r="D15" s="23"/>
       <c r="E15" s="23"/>
       <c r="F15" s="23"/>
       <c r="G15" s="228" t="s">
         <v>62</v>
       </c>
       <c r="H15" s="228"/>
       <c r="I15" s="228"/>
       <c r="J15" s="9"/>
       <c r="K15" s="172"/>
       <c r="L15" s="172"/>
       <c r="M15" s="172"/>
       <c r="N15" s="172"/>
       <c r="O15" s="172"/>
     </row>
     <row r="16" spans="1:17" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A16" s="65"/>
       <c r="C16" s="23" t="s">
         <v>64</v>
       </c>
       <c r="D16" s="23"/>
       <c r="E16" s="23"/>
       <c r="F16" s="23"/>
       <c r="J16" s="23"/>
       <c r="K16" s="171"/>
       <c r="L16" s="171"/>
       <c r="M16" s="171"/>
       <c r="N16" s="171"/>
       <c r="O16" s="171"/>
     </row>
     <row r="17" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="C17" s="23" t="s">
-        <v>112</v>
+        <v>111</v>
       </c>
       <c r="D17" s="23"/>
       <c r="E17" s="23"/>
       <c r="F17" s="23"/>
       <c r="G17" s="171" t="s">
         <v>62</v>
       </c>
       <c r="H17" s="171"/>
       <c r="I17" s="171"/>
       <c r="J17" s="23"/>
       <c r="K17" s="189"/>
       <c r="L17" s="189"/>
       <c r="M17" s="189"/>
       <c r="N17" s="189"/>
       <c r="O17" s="189"/>
     </row>
     <row r="18" spans="1:15" ht="32.25" customHeight="1" x14ac:dyDescent="0.35">
       <c r="C18" s="23"/>
       <c r="D18" s="23"/>
       <c r="E18" s="23"/>
       <c r="F18" s="23"/>
       <c r="H18" s="23"/>
       <c r="I18" s="23"/>
       <c r="J18" s="23"/>
       <c r="L18" s="23"/>
       <c r="M18" s="18"/>
       <c r="N18" s="18"/>
       <c r="O18" s="18"/>
     </row>
     <row r="19" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.4">
       <c r="C19" s="156" t="s">
         <v>23</v>
       </c>
       <c r="D19" s="156"/>
       <c r="E19" s="3"/>
       <c r="F19" s="19" t="s">
         <v>5</v>
       </c>
       <c r="H19" s="19"/>
       <c r="I19" s="19"/>
       <c r="J19" s="19"/>
       <c r="K19" s="3" t="s">
         <v>13</v>
       </c>
       <c r="L19" s="23"/>
       <c r="M19" s="156" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="N19" s="156"/>
       <c r="O19" s="156"/>
     </row>
     <row r="20" spans="1:15" ht="12" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A20" s="177"/>
       <c r="B20" s="177"/>
       <c r="C20" s="177"/>
       <c r="D20" s="177"/>
       <c r="E20" s="23"/>
       <c r="F20" s="18"/>
       <c r="H20" s="23"/>
       <c r="I20" s="23"/>
       <c r="J20" s="23"/>
       <c r="L20" s="23"/>
       <c r="M20" s="18"/>
       <c r="N20" s="18"/>
       <c r="O20" s="18"/>
     </row>
     <row r="21" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A21" s="24" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="C21" s="24" t="s">
-        <v>242</v>
+        <v>240</v>
       </c>
       <c r="E21" s="8" t="s">
-        <v>245</v>
+        <v>243</v>
       </c>
       <c r="F21" s="8"/>
       <c r="G21" s="8"/>
       <c r="H21" s="8"/>
       <c r="K21" s="18" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="L21" s="23"/>
       <c r="M21" s="186"/>
       <c r="N21" s="186"/>
       <c r="O21" s="186"/>
     </row>
     <row r="22" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="C22" s="23" t="s">
-        <v>243</v>
+        <v>241</v>
       </c>
       <c r="D22" s="23"/>
       <c r="E22" s="8" t="s">
-        <v>245</v>
+        <v>243</v>
       </c>
       <c r="F22" s="23"/>
       <c r="H22" s="23"/>
       <c r="I22" s="23"/>
       <c r="J22" s="23"/>
       <c r="K22" s="18" t="s">
-        <v>113</v>
+        <v>112</v>
       </c>
       <c r="L22" s="23"/>
       <c r="M22" s="226"/>
       <c r="N22" s="226"/>
       <c r="O22" s="226"/>
     </row>
     <row r="23" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="C23" s="24" t="s">
-        <v>244</v>
+        <v>242</v>
       </c>
       <c r="D23" s="23"/>
       <c r="E23" s="8" t="s">
-        <v>245</v>
+        <v>243</v>
       </c>
       <c r="F23" s="23"/>
       <c r="H23" s="23"/>
       <c r="I23" s="23"/>
       <c r="J23" s="23"/>
       <c r="K23" s="18" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
       <c r="L23" s="18"/>
       <c r="M23" s="227"/>
       <c r="N23" s="227"/>
       <c r="O23" s="227"/>
     </row>
     <row r="24" spans="1:15" ht="16.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="C24" s="23" t="s">
-        <v>246</v>
+        <v>244</v>
       </c>
       <c r="D24" s="23"/>
       <c r="E24" s="23" t="s">
-        <v>247</v>
+        <v>245</v>
       </c>
       <c r="F24" s="23"/>
       <c r="H24" s="18"/>
       <c r="I24" s="18"/>
       <c r="J24" s="23"/>
       <c r="K24" s="18" t="s">
         <v>51</v>
       </c>
       <c r="L24" s="18"/>
       <c r="M24" s="186"/>
       <c r="N24" s="186"/>
       <c r="O24" s="186"/>
     </row>
     <row r="25" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="D25" s="23"/>
       <c r="E25" s="8" t="s">
-        <v>248</v>
+        <v>246</v>
       </c>
       <c r="H25" s="23"/>
       <c r="I25" s="23"/>
       <c r="J25" s="23"/>
       <c r="L25" s="18"/>
       <c r="M25" s="18"/>
       <c r="N25" s="18"/>
       <c r="O25" s="18"/>
     </row>
     <row r="26" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A26" s="24" t="s">
         <v>16</v>
       </c>
       <c r="B26" s="225"/>
       <c r="C26" s="225"/>
       <c r="D26" s="225"/>
       <c r="E26" s="225"/>
       <c r="F26" s="225"/>
       <c r="G26" s="225"/>
       <c r="H26" s="225"/>
       <c r="I26" s="225"/>
       <c r="J26" s="225"/>
       <c r="K26" s="225"/>
       <c r="L26" s="225"/>
       <c r="M26" s="225"/>
@@ -5849,306 +5784,306 @@
       <c r="H28" s="224"/>
       <c r="I28" s="224"/>
       <c r="J28" s="224"/>
       <c r="K28" s="224"/>
       <c r="L28" s="224"/>
       <c r="M28" s="224"/>
       <c r="N28" s="224"/>
       <c r="O28" s="224"/>
     </row>
     <row r="29" spans="1:15" ht="12.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A29" s="9"/>
       <c r="C29" s="8"/>
       <c r="D29" s="23"/>
       <c r="E29" s="23"/>
       <c r="F29" s="8"/>
       <c r="G29" s="23"/>
       <c r="I29" s="18"/>
       <c r="J29" s="78"/>
       <c r="K29" s="74"/>
       <c r="L29" s="52"/>
     </row>
     <row r="30" spans="1:15" ht="12.75" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A30" s="9"/>
       <c r="B30" s="18"/>
       <c r="C30" s="19" t="s">
-        <v>123</v>
+        <v>122</v>
       </c>
       <c r="D30" s="23"/>
       <c r="E30" s="23"/>
       <c r="F30" s="8"/>
       <c r="G30" s="23"/>
       <c r="I30" s="18"/>
       <c r="J30" s="78"/>
       <c r="K30" s="74"/>
       <c r="L30" s="52"/>
       <c r="M30" s="3" t="s">
         <v>20</v>
       </c>
       <c r="O30" s="3" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
     </row>
     <row r="31" spans="1:15" ht="12.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A31" s="9"/>
       <c r="B31" s="18"/>
       <c r="C31" s="8"/>
       <c r="D31" s="23"/>
       <c r="E31" s="23"/>
       <c r="F31" s="8"/>
       <c r="G31" s="23"/>
       <c r="I31" s="18"/>
       <c r="J31" s="78"/>
       <c r="K31" s="74"/>
       <c r="L31" s="52"/>
     </row>
     <row r="32" spans="1:15" ht="12.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A32" s="24" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="B32" s="18"/>
       <c r="C32" s="8"/>
       <c r="D32" s="23"/>
       <c r="E32" s="23"/>
       <c r="F32" s="8"/>
       <c r="G32" s="23" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="I32" s="18"/>
       <c r="J32" s="78"/>
       <c r="K32" s="74"/>
       <c r="L32" s="52"/>
       <c r="M32" s="60"/>
       <c r="O32" s="60"/>
     </row>
     <row r="33" spans="1:15" ht="12.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A33" s="23" t="s">
-        <v>126</v>
+        <v>125</v>
       </c>
       <c r="C33" s="23"/>
       <c r="D33" s="23"/>
       <c r="E33" s="23"/>
       <c r="F33" s="8"/>
       <c r="G33" s="23" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="I33" s="18"/>
       <c r="J33" s="78"/>
       <c r="K33" s="74"/>
       <c r="L33" s="52"/>
       <c r="M33" s="60"/>
       <c r="O33" s="60"/>
     </row>
     <row r="34" spans="1:15" ht="12.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A34" s="24" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="D34" s="225"/>
       <c r="E34" s="225"/>
       <c r="F34" s="8"/>
       <c r="G34" s="23" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="H34" s="18"/>
       <c r="I34" s="23"/>
       <c r="J34" s="78"/>
       <c r="K34" s="74"/>
       <c r="L34" s="52"/>
       <c r="M34" s="99"/>
       <c r="O34" s="99"/>
     </row>
     <row r="35" spans="1:15" ht="12.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A35" s="23" t="s">
         <v>26</v>
       </c>
       <c r="B35" s="18"/>
       <c r="C35" s="18"/>
       <c r="D35" s="23"/>
       <c r="E35" s="23"/>
       <c r="F35" s="8"/>
       <c r="G35" s="23" t="s">
-        <v>125</v>
+        <v>124</v>
       </c>
       <c r="I35" s="23"/>
       <c r="J35" s="78"/>
       <c r="K35" s="18"/>
       <c r="L35" s="52"/>
       <c r="M35" s="60"/>
       <c r="O35" s="60"/>
     </row>
     <row r="36" spans="1:15" ht="12.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A36" s="23" t="s">
         <v>72</v>
       </c>
       <c r="D36" s="23"/>
       <c r="E36" s="23"/>
       <c r="F36" s="8"/>
       <c r="G36" s="23" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="H36" s="18"/>
       <c r="I36" s="23"/>
       <c r="J36" s="78"/>
       <c r="K36" s="74"/>
       <c r="L36" s="52"/>
       <c r="M36" s="60"/>
       <c r="O36" s="60"/>
     </row>
     <row r="37" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A37" s="23" t="s">
         <v>74</v>
       </c>
       <c r="D37" s="18"/>
       <c r="E37" s="18"/>
       <c r="F37" s="18"/>
       <c r="G37" s="23" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="H37" s="18"/>
       <c r="K37" s="18"/>
       <c r="L37" s="18"/>
       <c r="M37" s="60"/>
       <c r="N37" s="18"/>
       <c r="O37" s="60"/>
     </row>
     <row r="38" spans="1:15" ht="13.15" x14ac:dyDescent="0.4">
       <c r="A38" s="6"/>
       <c r="B38" s="6"/>
       <c r="M38" s="18"/>
       <c r="N38" s="18"/>
       <c r="O38" s="18"/>
     </row>
     <row r="39" spans="1:15" ht="13.15" x14ac:dyDescent="0.4">
       <c r="A39" s="3"/>
       <c r="B39" s="3"/>
       <c r="C39" s="2" t="s">
         <v>38</v>
       </c>
       <c r="D39" s="2"/>
       <c r="E39" s="3"/>
       <c r="G39" s="2"/>
       <c r="H39" s="2"/>
       <c r="I39" s="2"/>
       <c r="J39" s="19"/>
       <c r="K39" s="2"/>
       <c r="L39" s="2"/>
       <c r="M39" s="3" t="s">
         <v>20</v>
       </c>
       <c r="N39" s="2"/>
       <c r="O39" s="3" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
     </row>
     <row r="40" spans="1:15" x14ac:dyDescent="0.35">
       <c r="L40" s="23"/>
       <c r="M40" s="18"/>
       <c r="N40" s="18"/>
     </row>
     <row r="41" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A41" s="109" t="s">
-        <v>291</v>
+        <v>288</v>
       </c>
       <c r="B41" s="112"/>
       <c r="C41" s="112"/>
       <c r="D41" s="112"/>
       <c r="E41" s="112"/>
       <c r="F41" s="109" t="s">
-        <v>251</v>
+        <v>249</v>
       </c>
       <c r="G41" s="112"/>
       <c r="H41" s="112"/>
       <c r="I41" s="112"/>
       <c r="J41" s="112"/>
       <c r="L41" s="23"/>
       <c r="M41" s="60"/>
       <c r="N41" s="18"/>
       <c r="O41" s="60"/>
     </row>
     <row r="42" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A42" s="109" t="s">
-        <v>290</v>
+        <v>287</v>
       </c>
       <c r="B42" s="112"/>
       <c r="C42" s="112"/>
       <c r="D42" s="112"/>
       <c r="E42" s="112"/>
       <c r="F42" s="109" t="s">
-        <v>251</v>
+        <v>249</v>
       </c>
       <c r="G42" s="112"/>
       <c r="H42" s="112"/>
       <c r="I42" s="112"/>
       <c r="J42" s="112"/>
       <c r="L42" s="23"/>
       <c r="M42" s="60"/>
       <c r="N42" s="18"/>
       <c r="O42" s="60"/>
     </row>
     <row r="43" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A43" s="23" t="s">
-        <v>129</v>
+        <v>128</v>
       </c>
       <c r="F43" s="23" t="s">
         <v>76</v>
       </c>
       <c r="G43" s="9"/>
       <c r="H43" s="9"/>
       <c r="I43" s="9"/>
       <c r="J43" s="9"/>
       <c r="K43" s="78"/>
       <c r="L43" s="78"/>
       <c r="M43" s="60"/>
       <c r="N43" s="78"/>
       <c r="O43" s="60"/>
     </row>
     <row r="44" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A44" s="23" t="s">
-        <v>232</v>
+        <v>230</v>
       </c>
       <c r="C44" s="23"/>
       <c r="D44" s="23"/>
       <c r="E44" s="23"/>
       <c r="F44" s="23" t="s">
         <v>76</v>
       </c>
       <c r="G44" s="9"/>
       <c r="H44" s="9"/>
       <c r="I44" s="9"/>
       <c r="J44" s="8"/>
       <c r="K44" s="78"/>
       <c r="L44" s="78"/>
       <c r="M44" s="60"/>
       <c r="N44" s="78"/>
       <c r="O44" s="99"/>
     </row>
     <row r="45" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A45" s="23" t="s">
-        <v>250</v>
+        <v>248</v>
       </c>
       <c r="F45" s="23" t="s">
-        <v>251</v>
+        <v>249</v>
       </c>
       <c r="G45" s="9"/>
       <c r="H45" s="9"/>
       <c r="I45" s="9"/>
       <c r="J45" s="9"/>
       <c r="K45" s="78"/>
       <c r="L45" s="78"/>
       <c r="M45" s="99"/>
       <c r="N45" s="78"/>
       <c r="O45" s="60"/>
     </row>
     <row r="46" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A46" s="52"/>
       <c r="B46" s="52"/>
       <c r="C46" s="23"/>
       <c r="D46" s="23"/>
       <c r="E46" s="23"/>
       <c r="F46" s="23"/>
       <c r="G46" s="9"/>
       <c r="H46" s="9"/>
       <c r="I46" s="9"/>
       <c r="J46" s="8"/>
       <c r="K46" s="78"/>
       <c r="L46" s="78"/>
       <c r="M46" s="78"/>
@@ -6297,98 +6232,98 @@
     <mergeCell ref="C19:D19"/>
     <mergeCell ref="M19:O19"/>
     <mergeCell ref="A50:O50"/>
     <mergeCell ref="A51:O51"/>
     <mergeCell ref="M24:O24"/>
     <mergeCell ref="B26:O26"/>
     <mergeCell ref="A27:O27"/>
     <mergeCell ref="A28:O28"/>
     <mergeCell ref="D34:E34"/>
     <mergeCell ref="B47:O47"/>
     <mergeCell ref="A48:O48"/>
     <mergeCell ref="A49:O49"/>
   </mergeCells>
   <phoneticPr fontId="17" type="noConversion"/>
   <pageMargins left="0.75" right="0.25" top="0.5" bottom="0.5" header="0" footer="0"/>
   <pageSetup scale="90" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0C00-000000000000}">
   <dimension ref="A1:O51"/>
   <sheetViews>
     <sheetView showZeros="0" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="O1" sqref="O1"/>
+      <selection activeCell="A2" sqref="A2:O2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.1328125" defaultRowHeight="12.75" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="9.1328125" style="24"/>
     <col min="2" max="2" width="2.265625" style="24" customWidth="1"/>
     <col min="3" max="4" width="9.73046875" style="24" customWidth="1"/>
     <col min="5" max="5" width="1.59765625" style="24" customWidth="1"/>
     <col min="6" max="6" width="7" style="24" customWidth="1"/>
     <col min="7" max="7" width="1.59765625" style="24" customWidth="1"/>
     <col min="8" max="8" width="9.86328125" style="24" customWidth="1"/>
     <col min="9" max="9" width="1.59765625" style="24" customWidth="1"/>
     <col min="10" max="11" width="9.73046875" style="24" customWidth="1"/>
     <col min="12" max="12" width="1.3984375" style="24" customWidth="1"/>
     <col min="13" max="13" width="8.86328125" style="24" customWidth="1"/>
     <col min="14" max="14" width="1.1328125" style="24" customWidth="1"/>
     <col min="15" max="15" width="19.3984375" style="24" customWidth="1"/>
     <col min="16" max="16384" width="9.1328125" style="24"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A1" s="8">
-        <v>2020</v>
+        <v>2026</v>
       </c>
     </row>
     <row r="2" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A2" s="177" t="s">
         <v>0</v>
       </c>
       <c r="B2" s="177"/>
       <c r="C2" s="177"/>
       <c r="D2" s="177"/>
       <c r="E2" s="177"/>
       <c r="F2" s="177"/>
       <c r="G2" s="177"/>
       <c r="H2" s="177"/>
       <c r="I2" s="177"/>
       <c r="J2" s="177"/>
       <c r="K2" s="177"/>
       <c r="L2" s="177"/>
       <c r="M2" s="177"/>
       <c r="N2" s="177"/>
       <c r="O2" s="177"/>
     </row>
     <row r="3" spans="1:15" s="1" customFormat="1" ht="17.649999999999999" x14ac:dyDescent="0.5">
       <c r="A3" s="162" t="s">
-        <v>340</v>
+        <v>334</v>
       </c>
       <c r="B3" s="162"/>
       <c r="C3" s="162"/>
       <c r="D3" s="162"/>
       <c r="E3" s="162"/>
       <c r="F3" s="162"/>
       <c r="G3" s="162"/>
       <c r="H3" s="162"/>
       <c r="I3" s="162"/>
       <c r="J3" s="162"/>
       <c r="K3" s="162"/>
       <c r="L3" s="162"/>
       <c r="M3" s="162"/>
       <c r="N3" s="162"/>
       <c r="O3" s="162"/>
     </row>
     <row r="4" spans="1:15" ht="13.15" x14ac:dyDescent="0.4">
       <c r="A4" s="185"/>
       <c r="B4" s="185"/>
       <c r="C4" s="185"/>
       <c r="D4" s="185"/>
       <c r="E4" s="185"/>
       <c r="F4" s="185"/>
       <c r="G4" s="185"/>
       <c r="H4" s="185"/>
@@ -6397,137 +6332,137 @@
       <c r="K4" s="185"/>
       <c r="L4" s="185"/>
       <c r="M4" s="185"/>
       <c r="N4" s="185"/>
       <c r="O4" s="185"/>
     </row>
     <row r="5" spans="1:15" ht="13.15" x14ac:dyDescent="0.4">
       <c r="A5" s="6"/>
       <c r="B5" s="6"/>
       <c r="C5" s="6"/>
       <c r="D5" s="6"/>
       <c r="E5" s="6"/>
       <c r="F5" s="6"/>
       <c r="G5" s="6"/>
       <c r="H5" s="6"/>
       <c r="I5" s="6"/>
       <c r="J5" s="6"/>
       <c r="K5" s="6"/>
       <c r="L5" s="6"/>
       <c r="M5" s="6"/>
       <c r="N5" s="6"/>
       <c r="O5" s="6"/>
     </row>
     <row r="6" spans="1:15" ht="13.15" x14ac:dyDescent="0.4">
       <c r="A6" s="183" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="B6" s="184"/>
       <c r="C6" s="68">
         <f>(Title!$C$3)</f>
         <v>0</v>
       </c>
       <c r="D6" s="69"/>
       <c r="E6" s="69"/>
       <c r="F6" s="69"/>
       <c r="G6" s="69"/>
       <c r="H6" s="69"/>
       <c r="I6" s="69"/>
       <c r="J6" s="69"/>
       <c r="M6" s="36" t="s">
         <v>3</v>
       </c>
       <c r="N6" s="34"/>
       <c r="O6" s="68">
         <f>(Title!$C$5)</f>
         <v>0</v>
       </c>
     </row>
     <row r="8" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A8" s="24" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="10" spans="1:15" ht="17.25" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A10" s="229" t="s">
-        <v>337</v>
+        <v>331</v>
       </c>
       <c r="B10" s="230"/>
       <c r="C10" s="230"/>
       <c r="D10" s="230"/>
       <c r="E10" s="230"/>
       <c r="F10" s="230"/>
       <c r="G10" s="230"/>
       <c r="H10" s="230"/>
       <c r="I10" s="230"/>
       <c r="J10" s="230"/>
       <c r="K10" s="230"/>
       <c r="L10" s="230"/>
       <c r="M10" s="230"/>
       <c r="N10" s="230"/>
       <c r="O10" s="230"/>
     </row>
     <row r="12" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A12" s="6" t="s">
         <v>10</v>
       </c>
       <c r="H12" s="6" t="s">
         <v>14</v>
       </c>
       <c r="J12" s="2"/>
       <c r="K12" s="2"/>
       <c r="L12" s="2"/>
       <c r="M12" s="6" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
     </row>
     <row r="13" spans="1:15" ht="12.75" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A13" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C13" s="232" t="s">
-        <v>206</v>
+        <v>204</v>
       </c>
       <c r="D13" s="232"/>
       <c r="E13" s="232"/>
       <c r="F13" s="79" t="s">
         <v>45</v>
       </c>
       <c r="H13" s="3" t="s">
-        <v>174</v>
+        <v>173</v>
       </c>
       <c r="J13" s="156" t="s">
         <v>5</v>
       </c>
       <c r="K13" s="156"/>
       <c r="L13" s="2"/>
       <c r="M13" s="3" t="s">
-        <v>252</v>
+        <v>250</v>
       </c>
       <c r="N13" s="18"/>
       <c r="O13" s="3" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
     </row>
     <row r="14" spans="1:15" ht="8.25" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A14" s="18"/>
       <c r="C14" s="23"/>
       <c r="D14" s="23"/>
       <c r="J14" s="18"/>
       <c r="K14" s="2"/>
       <c r="L14" s="2"/>
       <c r="M14" s="18"/>
       <c r="N14" s="18"/>
       <c r="O14" s="18"/>
     </row>
     <row r="15" spans="1:15" ht="15.95" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A15" s="46"/>
       <c r="B15" s="9"/>
       <c r="C15" s="192"/>
       <c r="D15" s="192"/>
       <c r="E15" s="9"/>
       <c r="F15" s="80"/>
       <c r="G15" s="9"/>
       <c r="H15" s="81"/>
       <c r="I15" s="9"/>
       <c r="J15" s="192"/>
       <c r="K15" s="192"/>
@@ -6737,124 +6672,124 @@
       <c r="K27" s="192"/>
       <c r="L27" s="80"/>
       <c r="M27" s="46"/>
       <c r="N27" s="111"/>
       <c r="O27" s="15"/>
     </row>
     <row r="28" spans="1:15" ht="15.95" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A28" s="74"/>
       <c r="B28" s="9"/>
       <c r="C28" s="73"/>
       <c r="D28" s="73"/>
       <c r="E28" s="9"/>
       <c r="F28" s="11"/>
       <c r="G28" s="9"/>
       <c r="H28" s="100"/>
       <c r="I28" s="9"/>
       <c r="J28" s="73"/>
       <c r="K28" s="73"/>
       <c r="L28" s="11"/>
       <c r="M28" s="74"/>
       <c r="N28" s="9"/>
       <c r="O28" s="73"/>
     </row>
     <row r="29" spans="1:15" ht="15.95" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A29" s="231" t="s">
-        <v>338</v>
+        <v>332</v>
       </c>
       <c r="B29" s="171"/>
       <c r="C29" s="171"/>
       <c r="D29" s="171"/>
       <c r="E29" s="171"/>
       <c r="F29" s="171"/>
       <c r="G29" s="171"/>
       <c r="H29" s="171"/>
       <c r="I29" s="171"/>
       <c r="J29" s="171"/>
       <c r="K29" s="171"/>
       <c r="L29" s="171"/>
       <c r="M29" s="171"/>
       <c r="N29" s="171"/>
       <c r="O29" s="171"/>
     </row>
     <row r="30" spans="1:15" ht="15.95" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A30" s="74"/>
       <c r="B30" s="9"/>
       <c r="C30" s="233"/>
       <c r="D30" s="233"/>
       <c r="E30" s="9"/>
       <c r="F30" s="11"/>
       <c r="G30" s="9"/>
       <c r="H30" s="100"/>
       <c r="I30" s="9"/>
       <c r="J30" s="233"/>
       <c r="K30" s="233"/>
       <c r="L30" s="9"/>
       <c r="M30" s="74"/>
       <c r="N30" s="9"/>
       <c r="O30" s="73"/>
     </row>
     <row r="31" spans="1:15" ht="15.95" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A31" s="6" t="s">
         <v>10</v>
       </c>
       <c r="H31" s="6" t="s">
         <v>14</v>
       </c>
       <c r="J31" s="2"/>
       <c r="K31" s="2"/>
       <c r="L31" s="2"/>
       <c r="M31" s="6" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
     </row>
     <row r="32" spans="1:15" ht="15.95" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A32" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C32" s="232" t="s">
-        <v>206</v>
+        <v>204</v>
       </c>
       <c r="D32" s="232"/>
       <c r="E32" s="232"/>
       <c r="F32" s="79" t="s">
         <v>45</v>
       </c>
       <c r="H32" s="3" t="s">
-        <v>174</v>
+        <v>173</v>
       </c>
       <c r="J32" s="156" t="s">
         <v>5</v>
       </c>
       <c r="K32" s="156"/>
       <c r="L32" s="2"/>
       <c r="M32" s="3" t="s">
-        <v>252</v>
+        <v>250</v>
       </c>
       <c r="N32" s="18"/>
       <c r="O32" s="3" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
     </row>
     <row r="33" spans="1:15" ht="15.95" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A33" s="46"/>
       <c r="B33" s="9"/>
       <c r="C33" s="192"/>
       <c r="D33" s="192"/>
       <c r="E33" s="9"/>
       <c r="F33" s="80"/>
       <c r="G33" s="9"/>
       <c r="H33" s="81"/>
       <c r="I33" s="9"/>
       <c r="J33" s="192"/>
       <c r="K33" s="192"/>
       <c r="L33" s="11"/>
       <c r="M33" s="46"/>
       <c r="N33" s="11"/>
       <c r="O33" s="15"/>
     </row>
     <row r="34" spans="1:15" ht="15.95" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A34" s="46"/>
       <c r="B34" s="9"/>
       <c r="C34" s="192"/>
       <c r="D34" s="192"/>
       <c r="E34" s="9"/>
@@ -7189,117 +7124,117 @@
     <mergeCell ref="A4:O4"/>
     <mergeCell ref="A6:B6"/>
     <mergeCell ref="C23:D23"/>
     <mergeCell ref="J23:K23"/>
     <mergeCell ref="J13:K13"/>
     <mergeCell ref="C15:D15"/>
     <mergeCell ref="J15:K15"/>
     <mergeCell ref="C16:D16"/>
     <mergeCell ref="J16:K16"/>
     <mergeCell ref="C20:D20"/>
     <mergeCell ref="J20:K20"/>
     <mergeCell ref="C21:D21"/>
   </mergeCells>
   <phoneticPr fontId="17" type="noConversion"/>
   <pageMargins left="0.75" right="0.25" top="0.5" bottom="0.5" header="0" footer="0"/>
   <pageSetup scale="92" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F36D3B0E-02BD-45A5-BB05-6127E26CF536}">
   <dimension ref="A1:O48"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection activeCell="O7" sqref="O7"/>
+      <selection activeCell="A2" sqref="A2:O2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.1328125" defaultRowHeight="12.75" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="9.1328125" style="24"/>
     <col min="2" max="2" width="2.265625" style="24" customWidth="1"/>
     <col min="3" max="4" width="9.73046875" style="24" customWidth="1"/>
     <col min="5" max="5" width="1.59765625" style="24" customWidth="1"/>
     <col min="6" max="6" width="7" style="24" customWidth="1"/>
     <col min="7" max="7" width="1.59765625" style="24" customWidth="1"/>
     <col min="8" max="8" width="9.86328125" style="24" customWidth="1"/>
     <col min="9" max="9" width="1.59765625" style="24" customWidth="1"/>
     <col min="10" max="11" width="9.73046875" style="24" customWidth="1"/>
     <col min="12" max="12" width="1.3984375" style="24" customWidth="1"/>
     <col min="13" max="13" width="8.86328125" style="24" customWidth="1"/>
     <col min="14" max="14" width="1.1328125" style="24" customWidth="1"/>
     <col min="15" max="15" width="19.3984375" style="24" customWidth="1"/>
     <col min="16" max="16384" width="9.1328125" style="24"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A1" s="8">
-        <v>2020</v>
+        <v>2026</v>
       </c>
     </row>
     <row r="2" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A2" s="177" t="s">
         <v>0</v>
       </c>
       <c r="B2" s="177"/>
       <c r="C2" s="177"/>
       <c r="D2" s="177"/>
       <c r="E2" s="177"/>
       <c r="F2" s="177"/>
       <c r="G2" s="177"/>
       <c r="H2" s="177"/>
       <c r="I2" s="177"/>
       <c r="J2" s="177"/>
       <c r="K2" s="177"/>
       <c r="L2" s="177"/>
       <c r="M2" s="177"/>
       <c r="N2" s="177"/>
       <c r="O2" s="177"/>
     </row>
     <row r="3" spans="1:15" s="1" customFormat="1" ht="17.649999999999999" x14ac:dyDescent="0.5">
       <c r="A3" s="162" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="B3" s="162"/>
       <c r="C3" s="162"/>
       <c r="D3" s="162"/>
       <c r="E3" s="162"/>
       <c r="F3" s="162"/>
       <c r="G3" s="162"/>
       <c r="H3" s="162"/>
       <c r="I3" s="162"/>
       <c r="J3" s="162"/>
       <c r="K3" s="162"/>
       <c r="L3" s="162"/>
       <c r="M3" s="162"/>
       <c r="N3" s="162"/>
       <c r="O3" s="162"/>
     </row>
     <row r="4" spans="1:15" ht="13.15" x14ac:dyDescent="0.4">
       <c r="A4" s="185" t="s">
-        <v>339</v>
+        <v>333</v>
       </c>
       <c r="B4" s="185"/>
       <c r="C4" s="185"/>
       <c r="D4" s="185"/>
       <c r="E4" s="185"/>
       <c r="F4" s="185"/>
       <c r="G4" s="185"/>
       <c r="H4" s="185"/>
       <c r="I4" s="185"/>
       <c r="J4" s="185"/>
       <c r="K4" s="185"/>
       <c r="L4" s="185"/>
       <c r="M4" s="185"/>
       <c r="N4" s="185"/>
       <c r="O4" s="185"/>
     </row>
     <row r="5" spans="1:15" ht="13.15" x14ac:dyDescent="0.4">
       <c r="A5" s="6"/>
       <c r="B5" s="6"/>
       <c r="C5" s="6"/>
       <c r="D5" s="6"/>
       <c r="E5" s="6"/>
       <c r="F5" s="6"/>
       <c r="G5" s="6"/>
       <c r="H5" s="6"/>
@@ -7308,118 +7243,118 @@
       <c r="K5" s="6"/>
       <c r="L5" s="6"/>
       <c r="M5" s="6"/>
       <c r="N5" s="6"/>
       <c r="O5" s="6"/>
     </row>
     <row r="6" spans="1:15" ht="13.15" x14ac:dyDescent="0.4">
       <c r="A6" s="6"/>
       <c r="B6" s="6"/>
       <c r="C6" s="6"/>
       <c r="D6" s="6"/>
       <c r="E6" s="6"/>
       <c r="F6" s="6"/>
       <c r="G6" s="6"/>
       <c r="H6" s="6"/>
       <c r="I6" s="6"/>
       <c r="J6" s="6"/>
       <c r="K6" s="6"/>
       <c r="L6" s="6"/>
       <c r="M6" s="6"/>
       <c r="N6" s="6"/>
       <c r="O6" s="6"/>
     </row>
     <row r="7" spans="1:15" ht="13.15" x14ac:dyDescent="0.4">
       <c r="A7" s="183" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="B7" s="184"/>
       <c r="C7" s="68">
         <f>(Title!$C$3)</f>
         <v>0</v>
       </c>
       <c r="D7" s="69"/>
       <c r="E7" s="69"/>
       <c r="F7" s="69"/>
       <c r="G7" s="69"/>
       <c r="H7" s="69"/>
       <c r="I7" s="69"/>
       <c r="J7" s="69"/>
       <c r="M7" s="36" t="s">
         <v>3</v>
       </c>
       <c r="N7" s="34"/>
       <c r="O7" s="68">
         <f>(Title!$C$5)</f>
         <v>0</v>
       </c>
     </row>
     <row r="9" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A9" s="24" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="11" spans="1:15" ht="13.5" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A11" s="6" t="s">
         <v>10</v>
       </c>
       <c r="H11" s="6" t="s">
         <v>14</v>
       </c>
       <c r="J11" s="2"/>
       <c r="K11" s="2"/>
       <c r="L11" s="2"/>
       <c r="M11" s="6" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
     </row>
     <row r="12" spans="1:15" ht="12.75" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A12" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C12" s="232" t="s">
-        <v>206</v>
+        <v>204</v>
       </c>
       <c r="D12" s="232"/>
       <c r="E12" s="232"/>
       <c r="F12" s="79" t="s">
         <v>45</v>
       </c>
       <c r="H12" s="3" t="s">
-        <v>174</v>
+        <v>173</v>
       </c>
       <c r="J12" s="156" t="s">
         <v>5</v>
       </c>
       <c r="K12" s="156"/>
       <c r="L12" s="2"/>
       <c r="M12" s="3" t="s">
-        <v>252</v>
+        <v>250</v>
       </c>
       <c r="N12" s="18"/>
       <c r="O12" s="3" t="s">
-        <v>132</v>
+        <v>131</v>
       </c>
     </row>
     <row r="13" spans="1:15" ht="8.25" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A13" s="18"/>
       <c r="C13" s="23"/>
       <c r="D13" s="23"/>
       <c r="J13" s="18"/>
       <c r="K13" s="2"/>
       <c r="L13" s="2"/>
       <c r="M13" s="18"/>
       <c r="N13" s="18"/>
       <c r="O13" s="18"/>
     </row>
     <row r="14" spans="1:15" ht="15.95" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A14" s="46"/>
       <c r="B14" s="9"/>
       <c r="C14" s="192"/>
       <c r="D14" s="192"/>
       <c r="E14" s="9"/>
       <c r="F14" s="80"/>
       <c r="G14" s="9"/>
       <c r="H14" s="81"/>
       <c r="I14" s="9"/>
       <c r="J14" s="192"/>
       <c r="K14" s="192"/>
@@ -8034,197 +7969,197 @@
     <mergeCell ref="C38:D38"/>
     <mergeCell ref="J38:K38"/>
     <mergeCell ref="C39:D39"/>
     <mergeCell ref="J39:K39"/>
     <mergeCell ref="C40:D40"/>
     <mergeCell ref="J40:K40"/>
     <mergeCell ref="C46:O46"/>
     <mergeCell ref="A47:O47"/>
     <mergeCell ref="A48:O48"/>
     <mergeCell ref="C41:D41"/>
     <mergeCell ref="J41:K41"/>
     <mergeCell ref="C42:D42"/>
     <mergeCell ref="J42:K42"/>
     <mergeCell ref="C43:D43"/>
     <mergeCell ref="J43:K43"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet16.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0D00-000000000000}">
   <dimension ref="A1:N50"/>
   <sheetViews>
     <sheetView showZeros="0" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="R52" sqref="R52"/>
+      <selection activeCell="S33" sqref="S33"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.1328125" defaultRowHeight="12.75" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="10.1328125" style="24" customWidth="1"/>
     <col min="2" max="2" width="1" style="24" customWidth="1"/>
     <col min="3" max="3" width="6.265625" style="24" customWidth="1"/>
     <col min="4" max="4" width="7.86328125" style="24" customWidth="1"/>
     <col min="5" max="5" width="8.73046875" style="24" customWidth="1"/>
     <col min="6" max="6" width="2.3984375" style="24" customWidth="1"/>
     <col min="7" max="7" width="7.265625" style="24" customWidth="1"/>
     <col min="8" max="8" width="11.3984375" style="24" customWidth="1"/>
     <col min="9" max="9" width="4.265625" style="24" customWidth="1"/>
     <col min="10" max="10" width="6.1328125" style="24" customWidth="1"/>
     <col min="11" max="11" width="3.1328125" style="24" customWidth="1"/>
     <col min="12" max="12" width="11.73046875" style="24" customWidth="1"/>
     <col min="13" max="13" width="2" style="24" customWidth="1"/>
     <col min="14" max="14" width="11.73046875" style="24" customWidth="1"/>
     <col min="15" max="16384" width="9.1328125" style="24"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A1" s="8">
-        <v>2020</v>
+        <v>2026</v>
       </c>
       <c r="B1" s="23"/>
     </row>
     <row r="2" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A2" s="177" t="s">
         <v>0</v>
       </c>
       <c r="B2" s="177"/>
       <c r="C2" s="177"/>
       <c r="D2" s="177"/>
       <c r="E2" s="177"/>
       <c r="F2" s="177"/>
       <c r="G2" s="177"/>
       <c r="H2" s="177"/>
       <c r="I2" s="177"/>
       <c r="J2" s="177"/>
       <c r="K2" s="177"/>
       <c r="L2" s="177"/>
       <c r="M2" s="177"/>
       <c r="N2" s="177"/>
     </row>
     <row r="3" spans="1:14" s="1" customFormat="1" ht="17.649999999999999" x14ac:dyDescent="0.5">
       <c r="A3" s="162" t="s">
-        <v>253</v>
+        <v>251</v>
       </c>
       <c r="B3" s="162"/>
       <c r="C3" s="162"/>
       <c r="D3" s="162"/>
       <c r="E3" s="162"/>
       <c r="F3" s="162"/>
       <c r="G3" s="162"/>
       <c r="H3" s="162"/>
       <c r="I3" s="162"/>
       <c r="J3" s="162"/>
       <c r="K3" s="162"/>
       <c r="L3" s="162"/>
       <c r="M3" s="162"/>
       <c r="N3" s="162"/>
     </row>
     <row r="4" spans="1:14" ht="10.5" customHeight="1" x14ac:dyDescent="0.45">
       <c r="A4" s="1"/>
       <c r="B4" s="1"/>
     </row>
     <row r="5" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A5" s="24" t="s">
         <v>2</v>
       </c>
       <c r="C5" s="153">
         <f>(Title!$C$3)</f>
         <v>0</v>
       </c>
       <c r="D5" s="152"/>
       <c r="E5" s="152"/>
       <c r="F5" s="23"/>
       <c r="G5" s="179" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="H5" s="179"/>
       <c r="I5" s="163">
         <f>(Title!$C$5)</f>
         <v>0</v>
       </c>
       <c r="J5" s="169"/>
       <c r="K5" s="169"/>
       <c r="L5" s="169"/>
       <c r="M5" s="169"/>
       <c r="N5" s="169"/>
     </row>
     <row r="7" spans="1:14" ht="13.15" x14ac:dyDescent="0.4">
       <c r="A7" s="76" t="s">
-        <v>254</v>
+        <v>252</v>
       </c>
     </row>
     <row r="8" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A8" s="24" t="s">
-        <v>255</v>
+        <v>253</v>
       </c>
     </row>
     <row r="9" spans="1:14" ht="9" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="10" spans="1:14" ht="13.15" x14ac:dyDescent="0.4">
       <c r="G10" s="25" t="s">
-        <v>256</v>
+        <v>254</v>
       </c>
     </row>
     <row r="11" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A11" s="6" t="s">
         <v>10</v>
       </c>
       <c r="B11" s="6"/>
       <c r="I11" s="23"/>
       <c r="J11" s="19"/>
       <c r="K11" s="19"/>
       <c r="L11" s="6" t="s">
         <v>14</v>
       </c>
       <c r="M11" s="6"/>
       <c r="N11" s="6" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="12" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A12" s="3" t="s">
         <v>12</v>
       </c>
       <c r="B12" s="3"/>
       <c r="C12" s="156" t="s">
-        <v>206</v>
+        <v>204</v>
       </c>
       <c r="D12" s="180"/>
       <c r="E12" s="180"/>
       <c r="G12" s="156" t="s">
         <v>5</v>
       </c>
       <c r="H12" s="180"/>
       <c r="I12" s="180"/>
       <c r="J12" s="180"/>
       <c r="L12" s="3" t="s">
-        <v>174</v>
+        <v>173</v>
       </c>
       <c r="M12" s="3"/>
       <c r="N12" s="3" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
     </row>
     <row r="13" spans="1:14" ht="6.75" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A13" s="3"/>
       <c r="B13" s="3"/>
       <c r="L13" s="3"/>
       <c r="M13" s="3"/>
       <c r="N13" s="3"/>
     </row>
     <row r="14" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A14" s="51"/>
       <c r="B14" s="18"/>
       <c r="C14" s="221"/>
       <c r="D14" s="187"/>
       <c r="E14" s="187"/>
       <c r="G14" s="225"/>
       <c r="H14" s="187"/>
       <c r="I14" s="187"/>
       <c r="J14" s="187"/>
       <c r="K14" s="23"/>
       <c r="L14" s="29"/>
       <c r="M14" s="18"/>
       <c r="N14" s="29"/>
     </row>
     <row r="15" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.35">
@@ -8281,141 +8216,141 @@
       <c r="G18" s="225"/>
       <c r="H18" s="187"/>
       <c r="I18" s="187"/>
       <c r="J18" s="187"/>
       <c r="K18" s="23"/>
       <c r="L18" s="31"/>
       <c r="M18" s="18"/>
       <c r="N18" s="29"/>
     </row>
     <row r="19" spans="1:14" ht="10.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A19" s="52"/>
       <c r="B19" s="18"/>
       <c r="D19"/>
       <c r="E19"/>
       <c r="G19" s="23"/>
       <c r="H19"/>
       <c r="I19"/>
       <c r="J19"/>
       <c r="K19" s="23"/>
       <c r="L19" s="33"/>
       <c r="M19" s="18"/>
       <c r="N19" s="82"/>
     </row>
     <row r="20" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A20" s="185" t="s">
-        <v>257</v>
+        <v>255</v>
       </c>
       <c r="B20" s="185"/>
       <c r="C20" s="185"/>
       <c r="D20" s="185"/>
       <c r="E20" s="185"/>
       <c r="F20" s="185"/>
       <c r="G20" s="185"/>
       <c r="H20" s="185"/>
       <c r="I20" s="185"/>
       <c r="J20" s="185"/>
       <c r="K20" s="185"/>
       <c r="L20" s="185"/>
       <c r="M20" s="185"/>
       <c r="N20" s="185"/>
     </row>
     <row r="21" spans="1:14" ht="9" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A21" s="6"/>
       <c r="B21" s="6"/>
       <c r="C21" s="6"/>
       <c r="D21" s="6"/>
       <c r="E21" s="6"/>
       <c r="F21" s="6"/>
       <c r="G21" s="6"/>
       <c r="H21" s="6"/>
       <c r="I21" s="6"/>
       <c r="J21" s="6"/>
       <c r="K21" s="6"/>
       <c r="L21" s="6"/>
       <c r="M21" s="6"/>
       <c r="N21" s="6"/>
     </row>
     <row r="22" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A22" s="6"/>
       <c r="B22" s="6"/>
       <c r="C22" s="83" t="s">
-        <v>258</v>
+        <v>256</v>
       </c>
       <c r="D22" s="6"/>
       <c r="E22" s="6"/>
       <c r="F22" s="6"/>
       <c r="G22" s="6"/>
       <c r="H22" s="6"/>
       <c r="I22" s="6"/>
       <c r="J22" s="6"/>
       <c r="K22" s="6"/>
       <c r="L22" s="6"/>
       <c r="M22" s="6"/>
       <c r="N22" s="6"/>
     </row>
     <row r="23" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A23" s="6"/>
       <c r="B23" s="6"/>
       <c r="C23" s="83" t="s">
-        <v>259</v>
+        <v>257</v>
       </c>
       <c r="D23" s="6"/>
       <c r="E23" s="6"/>
       <c r="F23" s="6"/>
       <c r="G23" s="6"/>
       <c r="H23" s="6"/>
       <c r="I23" s="6"/>
       <c r="J23" s="6"/>
       <c r="K23" s="6"/>
       <c r="L23" s="6"/>
       <c r="M23" s="6"/>
       <c r="N23" s="6"/>
     </row>
     <row r="24" spans="1:14" ht="8.25" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A24" s="6"/>
       <c r="B24" s="6"/>
       <c r="C24" s="8"/>
       <c r="D24" s="6"/>
       <c r="E24" s="6"/>
       <c r="F24" s="6"/>
       <c r="G24" s="6"/>
       <c r="H24" s="6"/>
       <c r="I24" s="6"/>
       <c r="J24" s="6"/>
       <c r="K24" s="6"/>
       <c r="L24" s="6"/>
       <c r="M24" s="6"/>
       <c r="N24" s="6"/>
     </row>
     <row r="25" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A25" s="3" t="s">
         <v>12</v>
       </c>
       <c r="B25" s="3"/>
       <c r="C25" s="156" t="s">
-        <v>206</v>
+        <v>204</v>
       </c>
       <c r="D25" s="151"/>
       <c r="E25" s="151"/>
       <c r="F25" s="151"/>
       <c r="G25" s="151"/>
       <c r="H25" s="151"/>
       <c r="I25" s="151"/>
       <c r="J25" s="151"/>
       <c r="K25" s="3"/>
       <c r="L25" s="3"/>
       <c r="M25" s="3"/>
       <c r="N25" s="3"/>
     </row>
     <row r="26" spans="1:14" ht="7.5" customHeight="1" x14ac:dyDescent="0.4">
       <c r="C26" s="3"/>
       <c r="D26" s="3"/>
       <c r="E26" s="23"/>
       <c r="G26" s="3"/>
       <c r="H26" s="3"/>
       <c r="J26" s="3"/>
       <c r="K26" s="3"/>
       <c r="L26" s="3"/>
       <c r="M26" s="3"/>
       <c r="N26" s="3"/>
     </row>
@@ -8521,97 +8456,97 @@
       <c r="C33" s="221"/>
       <c r="D33" s="187"/>
       <c r="E33" s="187"/>
       <c r="F33" s="187"/>
       <c r="G33" s="187"/>
       <c r="H33" s="187"/>
       <c r="I33" s="187"/>
       <c r="J33" s="187"/>
       <c r="K33" s="33"/>
       <c r="L33" s="33"/>
       <c r="M33" s="33"/>
       <c r="N33" s="33"/>
     </row>
     <row r="34" spans="1:14" ht="9.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="D34" s="28"/>
       <c r="G34" s="23"/>
       <c r="H34" s="23"/>
       <c r="J34" s="23"/>
       <c r="K34" s="23"/>
       <c r="L34" s="23"/>
       <c r="M34" s="23"/>
       <c r="N34" s="23"/>
     </row>
     <row r="35" spans="1:14" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A35" s="185" t="s">
-        <v>261</v>
+        <v>259</v>
       </c>
       <c r="B35" s="185"/>
       <c r="C35" s="185"/>
       <c r="D35" s="185"/>
       <c r="E35" s="185"/>
       <c r="F35" s="185"/>
       <c r="G35" s="185"/>
       <c r="H35" s="185"/>
       <c r="I35" s="185"/>
       <c r="J35" s="185"/>
       <c r="K35" s="185"/>
       <c r="L35" s="185"/>
       <c r="M35" s="185"/>
       <c r="N35" s="185"/>
     </row>
     <row r="36" spans="1:14" ht="11.25" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A36" s="6"/>
       <c r="B36" s="6"/>
       <c r="D36" s="28"/>
       <c r="G36" s="23"/>
       <c r="H36" s="23"/>
       <c r="J36" s="18"/>
       <c r="K36" s="18"/>
       <c r="L36" s="18"/>
       <c r="M36" s="18"/>
       <c r="N36" s="18"/>
     </row>
     <row r="37" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A37" s="3" t="s">
         <v>12</v>
       </c>
       <c r="B37" s="3"/>
       <c r="C37" s="156" t="s">
-        <v>206</v>
+        <v>204</v>
       </c>
       <c r="D37" s="156"/>
       <c r="E37" s="156"/>
       <c r="F37" s="180"/>
       <c r="H37" s="156" t="s">
         <v>5</v>
       </c>
       <c r="I37" s="151"/>
       <c r="J37" s="151"/>
       <c r="K37" s="18"/>
       <c r="L37" s="156" t="s">
-        <v>260</v>
+        <v>258</v>
       </c>
       <c r="M37" s="151"/>
       <c r="N37" s="151"/>
     </row>
     <row r="38" spans="1:14" ht="9" customHeight="1" x14ac:dyDescent="0.35">
       <c r="D38" s="28"/>
       <c r="G38" s="23"/>
       <c r="H38" s="23"/>
       <c r="J38" s="18"/>
       <c r="K38" s="18"/>
       <c r="L38" s="18"/>
       <c r="M38" s="18"/>
       <c r="N38" s="18"/>
     </row>
     <row r="39" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A39" s="51"/>
       <c r="B39" s="18"/>
       <c r="C39" s="189"/>
       <c r="D39" s="189"/>
       <c r="E39" s="189"/>
       <c r="F39" s="187"/>
       <c r="G39" s="33"/>
       <c r="H39" s="189"/>
       <c r="I39" s="187"/>
       <c r="J39" s="187"/>
@@ -8691,51 +8626,51 @@
       <c r="D44" s="188"/>
       <c r="E44" s="188"/>
       <c r="F44" s="234"/>
       <c r="G44" s="33"/>
       <c r="H44" s="189"/>
       <c r="I44" s="187"/>
       <c r="J44" s="187"/>
       <c r="K44" s="18"/>
       <c r="L44" s="186"/>
       <c r="M44" s="167"/>
       <c r="N44" s="167"/>
     </row>
     <row r="45" spans="1:14" x14ac:dyDescent="0.35">
       <c r="D45" s="28"/>
       <c r="G45" s="23"/>
       <c r="H45" s="23"/>
       <c r="J45" s="35"/>
       <c r="K45" s="18"/>
       <c r="L45" s="35"/>
       <c r="M45" s="18"/>
       <c r="N45" s="35"/>
     </row>
     <row r="46" spans="1:14" x14ac:dyDescent="0.35">
       <c r="A46" s="51"/>
       <c r="C46" s="24" t="s">
-        <v>362</v>
+        <v>355</v>
       </c>
       <c r="D46" s="28"/>
       <c r="G46" s="23"/>
       <c r="H46" s="23"/>
       <c r="J46" s="18"/>
       <c r="K46" s="18"/>
       <c r="L46" s="18"/>
       <c r="M46" s="18"/>
       <c r="N46" s="18"/>
     </row>
     <row r="47" spans="1:14" x14ac:dyDescent="0.35">
       <c r="D47" s="28"/>
       <c r="G47" s="23"/>
       <c r="H47" s="23"/>
       <c r="J47" s="18"/>
       <c r="K47" s="18"/>
       <c r="L47" s="18"/>
       <c r="M47" s="18"/>
       <c r="N47" s="18"/>
     </row>
     <row r="48" spans="1:14" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A48" s="24" t="s">
         <v>16</v>
       </c>
       <c r="C48" s="169"/>
@@ -8824,136 +8759,138 @@
     <mergeCell ref="L41:N41"/>
     <mergeCell ref="L42:N42"/>
     <mergeCell ref="C32:J32"/>
     <mergeCell ref="C44:F44"/>
     <mergeCell ref="C41:F41"/>
     <mergeCell ref="C42:F42"/>
     <mergeCell ref="H39:J39"/>
     <mergeCell ref="C37:F37"/>
     <mergeCell ref="H44:J44"/>
     <mergeCell ref="H41:J41"/>
     <mergeCell ref="A50:N50"/>
     <mergeCell ref="H43:J43"/>
     <mergeCell ref="L44:N44"/>
     <mergeCell ref="A49:N49"/>
     <mergeCell ref="C48:N48"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.2" top="0.75" bottom="0.75" header="0" footer="0"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967294" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1:K39"/>
   <sheetViews>
-    <sheetView workbookViewId="0"/>
+    <sheetView workbookViewId="0">
+      <selection activeCell="A2" sqref="A2:K2"/>
+    </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="2" max="2" width="3.3984375" customWidth="1"/>
     <col min="5" max="5" width="7.265625" customWidth="1"/>
     <col min="7" max="7" width="16.73046875" customWidth="1"/>
     <col min="9" max="9" width="4" customWidth="1"/>
     <col min="10" max="10" width="2.3984375" customWidth="1"/>
     <col min="11" max="11" width="12.1328125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:11" x14ac:dyDescent="0.35">
       <c r="A1" s="8">
-        <v>2020</v>
+        <v>2026</v>
       </c>
       <c r="B1" s="9"/>
       <c r="C1" s="9"/>
       <c r="D1" s="9"/>
       <c r="E1" s="9"/>
       <c r="F1" s="9"/>
       <c r="G1" s="9"/>
       <c r="H1" s="9"/>
       <c r="I1" s="9"/>
       <c r="J1" s="9"/>
       <c r="K1" s="9"/>
     </row>
     <row r="2" spans="1:11" x14ac:dyDescent="0.35">
       <c r="A2" s="137" t="s">
         <v>0</v>
       </c>
       <c r="B2" s="137"/>
       <c r="C2" s="137"/>
       <c r="D2" s="137"/>
       <c r="E2" s="137"/>
       <c r="F2" s="137"/>
       <c r="G2" s="137"/>
       <c r="H2" s="137"/>
       <c r="I2" s="137"/>
       <c r="J2" s="137"/>
       <c r="K2" s="137"/>
     </row>
     <row r="3" spans="1:11" ht="17.649999999999999" x14ac:dyDescent="0.5">
       <c r="A3" s="138" t="s">
-        <v>272</v>
+        <v>269</v>
       </c>
       <c r="B3" s="138"/>
       <c r="C3" s="138"/>
       <c r="D3" s="138"/>
       <c r="E3" s="138"/>
       <c r="F3" s="138"/>
       <c r="G3" s="138"/>
       <c r="H3" s="138"/>
       <c r="I3" s="138"/>
       <c r="J3" s="138"/>
       <c r="K3" s="138"/>
     </row>
     <row r="4" spans="1:11" x14ac:dyDescent="0.35">
       <c r="A4" s="139"/>
       <c r="B4" s="139"/>
       <c r="C4" s="139"/>
       <c r="D4" s="139"/>
       <c r="E4" s="139"/>
       <c r="F4" s="139"/>
       <c r="G4" s="139"/>
       <c r="H4" s="139"/>
       <c r="I4" s="139"/>
       <c r="J4" s="139"/>
       <c r="K4" s="139"/>
     </row>
     <row r="5" spans="1:11" x14ac:dyDescent="0.35">
       <c r="A5" s="17"/>
       <c r="B5" s="17"/>
       <c r="C5" s="17"/>
       <c r="D5" s="17"/>
       <c r="E5" s="17"/>
       <c r="F5" s="17"/>
       <c r="G5" s="17"/>
       <c r="H5" s="17"/>
       <c r="I5" s="17"/>
       <c r="J5" s="17"/>
       <c r="K5" s="17"/>
     </row>
     <row r="6" spans="1:11" x14ac:dyDescent="0.35">
       <c r="A6" s="10" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="B6" s="140">
         <f>(Title!$C$3)</f>
         <v>0</v>
       </c>
       <c r="C6" s="140"/>
       <c r="D6" s="140"/>
       <c r="E6" s="140"/>
       <c r="F6" s="141" t="s">
         <v>3</v>
       </c>
       <c r="G6" s="141"/>
       <c r="H6" s="140">
         <f>(Title!$C$5)</f>
         <v>0</v>
       </c>
       <c r="I6" s="140"/>
       <c r="J6" s="140"/>
       <c r="K6" s="140"/>
     </row>
     <row r="7" spans="1:11" x14ac:dyDescent="0.35">
       <c r="A7" s="10"/>
       <c r="B7" s="9"/>
       <c r="C7" s="9"/>
       <c r="D7" s="9"/>
@@ -8971,51 +8908,51 @@
       <c r="C8" s="143"/>
       <c r="D8" s="143"/>
       <c r="E8" s="143"/>
       <c r="F8" s="9"/>
       <c r="G8" s="8"/>
       <c r="H8" s="144"/>
       <c r="I8" s="144"/>
       <c r="J8" s="144"/>
       <c r="K8" s="144"/>
     </row>
     <row r="9" spans="1:11" x14ac:dyDescent="0.35">
       <c r="A9" s="9"/>
       <c r="B9" s="9"/>
       <c r="C9" s="9"/>
       <c r="D9" s="9"/>
       <c r="E9" s="9"/>
       <c r="F9" s="9"/>
       <c r="G9" s="9"/>
       <c r="H9" s="9"/>
       <c r="I9" s="9"/>
       <c r="J9" s="9"/>
       <c r="K9" s="9"/>
     </row>
     <row r="10" spans="1:11" x14ac:dyDescent="0.35">
       <c r="A10" s="42" t="s">
-        <v>273</v>
+        <v>270</v>
       </c>
       <c r="B10" s="9"/>
       <c r="C10" s="9"/>
       <c r="D10" s="9"/>
       <c r="E10" s="9"/>
       <c r="F10" s="9"/>
       <c r="G10" s="9"/>
       <c r="H10" s="9"/>
       <c r="I10" s="9"/>
       <c r="J10" s="9"/>
       <c r="K10" s="9"/>
     </row>
     <row r="11" spans="1:11" x14ac:dyDescent="0.35">
       <c r="A11" s="9"/>
       <c r="B11" s="9"/>
       <c r="C11" s="9"/>
       <c r="D11" s="9"/>
       <c r="E11" s="9"/>
       <c r="F11" s="9"/>
       <c r="G11" s="9"/>
       <c r="H11" s="9"/>
       <c r="I11" s="9"/>
       <c r="J11" s="9"/>
       <c r="K11" s="9"/>
     </row>
@@ -9067,268 +9004,268 @@
       <c r="D15" s="14"/>
       <c r="E15" s="14"/>
       <c r="F15" s="14"/>
       <c r="G15" s="9"/>
       <c r="H15" s="9"/>
       <c r="I15" s="9"/>
       <c r="J15" s="9"/>
       <c r="K15" s="9"/>
     </row>
     <row r="16" spans="1:11" x14ac:dyDescent="0.35">
       <c r="A16" s="13" t="s">
         <v>10</v>
       </c>
       <c r="B16" s="9"/>
       <c r="C16" s="9"/>
       <c r="D16" s="9"/>
       <c r="E16" s="9"/>
       <c r="F16" s="9"/>
       <c r="G16" s="14"/>
       <c r="H16" s="142" t="s">
         <v>20</v>
       </c>
       <c r="I16" s="142"/>
       <c r="J16" s="9"/>
       <c r="K16" s="14" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
     </row>
     <row r="17" spans="1:11" x14ac:dyDescent="0.35">
       <c r="A17" s="14" t="s">
         <v>12</v>
       </c>
       <c r="B17" s="16"/>
       <c r="C17" s="9"/>
       <c r="D17" s="9"/>
       <c r="E17" s="16"/>
       <c r="F17" s="9"/>
       <c r="G17" s="11"/>
       <c r="H17" s="145"/>
       <c r="I17" s="145"/>
       <c r="J17" s="14"/>
       <c r="K17" s="46"/>
     </row>
     <row r="18" spans="1:11" x14ac:dyDescent="0.35">
       <c r="A18" s="88"/>
       <c r="B18" s="9"/>
       <c r="C18" s="9" t="s">
-        <v>274</v>
+        <v>271</v>
       </c>
       <c r="D18" s="9"/>
       <c r="E18" s="9"/>
       <c r="F18" s="9" t="s">
-        <v>275</v>
+        <v>272</v>
       </c>
       <c r="G18" s="11"/>
       <c r="H18" s="146"/>
       <c r="I18" s="146"/>
       <c r="J18" s="11"/>
       <c r="K18" s="46"/>
     </row>
     <row r="19" spans="1:11" x14ac:dyDescent="0.35">
       <c r="A19" s="46"/>
       <c r="B19" s="9"/>
       <c r="C19" s="9" t="s">
-        <v>276</v>
+        <v>273</v>
       </c>
       <c r="D19" s="9"/>
       <c r="E19" s="9"/>
       <c r="F19" s="9" t="s">
-        <v>277</v>
+        <v>274</v>
       </c>
       <c r="G19" s="11"/>
       <c r="H19" s="146"/>
       <c r="I19" s="146"/>
       <c r="J19" s="9"/>
       <c r="K19" s="46"/>
     </row>
     <row r="20" spans="1:11" x14ac:dyDescent="0.35">
       <c r="A20" s="46"/>
       <c r="B20" s="9"/>
       <c r="C20" s="9" t="s">
-        <v>278</v>
+        <v>275</v>
       </c>
       <c r="D20" s="9"/>
       <c r="E20" s="9"/>
       <c r="F20" s="9" t="s">
-        <v>279</v>
+        <v>276</v>
       </c>
       <c r="G20" s="11"/>
       <c r="H20" s="146"/>
       <c r="I20" s="146"/>
       <c r="J20" s="11"/>
       <c r="K20" s="46"/>
     </row>
     <row r="21" spans="1:11" x14ac:dyDescent="0.35">
       <c r="A21" s="46"/>
       <c r="B21" s="9"/>
       <c r="C21" s="9" t="s">
-        <v>280</v>
+        <v>277</v>
       </c>
       <c r="D21" s="9"/>
       <c r="E21" s="9"/>
       <c r="F21" s="9" t="s">
-        <v>277</v>
+        <v>274</v>
       </c>
       <c r="G21" s="11"/>
       <c r="H21" s="146"/>
       <c r="I21" s="146"/>
       <c r="J21" s="9"/>
       <c r="K21" s="46"/>
     </row>
     <row r="22" spans="1:11" x14ac:dyDescent="0.35">
       <c r="A22" s="46"/>
       <c r="B22" s="9"/>
       <c r="C22" s="9" t="s">
-        <v>281</v>
+        <v>278</v>
       </c>
       <c r="D22" s="9"/>
       <c r="E22" s="9"/>
       <c r="F22" s="9" t="s">
-        <v>279</v>
+        <v>276</v>
       </c>
       <c r="G22" s="11"/>
       <c r="H22" s="146"/>
       <c r="I22" s="146"/>
       <c r="J22" s="9"/>
       <c r="K22" s="46"/>
     </row>
     <row r="23" spans="1:11" x14ac:dyDescent="0.35">
       <c r="A23" s="46"/>
       <c r="B23" s="9"/>
       <c r="C23" s="9" t="s">
-        <v>282</v>
+        <v>279</v>
       </c>
       <c r="D23" s="9"/>
       <c r="E23" s="9"/>
       <c r="F23" s="9" t="s">
-        <v>277</v>
+        <v>274</v>
       </c>
       <c r="G23" s="11"/>
       <c r="H23" s="146"/>
       <c r="I23" s="146"/>
       <c r="J23" s="9"/>
       <c r="K23" s="46"/>
     </row>
     <row r="24" spans="1:11" x14ac:dyDescent="0.35">
       <c r="A24" s="74"/>
       <c r="B24" s="9"/>
       <c r="C24" s="9"/>
       <c r="D24" s="9"/>
       <c r="E24" s="9"/>
       <c r="F24" s="9"/>
       <c r="G24" s="11"/>
       <c r="H24" s="74"/>
       <c r="I24" s="74"/>
       <c r="J24" s="9"/>
       <c r="K24" s="74"/>
     </row>
     <row r="25" spans="1:11" x14ac:dyDescent="0.35">
       <c r="A25" s="74"/>
       <c r="B25" s="9"/>
       <c r="C25" s="9"/>
       <c r="D25" s="9"/>
       <c r="E25" s="9"/>
       <c r="F25" s="9"/>
       <c r="G25" s="11"/>
       <c r="H25" s="74"/>
       <c r="I25" s="74"/>
       <c r="J25" s="9"/>
       <c r="K25" s="74"/>
     </row>
     <row r="26" spans="1:11" x14ac:dyDescent="0.35">
       <c r="A26" s="9"/>
       <c r="B26" s="9"/>
       <c r="C26" s="9"/>
       <c r="D26" s="9"/>
       <c r="E26" s="9"/>
       <c r="F26" s="9"/>
       <c r="G26" s="9"/>
       <c r="H26" s="11"/>
       <c r="I26" s="11"/>
       <c r="J26" s="9"/>
       <c r="K26" s="11"/>
     </row>
     <row r="27" spans="1:11" x14ac:dyDescent="0.35">
       <c r="A27" s="142" t="s">
-        <v>283</v>
+        <v>280</v>
       </c>
       <c r="B27" s="142"/>
       <c r="C27" s="142"/>
       <c r="D27" s="142"/>
       <c r="E27" s="142"/>
       <c r="F27" s="142"/>
       <c r="G27" s="142"/>
       <c r="H27" s="9"/>
       <c r="I27" s="9"/>
       <c r="J27" s="9"/>
       <c r="K27" s="9"/>
     </row>
     <row r="28" spans="1:11" x14ac:dyDescent="0.35">
       <c r="A28" s="9" t="s">
-        <v>284</v>
+        <v>281</v>
       </c>
       <c r="B28" s="9"/>
       <c r="C28" s="9"/>
       <c r="D28" s="9"/>
       <c r="E28" s="9"/>
       <c r="F28" s="9" t="s">
-        <v>285</v>
+        <v>282</v>
       </c>
       <c r="G28" s="11"/>
       <c r="H28" s="148"/>
       <c r="I28" s="148"/>
       <c r="J28" s="9"/>
       <c r="K28" s="89"/>
     </row>
     <row r="29" spans="1:11" x14ac:dyDescent="0.35">
       <c r="A29" s="9" t="s">
-        <v>286</v>
+        <v>283</v>
       </c>
       <c r="B29" s="9"/>
       <c r="C29" s="9"/>
       <c r="D29" s="9"/>
       <c r="E29" s="9"/>
       <c r="F29" s="9" t="s">
-        <v>285</v>
+        <v>282</v>
       </c>
       <c r="G29" s="9"/>
       <c r="H29" s="149"/>
       <c r="I29" s="149"/>
       <c r="J29" s="9"/>
       <c r="K29" s="50"/>
     </row>
     <row r="30" spans="1:11" x14ac:dyDescent="0.35">
       <c r="A30" s="9" t="s">
-        <v>287</v>
+        <v>284</v>
       </c>
       <c r="B30" s="9"/>
       <c r="C30" s="9"/>
       <c r="D30" s="9"/>
       <c r="E30" s="9"/>
       <c r="F30" s="9" t="s">
-        <v>285</v>
+        <v>282</v>
       </c>
       <c r="G30" s="9"/>
       <c r="H30" s="149"/>
       <c r="I30" s="149"/>
       <c r="J30" s="9"/>
       <c r="K30" s="50"/>
     </row>
     <row r="31" spans="1:11" x14ac:dyDescent="0.35">
       <c r="A31" s="9"/>
       <c r="B31" s="9"/>
       <c r="C31" s="9"/>
       <c r="D31" s="9"/>
       <c r="E31" s="9"/>
       <c r="F31" s="9"/>
       <c r="G31" s="9"/>
       <c r="H31" s="11"/>
       <c r="I31" s="11"/>
       <c r="J31" s="9"/>
       <c r="K31" s="11"/>
     </row>
     <row r="32" spans="1:11" x14ac:dyDescent="0.35">
       <c r="A32" s="9"/>
       <c r="B32" s="9"/>
       <c r="C32" s="9"/>
       <c r="D32" s="9"/>
@@ -9448,139 +9385,141 @@
     <mergeCell ref="A14:F14"/>
     <mergeCell ref="H16:I16"/>
     <mergeCell ref="H17:I17"/>
     <mergeCell ref="H18:I18"/>
     <mergeCell ref="H19:I19"/>
     <mergeCell ref="H20:I20"/>
     <mergeCell ref="H21:I21"/>
     <mergeCell ref="H22:I22"/>
     <mergeCell ref="H23:I23"/>
     <mergeCell ref="A2:K2"/>
     <mergeCell ref="A3:K3"/>
     <mergeCell ref="A4:K4"/>
     <mergeCell ref="B6:E6"/>
     <mergeCell ref="F6:G6"/>
     <mergeCell ref="H6:K6"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup orientation="portrait" r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <dimension ref="A1:M56"/>
   <sheetViews>
-    <sheetView showZeros="0" workbookViewId="0"/>
+    <sheetView showZeros="0" workbookViewId="0">
+      <selection activeCell="A2" sqref="A2:M2"/>
+    </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="2" max="2" width="10.265625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="12.1328125" customWidth="1"/>
     <col min="5" max="5" width="2.59765625" customWidth="1"/>
     <col min="6" max="6" width="8.265625" customWidth="1"/>
     <col min="7" max="7" width="2.265625" customWidth="1"/>
     <col min="8" max="8" width="12" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="6.1328125" customWidth="1"/>
     <col min="10" max="10" width="2" customWidth="1"/>
     <col min="11" max="11" width="11.73046875" customWidth="1"/>
     <col min="12" max="12" width="1.86328125" customWidth="1"/>
     <col min="13" max="13" width="12.3984375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13" ht="13.15" x14ac:dyDescent="0.4">
       <c r="A1" s="8">
-        <v>2020</v>
+        <v>2026</v>
       </c>
       <c r="M1" s="6"/>
     </row>
     <row r="2" spans="1:13" x14ac:dyDescent="0.35">
       <c r="A2" s="151" t="s">
         <v>0</v>
       </c>
       <c r="B2" s="151"/>
       <c r="C2" s="151"/>
       <c r="D2" s="151"/>
       <c r="E2" s="151"/>
       <c r="F2" s="151"/>
       <c r="G2" s="151"/>
       <c r="H2" s="151"/>
       <c r="I2" s="151"/>
       <c r="J2" s="151"/>
       <c r="K2" s="151"/>
       <c r="L2" s="151"/>
       <c r="M2" s="151"/>
     </row>
     <row r="3" spans="1:13" ht="17.649999999999999" x14ac:dyDescent="0.5">
       <c r="A3" s="138" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="138"/>
       <c r="C3" s="138"/>
       <c r="D3" s="138"/>
       <c r="E3" s="138"/>
       <c r="F3" s="138"/>
       <c r="G3" s="138"/>
       <c r="H3" s="138"/>
       <c r="I3" s="138"/>
       <c r="J3" s="138"/>
       <c r="K3" s="138"/>
       <c r="L3" s="138"/>
       <c r="M3" s="138"/>
     </row>
     <row r="5" spans="1:13" x14ac:dyDescent="0.35">
       <c r="B5" s="30" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="C5" s="152">
         <f>(Title!$C$3)</f>
         <v>0</v>
       </c>
       <c r="D5" s="152"/>
       <c r="E5" s="152"/>
       <c r="F5" s="152"/>
       <c r="H5" s="30" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="I5" s="153">
         <f>(Title!$C$5)</f>
         <v>0</v>
       </c>
       <c r="J5" s="152"/>
       <c r="K5" s="152"/>
       <c r="L5" s="152"/>
       <c r="M5" s="152"/>
     </row>
     <row r="7" spans="1:13" x14ac:dyDescent="0.35">
       <c r="B7" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="9" spans="1:13" ht="17.25" x14ac:dyDescent="0.45">
       <c r="A9" s="1"/>
       <c r="B9" s="155" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="C9" s="155"/>
       <c r="D9" s="155"/>
       <c r="E9" s="155"/>
       <c r="F9" s="155"/>
       <c r="G9" s="155"/>
       <c r="H9" s="155"/>
       <c r="I9" s="155"/>
       <c r="J9" s="155"/>
       <c r="K9" s="155"/>
       <c r="L9" s="155"/>
       <c r="M9" s="155"/>
     </row>
     <row r="11" spans="1:13" ht="13.15" x14ac:dyDescent="0.4">
       <c r="B11" s="2" t="s">
         <v>5</v>
       </c>
     </row>
     <row r="12" spans="1:13" ht="13.15" x14ac:dyDescent="0.4">
       <c r="C12" s="156" t="s">
         <v>6</v>
       </c>
       <c r="D12" s="156"/>
       <c r="E12" s="156"/>
       <c r="F12" s="156"/>
@@ -10064,112 +10003,114 @@
     <mergeCell ref="I5:M5"/>
     <mergeCell ref="C48:F48"/>
     <mergeCell ref="H48:M48"/>
     <mergeCell ref="C44:F44"/>
     <mergeCell ref="H44:M44"/>
     <mergeCell ref="C46:F46"/>
     <mergeCell ref="H46:M46"/>
     <mergeCell ref="C20:F20"/>
     <mergeCell ref="H20:M20"/>
     <mergeCell ref="B9:M9"/>
     <mergeCell ref="C12:F12"/>
     <mergeCell ref="H12:M12"/>
     <mergeCell ref="C14:F14"/>
   </mergeCells>
   <phoneticPr fontId="17" type="noConversion"/>
   <pageMargins left="0.75" right="0.25" top="0.5" bottom="0.5" header="0" footer="0"/>
   <pageSetup scale="95" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
   <dimension ref="A1:J57"/>
   <sheetViews>
-    <sheetView showZeros="0" workbookViewId="0"/>
+    <sheetView showZeros="0" workbookViewId="0">
+      <selection activeCell="A2" sqref="A2:J2"/>
+    </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="2" max="2" width="10.265625" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="11.73046875" customWidth="1"/>
     <col min="4" max="4" width="13.73046875" customWidth="1"/>
     <col min="5" max="5" width="2.59765625" customWidth="1"/>
     <col min="6" max="6" width="9.73046875" customWidth="1"/>
     <col min="7" max="7" width="2.265625" customWidth="1"/>
     <col min="8" max="8" width="13.59765625" customWidth="1"/>
     <col min="9" max="9" width="6.1328125" customWidth="1"/>
     <col min="10" max="10" width="16.1328125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:10" ht="13.15" x14ac:dyDescent="0.4">
       <c r="A1" s="8">
-        <v>2020</v>
+        <v>2026</v>
       </c>
       <c r="J1" s="6"/>
     </row>
     <row r="2" spans="1:10" x14ac:dyDescent="0.35">
       <c r="A2" s="151" t="s">
         <v>0</v>
       </c>
       <c r="B2" s="151"/>
       <c r="C2" s="151"/>
       <c r="D2" s="151"/>
       <c r="E2" s="151"/>
       <c r="F2" s="151"/>
       <c r="G2" s="151"/>
       <c r="H2" s="151"/>
       <c r="I2" s="151"/>
       <c r="J2" s="151"/>
     </row>
     <row r="3" spans="1:10" ht="17.649999999999999" x14ac:dyDescent="0.5">
       <c r="A3" s="138" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="138"/>
       <c r="C3" s="138"/>
       <c r="D3" s="138"/>
       <c r="E3" s="138"/>
       <c r="F3" s="138"/>
       <c r="G3" s="138"/>
       <c r="H3" s="138"/>
       <c r="I3" s="138"/>
       <c r="J3" s="138"/>
     </row>
     <row r="5" spans="1:10" x14ac:dyDescent="0.35">
       <c r="B5" s="30" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="C5" s="153">
         <f>(Title!$C$3)</f>
         <v>0</v>
       </c>
       <c r="D5" s="152"/>
       <c r="E5" s="152"/>
       <c r="F5" s="152"/>
       <c r="H5" s="30" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="I5" s="153">
         <f>(Title!$C$5)</f>
         <v>0</v>
       </c>
       <c r="J5" s="152"/>
     </row>
     <row r="7" spans="1:10" x14ac:dyDescent="0.35">
       <c r="B7" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="9" spans="1:10" ht="15" x14ac:dyDescent="0.4">
       <c r="B9" s="155" t="s">
         <v>9</v>
       </c>
       <c r="C9" s="155"/>
       <c r="D9" s="155"/>
       <c r="E9" s="155"/>
       <c r="F9" s="155"/>
       <c r="G9" s="155"/>
       <c r="H9" s="155"/>
       <c r="I9" s="155"/>
       <c r="J9" s="155"/>
     </row>
@@ -10179,51 +10120,51 @@
       </c>
     </row>
     <row r="12" spans="1:10" ht="13.15" x14ac:dyDescent="0.4">
       <c r="A12" s="6" t="s">
         <v>10</v>
       </c>
       <c r="J12" s="6" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="13" spans="1:10" ht="13.15" x14ac:dyDescent="0.4">
       <c r="A13" s="3" t="s">
         <v>12</v>
       </c>
       <c r="C13" s="156" t="s">
         <v>6</v>
       </c>
       <c r="D13" s="156"/>
       <c r="F13" s="156" t="s">
         <v>7</v>
       </c>
       <c r="G13" s="156"/>
       <c r="H13" s="156"/>
       <c r="I13" s="3"/>
       <c r="J13" s="3" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
     </row>
     <row r="14" spans="1:10" x14ac:dyDescent="0.35">
       <c r="I14" s="5"/>
     </row>
     <row r="15" spans="1:10" x14ac:dyDescent="0.35">
       <c r="A15" s="44"/>
       <c r="B15" s="5" t="s">
         <v>8</v>
       </c>
       <c r="C15" s="154"/>
       <c r="D15" s="154"/>
       <c r="F15" s="158"/>
       <c r="G15" s="158"/>
       <c r="H15" s="158"/>
       <c r="I15" s="5"/>
       <c r="J15" s="45"/>
     </row>
     <row r="16" spans="1:10" x14ac:dyDescent="0.35">
       <c r="B16" s="5"/>
     </row>
     <row r="17" spans="1:10" x14ac:dyDescent="0.35">
       <c r="A17" s="44"/>
       <c r="B17" s="5" t="s">
         <v>8</v>
@@ -10612,126 +10553,124 @@
     <mergeCell ref="F33:H33"/>
     <mergeCell ref="C39:D39"/>
     <mergeCell ref="F39:H39"/>
     <mergeCell ref="C47:D47"/>
     <mergeCell ref="F47:H47"/>
     <mergeCell ref="C43:D43"/>
     <mergeCell ref="F43:H43"/>
     <mergeCell ref="C35:D35"/>
     <mergeCell ref="F35:H35"/>
     <mergeCell ref="B56:J56"/>
     <mergeCell ref="F37:H37"/>
     <mergeCell ref="C41:D41"/>
     <mergeCell ref="F41:H41"/>
   </mergeCells>
   <phoneticPr fontId="17" type="noConversion"/>
   <pageMargins left="0.75" right="0.25" top="0.5" bottom="0.5" header="0" footer="0"/>
   <pageSetup scale="95" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0400-000000000000}">
   <dimension ref="A1:P63"/>
   <sheetViews>
-    <sheetView showZeros="0" workbookViewId="0">
-[...1 lines deleted...]
-    </sheetView>
+    <sheetView showZeros="0" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.1328125" defaultRowHeight="11.65" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="10.3984375" style="9" customWidth="1"/>
     <col min="2" max="2" width="10.86328125" style="9" customWidth="1"/>
     <col min="3" max="3" width="10.3984375" style="9" customWidth="1"/>
     <col min="4" max="4" width="8.73046875" style="9" customWidth="1"/>
     <col min="5" max="5" width="4.59765625" style="9" customWidth="1"/>
     <col min="6" max="6" width="7.265625" style="9" customWidth="1"/>
     <col min="7" max="7" width="11.1328125" style="9" customWidth="1"/>
     <col min="8" max="8" width="13.1328125" style="9" customWidth="1"/>
     <col min="9" max="9" width="6.265625" style="9" customWidth="1"/>
     <col min="10" max="10" width="1" style="9" customWidth="1"/>
     <col min="11" max="11" width="3.59765625" style="9" customWidth="1"/>
     <col min="12" max="12" width="1.265625" style="9" customWidth="1"/>
     <col min="13" max="13" width="13.265625" style="9" customWidth="1"/>
     <col min="14" max="16384" width="9.1328125" style="9"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13" x14ac:dyDescent="0.35">
       <c r="A1" s="8">
-        <v>2020</v>
+        <v>2026</v>
       </c>
       <c r="M1" s="10"/>
     </row>
     <row r="2" spans="1:13" x14ac:dyDescent="0.35">
       <c r="A2" s="137" t="s">
         <v>0</v>
       </c>
       <c r="B2" s="137"/>
       <c r="C2" s="137"/>
       <c r="D2" s="137"/>
       <c r="E2" s="137"/>
       <c r="F2" s="137"/>
       <c r="G2" s="137"/>
       <c r="H2" s="137"/>
       <c r="I2" s="137"/>
       <c r="J2" s="137"/>
       <c r="K2" s="137"/>
       <c r="L2" s="137"/>
       <c r="M2" s="137"/>
     </row>
     <row r="3" spans="1:13" s="1" customFormat="1" ht="17.649999999999999" x14ac:dyDescent="0.5">
       <c r="A3" s="162" t="s">
         <v>19</v>
       </c>
       <c r="B3" s="162"/>
       <c r="C3" s="162"/>
       <c r="D3" s="162"/>
       <c r="E3" s="162"/>
       <c r="F3" s="162"/>
       <c r="G3" s="162"/>
       <c r="H3" s="162"/>
       <c r="I3" s="162"/>
       <c r="J3" s="162"/>
       <c r="K3" s="162"/>
       <c r="L3" s="162"/>
       <c r="M3" s="162"/>
     </row>
     <row r="5" spans="1:13" ht="12.75" x14ac:dyDescent="0.35">
       <c r="A5" s="10" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="B5" s="163">
         <f>Title!C3</f>
         <v>0</v>
       </c>
       <c r="C5" s="152"/>
       <c r="D5" s="152"/>
       <c r="E5" s="152"/>
       <c r="F5" s="57"/>
       <c r="H5" s="10" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="I5" s="153">
         <f>Title!C5</f>
         <v>0</v>
       </c>
       <c r="J5" s="152"/>
       <c r="K5" s="152"/>
       <c r="L5" s="152"/>
       <c r="M5" s="152"/>
     </row>
     <row r="6" spans="1:13" x14ac:dyDescent="0.35">
       <c r="A6" s="10"/>
       <c r="H6" s="10"/>
     </row>
     <row r="7" spans="1:13" x14ac:dyDescent="0.35">
       <c r="A7" s="9" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="9" spans="1:13" x14ac:dyDescent="0.35">
       <c r="A9" s="13" t="s">
         <v>10</v>
       </c>
       <c r="B9" s="14"/>
       <c r="C9" s="14"/>
@@ -10739,56 +10678,56 @@
       <c r="E9" s="14"/>
       <c r="F9" s="14"/>
       <c r="G9" s="14"/>
       <c r="H9" s="164" t="s">
         <v>14</v>
       </c>
       <c r="I9" s="164"/>
       <c r="J9" s="14"/>
       <c r="K9" s="164" t="s">
         <v>14</v>
       </c>
       <c r="L9" s="164"/>
       <c r="M9" s="164"/>
     </row>
     <row r="10" spans="1:13" x14ac:dyDescent="0.35">
       <c r="A10" s="14" t="s">
         <v>12</v>
       </c>
       <c r="D10" s="165" t="s">
         <v>21</v>
       </c>
       <c r="E10" s="165"/>
       <c r="F10" s="165"/>
       <c r="G10" s="14"/>
       <c r="H10" s="142" t="s">
-        <v>174</v>
+        <v>173</v>
       </c>
       <c r="I10" s="142"/>
       <c r="J10" s="14"/>
       <c r="K10" s="142" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
       <c r="L10" s="142"/>
       <c r="M10" s="142"/>
     </row>
     <row r="12" spans="1:13" ht="14.1" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A12" s="46"/>
       <c r="B12" s="11"/>
       <c r="C12" s="166"/>
       <c r="D12" s="167"/>
       <c r="E12" s="167"/>
       <c r="F12" s="167"/>
       <c r="G12" s="11"/>
       <c r="H12" s="168"/>
       <c r="I12" s="168"/>
       <c r="J12" s="11"/>
       <c r="K12" s="168"/>
       <c r="L12" s="168"/>
       <c r="M12" s="168"/>
     </row>
     <row r="13" spans="1:13" ht="14.1" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A13" s="46"/>
       <c r="B13" s="11"/>
       <c r="C13" s="166"/>
       <c r="D13" s="167"/>
       <c r="E13" s="167"/>
@@ -10877,51 +10816,51 @@
       <c r="B19" s="165" t="s">
         <v>23</v>
       </c>
       <c r="C19" s="165"/>
       <c r="D19" s="16" t="s">
         <v>5</v>
       </c>
       <c r="E19" s="11"/>
       <c r="G19" s="11"/>
       <c r="H19" s="142" t="s">
         <v>27</v>
       </c>
       <c r="I19" s="142"/>
       <c r="J19" s="142"/>
       <c r="K19" s="142"/>
       <c r="L19" s="142"/>
       <c r="M19" s="142"/>
     </row>
     <row r="20" spans="1:16" ht="7.5" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="21" spans="1:16" ht="14.1" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B21" s="8" t="s">
         <v>60</v>
       </c>
       <c r="C21" s="8"/>
       <c r="D21" s="9" t="s">
-        <v>175</v>
+        <v>174</v>
       </c>
       <c r="E21" s="11"/>
       <c r="H21" s="145"/>
       <c r="I21" s="145"/>
       <c r="J21" s="145"/>
       <c r="K21" s="145"/>
       <c r="L21" s="145"/>
       <c r="M21" s="145"/>
     </row>
     <row r="22" spans="1:16" ht="14.1" customHeight="1" x14ac:dyDescent="0.35">
       <c r="H22" s="145"/>
       <c r="I22" s="145"/>
       <c r="J22" s="145"/>
       <c r="K22" s="145"/>
       <c r="L22" s="145"/>
       <c r="M22" s="145"/>
     </row>
     <row r="23" spans="1:16" ht="14.1" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B23" s="8"/>
       <c r="C23" s="73"/>
       <c r="E23" s="11"/>
       <c r="G23" s="11"/>
       <c r="H23" s="145"/>
       <c r="I23" s="145"/>
       <c r="J23" s="145"/>
@@ -10973,258 +10912,258 @@
       <c r="I26"/>
       <c r="J26"/>
       <c r="K26"/>
       <c r="L26"/>
       <c r="M26"/>
     </row>
     <row r="27" spans="1:16" ht="12" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B27" s="24"/>
       <c r="C27" s="24"/>
       <c r="D27" s="2" t="s">
         <v>28</v>
       </c>
       <c r="E27" s="24"/>
       <c r="F27" s="24"/>
       <c r="G27" s="24"/>
       <c r="H27" s="3" t="s">
         <v>66</v>
       </c>
       <c r="I27" s="142" t="s">
         <v>20</v>
       </c>
       <c r="J27" s="142"/>
       <c r="K27" s="142"/>
       <c r="L27" s="8"/>
       <c r="M27" s="14" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
     </row>
     <row r="28" spans="1:16" ht="6" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B28" s="3"/>
       <c r="C28" s="3"/>
       <c r="D28" s="3"/>
       <c r="E28" s="3"/>
       <c r="F28" s="3"/>
       <c r="G28" s="3"/>
       <c r="H28" s="3"/>
       <c r="I28" s="3"/>
       <c r="J28" s="3"/>
       <c r="K28" s="3"/>
       <c r="L28" s="3"/>
       <c r="M28" s="3"/>
     </row>
     <row r="29" spans="1:16" ht="14.1" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B29" s="9" t="s">
-        <v>307</v>
+        <v>303</v>
       </c>
       <c r="C29" s="3"/>
       <c r="D29" s="24"/>
       <c r="E29" s="19"/>
       <c r="F29" s="19"/>
       <c r="G29" s="9" t="s">
         <v>67</v>
       </c>
       <c r="H29" s="11">
         <v>800240</v>
       </c>
       <c r="I29" s="145"/>
       <c r="J29" s="145"/>
       <c r="K29" s="145"/>
       <c r="L29" s="3"/>
       <c r="M29" s="51"/>
     </row>
     <row r="30" spans="1:16" ht="14.1" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B30" s="8" t="s">
-        <v>308</v>
+        <v>304</v>
       </c>
       <c r="C30" s="23"/>
       <c r="D30" s="23"/>
       <c r="E30" s="23"/>
       <c r="F30" s="23"/>
       <c r="G30" s="8" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="H30" s="11">
         <v>821283</v>
       </c>
       <c r="I30" s="145"/>
       <c r="J30" s="145"/>
       <c r="K30" s="145"/>
       <c r="L30" s="23"/>
       <c r="M30" s="51"/>
     </row>
     <row r="31" spans="1:16" ht="14.1" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B31" s="8"/>
       <c r="C31"/>
       <c r="D31"/>
       <c r="E31"/>
       <c r="F31"/>
       <c r="G31"/>
       <c r="H31"/>
       <c r="I31"/>
       <c r="J31"/>
       <c r="K31"/>
       <c r="L31"/>
       <c r="M31"/>
     </row>
     <row r="32" spans="1:16" ht="12" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B32" s="9" t="s">
-        <v>309</v>
+        <v>305</v>
       </c>
       <c r="C32" s="95"/>
       <c r="D32" s="83"/>
       <c r="E32" s="83"/>
       <c r="F32" s="83"/>
       <c r="G32" s="9" t="s">
         <v>67</v>
       </c>
       <c r="H32" s="11">
         <v>800240</v>
       </c>
       <c r="I32" s="145"/>
       <c r="J32" s="145"/>
       <c r="K32" s="145"/>
       <c r="L32" s="23"/>
       <c r="M32" s="51"/>
     </row>
     <row r="33" spans="2:13" ht="12" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B33" s="8" t="s">
-        <v>310</v>
+        <v>306</v>
       </c>
       <c r="C33" s="96"/>
       <c r="D33" s="83"/>
       <c r="E33" s="83"/>
       <c r="F33" s="83"/>
       <c r="G33" s="8" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="H33" s="11">
         <v>821283</v>
       </c>
       <c r="I33" s="145"/>
       <c r="J33" s="145"/>
       <c r="K33" s="145"/>
       <c r="L33" s="23"/>
       <c r="M33" s="51"/>
     </row>
     <row r="34" spans="2:13" ht="10.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="C34" s="8"/>
       <c r="F34" s="8"/>
       <c r="G34" s="8"/>
       <c r="I34" s="8"/>
       <c r="J34" s="8"/>
       <c r="K34" s="8"/>
       <c r="L34" s="8"/>
       <c r="M34" s="8"/>
     </row>
     <row r="35" spans="2:13" ht="12" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B35" s="9" t="s">
         <v>29</v>
       </c>
       <c r="C35" s="8"/>
       <c r="E35" s="9" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="F35" s="8"/>
       <c r="G35" s="8"/>
       <c r="H35" s="11">
         <v>830242</v>
       </c>
       <c r="I35" s="145"/>
       <c r="J35" s="145"/>
       <c r="K35" s="145"/>
       <c r="L35" s="8"/>
       <c r="M35" s="46"/>
     </row>
     <row r="36" spans="2:13" ht="12" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B36" s="9" t="s">
         <v>30</v>
       </c>
       <c r="C36" s="8"/>
       <c r="E36" s="9" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="F36" s="8"/>
       <c r="G36" s="8"/>
       <c r="H36" s="11">
         <v>830242</v>
       </c>
       <c r="I36" s="145"/>
       <c r="J36" s="145"/>
       <c r="K36" s="145"/>
       <c r="L36" s="8"/>
       <c r="M36" s="46"/>
     </row>
     <row r="37" spans="2:13" ht="12" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B37" s="9" t="s">
         <v>31</v>
       </c>
       <c r="C37" s="8"/>
       <c r="E37" s="9" t="s">
         <v>32</v>
       </c>
       <c r="F37" s="8"/>
       <c r="G37" s="8"/>
       <c r="I37" s="145"/>
       <c r="J37" s="145"/>
       <c r="K37" s="145"/>
       <c r="L37" s="8"/>
       <c r="M37" s="46"/>
     </row>
     <row r="38" spans="2:13" ht="12" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B38" s="9" t="s">
-        <v>176</v>
+        <v>175</v>
       </c>
       <c r="C38" s="8"/>
       <c r="E38" s="9" t="s">
         <v>34</v>
       </c>
       <c r="F38" s="8"/>
       <c r="G38" s="8"/>
       <c r="H38" s="11">
         <v>821301</v>
       </c>
       <c r="I38" s="145"/>
       <c r="J38" s="145"/>
       <c r="K38" s="145"/>
       <c r="L38" s="8"/>
       <c r="M38" s="46"/>
     </row>
     <row r="39" spans="2:13" ht="6" customHeight="1" x14ac:dyDescent="0.35">
       <c r="C39" s="8"/>
       <c r="F39" s="8"/>
       <c r="G39" s="8"/>
       <c r="I39" s="74"/>
       <c r="J39" s="74"/>
       <c r="K39" s="74"/>
       <c r="L39" s="8"/>
       <c r="M39" s="74"/>
     </row>
     <row r="40" spans="2:13" ht="12" customHeight="1" x14ac:dyDescent="0.35">
       <c r="C40" s="8"/>
       <c r="E40" s="9" t="s">
-        <v>292</v>
+        <v>289</v>
       </c>
       <c r="F40" s="8"/>
       <c r="G40" s="8"/>
       <c r="I40" s="8"/>
       <c r="J40" s="8"/>
       <c r="K40" s="8"/>
       <c r="L40" s="8"/>
       <c r="M40" s="8"/>
     </row>
     <row r="41" spans="2:13" ht="12.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="C41" s="8"/>
       <c r="F41" s="8"/>
       <c r="G41" s="8"/>
       <c r="I41" s="8"/>
       <c r="J41" s="8"/>
       <c r="K41" s="8"/>
       <c r="L41" s="8"/>
       <c r="M41" s="8"/>
     </row>
     <row r="42" spans="2:13" ht="14.1" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B42" s="142" t="s">
         <v>35</v>
       </c>
       <c r="C42" s="142"/>
       <c r="D42" s="142"/>
@@ -11266,123 +11205,123 @@
       <c r="L44" s="8"/>
       <c r="M44" s="49"/>
     </row>
     <row r="45" spans="2:13" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B45" s="9" t="s">
         <v>25</v>
       </c>
       <c r="C45" s="8"/>
       <c r="E45" s="9" t="s">
         <v>37</v>
       </c>
       <c r="F45" s="8"/>
       <c r="G45" s="8"/>
       <c r="I45" s="159"/>
       <c r="J45" s="159"/>
       <c r="K45" s="159"/>
       <c r="L45" s="8"/>
       <c r="M45" s="50"/>
     </row>
     <row r="46" spans="2:13" ht="14.1" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B46" s="9" t="s">
         <v>33</v>
       </c>
       <c r="C46" s="8"/>
       <c r="E46" s="9" t="s">
-        <v>311</v>
+        <v>362</v>
       </c>
       <c r="H46" s="11">
         <v>821301</v>
       </c>
       <c r="I46" s="159"/>
       <c r="J46" s="159"/>
       <c r="K46" s="159"/>
       <c r="L46" s="8"/>
       <c r="M46" s="50"/>
     </row>
     <row r="47" spans="2:13" x14ac:dyDescent="0.35">
       <c r="C47" s="8"/>
       <c r="F47" s="8"/>
       <c r="G47" s="8"/>
       <c r="I47" s="8"/>
       <c r="J47" s="8"/>
       <c r="K47" s="8"/>
       <c r="L47" s="8"/>
       <c r="M47" s="8"/>
     </row>
     <row r="48" spans="2:13" ht="13.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B48" s="142" t="s">
         <v>38</v>
       </c>
       <c r="C48" s="142"/>
       <c r="D48" s="142"/>
       <c r="E48" s="142"/>
       <c r="F48" s="142"/>
       <c r="G48" s="142"/>
       <c r="H48" s="142"/>
       <c r="I48" s="8"/>
       <c r="J48" s="8"/>
       <c r="K48" s="8"/>
       <c r="L48" s="8"/>
       <c r="M48" s="8"/>
     </row>
     <row r="49" spans="2:13" ht="4.5" hidden="1" customHeight="1" x14ac:dyDescent="0.35">
       <c r="C49" s="8"/>
       <c r="E49" s="21"/>
       <c r="F49" s="21"/>
       <c r="G49" s="21"/>
       <c r="H49" s="21"/>
       <c r="I49" s="8"/>
       <c r="J49" s="8"/>
       <c r="K49" s="8"/>
       <c r="L49" s="8"/>
       <c r="M49" s="8"/>
     </row>
     <row r="50" spans="2:13" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B50" s="109" t="s">
-        <v>291</v>
+        <v>288</v>
       </c>
       <c r="C50" s="8"/>
       <c r="E50" s="109" t="s">
-        <v>251</v>
+        <v>249</v>
       </c>
       <c r="F50" s="113"/>
       <c r="G50" s="113"/>
       <c r="H50" s="113"/>
       <c r="I50" s="159"/>
       <c r="J50" s="159"/>
       <c r="K50" s="159"/>
       <c r="L50" s="8"/>
       <c r="M50" s="50"/>
     </row>
     <row r="51" spans="2:13" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B51" s="109" t="s">
-        <v>290</v>
+        <v>287</v>
       </c>
       <c r="C51" s="8"/>
       <c r="E51" s="109" t="s">
-        <v>251</v>
+        <v>249</v>
       </c>
       <c r="F51" s="113"/>
       <c r="G51" s="113"/>
       <c r="H51" s="113"/>
       <c r="I51" s="159"/>
       <c r="J51" s="159"/>
       <c r="K51" s="159"/>
       <c r="L51" s="8"/>
       <c r="M51" s="50"/>
     </row>
     <row r="52" spans="2:13" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B52" s="9" t="s">
         <v>39</v>
       </c>
       <c r="C52" s="8"/>
       <c r="E52" s="9" t="s">
         <v>40</v>
       </c>
       <c r="F52" s="8"/>
       <c r="G52" s="8"/>
       <c r="H52" s="11">
         <v>1297</v>
       </c>
       <c r="I52" s="159"/>
       <c r="J52" s="159"/>
@@ -11433,56 +11372,56 @@
         <v>42</v>
       </c>
       <c r="C56" s="8"/>
       <c r="F56" s="8"/>
       <c r="G56" s="8" t="s">
         <v>43</v>
       </c>
       <c r="I56" s="159"/>
       <c r="J56" s="159"/>
       <c r="K56" s="159"/>
       <c r="L56" s="8"/>
       <c r="M56" s="50"/>
     </row>
     <row r="57" spans="2:13" x14ac:dyDescent="0.35">
       <c r="C57" s="8"/>
       <c r="F57" s="8"/>
       <c r="G57" s="8"/>
       <c r="I57" s="22"/>
       <c r="J57" s="22"/>
       <c r="K57" s="22"/>
       <c r="L57" s="8"/>
       <c r="M57" s="20"/>
     </row>
     <row r="58" spans="2:13" x14ac:dyDescent="0.35">
       <c r="C58" s="9" t="s">
-        <v>312</v>
+        <v>307</v>
       </c>
     </row>
     <row r="59" spans="2:13" x14ac:dyDescent="0.35">
       <c r="C59" s="9" t="s">
-        <v>270</v>
+        <v>267</v>
       </c>
     </row>
     <row r="61" spans="2:13" x14ac:dyDescent="0.35">
       <c r="B61" s="9" t="s">
         <v>16</v>
       </c>
       <c r="C61" s="150"/>
       <c r="D61" s="150"/>
       <c r="E61" s="150"/>
       <c r="F61" s="150"/>
       <c r="G61" s="150"/>
       <c r="H61" s="150"/>
       <c r="I61" s="150"/>
       <c r="J61" s="150"/>
       <c r="K61" s="150"/>
       <c r="L61" s="150"/>
       <c r="M61" s="150"/>
     </row>
     <row r="62" spans="2:13" x14ac:dyDescent="0.35">
       <c r="B62" s="150"/>
       <c r="C62" s="150"/>
       <c r="D62" s="150"/>
       <c r="E62" s="150"/>
       <c r="F62" s="150"/>
       <c r="G62" s="150"/>
@@ -11553,192 +11492,194 @@
     <mergeCell ref="B42:H42"/>
     <mergeCell ref="I44:K44"/>
     <mergeCell ref="I45:K45"/>
     <mergeCell ref="I46:K46"/>
     <mergeCell ref="C61:M61"/>
     <mergeCell ref="B63:M63"/>
     <mergeCell ref="B48:H48"/>
     <mergeCell ref="I52:K52"/>
     <mergeCell ref="B54:H54"/>
     <mergeCell ref="I56:K56"/>
     <mergeCell ref="B62:M62"/>
     <mergeCell ref="I50:K50"/>
     <mergeCell ref="I51:K51"/>
   </mergeCells>
   <phoneticPr fontId="17" type="noConversion"/>
   <pageMargins left="0.75" right="0.25" top="0.5" bottom="0.5" header="0" footer="0"/>
   <pageSetup scale="95" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0500-000000000000}">
   <dimension ref="A1:O59"/>
   <sheetViews>
-    <sheetView showZeros="0" zoomScaleNormal="100" workbookViewId="0"/>
+    <sheetView showZeros="0" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="K25" sqref="K25"/>
+    </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.1328125" defaultRowHeight="11.65" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="9.1328125" style="9"/>
     <col min="2" max="2" width="2.59765625" style="9" customWidth="1"/>
     <col min="3" max="3" width="11.1328125" style="9" customWidth="1"/>
     <col min="4" max="4" width="9.1328125" style="9"/>
     <col min="5" max="5" width="3.73046875" style="9" customWidth="1"/>
     <col min="6" max="6" width="8.73046875" style="9" customWidth="1"/>
     <col min="7" max="7" width="4.59765625" style="9" customWidth="1"/>
     <col min="8" max="8" width="7.265625" style="9" customWidth="1"/>
     <col min="9" max="9" width="3.265625" style="9" customWidth="1"/>
     <col min="10" max="10" width="11.265625" style="9" customWidth="1"/>
     <col min="11" max="11" width="6.1328125" style="9" customWidth="1"/>
     <col min="12" max="12" width="1" style="9" customWidth="1"/>
     <col min="13" max="13" width="11.73046875" style="9" customWidth="1"/>
     <col min="14" max="14" width="1.1328125" style="9" customWidth="1"/>
     <col min="15" max="15" width="11.73046875" style="9" customWidth="1"/>
     <col min="16" max="16384" width="9.1328125" style="9"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A1" s="8">
-        <v>2020</v>
+        <v>2026</v>
       </c>
       <c r="B1" s="8"/>
       <c r="O1" s="8" t="s">
-        <v>106</v>
+        <v>105</v>
       </c>
     </row>
     <row r="2" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A2" s="137" t="s">
         <v>0</v>
       </c>
       <c r="B2" s="137"/>
       <c r="C2" s="137"/>
       <c r="D2" s="137"/>
       <c r="E2" s="137"/>
       <c r="F2" s="137"/>
       <c r="G2" s="137"/>
       <c r="H2" s="137"/>
       <c r="I2" s="137"/>
       <c r="J2" s="137"/>
       <c r="K2" s="137"/>
       <c r="L2" s="137"/>
       <c r="M2" s="137"/>
       <c r="N2" s="137"/>
       <c r="O2" s="137"/>
     </row>
     <row r="3" spans="1:15" s="1" customFormat="1" ht="17.649999999999999" x14ac:dyDescent="0.5">
       <c r="A3" s="138" t="s">
         <v>44</v>
       </c>
       <c r="B3" s="138"/>
       <c r="C3" s="138"/>
       <c r="D3" s="138"/>
       <c r="E3" s="138"/>
       <c r="F3" s="138"/>
       <c r="G3" s="138"/>
       <c r="H3" s="138"/>
       <c r="I3" s="138"/>
       <c r="J3" s="138"/>
       <c r="K3" s="138"/>
       <c r="L3" s="138"/>
       <c r="M3" s="138"/>
       <c r="N3" s="138"/>
       <c r="O3" s="138"/>
     </row>
     <row r="5" spans="1:15" ht="14.1" customHeight="1" x14ac:dyDescent="0.35">
       <c r="C5" s="10" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="D5" s="163">
         <f>Title!C3</f>
         <v>0</v>
       </c>
       <c r="E5" s="169"/>
       <c r="F5" s="169"/>
       <c r="G5" s="169"/>
       <c r="H5" s="169"/>
       <c r="J5" s="10" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="K5" s="163">
         <f>Title!C5</f>
         <v>0</v>
       </c>
       <c r="L5" s="169"/>
       <c r="M5" s="169"/>
       <c r="N5" s="169"/>
       <c r="O5" s="169"/>
     </row>
     <row r="6" spans="1:15" x14ac:dyDescent="0.35">
       <c r="C6" s="10"/>
       <c r="J6" s="10"/>
     </row>
     <row r="7" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A7" s="13" t="s">
         <v>10</v>
       </c>
       <c r="B7" s="13"/>
       <c r="C7" s="14"/>
       <c r="D7" s="14"/>
       <c r="E7" s="14"/>
       <c r="F7" s="14"/>
       <c r="G7" s="14"/>
       <c r="H7" s="14"/>
       <c r="I7" s="14"/>
       <c r="J7" s="164" t="s">
-        <v>178</v>
+        <v>177</v>
       </c>
       <c r="K7" s="164"/>
       <c r="L7" s="14"/>
       <c r="M7" s="164" t="s">
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="N7" s="164"/>
       <c r="O7" s="164"/>
     </row>
     <row r="8" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A8" s="14" t="s">
         <v>12</v>
       </c>
       <c r="B8" s="14"/>
       <c r="C8" s="142" t="s">
-        <v>177</v>
+        <v>176</v>
       </c>
       <c r="D8" s="142"/>
       <c r="F8" s="142" t="s">
         <v>21</v>
       </c>
       <c r="G8" s="142"/>
       <c r="H8" s="142"/>
       <c r="I8" s="14"/>
       <c r="J8" s="142" t="s">
-        <v>181</v>
+        <v>180</v>
       </c>
       <c r="K8" s="142"/>
       <c r="L8" s="14"/>
       <c r="M8" s="142" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="N8" s="142"/>
       <c r="O8" s="142"/>
     </row>
     <row r="9" spans="1:15" ht="14.1" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A9" s="46"/>
       <c r="B9" s="74"/>
       <c r="C9" s="170"/>
       <c r="D9" s="170"/>
       <c r="E9" s="100"/>
       <c r="F9" s="145"/>
       <c r="G9" s="145"/>
       <c r="H9" s="145"/>
       <c r="I9" s="11"/>
       <c r="J9" s="168"/>
       <c r="K9" s="168"/>
       <c r="L9" s="11"/>
       <c r="M9" s="168"/>
       <c r="N9" s="168"/>
       <c r="O9" s="168"/>
     </row>
     <row r="10" spans="1:15" ht="14.1" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A10" s="46"/>
       <c r="B10" s="74"/>
       <c r="C10" s="170"/>
@@ -11799,370 +11740,370 @@
       <c r="G13" s="146"/>
       <c r="H13" s="146"/>
       <c r="I13" s="11"/>
       <c r="J13" s="161"/>
       <c r="K13" s="161"/>
       <c r="L13" s="11"/>
       <c r="M13" s="161"/>
       <c r="N13" s="161"/>
       <c r="O13" s="161"/>
     </row>
     <row r="14" spans="1:15" x14ac:dyDescent="0.35">
       <c r="D14" s="11"/>
       <c r="E14" s="11"/>
       <c r="F14" s="11"/>
       <c r="G14" s="11"/>
       <c r="H14" s="11"/>
       <c r="J14" s="11"/>
       <c r="K14" s="11"/>
       <c r="L14" s="11"/>
       <c r="M14" s="11"/>
       <c r="N14" s="11"/>
       <c r="O14" s="11"/>
     </row>
     <row r="15" spans="1:15" x14ac:dyDescent="0.35">
       <c r="C15" s="101" t="s">
-        <v>182</v>
+        <v>181</v>
       </c>
     </row>
     <row r="17" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A17" s="13" t="s">
         <v>10</v>
       </c>
       <c r="B17" s="13"/>
       <c r="C17" s="142" t="s">
         <v>23</v>
       </c>
       <c r="D17" s="142"/>
       <c r="E17" s="14"/>
       <c r="F17" s="16" t="s">
         <v>5</v>
       </c>
       <c r="J17" s="8"/>
       <c r="K17" s="21" t="s">
         <v>45</v>
       </c>
       <c r="L17" s="21"/>
       <c r="M17" s="13" t="s">
         <v>14</v>
       </c>
       <c r="N17" s="13"/>
       <c r="O17" s="13" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="18" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A18" s="14" t="s">
         <v>12</v>
       </c>
       <c r="B18" s="14"/>
       <c r="M18" s="14" t="s">
-        <v>174</v>
+        <v>173</v>
       </c>
       <c r="N18" s="14"/>
       <c r="O18" s="14" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
     </row>
     <row r="19" spans="1:15" ht="4.5" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A19" s="14"/>
       <c r="B19" s="14"/>
       <c r="M19" s="14"/>
       <c r="N19" s="14"/>
       <c r="O19" s="14"/>
     </row>
     <row r="20" spans="1:15" ht="14.1" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A20" s="46"/>
       <c r="B20" s="74"/>
       <c r="C20" s="8" t="s">
-        <v>183</v>
+        <v>182</v>
       </c>
       <c r="F20" s="9" t="s">
         <v>46</v>
       </c>
       <c r="H20" s="8"/>
       <c r="I20" s="8"/>
       <c r="K20" s="8" t="s">
         <v>47</v>
       </c>
       <c r="L20" s="8"/>
       <c r="M20" s="46"/>
       <c r="N20" s="11"/>
       <c r="O20" s="46"/>
     </row>
     <row r="21" spans="1:15" ht="14.1" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A21" s="46"/>
       <c r="B21" s="74"/>
       <c r="C21" s="8" t="s">
-        <v>184</v>
+        <v>183</v>
       </c>
       <c r="F21" s="9" t="s">
         <v>48</v>
       </c>
       <c r="K21" s="8" t="s">
         <v>49</v>
       </c>
       <c r="L21" s="8"/>
       <c r="M21" s="104"/>
       <c r="N21" s="11"/>
       <c r="O21" s="102"/>
     </row>
     <row r="22" spans="1:15" ht="14.1" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A22" s="46"/>
       <c r="B22" s="74"/>
       <c r="C22" s="8" t="s">
-        <v>186</v>
+        <v>185</v>
       </c>
       <c r="F22" s="9" t="s">
-        <v>194</v>
+        <v>192</v>
       </c>
       <c r="H22" s="8"/>
       <c r="I22" s="8"/>
       <c r="K22" s="8"/>
       <c r="L22" s="8"/>
       <c r="M22" s="104"/>
       <c r="N22" s="11"/>
       <c r="O22" s="102"/>
     </row>
     <row r="23" spans="1:15" ht="14.1" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A23" s="46"/>
       <c r="B23" s="74"/>
       <c r="C23" s="8" t="s">
-        <v>185</v>
+        <v>184</v>
       </c>
       <c r="F23" s="9" t="s">
-        <v>194</v>
+        <v>192</v>
       </c>
       <c r="H23" s="8"/>
       <c r="I23" s="8"/>
       <c r="K23" s="8"/>
       <c r="L23" s="8"/>
       <c r="M23" s="104"/>
       <c r="N23" s="11"/>
       <c r="O23" s="102"/>
     </row>
     <row r="24" spans="1:15" ht="14.1" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A24" s="46"/>
       <c r="B24" s="74"/>
       <c r="C24" s="8" t="s">
-        <v>313</v>
+        <v>308</v>
       </c>
       <c r="D24" s="8"/>
       <c r="E24" s="103"/>
       <c r="F24" s="9" t="s">
-        <v>194</v>
+        <v>192</v>
       </c>
       <c r="H24" s="8"/>
       <c r="I24" s="8"/>
       <c r="K24" s="8" t="s">
         <v>49</v>
       </c>
       <c r="L24" s="8"/>
       <c r="M24" s="104"/>
       <c r="N24" s="11"/>
       <c r="O24" s="102"/>
     </row>
     <row r="25" spans="1:15" ht="14.1" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A25" s="46"/>
       <c r="B25" s="74"/>
       <c r="C25" s="8" t="s">
-        <v>314</v>
+        <v>309</v>
       </c>
       <c r="F25" s="9" t="s">
-        <v>194</v>
+        <v>192</v>
       </c>
       <c r="K25" s="8" t="s">
         <v>49</v>
       </c>
       <c r="L25" s="8"/>
       <c r="M25" s="104"/>
       <c r="N25" s="11"/>
       <c r="O25" s="102"/>
     </row>
     <row r="26" spans="1:15" ht="14.1" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A26" s="46"/>
       <c r="B26" s="74"/>
       <c r="C26" s="8" t="s">
-        <v>195</v>
+        <v>193</v>
       </c>
       <c r="F26" s="9" t="s">
-        <v>196</v>
+        <v>194</v>
       </c>
       <c r="K26" s="8" t="s">
         <v>47</v>
       </c>
       <c r="L26" s="8"/>
       <c r="M26" s="104"/>
       <c r="N26" s="11"/>
       <c r="O26" s="102"/>
     </row>
     <row r="27" spans="1:15" ht="14.1" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A27" s="46"/>
       <c r="B27" s="74"/>
       <c r="C27" s="8" t="s">
-        <v>187</v>
+        <v>186</v>
       </c>
       <c r="D27" s="8"/>
       <c r="E27" s="8"/>
       <c r="F27" s="9" t="s">
         <v>46</v>
       </c>
       <c r="H27" s="8"/>
       <c r="I27" s="8"/>
       <c r="K27" s="8" t="s">
         <v>47</v>
       </c>
       <c r="L27" s="8"/>
       <c r="M27" s="104"/>
       <c r="N27" s="11"/>
       <c r="O27" s="102"/>
     </row>
     <row r="28" spans="1:15" ht="14.1" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A28" s="46"/>
       <c r="B28" s="74"/>
       <c r="C28" s="8" t="s">
-        <v>188</v>
+        <v>187</v>
       </c>
       <c r="F28" s="9" t="s">
         <v>50</v>
       </c>
       <c r="K28" s="8" t="s">
         <v>51</v>
       </c>
       <c r="L28" s="8"/>
       <c r="M28" s="104"/>
       <c r="N28" s="11"/>
       <c r="O28" s="102"/>
     </row>
     <row r="29" spans="1:15" ht="14.1" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A29" s="46"/>
       <c r="B29" s="74"/>
       <c r="C29" s="8" t="s">
-        <v>189</v>
+        <v>188</v>
       </c>
       <c r="D29" s="8"/>
       <c r="E29" s="8"/>
       <c r="F29" s="9" t="s">
         <v>52</v>
       </c>
       <c r="H29" s="8"/>
       <c r="I29" s="8"/>
       <c r="K29" s="8" t="s">
         <v>51</v>
       </c>
       <c r="L29" s="8"/>
       <c r="M29" s="104"/>
       <c r="N29" s="11"/>
       <c r="O29" s="102"/>
     </row>
     <row r="30" spans="1:15" ht="14.1" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A30" s="46"/>
       <c r="B30" s="74"/>
       <c r="C30" s="8" t="s">
-        <v>331</v>
+        <v>326</v>
       </c>
       <c r="D30" s="8"/>
       <c r="E30" s="8"/>
       <c r="F30" s="9" t="s">
-        <v>332</v>
+        <v>327</v>
       </c>
       <c r="H30" s="8"/>
       <c r="I30" s="8"/>
       <c r="K30" s="8" t="s">
         <v>51</v>
       </c>
       <c r="L30" s="8"/>
       <c r="M30" s="104"/>
       <c r="N30" s="11"/>
       <c r="O30" s="102"/>
     </row>
     <row r="31" spans="1:15" ht="14.1" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A31" s="46"/>
       <c r="B31" s="74"/>
       <c r="C31" s="8" t="s">
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="D31" s="8"/>
       <c r="E31" s="8"/>
       <c r="F31" s="9" t="s">
         <v>53</v>
       </c>
       <c r="H31" s="8"/>
       <c r="I31" s="8"/>
       <c r="K31" s="8" t="s">
         <v>51</v>
       </c>
       <c r="L31" s="8"/>
       <c r="M31" s="104"/>
       <c r="N31" s="11"/>
       <c r="O31" s="102"/>
     </row>
     <row r="32" spans="1:15" ht="14.1" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A32" s="46"/>
       <c r="B32" s="74"/>
       <c r="C32" s="8" t="s">
-        <v>191</v>
+        <v>190</v>
       </c>
       <c r="D32" s="8"/>
       <c r="E32" s="8"/>
       <c r="F32" s="9" t="s">
         <v>53</v>
       </c>
       <c r="K32" s="8" t="s">
         <v>51</v>
       </c>
       <c r="L32" s="8"/>
       <c r="M32" s="104"/>
       <c r="N32" s="11"/>
       <c r="O32" s="102"/>
     </row>
     <row r="33" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A33" s="46"/>
       <c r="B33" s="74"/>
       <c r="C33" s="8" t="s">
-        <v>192</v>
+        <v>359</v>
       </c>
       <c r="D33" s="8"/>
       <c r="E33" s="8"/>
       <c r="F33" s="9" t="s">
         <v>53</v>
       </c>
       <c r="H33" s="8"/>
       <c r="I33" s="8"/>
       <c r="K33" s="8" t="s">
         <v>51</v>
       </c>
       <c r="L33" s="8"/>
       <c r="M33" s="104"/>
       <c r="N33" s="11"/>
       <c r="O33" s="102"/>
     </row>
     <row r="34" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A34" s="46"/>
       <c r="B34" s="74"/>
       <c r="C34" s="8" t="s">
-        <v>193</v>
+        <v>191</v>
       </c>
       <c r="D34" s="8"/>
       <c r="E34" s="8"/>
       <c r="F34" s="9" t="s">
         <v>53</v>
       </c>
       <c r="H34" s="8"/>
       <c r="I34" s="8"/>
       <c r="K34" s="8" t="s">
         <v>51</v>
       </c>
       <c r="L34" s="8"/>
       <c r="M34" s="104"/>
       <c r="N34" s="11"/>
       <c r="O34" s="102"/>
     </row>
     <row r="35" spans="1:15" ht="14.1" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A35" s="22"/>
       <c r="B35" s="11"/>
       <c r="C35" s="8"/>
       <c r="D35" s="8"/>
       <c r="E35" s="8"/>
       <c r="F35" s="8"/>
       <c r="H35" s="8"/>
       <c r="I35" s="8"/>
@@ -12383,190 +12324,190 @@
       <c r="I47" s="8"/>
       <c r="J47" s="9"/>
       <c r="K47" s="11"/>
       <c r="L47" s="11"/>
       <c r="M47" s="11"/>
       <c r="N47" s="11"/>
       <c r="O47" s="11"/>
     </row>
     <row r="48" spans="1:15" s="24" customFormat="1" ht="14.1" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A48" s="14" t="s">
         <v>12</v>
       </c>
       <c r="B48" s="14"/>
       <c r="C48" s="142" t="s">
         <v>23</v>
       </c>
       <c r="D48" s="142"/>
       <c r="E48" s="9"/>
       <c r="F48" s="16" t="s">
         <v>5</v>
       </c>
       <c r="G48" s="9"/>
       <c r="H48" s="9"/>
       <c r="I48" s="8"/>
       <c r="J48" s="142" t="s">
-        <v>199</v>
+        <v>197</v>
       </c>
       <c r="K48" s="142"/>
       <c r="L48" s="142"/>
       <c r="M48" s="142"/>
       <c r="N48" s="142"/>
       <c r="O48" s="142"/>
     </row>
     <row r="49" spans="1:15" s="24" customFormat="1" ht="14.1" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A49" s="75"/>
       <c r="C49" s="24" t="s">
         <v>60</v>
       </c>
       <c r="D49" s="23"/>
       <c r="F49" s="23" t="s">
         <v>63</v>
       </c>
       <c r="G49" s="23"/>
       <c r="H49" s="52"/>
       <c r="I49" s="52"/>
       <c r="J49" s="172"/>
       <c r="K49" s="172"/>
       <c r="L49" s="172"/>
       <c r="M49" s="172"/>
       <c r="N49" s="172"/>
       <c r="O49" s="172"/>
     </row>
     <row r="50" spans="1:15" ht="14.1" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A50" s="65"/>
       <c r="B50" s="24"/>
       <c r="C50" s="24" t="s">
         <v>61</v>
       </c>
       <c r="D50" s="23"/>
       <c r="E50" s="23"/>
       <c r="F50" s="171" t="s">
         <v>62</v>
       </c>
       <c r="G50" s="171"/>
       <c r="H50" s="171"/>
       <c r="I50" s="23"/>
       <c r="J50" s="172"/>
       <c r="K50" s="172"/>
       <c r="L50" s="172"/>
       <c r="M50" s="172"/>
       <c r="N50" s="172"/>
       <c r="O50" s="172"/>
     </row>
     <row r="51" spans="1:15" s="24" customFormat="1" ht="14.1" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A51" s="65"/>
       <c r="C51" s="23" t="s">
-        <v>197</v>
+        <v>195</v>
       </c>
       <c r="D51" s="23"/>
       <c r="F51" s="23" t="s">
         <v>62</v>
       </c>
       <c r="H51" s="52"/>
       <c r="I51" s="52"/>
       <c r="J51" s="172"/>
       <c r="K51" s="172"/>
       <c r="L51" s="172"/>
       <c r="M51" s="172"/>
       <c r="N51" s="172"/>
       <c r="O51" s="172"/>
     </row>
     <row r="52" spans="1:15" ht="14.1" customHeight="1" x14ac:dyDescent="0.35">
       <c r="C52" s="10" t="s">
-        <v>198</v>
+        <v>196</v>
       </c>
       <c r="D52" s="175"/>
       <c r="E52" s="175"/>
       <c r="F52" s="175"/>
       <c r="G52" s="175"/>
       <c r="H52" s="8"/>
       <c r="I52" s="8"/>
       <c r="K52" s="11"/>
       <c r="L52" s="11"/>
       <c r="M52" s="11"/>
       <c r="N52" s="11"/>
       <c r="O52" s="11"/>
     </row>
     <row r="53" spans="1:15" s="24" customFormat="1" ht="14.1" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A53" s="75"/>
       <c r="C53" s="23" t="s">
-        <v>197</v>
+        <v>195</v>
       </c>
       <c r="D53" s="23"/>
       <c r="F53" s="23" t="s">
         <v>62</v>
       </c>
       <c r="H53" s="52"/>
       <c r="I53" s="52"/>
       <c r="J53" s="172"/>
       <c r="K53" s="172"/>
       <c r="L53" s="172"/>
       <c r="M53" s="172"/>
       <c r="N53" s="172"/>
       <c r="O53" s="172"/>
     </row>
     <row r="54" spans="1:15" ht="14.1" customHeight="1" x14ac:dyDescent="0.35">
       <c r="C54" s="10" t="s">
-        <v>198</v>
+        <v>196</v>
       </c>
       <c r="D54" s="175"/>
       <c r="E54" s="175"/>
       <c r="F54" s="175"/>
       <c r="G54" s="175"/>
       <c r="H54" s="8"/>
       <c r="I54" s="8"/>
       <c r="K54" s="11"/>
       <c r="L54" s="11"/>
       <c r="M54" s="11"/>
       <c r="N54" s="11"/>
       <c r="O54" s="11"/>
     </row>
     <row r="55" spans="1:15" ht="12.75" x14ac:dyDescent="0.35">
       <c r="A55" s="75"/>
       <c r="B55" s="24"/>
       <c r="C55" s="23" t="s">
-        <v>197</v>
+        <v>195</v>
       </c>
       <c r="D55" s="23"/>
       <c r="E55" s="24"/>
       <c r="F55" s="23" t="s">
         <v>62</v>
       </c>
       <c r="G55" s="24"/>
       <c r="H55" s="52"/>
       <c r="I55" s="52"/>
       <c r="J55" s="172"/>
       <c r="K55" s="172"/>
       <c r="L55" s="172"/>
       <c r="M55" s="172"/>
       <c r="N55" s="172"/>
       <c r="O55" s="172"/>
     </row>
     <row r="56" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="C56" s="10" t="s">
-        <v>198</v>
+        <v>196</v>
       </c>
       <c r="D56" s="175"/>
       <c r="E56" s="175"/>
       <c r="F56" s="175"/>
       <c r="G56" s="175"/>
       <c r="H56" s="8"/>
       <c r="I56" s="8"/>
       <c r="K56" s="11"/>
       <c r="L56" s="11"/>
       <c r="M56" s="11"/>
       <c r="N56" s="11"/>
       <c r="O56" s="11"/>
     </row>
     <row r="57" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="D57" s="8"/>
       <c r="E57" s="8"/>
       <c r="H57" s="8"/>
       <c r="I57" s="8"/>
       <c r="K57" s="11"/>
       <c r="L57" s="11"/>
       <c r="M57" s="11"/>
       <c r="N57" s="11"/>
       <c r="O57" s="11"/>
     </row>
     <row r="58" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.35">
@@ -12642,467 +12583,467 @@
     <mergeCell ref="F11:H11"/>
     <mergeCell ref="J11:K11"/>
     <mergeCell ref="C8:D8"/>
     <mergeCell ref="C9:D9"/>
     <mergeCell ref="C10:D10"/>
     <mergeCell ref="C11:D11"/>
     <mergeCell ref="C12:D12"/>
     <mergeCell ref="A2:O2"/>
     <mergeCell ref="A3:O3"/>
     <mergeCell ref="D5:H5"/>
     <mergeCell ref="K5:O5"/>
     <mergeCell ref="J7:K7"/>
   </mergeCells>
   <phoneticPr fontId="17" type="noConversion"/>
   <pageMargins left="0.75" right="0.25" top="0.5" bottom="0.5" header="0" footer="0"/>
   <pageSetup scale="92" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0600-000000000000}">
   <dimension ref="A1:M61"/>
   <sheetViews>
     <sheetView showZeros="0" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="Q38" sqref="Q38"/>
+      <selection activeCell="B11" sqref="B11"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.1328125" defaultRowHeight="12.75" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="8.265625" style="24" customWidth="1"/>
     <col min="2" max="2" width="10.86328125" style="24" customWidth="1"/>
     <col min="3" max="3" width="9.1328125" style="24"/>
     <col min="4" max="4" width="9" style="24" customWidth="1"/>
     <col min="5" max="5" width="4.59765625" style="24" customWidth="1"/>
     <col min="6" max="6" width="5.59765625" style="24" customWidth="1"/>
     <col min="7" max="7" width="15.73046875" style="24" customWidth="1"/>
     <col min="8" max="8" width="11.59765625" style="24" customWidth="1"/>
     <col min="9" max="9" width="1.86328125" style="24" customWidth="1"/>
     <col min="10" max="10" width="6.1328125" style="24" customWidth="1"/>
     <col min="11" max="11" width="7" style="24" customWidth="1"/>
     <col min="12" max="12" width="1.73046875" style="24" customWidth="1"/>
     <col min="13" max="13" width="13" style="24" customWidth="1"/>
     <col min="14" max="16384" width="9.1328125" style="24"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13" x14ac:dyDescent="0.35">
       <c r="A1" s="8">
-        <v>2020</v>
+        <v>2026</v>
       </c>
       <c r="M1" s="24" t="s">
-        <v>114</v>
+        <v>113</v>
       </c>
     </row>
     <row r="2" spans="1:13" x14ac:dyDescent="0.35">
       <c r="A2" s="177" t="s">
         <v>0</v>
       </c>
       <c r="B2" s="177"/>
       <c r="C2" s="177"/>
       <c r="D2" s="177"/>
       <c r="E2" s="177"/>
       <c r="F2" s="177"/>
       <c r="G2" s="177"/>
       <c r="H2" s="177"/>
       <c r="I2" s="177"/>
       <c r="J2" s="177"/>
       <c r="K2" s="177"/>
       <c r="L2" s="177"/>
       <c r="M2" s="177"/>
     </row>
     <row r="3" spans="1:13" s="1" customFormat="1" ht="17.649999999999999" x14ac:dyDescent="0.5">
       <c r="A3" s="138" t="s">
         <v>44</v>
       </c>
       <c r="B3" s="138"/>
       <c r="C3" s="138"/>
       <c r="D3" s="138"/>
       <c r="E3" s="138"/>
       <c r="F3" s="138"/>
       <c r="G3" s="138"/>
       <c r="H3" s="138"/>
       <c r="I3" s="138"/>
       <c r="J3" s="138"/>
       <c r="K3" s="138"/>
       <c r="L3" s="138"/>
       <c r="M3" s="138"/>
     </row>
     <row r="5" spans="1:13" ht="14.1" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B5" s="28" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="C5" s="153">
         <f>(Title!$C$3)</f>
         <v>0</v>
       </c>
       <c r="D5" s="152"/>
       <c r="E5" s="152"/>
       <c r="F5" s="152"/>
       <c r="G5" s="179" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="H5" s="180"/>
       <c r="I5" s="180"/>
       <c r="J5" s="153">
         <f>(Title!$C$5)</f>
         <v>0</v>
       </c>
       <c r="K5" s="178"/>
       <c r="L5" s="178"/>
       <c r="M5" s="178"/>
     </row>
     <row r="6" spans="1:13" x14ac:dyDescent="0.35">
       <c r="B6" s="28"/>
     </row>
     <row r="7" spans="1:13" ht="13.15" x14ac:dyDescent="0.4">
       <c r="B7" s="76" t="s">
         <v>4</v>
       </c>
     </row>
     <row r="9" spans="1:13" ht="13.15" x14ac:dyDescent="0.4">
       <c r="D9" s="2" t="s">
         <v>28</v>
       </c>
       <c r="H9" s="3" t="s">
         <v>66</v>
       </c>
       <c r="I9" s="3"/>
       <c r="J9" s="156" t="s">
         <v>20</v>
       </c>
       <c r="K9" s="156"/>
       <c r="L9" s="3"/>
       <c r="M9" s="3" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
     </row>
     <row r="10" spans="1:13" ht="12.75" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A10" s="6"/>
       <c r="B10" s="3"/>
       <c r="C10" s="3"/>
       <c r="D10" s="3"/>
       <c r="E10" s="3"/>
       <c r="F10" s="3"/>
       <c r="G10" s="3"/>
       <c r="H10" s="3"/>
       <c r="I10" s="3"/>
       <c r="J10" s="3"/>
       <c r="K10" s="3"/>
       <c r="L10" s="3"/>
       <c r="M10" s="3"/>
     </row>
     <row r="11" spans="1:13" ht="14.1" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A11" s="3"/>
       <c r="B11" s="24" t="s">
-        <v>145</v>
+        <v>144</v>
       </c>
       <c r="C11" s="3"/>
       <c r="E11" s="19"/>
       <c r="F11" s="19"/>
       <c r="G11" s="24" t="s">
         <v>67</v>
       </c>
       <c r="H11" s="18">
         <v>800240</v>
       </c>
       <c r="I11" s="18"/>
       <c r="J11" s="172"/>
       <c r="K11" s="172"/>
       <c r="L11" s="3"/>
       <c r="M11" s="51"/>
     </row>
     <row r="12" spans="1:13" ht="14.1" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B12" s="23" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="C12" s="23"/>
       <c r="D12" s="23"/>
       <c r="E12" s="23"/>
       <c r="F12" s="23"/>
       <c r="G12" s="23" t="s">
-        <v>155</v>
+        <v>154</v>
       </c>
       <c r="H12" s="18">
         <v>821283</v>
       </c>
       <c r="I12" s="18"/>
       <c r="J12" s="172"/>
       <c r="K12" s="172"/>
       <c r="L12" s="23"/>
       <c r="M12" s="51"/>
     </row>
     <row r="13" spans="1:13" ht="12.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B13" s="23"/>
       <c r="C13" s="23"/>
       <c r="D13" s="23"/>
       <c r="E13" s="23"/>
       <c r="F13" s="23"/>
       <c r="G13" s="23" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="H13" s="18"/>
       <c r="I13" s="18"/>
       <c r="J13" s="23"/>
       <c r="K13" s="23"/>
       <c r="L13" s="23"/>
       <c r="M13" s="23"/>
     </row>
     <row r="14" spans="1:13" ht="14.1" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B14" s="23" t="s">
-        <v>200</v>
+        <v>198</v>
       </c>
       <c r="C14" s="23"/>
       <c r="D14" s="23"/>
       <c r="E14" s="23"/>
       <c r="F14" s="23"/>
       <c r="G14" s="24" t="s">
         <v>67</v>
       </c>
       <c r="H14" s="18">
         <v>800240</v>
       </c>
       <c r="I14" s="18"/>
       <c r="J14" s="172"/>
       <c r="K14" s="172"/>
       <c r="L14" s="3"/>
       <c r="M14" s="51"/>
     </row>
     <row r="15" spans="1:13" ht="14.1" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B15" s="23" t="s">
-        <v>201</v>
+        <v>199</v>
       </c>
       <c r="C15" s="23"/>
       <c r="D15" s="23"/>
       <c r="E15" s="23"/>
       <c r="F15" s="23"/>
       <c r="G15" s="23" t="s">
-        <v>155</v>
+        <v>154</v>
       </c>
       <c r="H15" s="18">
         <v>821283</v>
       </c>
       <c r="I15" s="18"/>
       <c r="J15" s="172"/>
       <c r="K15" s="172"/>
       <c r="L15" s="23"/>
       <c r="M15" s="51"/>
     </row>
     <row r="16" spans="1:13" ht="12.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B16" s="23"/>
       <c r="C16" s="23"/>
       <c r="D16" s="23"/>
       <c r="E16" s="23"/>
       <c r="F16" s="23"/>
       <c r="G16" s="23" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="H16" s="18"/>
       <c r="I16" s="18"/>
       <c r="J16" s="23"/>
       <c r="K16" s="23"/>
       <c r="L16" s="23"/>
       <c r="M16" s="23"/>
     </row>
     <row r="17" spans="1:13" ht="14.1" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B17" s="24" t="s">
-        <v>146</v>
+        <v>145</v>
       </c>
       <c r="D17" s="23"/>
       <c r="E17" s="23"/>
       <c r="F17" s="23"/>
       <c r="G17" s="24" t="s">
         <v>67</v>
       </c>
       <c r="H17" s="18">
         <v>800240</v>
       </c>
       <c r="I17" s="18"/>
       <c r="J17" s="172"/>
       <c r="K17" s="172"/>
       <c r="L17" s="23"/>
       <c r="M17" s="51"/>
     </row>
     <row r="18" spans="1:13" ht="14.1" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B18" s="23" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="C18" s="18"/>
       <c r="D18" s="23"/>
       <c r="E18" s="23"/>
       <c r="F18" s="23"/>
       <c r="G18" s="23" t="s">
-        <v>155</v>
+        <v>154</v>
       </c>
       <c r="H18" s="18">
         <v>821283</v>
       </c>
       <c r="I18" s="18"/>
       <c r="J18" s="172"/>
       <c r="K18" s="172"/>
       <c r="L18" s="23"/>
       <c r="M18" s="51"/>
     </row>
     <row r="19" spans="1:13" ht="12.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="C19" s="18"/>
       <c r="D19" s="23"/>
       <c r="E19" s="23"/>
       <c r="F19" s="23"/>
       <c r="G19" s="23" t="s">
-        <v>156</v>
+        <v>155</v>
       </c>
       <c r="H19" s="18"/>
       <c r="I19" s="18"/>
       <c r="J19" s="23"/>
       <c r="K19" s="23"/>
       <c r="L19" s="23"/>
       <c r="M19" s="23"/>
     </row>
     <row r="20" spans="1:13" ht="14.1" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B20" s="24" t="s">
         <v>29</v>
       </c>
       <c r="D20" s="23"/>
       <c r="E20" s="23"/>
       <c r="F20" s="23"/>
       <c r="G20" s="23" t="s">
         <v>68</v>
       </c>
       <c r="H20" s="18" t="s">
-        <v>203</v>
+        <v>201</v>
       </c>
       <c r="I20" s="18"/>
       <c r="J20" s="172"/>
       <c r="K20" s="172"/>
       <c r="L20" s="23"/>
       <c r="M20" s="51"/>
     </row>
     <row r="21" spans="1:13" ht="14.1" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B21" s="24" t="s">
-        <v>301</v>
+        <v>297</v>
       </c>
       <c r="D21" s="23"/>
       <c r="E21" s="23"/>
       <c r="F21" s="23"/>
       <c r="G21" s="23" t="s">
-        <v>302</v>
+        <v>298</v>
       </c>
       <c r="H21" s="91"/>
       <c r="I21" s="91"/>
       <c r="J21" s="176"/>
       <c r="K21" s="176"/>
       <c r="L21" s="92"/>
       <c r="M21" s="93"/>
     </row>
     <row r="22" spans="1:13" ht="14.1" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B22" s="24" t="s">
         <v>69</v>
       </c>
       <c r="C22" s="18"/>
       <c r="D22" s="23"/>
       <c r="E22" s="23"/>
       <c r="F22" s="23"/>
       <c r="G22" s="23" t="s">
         <v>68</v>
       </c>
       <c r="H22" s="18" t="s">
-        <v>203</v>
+        <v>201</v>
       </c>
       <c r="I22" s="18"/>
       <c r="J22" s="172"/>
       <c r="K22" s="172"/>
       <c r="L22" s="23"/>
       <c r="M22" s="51"/>
     </row>
     <row r="23" spans="1:13" ht="14.1" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B23" s="24" t="s">
-        <v>303</v>
+        <v>299</v>
       </c>
       <c r="C23" s="18"/>
       <c r="D23" s="23"/>
       <c r="E23" s="23"/>
       <c r="F23" s="23"/>
       <c r="G23" s="23" t="s">
-        <v>302</v>
+        <v>298</v>
       </c>
       <c r="H23" s="91"/>
       <c r="I23" s="91"/>
       <c r="J23" s="172"/>
       <c r="K23" s="172"/>
       <c r="L23" s="23"/>
       <c r="M23" s="51"/>
     </row>
     <row r="24" spans="1:13" ht="14.1" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B24" s="24" t="s">
-        <v>202</v>
+        <v>200</v>
       </c>
       <c r="C24" s="18"/>
       <c r="D24" s="18"/>
       <c r="E24" s="23"/>
       <c r="F24" s="23"/>
       <c r="G24" s="23" t="s">
         <v>70</v>
       </c>
       <c r="H24" s="18">
         <v>821301</v>
       </c>
       <c r="I24" s="18"/>
       <c r="J24" s="172"/>
       <c r="K24" s="172"/>
       <c r="L24" s="23"/>
       <c r="M24" s="51"/>
     </row>
     <row r="25" spans="1:13" ht="12.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="E25" s="23"/>
       <c r="F25" s="23"/>
       <c r="G25" s="23"/>
       <c r="H25" s="18"/>
       <c r="I25" s="18"/>
       <c r="J25" s="23"/>
       <c r="K25" s="23"/>
       <c r="L25" s="23"/>
       <c r="M25" s="23"/>
     </row>
     <row r="26" spans="1:13" ht="12.75" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A26" s="156" t="s">
         <v>35</v>
       </c>
       <c r="B26" s="156"/>
       <c r="C26" s="156"/>
       <c r="D26" s="156"/>
       <c r="E26" s="156"/>
       <c r="F26" s="156"/>
       <c r="G26" s="156"/>
       <c r="H26" s="156"/>
       <c r="I26" s="18"/>
       <c r="J26" s="156" t="s">
         <v>20</v>
       </c>
       <c r="K26" s="156"/>
       <c r="L26" s="3"/>
       <c r="M26" s="3" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
     </row>
     <row r="27" spans="1:13" ht="12.75" customHeight="1" x14ac:dyDescent="0.4">
       <c r="D27" s="2"/>
       <c r="E27" s="23"/>
       <c r="F27" s="23"/>
       <c r="G27" s="23"/>
       <c r="H27" s="18"/>
       <c r="I27" s="18"/>
       <c r="J27" s="23"/>
       <c r="K27" s="23"/>
       <c r="L27" s="23"/>
       <c r="M27" s="23"/>
     </row>
     <row r="28" spans="1:13" ht="14.1" customHeight="1" x14ac:dyDescent="0.4">
       <c r="B28" s="24" t="s">
         <v>36</v>
       </c>
       <c r="D28" s="2"/>
       <c r="E28" s="23"/>
       <c r="F28" s="23"/>
       <c r="G28" s="23" t="s">
         <v>71</v>
       </c>
       <c r="H28" s="18"/>
@@ -13161,58 +13102,58 @@
       <c r="J31" s="182"/>
       <c r="K31" s="182"/>
       <c r="L31" s="23"/>
       <c r="M31" s="37"/>
     </row>
     <row r="32" spans="1:13" ht="14.1" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B32" s="23" t="s">
         <v>74</v>
       </c>
       <c r="C32" s="23"/>
       <c r="D32" s="23"/>
       <c r="E32" s="23"/>
       <c r="F32" s="23"/>
       <c r="G32" s="23" t="s">
         <v>75</v>
       </c>
       <c r="H32" s="18"/>
       <c r="I32" s="18"/>
       <c r="J32" s="182"/>
       <c r="K32" s="182"/>
       <c r="L32" s="23"/>
       <c r="M32" s="37"/>
     </row>
     <row r="33" spans="1:13" ht="14.1" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B33" s="109" t="s">
-        <v>335</v>
+        <v>329</v>
       </c>
       <c r="C33" s="109"/>
       <c r="D33" s="109"/>
       <c r="E33" s="109"/>
       <c r="F33" s="109"/>
       <c r="G33" s="109" t="s">
-        <v>336</v>
+        <v>330</v>
       </c>
       <c r="H33" s="110"/>
       <c r="I33" s="18"/>
       <c r="J33" s="37"/>
       <c r="K33" s="37"/>
       <c r="L33" s="23"/>
       <c r="M33" s="37"/>
     </row>
     <row r="34" spans="1:13" ht="12.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B34" s="23" t="s">
         <v>33</v>
       </c>
       <c r="E34" s="23"/>
       <c r="F34" s="23"/>
       <c r="G34" s="23" t="s">
         <v>76</v>
       </c>
       <c r="H34" s="18">
         <v>821301</v>
       </c>
       <c r="I34" s="18"/>
       <c r="J34" s="182"/>
       <c r="K34" s="182"/>
       <c r="L34" s="23"/>
       <c r="M34" s="37"/>
@@ -13225,225 +13166,225 @@
       <c r="H35" s="18"/>
       <c r="I35" s="18"/>
       <c r="J35" s="33"/>
       <c r="K35" s="33"/>
       <c r="L35" s="23"/>
       <c r="M35" s="33"/>
     </row>
     <row r="36" spans="1:13" ht="12.75" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A36" s="156" t="s">
         <v>38</v>
       </c>
       <c r="B36" s="156"/>
       <c r="C36" s="156"/>
       <c r="D36" s="156"/>
       <c r="E36" s="156"/>
       <c r="F36" s="156"/>
       <c r="G36" s="156"/>
       <c r="H36" s="156"/>
       <c r="I36" s="18"/>
       <c r="J36" s="156" t="s">
         <v>20</v>
       </c>
       <c r="K36" s="156"/>
       <c r="L36" s="3"/>
       <c r="M36" s="3" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
     </row>
     <row r="37" spans="1:13" ht="12.75" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A37" s="3"/>
       <c r="B37" s="3"/>
       <c r="C37" s="3"/>
       <c r="D37" s="3"/>
       <c r="E37" s="3"/>
       <c r="F37" s="3"/>
       <c r="G37" s="3"/>
       <c r="H37" s="3"/>
       <c r="I37" s="18"/>
       <c r="J37" s="3"/>
       <c r="K37" s="3"/>
       <c r="L37" s="3"/>
       <c r="M37" s="3"/>
     </row>
     <row r="38" spans="1:13" ht="12.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B38" s="23" t="s">
-        <v>291</v>
+        <v>288</v>
       </c>
       <c r="C38" s="23"/>
       <c r="D38" s="23"/>
       <c r="E38" s="23"/>
       <c r="F38" s="23"/>
       <c r="G38" s="23" t="s">
-        <v>251</v>
+        <v>249</v>
       </c>
       <c r="H38" s="18"/>
       <c r="I38" s="18"/>
       <c r="J38" s="182"/>
       <c r="K38" s="182"/>
       <c r="L38" s="23"/>
       <c r="M38" s="37"/>
     </row>
     <row r="39" spans="1:13" ht="12.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B39" s="23" t="s">
-        <v>290</v>
+        <v>287</v>
       </c>
       <c r="E39" s="23"/>
       <c r="F39" s="23"/>
       <c r="G39" s="23" t="s">
-        <v>251</v>
+        <v>249</v>
       </c>
       <c r="H39" s="23"/>
       <c r="I39" s="18"/>
       <c r="J39" s="182"/>
       <c r="K39" s="182"/>
       <c r="L39" s="23"/>
       <c r="M39" s="37"/>
     </row>
     <row r="40" spans="1:13" ht="12.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B40" s="23" t="s">
-        <v>250</v>
+        <v>248</v>
       </c>
       <c r="E40" s="23"/>
       <c r="F40" s="23"/>
       <c r="G40" s="23" t="s">
-        <v>251</v>
+        <v>249</v>
       </c>
       <c r="H40" s="23"/>
       <c r="I40" s="18"/>
       <c r="J40" s="182"/>
       <c r="K40" s="182"/>
       <c r="L40" s="23"/>
       <c r="M40" s="37"/>
     </row>
     <row r="41" spans="1:13" ht="14.1" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B41" s="23"/>
       <c r="E41" s="23"/>
       <c r="F41" s="23"/>
       <c r="G41" s="23"/>
       <c r="H41" s="18"/>
       <c r="I41" s="18"/>
     </row>
     <row r="42" spans="1:13" ht="12.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="B42" s="23"/>
       <c r="C42" s="23"/>
       <c r="E42" s="23"/>
       <c r="F42" s="23"/>
       <c r="G42" s="23"/>
       <c r="H42" s="18"/>
       <c r="I42" s="18"/>
       <c r="J42" s="23"/>
       <c r="K42" s="23"/>
       <c r="L42" s="23"/>
       <c r="M42" s="23"/>
     </row>
     <row r="43" spans="1:13" ht="12.75" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A43" s="156" t="s">
-        <v>77</v>
+        <v>360</v>
       </c>
       <c r="B43" s="156"/>
       <c r="C43" s="156"/>
       <c r="D43" s="156"/>
       <c r="E43" s="156"/>
       <c r="F43" s="156"/>
       <c r="G43" s="156"/>
       <c r="H43" s="156"/>
       <c r="I43" s="23"/>
       <c r="J43" s="156" t="s">
         <v>20</v>
       </c>
       <c r="K43" s="156"/>
       <c r="L43" s="3"/>
       <c r="M43" s="3" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
     </row>
     <row r="44" spans="1:13" ht="12.75" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A44" s="6"/>
       <c r="B44" s="23"/>
       <c r="C44" s="23"/>
       <c r="E44" s="23"/>
       <c r="F44" s="23"/>
       <c r="G44" s="23"/>
       <c r="H44" s="23"/>
       <c r="I44" s="23"/>
       <c r="J44" s="23"/>
       <c r="K44" s="23"/>
       <c r="L44" s="23"/>
       <c r="M44" s="23"/>
     </row>
     <row r="45" spans="1:13" ht="14.1" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A45" s="6"/>
       <c r="B45" s="23" t="s">
-        <v>289</v>
+        <v>286</v>
       </c>
       <c r="C45" s="23"/>
       <c r="E45" s="23"/>
       <c r="F45" s="23"/>
       <c r="G45" s="23" t="s">
-        <v>288</v>
+        <v>285</v>
       </c>
       <c r="H45" s="23"/>
       <c r="I45" s="23"/>
       <c r="J45" s="182"/>
       <c r="K45" s="182"/>
       <c r="L45" s="23"/>
       <c r="M45" s="37"/>
     </row>
     <row r="46" spans="1:13" ht="12.75" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A46" s="6"/>
       <c r="B46" s="23"/>
       <c r="C46" s="3"/>
       <c r="E46" s="23"/>
       <c r="F46" s="23"/>
       <c r="G46" s="23"/>
       <c r="H46" s="23"/>
       <c r="I46" s="23"/>
       <c r="J46" s="23"/>
       <c r="K46" s="23"/>
       <c r="L46" s="23"/>
       <c r="M46" s="23"/>
     </row>
     <row r="47" spans="1:13" ht="12.75" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A47" s="3"/>
       <c r="C47" s="24" t="s">
-        <v>271</v>
+        <v>268</v>
       </c>
       <c r="E47" s="23"/>
       <c r="F47" s="23"/>
       <c r="G47" s="23"/>
       <c r="H47" s="23"/>
       <c r="I47" s="23"/>
       <c r="J47" s="23"/>
       <c r="K47" s="23"/>
       <c r="L47" s="23"/>
       <c r="M47" s="23"/>
     </row>
     <row r="48" spans="1:13" ht="12.75" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A48" s="3"/>
       <c r="C48" s="24" t="s">
-        <v>270</v>
+        <v>267</v>
       </c>
       <c r="E48" s="23"/>
       <c r="F48" s="23"/>
       <c r="G48" s="23"/>
       <c r="H48" s="23"/>
       <c r="I48" s="23"/>
       <c r="J48" s="23"/>
       <c r="K48" s="23"/>
       <c r="L48" s="23"/>
       <c r="M48" s="23"/>
     </row>
     <row r="49" spans="2:13" ht="12.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="D49" s="23"/>
       <c r="E49" s="171"/>
       <c r="F49" s="171"/>
       <c r="G49" s="171"/>
       <c r="H49" s="23"/>
       <c r="I49" s="23"/>
       <c r="J49" s="23"/>
       <c r="K49" s="23"/>
       <c r="L49" s="23"/>
       <c r="M49" s="23"/>
     </row>
     <row r="50" spans="2:13" ht="12.75" customHeight="1" x14ac:dyDescent="0.35">
       <c r="J50" s="23"/>
@@ -13532,212 +13473,212 @@
     <mergeCell ref="A2:M2"/>
     <mergeCell ref="A3:M3"/>
     <mergeCell ref="C5:F5"/>
     <mergeCell ref="J5:M5"/>
     <mergeCell ref="G5:I5"/>
     <mergeCell ref="J9:K9"/>
     <mergeCell ref="J12:K12"/>
     <mergeCell ref="J17:K17"/>
     <mergeCell ref="J18:K18"/>
     <mergeCell ref="J20:K20"/>
     <mergeCell ref="J22:K22"/>
     <mergeCell ref="J14:K14"/>
   </mergeCells>
   <phoneticPr fontId="17" type="noConversion"/>
   <pageMargins left="0.75" right="0.25" top="0.5" bottom="0.5" header="0" footer="0"/>
   <pageSetup scale="92" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0700-000000000000}">
   <dimension ref="A1:M54"/>
   <sheetViews>
     <sheetView showZeros="0" zoomScaleNormal="100" workbookViewId="0">
-      <selection activeCell="C14" sqref="C14:E14"/>
+      <selection activeCell="A2" sqref="A2:M2"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.1328125" defaultRowHeight="12.75" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="9.1328125" style="24"/>
     <col min="2" max="2" width="2.73046875" style="24" customWidth="1"/>
     <col min="3" max="3" width="10.265625" style="24" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="6.3984375" style="24" customWidth="1"/>
     <col min="5" max="5" width="12.1328125" style="24" customWidth="1"/>
     <col min="6" max="6" width="2.73046875" style="24" customWidth="1"/>
     <col min="7" max="7" width="11.265625" style="24" customWidth="1"/>
     <col min="8" max="8" width="2.73046875" style="24" customWidth="1"/>
     <col min="9" max="9" width="21.73046875" style="24" customWidth="1"/>
     <col min="10" max="10" width="2.73046875" style="24" customWidth="1"/>
     <col min="11" max="11" width="11.73046875" style="24" customWidth="1"/>
     <col min="12" max="12" width="2.73046875" style="24" customWidth="1"/>
     <col min="13" max="13" width="11.73046875" style="24" customWidth="1"/>
     <col min="14" max="16384" width="9.1328125" style="24"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:13" x14ac:dyDescent="0.35">
       <c r="A1" s="8">
-        <v>2020</v>
+        <v>2026</v>
       </c>
     </row>
     <row r="2" spans="1:13" x14ac:dyDescent="0.35">
       <c r="A2" s="177" t="s">
         <v>0</v>
       </c>
       <c r="B2" s="177"/>
       <c r="C2" s="177"/>
       <c r="D2" s="177"/>
       <c r="E2" s="177"/>
       <c r="F2" s="177"/>
       <c r="G2" s="177"/>
       <c r="H2" s="177"/>
       <c r="I2" s="177"/>
       <c r="J2" s="177"/>
       <c r="K2" s="177"/>
       <c r="L2" s="177"/>
       <c r="M2" s="177"/>
     </row>
     <row r="3" spans="1:13" s="1" customFormat="1" ht="17.649999999999999" x14ac:dyDescent="0.5">
       <c r="A3" s="162" t="s">
-        <v>204</v>
+        <v>202</v>
       </c>
       <c r="B3" s="162"/>
       <c r="C3" s="162"/>
       <c r="D3" s="162"/>
       <c r="E3" s="162"/>
       <c r="F3" s="162"/>
       <c r="G3" s="162"/>
       <c r="H3" s="162"/>
       <c r="I3" s="162"/>
       <c r="J3" s="162"/>
       <c r="K3" s="162"/>
       <c r="L3" s="162"/>
       <c r="M3" s="162"/>
     </row>
     <row r="5" spans="1:13" ht="13.15" x14ac:dyDescent="0.4">
       <c r="A5" s="183" t="s">
-        <v>135</v>
+        <v>134</v>
       </c>
       <c r="B5" s="184"/>
       <c r="C5" s="153">
         <f>(Title!$C$3)</f>
         <v>0</v>
       </c>
       <c r="D5" s="152"/>
       <c r="E5" s="152"/>
       <c r="F5" s="152"/>
       <c r="I5" s="36" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="J5" s="36"/>
       <c r="K5" s="153">
         <f>(Title!$C$5)</f>
         <v>0</v>
       </c>
       <c r="L5" s="178"/>
       <c r="M5" s="178"/>
     </row>
     <row r="7" spans="1:13" ht="13.15" x14ac:dyDescent="0.4">
       <c r="A7" s="76" t="s">
-        <v>205</v>
+        <v>203</v>
       </c>
     </row>
     <row r="9" spans="1:13" x14ac:dyDescent="0.35">
       <c r="A9" s="9" t="s">
-        <v>212</v>
+        <v>210</v>
       </c>
     </row>
     <row r="11" spans="1:13" ht="12.75" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A11" s="19" t="s">
         <v>5</v>
       </c>
       <c r="B11" s="19"/>
       <c r="C11" s="19"/>
       <c r="D11" s="185" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="E11" s="185"/>
       <c r="F11" s="185"/>
       <c r="G11" s="185"/>
       <c r="H11" s="185"/>
       <c r="I11" s="185"/>
       <c r="J11" s="185"/>
       <c r="K11" s="185"/>
       <c r="L11" s="185"/>
       <c r="M11" s="185"/>
     </row>
     <row r="12" spans="1:13" x14ac:dyDescent="0.35">
       <c r="E12" s="18"/>
       <c r="L12" s="23"/>
       <c r="M12" s="23"/>
     </row>
     <row r="13" spans="1:13" ht="13.15" x14ac:dyDescent="0.4">
       <c r="A13" s="6" t="s">
         <v>10</v>
       </c>
       <c r="B13" s="6"/>
       <c r="D13" s="23"/>
       <c r="E13" s="18"/>
       <c r="F13" s="23"/>
       <c r="G13" s="23"/>
       <c r="H13" s="23"/>
       <c r="I13" s="23"/>
       <c r="J13" s="23"/>
       <c r="K13" s="6" t="s">
         <v>14</v>
       </c>
       <c r="L13" s="23"/>
       <c r="M13" s="6" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="14" spans="1:13" ht="13.15" x14ac:dyDescent="0.4">
       <c r="A14" s="3" t="s">
         <v>12</v>
       </c>
       <c r="B14" s="3"/>
       <c r="C14" s="156" t="s">
-        <v>206</v>
+        <v>204</v>
       </c>
       <c r="D14" s="156"/>
       <c r="E14" s="156"/>
       <c r="F14" s="23"/>
       <c r="G14" s="3" t="s">
-        <v>207</v>
+        <v>205</v>
       </c>
       <c r="H14" s="3"/>
       <c r="I14" s="3" t="s">
-        <v>89</v>
+        <v>88</v>
       </c>
       <c r="J14" s="3"/>
       <c r="K14" s="3" t="s">
-        <v>174</v>
+        <v>173</v>
       </c>
       <c r="L14" s="23"/>
       <c r="M14" s="14" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
     </row>
     <row r="15" spans="1:13" ht="15.95" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A15" s="51"/>
       <c r="B15" s="18"/>
       <c r="C15" s="172"/>
       <c r="D15" s="172"/>
       <c r="E15" s="172"/>
       <c r="G15" s="51"/>
       <c r="I15" s="32"/>
       <c r="J15" s="55"/>
       <c r="K15" s="32"/>
       <c r="M15" s="32"/>
     </row>
     <row r="16" spans="1:13" ht="15.95" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A16" s="51"/>
       <c r="B16" s="18"/>
       <c r="C16" s="172"/>
       <c r="D16" s="172"/>
       <c r="E16" s="172"/>
       <c r="F16" s="18"/>
       <c r="G16" s="51"/>
       <c r="H16" s="18"/>
       <c r="I16" s="32"/>
       <c r="J16" s="55"/>
@@ -13985,110 +13926,110 @@
     </row>
     <row r="36" spans="1:13" ht="15.95" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A36" s="53"/>
       <c r="C36" s="172"/>
       <c r="D36" s="172"/>
       <c r="E36" s="172"/>
       <c r="G36" s="51"/>
       <c r="I36" s="32"/>
       <c r="J36" s="55"/>
       <c r="K36" s="32"/>
       <c r="M36" s="32"/>
     </row>
     <row r="37" spans="1:13" ht="15.95" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A37" s="53"/>
       <c r="C37" s="172"/>
       <c r="D37" s="172"/>
       <c r="E37" s="172"/>
       <c r="G37" s="51"/>
       <c r="I37" s="32"/>
       <c r="J37" s="55"/>
       <c r="K37" s="32"/>
       <c r="M37" s="32"/>
     </row>
     <row r="39" spans="1:13" ht="12.75" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A39" s="185" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="B39" s="185"/>
       <c r="C39" s="185"/>
       <c r="D39" s="185"/>
       <c r="E39" s="185"/>
       <c r="F39" s="185"/>
       <c r="G39" s="185"/>
       <c r="H39" s="185"/>
       <c r="I39" s="185"/>
       <c r="J39" s="185"/>
       <c r="K39" s="185"/>
       <c r="L39" s="185"/>
     </row>
     <row r="40" spans="1:13" ht="12.75" customHeight="1" x14ac:dyDescent="0.35"/>
     <row r="41" spans="1:13" ht="13.15" x14ac:dyDescent="0.4">
       <c r="A41" s="76" t="s">
-        <v>210</v>
+        <v>208</v>
       </c>
       <c r="I41" s="25" t="s">
-        <v>211</v>
+        <v>209</v>
       </c>
     </row>
     <row r="43" spans="1:13" ht="13.15" x14ac:dyDescent="0.4">
       <c r="A43" s="6" t="s">
         <v>10</v>
       </c>
       <c r="B43" s="6"/>
       <c r="D43" s="23"/>
       <c r="E43" s="18"/>
       <c r="F43" s="23"/>
       <c r="G43" s="23"/>
       <c r="H43" s="23"/>
       <c r="I43" s="23"/>
       <c r="J43" s="23"/>
       <c r="K43" s="6"/>
       <c r="L43" s="23"/>
       <c r="M43" s="6"/>
     </row>
     <row r="44" spans="1:13" ht="13.15" x14ac:dyDescent="0.4">
       <c r="A44" s="3" t="s">
         <v>12</v>
       </c>
       <c r="B44" s="3"/>
       <c r="C44" s="156" t="s">
-        <v>206</v>
+        <v>204</v>
       </c>
       <c r="D44" s="156"/>
       <c r="E44" s="156"/>
       <c r="F44" s="23"/>
       <c r="G44" s="3" t="s">
-        <v>207</v>
+        <v>205</v>
       </c>
       <c r="H44" s="3"/>
       <c r="I44" s="3" t="s">
-        <v>208</v>
+        <v>206</v>
       </c>
       <c r="J44" s="3"/>
       <c r="K44" s="156" t="s">
-        <v>209</v>
+        <v>207</v>
       </c>
       <c r="L44" s="180"/>
       <c r="M44" s="180"/>
     </row>
     <row r="45" spans="1:13" ht="15.95" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A45" s="51"/>
       <c r="C45" s="172"/>
       <c r="D45" s="172"/>
       <c r="E45" s="172"/>
       <c r="G45" s="51"/>
       <c r="I45" s="32"/>
       <c r="J45" s="55"/>
       <c r="K45" s="186"/>
       <c r="L45" s="187"/>
       <c r="M45" s="187"/>
     </row>
     <row r="46" spans="1:13" ht="15.95" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A46" s="51"/>
       <c r="C46" s="172"/>
       <c r="D46" s="172"/>
       <c r="E46" s="172"/>
       <c r="G46" s="51"/>
       <c r="I46" s="32"/>
       <c r="J46" s="55"/>
       <c r="K46" s="186"/>
@@ -14230,685 +14171,687 @@
     <mergeCell ref="C21:E21"/>
     <mergeCell ref="C22:E22"/>
     <mergeCell ref="C15:E15"/>
     <mergeCell ref="C16:E16"/>
     <mergeCell ref="C17:E17"/>
     <mergeCell ref="C18:E18"/>
     <mergeCell ref="D11:M11"/>
     <mergeCell ref="C14:E14"/>
     <mergeCell ref="A2:M2"/>
     <mergeCell ref="A3:M3"/>
     <mergeCell ref="C5:F5"/>
     <mergeCell ref="K5:M5"/>
     <mergeCell ref="A5:B5"/>
   </mergeCells>
   <phoneticPr fontId="17" type="noConversion"/>
   <pageMargins left="0.75" right="0.25" top="0.5" bottom="0.5" header="0" footer="0"/>
   <pageSetup scale="87" orientation="portrait" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0800-000000000000}">
   <dimension ref="A1:O49"/>
   <sheetViews>
-    <sheetView showZeros="0" zoomScaleNormal="100" workbookViewId="0"/>
+    <sheetView showZeros="0" zoomScaleNormal="100" workbookViewId="0">
+      <selection activeCell="K14" sqref="K14"/>
+    </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="9.1328125" defaultRowHeight="12.75" x14ac:dyDescent="0.35"/>
   <cols>
     <col min="1" max="1" width="10.1328125" style="24" customWidth="1"/>
     <col min="2" max="2" width="1" style="24" customWidth="1"/>
     <col min="3" max="3" width="6.265625" style="24" customWidth="1"/>
     <col min="4" max="4" width="7.86328125" style="24" customWidth="1"/>
     <col min="5" max="5" width="8.73046875" style="24" customWidth="1"/>
     <col min="6" max="6" width="10" style="24" customWidth="1"/>
     <col min="7" max="7" width="2.3984375" style="24" customWidth="1"/>
     <col min="8" max="8" width="7.265625" style="24" customWidth="1"/>
     <col min="9" max="9" width="11.3984375" style="24" customWidth="1"/>
     <col min="10" max="10" width="4.265625" style="24" customWidth="1"/>
     <col min="11" max="11" width="6.1328125" style="24" customWidth="1"/>
     <col min="12" max="12" width="3.1328125" style="24" customWidth="1"/>
     <col min="13" max="13" width="9.3984375" style="24" customWidth="1"/>
     <col min="14" max="14" width="2" style="24" customWidth="1"/>
     <col min="15" max="15" width="11.86328125" style="24" customWidth="1"/>
     <col min="16" max="16384" width="9.1328125" style="24"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A1" s="8">
-        <v>2020</v>
+        <v>2026</v>
       </c>
       <c r="B1" s="23"/>
     </row>
     <row r="2" spans="1:15" x14ac:dyDescent="0.35">
       <c r="A2" s="177" t="s">
         <v>0</v>
       </c>
       <c r="B2" s="177"/>
       <c r="C2" s="177"/>
       <c r="D2" s="177"/>
       <c r="E2" s="177"/>
       <c r="F2" s="177"/>
       <c r="G2" s="177"/>
       <c r="H2" s="177"/>
       <c r="I2" s="177"/>
       <c r="J2" s="177"/>
       <c r="K2" s="177"/>
       <c r="L2" s="177"/>
       <c r="M2" s="177"/>
       <c r="N2" s="177"/>
       <c r="O2" s="177"/>
     </row>
     <row r="3" spans="1:15" s="1" customFormat="1" ht="17.649999999999999" x14ac:dyDescent="0.5">
       <c r="A3" s="162" t="s">
-        <v>79</v>
+        <v>78</v>
       </c>
       <c r="B3" s="162"/>
       <c r="C3" s="162"/>
       <c r="D3" s="162"/>
       <c r="E3" s="162"/>
       <c r="F3" s="162"/>
       <c r="G3" s="162"/>
       <c r="H3" s="162"/>
       <c r="I3" s="162"/>
       <c r="J3" s="162"/>
       <c r="K3" s="162"/>
       <c r="L3" s="162"/>
       <c r="M3" s="162"/>
       <c r="N3" s="162"/>
       <c r="O3" s="162"/>
     </row>
     <row r="4" spans="1:15" ht="17.25" x14ac:dyDescent="0.45">
       <c r="A4" s="1"/>
       <c r="B4" s="1"/>
     </row>
     <row r="5" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A5" s="24" t="s">
         <v>2</v>
       </c>
       <c r="C5" s="153">
         <f>(Title!$C$3)</f>
         <v>0</v>
       </c>
       <c r="D5" s="152"/>
       <c r="E5" s="152"/>
       <c r="F5" s="152"/>
       <c r="G5" s="23"/>
       <c r="H5" s="179" t="s">
-        <v>134</v>
+        <v>133</v>
       </c>
       <c r="I5" s="179"/>
       <c r="J5" s="163">
         <f>(Title!$C$5)</f>
         <v>0</v>
       </c>
       <c r="K5" s="169"/>
       <c r="L5" s="169"/>
       <c r="M5" s="169"/>
       <c r="N5" s="169"/>
       <c r="O5" s="169"/>
     </row>
     <row r="7" spans="1:15" ht="13.15" x14ac:dyDescent="0.4">
       <c r="A7" s="76" t="s">
-        <v>213</v>
+        <v>211</v>
       </c>
     </row>
     <row r="9" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A9" s="6" t="s">
         <v>10</v>
       </c>
       <c r="B9" s="6"/>
       <c r="J9" s="23"/>
       <c r="K9" s="19" t="s">
         <v>45</v>
       </c>
       <c r="L9" s="19"/>
       <c r="M9" s="6" t="s">
         <v>14</v>
       </c>
       <c r="N9" s="6"/>
       <c r="O9" s="6" t="s">
         <v>14</v>
       </c>
     </row>
     <row r="10" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A10" s="3" t="s">
         <v>12</v>
       </c>
       <c r="B10" s="3"/>
       <c r="C10" s="156" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="D10" s="156"/>
       <c r="H10" s="156" t="s">
         <v>5</v>
       </c>
       <c r="I10" s="156"/>
       <c r="M10" s="3" t="s">
-        <v>174</v>
+        <v>173</v>
       </c>
       <c r="N10" s="3"/>
       <c r="O10" s="3" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
     </row>
     <row r="11" spans="1:15" ht="6.75" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A11" s="3"/>
       <c r="B11" s="3"/>
       <c r="M11" s="3"/>
       <c r="N11" s="3"/>
       <c r="O11" s="3"/>
     </row>
     <row r="12" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A12" s="51"/>
       <c r="B12" s="18"/>
       <c r="C12" s="24" t="s">
-        <v>81</v>
+        <v>80</v>
       </c>
       <c r="E12" s="23"/>
       <c r="H12" s="23" t="s">
-        <v>82</v>
+        <v>81</v>
       </c>
       <c r="I12" s="23"/>
       <c r="K12" s="23" t="s">
         <v>47</v>
       </c>
       <c r="L12" s="23"/>
       <c r="M12" s="29"/>
       <c r="N12" s="18"/>
       <c r="O12" s="29"/>
     </row>
     <row r="13" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A13" s="51"/>
       <c r="B13" s="18"/>
       <c r="C13" s="24" t="s">
-        <v>306</v>
+        <v>302</v>
       </c>
       <c r="E13" s="23"/>
       <c r="H13" s="23" t="s">
         <v>24</v>
       </c>
       <c r="I13" s="23"/>
       <c r="K13" s="23" t="s">
         <v>49</v>
       </c>
       <c r="L13" s="23"/>
       <c r="M13" s="29"/>
       <c r="N13" s="18"/>
       <c r="O13" s="29"/>
     </row>
     <row r="14" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A14" s="51"/>
       <c r="B14" s="18"/>
       <c r="C14" s="24" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="H14" s="24" t="s">
         <v>55</v>
       </c>
       <c r="K14" s="23" t="s">
         <v>49</v>
       </c>
       <c r="L14" s="23"/>
       <c r="M14" s="38"/>
       <c r="N14" s="18"/>
       <c r="O14" s="54"/>
     </row>
     <row r="15" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A15" s="51"/>
       <c r="B15" s="18"/>
       <c r="C15" s="24" t="s">
-        <v>214</v>
+        <v>212</v>
       </c>
       <c r="E15" s="23"/>
       <c r="H15" s="23" t="s">
-        <v>305</v>
+        <v>301</v>
       </c>
       <c r="I15" s="23"/>
       <c r="K15" s="23" t="s">
         <v>47</v>
       </c>
       <c r="L15" s="23"/>
       <c r="M15" s="31"/>
       <c r="N15" s="18"/>
       <c r="O15" s="29"/>
     </row>
     <row r="16" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A16" s="51"/>
       <c r="B16" s="18"/>
       <c r="C16" s="24" t="s">
-        <v>264</v>
+        <v>262</v>
       </c>
       <c r="D16" s="51"/>
       <c r="E16" s="24" t="s">
-        <v>265</v>
+        <v>361</v>
       </c>
       <c r="H16" s="24" t="s">
         <v>55</v>
       </c>
       <c r="K16" s="23" t="s">
         <v>47</v>
       </c>
       <c r="L16" s="23"/>
       <c r="M16" s="31"/>
       <c r="N16" s="18"/>
       <c r="O16" s="27"/>
     </row>
     <row r="17" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A17" s="51"/>
       <c r="B17" s="18"/>
       <c r="C17" s="24" t="s">
-        <v>264</v>
+        <v>262</v>
       </c>
       <c r="D17" s="51"/>
       <c r="E17" s="24" t="s">
-        <v>265</v>
+        <v>361</v>
       </c>
       <c r="H17" s="24" t="s">
         <v>55</v>
       </c>
       <c r="I17" s="23"/>
       <c r="K17" s="23" t="s">
         <v>47</v>
       </c>
       <c r="L17" s="23"/>
       <c r="M17" s="31"/>
       <c r="N17" s="18"/>
       <c r="O17" s="29"/>
     </row>
     <row r="18" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A18" s="51"/>
       <c r="B18" s="18"/>
       <c r="C18" s="24" t="s">
-        <v>264</v>
+        <v>262</v>
       </c>
       <c r="D18" s="51"/>
       <c r="E18" s="24" t="s">
-        <v>266</v>
+        <v>263</v>
       </c>
       <c r="H18" s="24" t="s">
         <v>55</v>
       </c>
       <c r="K18" s="23" t="s">
         <v>47</v>
       </c>
       <c r="L18" s="23"/>
       <c r="M18" s="31"/>
       <c r="N18" s="18"/>
       <c r="O18" s="27"/>
     </row>
     <row r="19" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A19" s="51"/>
       <c r="B19" s="18"/>
       <c r="C19" s="24" t="s">
-        <v>264</v>
+        <v>262</v>
       </c>
       <c r="D19" s="51"/>
       <c r="E19" s="24" t="s">
-        <v>266</v>
+        <v>263</v>
       </c>
       <c r="H19" s="24" t="s">
         <v>55</v>
       </c>
       <c r="I19" s="23"/>
       <c r="K19" s="23" t="s">
         <v>47</v>
       </c>
       <c r="L19" s="23"/>
       <c r="M19" s="31"/>
       <c r="N19" s="18"/>
       <c r="O19" s="29"/>
     </row>
     <row r="20" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A20" s="51"/>
       <c r="B20" s="18"/>
       <c r="C20" s="24" t="s">
-        <v>264</v>
+        <v>262</v>
       </c>
       <c r="D20" s="51"/>
       <c r="E20" s="24" t="s">
-        <v>267</v>
+        <v>264</v>
       </c>
       <c r="H20" s="24" t="s">
         <v>55</v>
       </c>
       <c r="K20" s="23" t="s">
         <v>47</v>
       </c>
       <c r="L20" s="23"/>
       <c r="M20" s="31"/>
       <c r="N20" s="18"/>
       <c r="O20" s="27"/>
     </row>
     <row r="21" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A21" s="51"/>
       <c r="B21" s="18"/>
       <c r="C21" s="24" t="s">
-        <v>264</v>
+        <v>262</v>
       </c>
       <c r="D21" s="51"/>
       <c r="E21" s="24" t="s">
-        <v>267</v>
+        <v>264</v>
       </c>
       <c r="H21" s="24" t="s">
         <v>55</v>
       </c>
       <c r="I21" s="23"/>
       <c r="K21" s="23" t="s">
         <v>47</v>
       </c>
       <c r="L21" s="23"/>
       <c r="M21" s="31"/>
       <c r="N21" s="18"/>
       <c r="O21" s="29"/>
     </row>
     <row r="22" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A22" s="51"/>
       <c r="B22" s="18"/>
       <c r="C22" s="24" t="s">
-        <v>264</v>
+        <v>262</v>
       </c>
       <c r="D22" s="51"/>
       <c r="E22" s="24" t="s">
-        <v>268</v>
+        <v>265</v>
       </c>
       <c r="H22" s="24" t="s">
         <v>55</v>
       </c>
       <c r="K22" s="23" t="s">
         <v>47</v>
       </c>
       <c r="L22" s="23"/>
       <c r="M22" s="31"/>
       <c r="N22" s="18"/>
       <c r="O22" s="27"/>
     </row>
     <row r="23" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A23" s="51"/>
       <c r="B23" s="18"/>
       <c r="C23" s="24" t="s">
-        <v>264</v>
+        <v>262</v>
       </c>
       <c r="D23" s="51"/>
       <c r="E23" s="24" t="s">
-        <v>268</v>
+        <v>265</v>
       </c>
       <c r="H23" s="24" t="s">
         <v>55</v>
       </c>
       <c r="I23" s="23"/>
       <c r="K23" s="23" t="s">
         <v>47</v>
       </c>
       <c r="L23" s="23"/>
       <c r="M23" s="31"/>
       <c r="N23" s="18"/>
       <c r="O23" s="29"/>
     </row>
     <row r="24" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A24" s="51"/>
       <c r="B24" s="18"/>
       <c r="C24" s="23" t="s">
-        <v>84</v>
+        <v>83</v>
       </c>
       <c r="D24" s="23"/>
       <c r="E24" s="23"/>
       <c r="H24" s="24" t="s">
         <v>55</v>
       </c>
       <c r="I24" s="23"/>
       <c r="K24" s="23" t="s">
         <v>47</v>
       </c>
       <c r="L24" s="23"/>
       <c r="M24" s="31"/>
       <c r="N24" s="18"/>
       <c r="O24" s="29"/>
     </row>
     <row r="25" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A25" s="51"/>
       <c r="B25" s="18"/>
       <c r="C25" s="23" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="D25" s="23"/>
       <c r="E25" s="23"/>
       <c r="H25" s="24" t="s">
         <v>55</v>
       </c>
       <c r="I25" s="23"/>
       <c r="K25" s="23" t="s">
         <v>47</v>
       </c>
       <c r="L25" s="23"/>
       <c r="M25" s="31"/>
       <c r="N25" s="18"/>
       <c r="O25" s="29"/>
     </row>
     <row r="26" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="C26" s="23"/>
       <c r="D26" s="23"/>
       <c r="E26" s="23"/>
       <c r="I26" s="23"/>
       <c r="K26" s="23"/>
       <c r="L26" s="23"/>
       <c r="M26" s="18"/>
       <c r="N26" s="18"/>
       <c r="O26" s="18"/>
     </row>
     <row r="27" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A27" s="6" t="s">
         <v>10</v>
       </c>
       <c r="B27" s="6"/>
       <c r="C27" s="23"/>
       <c r="D27" s="23"/>
       <c r="E27" s="23"/>
       <c r="H27" s="23"/>
       <c r="I27" s="23"/>
       <c r="K27" s="23"/>
       <c r="L27" s="23"/>
       <c r="M27" s="18"/>
       <c r="N27" s="18"/>
       <c r="O27" s="18"/>
     </row>
     <row r="28" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A28" s="3" t="s">
         <v>12</v>
       </c>
       <c r="B28" s="3"/>
       <c r="C28" s="156" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="D28" s="156"/>
       <c r="E28" s="156"/>
       <c r="F28" s="156"/>
       <c r="H28" s="156" t="s">
         <v>5</v>
       </c>
       <c r="I28" s="156"/>
       <c r="K28" s="156" t="s">
-        <v>216</v>
+        <v>214</v>
       </c>
       <c r="L28" s="156"/>
       <c r="M28" s="156"/>
       <c r="N28" s="156"/>
       <c r="O28" s="156"/>
     </row>
     <row r="29" spans="1:15" ht="7.5" customHeight="1" x14ac:dyDescent="0.4">
       <c r="C29" s="3"/>
       <c r="D29" s="3"/>
       <c r="E29" s="23"/>
       <c r="H29" s="3"/>
       <c r="I29" s="3"/>
       <c r="K29" s="3"/>
       <c r="L29" s="3"/>
       <c r="M29" s="3"/>
       <c r="N29" s="3"/>
       <c r="O29" s="3"/>
     </row>
     <row r="30" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A30" s="51"/>
       <c r="B30" s="18"/>
       <c r="C30" s="24" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="D30" s="28"/>
       <c r="E30" s="23"/>
       <c r="H30" s="171" t="s">
         <v>62</v>
       </c>
       <c r="I30" s="171"/>
       <c r="J30" s="23"/>
       <c r="K30" s="189"/>
       <c r="L30" s="189"/>
       <c r="M30" s="189"/>
       <c r="N30" s="189"/>
       <c r="O30" s="189"/>
     </row>
     <row r="31" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A31" s="51"/>
       <c r="B31" s="18"/>
       <c r="C31" s="24" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="D31" s="28"/>
       <c r="E31" s="23"/>
       <c r="H31" s="171" t="s">
         <v>62</v>
       </c>
       <c r="I31" s="171"/>
       <c r="J31" s="23"/>
       <c r="K31" s="188"/>
       <c r="L31" s="188"/>
       <c r="M31" s="188"/>
       <c r="N31" s="188"/>
       <c r="O31" s="188"/>
     </row>
     <row r="32" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A32" s="41"/>
       <c r="B32" s="18"/>
       <c r="C32" s="24" t="s">
-        <v>215</v>
+        <v>213</v>
       </c>
       <c r="D32" s="28"/>
       <c r="H32" s="171" t="s">
         <v>24</v>
       </c>
       <c r="I32" s="171"/>
       <c r="K32" s="188"/>
       <c r="L32" s="188"/>
       <c r="M32" s="188"/>
       <c r="N32" s="188"/>
       <c r="O32" s="188"/>
     </row>
     <row r="33" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A33" s="41"/>
       <c r="B33" s="18"/>
       <c r="C33" s="24" t="s">
-        <v>217</v>
+        <v>215</v>
       </c>
       <c r="D33" s="28"/>
       <c r="H33" s="171" t="s">
         <v>24</v>
       </c>
       <c r="I33" s="171"/>
       <c r="K33" s="188"/>
       <c r="L33" s="188"/>
       <c r="M33" s="188"/>
       <c r="N33" s="188"/>
       <c r="O33" s="188"/>
     </row>
     <row r="34" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="D34" s="28"/>
       <c r="H34" s="23"/>
       <c r="I34" s="23"/>
       <c r="K34" s="26"/>
       <c r="L34" s="26"/>
       <c r="M34" s="26"/>
       <c r="N34" s="26"/>
       <c r="O34" s="26"/>
     </row>
     <row r="35" spans="1:15" s="4" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A35" s="190" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="B35" s="190"/>
       <c r="C35" s="190"/>
       <c r="D35" s="190"/>
       <c r="E35" s="190"/>
       <c r="F35" s="190"/>
       <c r="G35" s="190"/>
       <c r="H35" s="190"/>
       <c r="I35" s="190"/>
       <c r="J35" s="190"/>
       <c r="K35" s="190"/>
       <c r="L35" s="190"/>
       <c r="M35" s="190"/>
       <c r="N35" s="190"/>
       <c r="O35" s="190"/>
     </row>
     <row r="36" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A36" s="6" t="s">
         <v>10</v>
       </c>
       <c r="B36" s="6"/>
       <c r="D36" s="28"/>
       <c r="H36" s="23"/>
       <c r="I36" s="23"/>
       <c r="K36" s="18"/>
       <c r="L36" s="18"/>
       <c r="M36" s="18"/>
       <c r="N36" s="18"/>
       <c r="O36" s="18"/>
     </row>
     <row r="37" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.4">
       <c r="A37" s="3" t="s">
         <v>12</v>
       </c>
       <c r="B37" s="3"/>
       <c r="C37" s="156" t="s">
-        <v>80</v>
+        <v>79</v>
       </c>
       <c r="D37" s="156"/>
       <c r="E37" s="156"/>
       <c r="F37" s="156"/>
       <c r="H37" s="156" t="s">
         <v>5</v>
       </c>
       <c r="I37" s="156"/>
       <c r="K37" s="3" t="s">
         <v>45</v>
       </c>
       <c r="L37" s="18"/>
       <c r="M37" s="3" t="s">
         <v>20</v>
       </c>
       <c r="N37" s="18"/>
       <c r="O37" s="3" t="s">
-        <v>151</v>
+        <v>150</v>
       </c>
     </row>
     <row r="38" spans="1:15" ht="9" customHeight="1" x14ac:dyDescent="0.35">
       <c r="D38" s="28"/>
       <c r="H38" s="23"/>
       <c r="I38" s="23"/>
       <c r="K38" s="18"/>
       <c r="L38" s="18"/>
       <c r="M38" s="18"/>
       <c r="N38" s="18"/>
       <c r="O38" s="18"/>
     </row>
     <row r="39" spans="1:15" ht="15" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A39" s="51"/>
       <c r="B39" s="18"/>
       <c r="C39" s="189"/>
       <c r="D39" s="189"/>
       <c r="E39" s="189"/>
       <c r="F39" s="189"/>
       <c r="H39" s="189"/>
       <c r="I39" s="189"/>
       <c r="K39" s="33"/>
       <c r="L39" s="18"/>
       <c r="M39" s="55"/>
       <c r="N39" s="18"/>