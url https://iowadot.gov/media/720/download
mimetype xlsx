--- v0 (2025-10-16)
+++ v1 (2026-01-31)
@@ -31,60 +31,60 @@
   <Override PartName="/xl/comments1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.comments+xml"/>
   <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/charts/chart2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/drawings/drawing4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/charts/chart3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/drawings/drawing5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/charts/chart4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/drawings/drawing6.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/charts/chart5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/drawings/drawing7.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/charts/chart6.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/persons/person.xml" ContentType="application/vnd.ms-excel.person+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="27928"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28526"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://iadot-my.sharepoint.com/personal/christian_barko_iowadot_us/Documents/Desktop/NEW FORMS/FINAL 2025/Under Construction/"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://iadot-my.sharepoint.com/personal/christian_barko_iowadot_us/Documents/Desktop/NEW FORMS/FINAL 2026/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="48" documentId="8_{DCDAE1DD-37B2-400E-B30C-DDD85D11D6EF}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{9A184B8A-987A-4ECA-AD78-0DD19DED4325}"/>
+  <xr:revisionPtr revIDLastSave="84" documentId="8_{DCDAE1DD-37B2-400E-B30C-DDD85D11D6EF}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{FCC71821-858B-4E6A-9CA8-42E3EC6B67D8}"/>
   <bookViews>
-    <workbookView xWindow="-108" yWindow="-108" windowWidth="23256" windowHeight="12576" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Maturity Curve" sheetId="1" r:id="rId1"/>
     <sheet name="Regression" sheetId="4" state="hidden" r:id="rId2"/>
     <sheet name="Summary" sheetId="5" r:id="rId3"/>
     <sheet name="Validation" sheetId="3" r:id="rId4"/>
     <sheet name="Validation-2" sheetId="6" r:id="rId5"/>
     <sheet name="Validation-3" sheetId="7" r:id="rId6"/>
     <sheet name="Validation-4" sheetId="8" r:id="rId7"/>
     <sheet name="Validation-5" sheetId="9" r:id="rId8"/>
     <sheet name="CA" sheetId="10" state="hidden" r:id="rId9"/>
     <sheet name="FA" sheetId="11" state="hidden" r:id="rId10"/>
     <sheet name="CEMENT" sheetId="12" state="hidden" r:id="rId11"/>
     <sheet name="FLYASH" sheetId="13" state="hidden" r:id="rId12"/>
     <sheet name="SLAG" sheetId="14" state="hidden" r:id="rId13"/>
     <sheet name="ADMIX-AIR" sheetId="15" state="hidden" r:id="rId14"/>
     <sheet name="COMB-WR-MR" sheetId="16" state="hidden" r:id="rId15"/>
     <sheet name="COUNTIES" sheetId="17" state="hidden" r:id="rId16"/>
   </sheets>
   <definedNames>
     <definedName name="_Regression_Out" hidden="1">#REF!</definedName>
     <definedName name="_Regression_X" hidden="1">#REF!</definedName>
     <definedName name="_Regression_Y" hidden="1">#REF!</definedName>
     <definedName name="ContractDesc">#REF!</definedName>
     <definedName name="ContractNo">#REF!</definedName>
@@ -92,51 +92,53 @@
     <definedName name="CurveNo">#REF!</definedName>
     <definedName name="intercept">Regression!$C$5</definedName>
     <definedName name="limit">#REF!</definedName>
     <definedName name="minFx">#REF!</definedName>
     <definedName name="openingTTF">Regression!$C$16</definedName>
     <definedName name="_xlnm.Print_Area" localSheetId="0">'Maturity Curve'!$A$1:$R$54</definedName>
     <definedName name="slope">Regression!$C$10</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="A77" i="16" l="1"/>
+  <c r="A79" i="16" l="1"/>
+  <c r="A78" i="16"/>
+  <c r="A77" i="16"/>
   <c r="A76" i="16"/>
   <c r="A75" i="16"/>
   <c r="A74" i="16"/>
   <c r="A73" i="16"/>
   <c r="A72" i="16"/>
   <c r="A71" i="16"/>
   <c r="A70" i="16"/>
   <c r="A69" i="16"/>
   <c r="A68" i="16"/>
   <c r="A67" i="16"/>
   <c r="A66" i="16"/>
   <c r="A65" i="16"/>
   <c r="A64" i="16"/>
   <c r="A63" i="16"/>
   <c r="A62" i="16"/>
   <c r="A61" i="16"/>
   <c r="A60" i="16"/>
   <c r="A59" i="16"/>
   <c r="A58" i="16"/>
   <c r="A57" i="16"/>
   <c r="A56" i="16"/>
   <c r="A55" i="16"/>
   <c r="A54" i="16"/>
   <c r="A53" i="16"/>
   <c r="A52" i="16"/>
@@ -166,92 +168,90 @@
   <c r="A28" i="16"/>
   <c r="A27" i="16"/>
   <c r="A26" i="16"/>
   <c r="A25" i="16"/>
   <c r="A24" i="16"/>
   <c r="A23" i="16"/>
   <c r="A22" i="16"/>
   <c r="A21" i="16"/>
   <c r="A20" i="16"/>
   <c r="A19" i="16"/>
   <c r="A18" i="16"/>
   <c r="A17" i="16"/>
   <c r="A16" i="16"/>
   <c r="A15" i="16"/>
   <c r="A14" i="16"/>
   <c r="A13" i="16"/>
   <c r="A12" i="16"/>
   <c r="A11" i="16"/>
   <c r="A10" i="16"/>
   <c r="A9" i="16"/>
   <c r="A8" i="16"/>
   <c r="A7" i="16"/>
   <c r="A6" i="16"/>
   <c r="A5" i="16"/>
   <c r="A4" i="16"/>
+  <c r="A43" i="15"/>
+  <c r="A42" i="15"/>
   <c r="A41" i="15"/>
   <c r="A40" i="15"/>
   <c r="A39" i="15"/>
   <c r="A38" i="15"/>
   <c r="A37" i="15"/>
   <c r="A36" i="15"/>
   <c r="A35" i="15"/>
   <c r="A34" i="15"/>
   <c r="A33" i="15"/>
   <c r="A32" i="15"/>
   <c r="A31" i="15"/>
   <c r="A30" i="15"/>
   <c r="A29" i="15"/>
   <c r="A28" i="15"/>
   <c r="A27" i="15"/>
   <c r="A26" i="15"/>
   <c r="A25" i="15"/>
   <c r="A24" i="15"/>
   <c r="A23" i="15"/>
   <c r="A22" i="15"/>
   <c r="A21" i="15"/>
   <c r="A20" i="15"/>
   <c r="A19" i="15"/>
   <c r="A18" i="15"/>
   <c r="A17" i="15"/>
   <c r="A16" i="15"/>
   <c r="A15" i="15"/>
   <c r="A14" i="15"/>
   <c r="A13" i="15"/>
   <c r="A12" i="15"/>
   <c r="A11" i="15"/>
   <c r="A10" i="15"/>
   <c r="A9" i="15"/>
   <c r="A8" i="15"/>
   <c r="A7" i="15"/>
   <c r="A6" i="15"/>
   <c r="A5" i="15"/>
   <c r="A4" i="15"/>
-  <c r="A7" i="14"/>
-[...2 lines deleted...]
-  <c r="A4" i="14"/>
   <c r="A54" i="13"/>
   <c r="A53" i="13"/>
   <c r="A52" i="13"/>
   <c r="A51" i="13"/>
   <c r="A50" i="13"/>
   <c r="A49" i="13"/>
   <c r="A48" i="13"/>
   <c r="A47" i="13"/>
   <c r="A46" i="13"/>
   <c r="A45" i="13"/>
   <c r="A44" i="13"/>
   <c r="A43" i="13"/>
   <c r="A42" i="13"/>
   <c r="A41" i="13"/>
   <c r="A40" i="13"/>
   <c r="A39" i="13"/>
   <c r="A38" i="13"/>
   <c r="A37" i="13"/>
   <c r="A36" i="13"/>
   <c r="A35" i="13"/>
   <c r="A34" i="13"/>
   <c r="A33" i="13"/>
   <c r="A32" i="13"/>
   <c r="A31" i="13"/>
   <c r="A30" i="13"/>
@@ -259,99 +259,97 @@
   <c r="A28" i="13"/>
   <c r="A27" i="13"/>
   <c r="A26" i="13"/>
   <c r="A25" i="13"/>
   <c r="A24" i="13"/>
   <c r="A23" i="13"/>
   <c r="A22" i="13"/>
   <c r="A21" i="13"/>
   <c r="A20" i="13"/>
   <c r="A19" i="13"/>
   <c r="A18" i="13"/>
   <c r="A17" i="13"/>
   <c r="A16" i="13"/>
   <c r="A15" i="13"/>
   <c r="A14" i="13"/>
   <c r="A13" i="13"/>
   <c r="A12" i="13"/>
   <c r="A11" i="13"/>
   <c r="A10" i="13"/>
   <c r="A9" i="13"/>
   <c r="A8" i="13"/>
   <c r="A7" i="13"/>
   <c r="A6" i="13"/>
   <c r="A5" i="13"/>
   <c r="A4" i="13"/>
-  <c r="A51" i="12"/>
   <c r="A50" i="12"/>
   <c r="A49" i="12"/>
   <c r="A48" i="12"/>
   <c r="A47" i="12"/>
   <c r="A46" i="12"/>
   <c r="A45" i="12"/>
   <c r="A44" i="12"/>
   <c r="A43" i="12"/>
   <c r="A42" i="12"/>
   <c r="A41" i="12"/>
   <c r="A40" i="12"/>
   <c r="A39" i="12"/>
   <c r="A38" i="12"/>
   <c r="A37" i="12"/>
   <c r="A36" i="12"/>
   <c r="A35" i="12"/>
   <c r="A34" i="12"/>
   <c r="A33" i="12"/>
   <c r="A32" i="12"/>
   <c r="A31" i="12"/>
   <c r="A30" i="12"/>
   <c r="A29" i="12"/>
   <c r="A28" i="12"/>
   <c r="A27" i="12"/>
   <c r="A26" i="12"/>
   <c r="A25" i="12"/>
   <c r="A24" i="12"/>
   <c r="A23" i="12"/>
   <c r="A22" i="12"/>
   <c r="A21" i="12"/>
   <c r="A20" i="12"/>
   <c r="A19" i="12"/>
   <c r="A18" i="12"/>
   <c r="A17" i="12"/>
   <c r="A16" i="12"/>
   <c r="A15" i="12"/>
   <c r="A14" i="12"/>
   <c r="A13" i="12"/>
   <c r="A12" i="12"/>
   <c r="A11" i="12"/>
   <c r="A10" i="12"/>
   <c r="A9" i="12"/>
   <c r="A8" i="12"/>
   <c r="A7" i="12"/>
   <c r="A6" i="12"/>
   <c r="A5" i="12"/>
   <c r="A4" i="12"/>
-  <c r="A284" i="11"/>
   <c r="A283" i="11"/>
   <c r="A282" i="11"/>
   <c r="A281" i="11"/>
   <c r="A280" i="11"/>
   <c r="A279" i="11"/>
   <c r="A278" i="11"/>
   <c r="A277" i="11"/>
   <c r="A276" i="11"/>
   <c r="A275" i="11"/>
   <c r="A274" i="11"/>
   <c r="A273" i="11"/>
   <c r="A272" i="11"/>
   <c r="A271" i="11"/>
   <c r="A270" i="11"/>
   <c r="A269" i="11"/>
   <c r="A268" i="11"/>
   <c r="A267" i="11"/>
   <c r="A266" i="11"/>
   <c r="A265" i="11"/>
   <c r="A264" i="11"/>
   <c r="A263" i="11"/>
   <c r="A262" i="11"/>
   <c r="A261" i="11"/>
   <c r="A260" i="11"/>
   <c r="A259" i="11"/>
@@ -588,50 +586,63 @@
   <c r="A28" i="11"/>
   <c r="A27" i="11"/>
   <c r="A26" i="11"/>
   <c r="A25" i="11"/>
   <c r="A24" i="11"/>
   <c r="A23" i="11"/>
   <c r="A22" i="11"/>
   <c r="A21" i="11"/>
   <c r="A20" i="11"/>
   <c r="A19" i="11"/>
   <c r="A18" i="11"/>
   <c r="A17" i="11"/>
   <c r="A16" i="11"/>
   <c r="A15" i="11"/>
   <c r="A14" i="11"/>
   <c r="A13" i="11"/>
   <c r="A12" i="11"/>
   <c r="A11" i="11"/>
   <c r="A10" i="11"/>
   <c r="A9" i="11"/>
   <c r="A8" i="11"/>
   <c r="A7" i="11"/>
   <c r="A6" i="11"/>
   <c r="A5" i="11"/>
   <c r="A4" i="11"/>
+  <c r="A338" i="10"/>
+  <c r="A337" i="10"/>
+  <c r="A336" i="10"/>
+  <c r="A335" i="10"/>
+  <c r="A334" i="10"/>
+  <c r="A333" i="10"/>
+  <c r="A332" i="10"/>
+  <c r="A331" i="10"/>
+  <c r="A330" i="10"/>
+  <c r="A329" i="10"/>
+  <c r="A328" i="10"/>
+  <c r="A327" i="10"/>
+  <c r="A326" i="10"/>
   <c r="A325" i="10"/>
   <c r="A324" i="10"/>
   <c r="A323" i="10"/>
   <c r="A322" i="10"/>
   <c r="A321" i="10"/>
   <c r="A320" i="10"/>
   <c r="A319" i="10"/>
   <c r="A318" i="10"/>
   <c r="A317" i="10"/>
   <c r="A316" i="10"/>
   <c r="A315" i="10"/>
   <c r="A314" i="10"/>
   <c r="A313" i="10"/>
   <c r="A312" i="10"/>
   <c r="A311" i="10"/>
   <c r="A310" i="10"/>
   <c r="A309" i="10"/>
   <c r="A308" i="10"/>
   <c r="A307" i="10"/>
   <c r="A306" i="10"/>
   <c r="A305" i="10"/>
   <c r="A304" i="10"/>
   <c r="A303" i="10"/>
   <c r="A302" i="10"/>
   <c r="A301" i="10"/>
@@ -909,50 +920,56 @@
   <c r="A29" i="10"/>
   <c r="A28" i="10"/>
   <c r="A27" i="10"/>
   <c r="A26" i="10"/>
   <c r="A25" i="10"/>
   <c r="A24" i="10"/>
   <c r="A23" i="10"/>
   <c r="A22" i="10"/>
   <c r="A21" i="10"/>
   <c r="A20" i="10"/>
   <c r="A19" i="10"/>
   <c r="A18" i="10"/>
   <c r="A17" i="10"/>
   <c r="A16" i="10"/>
   <c r="A15" i="10"/>
   <c r="A14" i="10"/>
   <c r="A13" i="10"/>
   <c r="A12" i="10"/>
   <c r="A11" i="10"/>
   <c r="A10" i="10"/>
   <c r="A9" i="10"/>
   <c r="A8" i="10"/>
   <c r="A7" i="10"/>
   <c r="A6" i="10"/>
   <c r="A5" i="10"/>
+  <c r="A7" i="14"/>
+  <c r="A6" i="14"/>
+  <c r="A5" i="14"/>
+  <c r="A4" i="14"/>
+  <c r="A51" i="12"/>
+  <c r="A284" i="11"/>
   <c r="L5" i="1" l="1"/>
   <c r="F31" i="1"/>
   <c r="A57" i="13" l="1"/>
   <c r="A56" i="13"/>
   <c r="A55" i="13"/>
   <c r="A102" i="17"/>
   <c r="A101" i="17"/>
   <c r="A100" i="17"/>
   <c r="A99" i="17"/>
   <c r="A98" i="17"/>
   <c r="A97" i="17"/>
   <c r="A96" i="17"/>
   <c r="A95" i="17"/>
   <c r="A94" i="17"/>
   <c r="A93" i="17"/>
   <c r="A92" i="17"/>
   <c r="A91" i="17"/>
   <c r="A90" i="17"/>
   <c r="A89" i="17"/>
   <c r="A88" i="17"/>
   <c r="A87" i="17"/>
   <c r="A86" i="17"/>
   <c r="A85" i="17"/>
   <c r="A84" i="17"/>
   <c r="A83" i="17"/>
@@ -1721,51 +1738,51 @@
             <b/>
             <sz val="8"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t>(ss resid)</t>
         </r>
         <r>
           <rPr>
             <sz val="8"/>
             <color indexed="81"/>
             <rFont val="Tahoma"/>
             <family val="2"/>
           </rPr>
           <t xml:space="preserve">
 </t>
         </r>
       </text>
     </comment>
   </commentList>
 </comments>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2679" uniqueCount="1663">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2714" uniqueCount="1687">
   <si>
     <t>COUNTY:</t>
   </si>
   <si>
     <t>CURVE #:</t>
   </si>
   <si>
     <t xml:space="preserve">MONITOR:  </t>
   </si>
   <si>
     <t xml:space="preserve">INSPECTOR:  </t>
   </si>
   <si>
     <t>PROJ.  #:</t>
   </si>
   <si>
     <t xml:space="preserve">REP/CONTRACTOR:  </t>
   </si>
   <si>
     <t xml:space="preserve">DATE:  </t>
   </si>
   <si>
     <t xml:space="preserve"> </t>
   </si>
   <si>
@@ -2880,71 +2897,65 @@
   <si>
     <t>97</t>
   </si>
   <si>
     <t>Woodbury</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
     <t>Worth</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
     <t>Wright</t>
   </si>
   <si>
     <t>Combined Normal &amp; Mid Range Water Reducers</t>
   </si>
   <si>
     <t>ADVA 140M</t>
   </si>
   <si>
-    <t>GCP</t>
-[...1 lines deleted...]
-  <si>
     <t>ADVA Cast 575</t>
   </si>
   <si>
     <t>ADVA Cast 600</t>
   </si>
   <si>
     <t>Accelguard G3</t>
   </si>
   <si>
     <t>Euclid</t>
   </si>
   <si>
     <t>Chryso Fluid Optima 256</t>
   </si>
   <si>
-    <t>CHRYSO</t>
-[...1 lines deleted...]
-  <si>
     <t>Clarena MC 2000</t>
   </si>
   <si>
     <t>Concera SA8080</t>
   </si>
   <si>
     <t>DNL 485</t>
   </si>
   <si>
     <t>DarCole Products, Inc</t>
   </si>
   <si>
     <t>DNL 785</t>
   </si>
   <si>
     <t>Dynamon NRG 1092</t>
   </si>
   <si>
     <t>Mapei</t>
   </si>
   <si>
     <t>Dynamon NRG 546</t>
   </si>
   <si>
     <t>Dynamon SX</t>
@@ -3447,53 +3458,50 @@
   <si>
     <t>Oak Creek Power Station</t>
   </si>
   <si>
     <t>FA046F</t>
   </si>
   <si>
     <t>Praire State Generating Station</t>
   </si>
   <si>
     <t>FA050C</t>
   </si>
   <si>
     <t>Duck Creek Power Station</t>
   </si>
   <si>
     <t>FA051C</t>
   </si>
   <si>
     <t>North Shore Station</t>
   </si>
   <si>
     <t>FA052C</t>
   </si>
   <si>
-    <t>Whelan Hastings Generation Plant, Unit 2</t>
-[...1 lines deleted...]
-  <si>
     <t>FA053C</t>
   </si>
   <si>
     <t>Leland Olds Station, Unit 1</t>
   </si>
   <si>
     <t>FA054F</t>
   </si>
   <si>
     <t>P2P PSGC/Louisa Blend</t>
   </si>
   <si>
     <t>FA055F</t>
   </si>
   <si>
     <t>CarbonSense CWLP F Ash</t>
   </si>
   <si>
     <t>FA056C</t>
   </si>
   <si>
     <t xml:space="preserve">Jeffery Energy Center </t>
   </si>
   <si>
     <t>FA057C</t>
@@ -3585,206 +3593,158 @@
   <si>
     <t>IP, IS, IT</t>
   </si>
   <si>
     <t>Cement Type III Can't Be Used With This Mix.</t>
   </si>
   <si>
     <t>PC0009</t>
   </si>
   <si>
     <t>PC0018</t>
   </si>
   <si>
     <t>IP(30)</t>
   </si>
   <si>
     <t>Ash Grove - Chanute</t>
   </si>
   <si>
     <t>PC0103</t>
   </si>
   <si>
     <t>PC0108</t>
   </si>
   <si>
-    <t>Continental - Hannibal</t>
-[...1 lines deleted...]
-  <si>
     <t>IS(20)</t>
   </si>
   <si>
     <t>PC0203</t>
   </si>
   <si>
     <t>PC0209</t>
   </si>
   <si>
-    <t>Lehigh - Mason City</t>
-[...1 lines deleted...]
-  <si>
     <t>PC0403</t>
   </si>
   <si>
-    <t>IT(S20)(L9)</t>
-[...1 lines deleted...]
-  <si>
     <t>PC0409</t>
   </si>
   <si>
     <t>IT(S38)(L7)</t>
   </si>
   <si>
-    <t>Continental - Davenport</t>
-[...1 lines deleted...]
-  <si>
     <t>IT(P25)(L6)</t>
   </si>
   <si>
     <t>PC0509</t>
   </si>
   <si>
     <t>Central Plains - Sugar Creek</t>
   </si>
   <si>
     <t>PC0703</t>
   </si>
   <si>
     <t>PC0706</t>
   </si>
   <si>
     <t>PC0709</t>
   </si>
   <si>
-    <t>PC0802</t>
-[...1 lines deleted...]
-  <si>
     <t>Monarch - Humboldt</t>
   </si>
   <si>
     <t>PC0803</t>
   </si>
   <si>
     <t>PC0809</t>
   </si>
   <si>
-    <t>PC1002</t>
-[...1 lines deleted...]
-  <si>
     <t>GCC - Rapid City</t>
   </si>
   <si>
     <t>PC1003</t>
   </si>
   <si>
     <t>PC1008</t>
   </si>
   <si>
     <t>PC1009</t>
   </si>
   <si>
-    <t>PC1401</t>
-[...1 lines deleted...]
-  <si>
     <t>Buzzi - Pryor</t>
   </si>
   <si>
     <t>PC1409</t>
   </si>
   <si>
-    <t>PC1502</t>
-[...1 lines deleted...]
-  <si>
     <t>Buzzi - Cape Girardeau</t>
   </si>
   <si>
     <t>PC1509</t>
   </si>
   <si>
     <t>PC1702</t>
   </si>
   <si>
     <t>St Marys - Ontario</t>
   </si>
   <si>
     <t>II</t>
   </si>
   <si>
     <t>PC1809</t>
   </si>
   <si>
-    <t>Holcim- Alpena</t>
-[...4 lines deleted...]
-  <si>
     <t>PC2008</t>
   </si>
   <si>
     <t>PC2806</t>
   </si>
   <si>
-    <t xml:space="preserve">Central Plains - EaglePave </t>
-[...4 lines deleted...]
-  <si>
     <t>GCC - Pueblo</t>
   </si>
   <si>
     <t>PC2909</t>
   </si>
   <si>
-    <t>PC3002</t>
-[...1 lines deleted...]
-  <si>
     <t>Buzzi - Festus</t>
   </si>
   <si>
     <t>PC3009</t>
   </si>
   <si>
-    <t>Holcim - ST. Gen</t>
-[...1 lines deleted...]
-  <si>
     <t>PC3206</t>
   </si>
   <si>
     <t>PC3209</t>
   </si>
   <si>
     <t>PC3302</t>
   </si>
   <si>
-    <t>Illinois</t>
-[...4 lines deleted...]
-  <si>
     <t>St Marys - Charlevoix</t>
   </si>
   <si>
     <t>PC3602</t>
   </si>
   <si>
     <t>GCC - Samalayuca</t>
   </si>
   <si>
     <t>PC3603</t>
   </si>
   <si>
     <t>Fine Aggregate Source Information</t>
   </si>
   <si>
     <t>A03502</t>
   </si>
   <si>
     <t>HARPERS FERRY</t>
   </si>
   <si>
     <t>A03520</t>
   </si>
   <si>
     <t>IVERSON 2</t>
@@ -3822,56 +3782,50 @@
   <si>
     <t>A07518</t>
   </si>
   <si>
     <t>JANESVILLE</t>
   </si>
   <si>
     <t>A09510</t>
   </si>
   <si>
     <t>PLAINFIELD/ADAMS</t>
   </si>
   <si>
     <t>A09512</t>
   </si>
   <si>
     <t>BOEVERS</t>
   </si>
   <si>
     <t>A10516</t>
   </si>
   <si>
     <t>MILLER</t>
   </si>
   <si>
-    <t>A10518</t>
-[...4 lines deleted...]
-  <si>
     <t>A10520</t>
   </si>
   <si>
     <t>BROOKS</t>
   </si>
   <si>
     <t>A10522</t>
   </si>
   <si>
     <t>NIEMANN-DECKER</t>
   </si>
   <si>
     <t>A10524</t>
   </si>
   <si>
     <t>CRAWFORD</t>
   </si>
   <si>
     <t>A12502</t>
   </si>
   <si>
     <t>CLARKSVILLE</t>
   </si>
   <si>
     <t>A12518</t>
@@ -4098,59 +4052,50 @@
   <si>
     <t>A25518</t>
   </si>
   <si>
     <t>RACCOON RIVER SAND</t>
   </si>
   <si>
     <t>A25520</t>
   </si>
   <si>
     <t>LEGACY MATERIALS</t>
   </si>
   <si>
     <t>A25522</t>
   </si>
   <si>
     <t>BOONEVILLE WEST</t>
   </si>
   <si>
     <t>A26502</t>
   </si>
   <si>
     <t>ELDON-FRANKLIN</t>
   </si>
   <si>
-    <t>A28504</t>
-[...7 lines deleted...]
-  <si>
     <t>LOGAN</t>
   </si>
   <si>
     <t>A28520</t>
   </si>
   <si>
     <t>MANCHESTER</t>
   </si>
   <si>
     <t>A28526</t>
   </si>
   <si>
     <t>HAWK</t>
   </si>
   <si>
     <t>A28528</t>
   </si>
   <si>
     <t>CAR 6</t>
   </si>
   <si>
     <t>A29502</t>
   </si>
   <si>
     <t>SPRING GROVE</t>
@@ -4389,56 +4334,50 @@
   <si>
     <t>A45518</t>
   </si>
   <si>
     <t>ELMA</t>
   </si>
   <si>
     <t>A45520</t>
   </si>
   <si>
     <t>HOOVER</t>
   </si>
   <si>
     <t>A46516</t>
   </si>
   <si>
     <t>ERICKSON</t>
   </si>
   <si>
     <t>A46518</t>
   </si>
   <si>
     <t>PEDERSEN</t>
   </si>
   <si>
-    <t>A48506</t>
-[...4 lines deleted...]
-  <si>
     <t>A48508</t>
   </si>
   <si>
     <t>DISTERHOFT</t>
   </si>
   <si>
     <t>A49506</t>
   </si>
   <si>
     <t>BELLEVUE</t>
   </si>
   <si>
     <t>A49516</t>
   </si>
   <si>
     <t>TURNER</t>
   </si>
   <si>
     <t>A49526</t>
   </si>
   <si>
     <t>BELLEVUE FARM</t>
   </si>
   <si>
     <t>A49530</t>
@@ -4668,53 +4607,50 @@
   <si>
     <t>A72538</t>
   </si>
   <si>
     <t>MONEY PIT #1</t>
   </si>
   <si>
     <t>A73508</t>
   </si>
   <si>
     <t>SHENANDOAH-CONNELL II</t>
   </si>
   <si>
     <t>A74502</t>
   </si>
   <si>
     <t>EMMETSBURG S&amp;G</t>
   </si>
   <si>
     <t>A75502</t>
   </si>
   <si>
     <t>AKRON</t>
   </si>
   <si>
-    <t>A75503</t>
-[...1 lines deleted...]
-  <si>
     <t>A75524</t>
   </si>
   <si>
     <t>G DIRKSEN #2</t>
   </si>
   <si>
     <t>A75526</t>
   </si>
   <si>
     <t>FRITZ DIRKSEN</t>
   </si>
   <si>
     <t>A76514</t>
   </si>
   <si>
     <t>A76518</t>
   </si>
   <si>
     <t>BANWART</t>
   </si>
   <si>
     <t>A77504</t>
   </si>
   <si>
     <t>DENNY-JOHNSTON</t>
@@ -4803,53 +4739,50 @@
   <si>
     <t>DAIKER</t>
   </si>
   <si>
     <t>A81542</t>
   </si>
   <si>
     <t>WALL LAKE BOYER</t>
   </si>
   <si>
     <t>A81544</t>
   </si>
   <si>
     <t>ULMER-MEISTER</t>
   </si>
   <si>
     <t>A81546</t>
   </si>
   <si>
     <t>MEISTER</t>
   </si>
   <si>
     <t>A81550</t>
   </si>
   <si>
-    <t>HOSTEG-HAGGE</t>
-[...1 lines deleted...]
-  <si>
     <t>A83506</t>
   </si>
   <si>
     <t>HARLAN-REINIG</t>
   </si>
   <si>
     <t>A84502</t>
   </si>
   <si>
     <t>VANZEE</t>
   </si>
   <si>
     <t>A84506</t>
   </si>
   <si>
     <t>HUDSON-OSTERCAMP</t>
   </si>
   <si>
     <t>A84510</t>
   </si>
   <si>
     <t>HAWARDEN-NORTH</t>
   </si>
   <si>
     <t>A84528</t>
@@ -5142,95 +5075,80 @@
   <si>
     <t>AMO516</t>
   </si>
   <si>
     <t>MOUNT MORIAH</t>
   </si>
   <si>
     <t>AMO520</t>
   </si>
   <si>
     <t>STANBERRY</t>
   </si>
   <si>
     <t>AMO524</t>
   </si>
   <si>
     <t>CS61 LAGRANGE S&amp;G</t>
   </si>
   <si>
     <t>ANE504</t>
   </si>
   <si>
     <t>WATERLOO #40</t>
   </si>
   <si>
-    <t>ANE538</t>
-[...7 lines deleted...]
-  <si>
     <t>ANE544</t>
   </si>
   <si>
     <t>VALLEY</t>
   </si>
   <si>
     <t>ANE548</t>
   </si>
   <si>
     <t>WEST CENTER SAND</t>
   </si>
   <si>
     <t>ANE552</t>
   </si>
   <si>
     <t>ANE560</t>
   </si>
   <si>
     <t>ANE564</t>
   </si>
   <si>
     <t>NORTH VALLEY SAND</t>
   </si>
   <si>
     <t>ANE566</t>
   </si>
   <si>
     <t>PLANT #52</t>
   </si>
   <si>
-    <t>ASD508</t>
-[...4 lines deleted...]
-  <si>
     <t>ASD522</t>
   </si>
   <si>
     <t>BROOKINGS</t>
   </si>
   <si>
     <t>ASD526</t>
   </si>
   <si>
     <t>CORSON</t>
   </si>
   <si>
     <t>ASD528</t>
   </si>
   <si>
     <t>EAST SIOUX</t>
   </si>
   <si>
     <t>AWI502</t>
   </si>
   <si>
     <t>PRAIRIE DU CHIEN</t>
   </si>
   <si>
     <t>AWI504</t>
@@ -5550,86 +5468,80 @@
   <si>
     <t>A22084</t>
   </si>
   <si>
     <t>A22090</t>
   </si>
   <si>
     <t>FRENCHTOWN</t>
   </si>
   <si>
     <t>A23002</t>
   </si>
   <si>
     <t>ELWOOD-YEAGER</t>
   </si>
   <si>
     <t>A23004</t>
   </si>
   <si>
     <t>BEHR</t>
   </si>
   <si>
     <t>A23006</t>
   </si>
   <si>
-    <t>A23504</t>
-[...1 lines deleted...]
-  <si>
     <t>LEAGACY MATERIALS</t>
   </si>
   <si>
     <t>A26004</t>
   </si>
   <si>
     <t>LEWIS</t>
   </si>
   <si>
     <t>A26006</t>
   </si>
   <si>
     <t>BROWN</t>
   </si>
   <si>
     <t>A28008</t>
   </si>
   <si>
     <t>EDGEWOOD WEST</t>
   </si>
   <si>
     <t>A28010</t>
   </si>
   <si>
     <t>TIBBOTT</t>
   </si>
   <si>
     <t>A28012</t>
   </si>
   <si>
-    <t>BAUL</t>
-[...1 lines deleted...]
-  <si>
     <t>A28014</t>
   </si>
   <si>
     <t>A28016</t>
   </si>
   <si>
     <t>WHITE</t>
   </si>
   <si>
     <t>A28038</t>
   </si>
   <si>
     <t>EDGEWOOD EAST</t>
   </si>
   <si>
     <t>A28040</t>
   </si>
   <si>
     <t>KRAPFL</t>
   </si>
   <si>
     <t>A28044</t>
   </si>
   <si>
     <t>DUNDEE</t>
@@ -5676,53 +5588,50 @@
   <si>
     <t>MELOY</t>
   </si>
   <si>
     <t>A31020</t>
   </si>
   <si>
     <t>SCHLITCHE</t>
   </si>
   <si>
     <t>A31026</t>
   </si>
   <si>
     <t>ARNSDORF</t>
   </si>
   <si>
     <t>A31028</t>
   </si>
   <si>
     <t>THOLE</t>
   </si>
   <si>
     <t>A31032</t>
   </si>
   <si>
-    <t>CASCADE-REITER</t>
-[...1 lines deleted...]
-  <si>
     <t>A31046</t>
   </si>
   <si>
     <t>DECKER</t>
   </si>
   <si>
     <t>A31048</t>
   </si>
   <si>
     <t>MCDERMOTT</t>
   </si>
   <si>
     <t>A31050</t>
   </si>
   <si>
     <t>PLOESSEL-DYERSVILLE</t>
   </si>
   <si>
     <t>A31052</t>
   </si>
   <si>
     <t>EPWORTH-KIDDER</t>
   </si>
   <si>
     <t>A31056</t>
@@ -5880,92 +5789,83 @@
   <si>
     <t>PRESTON R/M</t>
   </si>
   <si>
     <t>A49024</t>
   </si>
   <si>
     <t>MAQUOKETA EAST</t>
   </si>
   <si>
     <t>A49060</t>
   </si>
   <si>
     <t>ST DONATUS</t>
   </si>
   <si>
     <t>A49064</t>
   </si>
   <si>
     <t>VEACH</t>
   </si>
   <si>
     <t>A49068</t>
   </si>
   <si>
-    <t>A49524</t>
-[...4 lines deleted...]
-  <si>
     <t>A50002</t>
   </si>
   <si>
     <t>SULLY MINE</t>
   </si>
   <si>
     <t>A51006</t>
   </si>
   <si>
     <t>A52004</t>
   </si>
   <si>
     <t>CONKLIN</t>
   </si>
   <si>
     <t>A52006</t>
   </si>
   <si>
     <t>KLEIN</t>
   </si>
   <si>
     <t>A52008</t>
   </si>
   <si>
     <t>ERNST</t>
   </si>
   <si>
     <t>A53002</t>
   </si>
   <si>
     <t>FARMERS-BEHRENDS</t>
   </si>
   <si>
-    <t>A53006</t>
-[...1 lines deleted...]
-  <si>
     <t>A53010</t>
   </si>
   <si>
     <t>BALLOU-OLIN</t>
   </si>
   <si>
     <t>A53016</t>
   </si>
   <si>
     <t>STONE CITY</t>
   </si>
   <si>
     <t>A53018</t>
   </si>
   <si>
     <t>FINN</t>
   </si>
   <si>
     <t>A53024</t>
   </si>
   <si>
     <t>SULLIVAN</t>
   </si>
   <si>
     <t>A53026</t>
@@ -6249,53 +6149,50 @@
   <si>
     <t>TURNBAUGH</t>
   </si>
   <si>
     <t>AIL046</t>
   </si>
   <si>
     <t>BLUFF CITY MATERIALS</t>
   </si>
   <si>
     <t>CORDOVA INLAND</t>
   </si>
   <si>
     <t>AMN004</t>
   </si>
   <si>
     <t>AMN006</t>
   </si>
   <si>
     <t>OTTERNESS</t>
   </si>
   <si>
     <t>AMN008</t>
   </si>
   <si>
-    <t>QUARTZITE</t>
-[...1 lines deleted...]
-  <si>
     <t>AMN010</t>
   </si>
   <si>
     <t>ST CLOUD-GRANITE</t>
   </si>
   <si>
     <t>AMN024</t>
   </si>
   <si>
     <t>YELLOW MEDICINE</t>
   </si>
   <si>
     <t>AMN026</t>
   </si>
   <si>
     <t>BIG STONE</t>
   </si>
   <si>
     <t>AMN030</t>
   </si>
   <si>
     <t>GENGLER</t>
   </si>
   <si>
     <t>AMN032</t>
@@ -6312,53 +6209,50 @@
   <si>
     <t>AMN042</t>
   </si>
   <si>
     <t>AMN044</t>
   </si>
   <si>
     <t>BIESANZ</t>
   </si>
   <si>
     <t>AMN046</t>
   </si>
   <si>
     <t>43 QUARRY</t>
   </si>
   <si>
     <t>AMN052</t>
   </si>
   <si>
     <t>ABNET</t>
   </si>
   <si>
     <t>AMN054</t>
   </si>
   <si>
-    <t>HARDROCK</t>
-[...1 lines deleted...]
-  <si>
     <t>AMN522</t>
   </si>
   <si>
     <t>PRAIRIE ISLAND #3</t>
   </si>
   <si>
     <t>AMN544</t>
   </si>
   <si>
     <t>LAKEVILLE</t>
   </si>
   <si>
     <t>AMN570</t>
   </si>
   <si>
     <t>WINONA AGGREGATE</t>
   </si>
   <si>
     <t>AMO002</t>
   </si>
   <si>
     <t>KAHOKA</t>
   </si>
   <si>
     <t>AMO022</t>
@@ -6420,167 +6314,143 @@
   <si>
     <t>KINGS BLUFF</t>
   </si>
   <si>
     <t>AWI030</t>
   </si>
   <si>
     <t>HAVERLAND</t>
   </si>
   <si>
     <t>AWI038</t>
   </si>
   <si>
     <t>AWI044</t>
   </si>
   <si>
     <t>SLAMA</t>
   </si>
   <si>
     <t>AWI046</t>
   </si>
   <si>
     <t>HAHN</t>
   </si>
   <si>
-    <t>V 3.0</t>
-[...1 lines deleted...]
-  <si>
     <t>A03002-WEXFORD</t>
   </si>
   <si>
     <t>A03014</t>
   </si>
   <si>
     <t>HAMMEL-BOONIES</t>
   </si>
   <si>
     <t>3iB</t>
   </si>
   <si>
     <t>MEDIAPOLIS</t>
   </si>
   <si>
     <t>LACOSTE</t>
   </si>
   <si>
-    <t>GREEN COUNTY MATERIALS</t>
-[...1 lines deleted...]
-  <si>
     <t>FAIRFIELD</t>
   </si>
   <si>
     <t>KNOXVILLE QUARRY</t>
   </si>
   <si>
     <t>POOL HILL</t>
   </si>
   <si>
     <t>SCOTT</t>
   </si>
   <si>
     <t>ASD008</t>
   </si>
   <si>
     <t>SPENCER</t>
   </si>
   <si>
     <t>ATHENS</t>
   </si>
   <si>
     <t>VOGT</t>
   </si>
   <si>
-    <t>A06502</t>
-[...4 lines deleted...]
-  <si>
     <t>A06504</t>
   </si>
   <si>
     <t>COOTS SAND/VINTON</t>
   </si>
   <si>
-    <t>A06506</t>
-[...4 lines deleted...]
-  <si>
     <t>A07520</t>
   </si>
   <si>
     <t>BENTON'S LAKE</t>
   </si>
   <si>
     <t>A17522</t>
   </si>
   <si>
     <t>GRAF PIT</t>
   </si>
   <si>
     <t>A28530</t>
   </si>
   <si>
     <t>SUMMERS PIT</t>
   </si>
   <si>
     <t>A31512</t>
   </si>
   <si>
     <t>BURKLE</t>
   </si>
   <si>
     <t>A35520</t>
   </si>
   <si>
     <t>BRANDT</t>
   </si>
   <si>
     <t>A37514</t>
   </si>
   <si>
     <t>A45522</t>
   </si>
   <si>
     <t>LE ROY</t>
   </si>
   <si>
     <t>A49538</t>
   </si>
   <si>
     <t>MAQUOKETA SAND</t>
   </si>
   <si>
-    <t>A53514</t>
-[...4 lines deleted...]
-  <si>
     <t>A53526</t>
   </si>
   <si>
     <t>STEPHENS</t>
   </si>
   <si>
     <t>A63502</t>
   </si>
   <si>
     <t>BEAN PROPERTY</t>
   </si>
   <si>
     <t>A70504</t>
   </si>
   <si>
     <t>ATALISSA-MCKILLIP</t>
   </si>
   <si>
     <t>ENGEL</t>
   </si>
   <si>
     <t>A77540</t>
   </si>
   <si>
     <t>P-HILL EAST</t>
@@ -6591,77 +6461,68 @@
   <si>
     <t>A96526</t>
   </si>
   <si>
     <t>A98524</t>
   </si>
   <si>
     <t>AKS504</t>
   </si>
   <si>
     <t>FRISBIE-PLANT #3</t>
   </si>
   <si>
     <t>AKS506</t>
   </si>
   <si>
     <t>OAKLAND SAND PIT</t>
   </si>
   <si>
     <t>AKS508</t>
   </si>
   <si>
     <t>SILVER LAKE SAND PIT</t>
   </si>
   <si>
-    <t>WATERLOO SAND-DOUGLAS CO</t>
-[...1 lines deleted...]
-  <si>
     <t>IL</t>
   </si>
   <si>
     <t>PC0109</t>
   </si>
   <si>
     <t>IT(S25)(L9)</t>
   </si>
   <si>
     <t>IT(S30)(P10)</t>
   </si>
   <si>
     <t>PC1309</t>
   </si>
   <si>
-    <t>Holcim- Joppa</t>
-[...1 lines deleted...]
-  <si>
     <t>PC1909</t>
   </si>
   <si>
-    <t>Holcim- Ada</t>
-[...1 lines deleted...]
-  <si>
     <t>PC2816</t>
   </si>
   <si>
     <t>PC3216</t>
   </si>
   <si>
     <t>PC3702</t>
   </si>
   <si>
     <t>Ozinga-Song Lam JSC</t>
   </si>
   <si>
     <t>PC3802</t>
   </si>
   <si>
     <t>Ozinga-Long Son Cement</t>
   </si>
   <si>
     <t>PC3807</t>
   </si>
   <si>
     <t>Ozinga-CarbonSense</t>
   </si>
   <si>
     <t>PC3909</t>
@@ -6724,50 +6585,278 @@
     <t>Mapeplast KB 1200</t>
   </si>
   <si>
     <t>Mapeplast Paver Plus</t>
   </si>
   <si>
     <t>MasterEase 5000</t>
   </si>
   <si>
     <t>MasterGlenium 7500</t>
   </si>
   <si>
     <t>Plastol 6425</t>
   </si>
   <si>
     <t>Sika Plastocrete 10N</t>
   </si>
   <si>
     <t>Sika Plastocrete 161</t>
   </si>
   <si>
     <t>Sika Plastocrete-250</t>
   </si>
   <si>
     <t>Sika ViscoCrete 1100</t>
+  </si>
+  <si>
+    <t>V 4.0</t>
+  </si>
+  <si>
+    <t>A07022</t>
+  </si>
+  <si>
+    <t>MESSERLY</t>
+  </si>
+  <si>
+    <t>A09008</t>
+  </si>
+  <si>
+    <t>DENVER #2</t>
+  </si>
+  <si>
+    <t>A21528</t>
+  </si>
+  <si>
+    <t>GOEKEN</t>
+  </si>
+  <si>
+    <t>A22046</t>
+  </si>
+  <si>
+    <t>JOY SPRINGS-BURRACK</t>
+  </si>
+  <si>
+    <t>BAHL</t>
+  </si>
+  <si>
+    <t>A30514</t>
+  </si>
+  <si>
+    <t>MILFORD/LEITH</t>
+  </si>
+  <si>
+    <t>REITER</t>
+  </si>
+  <si>
+    <t>A47504</t>
+  </si>
+  <si>
+    <t>CROCKER</t>
+  </si>
+  <si>
+    <t>A75518</t>
+  </si>
+  <si>
+    <t>HINTON</t>
+  </si>
+  <si>
+    <t>NEW ULM QTZ</t>
+  </si>
+  <si>
+    <t>HOOGLAND</t>
+  </si>
+  <si>
+    <t>AMN055</t>
+  </si>
+  <si>
+    <t>ELG</t>
+  </si>
+  <si>
+    <t>PRAIRIE ISLAND</t>
+  </si>
+  <si>
+    <t>ROSEMONT</t>
+  </si>
+  <si>
+    <t>AMN564</t>
+  </si>
+  <si>
+    <t>HASTINGS</t>
+  </si>
+  <si>
+    <t>PLANT #45</t>
+  </si>
+  <si>
+    <t>ASD502</t>
+  </si>
+  <si>
+    <t>BOYER</t>
+  </si>
+  <si>
+    <t>AWI532</t>
+  </si>
+  <si>
+    <t>WOLF</t>
+  </si>
+  <si>
+    <t>A03506</t>
+  </si>
+  <si>
+    <t>A12516</t>
+  </si>
+  <si>
+    <t>A21540</t>
+  </si>
+  <si>
+    <t>DELOSS</t>
+  </si>
+  <si>
+    <t>A23518</t>
+  </si>
+  <si>
+    <t>HERKSEN</t>
+  </si>
+  <si>
+    <t>A46522</t>
+  </si>
+  <si>
+    <t>VOTE</t>
+  </si>
+  <si>
+    <t>HOSTENG-HAGGE</t>
+  </si>
+  <si>
+    <t>A81552</t>
+  </si>
+  <si>
+    <t>BEDROCK-WL</t>
+  </si>
+  <si>
+    <t>A85512</t>
+  </si>
+  <si>
+    <t>INROADS AMES SAND</t>
+  </si>
+  <si>
+    <t>AIL502</t>
+  </si>
+  <si>
+    <t>ALBANY(MC@511)-ROCK ISLAND</t>
+  </si>
+  <si>
+    <t>AKS510</t>
+  </si>
+  <si>
+    <t>DESOTO SAND</t>
+  </si>
+  <si>
+    <t>WOLF-DOUSMAN</t>
+  </si>
+  <si>
+    <t>PC0028</t>
+  </si>
+  <si>
+    <t>IP(35)</t>
+  </si>
+  <si>
+    <t>Quikrete - Hannibal</t>
+  </si>
+  <si>
+    <t>IT(S20)(L10)</t>
+  </si>
+  <si>
+    <t>Heidelberg - Mason City</t>
+  </si>
+  <si>
+    <t>Quikrete - Buffalo</t>
+  </si>
+  <si>
+    <t>Amrize - Grand Chain</t>
+  </si>
+  <si>
+    <t>Amrize- Alpena</t>
+  </si>
+  <si>
+    <t>Amrize- Ada</t>
+  </si>
+  <si>
+    <t>Amrize - Florence</t>
+  </si>
+  <si>
+    <t>PC2009</t>
+  </si>
+  <si>
+    <t>Amrize - ST. Gen</t>
+  </si>
+  <si>
+    <t>Illinois - LaSalle</t>
+  </si>
+  <si>
+    <t>PC3409</t>
+  </si>
+  <si>
+    <t>PC4009</t>
+  </si>
+  <si>
+    <t>Amrize - Exshaw</t>
+  </si>
+  <si>
+    <t>PC4109</t>
+  </si>
+  <si>
+    <t>Heidelberg - Mitchell</t>
+  </si>
+  <si>
+    <t>PC4209</t>
+  </si>
+  <si>
+    <t>Heidelberg - Logansport</t>
+  </si>
+  <si>
+    <t>FA003F3</t>
+  </si>
+  <si>
+    <t>Whelan Hastings Generation Plant</t>
+  </si>
+  <si>
+    <t>DNF 842</t>
+  </si>
+  <si>
+    <t>DSA 112</t>
+  </si>
+  <si>
+    <t>CHRYSO Inc.</t>
+  </si>
+  <si>
+    <t>Dynamon Easy 75</t>
+  </si>
+  <si>
+    <t>Mapeplast 440 NS</t>
+  </si>
+  <si>
+    <t>C-SUDHW</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="10">
     <numFmt numFmtId="43" formatCode="_(* #,##0.00_);_(* \(#,##0.00\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="164" formatCode="mm/dd/yy_)"/>
     <numFmt numFmtId="165" formatCode="0.00_)"/>
     <numFmt numFmtId="166" formatCode="0_)"/>
     <numFmt numFmtId="167" formatCode="0.000_)"/>
     <numFmt numFmtId="168" formatCode="_(* #,##0.000_);_(* \(#,##0.000\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="169" formatCode="_(* #,##0_);_(* \(#,##0\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="170" formatCode="_(* #,##0.0000_);_(* \(#,##0.0000\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="171" formatCode="_(* #,##0.0_);_(* \(#,##0.0\);_(* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="172" formatCode="0.000"/>
   </numFmts>
   <fonts count="51">
     <font>
       <sz val="12"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="10"/>
@@ -7822,51 +7911,51 @@
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left style="thin">
         <color rgb="FFCCCCCC"/>
       </left>
       <right style="thin">
         <color rgb="FFCCCCCC"/>
       </right>
       <top style="thin">
         <color rgb="FFCCCCCC"/>
       </top>
       <bottom style="thin">
         <color rgb="FFCCCCCC"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="4">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="43" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="15" fillId="0" borderId="0"/>
     <xf numFmtId="166" fontId="34" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="369">
+  <cellXfs count="370">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="centerContinuous"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="2" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="centerContinuous"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="centerContinuous"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="164" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="4" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="5" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="6" xfId="0" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
@@ -8544,50 +8633,51 @@
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="165" fontId="48" fillId="9" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="49" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="47" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="10" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="0" fontId="50" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="165" fontId="0" fillId="10" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1"/>
     <xf numFmtId="0" fontId="16" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="2" fontId="16" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="165" fontId="50" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="48" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="172" fontId="39" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="39" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
+    <xf numFmtId="0" fontId="38" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="39" fillId="0" borderId="1" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="39" fillId="0" borderId="15" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="53" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="54" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="55" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="3" xfId="0" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
     <xf numFmtId="14" fontId="3" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1" applyProtection="1">
       <alignment horizontal="left"/>
       <protection locked="0"/>
     </xf>
@@ -14498,171 +14588,171 @@
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing4.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing6.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings6.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing7.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings7.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <sheetPr transitionEvaluation="1"/>
-  <dimension ref="A1:R57"/>
+  <dimension ref="A1:R59"/>
   <sheetViews>
     <sheetView tabSelected="1" defaultGridColor="0" view="pageBreakPreview" colorId="22" zoomScale="60" zoomScaleNormal="50" workbookViewId="0">
       <selection activeCell="B2" sqref="B2:C2"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.81640625" defaultRowHeight="15"/>
+  <sheetFormatPr defaultColWidth="9.77734375" defaultRowHeight="15"/>
   <cols>
-    <col min="1" max="1" width="10.81640625" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="9" max="9" width="11.81640625" customWidth="1"/>
+    <col min="1" max="1" width="10.77734375" customWidth="1"/>
+    <col min="4" max="5" width="10.77734375" customWidth="1"/>
+    <col min="6" max="6" width="11.21875" customWidth="1"/>
+    <col min="7" max="7" width="12.77734375" customWidth="1"/>
+    <col min="8" max="8" width="8.21875" customWidth="1"/>
+    <col min="9" max="9" width="11.77734375" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:18" ht="15.6">
+    <row r="1" spans="1:18" ht="15.75">
       <c r="D1" s="143" t="s">
         <v>96</v>
       </c>
       <c r="E1" s="2"/>
       <c r="F1" s="2"/>
       <c r="G1" s="2"/>
       <c r="H1" s="2"/>
       <c r="I1" s="33"/>
       <c r="J1" s="3"/>
       <c r="K1" s="3"/>
       <c r="L1" s="3"/>
       <c r="M1" s="3"/>
       <c r="N1" s="3"/>
       <c r="O1" s="250">
-        <v>45658</v>
-[...2 lines deleted...]
-    <row r="2" spans="1:18" ht="17.399999999999999">
+        <v>46023</v>
+      </c>
+    </row>
+    <row r="2" spans="1:18" ht="18">
       <c r="A2" s="4" t="s">
         <v>0</v>
       </c>
-      <c r="B2" s="335"/>
-      <c r="C2" s="335"/>
+      <c r="B2" s="336"/>
+      <c r="C2" s="336"/>
       <c r="D2" s="3"/>
       <c r="F2" s="4" t="s">
         <v>2</v>
       </c>
-      <c r="G2" s="337"/>
-[...1 lines deleted...]
-      <c r="I2" s="337"/>
+      <c r="G2" s="338"/>
+      <c r="H2" s="338"/>
+      <c r="I2" s="338"/>
       <c r="J2" s="3"/>
       <c r="K2" s="3"/>
       <c r="L2" s="3"/>
       <c r="M2" s="3"/>
       <c r="N2" s="3"/>
       <c r="O2" s="256" t="s">
-        <v>1561</v>
-[...2 lines deleted...]
-    <row r="3" spans="1:18" ht="17.399999999999999">
+        <v>1611</v>
+      </c>
+    </row>
+    <row r="3" spans="1:18" ht="18">
       <c r="A3" s="4" t="s">
         <v>1</v>
       </c>
-      <c r="B3" s="336"/>
-      <c r="C3" s="336"/>
+      <c r="B3" s="337"/>
+      <c r="C3" s="337"/>
       <c r="D3" s="3"/>
       <c r="F3" s="4" t="s">
         <v>5</v>
       </c>
-      <c r="G3" s="337"/>
-[...1 lines deleted...]
-      <c r="I3" s="337"/>
+      <c r="G3" s="338"/>
+      <c r="H3" s="338"/>
+      <c r="I3" s="338"/>
       <c r="J3" s="3"/>
       <c r="K3" s="4" t="s">
         <v>3</v>
       </c>
-      <c r="L3" s="329"/>
-      <c r="M3" s="329"/>
+      <c r="L3" s="330"/>
+      <c r="M3" s="330"/>
       <c r="N3" s="3"/>
     </row>
-    <row r="4" spans="1:18" ht="17.399999999999999">
+    <row r="4" spans="1:18" ht="18">
       <c r="A4" s="4" t="s">
         <v>4</v>
       </c>
-      <c r="B4" s="336"/>
-      <c r="C4" s="336"/>
+      <c r="B4" s="337"/>
+      <c r="C4" s="337"/>
       <c r="F4" s="4" t="s">
         <v>174</v>
       </c>
-      <c r="G4" s="337"/>
-[...1 lines deleted...]
-      <c r="I4" s="337"/>
+      <c r="G4" s="338"/>
+      <c r="H4" s="338"/>
+      <c r="I4" s="338"/>
       <c r="K4" s="4" t="s">
         <v>6</v>
       </c>
-      <c r="L4" s="330"/>
-      <c r="M4" s="330"/>
+      <c r="L4" s="331"/>
+      <c r="M4" s="331"/>
       <c r="N4" s="5" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="5" spans="1:18" ht="15.6">
+    <row r="5" spans="1:18" ht="15.75">
       <c r="F5" s="4" t="s">
         <v>175</v>
       </c>
-      <c r="G5" s="338"/>
-[...1 lines deleted...]
-      <c r="I5" s="338"/>
+      <c r="G5" s="339"/>
+      <c r="H5" s="339"/>
+      <c r="I5" s="339"/>
       <c r="K5" s="4" t="s">
         <v>176</v>
       </c>
-      <c r="L5" s="331" t="str">
+      <c r="L5" s="332" t="str">
         <f>IF(L4="","", (L4+90))</f>
         <v/>
       </c>
-      <c r="M5" s="331"/>
+      <c r="M5" s="332"/>
       <c r="Q5" s="261" t="s">
         <v>128</v>
       </c>
       <c r="R5" s="262">
         <v>0.53200000000000003</v>
       </c>
     </row>
-    <row r="6" spans="1:18" ht="15.6" thickBot="1">
+    <row r="6" spans="1:18" ht="15.75" thickBot="1">
       <c r="Q6" s="261"/>
       <c r="R6" s="262"/>
     </row>
     <row r="7" spans="1:18">
       <c r="A7" s="6" t="s">
         <v>8</v>
       </c>
       <c r="B7" s="7" t="s">
         <v>9</v>
       </c>
       <c r="C7" s="7" t="s">
         <v>10</v>
       </c>
       <c r="D7" s="7" t="s">
         <v>91</v>
       </c>
       <c r="E7" s="7" t="s">
         <v>89</v>
       </c>
       <c r="F7" s="7" t="s">
         <v>87</v>
       </c>
       <c r="G7" s="7" t="s">
         <v>11</v>
       </c>
@@ -14698,82 +14788,82 @@
       <c r="F8" s="10" t="s">
         <v>16</v>
       </c>
       <c r="G8" s="10" t="s">
         <v>14</v>
       </c>
       <c r="H8" s="10" t="s">
         <v>17</v>
       </c>
       <c r="I8" s="10" t="s">
         <v>18</v>
       </c>
       <c r="J8" s="11" t="s">
         <v>12</v>
       </c>
       <c r="K8" s="11" t="s">
         <v>19</v>
       </c>
       <c r="Q8" s="261" t="s">
         <v>130</v>
       </c>
       <c r="R8" s="262">
         <v>0.53200000000000003</v>
       </c>
     </row>
-    <row r="9" spans="1:18" ht="15.6" thickBot="1">
+    <row r="9" spans="1:18" ht="15.75" thickBot="1">
       <c r="A9" s="12"/>
       <c r="B9" s="13" t="s">
         <v>20</v>
       </c>
       <c r="C9" s="13"/>
       <c r="D9" s="13" t="s">
         <v>21</v>
       </c>
       <c r="E9" s="13" t="s">
         <v>21</v>
       </c>
       <c r="F9" s="13" t="s">
         <v>22</v>
       </c>
       <c r="G9" s="13" t="s">
         <v>23</v>
       </c>
       <c r="H9" s="13"/>
       <c r="I9" s="13"/>
       <c r="J9" s="14"/>
       <c r="K9" s="14" t="s">
         <v>24</v>
       </c>
       <c r="Q9" s="261" t="s">
         <v>131</v>
       </c>
       <c r="R9" s="262">
         <v>0.53200000000000003</v>
       </c>
     </row>
-    <row r="10" spans="1:18" ht="15.6">
+    <row r="10" spans="1:18">
       <c r="A10" s="15"/>
       <c r="B10" s="16" t="s">
         <v>25</v>
       </c>
       <c r="C10" s="16"/>
       <c r="D10" s="16" t="s">
         <v>25</v>
       </c>
       <c r="E10" s="16" t="s">
         <v>25</v>
       </c>
       <c r="F10" s="17"/>
       <c r="G10" s="16" t="s">
         <v>25</v>
       </c>
       <c r="H10" s="16" t="s">
         <v>25</v>
       </c>
       <c r="I10" s="16" t="s">
         <v>25</v>
       </c>
       <c r="J10" s="18"/>
       <c r="K10" s="19" t="s">
         <v>25</v>
       </c>
@@ -15167,70 +15257,70 @@
         <v>15</v>
       </c>
       <c r="B25" s="21"/>
       <c r="C25" s="21"/>
       <c r="D25" s="22"/>
       <c r="E25" s="22"/>
       <c r="F25" s="23" t="str">
         <f t="shared" si="1"/>
         <v/>
       </c>
       <c r="G25" s="164"/>
       <c r="H25" s="21"/>
       <c r="I25" s="21"/>
       <c r="J25" s="24">
         <f t="shared" si="0"/>
         <v>0</v>
       </c>
       <c r="K25" s="25"/>
       <c r="Q25" s="261" t="s">
         <v>147</v>
       </c>
       <c r="R25" s="262">
         <v>0.45</v>
       </c>
     </row>
-    <row r="26" spans="1:18" ht="15.6" thickBot="1">
+    <row r="26" spans="1:18" ht="15.75" thickBot="1">
       <c r="A26" s="26"/>
       <c r="B26" s="27"/>
       <c r="C26" s="27"/>
       <c r="D26" s="27"/>
       <c r="E26" s="27"/>
       <c r="F26" s="27"/>
       <c r="G26" s="27"/>
       <c r="H26" s="27"/>
       <c r="I26" s="27"/>
       <c r="J26" s="28"/>
       <c r="K26" s="28"/>
       <c r="Q26" s="261" t="s">
         <v>148</v>
       </c>
       <c r="R26" s="262">
         <v>0.48799999999999999</v>
       </c>
     </row>
-    <row r="27" spans="1:18" ht="15.6">
+    <row r="27" spans="1:18" ht="15.75">
       <c r="A27" s="1" t="s">
         <v>26</v>
       </c>
       <c r="B27" s="2"/>
       <c r="C27" s="2"/>
       <c r="D27" s="29" t="s">
         <v>25</v>
       </c>
       <c r="E27" s="30"/>
       <c r="Q27" s="261" t="s">
         <v>149</v>
       </c>
       <c r="R27" s="262">
         <v>0.45</v>
       </c>
     </row>
     <row r="28" spans="1:18">
       <c r="A28" s="144"/>
       <c r="B28" s="145"/>
       <c r="C28" s="146" t="s">
         <v>27</v>
       </c>
       <c r="D28" s="323"/>
       <c r="E28" s="159"/>
       <c r="Q28" s="261" t="s">
@@ -15254,8049 +15344,8118 @@
       <c r="R29" s="262">
         <v>0.45</v>
       </c>
     </row>
     <row r="30" spans="1:18">
       <c r="A30" s="144"/>
       <c r="B30" s="145"/>
       <c r="C30" s="147" t="s">
         <v>84</v>
       </c>
       <c r="D30" s="322">
         <v>0.45200000000000001</v>
       </c>
       <c r="E30" s="159"/>
       <c r="F30" s="270">
         <f>IF(D30&gt;0,D30+0.02,"")</f>
         <v>0.47200000000000003</v>
       </c>
       <c r="Q30" s="261" t="s">
         <v>152</v>
       </c>
       <c r="R30" s="262">
         <v>0.48799999999999999</v>
       </c>
     </row>
-    <row r="31" spans="1:18" ht="20.399999999999999">
-      <c r="A31" s="332" t="s">
+    <row r="31" spans="1:18" ht="22.5">
+      <c r="A31" s="333" t="s">
         <v>125</v>
       </c>
-      <c r="B31" s="333"/>
-      <c r="C31" s="334"/>
+      <c r="B31" s="334"/>
+      <c r="C31" s="335"/>
       <c r="D31" s="260">
         <f>IF(D30&gt;0,SMALL(F30:F31,1),"")</f>
         <v>0.45</v>
       </c>
       <c r="E31" s="255" t="s">
         <v>127</v>
       </c>
       <c r="F31" s="271">
         <f>VLOOKUP(D32,Q3:R63,2, FALSE)</f>
         <v>0.45</v>
       </c>
       <c r="Q31" s="261" t="s">
         <v>153</v>
       </c>
       <c r="R31" s="262">
         <v>0.45</v>
       </c>
     </row>
-    <row r="32" spans="1:18" ht="15.6">
+    <row r="32" spans="1:18" ht="15.75">
       <c r="A32" s="273" t="s">
         <v>177</v>
       </c>
       <c r="B32" s="145"/>
       <c r="C32" s="146" t="s">
         <v>29</v>
       </c>
       <c r="D32" s="275" t="s">
         <v>147</v>
       </c>
       <c r="E32" s="276" t="str">
         <f>IF(AND(F33="",F34=""),"", IF(F34="", _xlfn.CONCAT(A33,F33), _xlfn.CONCAT("-",A33,F33,"-S",F34)))</f>
         <v>-20-S20</v>
       </c>
       <c r="F32" s="274" t="s">
         <v>178</v>
       </c>
       <c r="J32" s="31"/>
       <c r="Q32" s="263" t="s">
         <v>154</v>
       </c>
       <c r="R32" s="266">
         <v>0.45</v>
       </c>
     </row>
-    <row r="33" spans="1:18" ht="25.95" customHeight="1">
+    <row r="33" spans="1:18" ht="25.9" customHeight="1">
       <c r="A33" s="272"/>
       <c r="B33" s="145"/>
       <c r="C33" s="146" t="s">
         <v>30</v>
       </c>
-      <c r="D33" s="324"/>
-      <c r="E33" s="325"/>
+      <c r="D33" s="325"/>
+      <c r="E33" s="326"/>
       <c r="F33" s="279">
         <v>20</v>
       </c>
       <c r="K33" s="32"/>
       <c r="Q33" s="263" t="s">
         <v>155</v>
       </c>
       <c r="R33" s="267">
         <v>0.42</v>
       </c>
     </row>
-    <row r="34" spans="1:18" ht="25.95" customHeight="1">
+    <row r="34" spans="1:18" ht="25.9" customHeight="1">
       <c r="A34" s="144"/>
       <c r="B34" s="145"/>
       <c r="C34" s="146" t="s">
         <v>106</v>
       </c>
-      <c r="D34" s="324"/>
-      <c r="E34" s="325"/>
+      <c r="D34" s="325"/>
+      <c r="E34" s="326"/>
       <c r="F34" s="279">
         <v>20</v>
       </c>
       <c r="K34" s="32"/>
       <c r="Q34" s="261" t="s">
-        <v>156</v>
+        <v>1686</v>
       </c>
       <c r="R34" s="268">
-        <v>0.46700000000000003</v>
-[...2 lines deleted...]
-    <row r="35" spans="1:18" ht="25.95" customHeight="1">
+        <v>0.435</v>
+      </c>
+    </row>
+    <row r="35" spans="1:18" ht="25.9" customHeight="1">
       <c r="A35" s="144"/>
       <c r="B35" s="145"/>
       <c r="C35" s="146" t="s">
         <v>31</v>
       </c>
-      <c r="D35" s="324"/>
-      <c r="E35" s="325"/>
+      <c r="D35" s="325"/>
+      <c r="E35" s="326"/>
       <c r="J35" s="31"/>
       <c r="Q35" s="261" t="s">
-        <v>157</v>
+        <v>156</v>
       </c>
       <c r="R35" s="268">
-        <v>0.48799999999999999</v>
-[...2 lines deleted...]
-    <row r="36" spans="1:18" ht="25.95" customHeight="1">
+        <v>0.46700000000000003</v>
+      </c>
+    </row>
+    <row r="36" spans="1:18" ht="25.9" customHeight="1">
       <c r="A36" s="144"/>
       <c r="B36" s="145"/>
       <c r="C36" s="146" t="s">
         <v>32</v>
       </c>
-      <c r="D36" s="324"/>
-      <c r="E36" s="325"/>
+      <c r="D36" s="325"/>
+      <c r="E36" s="326"/>
       <c r="K36" s="32"/>
       <c r="Q36" s="261" t="s">
-        <v>158</v>
+        <v>157</v>
       </c>
       <c r="R36" s="268">
-        <v>0.435</v>
-[...2 lines deleted...]
-    <row r="37" spans="1:18" ht="25.95" customHeight="1">
+        <v>0.48799999999999999</v>
+      </c>
+    </row>
+    <row r="37" spans="1:18" ht="25.9" customHeight="1">
       <c r="A37" s="144"/>
       <c r="B37" s="145"/>
       <c r="C37" s="146" t="s">
         <v>107</v>
       </c>
-      <c r="D37" s="324"/>
-      <c r="E37" s="325"/>
+      <c r="D37" s="325"/>
+      <c r="E37" s="326"/>
       <c r="K37" s="32"/>
       <c r="Q37" s="261" t="s">
-        <v>159</v>
+        <v>158</v>
       </c>
       <c r="R37" s="268">
-        <v>0.45</v>
-[...2 lines deleted...]
-    <row r="38" spans="1:18" ht="25.95" customHeight="1">
+        <v>0.435</v>
+      </c>
+    </row>
+    <row r="38" spans="1:18" ht="25.9" customHeight="1">
       <c r="A38" s="144"/>
       <c r="B38" s="145"/>
       <c r="C38" s="146" t="s">
         <v>33</v>
       </c>
-      <c r="D38" s="324"/>
-      <c r="E38" s="325"/>
+      <c r="D38" s="325"/>
+      <c r="E38" s="326"/>
       <c r="J38" s="31"/>
       <c r="Q38" s="261" t="s">
-        <v>160</v>
+        <v>159</v>
       </c>
       <c r="R38" s="268">
-        <v>0.42</v>
-[...2 lines deleted...]
-    <row r="39" spans="1:18" ht="25.95" customHeight="1">
+        <v>0.45</v>
+      </c>
+    </row>
+    <row r="39" spans="1:18" ht="25.9" customHeight="1">
       <c r="A39" s="144"/>
       <c r="B39" s="145"/>
       <c r="C39" s="146" t="s">
         <v>34</v>
       </c>
-      <c r="D39" s="324"/>
-      <c r="E39" s="325"/>
+      <c r="D39" s="325"/>
+      <c r="E39" s="326"/>
       <c r="Q39" s="261" t="s">
-        <v>161</v>
+        <v>160</v>
       </c>
       <c r="R39" s="268">
-        <v>0.45</v>
+        <v>0.42</v>
       </c>
     </row>
     <row r="40" spans="1:18">
       <c r="A40" s="144"/>
       <c r="B40" s="148"/>
       <c r="C40" s="146" t="s">
         <v>35</v>
       </c>
       <c r="D40" s="277"/>
       <c r="E40" s="278"/>
       <c r="Q40" s="261" t="s">
-        <v>162</v>
+        <v>161</v>
       </c>
       <c r="R40" s="268">
         <v>0.45</v>
       </c>
     </row>
-    <row r="41" spans="1:18" ht="25.95" customHeight="1">
+    <row r="41" spans="1:18" ht="25.9" customHeight="1">
       <c r="A41" s="144"/>
       <c r="B41" s="148"/>
       <c r="C41" s="146" t="s">
         <v>36</v>
       </c>
-      <c r="D41" s="324"/>
-      <c r="E41" s="325"/>
+      <c r="D41" s="325"/>
+      <c r="E41" s="326"/>
       <c r="Q41" s="261" t="s">
-        <v>163</v>
+        <v>162</v>
       </c>
       <c r="R41" s="268">
-        <v>0.435</v>
+        <v>0.45</v>
       </c>
     </row>
     <row r="42" spans="1:18">
       <c r="A42" s="144"/>
       <c r="B42" s="148"/>
       <c r="C42" s="146" t="s">
         <v>35</v>
       </c>
       <c r="D42" s="277"/>
       <c r="E42" s="278"/>
       <c r="Q42" s="261" t="s">
-        <v>164</v>
+        <v>163</v>
       </c>
       <c r="R42" s="268">
-        <v>0.42</v>
+        <v>0.435</v>
       </c>
     </row>
     <row r="43" spans="1:18">
       <c r="A43" s="144"/>
       <c r="B43" s="148"/>
       <c r="C43" s="146" t="s">
         <v>37</v>
       </c>
-      <c r="D43" s="324"/>
-      <c r="E43" s="325"/>
+      <c r="D43" s="325"/>
+      <c r="E43" s="326"/>
       <c r="Q43" s="261" t="s">
-        <v>165</v>
+        <v>164</v>
       </c>
       <c r="R43" s="268">
-        <v>0.45</v>
+        <v>0.42</v>
       </c>
     </row>
     <row r="44" spans="1:18">
       <c r="A44" s="281"/>
       <c r="B44" s="282"/>
       <c r="C44" s="283" t="s">
         <v>97</v>
       </c>
       <c r="D44" s="280">
         <v>4000</v>
       </c>
       <c r="E44" s="33" t="s">
         <v>38</v>
       </c>
       <c r="Q44" s="261" t="s">
-        <v>166</v>
+        <v>165</v>
       </c>
       <c r="R44" s="268">
-        <v>0.4</v>
-[...3 lines deleted...]
-      <c r="A45" s="326" t="s">
+        <v>0.45</v>
+      </c>
+    </row>
+    <row r="45" spans="1:18" ht="15.75">
+      <c r="A45" s="327" t="s">
         <v>179</v>
       </c>
-      <c r="B45" s="327"/>
-      <c r="C45" s="328"/>
+      <c r="B45" s="328"/>
+      <c r="C45" s="329"/>
       <c r="D45" s="288">
         <v>0</v>
       </c>
       <c r="E45" s="289" t="s">
         <v>178</v>
       </c>
       <c r="Q45" s="261" t="s">
-        <v>167</v>
+        <v>166</v>
       </c>
       <c r="R45" s="268">
         <v>0.4</v>
       </c>
     </row>
-    <row r="46" spans="1:18" ht="18" thickBot="1">
+    <row r="46" spans="1:18" ht="19.5" thickBot="1">
       <c r="A46" s="284"/>
       <c r="B46" s="285"/>
       <c r="C46" s="286" t="s">
         <v>39</v>
       </c>
       <c r="D46" s="287" t="e">
         <f>Regression!C16</f>
         <v>#NUM!</v>
       </c>
       <c r="Q46" s="261" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="R46" s="268">
         <v>0.4</v>
       </c>
     </row>
     <row r="47" spans="1:18">
       <c r="Q47" s="261" t="s">
-        <v>169</v>
+        <v>168</v>
       </c>
       <c r="R47" s="268">
-        <v>0.45</v>
+        <v>0.4</v>
       </c>
     </row>
     <row r="48" spans="1:18">
       <c r="Q48" s="261" t="s">
-        <v>170</v>
+        <v>169</v>
       </c>
       <c r="R48" s="268">
-        <v>0.42</v>
+        <v>0.45</v>
       </c>
     </row>
     <row r="49" spans="1:18">
       <c r="Q49" s="261" t="s">
-        <v>171</v>
+        <v>170</v>
       </c>
       <c r="R49" s="268">
-        <v>0.4</v>
-[...2 lines deleted...]
-    <row r="50" spans="1:18" ht="15.6">
+        <v>0.42</v>
+      </c>
+    </row>
+    <row r="50" spans="1:18" ht="15.75">
       <c r="C50" s="34" t="s">
         <v>102</v>
       </c>
       <c r="D50" s="259"/>
       <c r="E50" s="158"/>
       <c r="F50" s="177" t="s">
         <v>103</v>
       </c>
       <c r="G50" s="259"/>
       <c r="I50" s="31" t="s">
         <v>41</v>
       </c>
       <c r="J50" s="35"/>
       <c r="K50" s="36"/>
       <c r="L50" s="36"/>
       <c r="M50" s="37"/>
       <c r="Q50" s="261" t="s">
-        <v>172</v>
-[...2 lines deleted...]
-        <v>0.435</v>
+        <v>171</v>
+      </c>
+      <c r="R50" s="268">
+        <v>0.4</v>
       </c>
     </row>
     <row r="51" spans="1:18">
       <c r="I51" s="35"/>
       <c r="J51" s="36"/>
       <c r="K51" s="36"/>
       <c r="L51" s="36"/>
       <c r="M51" s="37"/>
-      <c r="Q51" s="264" t="s">
-[...6 lines deleted...]
-    <row r="52" spans="1:18" ht="15.6">
+      <c r="Q51" s="261" t="s">
+        <v>172</v>
+      </c>
+      <c r="R51" s="269">
+        <v>0.435</v>
+      </c>
+    </row>
+    <row r="52" spans="1:18">
       <c r="D52" s="34" t="s">
         <v>42</v>
       </c>
       <c r="E52" s="178" t="s">
         <v>7</v>
       </c>
       <c r="F52" s="178"/>
       <c r="G52" s="178"/>
       <c r="I52" s="35"/>
       <c r="J52" s="36"/>
       <c r="K52" s="36"/>
       <c r="L52" s="36"/>
       <c r="M52" s="37"/>
+      <c r="Q52" s="264" t="s">
+        <v>173</v>
+      </c>
+      <c r="R52" s="266">
+        <v>0.45</v>
+      </c>
     </row>
     <row r="53" spans="1:18">
       <c r="F53" s="38" t="s">
         <v>104</v>
       </c>
       <c r="I53" s="35"/>
       <c r="J53" s="36"/>
       <c r="K53" s="36"/>
       <c r="L53" s="36"/>
       <c r="M53" s="37"/>
-      <c r="Q53">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="54" spans="1:18">
       <c r="A54" s="40" t="s">
         <v>105</v>
       </c>
       <c r="I54" s="35"/>
       <c r="J54" s="36"/>
       <c r="K54" s="36"/>
       <c r="L54" s="36"/>
       <c r="M54" s="37"/>
-      <c r="Q54">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="55" spans="1:18">
       <c r="F55" s="179"/>
       <c r="G55" s="179"/>
       <c r="I55" s="36"/>
       <c r="J55" s="36"/>
       <c r="K55" s="36"/>
       <c r="L55" s="36"/>
       <c r="M55" s="36"/>
-      <c r="Q55">
-[...1 lines deleted...]
-      </c>
     </row>
     <row r="56" spans="1:18">
       <c r="F56" s="38"/>
       <c r="I56" s="181"/>
       <c r="J56" s="181"/>
       <c r="K56" s="181"/>
       <c r="L56" s="181"/>
       <c r="M56" s="181"/>
       <c r="Q56">
-        <v>3</v>
-[...2 lines deleted...]
-    <row r="57" spans="1:18" ht="15.6">
+        <v>0</v>
+      </c>
+    </row>
+    <row r="57" spans="1:18">
       <c r="A57" s="179"/>
       <c r="B57" s="179"/>
       <c r="C57" s="179"/>
       <c r="D57" s="180"/>
       <c r="E57" s="181"/>
+      <c r="Q57">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="58" spans="1:18">
+      <c r="Q58">
+        <v>2</v>
+      </c>
+    </row>
+    <row r="59" spans="1:18">
+      <c r="Q59">
+        <v>3</v>
+      </c>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="j7lW3r8iZQXJlXX2W0JB3NDaHw7qPYeXS2OMjsrTjvZWBBBSYLd8jojFSZ10wB4cP+l7FB8VGlEnkF+7L6Odtg==" saltValue="2s9JxTQa8SAGeepTFDBiCQ==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="gvUl068RZlItlBCXOZclcAqWTNzQ/3sEylf7oNANyMPaRdz/gXBVgZ7lz7XrTWKm3RhuqN6y2TH0vXtT4aXeDQ==" saltValue="RmB9jnRyljr67l7S2DrB5A==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="21">
     <mergeCell ref="A31:C31"/>
     <mergeCell ref="B2:C2"/>
     <mergeCell ref="B3:C3"/>
     <mergeCell ref="B4:C4"/>
     <mergeCell ref="G2:I2"/>
     <mergeCell ref="G3:I3"/>
     <mergeCell ref="G4:I4"/>
     <mergeCell ref="G5:I5"/>
     <mergeCell ref="L3:M3"/>
     <mergeCell ref="L4:M4"/>
     <mergeCell ref="L5:M5"/>
     <mergeCell ref="D33:E33"/>
     <mergeCell ref="D34:E34"/>
     <mergeCell ref="D41:E41"/>
     <mergeCell ref="D43:E43"/>
     <mergeCell ref="A45:C45"/>
     <mergeCell ref="D35:E35"/>
     <mergeCell ref="D36:E36"/>
     <mergeCell ref="D37:E37"/>
     <mergeCell ref="D38:E38"/>
     <mergeCell ref="D39:E39"/>
   </mergeCells>
   <phoneticPr fontId="0" type="noConversion"/>
   <dataValidations count="2">
+    <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="D32" xr:uid="{BA34673C-B09D-4EB6-9323-78EA35A8B17E}">
+      <formula1>$Q$4:$Q$52</formula1>
+    </dataValidation>
     <dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" sqref="D45" xr:uid="{8AD16844-A712-4067-A050-48D1842444DA}">
-      <formula1>$Q$52:$Q$56</formula1>
-[...2 lines deleted...]
-      <formula1>$Q$4:$Q$51</formula1>
+      <formula1>$Q$55:$Q$59</formula1>
     </dataValidation>
   </dataValidations>
   <pageMargins left="0.5" right="0.58699912510936103" top="0" bottom="0" header="0" footer="0"/>
   <pageSetup scale="64" orientation="landscape" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
   <drawing r:id="rId2"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{CCE6A557-97BC-4b89-ADB6-D9C93CAAB3DF}">
       <x14:dataValidations xmlns:xm="http://schemas.microsoft.com/office/excel/2006/main" count="8">
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{B2770156-ED23-41AC-8E94-53621233E07D}">
           <x14:formula1>
             <xm:f>FLYASH!$A$3:$A$70</xm:f>
           </x14:formula1>
           <xm:sqref>D33:E33</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{A8BD2E2A-BF53-453C-9C0E-4A2A4F72F209}">
           <x14:formula1>
             <xm:f>SLAG!$A$3:$A$15</xm:f>
           </x14:formula1>
           <xm:sqref>D34:E34</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{EFA24327-A35E-4AC3-AFB2-82BBD0663790}">
           <x14:formula1>
             <xm:f>CEMENT!$A$3:$A$70</xm:f>
           </x14:formula1>
           <xm:sqref>D35:E35</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{E89ECE97-03A1-4E25-AF28-2DC08E51EF71}">
           <x14:formula1>
             <xm:f>CA!$A$3:$A$370</xm:f>
           </x14:formula1>
-          <xm:sqref>D36:E36 D37:E37</xm:sqref>
+          <xm:sqref>D36:E37</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{D6399DF4-8007-4B48-9F8D-8E505A8C0818}">
           <x14:formula1>
             <xm:f>FA!$A$3:$A$315</xm:f>
           </x14:formula1>
           <xm:sqref>D38:E38</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{08144AA0-EDD6-49CD-8F0F-1317150DBC0D}">
           <x14:formula1>
             <xm:f>'COMB-WR-MR'!$A$3:$A$90</xm:f>
           </x14:formula1>
           <xm:sqref>D39:E39</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{26BD2D23-AC9C-4706-A1C8-49603BD3D46B}">
           <x14:formula1>
             <xm:f>'ADMIX-AIR'!$A$3:$A$50</xm:f>
           </x14:formula1>
           <xm:sqref>D41:E41</xm:sqref>
         </x14:dataValidation>
         <x14:dataValidation type="list" allowBlank="1" showInputMessage="1" showErrorMessage="1" xr:uid="{10DCADBE-99C4-433D-A029-E1653442F05B}">
           <x14:formula1>
             <xm:f>COUNTIES!$A$3:$A$102</xm:f>
           </x14:formula1>
           <xm:sqref>B2:C2</xm:sqref>
         </x14:dataValidation>
       </x14:dataValidations>
     </ext>
   </extLst>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{5132E9C4-18BF-4B6C-B15B-999548D73E06}">
   <dimension ref="A1:D357"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection sqref="A1:XFD1048576"/>
+      <selection sqref="A1:D283"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
-    <col min="1" max="1" width="28.54296875" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="28.5546875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:4">
-[...11 lines deleted...]
-      <c r="D2" s="361"/>
+    <row r="1" spans="1:4" ht="15" customHeight="1">
+      <c r="A1" s="362" t="s">
+        <v>653</v>
+      </c>
+      <c r="B1" s="362"/>
+      <c r="C1" s="362"/>
+      <c r="D1" s="362"/>
+    </row>
+    <row r="2" spans="1:4" ht="15" customHeight="1">
+      <c r="A2" s="362"/>
+      <c r="B2" s="362"/>
+      <c r="C2" s="362"/>
+      <c r="D2" s="362"/>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="str">
         <f t="shared" ref="A4:A67" si="0">CONCATENATE(B4,"-",C4)</f>
         <v>A03502-HARPERS FERRY</v>
       </c>
       <c r="B4" t="s">
-        <v>673</v>
+        <v>654</v>
       </c>
       <c r="C4" t="s">
-        <v>674</v>
+        <v>655</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="str">
         <f t="shared" si="0"/>
-        <v>A03520-IVERSON 2</v>
+        <v>A03506-HAMMEL-BOONIES</v>
       </c>
       <c r="B5" t="s">
-        <v>675</v>
+        <v>1641</v>
       </c>
       <c r="C5" t="s">
-        <v>676</v>
+        <v>1522</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="str">
         <f t="shared" si="0"/>
-        <v>A05506-EXIRA</v>
+        <v>A03520-IVERSON 2</v>
       </c>
       <c r="B6" t="s">
-        <v>677</v>
+        <v>656</v>
       </c>
       <c r="C6" t="s">
-        <v>678</v>
+        <v>657</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="str">
         <f t="shared" si="0"/>
-        <v>A06502-VINTON-MILROY</v>
+        <v>A05506-EXIRA</v>
       </c>
       <c r="B7" t="s">
-        <v>1577</v>
+        <v>658</v>
       </c>
       <c r="C7" t="s">
-        <v>1578</v>
+        <v>659</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="str">
         <f t="shared" si="0"/>
         <v>A06504-COOTS SAND/VINTON</v>
       </c>
       <c r="B8" t="s">
-        <v>1579</v>
+        <v>1534</v>
       </c>
       <c r="C8" t="s">
-        <v>1580</v>
+        <v>1535</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="str">
         <f t="shared" si="0"/>
-        <v>A06506-PORK CHOP</v>
+        <v>A07504-WATERLOO SAND</v>
       </c>
       <c r="B9" t="s">
-        <v>1581</v>
+        <v>660</v>
       </c>
       <c r="C9" t="s">
-        <v>1582</v>
+        <v>661</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="str">
         <f t="shared" si="0"/>
-        <v>A07504-WATERLOO SAND</v>
+        <v>A07506-ASPRO</v>
       </c>
       <c r="B10" t="s">
-        <v>679</v>
+        <v>662</v>
       </c>
       <c r="C10" t="s">
-        <v>680</v>
+        <v>663</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="str">
         <f t="shared" si="0"/>
-        <v>A07506-ASPRO</v>
+        <v>A07508-GILBERTVILLE</v>
       </c>
       <c r="B11" t="s">
-        <v>681</v>
+        <v>664</v>
       </c>
       <c r="C11" t="s">
-        <v>682</v>
+        <v>665</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="str">
         <f t="shared" si="0"/>
-        <v>A07508-GILBERTVILLE</v>
+        <v>A07512-ZEIEN S&amp;G</v>
       </c>
       <c r="B12" t="s">
-        <v>683</v>
+        <v>666</v>
       </c>
       <c r="C12" t="s">
-        <v>684</v>
+        <v>667</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="str">
         <f t="shared" si="0"/>
-        <v>A07512-ZEIEN S&amp;G</v>
+        <v>A07518-JANESVILLE</v>
       </c>
       <c r="B13" t="s">
-        <v>685</v>
+        <v>668</v>
       </c>
       <c r="C13" t="s">
-        <v>686</v>
+        <v>669</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="str">
         <f t="shared" si="0"/>
-        <v>A07518-JANESVILLE</v>
+        <v>A07520-BENTON'S LAKE</v>
       </c>
       <c r="B14" t="s">
-        <v>687</v>
+        <v>1536</v>
       </c>
       <c r="C14" t="s">
-        <v>688</v>
+        <v>1537</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="str">
         <f t="shared" si="0"/>
-        <v>A07520-BENTON'S LAKE</v>
+        <v>A09510-PLAINFIELD/ADAMS</v>
       </c>
       <c r="B15" t="s">
-        <v>1583</v>
+        <v>670</v>
       </c>
       <c r="C15" t="s">
-        <v>1584</v>
+        <v>671</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="str">
         <f t="shared" si="0"/>
-        <v>A09510-PLAINFIELD/ADAMS</v>
+        <v>A09512-BOEVERS</v>
       </c>
       <c r="B16" t="s">
-        <v>689</v>
+        <v>672</v>
       </c>
       <c r="C16" t="s">
-        <v>690</v>
+        <v>673</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" t="str">
         <f t="shared" si="0"/>
-        <v>A09512-BOEVERS</v>
+        <v>A10516-MILLER</v>
       </c>
       <c r="B17" t="s">
-        <v>691</v>
+        <v>674</v>
       </c>
       <c r="C17" t="s">
-        <v>692</v>
+        <v>675</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" t="str">
         <f t="shared" si="0"/>
-        <v>A10516-MILLER</v>
+        <v>A10520-BROOKS</v>
       </c>
       <c r="B18" t="s">
-        <v>693</v>
+        <v>676</v>
       </c>
       <c r="C18" t="s">
-        <v>694</v>
+        <v>677</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" t="str">
         <f t="shared" si="0"/>
-        <v>A10518-YEAROUS</v>
+        <v>A10522-NIEMANN-DECKER</v>
       </c>
       <c r="B19" t="s">
-        <v>695</v>
+        <v>678</v>
       </c>
       <c r="C19" t="s">
-        <v>696</v>
+        <v>679</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" t="str">
         <f t="shared" si="0"/>
-        <v>A10520-BROOKS</v>
+        <v>A10524-CRAWFORD</v>
       </c>
       <c r="B20" t="s">
-        <v>697</v>
+        <v>680</v>
       </c>
       <c r="C20" t="s">
-        <v>698</v>
+        <v>681</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" t="str">
         <f t="shared" si="0"/>
-        <v>A10522-NIEMANN-DECKER</v>
+        <v>A12502-CLARKSVILLE</v>
       </c>
       <c r="B21" t="s">
-        <v>699</v>
+        <v>682</v>
       </c>
       <c r="C21" t="s">
-        <v>700</v>
+        <v>683</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" t="str">
         <f t="shared" si="0"/>
-        <v>A10524-CRAWFORD</v>
+        <v>A12516-JENSEN</v>
       </c>
       <c r="B22" t="s">
-        <v>701</v>
+        <v>1642</v>
       </c>
       <c r="C22" t="s">
-        <v>702</v>
+        <v>691</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" t="str">
         <f t="shared" si="0"/>
-        <v>A12502-CLARKSVILLE</v>
+        <v>A12518-SHELL ROCK-ADAMS</v>
       </c>
       <c r="B23" t="s">
-        <v>703</v>
+        <v>684</v>
       </c>
       <c r="C23" t="s">
-        <v>704</v>
+        <v>685</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" t="str">
         <f t="shared" si="0"/>
-        <v>A12518-SHELL ROCK-ADAMS</v>
+        <v>A12520-PARKERSBURG</v>
       </c>
       <c r="B24" t="s">
-        <v>705</v>
+        <v>686</v>
       </c>
       <c r="C24" t="s">
-        <v>706</v>
+        <v>687</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" t="str">
         <f t="shared" si="0"/>
-        <v>A12520-PARKERSBURG</v>
+        <v>A12522-HOBSON</v>
       </c>
       <c r="B25" t="s">
-        <v>707</v>
+        <v>688</v>
       </c>
       <c r="C25" t="s">
-        <v>708</v>
+        <v>689</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" t="str">
         <f t="shared" si="0"/>
-        <v>A12522-HOBSON</v>
+        <v>A13504-JENSEN</v>
       </c>
       <c r="B26" t="s">
-        <v>709</v>
+        <v>690</v>
       </c>
       <c r="C26" t="s">
-        <v>710</v>
+        <v>691</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" t="str">
         <f t="shared" si="0"/>
-        <v>A13504-JENSEN</v>
+        <v>A13506-MOHR</v>
       </c>
       <c r="B27" t="s">
-        <v>711</v>
+        <v>692</v>
       </c>
       <c r="C27" t="s">
-        <v>712</v>
+        <v>693</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" t="str">
         <f t="shared" si="0"/>
-        <v>A13506-MOHR</v>
+        <v>A14504-REINHART</v>
       </c>
       <c r="B28" t="s">
-        <v>713</v>
+        <v>694</v>
       </c>
       <c r="C28" t="s">
-        <v>714</v>
+        <v>695</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" t="str">
         <f t="shared" si="0"/>
-        <v>A14504-REINHART</v>
+        <v>A14510-LANESBORO</v>
       </c>
       <c r="B29" t="s">
-        <v>715</v>
+        <v>696</v>
       </c>
       <c r="C29" t="s">
-        <v>716</v>
+        <v>697</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" t="str">
         <f t="shared" si="0"/>
-        <v>A14510-LANESBORO</v>
+        <v>A14514-MACKE</v>
       </c>
       <c r="B30" t="s">
-        <v>717</v>
+        <v>698</v>
       </c>
       <c r="C30" t="s">
-        <v>718</v>
+        <v>699</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" t="str">
         <f t="shared" si="0"/>
-        <v>A14514-MACKE</v>
+        <v>A14518-MILLER</v>
       </c>
       <c r="B31" t="s">
-        <v>719</v>
+        <v>700</v>
       </c>
       <c r="C31" t="s">
-        <v>720</v>
+        <v>675</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" t="str">
         <f t="shared" si="0"/>
-        <v>A14518-MILLER</v>
+        <v>A16502-SHARPLISS</v>
       </c>
       <c r="B32" t="s">
-        <v>721</v>
+        <v>701</v>
       </c>
       <c r="C32" t="s">
-        <v>694</v>
+        <v>702</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" t="str">
         <f t="shared" si="0"/>
-        <v>A16502-SHARPLISS</v>
+        <v>A16506-ONION GROVE</v>
       </c>
       <c r="B33" t="s">
-        <v>722</v>
+        <v>703</v>
       </c>
       <c r="C33" t="s">
-        <v>723</v>
+        <v>704</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" t="str">
         <f t="shared" si="0"/>
-        <v>A16506-ONION GROVE</v>
+        <v>A16510-CEDAR BLUFF</v>
       </c>
       <c r="B34" t="s">
-        <v>724</v>
+        <v>705</v>
       </c>
       <c r="C34" t="s">
-        <v>725</v>
+        <v>706</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" t="str">
         <f t="shared" si="0"/>
-        <v>A16510-CEDAR BLUFF</v>
+        <v>A17514-HOLCIM SAND</v>
       </c>
       <c r="B35" t="s">
-        <v>726</v>
+        <v>707</v>
       </c>
       <c r="C35" t="s">
-        <v>727</v>
+        <v>708</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" t="str">
         <f t="shared" si="0"/>
-        <v>A17514-HOLCIM SAND</v>
+        <v>A17520-TUTTLE</v>
       </c>
       <c r="B36" t="s">
-        <v>728</v>
+        <v>709</v>
       </c>
       <c r="C36" t="s">
-        <v>729</v>
+        <v>710</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" t="str">
         <f t="shared" si="0"/>
-        <v>A17520-TUTTLE</v>
+        <v>A17522-GRAF PIT</v>
       </c>
       <c r="B37" t="s">
-        <v>730</v>
+        <v>1538</v>
       </c>
       <c r="C37" t="s">
-        <v>731</v>
+        <v>1539</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" t="str">
         <f t="shared" si="0"/>
-        <v>A17522-GRAF PIT</v>
+        <v>A18506-CHEROKEE SOUTH</v>
       </c>
       <c r="B38" t="s">
-        <v>1585</v>
+        <v>711</v>
       </c>
       <c r="C38" t="s">
-        <v>1586</v>
+        <v>712</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" t="str">
         <f t="shared" si="0"/>
-        <v>A18506-CHEROKEE SOUTH</v>
+        <v>A18514-LARRABEE-MONTGOMERY</v>
       </c>
       <c r="B39" t="s">
-        <v>732</v>
+        <v>713</v>
       </c>
       <c r="C39" t="s">
-        <v>733</v>
+        <v>714</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" t="str">
         <f t="shared" si="0"/>
-        <v>A18514-LARRABEE-MONTGOMERY</v>
+        <v>A18526-CHEROKEE NORTH</v>
       </c>
       <c r="B40" t="s">
-        <v>734</v>
+        <v>715</v>
       </c>
       <c r="C40" t="s">
-        <v>735</v>
+        <v>716</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" t="str">
         <f t="shared" si="0"/>
-        <v>A18526-CHEROKEE NORTH</v>
+        <v>A18528-WASHTA</v>
       </c>
       <c r="B41" t="s">
-        <v>736</v>
+        <v>717</v>
       </c>
       <c r="C41" t="s">
-        <v>737</v>
+        <v>718</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" t="str">
         <f t="shared" si="0"/>
-        <v>A18528-WASHTA</v>
+        <v>A18534-NELSON</v>
       </c>
       <c r="B42" t="s">
-        <v>738</v>
+        <v>719</v>
       </c>
       <c r="C42" t="s">
-        <v>739</v>
+        <v>720</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" t="str">
         <f t="shared" si="0"/>
-        <v>A18534-NELSON</v>
+        <v>A19508-BUSTA</v>
       </c>
       <c r="B43" t="s">
-        <v>740</v>
+        <v>721</v>
       </c>
       <c r="C43" t="s">
-        <v>741</v>
+        <v>722</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" t="str">
         <f t="shared" si="0"/>
-        <v>A19508-BUSTA</v>
+        <v>A19512-PEARL ROCK</v>
       </c>
       <c r="B44" t="s">
-        <v>742</v>
+        <v>723</v>
       </c>
       <c r="C44" t="s">
-        <v>743</v>
+        <v>724</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" t="str">
         <f t="shared" si="0"/>
-        <v>A19512-PEARL ROCK</v>
+        <v>A19514-NASHUA</v>
       </c>
       <c r="B45" t="s">
-        <v>744</v>
+        <v>725</v>
       </c>
       <c r="C45" t="s">
-        <v>745</v>
+        <v>726</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" t="str">
         <f t="shared" si="0"/>
-        <v>A19514-NASHUA</v>
+        <v>A19516-REWOLDT</v>
       </c>
       <c r="B46" t="s">
-        <v>746</v>
+        <v>727</v>
       </c>
       <c r="C46" t="s">
-        <v>747</v>
+        <v>728</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" t="str">
         <f t="shared" si="0"/>
-        <v>A19516-REWOLDT</v>
+        <v>A19522-BUCKY'S</v>
       </c>
       <c r="B47" t="s">
-        <v>748</v>
+        <v>729</v>
       </c>
       <c r="C47" t="s">
-        <v>749</v>
+        <v>730</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" t="str">
         <f t="shared" si="0"/>
-        <v>A19522-BUCKY'S</v>
+        <v>A21506-EVERLY</v>
       </c>
       <c r="B48" t="s">
-        <v>750</v>
+        <v>731</v>
       </c>
       <c r="C48" t="s">
-        <v>751</v>
+        <v>732</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" t="str">
         <f t="shared" si="0"/>
-        <v>A21506-EVERLY</v>
+        <v>A21516-SPENCER #1</v>
       </c>
       <c r="B49" t="s">
-        <v>752</v>
+        <v>733</v>
       </c>
       <c r="C49" t="s">
-        <v>753</v>
+        <v>734</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" t="str">
         <f t="shared" si="0"/>
-        <v>A21516-SPENCER #1</v>
+        <v>A21538-NORGAARD SAND &amp; GRAVEL</v>
       </c>
       <c r="B50" t="s">
-        <v>754</v>
+        <v>735</v>
       </c>
       <c r="C50" t="s">
-        <v>755</v>
+        <v>736</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" t="str">
         <f t="shared" si="0"/>
-        <v>A21538-NORGAARD SAND &amp; GRAVEL</v>
+        <v>A21540-DELOSS</v>
       </c>
       <c r="B51" t="s">
-        <v>756</v>
+        <v>1643</v>
       </c>
       <c r="C51" t="s">
-        <v>757</v>
+        <v>1644</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" t="str">
         <f t="shared" si="0"/>
         <v>A22510-BENTE</v>
       </c>
       <c r="B52" t="s">
-        <v>758</v>
+        <v>737</v>
       </c>
       <c r="C52" t="s">
-        <v>759</v>
+        <v>738</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" t="str">
         <f t="shared" si="0"/>
         <v>A22520-WELTERLEN</v>
       </c>
       <c r="B53" t="s">
-        <v>760</v>
+        <v>739</v>
       </c>
       <c r="C53" t="s">
-        <v>761</v>
+        <v>740</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" t="str">
         <f t="shared" si="0"/>
         <v>A22522-MOYNA</v>
       </c>
       <c r="B54" t="s">
-        <v>762</v>
+        <v>741</v>
       </c>
       <c r="C54" t="s">
-        <v>763</v>
+        <v>742</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" t="str">
         <f t="shared" si="0"/>
-        <v>A23504-BEHR</v>
+        <v>A23506-SCHNECKLOTH</v>
       </c>
       <c r="B55" t="s">
-        <v>1271</v>
+        <v>743</v>
       </c>
       <c r="C55" t="s">
-        <v>1269</v>
+        <v>744</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" t="str">
         <f t="shared" si="0"/>
-        <v>A23506-SCHNECKLOTH</v>
+        <v>A23514-ANDERSON</v>
       </c>
       <c r="B56" t="s">
-        <v>764</v>
+        <v>746</v>
       </c>
       <c r="C56" t="s">
-        <v>765</v>
+        <v>747</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" t="str">
         <f t="shared" si="0"/>
-        <v>A23514-ANDERSON</v>
+        <v>A23516-OLSON</v>
       </c>
       <c r="B57" t="s">
-        <v>767</v>
+        <v>748</v>
       </c>
       <c r="C57" t="s">
-        <v>768</v>
+        <v>749</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" t="str">
         <f t="shared" si="0"/>
-        <v>A23516-OLSON</v>
+        <v>A23518-HERKSEN</v>
       </c>
       <c r="B58" t="s">
-        <v>769</v>
+        <v>1645</v>
       </c>
       <c r="C58" t="s">
-        <v>770</v>
+        <v>1646</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" t="str">
         <f t="shared" si="0"/>
         <v>A24512-DUNLAP</v>
       </c>
       <c r="B59" t="s">
-        <v>771</v>
+        <v>750</v>
       </c>
       <c r="C59" t="s">
-        <v>772</v>
+        <v>751</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" t="str">
         <f t="shared" si="0"/>
         <v>A25510-PERRY</v>
       </c>
       <c r="B60" t="s">
-        <v>773</v>
+        <v>752</v>
       </c>
       <c r="C60" t="s">
-        <v>774</v>
+        <v>753</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" t="str">
         <f t="shared" si="0"/>
         <v>A25514-BOONEVILLE</v>
       </c>
       <c r="B61" t="s">
-        <v>775</v>
+        <v>754</v>
       </c>
       <c r="C61" t="s">
-        <v>776</v>
+        <v>755</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" t="str">
         <f t="shared" si="0"/>
         <v>A25516-VAN METER SOUTH</v>
       </c>
       <c r="B62" t="s">
-        <v>777</v>
+        <v>756</v>
       </c>
       <c r="C62" t="s">
-        <v>778</v>
+        <v>757</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" t="str">
         <f t="shared" si="0"/>
         <v>A25518-RACCOON RIVER SAND</v>
       </c>
       <c r="B63" t="s">
-        <v>779</v>
+        <v>758</v>
       </c>
       <c r="C63" t="s">
-        <v>780</v>
+        <v>759</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" t="str">
         <f t="shared" si="0"/>
         <v>A25520-LEGACY MATERIALS</v>
       </c>
       <c r="B64" t="s">
-        <v>781</v>
+        <v>760</v>
       </c>
       <c r="C64" t="s">
-        <v>782</v>
+        <v>761</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" t="str">
         <f t="shared" si="0"/>
         <v>A25522-BOONEVILLE WEST</v>
       </c>
       <c r="B65" t="s">
-        <v>783</v>
+        <v>762</v>
       </c>
       <c r="C65" t="s">
-        <v>784</v>
+        <v>763</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" t="str">
         <f t="shared" si="0"/>
         <v>A26502-ELDON-FRANKLIN</v>
       </c>
       <c r="B66" t="s">
-        <v>785</v>
+        <v>764</v>
       </c>
       <c r="C66" t="s">
-        <v>786</v>
+        <v>765</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" t="str">
         <f t="shared" si="0"/>
-        <v>A28504-TEGLER</v>
+        <v>A28520-MANCHESTER</v>
       </c>
       <c r="B67" t="s">
-        <v>787</v>
+        <v>767</v>
       </c>
       <c r="C67" t="s">
-        <v>788</v>
+        <v>768</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" t="str">
         <f t="shared" ref="A68:A131" si="1">CONCATENATE(B68,"-",C68)</f>
-        <v>A28510-LOGAN</v>
+        <v>A28526-HAWK</v>
       </c>
       <c r="B68" t="s">
-        <v>789</v>
+        <v>769</v>
       </c>
       <c r="C68" t="s">
-        <v>790</v>
+        <v>770</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" t="str">
         <f t="shared" si="1"/>
-        <v>A28520-MANCHESTER</v>
+        <v>A28528-CAR 6</v>
       </c>
       <c r="B69" t="s">
-        <v>791</v>
+        <v>771</v>
       </c>
       <c r="C69" t="s">
-        <v>792</v>
+        <v>772</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" t="str">
         <f t="shared" si="1"/>
-        <v>A28526-HAWK</v>
+        <v>A28530-SUMMERS PIT</v>
       </c>
       <c r="B70" t="s">
-        <v>793</v>
+        <v>1540</v>
       </c>
       <c r="C70" t="s">
-        <v>794</v>
+        <v>1541</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" t="str">
         <f t="shared" si="1"/>
-        <v>A28528-CAR 6</v>
+        <v>A29502-SPRING GROVE</v>
       </c>
       <c r="B71" t="s">
-        <v>795</v>
+        <v>773</v>
       </c>
       <c r="C71" t="s">
-        <v>796</v>
+        <v>774</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" t="str">
         <f t="shared" si="1"/>
-        <v>A28530-SUMMERS PIT</v>
+        <v>A30508-FOSTORIA/LOST</v>
       </c>
       <c r="B72" t="s">
-        <v>1587</v>
+        <v>775</v>
       </c>
       <c r="C72" t="s">
-        <v>1588</v>
+        <v>776</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" t="str">
         <f t="shared" si="1"/>
-        <v>A29502-SPRING GROVE</v>
+        <v>A30510-WEDEKING</v>
       </c>
       <c r="B73" t="s">
-        <v>797</v>
+        <v>777</v>
       </c>
       <c r="C73" t="s">
-        <v>798</v>
+        <v>778</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" t="str">
         <f t="shared" si="1"/>
-        <v>A30508-FOSTORIA/LOST</v>
+        <v>A30520-MILFORD/DERNER</v>
       </c>
       <c r="B74" t="s">
-        <v>799</v>
+        <v>779</v>
       </c>
       <c r="C74" t="s">
-        <v>800</v>
+        <v>780</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" t="str">
         <f t="shared" si="1"/>
-        <v>A30510-WEDEKING</v>
+        <v>A30526-MILL CREEK</v>
       </c>
       <c r="B75" t="s">
-        <v>801</v>
+        <v>781</v>
       </c>
       <c r="C75" t="s">
-        <v>802</v>
+        <v>782</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" t="str">
         <f t="shared" si="1"/>
-        <v>A30520-MILFORD/DERNER</v>
+        <v>A31512-BURKLE</v>
       </c>
       <c r="B76" t="s">
-        <v>803</v>
+        <v>1542</v>
       </c>
       <c r="C76" t="s">
-        <v>804</v>
+        <v>1543</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" t="str">
         <f t="shared" si="1"/>
-        <v>A30526-MILL CREEK</v>
+        <v>A31514-FILLMORE</v>
       </c>
       <c r="B77" t="s">
-        <v>805</v>
+        <v>783</v>
       </c>
       <c r="C77" t="s">
-        <v>806</v>
+        <v>784</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" t="str">
         <f t="shared" si="1"/>
-        <v>A31512-BURKLE</v>
+        <v>A31516-CASCADE-LOCHER</v>
       </c>
       <c r="B78" t="s">
-        <v>1589</v>
+        <v>785</v>
       </c>
       <c r="C78" t="s">
-        <v>1590</v>
+        <v>786</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" t="str">
         <f t="shared" si="1"/>
-        <v>A31514-FILLMORE</v>
+        <v>A31518-MAIERS</v>
       </c>
       <c r="B79" t="s">
-        <v>807</v>
+        <v>787</v>
       </c>
       <c r="C79" t="s">
-        <v>808</v>
+        <v>788</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" t="str">
         <f t="shared" si="1"/>
-        <v>A31516-CASCADE-LOCHER</v>
+        <v>A32502-ESTHERVILLE</v>
       </c>
       <c r="B80" t="s">
-        <v>809</v>
+        <v>789</v>
       </c>
       <c r="C80" t="s">
-        <v>810</v>
+        <v>790</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" t="str">
         <f t="shared" si="1"/>
-        <v>A31518-MAIERS</v>
+        <v>A32530-ESTHERVILLE/WHITE</v>
       </c>
       <c r="B81" t="s">
-        <v>811</v>
+        <v>791</v>
       </c>
       <c r="C81" t="s">
-        <v>812</v>
+        <v>792</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" t="str">
         <f t="shared" si="1"/>
-        <v>A32502-ESTHERVILLE</v>
+        <v>A32538-JENSEN</v>
       </c>
       <c r="B82" t="s">
-        <v>813</v>
+        <v>793</v>
       </c>
       <c r="C82" t="s">
-        <v>814</v>
+        <v>691</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" t="str">
         <f t="shared" si="1"/>
-        <v>A32530-ESTHERVILLE/WHITE</v>
+        <v>A32544-ANDERSON</v>
       </c>
       <c r="B83" t="s">
-        <v>815</v>
+        <v>794</v>
       </c>
       <c r="C83" t="s">
-        <v>816</v>
+        <v>747</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" t="str">
         <f t="shared" si="1"/>
-        <v>A32538-JENSEN</v>
+        <v>A32548-LILLAND</v>
       </c>
       <c r="B84" t="s">
-        <v>817</v>
+        <v>795</v>
       </c>
       <c r="C84" t="s">
-        <v>712</v>
+        <v>796</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" t="str">
         <f t="shared" si="1"/>
-        <v>A32544-ANDERSON</v>
+        <v>A33506-ALPHA</v>
       </c>
       <c r="B85" t="s">
-        <v>818</v>
+        <v>797</v>
       </c>
       <c r="C85" t="s">
-        <v>768</v>
+        <v>798</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" t="str">
         <f t="shared" si="1"/>
-        <v>A32548-LILLAND</v>
+        <v>A33510-RANDALIA</v>
       </c>
       <c r="B86" t="s">
-        <v>819</v>
+        <v>799</v>
       </c>
       <c r="C86" t="s">
-        <v>820</v>
+        <v>800</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" t="str">
         <f t="shared" si="1"/>
-        <v>A33506-ALPHA</v>
+        <v>A33518-BASSETT</v>
       </c>
       <c r="B87" t="s">
-        <v>821</v>
+        <v>801</v>
       </c>
       <c r="C87" t="s">
-        <v>822</v>
+        <v>802</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" t="str">
         <f t="shared" si="1"/>
-        <v>A33510-RANDALIA</v>
+        <v>A33520-OELWEIN SAND</v>
       </c>
       <c r="B88" t="s">
-        <v>823</v>
+        <v>803</v>
       </c>
       <c r="C88" t="s">
-        <v>824</v>
+        <v>804</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" t="str">
         <f t="shared" si="1"/>
-        <v>A33518-BASSETT</v>
+        <v>A33522-PAPE</v>
       </c>
       <c r="B89" t="s">
-        <v>825</v>
+        <v>805</v>
       </c>
       <c r="C89" t="s">
-        <v>826</v>
+        <v>806</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" t="str">
         <f t="shared" si="1"/>
-        <v>A33520-OELWEIN SAND</v>
+        <v>A33524-ROGERS</v>
       </c>
       <c r="B90" t="s">
-        <v>827</v>
+        <v>807</v>
       </c>
       <c r="C90" t="s">
-        <v>828</v>
+        <v>808</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" t="str">
         <f t="shared" si="1"/>
-        <v>A33522-PAPE</v>
+        <v>A33528-KASEMEIER</v>
       </c>
       <c r="B91" t="s">
-        <v>829</v>
+        <v>809</v>
       </c>
       <c r="C91" t="s">
-        <v>830</v>
+        <v>810</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" t="str">
         <f t="shared" si="1"/>
-        <v>A33524-ROGERS</v>
+        <v>A34502-ROCKFORD</v>
       </c>
       <c r="B92" t="s">
-        <v>831</v>
+        <v>811</v>
       </c>
       <c r="C92" t="s">
-        <v>832</v>
+        <v>812</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" t="str">
         <f t="shared" si="1"/>
-        <v>A33528-KASEMEIER</v>
+        <v>A34516-CEDAR ACRE RESORT</v>
       </c>
       <c r="B93" t="s">
-        <v>833</v>
+        <v>813</v>
       </c>
       <c r="C93" t="s">
-        <v>834</v>
+        <v>814</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" t="str">
         <f t="shared" si="1"/>
-        <v>A34502-ROCKFORD</v>
+        <v>A34520-FOOTHILL</v>
       </c>
       <c r="B94" t="s">
-        <v>835</v>
+        <v>815</v>
       </c>
       <c r="C94" t="s">
-        <v>836</v>
+        <v>816</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" t="str">
         <f t="shared" si="1"/>
-        <v>A34516-CEDAR ACRE RESORT</v>
+        <v>A34522-ROTTINGHAUS</v>
       </c>
       <c r="B95" t="s">
-        <v>837</v>
+        <v>817</v>
       </c>
       <c r="C95" t="s">
-        <v>838</v>
+        <v>818</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" t="str">
         <f t="shared" si="1"/>
-        <v>A34520-FOOTHILL</v>
+        <v>A35502-GENEVA</v>
       </c>
       <c r="B96" t="s">
-        <v>839</v>
+        <v>819</v>
       </c>
       <c r="C96" t="s">
-        <v>840</v>
+        <v>820</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" t="str">
         <f t="shared" si="1"/>
-        <v>A34522-ROTTINGHAUS</v>
+        <v>A35520-BRANDT</v>
       </c>
       <c r="B97" t="s">
-        <v>841</v>
+        <v>1544</v>
       </c>
       <c r="C97" t="s">
-        <v>842</v>
+        <v>1545</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" t="str">
         <f t="shared" si="1"/>
-        <v>A35502-GENEVA</v>
+        <v>A35522-MCDOWELL SAND</v>
       </c>
       <c r="B98" t="s">
-        <v>843</v>
+        <v>821</v>
       </c>
       <c r="C98" t="s">
-        <v>844</v>
+        <v>822</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" t="str">
         <f t="shared" si="1"/>
-        <v>A35520-BRANDT</v>
+        <v>A37504-JEFFERSON</v>
       </c>
       <c r="B99" t="s">
-        <v>1591</v>
+        <v>823</v>
       </c>
       <c r="C99" t="s">
-        <v>1592</v>
+        <v>824</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" t="str">
         <f t="shared" si="1"/>
-        <v>A35522-MCDOWELL SAND</v>
+        <v>A37514-WRIGHT</v>
       </c>
       <c r="B100" t="s">
-        <v>845</v>
+        <v>1546</v>
       </c>
       <c r="C100" t="s">
-        <v>846</v>
+        <v>1059</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" t="str">
         <f t="shared" si="1"/>
-        <v>A37504-JEFFERSON</v>
+        <v>A37520-JEFFERSON</v>
       </c>
       <c r="B101" t="s">
-        <v>847</v>
+        <v>825</v>
       </c>
       <c r="C101" t="s">
-        <v>848</v>
+        <v>824</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" t="str">
         <f t="shared" si="1"/>
-        <v>A37514-WRIGHT</v>
+        <v>A38504-HERONIMOUS</v>
       </c>
       <c r="B102" t="s">
-        <v>1593</v>
+        <v>827</v>
       </c>
       <c r="C102" t="s">
-        <v>1087</v>
+        <v>828</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" t="str">
         <f t="shared" si="1"/>
-        <v>A37520-GREEN COUNTY MATERIALS</v>
+        <v>A38506-MEESTER</v>
       </c>
       <c r="B103" t="s">
-        <v>849</v>
+        <v>829</v>
       </c>
       <c r="C103" t="s">
-        <v>1568</v>
+        <v>830</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" t="str">
         <f t="shared" si="1"/>
-        <v>A38504-HERONIMOUS</v>
+        <v>A39508-L &amp; L</v>
       </c>
       <c r="B104" t="s">
-        <v>851</v>
+        <v>831</v>
       </c>
       <c r="C104" t="s">
-        <v>852</v>
+        <v>832</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" t="str">
         <f t="shared" si="1"/>
-        <v>A38506-MEESTER</v>
+        <v>A40512-ANDERSON</v>
       </c>
       <c r="B105" t="s">
-        <v>853</v>
+        <v>833</v>
       </c>
       <c r="C105" t="s">
-        <v>854</v>
+        <v>747</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" t="str">
         <f t="shared" si="1"/>
-        <v>A39508-L &amp; L</v>
+        <v>A42512-HARDIN AGGREGATES</v>
       </c>
       <c r="B106" t="s">
-        <v>855</v>
+        <v>834</v>
       </c>
       <c r="C106" t="s">
-        <v>856</v>
+        <v>835</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" t="str">
         <f t="shared" si="1"/>
-        <v>A40512-ANDERSON</v>
+        <v>A42532-H &amp; M FARMS</v>
       </c>
       <c r="B107" t="s">
-        <v>857</v>
+        <v>836</v>
       </c>
       <c r="C107" t="s">
-        <v>768</v>
+        <v>837</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" t="str">
         <f t="shared" si="1"/>
-        <v>A42512-HARDIN AGGREGATES</v>
+        <v>A43512-WOODBINE-MCCANN</v>
       </c>
       <c r="B108" t="s">
-        <v>858</v>
+        <v>838</v>
       </c>
       <c r="C108" t="s">
-        <v>859</v>
+        <v>839</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" t="str">
         <f t="shared" si="1"/>
-        <v>A42532-H &amp; M FARMS</v>
+        <v>A44502-NORTH ROME</v>
       </c>
       <c r="B109" t="s">
-        <v>860</v>
+        <v>840</v>
       </c>
       <c r="C109" t="s">
-        <v>861</v>
+        <v>841</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" t="str">
         <f t="shared" si="1"/>
-        <v>A43512-WOODBINE-MCCANN</v>
+        <v>A44504-ENSMINGER-ROME</v>
       </c>
       <c r="B110" t="s">
-        <v>862</v>
+        <v>842</v>
       </c>
       <c r="C110" t="s">
-        <v>863</v>
+        <v>843</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" t="str">
         <f t="shared" si="1"/>
-        <v>A44502-NORTH ROME</v>
+        <v>A44506-COPPOCK SAND</v>
       </c>
       <c r="B111" t="s">
-        <v>864</v>
+        <v>844</v>
       </c>
       <c r="C111" t="s">
-        <v>865</v>
+        <v>845</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" t="str">
         <f t="shared" si="1"/>
-        <v>A44504-ENSMINGER-ROME</v>
+        <v>A45504-ECKERMAN</v>
       </c>
       <c r="B112" t="s">
-        <v>866</v>
+        <v>846</v>
       </c>
       <c r="C112" t="s">
-        <v>867</v>
+        <v>847</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" t="str">
         <f t="shared" si="1"/>
-        <v>A44506-COPPOCK SAND</v>
+        <v>A45508-SOVEREIGN</v>
       </c>
       <c r="B113" t="s">
-        <v>868</v>
+        <v>848</v>
       </c>
       <c r="C113" t="s">
-        <v>869</v>
+        <v>849</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" t="str">
         <f t="shared" si="1"/>
-        <v>A45504-ECKERMAN</v>
+        <v>A45516-FREIDERICH</v>
       </c>
       <c r="B114" t="s">
-        <v>870</v>
+        <v>850</v>
       </c>
       <c r="C114" t="s">
-        <v>871</v>
+        <v>851</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" t="str">
         <f t="shared" si="1"/>
-        <v>A45508-SOVEREIGN</v>
+        <v>A45518-ELMA</v>
       </c>
       <c r="B115" t="s">
-        <v>872</v>
+        <v>852</v>
       </c>
       <c r="C115" t="s">
-        <v>873</v>
+        <v>853</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" t="str">
         <f t="shared" si="1"/>
-        <v>A45516-FREIDERICH</v>
+        <v>A45520-HOOVER</v>
       </c>
       <c r="B116" t="s">
-        <v>874</v>
+        <v>854</v>
       </c>
       <c r="C116" t="s">
-        <v>875</v>
+        <v>855</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" t="str">
         <f t="shared" si="1"/>
-        <v>A45518-ELMA</v>
+        <v>A45522-LE ROY</v>
       </c>
       <c r="B117" t="s">
-        <v>876</v>
+        <v>1547</v>
       </c>
       <c r="C117" t="s">
-        <v>877</v>
+        <v>1548</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" t="str">
         <f t="shared" si="1"/>
-        <v>A45520-HOOVER</v>
+        <v>A46516-ERICKSON</v>
       </c>
       <c r="B118" t="s">
-        <v>878</v>
+        <v>856</v>
       </c>
       <c r="C118" t="s">
-        <v>879</v>
+        <v>857</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" t="str">
         <f t="shared" si="1"/>
-        <v>A45522-LE ROY</v>
+        <v>A46518-PEDERSEN</v>
       </c>
       <c r="B119" t="s">
-        <v>1594</v>
+        <v>858</v>
       </c>
       <c r="C119" t="s">
-        <v>1595</v>
+        <v>859</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" t="str">
         <f t="shared" si="1"/>
-        <v>A46516-ERICKSON</v>
+        <v>A46522-VOTE</v>
       </c>
       <c r="B120" t="s">
-        <v>880</v>
+        <v>1647</v>
       </c>
       <c r="C120" t="s">
-        <v>881</v>
+        <v>1648</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" t="str">
         <f t="shared" si="1"/>
-        <v>A46518-PEDERSEN</v>
+        <v>A47504-CROCKER</v>
       </c>
       <c r="B121" t="s">
-        <v>882</v>
+        <v>1624</v>
       </c>
       <c r="C121" t="s">
-        <v>883</v>
+        <v>1625</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" t="str">
         <f t="shared" si="1"/>
-        <v>A48506-MARENGO</v>
+        <v>A48508-DISTERHOFT</v>
       </c>
       <c r="B122" t="s">
-        <v>884</v>
+        <v>860</v>
       </c>
       <c r="C122" t="s">
-        <v>885</v>
+        <v>861</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" t="str">
         <f t="shared" si="1"/>
-        <v>A48508-DISTERHOFT</v>
+        <v>A49506-BELLEVUE</v>
       </c>
       <c r="B123" t="s">
-        <v>886</v>
+        <v>862</v>
       </c>
       <c r="C123" t="s">
-        <v>887</v>
+        <v>863</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" t="str">
         <f t="shared" si="1"/>
-        <v>A49506-BELLEVUE</v>
+        <v>A49516-TURNER</v>
       </c>
       <c r="B124" t="s">
-        <v>888</v>
+        <v>864</v>
       </c>
       <c r="C124" t="s">
-        <v>889</v>
+        <v>865</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" t="str">
         <f t="shared" si="1"/>
-        <v>A49516-TURNER</v>
+        <v>A49526-BELLEVUE FARM</v>
       </c>
       <c r="B125" t="s">
-        <v>890</v>
+        <v>866</v>
       </c>
       <c r="C125" t="s">
-        <v>891</v>
+        <v>867</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" t="str">
         <f t="shared" si="1"/>
-        <v>A49524-GRIEBEL</v>
+        <v>A49530-PETERSON</v>
       </c>
       <c r="B126" t="s">
-        <v>1381</v>
+        <v>868</v>
       </c>
       <c r="C126" t="s">
-        <v>1382</v>
+        <v>869</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" t="str">
         <f t="shared" si="1"/>
-        <v>A49526-BELLEVUE FARM</v>
+        <v>A49538-MAQUOKETA SAND</v>
       </c>
       <c r="B127" t="s">
-        <v>892</v>
+        <v>1549</v>
       </c>
       <c r="C127" t="s">
-        <v>893</v>
+        <v>1550</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" t="str">
         <f t="shared" si="1"/>
-        <v>A49530-PETERSON</v>
+        <v>A50504-REASNOR</v>
       </c>
       <c r="B128" t="s">
-        <v>894</v>
+        <v>871</v>
       </c>
       <c r="C128" t="s">
-        <v>895</v>
+        <v>872</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" t="str">
         <f t="shared" si="1"/>
-        <v>A49538-MAQUOKETA SAND</v>
+        <v>A52508-WILLIAMS</v>
       </c>
       <c r="B129" t="s">
-        <v>1596</v>
+        <v>873</v>
       </c>
       <c r="C129" t="s">
-        <v>1597</v>
+        <v>874</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" t="str">
         <f t="shared" si="1"/>
-        <v>A50504-REASNOR</v>
+        <v>A52510-RIVERSIDE #2</v>
       </c>
       <c r="B130" t="s">
-        <v>897</v>
+        <v>875</v>
       </c>
       <c r="C130" t="s">
-        <v>898</v>
+        <v>876</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" t="str">
         <f t="shared" si="1"/>
-        <v>A52508-WILLIAMS</v>
+        <v>A52512-RIVERSIDE SAND</v>
       </c>
       <c r="B131" t="s">
-        <v>899</v>
+        <v>877</v>
       </c>
       <c r="C131" t="s">
-        <v>900</v>
+        <v>878</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" t="str">
         <f t="shared" ref="A132:A195" si="2">CONCATENATE(B132,"-",C132)</f>
-        <v>A52510-RIVERSIDE #2</v>
+        <v>A53522-WEBER</v>
       </c>
       <c r="B132" t="s">
-        <v>901</v>
+        <v>879</v>
       </c>
       <c r="C132" t="s">
-        <v>902</v>
+        <v>880</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" t="str">
         <f t="shared" si="2"/>
-        <v>A52512-RIVERSIDE SAND</v>
+        <v>A53526-STEPHENS</v>
       </c>
       <c r="B133" t="s">
-        <v>903</v>
+        <v>1551</v>
       </c>
       <c r="C133" t="s">
-        <v>904</v>
+        <v>1552</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" t="str">
         <f t="shared" si="2"/>
-        <v>A53514-FLEMING</v>
+        <v>A53528-ANAMOSA</v>
       </c>
       <c r="B134" t="s">
-        <v>1598</v>
+        <v>881</v>
       </c>
       <c r="C134" t="s">
-        <v>1599</v>
+        <v>882</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" t="str">
         <f t="shared" si="2"/>
-        <v>A53522-WEBER</v>
+        <v>A53530-ANAMOSA-WOOD'S</v>
       </c>
       <c r="B135" t="s">
-        <v>905</v>
+        <v>883</v>
       </c>
       <c r="C135" t="s">
-        <v>906</v>
+        <v>884</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" t="str">
         <f t="shared" si="2"/>
-        <v>A53526-STEPHENS</v>
+        <v>A53532-LOES</v>
       </c>
       <c r="B136" t="s">
-        <v>1600</v>
+        <v>885</v>
       </c>
       <c r="C136" t="s">
-        <v>1601</v>
+        <v>886</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" t="str">
         <f t="shared" si="2"/>
-        <v>A53528-ANAMOSA</v>
+        <v>A56504-VINCENNES</v>
       </c>
       <c r="B137" t="s">
-        <v>907</v>
+        <v>887</v>
       </c>
       <c r="C137" t="s">
-        <v>908</v>
+        <v>888</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" t="str">
         <f t="shared" si="2"/>
-        <v>A53530-ANAMOSA-WOOD'S</v>
+        <v>A56506-FT MADISON</v>
       </c>
       <c r="B138" t="s">
-        <v>909</v>
+        <v>889</v>
       </c>
       <c r="C138" t="s">
-        <v>910</v>
+        <v>890</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" t="str">
         <f t="shared" si="2"/>
-        <v>A53532-LOES</v>
+        <v>A56508-LEE COUNTY S &amp; G</v>
       </c>
       <c r="B139" t="s">
-        <v>911</v>
+        <v>891</v>
       </c>
       <c r="C139" t="s">
-        <v>912</v>
+        <v>892</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" t="str">
         <f t="shared" si="2"/>
-        <v>A56504-VINCENNES</v>
+        <v>A57520-IVANHOE</v>
       </c>
       <c r="B140" t="s">
-        <v>913</v>
+        <v>894</v>
       </c>
       <c r="C140" t="s">
-        <v>914</v>
+        <v>895</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" t="str">
         <f t="shared" si="2"/>
-        <v>A56506-FT MADISON</v>
+        <v>A57528-BLAIRSFERRY SAND</v>
       </c>
       <c r="B141" t="s">
-        <v>915</v>
+        <v>896</v>
       </c>
       <c r="C141" t="s">
-        <v>916</v>
+        <v>897</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" t="str">
         <f t="shared" si="2"/>
-        <v>A56508-LEE COUNTY S &amp; G</v>
+        <v>A57530-HESS</v>
       </c>
       <c r="B142" t="s">
-        <v>917</v>
+        <v>898</v>
       </c>
       <c r="C142" t="s">
-        <v>918</v>
+        <v>899</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" t="str">
         <f t="shared" si="2"/>
-        <v>A57520-IVANHOE</v>
+        <v>A57534-LINN COUNTY SAND</v>
       </c>
       <c r="B143" t="s">
-        <v>920</v>
+        <v>900</v>
       </c>
       <c r="C143" t="s">
-        <v>921</v>
+        <v>901</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" t="str">
         <f t="shared" si="2"/>
-        <v>A57528-BLAIRSFERRY SAND</v>
+        <v>A57536-POWER PLANT</v>
       </c>
       <c r="B144" t="s">
-        <v>922</v>
+        <v>902</v>
       </c>
       <c r="C144" t="s">
-        <v>923</v>
+        <v>903</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" t="str">
         <f t="shared" si="2"/>
-        <v>A57530-HESS</v>
+        <v>A58504-FREDONIA</v>
       </c>
       <c r="B145" t="s">
-        <v>924</v>
+        <v>904</v>
       </c>
       <c r="C145" t="s">
-        <v>925</v>
+        <v>905</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" t="str">
         <f t="shared" si="2"/>
-        <v>A57534-LINN COUNTY SAND</v>
+        <v>A60502-ROCK RAPIDS #1</v>
       </c>
       <c r="B146" t="s">
-        <v>926</v>
+        <v>906</v>
       </c>
       <c r="C146" t="s">
-        <v>927</v>
+        <v>907</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" t="str">
         <f t="shared" si="2"/>
-        <v>A57536-POWER PLANT</v>
+        <v>A62502-G71</v>
       </c>
       <c r="B147" t="s">
-        <v>928</v>
+        <v>908</v>
       </c>
       <c r="C147" t="s">
-        <v>929</v>
+        <v>909</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" t="str">
         <f t="shared" si="2"/>
-        <v>A58504-FREDONIA</v>
+        <v>A63502-BEAN PROPERTY</v>
       </c>
       <c r="B148" t="s">
-        <v>930</v>
+        <v>1553</v>
       </c>
       <c r="C148" t="s">
-        <v>931</v>
+        <v>1554</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" t="str">
         <f t="shared" si="2"/>
-        <v>A60502-ROCK RAPIDS #1</v>
+        <v>A63512-NEW HARVEY</v>
       </c>
       <c r="B149" t="s">
-        <v>932</v>
+        <v>910</v>
       </c>
       <c r="C149" t="s">
-        <v>933</v>
+        <v>911</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" t="str">
         <f t="shared" si="2"/>
-        <v>A62502-G71</v>
+        <v>A64508-NEW MARSHALLTOWN</v>
       </c>
       <c r="B150" t="s">
-        <v>934</v>
+        <v>912</v>
       </c>
       <c r="C150" t="s">
-        <v>935</v>
+        <v>913</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" t="str">
         <f t="shared" si="2"/>
-        <v>A63502-BEAN PROPERTY</v>
+        <v>A66502-OSAGE-SCHMIDT</v>
       </c>
       <c r="B151" t="s">
-        <v>1602</v>
+        <v>914</v>
       </c>
       <c r="C151" t="s">
-        <v>1603</v>
+        <v>915</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" t="str">
         <f t="shared" si="2"/>
-        <v>A63512-NEW HARVEY</v>
+        <v>A66512-KLAAHSEN</v>
       </c>
       <c r="B152" t="s">
-        <v>936</v>
+        <v>916</v>
       </c>
       <c r="C152" t="s">
-        <v>937</v>
+        <v>917</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" t="str">
         <f t="shared" si="2"/>
-        <v>A64508-NEW MARSHALLTOWN</v>
+        <v>A66514-LOVIK</v>
       </c>
       <c r="B153" t="s">
-        <v>938</v>
+        <v>918</v>
       </c>
       <c r="C153" t="s">
-        <v>939</v>
+        <v>919</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" t="str">
         <f t="shared" si="2"/>
-        <v>A66502-OSAGE-SCHMIDT</v>
+        <v>A66516-BOERJAN</v>
       </c>
       <c r="B154" t="s">
-        <v>940</v>
+        <v>920</v>
       </c>
       <c r="C154" t="s">
-        <v>941</v>
+        <v>921</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" t="str">
         <f t="shared" si="2"/>
-        <v>A66512-KLAAHSEN</v>
+        <v>A66520-LESCH</v>
       </c>
       <c r="B155" t="s">
-        <v>942</v>
+        <v>922</v>
       </c>
       <c r="C155" t="s">
-        <v>943</v>
+        <v>923</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" t="str">
         <f t="shared" si="2"/>
-        <v>A66514-LOVIK</v>
+        <v>A67502-RODNEY</v>
       </c>
       <c r="B156" t="s">
-        <v>944</v>
+        <v>924</v>
       </c>
       <c r="C156" t="s">
-        <v>945</v>
+        <v>925</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" t="str">
         <f t="shared" si="2"/>
-        <v>A66516-BOERJAN</v>
+        <v>A70504-ATALISSA-MCKILLIP</v>
       </c>
       <c r="B157" t="s">
-        <v>946</v>
+        <v>1555</v>
       </c>
       <c r="C157" t="s">
-        <v>947</v>
+        <v>1556</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" t="str">
         <f t="shared" si="2"/>
-        <v>A66520-LESCH</v>
+        <v>A70506-ACME</v>
       </c>
       <c r="B158" t="s">
-        <v>948</v>
+        <v>926</v>
       </c>
       <c r="C158" t="s">
-        <v>949</v>
+        <v>927</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" t="str">
         <f t="shared" si="2"/>
-        <v>A67502-RODNEY</v>
+        <v>A71504-RABE PAULLINA</v>
       </c>
       <c r="B159" t="s">
-        <v>950</v>
+        <v>928</v>
       </c>
       <c r="C159" t="s">
-        <v>951</v>
+        <v>929</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" t="str">
         <f t="shared" si="2"/>
-        <v>A70504-ATALISSA-MCKILLIP</v>
+        <v>A71536-PHLOW CREEK</v>
       </c>
       <c r="B160" t="s">
-        <v>1604</v>
+        <v>930</v>
       </c>
       <c r="C160" t="s">
-        <v>1605</v>
+        <v>931</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" t="str">
         <f t="shared" si="2"/>
-        <v>A70506-ACME</v>
+        <v>A72504-OCHEYEDAN</v>
       </c>
       <c r="B161" t="s">
-        <v>952</v>
+        <v>932</v>
       </c>
       <c r="C161" t="s">
-        <v>953</v>
+        <v>933</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" t="str">
         <f t="shared" si="2"/>
-        <v>A71504-RABE PAULLINA</v>
+        <v>A72506-ASHTON</v>
       </c>
       <c r="B162" t="s">
-        <v>954</v>
+        <v>934</v>
       </c>
       <c r="C162" t="s">
-        <v>955</v>
+        <v>935</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" t="str">
         <f t="shared" si="2"/>
-        <v>A71536-PHLOW CREEK</v>
+        <v>A72524-BOERHAVE</v>
       </c>
       <c r="B163" t="s">
-        <v>956</v>
+        <v>936</v>
       </c>
       <c r="C163" t="s">
-        <v>957</v>
+        <v>937</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" t="str">
         <f t="shared" si="2"/>
-        <v>A72504-OCHEYEDAN</v>
+        <v>A72530-BOYD</v>
       </c>
       <c r="B164" t="s">
-        <v>958</v>
+        <v>938</v>
       </c>
       <c r="C164" t="s">
-        <v>959</v>
+        <v>939</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" t="str">
         <f t="shared" si="2"/>
-        <v>A72506-ASHTON</v>
+        <v>A72532-ENGEL</v>
       </c>
       <c r="B165" t="s">
-        <v>960</v>
+        <v>940</v>
       </c>
       <c r="C165" t="s">
-        <v>961</v>
+        <v>1557</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" t="str">
         <f t="shared" si="2"/>
-        <v>A72524-BOERHAVE</v>
+        <v>A72534-ASHTON-SEIVERT</v>
       </c>
       <c r="B166" t="s">
-        <v>962</v>
+        <v>941</v>
       </c>
       <c r="C166" t="s">
-        <v>963</v>
+        <v>942</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" t="str">
         <f t="shared" si="2"/>
-        <v>A72530-BOYD</v>
+        <v>A72538-MONEY PIT #1</v>
       </c>
       <c r="B167" t="s">
-        <v>964</v>
+        <v>943</v>
       </c>
       <c r="C167" t="s">
-        <v>965</v>
+        <v>944</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" t="str">
         <f t="shared" si="2"/>
-        <v>A72532-ENGEL</v>
+        <v>A73508-SHENANDOAH-CONNELL II</v>
       </c>
       <c r="B168" t="s">
-        <v>966</v>
+        <v>945</v>
       </c>
       <c r="C168" t="s">
-        <v>1606</v>
+        <v>946</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" t="str">
         <f t="shared" si="2"/>
-        <v>A72534-ASHTON-SEIVERT</v>
+        <v>A74502-EMMETSBURG S&amp;G</v>
       </c>
       <c r="B169" t="s">
-        <v>967</v>
+        <v>947</v>
       </c>
       <c r="C169" t="s">
-        <v>968</v>
+        <v>948</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" t="str">
         <f t="shared" si="2"/>
-        <v>A72538-MONEY PIT #1</v>
+        <v>A75502-AKRON</v>
       </c>
       <c r="B170" t="s">
-        <v>969</v>
+        <v>949</v>
       </c>
       <c r="C170" t="s">
-        <v>970</v>
+        <v>950</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" t="str">
         <f t="shared" si="2"/>
-        <v>A73508-SHENANDOAH-CONNELL II</v>
+        <v>A75524-G DIRKSEN #2</v>
       </c>
       <c r="B171" t="s">
-        <v>971</v>
+        <v>951</v>
       </c>
       <c r="C171" t="s">
-        <v>972</v>
+        <v>952</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" t="str">
         <f t="shared" si="2"/>
-        <v>A74502-EMMETSBURG S&amp;G</v>
+        <v>A75526-FRITZ DIRKSEN</v>
       </c>
       <c r="B172" t="s">
-        <v>973</v>
+        <v>953</v>
       </c>
       <c r="C172" t="s">
-        <v>974</v>
+        <v>954</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" t="str">
         <f t="shared" si="2"/>
-        <v>A75502-AKRON</v>
+        <v>A76514-MILLER</v>
       </c>
       <c r="B173" t="s">
-        <v>975</v>
+        <v>955</v>
       </c>
       <c r="C173" t="s">
-        <v>976</v>
+        <v>675</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" t="str">
         <f t="shared" si="2"/>
-        <v>A75503-AKRON</v>
+        <v>A76518-BANWART</v>
       </c>
       <c r="B174" t="s">
-        <v>977</v>
+        <v>956</v>
       </c>
       <c r="C174" t="s">
-        <v>976</v>
+        <v>957</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" t="str">
         <f t="shared" si="2"/>
-        <v>A75524-G DIRKSEN #2</v>
+        <v>A77504-DENNY-JOHNSTON</v>
       </c>
       <c r="B175" t="s">
-        <v>978</v>
+        <v>958</v>
       </c>
       <c r="C175" t="s">
-        <v>979</v>
+        <v>959</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" t="str">
         <f t="shared" si="2"/>
-        <v>A75526-FRITZ DIRKSEN</v>
+        <v>A77522-EDM #2-VANDALIA</v>
       </c>
       <c r="B176" t="s">
-        <v>980</v>
+        <v>960</v>
       </c>
       <c r="C176" t="s">
-        <v>981</v>
+        <v>961</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" t="str">
         <f t="shared" si="2"/>
-        <v>A76514-MILLER</v>
+        <v>A77530-NORTH DES MOINES WHITE</v>
       </c>
       <c r="B177" t="s">
-        <v>982</v>
+        <v>962</v>
       </c>
       <c r="C177" t="s">
-        <v>694</v>
+        <v>963</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" t="str">
         <f t="shared" si="2"/>
-        <v>A76518-BANWART</v>
+        <v>A77534-SAYLORVILLE SAND</v>
       </c>
       <c r="B178" t="s">
-        <v>983</v>
+        <v>964</v>
       </c>
       <c r="C178" t="s">
-        <v>984</v>
+        <v>965</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" t="str">
         <f t="shared" si="2"/>
-        <v>A77504-DENNY-JOHNSTON</v>
+        <v>A77538-NORTH DES MOINES HOVELAND</v>
       </c>
       <c r="B179" t="s">
-        <v>985</v>
+        <v>966</v>
       </c>
       <c r="C179" t="s">
-        <v>986</v>
+        <v>967</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" t="str">
         <f t="shared" si="2"/>
-        <v>A77522-EDM #2-VANDALIA</v>
+        <v>A77540-P-HILL EAST</v>
       </c>
       <c r="B180" t="s">
-        <v>987</v>
+        <v>1558</v>
       </c>
       <c r="C180" t="s">
-        <v>988</v>
+        <v>1559</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" t="str">
         <f t="shared" si="2"/>
-        <v>A77530-NORTH DES MOINES WHITE</v>
+        <v>A78504-OAKLAND</v>
       </c>
       <c r="B181" t="s">
-        <v>989</v>
+        <v>968</v>
       </c>
       <c r="C181" t="s">
-        <v>990</v>
+        <v>969</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" t="str">
         <f t="shared" si="2"/>
-        <v>A77534-SAYLORVILLE SAND</v>
+        <v>A81502-SACTON-LAKEVIEW</v>
       </c>
       <c r="B182" t="s">
-        <v>991</v>
+        <v>970</v>
       </c>
       <c r="C182" t="s">
-        <v>992</v>
+        <v>971</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" t="str">
         <f t="shared" si="2"/>
-        <v>A77538-NORTH DES MOINES HOVELAND</v>
+        <v>A81504-AUBURN</v>
       </c>
       <c r="B183" t="s">
-        <v>993</v>
+        <v>972</v>
       </c>
       <c r="C183" t="s">
-        <v>994</v>
+        <v>973</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" t="str">
         <f t="shared" si="2"/>
-        <v>A77540-P-HILL EAST</v>
+        <v>A81506-SAC CITY</v>
       </c>
       <c r="B184" t="s">
-        <v>1607</v>
+        <v>974</v>
       </c>
       <c r="C184" t="s">
-        <v>1608</v>
+        <v>975</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" t="str">
         <f t="shared" si="2"/>
-        <v>A78504-OAKLAND</v>
+        <v>A81514-CARNARVON S&amp;G</v>
       </c>
       <c r="B185" t="s">
-        <v>995</v>
+        <v>976</v>
       </c>
       <c r="C185" t="s">
-        <v>996</v>
+        <v>977</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" t="str">
         <f t="shared" si="2"/>
-        <v>A81502-SACTON-LAKEVIEW</v>
+        <v>A81520-UREN</v>
       </c>
       <c r="B186" t="s">
-        <v>997</v>
+        <v>978</v>
       </c>
       <c r="C186" t="s">
-        <v>998</v>
+        <v>979</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" t="str">
         <f t="shared" si="2"/>
-        <v>A81504-AUBURN</v>
+        <v>A81528-WALL LAKE</v>
       </c>
       <c r="B187" t="s">
-        <v>999</v>
+        <v>980</v>
       </c>
       <c r="C187" t="s">
-        <v>1000</v>
+        <v>981</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" t="str">
         <f t="shared" si="2"/>
-        <v>A81506-SAC CITY</v>
+        <v>A81530-LEITZ NORTH</v>
       </c>
       <c r="B188" t="s">
-        <v>1001</v>
+        <v>982</v>
       </c>
       <c r="C188" t="s">
-        <v>1002</v>
+        <v>983</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" t="str">
         <f t="shared" si="2"/>
-        <v>A81514-CARNARVON S&amp;G</v>
+        <v>A81534-EARLY</v>
       </c>
       <c r="B189" t="s">
-        <v>1003</v>
+        <v>984</v>
       </c>
       <c r="C189" t="s">
-        <v>1004</v>
+        <v>985</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" t="str">
         <f t="shared" si="2"/>
-        <v>A81520-UREN</v>
+        <v>A81536-DAIKER</v>
       </c>
       <c r="B190" t="s">
-        <v>1005</v>
+        <v>986</v>
       </c>
       <c r="C190" t="s">
-        <v>1006</v>
+        <v>987</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" t="str">
         <f t="shared" si="2"/>
-        <v>A81528-WALL LAKE</v>
+        <v>A81542-WALL LAKE BOYER</v>
       </c>
       <c r="B191" t="s">
-        <v>1007</v>
+        <v>988</v>
       </c>
       <c r="C191" t="s">
-        <v>1008</v>
+        <v>989</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" t="str">
         <f t="shared" si="2"/>
-        <v>A81530-LEITZ NORTH</v>
+        <v>A81544-ULMER-MEISTER</v>
       </c>
       <c r="B192" t="s">
-        <v>1009</v>
+        <v>990</v>
       </c>
       <c r="C192" t="s">
-        <v>1010</v>
+        <v>991</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" t="str">
         <f t="shared" si="2"/>
-        <v>A81534-EARLY</v>
+        <v>A81546-MEISTER</v>
       </c>
       <c r="B193" t="s">
-        <v>1011</v>
+        <v>992</v>
       </c>
       <c r="C193" t="s">
-        <v>1012</v>
+        <v>993</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" t="str">
         <f t="shared" si="2"/>
-        <v>A81536-DAIKER</v>
+        <v>A81550-HOSTENG-HAGGE</v>
       </c>
       <c r="B194" t="s">
-        <v>1013</v>
+        <v>994</v>
       </c>
       <c r="C194" t="s">
-        <v>1014</v>
+        <v>1649</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" t="str">
         <f t="shared" si="2"/>
-        <v>A81542-WALL LAKE BOYER</v>
+        <v>A81552-BEDROCK-WL</v>
       </c>
       <c r="B195" t="s">
-        <v>1015</v>
+        <v>1650</v>
       </c>
       <c r="C195" t="s">
-        <v>1016</v>
+        <v>1651</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" t="str">
         <f t="shared" ref="A196:A259" si="3">CONCATENATE(B196,"-",C196)</f>
-        <v>A81544-ULMER-MEISTER</v>
+        <v>A83506-HARLAN-REINIG</v>
       </c>
       <c r="B196" t="s">
-        <v>1017</v>
+        <v>995</v>
       </c>
       <c r="C196" t="s">
-        <v>1018</v>
+        <v>996</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" t="str">
         <f t="shared" si="3"/>
-        <v>A81546-MEISTER</v>
+        <v>A84502-VANZEE</v>
       </c>
       <c r="B197" t="s">
-        <v>1019</v>
+        <v>997</v>
       </c>
       <c r="C197" t="s">
-        <v>1020</v>
+        <v>998</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" t="str">
         <f t="shared" si="3"/>
-        <v>A81550-HOSTEG-HAGGE</v>
+        <v>A84506-HUDSON-OSTERCAMP</v>
       </c>
       <c r="B198" t="s">
-        <v>1021</v>
+        <v>999</v>
       </c>
       <c r="C198" t="s">
-        <v>1022</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" t="str">
         <f t="shared" si="3"/>
-        <v>A83506-HARLAN-REINIG</v>
+        <v>A84510-HAWARDEN-NORTH</v>
       </c>
       <c r="B199" t="s">
-        <v>1023</v>
+        <v>1001</v>
       </c>
       <c r="C199" t="s">
-        <v>1024</v>
+        <v>1002</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" t="str">
         <f t="shared" si="3"/>
-        <v>A84502-VANZEE</v>
+        <v>A84528-HIGMAN-CHATSWORTH</v>
       </c>
       <c r="B200" t="s">
-        <v>1025</v>
+        <v>1003</v>
       </c>
       <c r="C200" t="s">
-        <v>1026</v>
+        <v>1004</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" t="str">
         <f t="shared" si="3"/>
-        <v>A84506-HUDSON-OSTERCAMP</v>
+        <v>A84532-LASSON</v>
       </c>
       <c r="B201" t="s">
-        <v>1027</v>
+        <v>1005</v>
       </c>
       <c r="C201" t="s">
-        <v>1028</v>
+        <v>1006</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" t="str">
         <f t="shared" si="3"/>
-        <v>A84510-HAWARDEN-NORTH</v>
+        <v>A84536-VANBEEK</v>
       </c>
       <c r="B202" t="s">
-        <v>1029</v>
+        <v>1007</v>
       </c>
       <c r="C202" t="s">
-        <v>1030</v>
+        <v>1008</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" t="str">
         <f t="shared" si="3"/>
-        <v>A84528-HIGMAN-CHATSWORTH</v>
+        <v>A84538-VAN'T HUL</v>
       </c>
       <c r="B203" t="s">
-        <v>1031</v>
+        <v>1009</v>
       </c>
       <c r="C203" t="s">
-        <v>1032</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" t="str">
         <f t="shared" si="3"/>
-        <v>A84532-LASSON</v>
+        <v>A85510-AMES SOUTH</v>
       </c>
       <c r="B204" t="s">
-        <v>1033</v>
+        <v>1011</v>
       </c>
       <c r="C204" t="s">
-        <v>1034</v>
+        <v>1012</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" t="str">
         <f t="shared" si="3"/>
-        <v>A84536-VANBEEK</v>
+        <v>A85512-INROADS AMES SAND</v>
       </c>
       <c r="B205" t="s">
-        <v>1035</v>
+        <v>1652</v>
       </c>
       <c r="C205" t="s">
-        <v>1036</v>
+        <v>1653</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" t="str">
         <f t="shared" si="3"/>
-        <v>A84538-VAN'T HUL</v>
+        <v>A86502-FLINT</v>
       </c>
       <c r="B206" t="s">
-        <v>1037</v>
+        <v>1013</v>
       </c>
       <c r="C206" t="s">
-        <v>1038</v>
+        <v>1014</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" t="str">
         <f t="shared" si="3"/>
-        <v>A85510-AMES SOUTH</v>
+        <v>A90506-OTTUMWA SAND</v>
       </c>
       <c r="B207" t="s">
-        <v>1039</v>
+        <v>1015</v>
       </c>
       <c r="C207" t="s">
-        <v>1040</v>
+        <v>1560</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" t="str">
         <f t="shared" si="3"/>
-        <v>A86502-FLINT</v>
+        <v>A90508-STEVENSON</v>
       </c>
       <c r="B208" t="s">
-        <v>1041</v>
+        <v>1016</v>
       </c>
       <c r="C208" t="s">
-        <v>1042</v>
+        <v>1017</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" t="str">
         <f t="shared" si="3"/>
-        <v>A90506-OTTUMWA SAND</v>
+        <v>A90510-CHILLICOTHE</v>
       </c>
       <c r="B209" t="s">
-        <v>1043</v>
+        <v>1018</v>
       </c>
       <c r="C209" t="s">
-        <v>1609</v>
+        <v>1019</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" t="str">
         <f t="shared" si="3"/>
-        <v>A90508-STEVENSON</v>
+        <v>A92502-RIVERSIDE</v>
       </c>
       <c r="B210" t="s">
-        <v>1044</v>
+        <v>1020</v>
       </c>
       <c r="C210" t="s">
-        <v>1045</v>
+        <v>1021</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" t="str">
         <f t="shared" si="3"/>
-        <v>A90510-CHILLICOTHE</v>
+        <v>A94502-YATES</v>
       </c>
       <c r="B211" t="s">
-        <v>1046</v>
+        <v>1022</v>
       </c>
       <c r="C211" t="s">
-        <v>1047</v>
+        <v>1023</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" t="str">
         <f t="shared" si="3"/>
-        <v>A92502-RIVERSIDE</v>
+        <v>A94522-CROFT</v>
       </c>
       <c r="B212" t="s">
-        <v>1048</v>
+        <v>1024</v>
       </c>
       <c r="C212" t="s">
-        <v>1049</v>
+        <v>1025</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" t="str">
         <f t="shared" si="3"/>
-        <v>A94502-YATES</v>
+        <v>A94526-BUSKE</v>
       </c>
       <c r="B213" t="s">
-        <v>1050</v>
+        <v>1026</v>
       </c>
       <c r="C213" t="s">
-        <v>1051</v>
+        <v>1027</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" t="str">
         <f t="shared" si="3"/>
-        <v>A94522-CROFT</v>
+        <v>A94532-REIGELSBERGER</v>
       </c>
       <c r="B214" t="s">
-        <v>1052</v>
+        <v>1028</v>
       </c>
       <c r="C214" t="s">
-        <v>1053</v>
+        <v>1029</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" t="str">
         <f t="shared" si="3"/>
-        <v>A94526-BUSKE</v>
+        <v>A96502-DECORAH</v>
       </c>
       <c r="B215" t="s">
-        <v>1054</v>
+        <v>1030</v>
       </c>
       <c r="C215" t="s">
-        <v>1055</v>
+        <v>1031</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" t="str">
         <f t="shared" si="3"/>
-        <v>A94532-REIGELSBERGER</v>
+        <v>A96506-FREEPORT</v>
       </c>
       <c r="B216" t="s">
-        <v>1056</v>
+        <v>1032</v>
       </c>
       <c r="C216" t="s">
-        <v>1057</v>
+        <v>1033</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" t="str">
         <f t="shared" si="3"/>
-        <v>A96502-DECORAH</v>
+        <v>A96520-SWEDES BOTTOM</v>
       </c>
       <c r="B217" t="s">
-        <v>1058</v>
+        <v>1034</v>
       </c>
       <c r="C217" t="s">
-        <v>1059</v>
+        <v>1035</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" t="str">
         <f t="shared" si="3"/>
-        <v>A96506-FREEPORT</v>
+        <v>A96526-STIKA</v>
       </c>
       <c r="B218" t="s">
-        <v>1060</v>
+        <v>1561</v>
       </c>
       <c r="C218" t="s">
-        <v>1061</v>
+        <v>1435</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" t="str">
         <f t="shared" si="3"/>
-        <v>A96520-SWEDES BOTTOM</v>
+        <v>A96528-GJETLEY</v>
       </c>
       <c r="B219" t="s">
-        <v>1062</v>
+        <v>1036</v>
       </c>
       <c r="C219" t="s">
-        <v>1063</v>
+        <v>1037</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" t="str">
         <f t="shared" si="3"/>
-        <v>A96526-STIKA</v>
+        <v>A96530-CARLSON-FREEPORT</v>
       </c>
       <c r="B220" t="s">
-        <v>1610</v>
+        <v>1038</v>
       </c>
       <c r="C220" t="s">
-        <v>1474</v>
+        <v>1039</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" t="str">
         <f t="shared" si="3"/>
-        <v>A96528-GJETLEY</v>
+        <v>A96532-SCHMITT</v>
       </c>
       <c r="B221" t="s">
-        <v>1064</v>
+        <v>1040</v>
       </c>
       <c r="C221" t="s">
-        <v>1065</v>
+        <v>1041</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" t="str">
         <f t="shared" si="3"/>
-        <v>A96530-CARLSON-FREEPORT</v>
+        <v>A97502-CORRECTIONVILLE-BUCK</v>
       </c>
       <c r="B222" t="s">
-        <v>1066</v>
+        <v>1042</v>
       </c>
       <c r="C222" t="s">
-        <v>1067</v>
+        <v>1043</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" t="str">
         <f t="shared" si="3"/>
-        <v>A96532-SCHMITT</v>
+        <v>A97516-ANTHON</v>
       </c>
       <c r="B223" t="s">
-        <v>1068</v>
+        <v>1044</v>
       </c>
       <c r="C223" t="s">
-        <v>1069</v>
+        <v>1045</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" t="str">
         <f t="shared" si="3"/>
-        <v>A97502-CORRECTIONVILLE-BUCK</v>
+        <v>A97518-SMITHLAND</v>
       </c>
       <c r="B224" t="s">
-        <v>1070</v>
+        <v>1046</v>
       </c>
       <c r="C224" t="s">
-        <v>1071</v>
+        <v>1047</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" t="str">
         <f t="shared" si="3"/>
-        <v>A97516-ANTHON</v>
+        <v>A97528-EDWARDS</v>
       </c>
       <c r="B225" t="s">
-        <v>1072</v>
+        <v>1048</v>
       </c>
       <c r="C225" t="s">
-        <v>1073</v>
+        <v>1049</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" t="str">
         <f t="shared" si="3"/>
-        <v>A97518-SMITHLAND</v>
+        <v>A97532-CREASEY</v>
       </c>
       <c r="B226" t="s">
-        <v>1074</v>
+        <v>1050</v>
       </c>
       <c r="C226" t="s">
-        <v>1075</v>
+        <v>1051</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" t="str">
         <f t="shared" si="3"/>
-        <v>A97528-EDWARDS</v>
+        <v>A97538-ANTHON-WRIGHT</v>
       </c>
       <c r="B227" t="s">
-        <v>1076</v>
+        <v>1052</v>
       </c>
       <c r="C227" t="s">
-        <v>1077</v>
+        <v>1053</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" t="str">
         <f t="shared" si="3"/>
-        <v>A97532-CREASEY</v>
+        <v>A98502-RANDALL TRANSIT MIX</v>
       </c>
       <c r="B228" t="s">
-        <v>1078</v>
+        <v>1054</v>
       </c>
       <c r="C228" t="s">
-        <v>1079</v>
+        <v>1055</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" t="str">
         <f t="shared" si="3"/>
-        <v>A97538-ANTHON-WRIGHT</v>
+        <v>A98504-FERTILE</v>
       </c>
       <c r="B229" t="s">
-        <v>1080</v>
+        <v>1056</v>
       </c>
       <c r="C229" t="s">
-        <v>1081</v>
+        <v>1057</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" t="str">
         <f t="shared" si="3"/>
-        <v>A98502-RANDALL TRANSIT MIX</v>
+        <v>A98524-TRENHAILE</v>
       </c>
       <c r="B230" t="s">
-        <v>1082</v>
+        <v>1562</v>
       </c>
       <c r="C230" t="s">
-        <v>1083</v>
+        <v>1444</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" t="str">
         <f t="shared" si="3"/>
-        <v>A98504-FERTILE</v>
+        <v>A99502-WRIGHT</v>
       </c>
       <c r="B231" t="s">
-        <v>1084</v>
+        <v>1058</v>
       </c>
       <c r="C231" t="s">
-        <v>1085</v>
+        <v>1059</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" t="str">
         <f t="shared" si="3"/>
-        <v>A98524-TRENHAILE</v>
+        <v>A99510-MEINEKE</v>
       </c>
       <c r="B232" t="s">
-        <v>1611</v>
+        <v>1060</v>
       </c>
       <c r="C232" t="s">
-        <v>1483</v>
+        <v>1061</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" t="str">
         <f t="shared" si="3"/>
-        <v>A99502-WRIGHT</v>
+        <v>A99524-STECHER</v>
       </c>
       <c r="B233" t="s">
-        <v>1086</v>
+        <v>1062</v>
       </c>
       <c r="C233" t="s">
-        <v>1087</v>
+        <v>1063</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" t="str">
         <f t="shared" si="3"/>
-        <v>A99510-MEINEKE</v>
+        <v>AIL502-ALBANY(MC@511)-ROCK ISLAND</v>
       </c>
       <c r="B234" t="s">
-        <v>1088</v>
+        <v>1654</v>
       </c>
       <c r="C234" t="s">
-        <v>1089</v>
+        <v>1655</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" t="str">
         <f t="shared" si="3"/>
-        <v>A99524-STECHER</v>
+        <v>AIL522-CORDOVA INLAND (MC17)</v>
       </c>
       <c r="B235" t="s">
-        <v>1090</v>
+        <v>1064</v>
       </c>
       <c r="C235" t="s">
-        <v>1091</v>
+        <v>1065</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" t="str">
         <f t="shared" si="3"/>
-        <v>AIL522-CORDOVA INLAND (MC17)</v>
+        <v>AIL526-BLUFF CITY SAND</v>
       </c>
       <c r="B236" t="s">
-        <v>1092</v>
+        <v>1066</v>
       </c>
       <c r="C236" t="s">
-        <v>1093</v>
+        <v>1067</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" t="str">
         <f t="shared" si="3"/>
-        <v>AIL526-BLUFF CITY SAND</v>
+        <v>AKS504-FRISBIE-PLANT #3</v>
       </c>
       <c r="B237" t="s">
-        <v>1094</v>
+        <v>1563</v>
       </c>
       <c r="C237" t="s">
-        <v>1095</v>
+        <v>1564</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" t="str">
         <f t="shared" si="3"/>
-        <v>AKS504-FRISBIE-PLANT #3</v>
+        <v>AKS506-OAKLAND SAND PIT</v>
       </c>
       <c r="B238" t="s">
-        <v>1612</v>
+        <v>1565</v>
       </c>
       <c r="C238" t="s">
-        <v>1613</v>
+        <v>1566</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" t="str">
         <f t="shared" si="3"/>
-        <v>AKS506-OAKLAND SAND PIT</v>
+        <v>AKS508-SILVER LAKE SAND PIT</v>
       </c>
       <c r="B239" t="s">
-        <v>1614</v>
+        <v>1567</v>
       </c>
       <c r="C239" t="s">
-        <v>1615</v>
+        <v>1568</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" t="str">
         <f t="shared" si="3"/>
-        <v>AKS508-SILVER LAKE SAND PIT</v>
+        <v>AKS510-DESOTO SAND</v>
       </c>
       <c r="B240" t="s">
-        <v>1616</v>
+        <v>1656</v>
       </c>
       <c r="C240" t="s">
-        <v>1617</v>
+        <v>1657</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" t="str">
         <f t="shared" si="3"/>
         <v>AMN516-OLSON</v>
       </c>
       <c r="B241" t="s">
-        <v>1096</v>
+        <v>1068</v>
       </c>
       <c r="C241" t="s">
-        <v>770</v>
+        <v>749</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" t="str">
         <f t="shared" si="3"/>
         <v>AMN518-LANESBORO</v>
       </c>
       <c r="B242" t="s">
-        <v>1097</v>
+        <v>1069</v>
       </c>
       <c r="C242" t="s">
-        <v>718</v>
+        <v>697</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" t="str">
         <f t="shared" si="3"/>
         <v>AMN522-PRAIRIE ISLAND #3</v>
       </c>
       <c r="B243" t="s">
-        <v>1526</v>
+        <v>1485</v>
       </c>
       <c r="C243" t="s">
-        <v>1527</v>
+        <v>1486</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" t="str">
         <f t="shared" si="3"/>
         <v>AMN528-POPE</v>
       </c>
       <c r="B244" t="s">
-        <v>1098</v>
+        <v>1070</v>
       </c>
       <c r="C244" t="s">
-        <v>1099</v>
+        <v>1071</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" t="str">
         <f t="shared" si="3"/>
         <v>AMN536-ELK RIVER</v>
       </c>
       <c r="B245" t="s">
-        <v>1100</v>
+        <v>1072</v>
       </c>
       <c r="C245" t="s">
-        <v>1101</v>
+        <v>1073</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" t="str">
         <f t="shared" si="3"/>
         <v>AMN538-SHADE</v>
       </c>
       <c r="B246" t="s">
-        <v>1102</v>
+        <v>1074</v>
       </c>
       <c r="C246" t="s">
-        <v>1103</v>
+        <v>1075</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" t="str">
         <f t="shared" si="3"/>
         <v>AMN544-LAKEVILLE</v>
       </c>
       <c r="B247" t="s">
-        <v>1528</v>
+        <v>1487</v>
       </c>
       <c r="C247" t="s">
-        <v>1529</v>
+        <v>1488</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" t="str">
         <f t="shared" si="3"/>
         <v>AMN550-SACHS</v>
       </c>
       <c r="B248" t="s">
-        <v>1104</v>
+        <v>1076</v>
       </c>
       <c r="C248" t="s">
-        <v>1105</v>
+        <v>1077</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" t="str">
         <f t="shared" si="3"/>
         <v>AMN552-WINDMILL</v>
       </c>
       <c r="B249" t="s">
-        <v>1106</v>
+        <v>1078</v>
       </c>
       <c r="C249" t="s">
-        <v>1107</v>
+        <v>1079</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" t="str">
         <f t="shared" si="3"/>
         <v>AMN554-ANNENDALE</v>
       </c>
       <c r="B250" t="s">
-        <v>1108</v>
+        <v>1080</v>
       </c>
       <c r="C250" t="s">
-        <v>1109</v>
+        <v>1081</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" t="str">
         <f t="shared" si="3"/>
         <v>AMN558-ST CROIX</v>
       </c>
       <c r="B251" t="s">
-        <v>1110</v>
+        <v>1082</v>
       </c>
       <c r="C251" t="s">
-        <v>1111</v>
+        <v>1083</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" t="str">
         <f t="shared" si="3"/>
         <v>AMN560-ROSEMOUNT</v>
       </c>
       <c r="B252" t="s">
-        <v>1112</v>
+        <v>1084</v>
       </c>
       <c r="C252" t="s">
-        <v>1113</v>
+        <v>1085</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" t="str">
         <f t="shared" si="3"/>
         <v>AMN562-LUVERNE</v>
       </c>
       <c r="B253" t="s">
-        <v>1114</v>
+        <v>1086</v>
       </c>
       <c r="C253" t="s">
-        <v>1115</v>
+        <v>1087</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" t="str">
         <f t="shared" si="3"/>
         <v>AMN566-ELK RIVER</v>
       </c>
       <c r="B254" t="s">
-        <v>1116</v>
+        <v>1088</v>
       </c>
       <c r="C254" t="s">
-        <v>1101</v>
+        <v>1073</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" t="str">
         <f t="shared" si="3"/>
         <v>AMN568-EMPIRE</v>
       </c>
       <c r="B255" t="s">
-        <v>1117</v>
+        <v>1089</v>
       </c>
       <c r="C255" t="s">
-        <v>1118</v>
+        <v>1090</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" t="str">
         <f t="shared" si="3"/>
         <v>AMN572-KUESTER #3</v>
       </c>
       <c r="B256" t="s">
-        <v>1119</v>
+        <v>1091</v>
       </c>
       <c r="C256" t="s">
-        <v>1120</v>
+        <v>1092</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" t="str">
         <f t="shared" si="3"/>
         <v>AMN574-LINDMAN SOUTH</v>
       </c>
       <c r="B257" t="s">
-        <v>1121</v>
+        <v>1093</v>
       </c>
       <c r="C257" t="s">
-        <v>1122</v>
+        <v>1094</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" t="str">
         <f t="shared" si="3"/>
         <v>AMN576-TILSTRA</v>
       </c>
       <c r="B258" t="s">
-        <v>1123</v>
+        <v>1095</v>
       </c>
       <c r="C258" t="s">
-        <v>1124</v>
+        <v>1096</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" t="str">
         <f t="shared" si="3"/>
         <v>AMO502-WAYLAND</v>
       </c>
       <c r="B259" t="s">
-        <v>1125</v>
+        <v>1097</v>
       </c>
       <c r="C259" t="s">
-        <v>1126</v>
+        <v>1098</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" t="str">
-        <f t="shared" ref="A260:A284" si="4">CONCATENATE(B260,"-",C260)</f>
+        <f t="shared" ref="A260:A283" si="4">CONCATENATE(B260,"-",C260)</f>
         <v>AMO516-MOUNT MORIAH</v>
       </c>
       <c r="B260" t="s">
-        <v>1127</v>
+        <v>1099</v>
       </c>
       <c r="C260" t="s">
-        <v>1128</v>
+        <v>1100</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" t="str">
         <f t="shared" si="4"/>
         <v>AMO520-STANBERRY</v>
       </c>
       <c r="B261" t="s">
-        <v>1129</v>
+        <v>1101</v>
       </c>
       <c r="C261" t="s">
-        <v>1130</v>
+        <v>1102</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" t="str">
         <f t="shared" si="4"/>
         <v>AMO524-CS61 LAGRANGE S&amp;G</v>
       </c>
       <c r="B262" t="s">
-        <v>1131</v>
+        <v>1103</v>
       </c>
       <c r="C262" t="s">
-        <v>1132</v>
+        <v>1104</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" t="str">
         <f t="shared" si="4"/>
         <v>ANE504-WATERLOO #40</v>
       </c>
       <c r="B263" t="s">
-        <v>1133</v>
+        <v>1105</v>
       </c>
       <c r="C263" t="s">
-        <v>1134</v>
+        <v>1106</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" t="str">
         <f t="shared" si="4"/>
-        <v>ANE538-WEST POINT</v>
+        <v>ANE544-VALLEY</v>
       </c>
       <c r="B264" t="s">
-        <v>1135</v>
+        <v>1107</v>
       </c>
       <c r="C264" t="s">
-        <v>1136</v>
+        <v>1108</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" t="str">
         <f t="shared" si="4"/>
-        <v>ANE544-VALLEY</v>
+        <v>ANE548-WEST CENTER SAND</v>
       </c>
       <c r="B265" t="s">
-        <v>1138</v>
+        <v>1109</v>
       </c>
       <c r="C265" t="s">
-        <v>1139</v>
+        <v>1110</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" t="str">
         <f t="shared" si="4"/>
-        <v>ANE548-WEST CENTER SAND</v>
+        <v>ANE552-WATERLOO SAND</v>
       </c>
       <c r="B266" t="s">
-        <v>1140</v>
+        <v>1111</v>
       </c>
       <c r="C266" t="s">
-        <v>1141</v>
+        <v>661</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" t="str">
         <f t="shared" si="4"/>
-        <v>ANE552-WATERLOO SAND-DOUGLAS CO</v>
+        <v>ANE560-PLANT #45</v>
       </c>
       <c r="B267" t="s">
-        <v>1142</v>
+        <v>1112</v>
       </c>
       <c r="C267" t="s">
-        <v>1618</v>
+        <v>1636</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" t="str">
         <f t="shared" si="4"/>
-        <v>ANE560-PLANT #47</v>
+        <v>ANE564-NORTH VALLEY SAND</v>
       </c>
       <c r="B268" t="s">
-        <v>1143</v>
+        <v>1113</v>
       </c>
       <c r="C268" t="s">
-        <v>1137</v>
+        <v>1114</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" t="str">
         <f t="shared" si="4"/>
-        <v>ANE564-NORTH VALLEY SAND</v>
+        <v>ANE566-PLANT #52</v>
       </c>
       <c r="B269" t="s">
-        <v>1144</v>
+        <v>1115</v>
       </c>
       <c r="C269" t="s">
-        <v>1145</v>
+        <v>1116</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" t="str">
         <f t="shared" si="4"/>
-        <v>ANE566-PLANT #52</v>
+        <v>ASD522-BROOKINGS</v>
       </c>
       <c r="B270" t="s">
-        <v>1146</v>
+        <v>1117</v>
       </c>
       <c r="C270" t="s">
-        <v>1147</v>
+        <v>1118</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" t="str">
         <f t="shared" si="4"/>
-        <v>ASD508-CANTON</v>
+        <v>ASD526-CORSON</v>
       </c>
       <c r="B271" t="s">
-        <v>1148</v>
+        <v>1119</v>
       </c>
       <c r="C271" t="s">
-        <v>1149</v>
+        <v>1120</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" t="str">
         <f t="shared" si="4"/>
-        <v>ASD522-BROOKINGS</v>
+        <v>ASD528-EAST SIOUX</v>
       </c>
       <c r="B272" t="s">
-        <v>1150</v>
+        <v>1121</v>
       </c>
       <c r="C272" t="s">
-        <v>1151</v>
+        <v>1122</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" t="str">
         <f t="shared" si="4"/>
-        <v>ASD526-CORSON</v>
+        <v>AWI502-PRAIRIE DU CHIEN</v>
       </c>
       <c r="B273" t="s">
-        <v>1152</v>
+        <v>1123</v>
       </c>
       <c r="C273" t="s">
-        <v>1153</v>
+        <v>1124</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" t="str">
         <f t="shared" si="4"/>
-        <v>ASD528-EAST SIOUX</v>
+        <v>AWI504-VOGT</v>
       </c>
       <c r="B274" t="s">
-        <v>1154</v>
+        <v>1125</v>
       </c>
       <c r="C274" t="s">
-        <v>1155</v>
+        <v>1533</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" t="str">
         <f t="shared" si="4"/>
-        <v>AWI502-PRAIRIE DU CHIEN</v>
+        <v>AWI506-KRAMER</v>
       </c>
       <c r="B275" t="s">
-        <v>1156</v>
+        <v>1126</v>
       </c>
       <c r="C275" t="s">
-        <v>1157</v>
+        <v>1127</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" t="str">
         <f t="shared" si="4"/>
-        <v>AWI504-VOGT</v>
+        <v>AWI508-BARN</v>
       </c>
       <c r="B276" t="s">
-        <v>1158</v>
+        <v>1128</v>
       </c>
       <c r="C276" t="s">
-        <v>1576</v>
+        <v>1129</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" t="str">
         <f t="shared" si="4"/>
-        <v>AWI506-KRAMER</v>
+        <v>AWI514-HAGER CITY</v>
       </c>
       <c r="B277" t="s">
-        <v>1159</v>
+        <v>1130</v>
       </c>
       <c r="C277" t="s">
-        <v>1160</v>
+        <v>1131</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" t="str">
         <f t="shared" si="4"/>
-        <v>AWI508-BARN</v>
+        <v>AWI516-SCHEER</v>
       </c>
       <c r="B278" t="s">
-        <v>1161</v>
+        <v>1132</v>
       </c>
       <c r="C278" t="s">
-        <v>1162</v>
+        <v>1133</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" t="str">
         <f t="shared" si="4"/>
-        <v>AWI514-HAGER CITY</v>
+        <v>AWI522-RIB FALLS PLANT</v>
       </c>
       <c r="B279" t="s">
-        <v>1163</v>
+        <v>1134</v>
       </c>
       <c r="C279" t="s">
-        <v>1164</v>
+        <v>1135</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" t="str">
         <f t="shared" si="4"/>
-        <v>AWI516-SCHEER</v>
+        <v>AWI524-HAEF</v>
       </c>
       <c r="B280" t="s">
-        <v>1165</v>
+        <v>1136</v>
       </c>
       <c r="C280" t="s">
-        <v>1166</v>
+        <v>1137</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" t="str">
         <f t="shared" si="4"/>
-        <v>AWI522-RIB FALLS PLANT</v>
+        <v>AWI526-MILAS</v>
       </c>
       <c r="B281" t="s">
-        <v>1167</v>
+        <v>1138</v>
       </c>
       <c r="C281" t="s">
-        <v>1168</v>
+        <v>1139</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" t="str">
         <f t="shared" si="4"/>
-        <v>AWI524-HAEF</v>
+        <v>AWI528-NELSON</v>
       </c>
       <c r="B282" t="s">
-        <v>1169</v>
+        <v>1140</v>
       </c>
       <c r="C282" t="s">
-        <v>1170</v>
+        <v>720</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" t="str">
         <f t="shared" si="4"/>
-        <v>AWI526-MILAS</v>
+        <v>AWI532-WOLF-DOUSMAN</v>
       </c>
       <c r="B283" t="s">
-        <v>1171</v>
+        <v>1639</v>
       </c>
       <c r="C283" t="s">
-        <v>1172</v>
+        <v>1658</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" t="str">
-        <f t="shared" si="4"/>
+        <f t="shared" ref="A284" si="5">CONCATENATE(B284,"-",C284)</f>
         <v>AWI528-NELSON</v>
       </c>
       <c r="B284" t="s">
-        <v>1173</v>
+        <v>1140</v>
       </c>
       <c r="C284" t="s">
-        <v>741</v>
+        <v>720</v>
       </c>
     </row>
     <row r="305" customFormat="1"/>
     <row r="306" customFormat="1"/>
     <row r="307" customFormat="1"/>
     <row r="308" customFormat="1"/>
     <row r="309" customFormat="1"/>
     <row r="310" customFormat="1"/>
     <row r="311" customFormat="1"/>
     <row r="312" customFormat="1"/>
     <row r="313" customFormat="1"/>
     <row r="314" customFormat="1"/>
     <row r="315" customFormat="1"/>
     <row r="316" customFormat="1"/>
     <row r="317" customFormat="1"/>
     <row r="318" customFormat="1"/>
     <row r="319" customFormat="1"/>
     <row r="320" customFormat="1"/>
     <row r="321" customFormat="1"/>
     <row r="322" customFormat="1"/>
     <row r="323" customFormat="1"/>
     <row r="324" customFormat="1"/>
     <row r="325" customFormat="1"/>
     <row r="326" customFormat="1"/>
     <row r="327" customFormat="1"/>
     <row r="328" customFormat="1"/>
     <row r="329" customFormat="1"/>
     <row r="330" customFormat="1"/>
     <row r="331" customFormat="1"/>
     <row r="332" customFormat="1"/>
     <row r="333" customFormat="1"/>
     <row r="334" customFormat="1"/>
     <row r="335" customFormat="1"/>
     <row r="336" customFormat="1"/>
     <row r="337" customFormat="1"/>
     <row r="338" customFormat="1"/>
     <row r="339" customFormat="1"/>
     <row r="340" customFormat="1"/>
     <row r="341" customFormat="1"/>
     <row r="342" customFormat="1"/>
     <row r="353" customFormat="1"/>
     <row r="354" customFormat="1"/>
     <row r="355" customFormat="1"/>
     <row r="356" customFormat="1"/>
     <row r="357" customFormat="1"/>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="/lefoYwQ67VMuJsPI+xeah7SAdcoCIg0v2UTmIDb+6LBejeaunTL2NzhbGww0jB4Fz8CIc9WB3zbsLs2OnIzoA==" saltValue="qqmNIfLPaGTWQj2Ptyc1HA==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="D2uHqTZMGUhXwdUGdE+BOMXC2D9rpsQlBzX9UKB60FK/fy6VnSCgCbVJUOaHaBO1AQjcEVKoIisTm5BdvIZ3aA==" saltValue="pF62MivmrM6isAbKwFMrNQ==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="1">
     <mergeCell ref="A1:D2"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{21F933AF-AD3F-4C52-8D38-AC0381C430F2}">
   <dimension ref="A1:Q65"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection sqref="A1:XFD1048576"/>
+      <selection sqref="A1:K50"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
-    <col min="1" max="1" width="42.1796875" bestFit="1" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="10" max="11" width="37.54296875" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="42.21875" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="24.44140625" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="11.21875" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="11.21875" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="11.21875" customWidth="1"/>
+    <col min="9" max="9" width="6.77734375" customWidth="1"/>
+    <col min="10" max="11" width="37.5546875" bestFit="1" customWidth="1"/>
     <col min="13" max="13" width="16" bestFit="1" customWidth="1"/>
-    <col min="14" max="14" width="6.1796875" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="17" max="17" width="5.1796875" customWidth="1"/>
+    <col min="14" max="14" width="6.21875" customWidth="1"/>
+    <col min="15" max="15" width="11.44140625" bestFit="1" customWidth="1"/>
+    <col min="16" max="16" width="5.33203125" customWidth="1"/>
+    <col min="17" max="17" width="5.21875" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:17" ht="14.4" customHeight="1">
-[...6 lines deleted...]
-      <c r="E1" s="362"/>
+    <row r="1" spans="1:17" ht="14.45" customHeight="1">
+      <c r="A1" s="363" t="s">
+        <v>592</v>
+      </c>
+      <c r="B1" s="363"/>
+      <c r="C1" s="363"/>
+      <c r="D1" s="363"/>
+      <c r="E1" s="363"/>
       <c r="G1" s="314"/>
       <c r="H1" s="314"/>
       <c r="I1" s="314"/>
       <c r="J1" s="314"/>
       <c r="K1" s="314"/>
-      <c r="M1" s="361"/>
-[...10 lines deleted...]
-      <c r="E2" s="362"/>
+      <c r="M1" s="362"/>
+      <c r="N1" s="362"/>
+      <c r="O1" s="362"/>
+      <c r="P1" s="362"/>
+      <c r="Q1" s="362"/>
+    </row>
+    <row r="2" spans="1:17" ht="14.45" customHeight="1">
+      <c r="A2" s="363"/>
+      <c r="B2" s="363"/>
+      <c r="C2" s="363"/>
+      <c r="D2" s="363"/>
+      <c r="E2" s="363"/>
       <c r="G2" s="314"/>
       <c r="H2" s="314"/>
       <c r="I2" s="314"/>
       <c r="J2" s="314"/>
       <c r="K2" s="314"/>
-      <c r="M2" s="361"/>
-[...3 lines deleted...]
-      <c r="Q2" s="361"/>
+      <c r="M2" s="362"/>
+      <c r="N2" s="362"/>
+      <c r="O2" s="362"/>
+      <c r="P2" s="362"/>
+      <c r="Q2" s="362"/>
     </row>
     <row r="3" spans="1:17">
       <c r="A3" s="315"/>
       <c r="B3" s="315"/>
       <c r="C3" s="315"/>
       <c r="D3" s="315"/>
       <c r="E3" s="315"/>
       <c r="J3" s="316" t="s">
-        <v>596</v>
+        <v>593</v>
       </c>
       <c r="K3" s="316" t="s">
         <v>164</v>
       </c>
     </row>
     <row r="4" spans="1:17">
       <c r="A4" s="315" t="str">
-        <f t="shared" ref="A4:A51" si="0">_xlfn.CONCAT(B4, "-", C4, "-",D4)</f>
+        <f t="shared" ref="A4:A50" si="0">_xlfn.CONCAT(B4, "-", C4, "-",D4)</f>
         <v>PC0003-Ash Grove - Louisville-III</v>
       </c>
       <c r="B4" s="315" t="s">
-        <v>602</v>
+        <v>599</v>
       </c>
       <c r="C4" s="315" t="s">
-        <v>597</v>
+        <v>594</v>
       </c>
       <c r="D4" s="315" t="s">
-        <v>603</v>
+        <v>600</v>
       </c>
       <c r="E4" s="317">
         <v>3.15</v>
       </c>
       <c r="F4" s="316" t="s">
         <v>7</v>
       </c>
       <c r="G4" s="318" t="s">
-        <v>600</v>
+        <v>597</v>
       </c>
       <c r="H4" s="319">
         <v>0</v>
       </c>
       <c r="I4" s="319">
         <v>1</v>
       </c>
       <c r="J4" s="316" t="s">
-        <v>604</v>
+        <v>601</v>
       </c>
       <c r="K4" s="316" t="s">
-        <v>601</v>
+        <v>598</v>
       </c>
       <c r="P4" s="306"/>
     </row>
     <row r="5" spans="1:17">
       <c r="A5" s="315" t="str">
         <f t="shared" si="0"/>
         <v>PC0008-Ash Grove - Louisville-IP(25)</v>
       </c>
       <c r="B5" s="315" t="s">
-        <v>606</v>
+        <v>603</v>
       </c>
       <c r="C5" s="315" t="s">
-        <v>597</v>
+        <v>594</v>
       </c>
       <c r="D5" s="315" t="s">
-        <v>607</v>
+        <v>604</v>
       </c>
       <c r="E5" s="317">
         <v>2.99</v>
       </c>
       <c r="F5" t="s">
-        <v>608</v>
+        <v>605</v>
       </c>
       <c r="G5" s="318" t="s">
-        <v>598</v>
+        <v>595</v>
       </c>
       <c r="H5" s="319">
         <v>0</v>
       </c>
       <c r="I5" s="319">
         <v>1</v>
       </c>
       <c r="J5" s="316" t="s">
-        <v>604</v>
+        <v>601</v>
       </c>
       <c r="K5" s="320" t="s">
-        <v>605</v>
+        <v>602</v>
       </c>
       <c r="P5" s="306"/>
     </row>
     <row r="6" spans="1:17">
       <c r="A6" s="315" t="str">
         <f t="shared" si="0"/>
         <v>PC0009-Ash Grove - Louisville-IL</v>
       </c>
       <c r="B6" s="315" t="s">
-        <v>610</v>
+        <v>607</v>
       </c>
       <c r="C6" s="315" t="s">
-        <v>597</v>
+        <v>594</v>
       </c>
       <c r="D6" s="315" t="s">
-        <v>1619</v>
+        <v>1569</v>
       </c>
       <c r="E6" s="317">
         <v>3.11</v>
       </c>
       <c r="F6" t="s">
-        <v>599</v>
+        <v>596</v>
       </c>
       <c r="G6" s="318" t="s">
-        <v>603</v>
+        <v>600</v>
       </c>
       <c r="H6" s="319">
         <v>0</v>
       </c>
       <c r="I6" s="319">
         <v>1</v>
       </c>
       <c r="J6" s="316" t="s">
-        <v>609</v>
+        <v>606</v>
       </c>
       <c r="K6" s="316" t="s">
-        <v>609</v>
+        <v>606</v>
       </c>
     </row>
     <row r="7" spans="1:17">
       <c r="A7" s="315" t="str">
         <f t="shared" si="0"/>
         <v>PC0018-Ash Grove - Louisville-IP(30)</v>
       </c>
       <c r="B7" s="315" t="s">
-        <v>611</v>
+        <v>608</v>
       </c>
       <c r="C7" s="315" t="s">
-        <v>597</v>
+        <v>594</v>
       </c>
       <c r="D7" s="315" t="s">
-        <v>612</v>
+        <v>609</v>
       </c>
       <c r="E7" s="317">
         <v>2.9</v>
       </c>
       <c r="F7" t="s">
-        <v>608</v>
+        <v>605</v>
       </c>
       <c r="G7" s="318" t="s">
-        <v>1619</v>
+        <v>1569</v>
       </c>
       <c r="H7" s="319">
         <v>0.1</v>
       </c>
       <c r="I7" s="319">
         <v>0.9</v>
       </c>
       <c r="J7" s="316" t="s">
-        <v>604</v>
+        <v>601</v>
       </c>
       <c r="K7" s="320" t="s">
-        <v>605</v>
+        <v>602</v>
       </c>
     </row>
     <row r="8" spans="1:17">
       <c r="A8" s="315" t="str">
         <f t="shared" si="0"/>
-        <v>PC0103-Ash Grove - Chanute-III</v>
+        <v>PC0028-Ash Grove - Louisville-IP(35)</v>
       </c>
       <c r="B8" s="315" t="s">
-        <v>614</v>
+        <v>1659</v>
       </c>
       <c r="C8" s="315" t="s">
-        <v>613</v>
+        <v>594</v>
       </c>
       <c r="D8" s="315" t="s">
-        <v>603</v>
+        <v>1660</v>
       </c>
       <c r="E8" s="317">
-        <v>3.15</v>
+        <v>2.86</v>
+      </c>
+      <c r="F8" t="s">
+        <v>605</v>
       </c>
       <c r="G8" s="318" t="s">
-        <v>607</v>
+        <v>604</v>
       </c>
       <c r="H8" s="319">
         <v>0.25</v>
       </c>
       <c r="I8" s="319">
         <v>0.75</v>
       </c>
       <c r="J8" s="316"/>
       <c r="K8" s="320"/>
     </row>
     <row r="9" spans="1:17">
       <c r="A9" s="315" t="str">
         <f t="shared" si="0"/>
-        <v>PC0108-Ash Grove - Chanute-IP(25)</v>
+        <v>PC0103-Ash Grove - Chanute-III</v>
       </c>
       <c r="B9" s="315" t="s">
-        <v>615</v>
+        <v>611</v>
       </c>
       <c r="C9" s="315" t="s">
-        <v>613</v>
+        <v>610</v>
       </c>
       <c r="D9" s="315" t="s">
-        <v>607</v>
+        <v>600</v>
       </c>
       <c r="E9" s="317">
-        <v>2.97</v>
-[...2 lines deleted...]
-        <v>608</v>
+        <v>3.15</v>
       </c>
       <c r="G9" s="318" t="s">
-        <v>612</v>
+        <v>609</v>
       </c>
       <c r="H9" s="319">
         <v>0.3</v>
       </c>
       <c r="I9" s="319">
         <v>0.7</v>
       </c>
       <c r="J9" s="316"/>
       <c r="K9" s="320"/>
     </row>
     <row r="10" spans="1:17">
       <c r="A10" s="315" t="str">
         <f t="shared" si="0"/>
-        <v>PC0109-Ash Grove - Chanute-IL</v>
+        <v>PC0108-Ash Grove - Chanute-IP(25)</v>
       </c>
       <c r="B10" s="315" t="s">
-        <v>1620</v>
+        <v>612</v>
       </c>
       <c r="C10" s="315" t="s">
-        <v>613</v>
+        <v>610</v>
       </c>
       <c r="D10" s="315" t="s">
-        <v>1619</v>
+        <v>604</v>
       </c>
       <c r="E10" s="317">
-        <v>3.11</v>
+        <v>2.97</v>
       </c>
       <c r="F10" t="s">
-        <v>599</v>
+        <v>605</v>
       </c>
       <c r="G10" s="318" t="s">
-        <v>617</v>
+        <v>1660</v>
       </c>
       <c r="H10" s="319">
-        <v>0.2</v>
+        <v>0.35</v>
       </c>
       <c r="I10" s="319">
-        <v>0.8</v>
+        <v>0.65</v>
       </c>
       <c r="J10" s="316" t="s">
         <v>7</v>
       </c>
       <c r="K10" s="320" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="11" spans="1:17" ht="15.6">
+    <row r="11" spans="1:17">
       <c r="A11" s="315" t="str">
         <f t="shared" si="0"/>
-        <v>PC0203-Continental - Hannibal-III</v>
+        <v>PC0109-Ash Grove - Chanute-IL</v>
       </c>
       <c r="B11" s="315" t="s">
-        <v>618</v>
+        <v>1570</v>
       </c>
       <c r="C11" s="315" t="s">
-        <v>616</v>
+        <v>610</v>
       </c>
       <c r="D11" s="315" t="s">
-        <v>603</v>
+        <v>1569</v>
       </c>
       <c r="E11" s="317">
-        <v>3.15</v>
-[...8 lines deleted...]
-        <v>0.71</v>
+        <v>3.11</v>
+      </c>
+      <c r="F11" t="s">
+        <v>596</v>
+      </c>
+      <c r="G11" s="318" t="s">
+        <v>613</v>
+      </c>
+      <c r="H11" s="319">
+        <v>0.2</v>
+      </c>
+      <c r="I11" s="319">
+        <v>0.8</v>
       </c>
       <c r="J11" s="316" t="s">
         <v>7</v>
       </c>
       <c r="K11" s="320" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="12" spans="1:17" ht="15.6">
+    <row r="12" spans="1:17" ht="15.75">
       <c r="A12" s="315" t="str">
         <f t="shared" si="0"/>
-        <v>PC0209-Continental - Hannibal-IL</v>
+        <v>PC0203-Quikrete - Hannibal-III</v>
       </c>
       <c r="B12" s="315" t="s">
-        <v>619</v>
+        <v>614</v>
       </c>
       <c r="C12" s="315" t="s">
-        <v>616</v>
+        <v>1661</v>
       </c>
       <c r="D12" s="315" t="s">
-        <v>1619</v>
+        <v>600</v>
       </c>
       <c r="E12" s="317">
-        <v>3.11</v>
-[...2 lines deleted...]
-        <v>599</v>
+        <v>3.15</v>
       </c>
       <c r="G12" s="321" t="s">
-        <v>1621</v>
+        <v>1662</v>
       </c>
       <c r="H12" s="306">
-        <v>0.34</v>
+        <v>0.3</v>
       </c>
       <c r="I12" s="306">
-        <v>0.66</v>
+        <v>0.7</v>
       </c>
       <c r="J12" s="316" t="s">
         <v>7</v>
       </c>
       <c r="K12" s="320" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="13" spans="1:17" ht="15.6">
+    <row r="13" spans="1:17" ht="15.75">
       <c r="A13" s="315" t="str">
         <f t="shared" si="0"/>
-        <v>PC0403-Lehigh - Mason City-III</v>
+        <v>PC0209-Quikrete - Hannibal-IL</v>
       </c>
       <c r="B13" s="315" t="s">
-        <v>621</v>
+        <v>615</v>
       </c>
       <c r="C13" s="315" t="s">
-        <v>620</v>
+        <v>1661</v>
       </c>
       <c r="D13" s="315" t="s">
-        <v>603</v>
+        <v>1569</v>
       </c>
       <c r="E13" s="317">
-        <v>3.15</v>
+        <v>3.11</v>
+      </c>
+      <c r="F13" t="s">
+        <v>596</v>
       </c>
       <c r="G13" s="321" t="s">
-        <v>1622</v>
+        <v>1571</v>
       </c>
       <c r="H13" s="306">
-        <v>0.4</v>
+        <v>0.34</v>
       </c>
       <c r="I13" s="306">
-        <v>0.6</v>
+        <v>0.66</v>
       </c>
       <c r="J13" s="316" t="s">
         <v>7</v>
       </c>
       <c r="K13" s="320" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="14" spans="1:17">
+    <row r="14" spans="1:17" ht="15.75">
       <c r="A14" s="315" t="str">
         <f t="shared" si="0"/>
-        <v>PC0409-Lehigh - Mason City-IL</v>
+        <v>PC0403-Heidelberg - Mason City-III</v>
       </c>
       <c r="B14" s="315" t="s">
-        <v>623</v>
+        <v>616</v>
       </c>
       <c r="C14" s="315" t="s">
-        <v>620</v>
+        <v>1663</v>
       </c>
       <c r="D14" s="315" t="s">
-        <v>1619</v>
+        <v>600</v>
       </c>
       <c r="E14" s="317">
-        <v>3.11</v>
-[...11 lines deleted...]
-        <v>0.55000000000000004</v>
+        <v>3.15</v>
+      </c>
+      <c r="G14" s="321" t="s">
+        <v>1572</v>
+      </c>
+      <c r="H14" s="306">
+        <v>0.4</v>
+      </c>
+      <c r="I14" s="306">
+        <v>0.6</v>
       </c>
       <c r="J14" s="316" t="s">
         <v>7</v>
       </c>
       <c r="K14" s="320" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="15" spans="1:17">
       <c r="A15" s="315" t="str">
         <f t="shared" si="0"/>
-        <v>PC0509-Continental - Davenport-IL</v>
+        <v>PC0409-Heidelberg - Mason City-IL</v>
       </c>
       <c r="B15" s="315" t="s">
-        <v>627</v>
+        <v>617</v>
       </c>
       <c r="C15" s="315" t="s">
-        <v>625</v>
+        <v>1663</v>
       </c>
       <c r="D15" s="315" t="s">
-        <v>1619</v>
+        <v>1569</v>
       </c>
       <c r="E15" s="317">
         <v>3.11</v>
       </c>
       <c r="F15" t="s">
-        <v>599</v>
+        <v>596</v>
       </c>
       <c r="G15" s="318" t="s">
-        <v>626</v>
+        <v>618</v>
       </c>
       <c r="H15" s="319">
-        <v>0.31</v>
+        <v>0.45</v>
       </c>
       <c r="I15" s="319">
-        <v>0.69</v>
+        <v>0.55000000000000004</v>
       </c>
       <c r="K15" s="306"/>
     </row>
     <row r="16" spans="1:17">
       <c r="A16" s="315" t="str">
         <f t="shared" si="0"/>
-        <v>PC0703-Central Plains - Sugar Creek-III</v>
+        <v>PC0509-Quikrete - Buffalo-IL</v>
       </c>
       <c r="B16" s="315" t="s">
-        <v>629</v>
+        <v>620</v>
       </c>
       <c r="C16" s="315" t="s">
-        <v>628</v>
+        <v>1664</v>
       </c>
       <c r="D16" s="315" t="s">
-        <v>603</v>
+        <v>1569</v>
       </c>
       <c r="E16" s="317">
-        <v>3.15</v>
-[...3 lines deleted...]
-      <c r="I16" s="319"/>
+        <v>3.11</v>
+      </c>
+      <c r="F16" t="s">
+        <v>596</v>
+      </c>
+      <c r="G16" s="318" t="s">
+        <v>619</v>
+      </c>
+      <c r="H16" s="319">
+        <v>0.31</v>
+      </c>
+      <c r="I16" s="319">
+        <v>0.69</v>
+      </c>
       <c r="K16" s="306"/>
     </row>
     <row r="17" spans="1:11">
       <c r="A17" s="315" t="str">
         <f t="shared" si="0"/>
-        <v>PC0706-Central Plains - Sugar Creek-IT(S20)(L9)</v>
+        <v>PC0703-Central Plains - Sugar Creek-III</v>
       </c>
       <c r="B17" s="315" t="s">
-        <v>630</v>
+        <v>622</v>
       </c>
       <c r="C17" s="315" t="s">
-        <v>628</v>
+        <v>621</v>
       </c>
       <c r="D17" s="315" t="s">
-        <v>622</v>
+        <v>600</v>
       </c>
       <c r="E17" s="317">
-        <v>3.07</v>
-[...2 lines deleted...]
-        <v>608</v>
+        <v>3.15</v>
       </c>
       <c r="G17" s="318"/>
       <c r="H17" s="319"/>
       <c r="I17" s="319"/>
       <c r="K17" s="306"/>
     </row>
     <row r="18" spans="1:11">
       <c r="A18" s="315" t="str">
         <f t="shared" si="0"/>
-        <v>PC0709-Central Plains - Sugar Creek-IL</v>
+        <v>PC0706-Central Plains - Sugar Creek-IT(S20)(L10)</v>
       </c>
       <c r="B18" s="315" t="s">
-        <v>631</v>
+        <v>623</v>
       </c>
       <c r="C18" s="315" t="s">
-        <v>628</v>
+        <v>621</v>
       </c>
       <c r="D18" s="315" t="s">
-        <v>1619</v>
+        <v>1662</v>
       </c>
       <c r="E18" s="317">
-        <v>3.11</v>
+        <v>3.07</v>
       </c>
       <c r="F18" t="s">
-        <v>599</v>
-      </c>
+        <v>605</v>
+      </c>
+      <c r="G18" s="318"/>
+      <c r="H18" s="319"/>
+      <c r="I18" s="319"/>
       <c r="K18" s="306"/>
     </row>
     <row r="19" spans="1:11">
       <c r="A19" s="315" t="str">
         <f t="shared" si="0"/>
-        <v>PC0802-Monarch - Humboldt-I/II</v>
+        <v>PC0709-Central Plains - Sugar Creek-IL</v>
       </c>
       <c r="B19" s="315" t="s">
-        <v>632</v>
+        <v>624</v>
       </c>
       <c r="C19" s="315" t="s">
-        <v>633</v>
+        <v>621</v>
       </c>
       <c r="D19" s="315" t="s">
-        <v>598</v>
+        <v>1569</v>
       </c>
       <c r="E19" s="317">
-        <v>3.14</v>
+        <v>3.11</v>
       </c>
       <c r="F19" t="s">
-        <v>599</v>
+        <v>596</v>
       </c>
       <c r="K19" s="306"/>
     </row>
     <row r="20" spans="1:11">
       <c r="A20" s="315" t="str">
         <f t="shared" si="0"/>
         <v>PC0803-Monarch - Humboldt-III</v>
       </c>
       <c r="B20" s="315" t="s">
-        <v>634</v>
+        <v>626</v>
       </c>
       <c r="C20" s="315" t="s">
-        <v>633</v>
+        <v>625</v>
       </c>
       <c r="D20" s="315" t="s">
-        <v>603</v>
+        <v>600</v>
       </c>
       <c r="E20" s="317">
         <v>3.15</v>
       </c>
-      <c r="F20" s="315"/>
       <c r="K20" s="306"/>
     </row>
     <row r="21" spans="1:11">
       <c r="A21" s="315" t="str">
         <f t="shared" si="0"/>
         <v>PC0809-Monarch - Humboldt-IL</v>
       </c>
       <c r="B21" s="315" t="s">
-        <v>635</v>
+        <v>627</v>
       </c>
       <c r="C21" s="315" t="s">
-        <v>633</v>
+        <v>625</v>
       </c>
       <c r="D21" s="315" t="s">
-        <v>1619</v>
+        <v>1569</v>
       </c>
       <c r="E21" s="317">
         <v>3.11</v>
       </c>
       <c r="F21" t="s">
-        <v>599</v>
+        <v>596</v>
       </c>
       <c r="K21" s="306"/>
     </row>
     <row r="22" spans="1:11">
       <c r="A22" s="315" t="str">
         <f t="shared" si="0"/>
-        <v>PC1002-GCC - Rapid City-I/II</v>
+        <v>PC1003-GCC - Rapid City-III</v>
       </c>
       <c r="B22" s="315" t="s">
-        <v>636</v>
+        <v>629</v>
       </c>
       <c r="C22" s="315" t="s">
-        <v>637</v>
+        <v>628</v>
       </c>
       <c r="D22" s="315" t="s">
-        <v>598</v>
+        <v>600</v>
       </c>
       <c r="E22" s="317">
-        <v>3.14</v>
-[...2 lines deleted...]
-        <v>599</v>
+        <v>3.15</v>
       </c>
       <c r="K22" s="306"/>
     </row>
     <row r="23" spans="1:11">
       <c r="A23" s="315" t="str">
         <f t="shared" si="0"/>
-        <v>PC1003-GCC - Rapid City-III</v>
+        <v>PC1008-GCC - Rapid City-IP(25)</v>
       </c>
       <c r="B23" s="315" t="s">
-        <v>638</v>
+        <v>630</v>
       </c>
       <c r="C23" s="315" t="s">
-        <v>637</v>
+        <v>628</v>
       </c>
       <c r="D23" s="315" t="s">
-        <v>603</v>
+        <v>604</v>
       </c>
       <c r="E23" s="317">
-        <v>3.15</v>
+        <v>3.05</v>
+      </c>
+      <c r="F23" t="s">
+        <v>605</v>
       </c>
       <c r="K23" s="306"/>
     </row>
     <row r="24" spans="1:11">
       <c r="A24" s="315" t="str">
         <f t="shared" si="0"/>
-        <v>PC1008-GCC - Rapid City-IP(25)</v>
+        <v>PC1009-GCC - Rapid City-IL</v>
       </c>
       <c r="B24" s="315" t="s">
-        <v>639</v>
+        <v>631</v>
       </c>
       <c r="C24" s="315" t="s">
-        <v>637</v>
+        <v>628</v>
       </c>
       <c r="D24" s="315" t="s">
-        <v>607</v>
+        <v>1569</v>
       </c>
       <c r="E24" s="317">
-        <v>3.05</v>
+        <v>3.11</v>
       </c>
       <c r="F24" t="s">
-        <v>608</v>
+        <v>596</v>
       </c>
       <c r="K24" s="306"/>
     </row>
     <row r="25" spans="1:11">
       <c r="A25" s="315" t="str">
         <f t="shared" si="0"/>
-        <v>PC1009-GCC - Rapid City-IL</v>
+        <v>PC1309-Amrize - Grand Chain-IL</v>
       </c>
       <c r="B25" s="315" t="s">
-        <v>640</v>
+        <v>1573</v>
       </c>
       <c r="C25" s="315" t="s">
-        <v>637</v>
+        <v>1665</v>
       </c>
       <c r="D25" s="315" t="s">
-        <v>1619</v>
+        <v>1569</v>
       </c>
       <c r="E25" s="317">
         <v>3.11</v>
       </c>
       <c r="F25" t="s">
-        <v>599</v>
+        <v>596</v>
       </c>
       <c r="K25" s="306"/>
     </row>
     <row r="26" spans="1:11">
       <c r="A26" s="315" t="str">
         <f t="shared" si="0"/>
-        <v>PC1309-Holcim- Joppa-IL</v>
+        <v>PC1409-Buzzi - Pryor-IL</v>
       </c>
       <c r="B26" s="315" t="s">
-        <v>1623</v>
+        <v>633</v>
       </c>
       <c r="C26" s="315" t="s">
-        <v>1624</v>
+        <v>632</v>
       </c>
       <c r="D26" s="315" t="s">
-        <v>1619</v>
+        <v>1569</v>
       </c>
       <c r="E26" s="317">
         <v>3.11</v>
       </c>
       <c r="F26" t="s">
-        <v>599</v>
+        <v>596</v>
       </c>
       <c r="K26" s="306"/>
     </row>
     <row r="27" spans="1:11">
       <c r="A27" s="315" t="str">
         <f t="shared" si="0"/>
-        <v>PC1401-Buzzi - Pryor-I</v>
+        <v>PC1509-Buzzi - Cape Girardeau-IL</v>
       </c>
       <c r="B27" s="315" t="s">
-        <v>641</v>
+        <v>635</v>
       </c>
       <c r="C27" s="315" t="s">
-        <v>642</v>
+        <v>634</v>
       </c>
       <c r="D27" s="315" t="s">
-        <v>600</v>
+        <v>1569</v>
       </c>
       <c r="E27" s="317">
-        <v>3.14</v>
+        <v>3.11</v>
       </c>
       <c r="F27" t="s">
-        <v>599</v>
+        <v>596</v>
       </c>
       <c r="K27" s="306"/>
     </row>
     <row r="28" spans="1:11">
       <c r="A28" s="315" t="str">
         <f t="shared" si="0"/>
-        <v>PC1409-Buzzi - Pryor-IL</v>
+        <v>PC1702-St Marys - Ontario-II</v>
       </c>
       <c r="B28" s="315" t="s">
-        <v>643</v>
+        <v>636</v>
       </c>
       <c r="C28" s="315" t="s">
-        <v>642</v>
+        <v>637</v>
       </c>
       <c r="D28" s="315" t="s">
-        <v>1619</v>
+        <v>638</v>
       </c>
       <c r="E28" s="317">
-        <v>3.11</v>
+        <v>3.14</v>
       </c>
       <c r="F28" t="s">
-        <v>599</v>
+        <v>596</v>
       </c>
       <c r="K28" s="306"/>
     </row>
     <row r="29" spans="1:11">
       <c r="A29" s="315" t="str">
         <f t="shared" si="0"/>
-        <v>PC1502-Buzzi - Cape Girardeau-I/II</v>
+        <v>PC1809-Amrize- Alpena-IL</v>
       </c>
       <c r="B29" s="315" t="s">
-        <v>644</v>
+        <v>639</v>
       </c>
       <c r="C29" s="315" t="s">
-        <v>645</v>
+        <v>1666</v>
       </c>
       <c r="D29" s="315" t="s">
-        <v>598</v>
+        <v>1569</v>
       </c>
       <c r="E29" s="317">
-        <v>3.14</v>
+        <v>3.11</v>
       </c>
       <c r="F29" t="s">
-        <v>599</v>
+        <v>596</v>
       </c>
       <c r="K29" s="306"/>
     </row>
     <row r="30" spans="1:11">
       <c r="A30" s="315" t="str">
         <f t="shared" si="0"/>
-        <v>PC1509-Buzzi - Cape Girardeau-IL</v>
+        <v>PC1909-Amrize- Ada-IL</v>
       </c>
       <c r="B30" s="315" t="s">
-        <v>646</v>
+        <v>1574</v>
       </c>
       <c r="C30" s="315" t="s">
-        <v>645</v>
+        <v>1667</v>
       </c>
       <c r="D30" s="315" t="s">
-        <v>1619</v>
+        <v>1569</v>
       </c>
       <c r="E30" s="317">
         <v>3.11</v>
       </c>
       <c r="F30" t="s">
-        <v>599</v>
+        <v>596</v>
       </c>
       <c r="K30" s="306"/>
     </row>
     <row r="31" spans="1:11">
       <c r="A31" s="315" t="str">
         <f t="shared" si="0"/>
-        <v>PC1702-St Marys - Ontario-II</v>
+        <v>PC2008-Amrize - Florence-IP(25)</v>
       </c>
       <c r="B31" s="315" t="s">
-        <v>647</v>
+        <v>640</v>
       </c>
       <c r="C31" s="315" t="s">
-        <v>648</v>
+        <v>1668</v>
       </c>
       <c r="D31" s="315" t="s">
-        <v>649</v>
+        <v>604</v>
       </c>
       <c r="E31" s="317">
-        <v>3.14</v>
+        <v>3.01</v>
       </c>
       <c r="F31" t="s">
-        <v>599</v>
+        <v>605</v>
       </c>
       <c r="K31" s="306"/>
     </row>
     <row r="32" spans="1:11">
       <c r="A32" s="315" t="str">
         <f t="shared" si="0"/>
-        <v>PC1809-Holcim- Alpena-IL</v>
+        <v>PC2009-Amrize - Florence-IL</v>
       </c>
       <c r="B32" s="315" t="s">
-        <v>650</v>
+        <v>1669</v>
       </c>
       <c r="C32" s="315" t="s">
-        <v>651</v>
+        <v>1668</v>
       </c>
       <c r="D32" s="315" t="s">
-        <v>1619</v>
+        <v>1569</v>
       </c>
       <c r="E32" s="317">
         <v>3.11</v>
       </c>
       <c r="F32" t="s">
-        <v>599</v>
+        <v>596</v>
       </c>
       <c r="K32" s="306"/>
     </row>
     <row r="33" spans="1:11">
       <c r="A33" s="315" t="str">
         <f t="shared" si="0"/>
-        <v>PC1909-Holcim- Ada-IL</v>
+        <v>PC2806-Central Plains - Sugar Creek-IT(S38)(L7)</v>
       </c>
       <c r="B33" s="315" t="s">
-        <v>1625</v>
+        <v>641</v>
       </c>
       <c r="C33" s="315" t="s">
-        <v>1626</v>
+        <v>621</v>
       </c>
       <c r="D33" s="315" t="s">
-        <v>1619</v>
+        <v>618</v>
       </c>
       <c r="E33" s="317">
-        <v>3.11</v>
+        <v>3.05</v>
       </c>
       <c r="F33" t="s">
-        <v>599</v>
+        <v>605</v>
       </c>
       <c r="K33" s="306"/>
     </row>
     <row r="34" spans="1:11">
       <c r="A34" s="315" t="str">
         <f t="shared" si="0"/>
-        <v>PC2008-Holcim - Florence-IP(25)</v>
+        <v>PC2816-Central Plains - Sugar Creek-IT(S25)(L9)</v>
       </c>
       <c r="B34" s="315" t="s">
-        <v>653</v>
+        <v>1575</v>
       </c>
       <c r="C34" s="315" t="s">
-        <v>652</v>
+        <v>621</v>
       </c>
       <c r="D34" s="315" t="s">
-        <v>607</v>
+        <v>1571</v>
       </c>
       <c r="E34" s="317">
-        <v>3.01</v>
+        <v>3.07</v>
       </c>
       <c r="F34" t="s">
-        <v>608</v>
+        <v>605</v>
       </c>
       <c r="K34" s="306"/>
     </row>
     <row r="35" spans="1:11">
       <c r="A35" s="315" t="str">
         <f t="shared" si="0"/>
-        <v>PC2806-Central Plains - EaglePave -IT(S38)(L7)</v>
+        <v>PC2909-GCC - Pueblo-IL</v>
       </c>
       <c r="B35" s="315" t="s">
-        <v>654</v>
+        <v>643</v>
       </c>
       <c r="C35" s="315" t="s">
-        <v>655</v>
+        <v>642</v>
       </c>
       <c r="D35" s="315" t="s">
-        <v>624</v>
+        <v>1569</v>
       </c>
       <c r="E35" s="317">
-        <v>3.05</v>
+        <v>3.11</v>
       </c>
       <c r="F35" t="s">
-        <v>608</v>
+        <v>596</v>
       </c>
       <c r="K35" s="306"/>
     </row>
     <row r="36" spans="1:11">
       <c r="A36" s="315" t="str">
         <f t="shared" si="0"/>
-        <v>PC2816-Central Plains - Sugar Creek-IT(S25)(L9)</v>
+        <v>PC3009-Buzzi - Festus-IL</v>
       </c>
       <c r="B36" s="315" t="s">
-        <v>1627</v>
+        <v>645</v>
       </c>
       <c r="C36" s="315" t="s">
-        <v>628</v>
+        <v>644</v>
       </c>
       <c r="D36" s="315" t="s">
-        <v>1621</v>
+        <v>1569</v>
       </c>
       <c r="E36" s="317">
-        <v>3.07</v>
+        <v>3.11</v>
       </c>
       <c r="F36" t="s">
-        <v>608</v>
+        <v>596</v>
       </c>
       <c r="K36" s="306"/>
     </row>
     <row r="37" spans="1:11">
       <c r="A37" s="315" t="str">
         <f t="shared" si="0"/>
-        <v>PC2902-GCC - Pueblo-I/II</v>
+        <v>PC3206-Amrize - ST. Gen-IT(P25)(L6)</v>
       </c>
       <c r="B37" s="315" t="s">
-        <v>656</v>
+        <v>646</v>
       </c>
       <c r="C37" s="315" t="s">
-        <v>657</v>
+        <v>1670</v>
       </c>
       <c r="D37" s="315" t="s">
-        <v>598</v>
+        <v>619</v>
       </c>
       <c r="E37" s="317">
-        <v>3.14</v>
+        <v>2.85</v>
       </c>
       <c r="F37" t="s">
-        <v>599</v>
+        <v>605</v>
       </c>
       <c r="K37" s="306"/>
     </row>
     <row r="38" spans="1:11">
       <c r="A38" s="315" t="str">
         <f t="shared" si="0"/>
-        <v>PC2909-GCC - Pueblo-IL</v>
+        <v>PC3209-Amrize - ST. Gen-IL</v>
       </c>
       <c r="B38" s="315" t="s">
-        <v>658</v>
+        <v>647</v>
       </c>
       <c r="C38" s="315" t="s">
-        <v>657</v>
+        <v>1670</v>
       </c>
       <c r="D38" s="315" t="s">
-        <v>1619</v>
+        <v>1569</v>
       </c>
       <c r="E38" s="317">
         <v>3.11</v>
       </c>
       <c r="F38" t="s">
-        <v>599</v>
+        <v>596</v>
       </c>
       <c r="K38" s="306"/>
     </row>
     <row r="39" spans="1:11">
       <c r="A39" s="315" t="str">
         <f t="shared" si="0"/>
-        <v>PC3002-Buzzi - Festus-I/II</v>
+        <v>PC3216-Amrize - ST. Gen-IT(S30)(P10)</v>
       </c>
       <c r="B39" s="315" t="s">
-        <v>659</v>
+        <v>1576</v>
       </c>
       <c r="C39" s="315" t="s">
-        <v>660</v>
+        <v>1670</v>
       </c>
       <c r="D39" s="315" t="s">
-        <v>598</v>
+        <v>1572</v>
       </c>
       <c r="E39" s="317">
-        <v>3.14</v>
+        <v>2.96</v>
       </c>
       <c r="F39" t="s">
-        <v>599</v>
+        <v>605</v>
       </c>
       <c r="K39" s="306"/>
     </row>
     <row r="40" spans="1:11">
       <c r="A40" s="315" t="str">
         <f t="shared" si="0"/>
-        <v>PC3009-Buzzi - Festus-IL</v>
+        <v>PC3302-Illinois - LaSalle-I/II</v>
       </c>
       <c r="B40" s="315" t="s">
-        <v>661</v>
+        <v>648</v>
       </c>
       <c r="C40" s="315" t="s">
-        <v>660</v>
+        <v>1671</v>
       </c>
       <c r="D40" s="315" t="s">
-        <v>1619</v>
+        <v>595</v>
       </c>
       <c r="E40" s="317">
-        <v>3.11</v>
+        <v>3.14</v>
       </c>
       <c r="F40" t="s">
-        <v>599</v>
+        <v>596</v>
       </c>
       <c r="K40" s="306"/>
     </row>
     <row r="41" spans="1:11">
       <c r="A41" s="315" t="str">
         <f t="shared" si="0"/>
-        <v>PC3206-Holcim - ST. Gen-IT(P25)(L6)</v>
+        <v>PC3409-St Marys - Charlevoix-IL</v>
       </c>
       <c r="B41" s="315" t="s">
-        <v>663</v>
+        <v>1672</v>
       </c>
       <c r="C41" s="315" t="s">
-        <v>662</v>
+        <v>649</v>
       </c>
       <c r="D41" s="315" t="s">
-        <v>626</v>
+        <v>1569</v>
       </c>
       <c r="E41" s="317">
-        <v>2.85</v>
+        <v>3.11</v>
       </c>
       <c r="F41" t="s">
-        <v>608</v>
+        <v>596</v>
       </c>
       <c r="K41" s="306"/>
     </row>
     <row r="42" spans="1:11">
       <c r="A42" s="315" t="str">
         <f t="shared" si="0"/>
-        <v>PC3209-Holcim - ST. Gen-IL</v>
+        <v>PC3602-GCC - Samalayuca-I/II</v>
       </c>
       <c r="B42" s="315" t="s">
-        <v>664</v>
+        <v>650</v>
       </c>
       <c r="C42" s="315" t="s">
-        <v>662</v>
+        <v>651</v>
       </c>
       <c r="D42" s="315" t="s">
-        <v>1619</v>
+        <v>595</v>
       </c>
       <c r="E42" s="317">
-        <v>3.11</v>
+        <v>3.14</v>
       </c>
       <c r="F42" t="s">
-        <v>599</v>
+        <v>596</v>
       </c>
       <c r="K42" s="306"/>
     </row>
     <row r="43" spans="1:11">
       <c r="A43" s="315" t="str">
         <f t="shared" si="0"/>
-        <v>PC3216-Holcim - ST. Gen-IT(S30)(P10)</v>
+        <v>PC3603-GCC - Samalayuca-III</v>
       </c>
       <c r="B43" s="315" t="s">
-        <v>1628</v>
+        <v>652</v>
       </c>
       <c r="C43" s="315" t="s">
-        <v>662</v>
+        <v>651</v>
       </c>
       <c r="D43" s="315" t="s">
-        <v>1622</v>
+        <v>600</v>
       </c>
       <c r="E43" s="317">
-        <v>2.96</v>
-[...2 lines deleted...]
-        <v>608</v>
+        <v>3.15</v>
       </c>
       <c r="K43" s="306"/>
     </row>
     <row r="44" spans="1:11">
       <c r="A44" s="315" t="str">
         <f t="shared" si="0"/>
-        <v>PC3302-Illinois-I/II</v>
+        <v>PC3702-Ozinga-Song Lam JSC-I/II</v>
       </c>
       <c r="B44" s="315" t="s">
-        <v>665</v>
+        <v>1577</v>
       </c>
       <c r="C44" s="315" t="s">
-        <v>666</v>
+        <v>1578</v>
       </c>
       <c r="D44" s="315" t="s">
-        <v>598</v>
+        <v>595</v>
       </c>
       <c r="E44" s="317">
         <v>3.14</v>
       </c>
       <c r="F44" t="s">
-        <v>599</v>
+        <v>596</v>
       </c>
       <c r="K44" s="306"/>
     </row>
     <row r="45" spans="1:11">
       <c r="A45" s="315" t="str">
         <f t="shared" si="0"/>
-        <v>PC3402-St Marys - Charlevoix-II</v>
+        <v>PC3802-Ozinga-Long Son Cement-I/II</v>
       </c>
       <c r="B45" s="315" t="s">
-        <v>667</v>
+        <v>1579</v>
       </c>
       <c r="C45" s="315" t="s">
-        <v>668</v>
+        <v>1580</v>
       </c>
       <c r="D45" s="315" t="s">
-        <v>649</v>
+        <v>595</v>
       </c>
       <c r="E45" s="317">
         <v>3.14</v>
       </c>
       <c r="F45" t="s">
-        <v>599</v>
+        <v>596</v>
       </c>
       <c r="K45" s="306"/>
     </row>
     <row r="46" spans="1:11">
       <c r="A46" s="315" t="str">
         <f t="shared" si="0"/>
-        <v>PC3602-GCC - Samalayuca-I/II</v>
+        <v>PC3807-Ozinga-CarbonSense-IS(20)</v>
       </c>
       <c r="B46" s="315" t="s">
-        <v>669</v>
+        <v>1581</v>
       </c>
       <c r="C46" s="315" t="s">
-        <v>670</v>
+        <v>1582</v>
       </c>
       <c r="D46" s="315" t="s">
-        <v>598</v>
+        <v>613</v>
       </c>
       <c r="E46" s="317">
-        <v>3.14</v>
+        <v>3.12</v>
       </c>
       <c r="F46" t="s">
-        <v>599</v>
+        <v>605</v>
       </c>
       <c r="K46" s="306"/>
     </row>
     <row r="47" spans="1:11">
       <c r="A47" s="315" t="str">
         <f t="shared" si="0"/>
-        <v>PC3603-GCC - Samalayuca-III</v>
+        <v>PC3909-Kosmos Cement-IL</v>
       </c>
       <c r="B47" s="315" t="s">
-        <v>671</v>
+        <v>1583</v>
       </c>
       <c r="C47" s="315" t="s">
-        <v>670</v>
+        <v>1584</v>
       </c>
       <c r="D47" s="315" t="s">
-        <v>603</v>
+        <v>1569</v>
       </c>
       <c r="E47" s="317">
-        <v>3.15</v>
+        <v>3.11</v>
+      </c>
+      <c r="F47" t="s">
+        <v>596</v>
       </c>
       <c r="K47" s="306"/>
     </row>
     <row r="48" spans="1:11">
       <c r="A48" s="315" t="str">
         <f t="shared" si="0"/>
-        <v>PC3702-Ozinga-Song Lam JSC-I/II</v>
+        <v>PC4009-Amrize - Exshaw-IL</v>
       </c>
       <c r="B48" s="315" t="s">
-        <v>1629</v>
+        <v>1673</v>
       </c>
       <c r="C48" s="315" t="s">
-        <v>1630</v>
+        <v>1674</v>
       </c>
       <c r="D48" s="315" t="s">
-        <v>598</v>
+        <v>1569</v>
       </c>
       <c r="E48" s="317">
-        <v>3.14</v>
+        <v>3.11</v>
       </c>
       <c r="F48" t="s">
-        <v>599</v>
+        <v>596</v>
       </c>
       <c r="K48" s="306"/>
     </row>
     <row r="49" spans="1:11">
       <c r="A49" s="315" t="str">
         <f t="shared" si="0"/>
-        <v>PC3802-Ozinga-Long Son Cement-I/II</v>
+        <v>PC4109-Heidelberg - Mitchell-IL</v>
       </c>
       <c r="B49" s="315" t="s">
-        <v>1631</v>
+        <v>1675</v>
       </c>
       <c r="C49" s="315" t="s">
-        <v>1632</v>
+        <v>1676</v>
       </c>
       <c r="D49" s="315" t="s">
-        <v>598</v>
+        <v>1569</v>
       </c>
       <c r="E49" s="317">
-        <v>3.14</v>
+        <v>3.11</v>
       </c>
       <c r="F49" t="s">
-        <v>599</v>
+        <v>596</v>
       </c>
       <c r="K49" s="306"/>
     </row>
     <row r="50" spans="1:11">
       <c r="A50" s="315" t="str">
         <f t="shared" si="0"/>
-        <v>PC3807-Ozinga-CarbonSense-IS(20)</v>
+        <v>PC4209-Heidelberg - Logansport-IL</v>
       </c>
       <c r="B50" s="315" t="s">
-        <v>1633</v>
+        <v>1677</v>
       </c>
       <c r="C50" s="315" t="s">
-        <v>1634</v>
+        <v>1678</v>
       </c>
       <c r="D50" s="315" t="s">
-        <v>617</v>
+        <v>1569</v>
       </c>
       <c r="E50" s="317">
-        <v>3.12</v>
+        <v>3.11</v>
       </c>
       <c r="F50" t="s">
-        <v>608</v>
+        <v>596</v>
       </c>
       <c r="K50" s="306"/>
     </row>
     <row r="51" spans="1:11">
       <c r="A51" s="315" t="str">
-        <f t="shared" si="0"/>
+        <f t="shared" ref="A51" si="1">_xlfn.CONCAT(B51, "-", C51, "-",D51)</f>
         <v>PC3909-Kosmos Cement-IL</v>
       </c>
       <c r="B51" s="315" t="s">
-        <v>1635</v>
+        <v>1583</v>
       </c>
       <c r="C51" s="315" t="s">
-        <v>1636</v>
+        <v>1584</v>
       </c>
       <c r="D51" s="315" t="s">
-        <v>1619</v>
+        <v>1569</v>
       </c>
       <c r="E51" s="317">
         <v>3.11</v>
       </c>
       <c r="F51" t="s">
-        <v>599</v>
+        <v>596</v>
       </c>
       <c r="K51" s="306"/>
     </row>
     <row r="52" spans="1:11">
       <c r="K52" s="306"/>
     </row>
     <row r="53" spans="1:11">
       <c r="K53" s="306"/>
     </row>
     <row r="54" spans="1:11">
       <c r="K54" s="306"/>
     </row>
     <row r="55" spans="1:11">
       <c r="K55" s="306"/>
     </row>
     <row r="56" spans="1:11">
       <c r="K56" s="306"/>
     </row>
     <row r="57" spans="1:11">
       <c r="K57" s="306"/>
     </row>
     <row r="58" spans="1:11">
       <c r="K58" s="306"/>
     </row>
     <row r="59" spans="1:11">
       <c r="K59" s="306"/>
     </row>
     <row r="60" spans="1:11">
       <c r="K60" s="306"/>
     </row>
     <row r="61" spans="1:11">
       <c r="K61" s="306"/>
     </row>
     <row r="62" spans="1:11">
       <c r="K62" s="306"/>
     </row>
     <row r="63" spans="1:11">
       <c r="K63" s="306"/>
     </row>
     <row r="64" spans="1:11">
       <c r="K64" s="306"/>
     </row>
     <row r="65" spans="11:11">
       <c r="K65" s="306"/>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="YTzpnCkEieLsK/muzx4XQl0dAYbNgo305UswCwVQipw2h+VESTlvbBG89qag+RLYORLcODWhTZeAtwAhxIWmiA==" saltValue="DxHF7962Fym0VZ4UAcYrgA==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="fpsfLjuk77d1pJ4NyFjEaBq9nTR3LpS98+hY0eFq5vWiZ+msm+5prMx/KhYxVfsl0VKEDfScPFavoloUjV0xLg==" saltValue="xeHcAndMB8cNR6Xi9OKuPg==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="2">
     <mergeCell ref="A1:E2"/>
     <mergeCell ref="M1:Q2"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{0CFCE5BD-2D13-442B-B41A-AB8F101E2213}">
   <dimension ref="A1:E57"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection sqref="A1:E54"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
-    <col min="1" max="1" width="40.81640625" bestFit="1" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="4" max="4" width="5.36328125" style="313" customWidth="1"/>
+    <col min="1" max="1" width="40.77734375" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="6.5546875" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="35.109375" bestFit="1" customWidth="1"/>
+    <col min="4" max="4" width="5.33203125" style="313" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:5" ht="14.4" customHeight="1">
-[...13 lines deleted...]
-      <c r="E2" s="363"/>
+    <row r="1" spans="1:5" ht="14.45" customHeight="1">
+      <c r="A1" s="364" t="s">
+        <v>495</v>
+      </c>
+      <c r="B1" s="364"/>
+      <c r="C1" s="364"/>
+      <c r="D1" s="364"/>
+      <c r="E1" s="364"/>
+    </row>
+    <row r="2" spans="1:5" ht="14.45" customHeight="1">
+      <c r="A2" s="364"/>
+      <c r="B2" s="364"/>
+      <c r="C2" s="364"/>
+      <c r="D2" s="364"/>
+      <c r="E2" s="364"/>
     </row>
     <row r="3" spans="1:5">
       <c r="A3" s="307"/>
       <c r="B3" s="307"/>
       <c r="C3" s="307"/>
       <c r="D3" s="308"/>
       <c r="E3" s="307"/>
     </row>
-    <row r="4" spans="1:5" s="312" customFormat="1" ht="14.4">
+    <row r="4" spans="1:5" s="312" customFormat="1">
       <c r="A4" s="309" t="str">
         <f t="shared" ref="A4:A54" si="0">_xlfn.CONCAT(B4, "-", C4)</f>
         <v>FA001C-Columbia Generating Station #1, #2 or Comb</v>
       </c>
       <c r="B4" s="309" t="s">
-        <v>499</v>
+        <v>497</v>
       </c>
       <c r="C4" s="309" t="s">
-        <v>500</v>
+        <v>498</v>
       </c>
       <c r="D4" s="310" t="s">
-        <v>498</v>
+        <v>496</v>
       </c>
       <c r="E4" s="311">
         <v>2.75</v>
       </c>
     </row>
-    <row r="5" spans="1:5" s="312" customFormat="1" ht="14.4">
+    <row r="5" spans="1:5" s="312" customFormat="1">
       <c r="A5" s="309" t="str">
         <f>_xlfn.CONCAT(B5, "-", C5)</f>
-        <v>FA003F-Coal Creek Micron 3</v>
+        <v>FA003F-Coal Creek Power Plant</v>
       </c>
       <c r="B5" s="309" t="s">
-        <v>501</v>
+        <v>499</v>
       </c>
       <c r="C5" s="309" t="s">
         <v>502</v>
       </c>
       <c r="D5" s="310" t="s">
-        <v>503</v>
+        <v>501</v>
       </c>
       <c r="E5" s="311">
+        <v>2.48</v>
+      </c>
+    </row>
+    <row r="6" spans="1:5" s="312" customFormat="1">
+      <c r="A6" s="309" t="str">
+        <f>_xlfn.CONCAT(B6, "-", C6)</f>
+        <v>FA003F3-Coal Creek Micron 3</v>
+      </c>
+      <c r="B6" s="309" t="s">
+        <v>1679</v>
+      </c>
+      <c r="C6" s="309" t="s">
+        <v>500</v>
+      </c>
+      <c r="D6" s="310" t="s">
+        <v>501</v>
+      </c>
+      <c r="E6" s="311">
         <v>2.63</v>
       </c>
     </row>
-    <row r="6" spans="1:5" s="312" customFormat="1" ht="14.4">
-[...17 lines deleted...]
-    <row r="7" spans="1:5" s="312" customFormat="1" ht="14.4">
+    <row r="7" spans="1:5" s="312" customFormat="1">
       <c r="A7" s="309" t="str">
         <f t="shared" si="0"/>
         <v>FA004C-Council Bluffs Unit #3</v>
       </c>
       <c r="B7" s="309" t="s">
-        <v>505</v>
+        <v>503</v>
       </c>
       <c r="C7" s="309" t="s">
-        <v>506</v>
+        <v>504</v>
       </c>
       <c r="D7" s="310" t="s">
-        <v>498</v>
+        <v>496</v>
       </c>
       <c r="E7" s="311">
         <v>2.62</v>
       </c>
     </row>
-    <row r="8" spans="1:5" s="312" customFormat="1" ht="14.4">
+    <row r="8" spans="1:5" s="312" customFormat="1">
       <c r="A8" s="309" t="str">
         <f t="shared" si="0"/>
         <v xml:space="preserve">FA005C-Iatan Generating Station, Unit #2 </v>
       </c>
       <c r="B8" s="309" t="s">
-        <v>507</v>
+        <v>505</v>
       </c>
       <c r="C8" s="309" t="s">
-        <v>508</v>
+        <v>506</v>
       </c>
       <c r="D8" s="310" t="s">
-        <v>498</v>
+        <v>496</v>
       </c>
       <c r="E8" s="311">
         <v>2.68</v>
       </c>
     </row>
-    <row r="9" spans="1:5" s="312" customFormat="1" ht="14.4">
+    <row r="9" spans="1:5" s="312" customFormat="1">
       <c r="A9" s="309" t="str">
         <f t="shared" si="0"/>
         <v>FA007C-Iatan Generating Station, Unit #1</v>
       </c>
       <c r="B9" s="309" t="s">
-        <v>509</v>
+        <v>507</v>
       </c>
       <c r="C9" s="309" t="s">
-        <v>510</v>
+        <v>508</v>
       </c>
       <c r="D9" s="310" t="s">
-        <v>498</v>
+        <v>496</v>
       </c>
       <c r="E9" s="311">
         <v>2.78</v>
       </c>
     </row>
-    <row r="10" spans="1:5" s="312" customFormat="1" ht="14.4">
+    <row r="10" spans="1:5" s="312" customFormat="1">
       <c r="A10" s="309" t="str">
         <f t="shared" si="0"/>
         <v>FA009C-Louisa Generating Station</v>
       </c>
       <c r="B10" s="309" t="s">
-        <v>511</v>
+        <v>509</v>
       </c>
       <c r="C10" s="309" t="s">
-        <v>512</v>
+        <v>510</v>
       </c>
       <c r="D10" s="310" t="s">
-        <v>498</v>
+        <v>496</v>
       </c>
       <c r="E10" s="311">
         <v>2.69</v>
       </c>
     </row>
-    <row r="11" spans="1:5" s="312" customFormat="1" ht="14.4">
+    <row r="11" spans="1:5" s="312" customFormat="1">
       <c r="A11" s="309" t="str">
         <f t="shared" si="0"/>
         <v>FA010C-Muscatine Power &amp; Water</v>
       </c>
       <c r="B11" s="309" t="s">
-        <v>513</v>
+        <v>511</v>
       </c>
       <c r="C11" s="309" t="s">
-        <v>514</v>
+        <v>512</v>
       </c>
       <c r="D11" s="310" t="s">
-        <v>498</v>
+        <v>496</v>
       </c>
       <c r="E11" s="311">
         <v>2.76</v>
       </c>
     </row>
-    <row r="12" spans="1:5" s="312" customFormat="1" ht="14.4">
+    <row r="12" spans="1:5" s="312" customFormat="1">
       <c r="A12" s="309" t="str">
         <f t="shared" si="0"/>
         <v>FA011C-Nebraska City Station</v>
       </c>
       <c r="B12" s="309" t="s">
-        <v>515</v>
+        <v>513</v>
       </c>
       <c r="C12" s="309" t="s">
-        <v>516</v>
+        <v>514</v>
       </c>
       <c r="D12" s="310" t="s">
-        <v>498</v>
+        <v>496</v>
       </c>
       <c r="E12" s="311">
         <v>2.73</v>
       </c>
     </row>
-    <row r="13" spans="1:5" s="312" customFormat="1" ht="14.4">
+    <row r="13" spans="1:5" s="312" customFormat="1">
       <c r="A13" s="309" t="str">
         <f t="shared" si="0"/>
         <v>FA012C-North Omaha Generating Station</v>
       </c>
       <c r="B13" s="309" t="s">
-        <v>517</v>
+        <v>515</v>
       </c>
       <c r="C13" s="309" t="s">
-        <v>518</v>
+        <v>516</v>
       </c>
       <c r="D13" s="310" t="s">
-        <v>498</v>
+        <v>496</v>
       </c>
       <c r="E13" s="311">
         <v>2.68</v>
       </c>
     </row>
-    <row r="14" spans="1:5" s="312" customFormat="1" ht="14.4">
+    <row r="14" spans="1:5" s="312" customFormat="1">
       <c r="A14" s="309" t="str">
         <f t="shared" si="0"/>
         <v>FA013C-Ottumwa Generating Station</v>
       </c>
       <c r="B14" s="309" t="s">
-        <v>519</v>
+        <v>517</v>
       </c>
       <c r="C14" s="309" t="s">
-        <v>520</v>
+        <v>518</v>
       </c>
       <c r="D14" s="310" t="s">
-        <v>498</v>
+        <v>496</v>
       </c>
       <c r="E14" s="311">
         <v>2.75</v>
       </c>
     </row>
-    <row r="15" spans="1:5" s="312" customFormat="1" ht="14.4">
+    <row r="15" spans="1:5" s="312" customFormat="1">
       <c r="A15" s="309" t="str">
         <f t="shared" si="0"/>
         <v>FA015C-Port Neal Power Plant #3, #4 or Combined</v>
       </c>
       <c r="B15" s="309" t="s">
-        <v>521</v>
+        <v>519</v>
       </c>
       <c r="C15" s="309" t="s">
-        <v>522</v>
+        <v>520</v>
       </c>
       <c r="D15" s="310" t="s">
-        <v>498</v>
+        <v>496</v>
       </c>
       <c r="E15" s="311">
         <v>2.66</v>
       </c>
     </row>
-    <row r="16" spans="1:5" s="312" customFormat="1" ht="14.4">
+    <row r="16" spans="1:5" s="312" customFormat="1">
       <c r="A16" s="309" t="str">
         <f t="shared" si="0"/>
         <v>FA017F-Joliet Generating Station</v>
       </c>
       <c r="B16" s="309" t="s">
-        <v>523</v>
+        <v>521</v>
       </c>
       <c r="C16" s="309" t="s">
-        <v>524</v>
+        <v>522</v>
       </c>
       <c r="D16" s="310" t="s">
-        <v>503</v>
+        <v>501</v>
       </c>
       <c r="E16" s="311">
         <v>2.54</v>
       </c>
     </row>
-    <row r="17" spans="1:5" s="312" customFormat="1" ht="14.4">
+    <row r="17" spans="1:5" s="312" customFormat="1">
       <c r="A17" s="309" t="str">
         <f t="shared" si="0"/>
         <v>FA018C-M.L. Kapp Generating Station</v>
       </c>
       <c r="B17" s="309" t="s">
-        <v>525</v>
+        <v>523</v>
       </c>
       <c r="C17" s="309" t="s">
-        <v>526</v>
+        <v>524</v>
       </c>
       <c r="D17" s="310" t="s">
-        <v>498</v>
+        <v>496</v>
       </c>
       <c r="E17" s="311">
         <v>2.73</v>
       </c>
     </row>
-    <row r="18" spans="1:5" s="312" customFormat="1" ht="14.4">
+    <row r="18" spans="1:5" s="312" customFormat="1">
       <c r="A18" s="309" t="str">
         <f t="shared" si="0"/>
         <v>FA020C-Edgewater Unit #5 Generating Station</v>
       </c>
       <c r="B18" s="309" t="s">
-        <v>527</v>
+        <v>525</v>
       </c>
       <c r="C18" s="309" t="s">
-        <v>528</v>
+        <v>526</v>
       </c>
       <c r="D18" s="310" t="s">
-        <v>498</v>
+        <v>496</v>
       </c>
       <c r="E18" s="311">
         <v>2.78</v>
       </c>
     </row>
-    <row r="19" spans="1:5" s="312" customFormat="1" ht="14.4">
+    <row r="19" spans="1:5" s="312" customFormat="1">
       <c r="A19" s="309" t="str">
         <f t="shared" si="0"/>
         <v>FA022C-Labadie Power Plant Labadie</v>
       </c>
       <c r="B19" s="309" t="s">
-        <v>529</v>
+        <v>527</v>
       </c>
       <c r="C19" s="309" t="s">
-        <v>530</v>
+        <v>528</v>
       </c>
       <c r="D19" s="310" t="s">
-        <v>498</v>
+        <v>496</v>
       </c>
       <c r="E19" s="311">
         <v>2.73</v>
       </c>
     </row>
-    <row r="20" spans="1:5" s="312" customFormat="1" ht="14.4">
+    <row r="20" spans="1:5" s="312" customFormat="1">
       <c r="A20" s="309" t="str">
         <f t="shared" si="0"/>
         <v>FA025C-Thomas Hill Energy Center</v>
       </c>
       <c r="B20" s="309" t="s">
-        <v>531</v>
+        <v>529</v>
       </c>
       <c r="C20" s="309" t="s">
-        <v>532</v>
+        <v>530</v>
       </c>
       <c r="D20" s="310" t="s">
-        <v>498</v>
+        <v>496</v>
       </c>
       <c r="E20" s="311">
         <v>2.7</v>
       </c>
     </row>
-    <row r="21" spans="1:5" s="312" customFormat="1" ht="14.4">
+    <row r="21" spans="1:5" s="312" customFormat="1">
       <c r="A21" s="309" t="str">
         <f t="shared" si="0"/>
         <v>FA026C-Weston Generating Station</v>
       </c>
       <c r="B21" s="309" t="s">
-        <v>533</v>
+        <v>531</v>
       </c>
       <c r="C21" s="309" t="s">
-        <v>534</v>
+        <v>532</v>
       </c>
       <c r="D21" s="310" t="s">
-        <v>498</v>
+        <v>496</v>
       </c>
       <c r="E21" s="311">
         <v>2.64</v>
       </c>
     </row>
-    <row r="22" spans="1:5" s="312" customFormat="1" ht="14.4">
+    <row r="22" spans="1:5" s="312" customFormat="1">
       <c r="A22" s="309" t="str">
         <f t="shared" si="0"/>
         <v>FA028C-Gerald Gentleman Station, Unit #1</v>
       </c>
       <c r="B22" s="309" t="s">
-        <v>535</v>
+        <v>533</v>
       </c>
       <c r="C22" s="309" t="s">
-        <v>536</v>
+        <v>534</v>
       </c>
       <c r="D22" s="310" t="s">
-        <v>498</v>
+        <v>496</v>
       </c>
       <c r="E22" s="311">
         <v>2.67</v>
       </c>
     </row>
-    <row r="23" spans="1:5" s="312" customFormat="1" ht="14.4">
+    <row r="23" spans="1:5" s="312" customFormat="1">
       <c r="A23" s="309" t="str">
         <f t="shared" si="0"/>
         <v>FA032C-J.P. Madgett Station, Dairyland, Poz AC</v>
       </c>
       <c r="B23" s="309" t="s">
-        <v>537</v>
+        <v>535</v>
       </c>
       <c r="C23" s="309" t="s">
-        <v>538</v>
+        <v>536</v>
       </c>
       <c r="D23" s="310" t="s">
-        <v>498</v>
+        <v>496</v>
       </c>
       <c r="E23" s="311">
         <v>2.7</v>
       </c>
     </row>
-    <row r="24" spans="1:5" s="312" customFormat="1" ht="14.4">
+    <row r="24" spans="1:5" s="312" customFormat="1">
       <c r="A24" s="309" t="str">
         <f t="shared" si="0"/>
         <v>FA033C-Northeastern Generating Station</v>
       </c>
       <c r="B24" s="309" t="s">
-        <v>539</v>
+        <v>537</v>
       </c>
       <c r="C24" s="309" t="s">
-        <v>540</v>
+        <v>538</v>
       </c>
       <c r="D24" s="310" t="s">
-        <v>498</v>
+        <v>496</v>
       </c>
       <c r="E24" s="311">
         <v>2.68</v>
       </c>
     </row>
-    <row r="25" spans="1:5" s="312" customFormat="1" ht="14.4">
+    <row r="25" spans="1:5" s="312" customFormat="1">
       <c r="A25" s="309" t="str">
         <f t="shared" si="0"/>
         <v>FA034C-Genoa Power Station #3, Dairyland</v>
       </c>
       <c r="B25" s="309" t="s">
-        <v>541</v>
+        <v>539</v>
       </c>
       <c r="C25" s="309" t="s">
-        <v>542</v>
+        <v>540</v>
       </c>
       <c r="D25" s="310" t="s">
-        <v>498</v>
+        <v>496</v>
       </c>
       <c r="E25" s="311">
         <v>2.7</v>
       </c>
     </row>
-    <row r="26" spans="1:5" s="312" customFormat="1" ht="14.4">
+    <row r="26" spans="1:5" s="312" customFormat="1">
       <c r="A26" s="309" t="str">
         <f t="shared" si="0"/>
         <v>FA035C-La Cygne Station Power Plant, Unit #2</v>
       </c>
       <c r="B26" s="309" t="s">
-        <v>543</v>
+        <v>541</v>
       </c>
       <c r="C26" s="309" t="s">
-        <v>544</v>
+        <v>542</v>
       </c>
       <c r="D26" s="310" t="s">
-        <v>498</v>
+        <v>496</v>
       </c>
       <c r="E26" s="311">
         <v>2.64</v>
       </c>
     </row>
-    <row r="27" spans="1:5" s="312" customFormat="1" ht="14.4">
+    <row r="27" spans="1:5" s="312" customFormat="1">
       <c r="A27" s="309" t="str">
         <f t="shared" si="0"/>
         <v>FA036C-Montrose Station Power Plant, Unit #3</v>
       </c>
       <c r="B27" s="309" t="s">
-        <v>545</v>
+        <v>543</v>
       </c>
       <c r="C27" s="309" t="s">
-        <v>546</v>
+        <v>544</v>
       </c>
       <c r="D27" s="310" t="s">
-        <v>498</v>
+        <v>496</v>
       </c>
       <c r="E27" s="311">
         <v>2.67</v>
       </c>
     </row>
-    <row r="28" spans="1:5" s="312" customFormat="1" ht="14.4">
+    <row r="28" spans="1:5" s="312" customFormat="1">
       <c r="A28" s="309" t="str">
         <f t="shared" si="0"/>
         <v>FA037C-Elm Road Generating Station Combined</v>
       </c>
       <c r="B28" s="309" t="s">
-        <v>547</v>
+        <v>545</v>
       </c>
       <c r="C28" s="309" t="s">
-        <v>548</v>
+        <v>546</v>
       </c>
       <c r="D28" s="310" t="s">
-        <v>498</v>
+        <v>496</v>
       </c>
       <c r="E28" s="311">
         <v>2.7</v>
       </c>
     </row>
-    <row r="29" spans="1:5" s="312" customFormat="1" ht="14.4">
+    <row r="29" spans="1:5" s="312" customFormat="1">
       <c r="A29" s="309" t="str">
         <f t="shared" si="0"/>
         <v>FA038F-Petersburg Generating Station, Unit #3</v>
       </c>
       <c r="B29" s="309" t="s">
-        <v>549</v>
+        <v>547</v>
       </c>
       <c r="C29" s="309" t="s">
-        <v>550</v>
+        <v>548</v>
       </c>
       <c r="D29" s="310" t="s">
-        <v>503</v>
+        <v>501</v>
       </c>
       <c r="E29" s="311">
         <v>2.52</v>
       </c>
     </row>
-    <row r="30" spans="1:5" s="312" customFormat="1" ht="14.4">
+    <row r="30" spans="1:5" s="312" customFormat="1">
       <c r="A30" s="309" t="str">
         <f t="shared" si="0"/>
         <v>FA039C-Clay Boswell Generating Station, Unit #3</v>
       </c>
       <c r="B30" s="309" t="s">
-        <v>551</v>
+        <v>549</v>
       </c>
       <c r="C30" s="309" t="s">
-        <v>552</v>
+        <v>550</v>
       </c>
       <c r="D30" s="310" t="s">
-        <v>498</v>
+        <v>496</v>
       </c>
       <c r="E30" s="311">
         <v>2.61</v>
       </c>
     </row>
-    <row r="31" spans="1:5" s="312" customFormat="1" ht="14.4">
+    <row r="31" spans="1:5" s="312" customFormat="1">
       <c r="A31" s="309" t="str">
         <f t="shared" si="0"/>
         <v>FA041C-Prairie Creek Generating Station, Unit #3</v>
       </c>
       <c r="B31" s="309" t="s">
-        <v>553</v>
+        <v>551</v>
       </c>
       <c r="C31" s="309" t="s">
-        <v>554</v>
+        <v>552</v>
       </c>
       <c r="D31" s="310" t="s">
-        <v>498</v>
+        <v>496</v>
       </c>
       <c r="E31" s="311">
         <v>2.8</v>
       </c>
     </row>
-    <row r="32" spans="1:5" s="312" customFormat="1" ht="14.4">
+    <row r="32" spans="1:5" s="312" customFormat="1">
       <c r="A32" s="309" t="str">
         <f t="shared" si="0"/>
         <v>FA042C-Muskogee Generating Station</v>
       </c>
       <c r="B32" s="309" t="s">
-        <v>555</v>
+        <v>553</v>
       </c>
       <c r="C32" s="309" t="s">
-        <v>556</v>
+        <v>554</v>
       </c>
       <c r="D32" s="310" t="s">
-        <v>498</v>
+        <v>496</v>
       </c>
       <c r="E32" s="311">
         <v>2.69</v>
       </c>
     </row>
-    <row r="33" spans="1:5" s="312" customFormat="1" ht="14.4">
+    <row r="33" spans="1:5" s="312" customFormat="1">
       <c r="A33" s="309" t="str">
         <f t="shared" si="0"/>
         <v>FA043F-Durapoz F</v>
       </c>
       <c r="B33" s="309" t="s">
-        <v>557</v>
+        <v>555</v>
       </c>
       <c r="C33" s="309" t="s">
-        <v>558</v>
+        <v>556</v>
       </c>
       <c r="D33" s="310" t="s">
-        <v>503</v>
+        <v>501</v>
       </c>
       <c r="E33" s="311">
         <v>2.5499999999999998</v>
       </c>
     </row>
-    <row r="34" spans="1:5" s="312" customFormat="1" ht="14.4">
+    <row r="34" spans="1:5" s="312" customFormat="1">
       <c r="A34" s="309" t="str">
         <f t="shared" si="0"/>
         <v>FA044C-Dynegy Newton Power Station</v>
       </c>
       <c r="B34" s="309" t="s">
-        <v>559</v>
+        <v>557</v>
       </c>
       <c r="C34" s="309" t="s">
-        <v>560</v>
+        <v>558</v>
       </c>
       <c r="D34" s="310" t="s">
-        <v>498</v>
+        <v>496</v>
       </c>
       <c r="E34" s="311">
         <v>2.66</v>
       </c>
     </row>
-    <row r="35" spans="1:5" s="312" customFormat="1" ht="14.4">
+    <row r="35" spans="1:5" s="312" customFormat="1">
       <c r="A35" s="309" t="str">
         <f t="shared" si="0"/>
         <v>FA045C-Oak Creek Power Station</v>
       </c>
       <c r="B35" s="309" t="s">
-        <v>561</v>
+        <v>559</v>
       </c>
       <c r="C35" s="309" t="s">
-        <v>562</v>
+        <v>560</v>
       </c>
       <c r="D35" s="310" t="s">
-        <v>498</v>
+        <v>496</v>
       </c>
       <c r="E35" s="311">
         <v>2.7</v>
       </c>
     </row>
-    <row r="36" spans="1:5" s="312" customFormat="1" ht="14.4">
+    <row r="36" spans="1:5" s="312" customFormat="1">
       <c r="A36" s="309" t="str">
         <f t="shared" si="0"/>
         <v>FA046F-Praire State Generating Station</v>
       </c>
       <c r="B36" s="309" t="s">
-        <v>563</v>
+        <v>561</v>
       </c>
       <c r="C36" s="309" t="s">
-        <v>564</v>
+        <v>562</v>
       </c>
       <c r="D36" s="310" t="s">
-        <v>503</v>
+        <v>501</v>
       </c>
       <c r="E36" s="311">
         <v>2.42</v>
       </c>
     </row>
-    <row r="37" spans="1:5" s="312" customFormat="1" ht="14.4">
+    <row r="37" spans="1:5" s="312" customFormat="1">
       <c r="A37" s="309" t="str">
         <f t="shared" si="0"/>
         <v>FA050C-Duck Creek Power Station</v>
       </c>
       <c r="B37" s="309" t="s">
-        <v>565</v>
+        <v>563</v>
       </c>
       <c r="C37" s="309" t="s">
-        <v>566</v>
+        <v>564</v>
       </c>
       <c r="D37" s="310" t="s">
-        <v>498</v>
+        <v>496</v>
       </c>
       <c r="E37" s="311">
         <v>2.71</v>
       </c>
     </row>
-    <row r="38" spans="1:5" s="312" customFormat="1" ht="14.4">
+    <row r="38" spans="1:5" s="312" customFormat="1">
       <c r="A38" s="309" t="str">
         <f t="shared" si="0"/>
         <v>FA051C-North Shore Station</v>
       </c>
       <c r="B38" s="309" t="s">
-        <v>567</v>
+        <v>565</v>
       </c>
       <c r="C38" s="309" t="s">
-        <v>568</v>
+        <v>566</v>
       </c>
       <c r="D38" s="310" t="s">
-        <v>498</v>
+        <v>496</v>
       </c>
       <c r="E38" s="311">
         <v>2.7</v>
       </c>
     </row>
-    <row r="39" spans="1:5" s="312" customFormat="1" ht="14.4">
+    <row r="39" spans="1:5" s="312" customFormat="1">
       <c r="A39" s="309" t="str">
         <f t="shared" si="0"/>
-        <v>FA052C-Whelan Hastings Generation Plant, Unit 2</v>
+        <v>FA052C-Whelan Hastings Generation Plant</v>
       </c>
       <c r="B39" s="309" t="s">
-        <v>569</v>
+        <v>567</v>
       </c>
       <c r="C39" s="309" t="s">
-        <v>570</v>
+        <v>1680</v>
       </c>
       <c r="D39" s="310" t="s">
-        <v>498</v>
+        <v>496</v>
       </c>
       <c r="E39" s="311">
-        <v>2.64</v>
-[...2 lines deleted...]
-    <row r="40" spans="1:5" s="312" customFormat="1" ht="14.4">
+        <v>2.74</v>
+      </c>
+    </row>
+    <row r="40" spans="1:5" s="312" customFormat="1">
       <c r="A40" s="309" t="str">
         <f t="shared" si="0"/>
         <v>FA053C-Leland Olds Station, Unit 1</v>
       </c>
       <c r="B40" s="309" t="s">
-        <v>571</v>
+        <v>568</v>
       </c>
       <c r="C40" s="309" t="s">
-        <v>572</v>
+        <v>569</v>
       </c>
       <c r="D40" s="310" t="s">
-        <v>498</v>
+        <v>496</v>
       </c>
       <c r="E40" s="311">
         <v>2.78</v>
       </c>
     </row>
-    <row r="41" spans="1:5" s="312" customFormat="1" ht="14.4">
+    <row r="41" spans="1:5" s="312" customFormat="1">
       <c r="A41" s="309" t="str">
         <f t="shared" si="0"/>
         <v>FA054F-P2P PSGC/Louisa Blend</v>
       </c>
       <c r="B41" s="309" t="s">
-        <v>573</v>
+        <v>570</v>
       </c>
       <c r="C41" s="309" t="s">
-        <v>574</v>
+        <v>571</v>
       </c>
       <c r="D41" s="310" t="s">
-        <v>503</v>
+        <v>501</v>
       </c>
       <c r="E41" s="311">
         <v>2.46</v>
       </c>
     </row>
-    <row r="42" spans="1:5" s="312" customFormat="1" ht="14.4">
+    <row r="42" spans="1:5" s="312" customFormat="1">
       <c r="A42" s="309" t="str">
         <f t="shared" si="0"/>
         <v>FA055F-CarbonSense CWLP F Ash</v>
       </c>
       <c r="B42" s="309" t="s">
-        <v>575</v>
+        <v>572</v>
       </c>
       <c r="C42" s="309" t="s">
-        <v>576</v>
+        <v>573</v>
       </c>
       <c r="D42" s="310" t="s">
-        <v>503</v>
+        <v>501</v>
       </c>
       <c r="E42" s="311">
         <v>2.46</v>
       </c>
     </row>
-    <row r="43" spans="1:5" s="312" customFormat="1" ht="14.4">
+    <row r="43" spans="1:5" s="312" customFormat="1">
       <c r="A43" s="309" t="str">
         <f t="shared" si="0"/>
         <v xml:space="preserve">FA056C-Jeffery Energy Center </v>
       </c>
       <c r="B43" s="309" t="s">
-        <v>577</v>
+        <v>574</v>
       </c>
       <c r="C43" s="309" t="s">
-        <v>578</v>
+        <v>575</v>
       </c>
       <c r="D43" s="310" t="s">
-        <v>498</v>
+        <v>496</v>
       </c>
       <c r="E43" s="311">
         <v>2.9</v>
       </c>
     </row>
-    <row r="44" spans="1:5" s="312" customFormat="1" ht="14.4">
+    <row r="44" spans="1:5" s="312" customFormat="1">
       <c r="A44" s="309" t="str">
         <f t="shared" si="0"/>
         <v>FA057C-Platte Generating Station</v>
       </c>
       <c r="B44" s="309" t="s">
-        <v>579</v>
+        <v>576</v>
       </c>
       <c r="C44" s="309" t="s">
-        <v>580</v>
+        <v>577</v>
       </c>
       <c r="D44" s="310" t="s">
-        <v>498</v>
+        <v>496</v>
       </c>
       <c r="E44" s="311">
         <v>2.59</v>
       </c>
     </row>
-    <row r="45" spans="1:5" s="312" customFormat="1" ht="14.4">
+    <row r="45" spans="1:5" s="312" customFormat="1">
       <c r="A45" s="309" t="str">
         <f t="shared" si="0"/>
         <v>FA058F-Cumberland Power Station</v>
       </c>
       <c r="B45" s="309" t="s">
-        <v>581</v>
+        <v>578</v>
       </c>
       <c r="C45" s="309" t="s">
-        <v>582</v>
+        <v>579</v>
       </c>
       <c r="D45" s="310" t="s">
-        <v>503</v>
+        <v>501</v>
       </c>
       <c r="E45" s="311">
         <v>2.5</v>
       </c>
     </row>
-    <row r="46" spans="1:5" s="312" customFormat="1" ht="14.4">
+    <row r="46" spans="1:5" s="312" customFormat="1">
       <c r="A46" s="309" t="str">
         <f t="shared" si="0"/>
         <v>FA059C-Limestone Plant</v>
       </c>
       <c r="B46" s="309" t="s">
-        <v>1637</v>
+        <v>1585</v>
       </c>
       <c r="C46" s="309" t="s">
-        <v>1638</v>
+        <v>1586</v>
       </c>
       <c r="D46" s="310" t="s">
-        <v>498</v>
+        <v>496</v>
       </c>
       <c r="E46" s="311">
         <v>2.69</v>
       </c>
     </row>
-    <row r="47" spans="1:5" s="312" customFormat="1" ht="14.4">
+    <row r="47" spans="1:5" s="312" customFormat="1">
       <c r="A47" s="309" t="str">
         <f t="shared" si="0"/>
         <v>FA060F-Oak Grove Pozzolan</v>
       </c>
       <c r="B47" s="309" t="s">
-        <v>1639</v>
+        <v>1587</v>
       </c>
       <c r="C47" s="309" t="s">
-        <v>1640</v>
+        <v>1588</v>
       </c>
       <c r="D47" s="310" t="s">
-        <v>503</v>
+        <v>501</v>
       </c>
       <c r="E47" s="311">
         <v>2.42</v>
       </c>
     </row>
-    <row r="48" spans="1:5" s="312" customFormat="1" ht="14.4">
+    <row r="48" spans="1:5" s="312" customFormat="1">
       <c r="A48" s="309" t="str">
         <f t="shared" si="0"/>
         <v>FA061C-Lawrence Power Plant</v>
       </c>
       <c r="B48" s="309" t="s">
-        <v>1641</v>
+        <v>1589</v>
       </c>
       <c r="C48" s="309" t="s">
-        <v>1642</v>
+        <v>1590</v>
       </c>
       <c r="D48" s="310" t="s">
-        <v>498</v>
+        <v>496</v>
       </c>
       <c r="E48" s="311">
         <v>2.67</v>
       </c>
     </row>
-    <row r="49" spans="1:5" s="312" customFormat="1" ht="14.4">
+    <row r="49" spans="1:5" s="312" customFormat="1">
       <c r="A49" s="309" t="str">
         <f t="shared" si="0"/>
         <v>FA137F-Elm Road Generating Station Unit #1</v>
       </c>
       <c r="B49" s="309" t="s">
-        <v>583</v>
+        <v>580</v>
       </c>
       <c r="C49" s="309" t="s">
-        <v>584</v>
+        <v>581</v>
       </c>
       <c r="D49" s="310" t="s">
-        <v>503</v>
+        <v>501</v>
       </c>
       <c r="E49" s="311">
         <v>2.68</v>
       </c>
     </row>
-    <row r="50" spans="1:5" s="312" customFormat="1" ht="14.4">
+    <row r="50" spans="1:5" s="312" customFormat="1">
       <c r="A50" s="309" t="str">
         <f t="shared" si="0"/>
         <v>FA223C-CarbonSense C Ash</v>
       </c>
       <c r="B50" s="309" t="s">
-        <v>585</v>
+        <v>582</v>
       </c>
       <c r="C50" s="309" t="s">
-        <v>586</v>
+        <v>583</v>
       </c>
       <c r="D50" s="310" t="s">
-        <v>498</v>
+        <v>496</v>
       </c>
       <c r="E50" s="311">
         <v>2.79</v>
       </c>
     </row>
-    <row r="51" spans="1:5" s="312" customFormat="1" ht="14.4">
+    <row r="51" spans="1:5" s="312" customFormat="1">
       <c r="A51" s="309" t="str">
         <f t="shared" si="0"/>
         <v>FA237F-Elm Road Generating Station Unit #2</v>
       </c>
       <c r="B51" s="309" t="s">
-        <v>587</v>
+        <v>584</v>
       </c>
       <c r="C51" s="309" t="s">
-        <v>588</v>
+        <v>585</v>
       </c>
       <c r="D51" s="310" t="s">
-        <v>503</v>
+        <v>501</v>
       </c>
       <c r="E51" s="311">
         <v>2.67</v>
       </c>
     </row>
-    <row r="52" spans="1:5" s="312" customFormat="1" ht="14.4">
+    <row r="52" spans="1:5" s="312" customFormat="1">
       <c r="A52" s="309" t="str">
         <f t="shared" si="0"/>
         <v>FA249C-Edwards Power Station, Unit#2</v>
       </c>
       <c r="B52" s="309" t="s">
-        <v>589</v>
+        <v>586</v>
       </c>
       <c r="C52" s="309" t="s">
-        <v>590</v>
+        <v>587</v>
       </c>
       <c r="D52" s="310" t="s">
-        <v>498</v>
+        <v>496</v>
       </c>
       <c r="E52" s="311">
         <v>2.71</v>
       </c>
     </row>
-    <row r="53" spans="1:5" s="312" customFormat="1" ht="14.4">
+    <row r="53" spans="1:5" s="312" customFormat="1">
       <c r="A53" s="309" t="str">
         <f t="shared" si="0"/>
         <v>FA323F-CarbonSense F Ash</v>
       </c>
       <c r="B53" s="309" t="s">
-        <v>591</v>
+        <v>588</v>
       </c>
       <c r="C53" s="309" t="s">
-        <v>592</v>
+        <v>589</v>
       </c>
       <c r="D53" s="310" t="s">
-        <v>503</v>
+        <v>501</v>
       </c>
       <c r="E53" s="311">
         <v>2.6</v>
       </c>
     </row>
-    <row r="54" spans="1:5" s="312" customFormat="1" ht="14.4">
+    <row r="54" spans="1:5" s="312" customFormat="1">
       <c r="A54" s="309" t="str">
         <f t="shared" si="0"/>
         <v>FA349C-Edwards Power Station, Unit#3</v>
       </c>
       <c r="B54" s="309" t="s">
-        <v>593</v>
+        <v>590</v>
       </c>
       <c r="C54" s="309" t="s">
-        <v>594</v>
+        <v>591</v>
       </c>
       <c r="D54" s="310" t="s">
-        <v>498</v>
+        <v>496</v>
       </c>
       <c r="E54" s="311">
         <v>2.72</v>
       </c>
     </row>
-    <row r="55" spans="1:5" s="312" customFormat="1" ht="14.4">
+    <row r="55" spans="1:5" s="312" customFormat="1">
       <c r="A55" s="309" t="str">
         <f t="shared" ref="A55:A57" si="1">_xlfn.CONCAT(B55, "-", C55)</f>
         <v>FA249C-Edwards Power Station, Unit#2</v>
       </c>
       <c r="B55" s="309" t="s">
-        <v>589</v>
+        <v>586</v>
       </c>
       <c r="C55" s="309" t="s">
-        <v>590</v>
+        <v>587</v>
       </c>
       <c r="D55" s="310" t="s">
-        <v>498</v>
+        <v>496</v>
       </c>
       <c r="E55" s="311">
         <v>2.71</v>
       </c>
     </row>
-    <row r="56" spans="1:5" s="312" customFormat="1" ht="14.4">
+    <row r="56" spans="1:5" s="312" customFormat="1">
       <c r="A56" s="309" t="str">
         <f t="shared" si="1"/>
         <v>FA323F-CarbonSense F Ash</v>
       </c>
       <c r="B56" s="309" t="s">
-        <v>591</v>
+        <v>588</v>
       </c>
       <c r="C56" s="309" t="s">
-        <v>592</v>
+        <v>589</v>
       </c>
       <c r="D56" s="310" t="s">
-        <v>503</v>
+        <v>501</v>
       </c>
       <c r="E56" s="311">
         <v>2.6</v>
       </c>
     </row>
-    <row r="57" spans="1:5" s="312" customFormat="1" ht="14.4">
+    <row r="57" spans="1:5" s="312" customFormat="1">
       <c r="A57" s="309" t="str">
         <f t="shared" si="1"/>
         <v>FA349C-Edwards Power Station, Unit#3</v>
       </c>
       <c r="B57" s="309" t="s">
-        <v>593</v>
+        <v>590</v>
       </c>
       <c r="C57" s="309" t="s">
-        <v>594</v>
+        <v>591</v>
       </c>
       <c r="D57" s="310" t="s">
-        <v>498</v>
+        <v>496</v>
       </c>
       <c r="E57" s="311">
         <v>2.72</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="JXmSYXKzdSk7i4/KycYQpbsYmhsBhWQzbjG22d73tFBhnWDTQYBEDwxkqaxfRLwIlivXmigDqo6NjG+u/tP59g==" saltValue="NPSR24OC4RXD6A+H8sqvsw==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="pRt1bH+xfBRBw2Zgn8kF5/gQIDz59XhZidHWJtoIOwavhUWKsLiRUACltVGRLP0YFV5vnvsaNFWi9gBcCV4mfQ==" saltValue="7fQ3i1fZlCzIOzYGlsk/9w==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="1">
     <mergeCell ref="A1:E2"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{07C954D0-6B1E-47F5-8A1E-F8CFCA1F0A22}">
   <dimension ref="A1:E10"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection sqref="A1:E7"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="22" bestFit="1" customWidth="1"/>
-    <col min="3" max="3" width="17.26953125" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="17.21875" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:5" ht="15" customHeight="1">
-      <c r="A1" s="364" t="s">
-[...5 lines deleted...]
-      <c r="E1" s="364"/>
+      <c r="A1" s="365" t="s">
+        <v>488</v>
+      </c>
+      <c r="B1" s="365"/>
+      <c r="C1" s="365"/>
+      <c r="D1" s="365"/>
+      <c r="E1" s="365"/>
     </row>
     <row r="2" spans="1:5" ht="15" customHeight="1">
-      <c r="A2" s="364"/>
-[...3 lines deleted...]
-      <c r="E2" s="364"/>
+      <c r="A2" s="365"/>
+      <c r="B2" s="365"/>
+      <c r="C2" s="365"/>
+      <c r="D2" s="365"/>
+      <c r="E2" s="365"/>
     </row>
     <row r="3" spans="1:5">
       <c r="A3" s="304"/>
       <c r="B3" s="304"/>
       <c r="C3" s="304"/>
       <c r="D3" s="304"/>
       <c r="E3" s="304"/>
     </row>
     <row r="4" spans="1:5">
       <c r="A4" s="304" t="str">
         <f>_xlfn.CONCAT(B4, "-", C4)</f>
         <v>SL00A-Skyway Cement</v>
       </c>
       <c r="B4" s="304" t="s">
-        <v>491</v>
+        <v>489</v>
       </c>
       <c r="C4" s="304" t="s">
-        <v>492</v>
+        <v>490</v>
       </c>
       <c r="D4" s="305">
         <v>2.87</v>
       </c>
       <c r="E4" s="304">
         <v>100</v>
       </c>
     </row>
     <row r="5" spans="1:5">
       <c r="A5" s="304" t="str">
         <f>_xlfn.CONCAT(B5, "-", C5)</f>
         <v>SL02A-NewCem</v>
       </c>
       <c r="B5" s="304" t="s">
-        <v>493</v>
+        <v>491</v>
       </c>
       <c r="C5" s="304" t="s">
-        <v>494</v>
+        <v>492</v>
       </c>
       <c r="D5" s="305">
         <v>2.93</v>
       </c>
       <c r="E5" s="304">
         <v>100</v>
       </c>
     </row>
     <row r="6" spans="1:5">
       <c r="A6" s="304" t="str">
         <f>_xlfn.CONCAT(B6, "-", C6)</f>
         <v>SL05A-Carbon Smart Grade 100</v>
       </c>
       <c r="B6" s="304" t="s">
-        <v>495</v>
+        <v>493</v>
       </c>
       <c r="C6" s="304" t="s">
-        <v>496</v>
+        <v>494</v>
       </c>
       <c r="D6" s="305">
         <v>2.95</v>
       </c>
       <c r="E6" s="304">
         <v>100</v>
       </c>
     </row>
     <row r="7" spans="1:5">
       <c r="A7" s="304" t="str">
         <f>_xlfn.CONCAT(B7, "-", C7)</f>
         <v>SL06A-Heidelberg Speed Plant</v>
       </c>
       <c r="B7" s="304" t="s">
-        <v>1643</v>
+        <v>1591</v>
       </c>
       <c r="C7" s="304" t="s">
-        <v>1644</v>
+        <v>1592</v>
       </c>
       <c r="D7" s="305">
         <v>2.87</v>
       </c>
       <c r="E7" s="304">
         <v>100</v>
       </c>
     </row>
     <row r="10" spans="1:5">
       <c r="D10" s="306"/>
     </row>
   </sheetData>
   <sheetProtection algorithmName="SHA-512" hashValue="fd0N8DyKr/c/rx7o/mwcjRjkcj5YQHwThzI4AZvcybM81geJ1kWqWrdOmGSwNAR/mH4zrnus61DxIjG0MzIT0w==" saltValue="Tj/wR/yuBozGa/bi4qs1Yw==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="1">
     <mergeCell ref="A1:E2"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{04D39F4E-6516-4D85-BEE2-298CB99E5917}">
-  <dimension ref="A1:C41"/>
+  <dimension ref="A1:C43"/>
   <sheetViews>
     <sheetView workbookViewId="0">
-      <selection sqref="A1:XFD1048576"/>
+      <selection sqref="A1:C43"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
-    <col min="1" max="1" width="32.1796875" bestFit="1" customWidth="1"/>
-    <col min="2" max="2" width="15.6328125" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="32.21875" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="15.6640625" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="20" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3" ht="15" customHeight="1">
-      <c r="A1" s="365" t="s">
-[...3 lines deleted...]
-      <c r="C1" s="365"/>
+      <c r="A1" s="366" t="s">
+        <v>447</v>
+      </c>
+      <c r="B1" s="366"/>
+      <c r="C1" s="366"/>
     </row>
     <row r="2" spans="1:3" ht="15" customHeight="1">
-      <c r="A2" s="365"/>
-[...1 lines deleted...]
-      <c r="C2" s="365"/>
+      <c r="A2" s="366"/>
+      <c r="B2" s="366"/>
+      <c r="C2" s="366"/>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="300"/>
       <c r="B3" s="300"/>
       <c r="C3" s="300"/>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="301" t="str">
         <f>_xlfn.CONCAT(B4, "-", C4)</f>
         <v>Air Plus-Fritz-Pak</v>
       </c>
       <c r="B4" s="301" t="s">
-        <v>450</v>
+        <v>448</v>
       </c>
       <c r="C4" s="302" t="s">
-        <v>451</v>
+        <v>449</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="301" t="str">
-        <f t="shared" ref="A5:A41" si="0">_xlfn.CONCAT(B5, "-", C5)</f>
-        <v>Airalon 3000-GCP</v>
+        <f t="shared" ref="A5:A43" si="0">_xlfn.CONCAT(B5, "-", C5)</f>
+        <v>Airalon 3000-CHRYSO Inc</v>
       </c>
       <c r="B5" s="301" t="s">
-        <v>452</v>
+        <v>450</v>
       </c>
       <c r="C5" s="303" t="s">
-        <v>381</v>
+        <v>453</v>
       </c>
     </row>
     <row r="6" spans="1:3">
       <c r="A6" s="301" t="str">
         <f t="shared" si="0"/>
-        <v>Airalon 7000-GCP</v>
+        <v>Airalon 7000-CHRYSO Inc</v>
       </c>
       <c r="B6" s="301" t="s">
+        <v>451</v>
+      </c>
+      <c r="C6" s="303" t="s">
         <v>453</v>
-      </c>
-[...1 lines deleted...]
-        <v>381</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" s="301" t="str">
         <f t="shared" si="0"/>
         <v>Chryso Air 260-CHRYSO Inc</v>
       </c>
       <c r="B7" s="301" t="s">
-        <v>454</v>
+        <v>452</v>
       </c>
       <c r="C7" s="303" t="s">
-        <v>455</v>
+        <v>453</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" s="301" t="str">
         <f t="shared" si="0"/>
         <v>ConAir 260-Premiere Admix.</v>
       </c>
       <c r="B8" s="301" t="s">
-        <v>456</v>
+        <v>454</v>
       </c>
       <c r="C8" s="302" t="s">
-        <v>457</v>
+        <v>455</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" s="301" t="str">
         <f t="shared" si="0"/>
         <v>ConAir X-Premiere Admix.</v>
       </c>
       <c r="B9" s="301" t="s">
-        <v>458</v>
+        <v>456</v>
       </c>
       <c r="C9" s="303" t="s">
-        <v>457</v>
+        <v>455</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" s="301" t="str">
         <f t="shared" si="0"/>
-        <v>DSA 110-DarCole Products, Inc</v>
+        <v>DNF 842-DarCole Products, Inc</v>
       </c>
       <c r="B10" s="301" t="s">
-        <v>459</v>
+        <v>1681</v>
       </c>
       <c r="C10" s="303" t="s">
-        <v>391</v>
+        <v>389</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" s="301" t="str">
         <f t="shared" si="0"/>
-        <v>Daravair 1000-GCP</v>
+        <v>DSA 110-DarCole Products, Inc</v>
       </c>
       <c r="B11" s="301" t="s">
-        <v>460</v>
-[...2 lines deleted...]
-        <v>381</v>
+        <v>457</v>
+      </c>
+      <c r="C11" s="303" t="s">
+        <v>389</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" s="301" t="str">
         <f t="shared" si="0"/>
-        <v>Daravair 1400-GCP</v>
+        <v>DSA 112-DarCole Products, Inc</v>
       </c>
       <c r="B12" s="301" t="s">
-        <v>461</v>
+        <v>1682</v>
       </c>
       <c r="C12" s="303" t="s">
-        <v>381</v>
+        <v>389</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" s="301" t="str">
         <f t="shared" si="0"/>
-        <v>Daravair AT 30-GCP</v>
+        <v>Daravair 1000-CHRYSO Inc</v>
       </c>
       <c r="B13" s="301" t="s">
-        <v>462</v>
-[...2 lines deleted...]
-        <v>381</v>
+        <v>458</v>
+      </c>
+      <c r="C13" s="303" t="s">
+        <v>453</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" s="301" t="str">
         <f t="shared" si="0"/>
-        <v>Daravair AT 60-GCP</v>
+        <v>Daravair 1400-CHRYSO Inc</v>
       </c>
       <c r="B14" s="301" t="s">
-        <v>463</v>
+        <v>459</v>
       </c>
       <c r="C14" s="303" t="s">
-        <v>381</v>
+        <v>453</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" s="301" t="str">
         <f t="shared" si="0"/>
-        <v>Daravair M-GCP</v>
+        <v>Daravair AT 30-CHRYSO Inc</v>
       </c>
       <c r="B15" s="301" t="s">
-        <v>464</v>
-[...2 lines deleted...]
-        <v>381</v>
+        <v>460</v>
+      </c>
+      <c r="C15" s="303" t="s">
+        <v>453</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" s="301" t="str">
         <f t="shared" si="0"/>
-        <v>Darex II AEA-GCP</v>
+        <v>Daravair AT 60-CHRYSO Inc</v>
       </c>
       <c r="B16" s="301" t="s">
-        <v>465</v>
+        <v>461</v>
       </c>
       <c r="C16" s="303" t="s">
-        <v>381</v>
+        <v>453</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" s="301" t="str">
         <f t="shared" si="0"/>
-        <v>Eucon AEA-92-Euclid</v>
+        <v>Daravair M-CHRYSO Inc</v>
       </c>
       <c r="B17" s="301" t="s">
-        <v>466</v>
-[...2 lines deleted...]
-        <v>385</v>
+        <v>462</v>
+      </c>
+      <c r="C17" s="303" t="s">
+        <v>453</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" s="301" t="str">
         <f t="shared" si="0"/>
-        <v>Eucon AEA-92S-Euclid</v>
+        <v>Darex II AEA-CHRYSO Inc</v>
       </c>
       <c r="B18" s="301" t="s">
-        <v>467</v>
+        <v>463</v>
       </c>
       <c r="C18" s="303" t="s">
-        <v>385</v>
+        <v>453</v>
       </c>
     </row>
     <row r="19" spans="1:3">
       <c r="A19" s="301" t="str">
         <f t="shared" si="0"/>
-        <v>Eucon Air MAC12-Euclid</v>
+        <v>Eucon AEA-92-Euclid</v>
       </c>
       <c r="B19" s="301" t="s">
-        <v>468</v>
+        <v>464</v>
       </c>
       <c r="C19" s="302" t="s">
-        <v>385</v>
+        <v>384</v>
       </c>
     </row>
     <row r="20" spans="1:3">
       <c r="A20" s="301" t="str">
         <f t="shared" si="0"/>
-        <v>Eucon Air MAC6-Euclid</v>
+        <v>Eucon AEA-92S-Euclid</v>
       </c>
       <c r="B20" s="301" t="s">
-        <v>469</v>
+        <v>465</v>
       </c>
       <c r="C20" s="303" t="s">
-        <v>385</v>
+        <v>384</v>
       </c>
     </row>
     <row r="21" spans="1:3">
       <c r="A21" s="301" t="str">
         <f t="shared" si="0"/>
-        <v>Eucon Air Mix-Euclid</v>
+        <v>Eucon Air MAC12-Euclid</v>
       </c>
       <c r="B21" s="301" t="s">
-        <v>470</v>
+        <v>466</v>
       </c>
       <c r="C21" s="302" t="s">
-        <v>385</v>
+        <v>384</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" s="301" t="str">
-        <f>_xlfn.CONCAT(B22, "-", C22)</f>
-        <v>Mapeair SA-Mapei</v>
+        <f t="shared" si="0"/>
+        <v>Eucon Air MAC6-Euclid</v>
       </c>
       <c r="B22" s="301" t="s">
-        <v>1645</v>
-[...2 lines deleted...]
-        <v>394</v>
+        <v>467</v>
+      </c>
+      <c r="C22" s="303" t="s">
+        <v>384</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" s="301" t="str">
-        <f>_xlfn.CONCAT(B23, "-", C23)</f>
-        <v>Mapeair SA-50-Mapei</v>
+        <f t="shared" si="0"/>
+        <v>Eucon Air Mix-Euclid</v>
       </c>
       <c r="B23" s="301" t="s">
-        <v>1646</v>
-[...2 lines deleted...]
-        <v>394</v>
+        <v>468</v>
+      </c>
+      <c r="C23" s="302" t="s">
+        <v>384</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" s="301" t="str">
         <f>_xlfn.CONCAT(B24, "-", C24)</f>
-        <v>Mapeair VR-Mapei</v>
+        <v>Mapeair SA-Mapei</v>
       </c>
       <c r="B24" s="301" t="s">
-        <v>1647</v>
+        <v>1593</v>
       </c>
       <c r="C24" s="302" t="s">
-        <v>394</v>
+        <v>392</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" s="301" t="str">
-        <f t="shared" si="0"/>
-        <v>MasterAir AE 200-Master Builders</v>
+        <f>_xlfn.CONCAT(B25, "-", C25)</f>
+        <v>Mapeair SA-50-Mapei</v>
       </c>
       <c r="B25" s="301" t="s">
-        <v>471</v>
+        <v>1594</v>
       </c>
       <c r="C25" s="303" t="s">
-        <v>1648</v>
+        <v>392</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" s="301" t="str">
-        <f t="shared" si="0"/>
-        <v>MasterAir AE 400-Master Builders</v>
+        <f>_xlfn.CONCAT(B26, "-", C26)</f>
+        <v>Mapeair VR-Mapei</v>
       </c>
       <c r="B26" s="301" t="s">
-        <v>472</v>
-[...2 lines deleted...]
-        <v>1648</v>
+        <v>1595</v>
+      </c>
+      <c r="C26" s="302" t="s">
+        <v>392</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" s="301" t="str">
         <f t="shared" si="0"/>
-        <v>MasterAir AE 90-Master Builders</v>
+        <v>MasterAir AE 200-Master Builders</v>
       </c>
       <c r="B27" s="301" t="s">
-        <v>473</v>
+        <v>469</v>
       </c>
       <c r="C27" s="303" t="s">
-        <v>1648</v>
+        <v>1596</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" s="301" t="str">
         <f t="shared" si="0"/>
-        <v>MasterAir VR 10-Master Builders</v>
+        <v>MasterAir AE 400-Master Builders</v>
       </c>
       <c r="B28" s="301" t="s">
-        <v>474</v>
+        <v>470</v>
       </c>
       <c r="C28" s="303" t="s">
-        <v>1648</v>
+        <v>1596</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" s="301" t="str">
         <f t="shared" si="0"/>
-        <v>Miracon 2315-Miracon Tech.</v>
+        <v>MasterAir AE 90-Master Builders</v>
       </c>
       <c r="B29" s="301" t="s">
-        <v>475</v>
+        <v>471</v>
       </c>
       <c r="C29" s="303" t="s">
-        <v>476</v>
+        <v>1596</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" s="301" t="str">
         <f t="shared" si="0"/>
-        <v>Polychem SA-14-Mapei</v>
+        <v>MasterAir VR 10-Master Builders</v>
       </c>
       <c r="B30" s="301" t="s">
-        <v>1649</v>
+        <v>472</v>
       </c>
       <c r="C30" s="303" t="s">
-        <v>394</v>
+        <v>1596</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" s="301" t="str">
         <f t="shared" si="0"/>
-        <v>RAE-260-RussTech, Inc.</v>
+        <v>Miracon 2315-Miracon Tech.</v>
       </c>
       <c r="B31" s="301" t="s">
-        <v>477</v>
+        <v>473</v>
       </c>
       <c r="C31" s="303" t="s">
-        <v>478</v>
+        <v>474</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" s="301" t="str">
         <f t="shared" si="0"/>
-        <v>RSA-10-RussTech, Inc.</v>
+        <v>Polychem SA-14-Mapei</v>
       </c>
       <c r="B32" s="301" t="s">
-        <v>479</v>
-[...2 lines deleted...]
-        <v>478</v>
+        <v>1597</v>
+      </c>
+      <c r="C32" s="303" t="s">
+        <v>392</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" s="301" t="str">
         <f t="shared" si="0"/>
-        <v>Sika AEA-14-Sika</v>
+        <v>RAE-260-RussTech, Inc.</v>
       </c>
       <c r="B33" s="301" t="s">
-        <v>480</v>
+        <v>475</v>
       </c>
       <c r="C33" s="303" t="s">
-        <v>434</v>
+        <v>476</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" s="301" t="str">
         <f t="shared" si="0"/>
-        <v>Sika AER-C-Sika</v>
+        <v>RSA-10-RussTech, Inc.</v>
       </c>
       <c r="B34" s="301" t="s">
-        <v>481</v>
+        <v>477</v>
       </c>
       <c r="C34" s="302" t="s">
-        <v>434</v>
+        <v>476</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" s="301" t="str">
         <f t="shared" si="0"/>
-        <v>Sika Air-Sika</v>
+        <v>Sika AEA-14-Sika</v>
       </c>
       <c r="B35" s="301" t="s">
-        <v>482</v>
+        <v>478</v>
       </c>
       <c r="C35" s="303" t="s">
-        <v>434</v>
+        <v>432</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" s="301" t="str">
         <f t="shared" si="0"/>
-        <v>Sika Air-260-Sika</v>
+        <v>Sika AER-C-Sika</v>
       </c>
       <c r="B36" s="301" t="s">
-        <v>483</v>
+        <v>479</v>
       </c>
       <c r="C36" s="302" t="s">
-        <v>434</v>
+        <v>432</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" s="301" t="str">
         <f t="shared" si="0"/>
-        <v>Sika Air-360-Sika</v>
+        <v>Sika Air-Sika</v>
       </c>
       <c r="B37" s="301" t="s">
-        <v>484</v>
+        <v>480</v>
       </c>
       <c r="C37" s="303" t="s">
-        <v>434</v>
+        <v>432</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" s="301" t="str">
         <f t="shared" si="0"/>
-        <v>SikaControl AIR-160-Sika</v>
+        <v>Sika Air-260-Sika</v>
       </c>
       <c r="B38" s="301" t="s">
-        <v>485</v>
+        <v>481</v>
       </c>
       <c r="C38" s="302" t="s">
-        <v>434</v>
+        <v>432</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" s="301" t="str">
         <f t="shared" si="0"/>
-        <v>Stable Air-CCT</v>
+        <v>Sika Air-360-Sika</v>
       </c>
       <c r="B39" s="301" t="s">
-        <v>486</v>
+        <v>482</v>
       </c>
       <c r="C39" s="303" t="s">
-        <v>487</v>
+        <v>432</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" s="301" t="str">
         <f t="shared" si="0"/>
-        <v>Super Air Plus-Fritz-Pak</v>
+        <v>SikaControl AIR-160-Sika</v>
       </c>
       <c r="B40" s="301" t="s">
-        <v>488</v>
+        <v>483</v>
       </c>
       <c r="C40" s="302" t="s">
-        <v>451</v>
+        <v>432</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" s="301" t="str">
         <f t="shared" si="0"/>
-        <v>Terapave AEA-GCP</v>
+        <v>Stable Air-CCT</v>
       </c>
       <c r="B41" s="301" t="s">
-        <v>489</v>
+        <v>484</v>
       </c>
       <c r="C41" s="303" t="s">
-        <v>381</v>
+        <v>485</v>
+      </c>
+    </row>
+    <row r="42" spans="1:3">
+      <c r="A42" s="301" t="str">
+        <f t="shared" si="0"/>
+        <v>Super Air Plus-Fritz-Pak</v>
+      </c>
+      <c r="B42" s="301" t="s">
+        <v>486</v>
+      </c>
+      <c r="C42" s="302" t="s">
+        <v>449</v>
+      </c>
+    </row>
+    <row r="43" spans="1:3">
+      <c r="A43" s="301" t="str">
+        <f t="shared" si="0"/>
+        <v>Terapave AEA-CHRYSO Inc</v>
+      </c>
+      <c r="B43" s="301" t="s">
+        <v>487</v>
+      </c>
+      <c r="C43" s="303" t="s">
+        <v>453</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="aIJKFBf24Yw+38LjkuNDaCpmnh8sxEgF+34YWVe+3EDrb1hrxEFTHcTeF+tiSaMtwL78pEWFUH6VVk8ptgwSwQ==" saltValue="Vm+6b7t7Mzc9EA29k3rOTg==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="eDDz6UDLxA163bs+TpJDdKeCtrAF+BdRcUernhLHDnq4Dr593Vaw4Jk0cUyE7pXsIP/OWNxl74je9wWNP89G5g==" saltValue="3U8XC8ZvLeaYbYCWySQxGw==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="1">
     <mergeCell ref="A1:C2"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet15.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{05411C8D-22A2-4C58-9F4F-6D1D73722F34}">
-  <dimension ref="A1:G77"/>
+  <dimension ref="A1:G79"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection sqref="A1:XFD1048576"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultRowHeight="15"/>
+  <sheetFormatPr defaultRowHeight="15.75"/>
   <cols>
-    <col min="1" max="1" width="34.26953125" bestFit="1" customWidth="1"/>
-[...4 lines deleted...]
-    <col min="7" max="7" width="16.453125" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="32.5546875" style="324" bestFit="1" customWidth="1"/>
+    <col min="2" max="2" width="17.88671875" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="19" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="30.44140625" bestFit="1" customWidth="1"/>
+    <col min="6" max="6" width="18.109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="15.6640625" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:7">
-      <c r="A1" s="366" t="s">
+    <row r="1" spans="1:7" ht="15">
+      <c r="A1" s="367" t="s">
         <v>379</v>
       </c>
-      <c r="B1" s="366"/>
-[...13 lines deleted...]
-    <row r="3" spans="1:7" ht="15.6">
+      <c r="B1" s="367"/>
+      <c r="C1" s="367"/>
+      <c r="E1" s="368"/>
+      <c r="F1" s="368"/>
+      <c r="G1" s="368"/>
+    </row>
+    <row r="2" spans="1:7" ht="15">
+      <c r="A2" s="367"/>
+      <c r="B2" s="367"/>
+      <c r="C2" s="367"/>
+      <c r="E2" s="368"/>
+      <c r="F2" s="368"/>
+      <c r="G2" s="368"/>
+    </row>
+    <row r="3" spans="1:7">
       <c r="A3" s="294"/>
       <c r="B3" s="294"/>
       <c r="C3" s="294"/>
       <c r="E3" s="295"/>
       <c r="F3" s="295"/>
       <c r="G3" s="295"/>
     </row>
-    <row r="4" spans="1:7" ht="15.6">
+    <row r="4" spans="1:7">
       <c r="A4" s="296" t="str">
         <f>_xlfn.CONCAT(B4, "-", C4)</f>
-        <v>ADVA 140M-GCP</v>
+        <v>ADVA 140M-CHRYSO Inc.</v>
       </c>
       <c r="B4" s="294" t="s">
         <v>380</v>
       </c>
-      <c r="C4" s="294" t="s">
-        <v>381</v>
+      <c r="C4" s="297" t="s">
+        <v>1683</v>
       </c>
       <c r="E4" s="295"/>
       <c r="F4" s="295"/>
       <c r="G4" s="295"/>
     </row>
-    <row r="5" spans="1:7" ht="15.6">
+    <row r="5" spans="1:7">
       <c r="A5" s="296" t="str">
         <f>_xlfn.CONCAT(B5, "-", C5)</f>
-        <v>ADVA Cast 575-GCP</v>
+        <v>ADVA Cast 575-CHRYSO Inc.</v>
       </c>
       <c r="B5" s="294" t="s">
-        <v>382</v>
-[...1 lines deleted...]
-      <c r="C5" s="294" t="s">
         <v>381</v>
+      </c>
+      <c r="C5" s="297" t="s">
+        <v>1683</v>
       </c>
       <c r="E5" s="295"/>
       <c r="F5" s="295"/>
       <c r="G5" s="295"/>
     </row>
-    <row r="6" spans="1:7" ht="15.6">
+    <row r="6" spans="1:7">
       <c r="A6" s="296" t="str">
         <f t="shared" ref="A6" si="0">_xlfn.CONCAT(B6, "-", C6)</f>
-        <v>ADVA Cast 600-GCP</v>
+        <v>ADVA Cast 600-CHRYSO Inc.</v>
       </c>
       <c r="B6" s="294" t="s">
-        <v>383</v>
-[...2 lines deleted...]
-        <v>381</v>
+        <v>382</v>
+      </c>
+      <c r="C6" s="297" t="s">
+        <v>1683</v>
       </c>
       <c r="E6" s="295"/>
       <c r="F6" s="295"/>
       <c r="G6" s="295"/>
     </row>
-    <row r="7" spans="1:7">
+    <row r="7" spans="1:7" ht="15">
       <c r="A7" s="296" t="str">
         <f>_xlfn.CONCAT(B7, "-", C7)</f>
         <v>Accelguard G3-Euclid</v>
       </c>
       <c r="B7" s="296" t="s">
+        <v>383</v>
+      </c>
+      <c r="C7" s="297" t="s">
         <v>384</v>
-      </c>
-[...1 lines deleted...]
-        <v>385</v>
       </c>
       <c r="E7" s="295"/>
       <c r="F7" s="295"/>
       <c r="G7" s="298"/>
     </row>
-    <row r="8" spans="1:7">
+    <row r="8" spans="1:7" ht="15">
       <c r="A8" s="296" t="str">
-        <f t="shared" ref="A8:A77" si="1">_xlfn.CONCAT(B8, "-", C8)</f>
-        <v>Chryso Fluid Optima 256-CHRYSO</v>
+        <f t="shared" ref="A8:A79" si="1">_xlfn.CONCAT(B8, "-", C8)</f>
+        <v>Chryso Fluid Optima 256-CHRYSO Inc.</v>
       </c>
       <c r="B8" s="296" t="s">
-        <v>386</v>
+        <v>385</v>
       </c>
       <c r="C8" s="297" t="s">
-        <v>387</v>
+        <v>1683</v>
       </c>
       <c r="E8" s="295"/>
       <c r="F8" s="295"/>
       <c r="G8" s="299"/>
     </row>
-    <row r="9" spans="1:7">
+    <row r="9" spans="1:7" ht="15">
       <c r="A9" s="296" t="str">
         <f t="shared" si="1"/>
-        <v>Chryso Optima 249-CHRYSO</v>
+        <v>Chryso Optima 249-CHRYSO Inc.</v>
       </c>
       <c r="B9" s="296" t="s">
-        <v>1650</v>
+        <v>1598</v>
       </c>
       <c r="C9" s="297" t="s">
-        <v>387</v>
+        <v>1683</v>
       </c>
       <c r="E9" s="295"/>
       <c r="F9" s="295"/>
       <c r="G9" s="299"/>
     </row>
-    <row r="10" spans="1:7">
+    <row r="10" spans="1:7" ht="15">
       <c r="A10" s="296" t="str">
         <f t="shared" si="1"/>
-        <v>Clarena MC 2000-GCP</v>
+        <v>Clarena MC 2000-CHRYSO Inc.</v>
       </c>
       <c r="B10" s="296" t="s">
-        <v>388</v>
+        <v>386</v>
       </c>
       <c r="C10" s="297" t="s">
-        <v>381</v>
+        <v>1683</v>
       </c>
       <c r="E10" s="295"/>
       <c r="F10" s="295"/>
       <c r="G10" s="298"/>
     </row>
-    <row r="11" spans="1:7">
+    <row r="11" spans="1:7" ht="15">
       <c r="A11" s="296" t="str">
         <f t="shared" si="1"/>
-        <v>Concera SA8080-GCP</v>
+        <v>Concera SA8080-CHRYSO Inc.</v>
       </c>
       <c r="B11" s="296" t="s">
-        <v>389</v>
+        <v>387</v>
       </c>
       <c r="C11" s="297" t="s">
-        <v>381</v>
+        <v>1683</v>
       </c>
       <c r="E11" s="295"/>
       <c r="F11" s="295"/>
       <c r="G11" s="298"/>
     </row>
-    <row r="12" spans="1:7">
+    <row r="12" spans="1:7" ht="15">
       <c r="A12" s="296" t="str">
         <f t="shared" si="1"/>
         <v>DNL 485-DarCole Products, Inc</v>
       </c>
       <c r="B12" s="296" t="s">
-        <v>390</v>
+        <v>388</v>
       </c>
       <c r="C12" s="297" t="s">
-        <v>391</v>
+        <v>389</v>
       </c>
       <c r="E12" s="295"/>
       <c r="F12" s="295"/>
       <c r="G12" s="298"/>
     </row>
-    <row r="13" spans="1:7">
+    <row r="13" spans="1:7" ht="15">
       <c r="A13" s="296" t="str">
         <f t="shared" si="1"/>
         <v>DNL 785-DarCole Products, Inc</v>
       </c>
       <c r="B13" s="296" t="s">
-        <v>392</v>
+        <v>390</v>
       </c>
       <c r="C13" s="297" t="s">
-        <v>391</v>
+        <v>389</v>
       </c>
       <c r="E13" s="295"/>
       <c r="F13" s="295"/>
       <c r="G13" s="298"/>
     </row>
-    <row r="14" spans="1:7">
+    <row r="14" spans="1:7" ht="15">
       <c r="A14" s="296" t="str">
         <f t="shared" si="1"/>
         <v>Dynamon 850-Mapei</v>
       </c>
       <c r="B14" s="296" t="s">
-        <v>1651</v>
+        <v>1599</v>
       </c>
       <c r="C14" s="297" t="s">
-        <v>394</v>
+        <v>392</v>
       </c>
       <c r="E14" s="295"/>
       <c r="F14" s="295"/>
       <c r="G14" s="298"/>
     </row>
-    <row r="15" spans="1:7">
+    <row r="15" spans="1:7" ht="15">
       <c r="A15" s="296" t="str">
         <f t="shared" si="1"/>
-        <v>Dynamon NRG 1092-Mapei</v>
+        <v>Dynamon Easy 75-Mapei</v>
       </c>
       <c r="B15" s="296" t="s">
-        <v>393</v>
+        <v>1684</v>
       </c>
       <c r="C15" s="297" t="s">
-        <v>394</v>
+        <v>392</v>
       </c>
       <c r="E15" s="295"/>
       <c r="F15" s="295"/>
-      <c r="G15" s="299"/>
-[...1 lines deleted...]
-    <row r="16" spans="1:7">
+      <c r="G15" s="298"/>
+    </row>
+    <row r="16" spans="1:7" ht="15">
       <c r="A16" s="296" t="str">
         <f t="shared" si="1"/>
-        <v>Dynamon NRG 546-Mapei</v>
+        <v>Dynamon NRG 1092-Mapei</v>
       </c>
       <c r="B16" s="296" t="s">
-        <v>395</v>
+        <v>391</v>
       </c>
       <c r="C16" s="297" t="s">
-        <v>394</v>
+        <v>392</v>
       </c>
       <c r="E16" s="295"/>
       <c r="F16" s="295"/>
-      <c r="G16" s="298"/>
-[...1 lines deleted...]
-    <row r="17" spans="1:7">
+      <c r="G16" s="299"/>
+    </row>
+    <row r="17" spans="1:7" ht="15">
       <c r="A17" s="296" t="str">
         <f t="shared" si="1"/>
-        <v>Dynamon SX-Mapei</v>
+        <v>Dynamon NRG 546-Mapei</v>
       </c>
       <c r="B17" s="296" t="s">
-        <v>396</v>
+        <v>393</v>
       </c>
       <c r="C17" s="297" t="s">
-        <v>394</v>
+        <v>392</v>
       </c>
       <c r="E17" s="295"/>
       <c r="F17" s="295"/>
       <c r="G17" s="298"/>
     </row>
-    <row r="18" spans="1:7">
+    <row r="18" spans="1:7" ht="15">
       <c r="A18" s="296" t="str">
         <f t="shared" si="1"/>
-        <v>Eucon MR-Euclid</v>
+        <v>Dynamon SX-Mapei</v>
       </c>
       <c r="B18" s="296" t="s">
-        <v>397</v>
+        <v>394</v>
       </c>
       <c r="C18" s="297" t="s">
-        <v>385</v>
+        <v>392</v>
       </c>
       <c r="E18" s="295"/>
       <c r="F18" s="295"/>
       <c r="G18" s="298"/>
     </row>
-    <row r="19" spans="1:7">
+    <row r="19" spans="1:7" ht="15">
       <c r="A19" s="296" t="str">
         <f t="shared" si="1"/>
-        <v>Eucon MRX-Euclid</v>
+        <v>Eucon MR-Euclid</v>
       </c>
       <c r="B19" s="296" t="s">
-        <v>398</v>
+        <v>395</v>
       </c>
       <c r="C19" s="297" t="s">
-        <v>385</v>
+        <v>384</v>
       </c>
       <c r="E19" s="295"/>
       <c r="F19" s="295"/>
       <c r="G19" s="298"/>
     </row>
-    <row r="20" spans="1:7">
+    <row r="20" spans="1:7" ht="15">
       <c r="A20" s="296" t="str">
         <f t="shared" si="1"/>
-        <v>Eucon SE-Euclid</v>
+        <v>Eucon MRX-Euclid</v>
       </c>
       <c r="B20" s="296" t="s">
-        <v>399</v>
+        <v>396</v>
       </c>
       <c r="C20" s="297" t="s">
-        <v>385</v>
+        <v>384</v>
       </c>
       <c r="E20" s="295"/>
       <c r="F20" s="295"/>
       <c r="G20" s="298"/>
     </row>
-    <row r="21" spans="1:7">
+    <row r="21" spans="1:7" ht="15">
       <c r="A21" s="296" t="str">
         <f t="shared" si="1"/>
-        <v>Eucon WR-Euclid</v>
+        <v>Eucon SE-Euclid</v>
       </c>
       <c r="B21" s="296" t="s">
-        <v>400</v>
+        <v>397</v>
       </c>
       <c r="C21" s="297" t="s">
-        <v>385</v>
+        <v>384</v>
       </c>
       <c r="E21" s="295"/>
       <c r="F21" s="295"/>
       <c r="G21" s="298"/>
     </row>
-    <row r="22" spans="1:7">
+    <row r="22" spans="1:7" ht="15">
       <c r="A22" s="296" t="str">
         <f t="shared" si="1"/>
-        <v>Eucon WR-75-Euclid</v>
+        <v>Eucon WR-Euclid</v>
       </c>
       <c r="B22" s="296" t="s">
-        <v>401</v>
+        <v>398</v>
       </c>
       <c r="C22" s="297" t="s">
-        <v>385</v>
+        <v>384</v>
       </c>
       <c r="E22" s="295"/>
       <c r="F22" s="295"/>
       <c r="G22" s="298"/>
     </row>
-    <row r="23" spans="1:7">
+    <row r="23" spans="1:7" ht="15">
       <c r="A23" s="296" t="str">
         <f t="shared" si="1"/>
-        <v>Eucon WR-91-Euclid</v>
+        <v>Eucon WR-75-Euclid</v>
       </c>
       <c r="B23" s="296" t="s">
-        <v>402</v>
+        <v>399</v>
       </c>
       <c r="C23" s="297" t="s">
-        <v>385</v>
+        <v>384</v>
       </c>
       <c r="E23" s="295"/>
       <c r="F23" s="295"/>
       <c r="G23" s="298"/>
     </row>
-    <row r="24" spans="1:7">
+    <row r="24" spans="1:7" ht="15">
       <c r="A24" s="296" t="str">
         <f t="shared" si="1"/>
-        <v>Eucon X-15-Euclid</v>
+        <v>Eucon WR-91-Euclid</v>
       </c>
       <c r="B24" s="296" t="s">
-        <v>1652</v>
+        <v>400</v>
       </c>
       <c r="C24" s="297" t="s">
-        <v>385</v>
+        <v>384</v>
       </c>
       <c r="E24" s="295"/>
       <c r="F24" s="295"/>
       <c r="G24" s="298"/>
     </row>
-    <row r="25" spans="1:7">
+    <row r="25" spans="1:7" ht="15">
       <c r="A25" s="296" t="str">
         <f t="shared" si="1"/>
-        <v>Extendflo X90-RussTech</v>
+        <v>Eucon X-15-Euclid</v>
       </c>
       <c r="B25" s="296" t="s">
-        <v>403</v>
+        <v>1600</v>
       </c>
       <c r="C25" s="297" t="s">
-        <v>404</v>
+        <v>384</v>
       </c>
       <c r="E25" s="295"/>
       <c r="F25" s="295"/>
       <c r="G25" s="298"/>
     </row>
-    <row r="26" spans="1:7">
+    <row r="26" spans="1:7" ht="15">
       <c r="A26" s="296" t="str">
         <f t="shared" si="1"/>
-        <v>FinishEase-NC-RussTech</v>
+        <v>Extendflo X90-RussTech</v>
       </c>
       <c r="B26" s="296" t="s">
-        <v>405</v>
+        <v>401</v>
       </c>
       <c r="C26" s="297" t="s">
-        <v>404</v>
+        <v>402</v>
       </c>
       <c r="E26" s="295"/>
       <c r="F26" s="295"/>
       <c r="G26" s="298"/>
     </row>
-    <row r="27" spans="1:7">
+    <row r="27" spans="1:7" ht="15">
       <c r="A27" s="296" t="str">
         <f t="shared" si="1"/>
-        <v>LC-400P-RussTech</v>
+        <v>FinishEase-NC-RussTech</v>
       </c>
       <c r="B27" s="296" t="s">
-        <v>406</v>
+        <v>403</v>
       </c>
       <c r="C27" s="297" t="s">
-        <v>404</v>
+        <v>402</v>
       </c>
       <c r="E27" s="295"/>
       <c r="F27" s="295"/>
       <c r="G27" s="298"/>
     </row>
-    <row r="28" spans="1:7">
+    <row r="28" spans="1:7" ht="15">
       <c r="A28" s="296" t="str">
         <f t="shared" si="1"/>
-        <v>MIRA 62-GCP</v>
+        <v>LC-400P-RussTech</v>
       </c>
       <c r="B28" s="296" t="s">
-        <v>407</v>
+        <v>404</v>
       </c>
       <c r="C28" s="297" t="s">
-        <v>381</v>
+        <v>402</v>
       </c>
       <c r="E28" s="295"/>
       <c r="F28" s="295"/>
       <c r="G28" s="298"/>
     </row>
-    <row r="29" spans="1:7">
+    <row r="29" spans="1:7" ht="15">
       <c r="A29" s="296" t="str">
         <f t="shared" si="1"/>
-        <v>MIRA 95-GCP</v>
+        <v>MIRA 62-CHRYSO Inc.</v>
       </c>
       <c r="B29" s="296" t="s">
-        <v>408</v>
+        <v>405</v>
       </c>
       <c r="C29" s="297" t="s">
-        <v>381</v>
+        <v>1683</v>
       </c>
       <c r="E29" s="295"/>
       <c r="F29" s="295"/>
       <c r="G29" s="298"/>
     </row>
-    <row r="30" spans="1:7">
+    <row r="30" spans="1:7" ht="15">
       <c r="A30" s="296" t="str">
         <f t="shared" si="1"/>
-        <v>MIRA 110-GCP</v>
+        <v>MIRA 95-CHRYSO Inc.</v>
       </c>
       <c r="B30" s="296" t="s">
-        <v>409</v>
+        <v>406</v>
       </c>
       <c r="C30" s="297" t="s">
-        <v>381</v>
+        <v>1683</v>
       </c>
       <c r="E30" s="295"/>
       <c r="F30" s="295"/>
       <c r="G30" s="298"/>
     </row>
-    <row r="31" spans="1:7">
+    <row r="31" spans="1:7" ht="15">
       <c r="A31" s="296" t="str">
         <f t="shared" si="1"/>
-        <v>Mapefluid N200-Mapei</v>
+        <v>MIRA 110-CHRYSO Inc.</v>
       </c>
       <c r="B31" s="296" t="s">
-        <v>410</v>
+        <v>407</v>
       </c>
       <c r="C31" s="297" t="s">
-        <v>394</v>
+        <v>1683</v>
       </c>
       <c r="E31" s="295"/>
       <c r="F31" s="295"/>
       <c r="G31" s="298"/>
     </row>
-    <row r="32" spans="1:7">
+    <row r="32" spans="1:7" ht="15">
       <c r="A32" s="296" t="str">
-        <f>_xlfn.CONCAT(B32, "-", C32)</f>
-        <v>Mapeplast 400 NC-Mapei</v>
+        <f t="shared" si="1"/>
+        <v>Mapefluid N200-Mapei</v>
       </c>
       <c r="B32" s="296" t="s">
-        <v>1653</v>
+        <v>408</v>
       </c>
       <c r="C32" s="297" t="s">
-        <v>394</v>
-[...2 lines deleted...]
-    <row r="33" spans="1:7">
+        <v>392</v>
+      </c>
+      <c r="E32" s="295"/>
+      <c r="F32" s="295"/>
+      <c r="G32" s="298"/>
+    </row>
+    <row r="33" spans="1:7" ht="15">
       <c r="A33" s="296" t="str">
         <f>_xlfn.CONCAT(B33, "-", C33)</f>
+        <v>Mapeplast 400 NC-Mapei</v>
+      </c>
+      <c r="B33" s="296" t="s">
+        <v>1601</v>
+      </c>
+      <c r="C33" s="297" t="s">
+        <v>392</v>
+      </c>
+    </row>
+    <row r="34" spans="1:7" ht="15">
+      <c r="A34" s="296" t="str">
+        <f>_xlfn.CONCAT(B34, "-", C34)</f>
+        <v>Mapeplast 440 NS-Mapei</v>
+      </c>
+      <c r="B34" s="296" t="s">
+        <v>1685</v>
+      </c>
+      <c r="C34" s="297" t="s">
+        <v>392</v>
+      </c>
+    </row>
+    <row r="35" spans="1:7" ht="15">
+      <c r="A35" s="296" t="str">
+        <f>_xlfn.CONCAT(B35, "-", C35)</f>
         <v>Mapeplast KB 1200-Mapei</v>
       </c>
-      <c r="B33" s="296" t="s">
-[...7 lines deleted...]
-      <c r="A34" s="296" t="str">
+      <c r="B35" s="296" t="s">
+        <v>1602</v>
+      </c>
+      <c r="C35" s="297" t="s">
+        <v>392</v>
+      </c>
+    </row>
+    <row r="36" spans="1:7" ht="15">
+      <c r="A36" s="296" t="str">
         <f t="shared" si="1"/>
         <v>Mapeplast MR 107-Mapei</v>
       </c>
-      <c r="B34" s="296" t="s">
-[...10 lines deleted...]
-      <c r="A35" s="296" t="str">
+      <c r="B36" s="296" t="s">
+        <v>409</v>
+      </c>
+      <c r="C36" s="297" t="s">
+        <v>392</v>
+      </c>
+      <c r="E36" s="295"/>
+      <c r="F36" s="295"/>
+      <c r="G36" s="298"/>
+    </row>
+    <row r="37" spans="1:7" ht="15">
+      <c r="A37" s="296" t="str">
         <f t="shared" si="1"/>
         <v>Mapeplast N-Mapei</v>
       </c>
-      <c r="B35" s="296" t="s">
-[...10 lines deleted...]
-      <c r="A36" s="296" t="str">
+      <c r="B37" s="296" t="s">
+        <v>410</v>
+      </c>
+      <c r="C37" s="297" t="s">
+        <v>392</v>
+      </c>
+      <c r="E37" s="295"/>
+      <c r="F37" s="295"/>
+      <c r="G37" s="299"/>
+    </row>
+    <row r="38" spans="1:7" ht="15">
+      <c r="A38" s="296" t="str">
         <f t="shared" si="1"/>
         <v>Mapeplast Paver Plus-Mapei</v>
       </c>
-      <c r="B36" s="296" t="s">
-[...28 lines deleted...]
-      </c>
       <c r="B38" s="296" t="s">
-        <v>1656</v>
+        <v>1603</v>
       </c>
       <c r="C38" s="297" t="s">
-        <v>1648</v>
+        <v>392</v>
       </c>
       <c r="E38" s="295"/>
       <c r="F38" s="295"/>
-      <c r="G38" s="298"/>
-[...1 lines deleted...]
-    <row r="39" spans="1:7">
+      <c r="G38" s="299"/>
+    </row>
+    <row r="39" spans="1:7" ht="15">
       <c r="A39" s="296" t="str">
         <f>_xlfn.CONCAT(B39, "-", C39)</f>
-        <v>MasterGlenium 1466-Master Builders</v>
+        <v>Master X-Seed 66-Master Builders</v>
       </c>
       <c r="B39" s="296" t="s">
-        <v>414</v>
+        <v>411</v>
       </c>
       <c r="C39" s="297" t="s">
-        <v>1648</v>
+        <v>1596</v>
       </c>
       <c r="E39" s="295"/>
       <c r="F39" s="295"/>
       <c r="G39" s="298"/>
     </row>
-    <row r="40" spans="1:7">
+    <row r="40" spans="1:7" ht="15">
       <c r="A40" s="296" t="str">
-        <f t="shared" si="1"/>
-        <v>MasterGlenium 3030-Master Builders</v>
+        <f>_xlfn.CONCAT(B40, "-", C40)</f>
+        <v>MasterEase 5000-Master Builders</v>
       </c>
       <c r="B40" s="296" t="s">
-        <v>415</v>
+        <v>1604</v>
       </c>
       <c r="C40" s="297" t="s">
-        <v>1648</v>
+        <v>1596</v>
       </c>
       <c r="E40" s="295"/>
       <c r="F40" s="295"/>
       <c r="G40" s="298"/>
     </row>
-    <row r="41" spans="1:7">
+    <row r="41" spans="1:7" ht="15">
       <c r="A41" s="296" t="str">
-        <f t="shared" si="1"/>
-        <v>MasterGlenium 7500-Master Builders</v>
+        <f>_xlfn.CONCAT(B41, "-", C41)</f>
+        <v>MasterGlenium 1466-Master Builders</v>
       </c>
       <c r="B41" s="296" t="s">
-        <v>1657</v>
+        <v>412</v>
       </c>
       <c r="C41" s="297" t="s">
-        <v>1648</v>
+        <v>1596</v>
       </c>
       <c r="E41" s="295"/>
       <c r="F41" s="295"/>
       <c r="G41" s="298"/>
     </row>
-    <row r="42" spans="1:7">
+    <row r="42" spans="1:7" ht="15">
       <c r="A42" s="296" t="str">
         <f t="shared" si="1"/>
-        <v>MasterGlenium 7920-Master Builders</v>
+        <v>MasterGlenium 3030-Master Builders</v>
       </c>
       <c r="B42" s="296" t="s">
-        <v>416</v>
+        <v>413</v>
       </c>
       <c r="C42" s="297" t="s">
-        <v>1648</v>
+        <v>1596</v>
       </c>
       <c r="E42" s="295"/>
       <c r="F42" s="295"/>
-      <c r="G42" s="299"/>
-[...1 lines deleted...]
-    <row r="43" spans="1:7">
+      <c r="G42" s="298"/>
+    </row>
+    <row r="43" spans="1:7" ht="15">
       <c r="A43" s="296" t="str">
         <f t="shared" si="1"/>
-        <v>MasterPolyheed 900-Master Builders</v>
+        <v>MasterGlenium 7500-Master Builders</v>
       </c>
       <c r="B43" s="296" t="s">
-        <v>417</v>
+        <v>1605</v>
       </c>
       <c r="C43" s="297" t="s">
-        <v>1648</v>
-[...2 lines deleted...]
-    <row r="44" spans="1:7">
+        <v>1596</v>
+      </c>
+      <c r="E43" s="295"/>
+      <c r="F43" s="295"/>
+      <c r="G43" s="298"/>
+    </row>
+    <row r="44" spans="1:7" ht="15">
       <c r="A44" s="296" t="str">
         <f t="shared" si="1"/>
-        <v>MasterPolyheed 997-Master Builders</v>
+        <v>MasterGlenium 7920-Master Builders</v>
       </c>
       <c r="B44" s="296" t="s">
-        <v>418</v>
+        <v>414</v>
       </c>
       <c r="C44" s="297" t="s">
-        <v>1648</v>
-[...2 lines deleted...]
-    <row r="45" spans="1:7">
+        <v>1596</v>
+      </c>
+      <c r="E44" s="295"/>
+      <c r="F44" s="295"/>
+      <c r="G44" s="299"/>
+    </row>
+    <row r="45" spans="1:7" ht="15">
       <c r="A45" s="296" t="str">
         <f t="shared" si="1"/>
-        <v>MasterPolyheed 1020-Master Builders</v>
+        <v>MasterPolyheed 900-Master Builders</v>
       </c>
       <c r="B45" s="296" t="s">
-        <v>419</v>
+        <v>415</v>
       </c>
       <c r="C45" s="297" t="s">
-        <v>1648</v>
-[...2 lines deleted...]
-    <row r="46" spans="1:7">
+        <v>1596</v>
+      </c>
+    </row>
+    <row r="46" spans="1:7" ht="15">
       <c r="A46" s="296" t="str">
         <f t="shared" si="1"/>
-        <v>MasterPolyheed 1025-Master Builders</v>
+        <v>MasterPolyheed 997-Master Builders</v>
       </c>
       <c r="B46" s="296" t="s">
-        <v>420</v>
+        <v>416</v>
       </c>
       <c r="C46" s="297" t="s">
-        <v>1648</v>
-[...2 lines deleted...]
-    <row r="47" spans="1:7">
+        <v>1596</v>
+      </c>
+    </row>
+    <row r="47" spans="1:7" ht="15">
       <c r="A47" s="296" t="str">
         <f t="shared" si="1"/>
-        <v>MasterPolyheed 1720-Master Builders</v>
+        <v>MasterPolyheed 1020-Master Builders</v>
       </c>
       <c r="B47" s="296" t="s">
-        <v>421</v>
+        <v>417</v>
       </c>
       <c r="C47" s="297" t="s">
-        <v>1648</v>
-[...2 lines deleted...]
-    <row r="48" spans="1:7">
+        <v>1596</v>
+      </c>
+    </row>
+    <row r="48" spans="1:7" ht="15">
       <c r="A48" s="296" t="str">
         <f t="shared" si="1"/>
-        <v>MasterPolyheed 1725-Master Builders</v>
+        <v>MasterPolyheed 1025-Master Builders</v>
       </c>
       <c r="B48" s="296" t="s">
-        <v>422</v>
+        <v>418</v>
       </c>
       <c r="C48" s="297" t="s">
-        <v>1648</v>
-[...2 lines deleted...]
-    <row r="49" spans="1:3">
+        <v>1596</v>
+      </c>
+    </row>
+    <row r="49" spans="1:3" ht="15">
       <c r="A49" s="296" t="str">
         <f t="shared" si="1"/>
-        <v>MasterPozzolith 200-Master Builders</v>
+        <v>MasterPolyheed 1720-Master Builders</v>
       </c>
       <c r="B49" s="296" t="s">
-        <v>423</v>
+        <v>419</v>
       </c>
       <c r="C49" s="297" t="s">
-        <v>1648</v>
-[...2 lines deleted...]
-    <row r="50" spans="1:3">
+        <v>1596</v>
+      </c>
+    </row>
+    <row r="50" spans="1:3" ht="15">
       <c r="A50" s="296" t="str">
         <f t="shared" si="1"/>
-        <v>MasterPozzolith 322-Master Builders</v>
+        <v>MasterPolyheed 1725-Master Builders</v>
       </c>
       <c r="B50" s="296" t="s">
-        <v>424</v>
+        <v>420</v>
       </c>
       <c r="C50" s="297" t="s">
-        <v>1648</v>
-[...2 lines deleted...]
-    <row r="51" spans="1:3">
+        <v>1596</v>
+      </c>
+    </row>
+    <row r="51" spans="1:3" ht="15">
       <c r="A51" s="296" t="str">
         <f t="shared" si="1"/>
-        <v>MasterPozzolith 700-Master Builders</v>
+        <v>MasterPozzolith 200-Master Builders</v>
       </c>
       <c r="B51" s="296" t="s">
-        <v>425</v>
+        <v>421</v>
       </c>
       <c r="C51" s="297" t="s">
-        <v>1648</v>
-[...2 lines deleted...]
-    <row r="52" spans="1:3">
+        <v>1596</v>
+      </c>
+    </row>
+    <row r="52" spans="1:3" ht="15">
       <c r="A52" s="296" t="str">
         <f t="shared" si="1"/>
-        <v>MasterPozzolith 80-Master Builders</v>
+        <v>MasterPozzolith 322-Master Builders</v>
       </c>
       <c r="B52" s="296" t="s">
-        <v>426</v>
+        <v>422</v>
       </c>
       <c r="C52" s="297" t="s">
-        <v>1648</v>
-[...2 lines deleted...]
-    <row r="53" spans="1:3">
+        <v>1596</v>
+      </c>
+    </row>
+    <row r="53" spans="1:3" ht="15">
       <c r="A53" s="296" t="str">
         <f t="shared" si="1"/>
-        <v>Melchem 38-Mapei</v>
+        <v>MasterPozzolith 700-Master Builders</v>
       </c>
       <c r="B53" s="296" t="s">
-        <v>427</v>
+        <v>423</v>
       </c>
       <c r="C53" s="297" t="s">
-        <v>394</v>
-[...2 lines deleted...]
-    <row r="54" spans="1:3">
+        <v>1596</v>
+      </c>
+    </row>
+    <row r="54" spans="1:3" ht="15">
       <c r="A54" s="296" t="str">
         <f t="shared" si="1"/>
-        <v>OptiFlo 500-Premiere Admix</v>
+        <v>MasterPozzolith 80-Master Builders</v>
       </c>
       <c r="B54" s="296" t="s">
-        <v>428</v>
+        <v>424</v>
       </c>
       <c r="C54" s="297" t="s">
-        <v>429</v>
-[...2 lines deleted...]
-    <row r="55" spans="1:3">
+        <v>1596</v>
+      </c>
+    </row>
+    <row r="55" spans="1:3" ht="15">
       <c r="A55" s="296" t="str">
         <f t="shared" si="1"/>
-        <v>OptiFlo 700-Premiere Admix</v>
+        <v>Melchem 38-Mapei</v>
       </c>
       <c r="B55" s="296" t="s">
-        <v>430</v>
+        <v>425</v>
       </c>
       <c r="C55" s="297" t="s">
-        <v>429</v>
-[...2 lines deleted...]
-    <row r="56" spans="1:3">
+        <v>392</v>
+      </c>
+    </row>
+    <row r="56" spans="1:3" ht="15">
       <c r="A56" s="296" t="str">
         <f t="shared" si="1"/>
-        <v>OptiFlo MR-Premiere Admix</v>
+        <v>OptiFlo 500-Premiere Admix</v>
       </c>
       <c r="B56" s="296" t="s">
-        <v>431</v>
+        <v>426</v>
       </c>
       <c r="C56" s="297" t="s">
-        <v>429</v>
-[...2 lines deleted...]
-    <row r="57" spans="1:3">
+        <v>427</v>
+      </c>
+    </row>
+    <row r="57" spans="1:3" ht="15">
       <c r="A57" s="296" t="str">
         <f t="shared" si="1"/>
-        <v>Plastol 6420-Euclid</v>
+        <v>OptiFlo 700-Premiere Admix</v>
       </c>
       <c r="B57" s="296" t="s">
-        <v>432</v>
+        <v>428</v>
       </c>
       <c r="C57" s="297" t="s">
-        <v>385</v>
-[...2 lines deleted...]
-    <row r="58" spans="1:3">
+        <v>427</v>
+      </c>
+    </row>
+    <row r="58" spans="1:3" ht="15">
       <c r="A58" s="296" t="str">
         <f t="shared" si="1"/>
-        <v>Plastol 6425-Euclid</v>
+        <v>OptiFlo MR-Premiere Admix</v>
       </c>
       <c r="B58" s="296" t="s">
-        <v>1658</v>
+        <v>429</v>
       </c>
       <c r="C58" s="297" t="s">
-        <v>385</v>
-[...2 lines deleted...]
-    <row r="59" spans="1:3">
+        <v>427</v>
+      </c>
+    </row>
+    <row r="59" spans="1:3" ht="15">
       <c r="A59" s="296" t="str">
         <f t="shared" si="1"/>
-        <v>Polychem 3000-Mapei</v>
+        <v>Plastol 6420-Euclid</v>
       </c>
       <c r="B59" s="296" t="s">
-        <v>433</v>
+        <v>430</v>
       </c>
       <c r="C59" s="297" t="s">
-        <v>394</v>
-[...2 lines deleted...]
-    <row r="60" spans="1:3">
+        <v>384</v>
+      </c>
+    </row>
+    <row r="60" spans="1:3" ht="15">
       <c r="A60" s="296" t="str">
         <f t="shared" si="1"/>
-        <v>Sika Plastocrete 10N-Sika</v>
+        <v>Plastol 6425-Euclid</v>
       </c>
       <c r="B60" s="296" t="s">
-        <v>1659</v>
+        <v>1606</v>
       </c>
       <c r="C60" s="297" t="s">
-        <v>434</v>
-[...2 lines deleted...]
-    <row r="61" spans="1:3">
+        <v>384</v>
+      </c>
+    </row>
+    <row r="61" spans="1:3" ht="15">
       <c r="A61" s="296" t="str">
         <f t="shared" si="1"/>
-        <v>Sika Plastocrete 161-Sika</v>
+        <v>Polychem 3000-Mapei</v>
       </c>
       <c r="B61" s="296" t="s">
-        <v>1660</v>
+        <v>431</v>
       </c>
       <c r="C61" s="297" t="s">
-        <v>434</v>
-[...2 lines deleted...]
-    <row r="62" spans="1:3">
+        <v>392</v>
+      </c>
+    </row>
+    <row r="62" spans="1:3" ht="15">
       <c r="A62" s="296" t="str">
         <f t="shared" si="1"/>
-        <v>Sika Plastocrete-250-Sika</v>
+        <v>Sika Plastocrete 10N-Sika</v>
       </c>
       <c r="B62" s="296" t="s">
-        <v>1661</v>
+        <v>1607</v>
       </c>
       <c r="C62" s="297" t="s">
-        <v>434</v>
-[...2 lines deleted...]
-    <row r="63" spans="1:3">
+        <v>432</v>
+      </c>
+    </row>
+    <row r="63" spans="1:3" ht="15">
       <c r="A63" s="296" t="str">
         <f t="shared" si="1"/>
-        <v>Sika ViscoCrete 1000-Sika</v>
+        <v>Sika Plastocrete 161-Sika</v>
       </c>
       <c r="B63" s="296" t="s">
-        <v>435</v>
+        <v>1608</v>
       </c>
       <c r="C63" s="297" t="s">
-        <v>434</v>
-[...2 lines deleted...]
-    <row r="64" spans="1:3">
+        <v>432</v>
+      </c>
+    </row>
+    <row r="64" spans="1:3" ht="15">
       <c r="A64" s="296" t="str">
         <f t="shared" si="1"/>
-        <v>Sika ViscoCrete 1100-Sika</v>
+        <v>Sika Plastocrete-250-Sika</v>
       </c>
       <c r="B64" s="296" t="s">
-        <v>1662</v>
+        <v>1609</v>
       </c>
       <c r="C64" s="297" t="s">
-        <v>434</v>
-[...2 lines deleted...]
-    <row r="65" spans="1:3">
+        <v>432</v>
+      </c>
+    </row>
+    <row r="65" spans="1:3" ht="15">
       <c r="A65" s="296" t="str">
         <f t="shared" si="1"/>
-        <v>Sika ViscoFlow-2020-Sika</v>
+        <v>Sika ViscoCrete 1000-Sika</v>
       </c>
       <c r="B65" s="296" t="s">
-        <v>436</v>
+        <v>433</v>
       </c>
       <c r="C65" s="297" t="s">
-        <v>434</v>
-[...2 lines deleted...]
-    <row r="66" spans="1:3">
+        <v>432</v>
+      </c>
+    </row>
+    <row r="66" spans="1:3" ht="15">
       <c r="A66" s="296" t="str">
         <f t="shared" si="1"/>
-        <v>Sikament AFM-Sika</v>
+        <v>Sika ViscoCrete 1100-Sika</v>
       </c>
       <c r="B66" s="296" t="s">
-        <v>437</v>
+        <v>1610</v>
       </c>
       <c r="C66" s="297" t="s">
-        <v>434</v>
-[...2 lines deleted...]
-    <row r="67" spans="1:3">
+        <v>432</v>
+      </c>
+    </row>
+    <row r="67" spans="1:3" ht="15">
       <c r="A67" s="296" t="str">
         <f t="shared" si="1"/>
-        <v>Sikament 686-Sika</v>
+        <v>Sika ViscoFlow-2020-Sika</v>
       </c>
       <c r="B67" s="296" t="s">
-        <v>438</v>
+        <v>434</v>
       </c>
       <c r="C67" s="297" t="s">
-        <v>434</v>
-[...2 lines deleted...]
-    <row r="68" spans="1:3">
+        <v>432</v>
+      </c>
+    </row>
+    <row r="68" spans="1:3" ht="15">
       <c r="A68" s="296" t="str">
         <f t="shared" si="1"/>
+        <v>Sikament AFM-Sika</v>
+      </c>
+      <c r="B68" s="296" t="s">
+        <v>435</v>
+      </c>
+      <c r="C68" s="297" t="s">
+        <v>432</v>
+      </c>
+    </row>
+    <row r="69" spans="1:3" ht="15">
+      <c r="A69" s="296" t="str">
+        <f t="shared" si="1"/>
+        <v>Sikament 686-Sika</v>
+      </c>
+      <c r="B69" s="296" t="s">
+        <v>436</v>
+      </c>
+      <c r="C69" s="297" t="s">
+        <v>432</v>
+      </c>
+    </row>
+    <row r="70" spans="1:3" ht="15">
+      <c r="A70" s="296" t="str">
+        <f t="shared" si="1"/>
         <v>Sikament-475-Sika</v>
       </c>
-      <c r="B68" s="296" t="s">
+      <c r="B70" s="296" t="s">
+        <v>437</v>
+      </c>
+      <c r="C70" s="297" t="s">
+        <v>432</v>
+      </c>
+    </row>
+    <row r="71" spans="1:3" ht="15">
+      <c r="A71" s="296" t="str">
+        <f>_xlfn.CONCAT(B71, "-", C71)</f>
+        <v>Sikaplast 200-Sika</v>
+      </c>
+      <c r="B71" s="296" t="s">
+        <v>438</v>
+      </c>
+      <c r="C71" s="297" t="s">
+        <v>432</v>
+      </c>
+    </row>
+    <row r="72" spans="1:3" ht="15">
+      <c r="A72" s="296" t="str">
+        <f>_xlfn.CONCAT(B72, "-", C72)</f>
+        <v>Sikaplast 300GP-Sika</v>
+      </c>
+      <c r="B72" s="296" t="s">
         <v>439</v>
       </c>
-      <c r="C68" s="297" t="s">
-[...28 lines deleted...]
-      <c r="A71" s="296" t="str">
+      <c r="C72" s="297" t="s">
+        <v>432</v>
+      </c>
+    </row>
+    <row r="73" spans="1:3" ht="15">
+      <c r="A73" s="296" t="str">
         <f t="shared" si="1"/>
         <v>Superflo 2000 RM-RussTech</v>
       </c>
-      <c r="B71" s="296" t="s">
-[...7 lines deleted...]
-      <c r="A72" s="296" t="str">
+      <c r="B73" s="296" t="s">
+        <v>440</v>
+      </c>
+      <c r="C73" s="297" t="s">
+        <v>402</v>
+      </c>
+    </row>
+    <row r="74" spans="1:3" ht="15">
+      <c r="A74" s="296" t="str">
         <f t="shared" si="1"/>
         <v>Superflo 2000 SCC-RussTech</v>
       </c>
-      <c r="B72" s="296" t="s">
-[...7 lines deleted...]
-      <c r="A73" s="296" t="str">
+      <c r="B74" s="296" t="s">
+        <v>441</v>
+      </c>
+      <c r="C74" s="297" t="s">
+        <v>402</v>
+      </c>
+    </row>
+    <row r="75" spans="1:3" ht="15">
+      <c r="A75" s="296" t="str">
         <f t="shared" si="1"/>
         <v>Superflo 2040 RM-RussTech</v>
       </c>
-      <c r="B73" s="296" t="s">
-[...22 lines deleted...]
-      </c>
       <c r="B75" s="296" t="s">
-        <v>446</v>
+        <v>442</v>
       </c>
       <c r="C75" s="297" t="s">
-        <v>381</v>
-[...2 lines deleted...]
-    <row r="76" spans="1:3">
+        <v>402</v>
+      </c>
+    </row>
+    <row r="76" spans="1:3" ht="15">
       <c r="A76" s="296" t="str">
-        <f t="shared" si="1"/>
-        <v>ZYLA 630-GCP</v>
+        <f>_xlfn.CONCAT(B76, "-", C76)</f>
+        <v>WRDA 82-CHRYSO Inc.</v>
       </c>
       <c r="B76" s="296" t="s">
-        <v>447</v>
+        <v>443</v>
       </c>
       <c r="C76" s="297" t="s">
-        <v>381</v>
-[...2 lines deleted...]
-    <row r="77" spans="1:3">
+        <v>1683</v>
+      </c>
+    </row>
+    <row r="77" spans="1:3" ht="15">
       <c r="A77" s="296" t="str">
         <f t="shared" si="1"/>
-        <v>ZYLA 640-GCP</v>
+        <v>ZYLA 620-CHRYSO Inc.</v>
       </c>
       <c r="B77" s="296" t="s">
-        <v>448</v>
+        <v>444</v>
       </c>
       <c r="C77" s="297" t="s">
-        <v>381</v>
+        <v>1683</v>
+      </c>
+    </row>
+    <row r="78" spans="1:3" ht="15">
+      <c r="A78" s="296" t="str">
+        <f t="shared" si="1"/>
+        <v>ZYLA 630-CHRYSO Inc.</v>
+      </c>
+      <c r="B78" s="296" t="s">
+        <v>445</v>
+      </c>
+      <c r="C78" s="297" t="s">
+        <v>1683</v>
+      </c>
+    </row>
+    <row r="79" spans="1:3" ht="15">
+      <c r="A79" s="296" t="str">
+        <f t="shared" si="1"/>
+        <v>ZYLA 640-CHRYSO Inc.</v>
+      </c>
+      <c r="B79" s="296" t="s">
+        <v>446</v>
+      </c>
+      <c r="C79" s="297" t="s">
+        <v>1683</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="CzkWQk8HJ+MjFl1W5ZstWH23Asg7bLLcNkwMQwYZOOn8JkLDTTDCSLPIqgILtI6glWIIhM+fBcyC7IhL7AJa0A==" saltValue="/r1b3eb23a8iDBgjwyqi9Q==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="b5z+oHGDJT8sLLiAd5zbcX1xJjlVbf6wnYVNXN4GhCqUKIfj1u4ZcB+yopPvUnBHXMOpmlsHYQb5U4fmvAHQQA==" saltValue="fvv5KqeVtUtetZjFNbkacA==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="2">
     <mergeCell ref="A1:C2"/>
     <mergeCell ref="E1:G2"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet16.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{C8B6C89B-C1AA-4B60-82C2-EBF70A7C35B6}">
   <dimension ref="A1:C102"/>
   <sheetViews>
     <sheetView topLeftCell="A79" workbookViewId="0">
       <selection sqref="A1:XFD1048576"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
-    <col min="1" max="1" width="13.08984375" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="13.109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3">
-      <c r="A1" s="368" t="s">
+      <c r="A1" s="369" t="s">
         <v>180</v>
       </c>
-      <c r="B1" s="368"/>
-      <c r="C1" s="368"/>
+      <c r="B1" s="369"/>
+      <c r="C1" s="369"/>
     </row>
     <row r="2" spans="1:3">
-      <c r="A2" s="368"/>
-[...1 lines deleted...]
-      <c r="C2" s="368"/>
+      <c r="A2" s="369"/>
+      <c r="B2" s="369"/>
+      <c r="C2" s="369"/>
     </row>
     <row r="3" spans="1:3">
       <c r="A3" s="290"/>
       <c r="B3" s="290"/>
       <c r="C3" s="290"/>
     </row>
     <row r="4" spans="1:3">
       <c r="A4" s="290" t="str">
         <f>_xlfn.CONCAT(B4, "-", C4)</f>
         <v>01-Adair</v>
       </c>
       <c r="B4" s="291" t="s">
         <v>181</v>
       </c>
       <c r="C4" s="292" t="s">
         <v>182</v>
       </c>
     </row>
     <row r="5" spans="1:3">
       <c r="A5" s="290" t="str">
         <f t="shared" ref="A5:A68" si="0">_xlfn.CONCAT(B5, "-", C5)</f>
         <v>02-Adams</v>
       </c>
       <c r="B5" s="291" t="s">
         <v>183</v>
@@ -24466,105 +24625,105 @@
         <v>377</v>
       </c>
       <c r="C102" s="293" t="s">
         <v>378</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection algorithmName="SHA-512" hashValue="6k/Y0PsQBZfHtDrfZvukidpjWgDEW50kniaFtD+gzIGgWaFFLXiSPnBI43v6dn+iVCP4fjNDF/RuFznJlyTXLQ==" saltValue="mkML1d88Gj2/F/CiXpEnqw==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="1">
     <mergeCell ref="A1:C2"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0100-000000000000}">
   <dimension ref="A1:IS82"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="G11" sqref="G11"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="0" defaultRowHeight="15" customHeight="1" zeroHeight="1"/>
   <cols>
-    <col min="1" max="4" width="10.81640625" style="89" customWidth="1"/>
-[...5 lines deleted...]
-    <col min="13" max="253" width="9.81640625" style="89" hidden="1" customWidth="1"/>
+    <col min="1" max="4" width="10.77734375" style="89" customWidth="1"/>
+    <col min="5" max="5" width="8.77734375" style="89" customWidth="1"/>
+    <col min="6" max="6" width="2.77734375" style="89" customWidth="1"/>
+    <col min="7" max="8" width="10.77734375" style="89" customWidth="1"/>
+    <col min="9" max="9" width="4.33203125" style="89" customWidth="1"/>
+    <col min="10" max="12" width="9.77734375" style="89" customWidth="1"/>
+    <col min="13" max="253" width="9.77734375" style="89" hidden="1" customWidth="1"/>
     <col min="254" max="16384" width="0" style="89" hidden="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:8" ht="22.8">
+    <row r="1" spans="1:8" ht="23.25">
       <c r="A1" s="88" t="s">
         <v>61</v>
       </c>
       <c r="B1" s="88"/>
       <c r="C1" s="88"/>
       <c r="D1" s="88"/>
       <c r="E1" s="88"/>
       <c r="F1" s="88"/>
       <c r="G1" s="88"/>
       <c r="H1" s="88"/>
     </row>
     <row r="2" spans="1:8">
       <c r="C2" s="90"/>
       <c r="D2" s="91"/>
     </row>
     <row r="3" spans="1:8">
       <c r="A3" s="92"/>
       <c r="B3" s="93"/>
       <c r="C3" s="93"/>
     </row>
     <row r="4" spans="1:8" ht="15" customHeight="1">
       <c r="A4" s="94" t="s">
         <v>62</v>
       </c>
       <c r="B4" s="95"/>
       <c r="C4" s="96"/>
-      <c r="F4" s="344" t="s">
+      <c r="F4" s="345" t="s">
         <v>63</v>
       </c>
-      <c r="G4" s="345"/>
-      <c r="H4" s="346"/>
+      <c r="G4" s="346"/>
+      <c r="H4" s="347"/>
     </row>
     <row r="5" spans="1:8">
       <c r="A5" s="97" t="s">
         <v>64</v>
       </c>
       <c r="B5" s="98"/>
       <c r="C5" s="99" t="e">
         <f>INTERCEPT(B24:B38,D24:D38)</f>
         <v>#NUM!</v>
       </c>
-      <c r="F5" s="347"/>
-[...1 lines deleted...]
-      <c r="H5" s="349"/>
+      <c r="F5" s="348"/>
+      <c r="G5" s="349"/>
+      <c r="H5" s="350"/>
     </row>
     <row r="6" spans="1:8">
       <c r="A6" s="100" t="s">
         <v>65</v>
       </c>
       <c r="B6" s="101"/>
       <c r="C6" s="102" t="e">
         <f>H9</f>
         <v>#VALUE!</v>
       </c>
       <c r="F6" s="103"/>
       <c r="G6" s="104" t="s">
         <v>66</v>
       </c>
       <c r="H6" s="105" t="s">
         <v>67</v>
       </c>
     </row>
     <row r="7" spans="1:8">
       <c r="A7" s="100" t="s">
         <v>43</v>
       </c>
       <c r="B7" s="101"/>
       <c r="C7" s="102" t="e">
         <f>G9</f>
@@ -24654,721 +24813,721 @@
         <v>#VALUE!</v>
       </c>
       <c r="H11" s="119" t="e">
         <v>#VALUE!</v>
       </c>
     </row>
     <row r="12" spans="1:8">
       <c r="A12" s="120"/>
       <c r="B12" s="120"/>
       <c r="G12" s="121"/>
       <c r="H12" s="122"/>
     </row>
     <row r="13" spans="1:8">
       <c r="G13" s="121"/>
     </row>
     <row r="14" spans="1:8">
       <c r="A14" s="123" t="s">
         <v>71</v>
       </c>
       <c r="B14" s="124"/>
       <c r="C14" s="125"/>
       <c r="D14" s="125"/>
       <c r="G14" s="121"/>
     </row>
     <row r="15" spans="1:8">
-      <c r="A15" s="350" t="s">
+      <c r="A15" s="351" t="s">
         <v>72</v>
       </c>
-      <c r="B15" s="351"/>
+      <c r="B15" s="352"/>
       <c r="C15" s="126">
         <f>'Maturity Curve'!D44</f>
         <v>4000</v>
       </c>
       <c r="D15" s="127" t="s">
         <v>45</v>
       </c>
     </row>
     <row r="16" spans="1:8">
-      <c r="A16" s="352" t="s">
+      <c r="A16" s="353" t="s">
         <v>73</v>
       </c>
-      <c r="B16" s="353"/>
+      <c r="B16" s="354"/>
       <c r="C16" s="121" t="e">
         <f>(10^((C15-intercept)/slope))</f>
         <v>#NUM!</v>
       </c>
       <c r="D16" s="128" t="s">
         <v>74</v>
       </c>
     </row>
     <row r="17" spans="1:8">
-      <c r="A17" s="354" t="s">
+      <c r="A17" s="355" t="s">
         <v>75</v>
       </c>
-      <c r="B17" s="355"/>
+      <c r="B17" s="356"/>
       <c r="C17" s="129" t="e">
         <f>LOG(openingTTF)</f>
         <v>#NUM!</v>
       </c>
       <c r="D17" s="130"/>
     </row>
     <row r="18" spans="1:8">
       <c r="A18" s="101"/>
       <c r="B18" s="131"/>
       <c r="C18" s="132"/>
     </row>
     <row r="19" spans="1:8">
       <c r="A19" s="101"/>
       <c r="B19" s="131"/>
       <c r="C19" s="132"/>
     </row>
     <row r="20" spans="1:8"/>
     <row r="21" spans="1:8">
       <c r="A21" s="92"/>
       <c r="B21" s="93"/>
       <c r="C21" s="93"/>
     </row>
     <row r="22" spans="1:8">
-      <c r="A22" s="356" t="s">
+      <c r="A22" s="357" t="s">
         <v>76</v>
       </c>
-      <c r="B22" s="357"/>
-[...7 lines deleted...]
-    <row r="23" spans="1:8" ht="47.4" thickBot="1">
+      <c r="B22" s="358"/>
+      <c r="C22" s="358"/>
+      <c r="D22" s="358"/>
+      <c r="E22" s="358"/>
+      <c r="F22" s="358"/>
+      <c r="G22" s="358"/>
+      <c r="H22" s="359"/>
+    </row>
+    <row r="23" spans="1:8" ht="45.75" thickBot="1">
       <c r="A23" s="133" t="s">
         <v>77</v>
       </c>
       <c r="B23" s="133" t="s">
         <v>78</v>
       </c>
       <c r="C23" s="133" t="s">
         <v>79</v>
       </c>
       <c r="D23" s="133" t="s">
         <v>80</v>
       </c>
-      <c r="E23" s="359" t="s">
+      <c r="E23" s="360" t="s">
         <v>81</v>
       </c>
-      <c r="F23" s="359"/>
+      <c r="F23" s="360"/>
       <c r="G23" s="133" t="s">
         <v>82</v>
       </c>
       <c r="H23" s="133" t="s">
         <v>83</v>
       </c>
     </row>
     <row r="24" spans="1:8">
       <c r="A24" s="149">
         <f>'Maturity Curve'!A11</f>
         <v>1</v>
       </c>
       <c r="B24" s="134" t="str">
         <f>'Maturity Curve'!F11</f>
         <v/>
       </c>
       <c r="C24" s="134">
         <f>'Maturity Curve'!J11</f>
         <v>0</v>
       </c>
       <c r="D24" s="135" t="e">
         <f>LOG(C24)</f>
         <v>#NUM!</v>
       </c>
-      <c r="E24" s="342" t="e">
+      <c r="E24" s="343" t="e">
         <f>(intercept+(D24*slope))</f>
         <v>#NUM!</v>
       </c>
-      <c r="F24" s="342"/>
+      <c r="F24" s="343"/>
       <c r="G24" s="136" t="e">
         <f>(E24+Validation!$D$43)</f>
         <v>#NUM!</v>
       </c>
       <c r="H24" s="136" t="e">
         <f>(E24-Validation!$D$43)</f>
         <v>#NUM!</v>
       </c>
     </row>
     <row r="25" spans="1:8">
       <c r="A25" s="149">
         <f>'Maturity Curve'!A12</f>
         <v>2</v>
       </c>
       <c r="B25" s="134" t="str">
         <f>'Maturity Curve'!F12</f>
         <v/>
       </c>
       <c r="C25" s="134">
         <f>'Maturity Curve'!J12</f>
         <v>0</v>
       </c>
       <c r="D25" s="135" t="e">
         <f t="shared" ref="D25:D42" si="0">LOG(C25)</f>
         <v>#NUM!</v>
       </c>
-      <c r="E25" s="342" t="e">
+      <c r="E25" s="343" t="e">
         <f t="shared" ref="E25:E35" si="1">(intercept+(D25*slope))</f>
         <v>#NUM!</v>
       </c>
-      <c r="F25" s="342"/>
+      <c r="F25" s="343"/>
       <c r="G25" s="136" t="e">
         <f>(E25+Validation!$D$43)</f>
         <v>#NUM!</v>
       </c>
       <c r="H25" s="136" t="e">
         <f>(E25-Validation!$D$43)</f>
         <v>#NUM!</v>
       </c>
     </row>
     <row r="26" spans="1:8">
       <c r="A26" s="149">
         <f>'Maturity Curve'!A13</f>
         <v>3</v>
       </c>
       <c r="B26" s="134" t="str">
         <f>'Maturity Curve'!F13</f>
         <v/>
       </c>
       <c r="C26" s="134">
         <f>'Maturity Curve'!J13</f>
         <v>0</v>
       </c>
       <c r="D26" s="135" t="e">
         <f t="shared" si="0"/>
         <v>#NUM!</v>
       </c>
-      <c r="E26" s="340" t="e">
+      <c r="E26" s="341" t="e">
         <f t="shared" si="1"/>
         <v>#NUM!</v>
       </c>
-      <c r="F26" s="341"/>
+      <c r="F26" s="342"/>
       <c r="G26" s="136" t="e">
         <f>(E26+Validation!$D$43)</f>
         <v>#NUM!</v>
       </c>
       <c r="H26" s="136" t="e">
         <f>(E26-Validation!$D$43)</f>
         <v>#NUM!</v>
       </c>
     </row>
     <row r="27" spans="1:8">
       <c r="A27" s="150">
         <f>'Maturity Curve'!A14</f>
         <v>4</v>
       </c>
       <c r="B27" s="137" t="str">
         <f>'Maturity Curve'!F14</f>
         <v/>
       </c>
       <c r="C27" s="137">
         <f>'Maturity Curve'!J14</f>
         <v>0</v>
       </c>
       <c r="D27" s="138" t="e">
         <f t="shared" si="0"/>
         <v>#NUM!</v>
       </c>
-      <c r="E27" s="339" t="e">
+      <c r="E27" s="340" t="e">
         <f t="shared" si="1"/>
         <v>#NUM!</v>
       </c>
-      <c r="F27" s="339"/>
+      <c r="F27" s="340"/>
       <c r="G27" s="139" t="e">
         <f>(E27+Validation!$D$43)</f>
         <v>#NUM!</v>
       </c>
       <c r="H27" s="139" t="e">
         <f>(E27-Validation!$D$43)</f>
         <v>#NUM!</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" s="149">
         <f>'Maturity Curve'!A15</f>
         <v>5</v>
       </c>
       <c r="B28" s="134" t="str">
         <f>'Maturity Curve'!F15</f>
         <v/>
       </c>
       <c r="C28" s="134">
         <f>'Maturity Curve'!J15</f>
         <v>0</v>
       </c>
       <c r="D28" s="135" t="e">
         <f t="shared" si="0"/>
         <v>#NUM!</v>
       </c>
-      <c r="E28" s="340" t="e">
+      <c r="E28" s="341" t="e">
         <f t="shared" si="1"/>
         <v>#NUM!</v>
       </c>
-      <c r="F28" s="341"/>
+      <c r="F28" s="342"/>
       <c r="G28" s="136" t="e">
         <f>(E28+Validation!$D$43)</f>
         <v>#NUM!</v>
       </c>
       <c r="H28" s="136" t="e">
         <f>(E28-Validation!$D$43)</f>
         <v>#NUM!</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" s="149">
         <f>'Maturity Curve'!A16</f>
         <v>6</v>
       </c>
       <c r="B29" s="134" t="str">
         <f>'Maturity Curve'!F16</f>
         <v/>
       </c>
       <c r="C29" s="134">
         <f>'Maturity Curve'!J16</f>
         <v>0</v>
       </c>
       <c r="D29" s="135" t="e">
         <f t="shared" si="0"/>
         <v>#NUM!</v>
       </c>
-      <c r="E29" s="342" t="e">
+      <c r="E29" s="343" t="e">
         <f t="shared" si="1"/>
         <v>#NUM!</v>
       </c>
-      <c r="F29" s="342"/>
+      <c r="F29" s="343"/>
       <c r="G29" s="136" t="e">
         <f>(E29+Validation!$D$43)</f>
         <v>#NUM!</v>
       </c>
       <c r="H29" s="136" t="e">
         <f>(E29-Validation!$D$43)</f>
         <v>#NUM!</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" s="150">
         <f>'Maturity Curve'!A17</f>
         <v>7</v>
       </c>
       <c r="B30" s="137" t="str">
         <f>'Maturity Curve'!F17</f>
         <v/>
       </c>
       <c r="C30" s="137">
         <f>'Maturity Curve'!J17</f>
         <v>0</v>
       </c>
       <c r="D30" s="138" t="e">
         <f>LOG(C30)</f>
         <v>#NUM!</v>
       </c>
-      <c r="E30" s="339" t="e">
+      <c r="E30" s="340" t="e">
         <f t="shared" si="1"/>
         <v>#NUM!</v>
       </c>
-      <c r="F30" s="339"/>
+      <c r="F30" s="340"/>
       <c r="G30" s="139" t="e">
         <f>(E30+Validation!$D$43)</f>
         <v>#NUM!</v>
       </c>
       <c r="H30" s="139" t="e">
         <f>(E30-Validation!$D$43)</f>
         <v>#NUM!</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" s="149">
         <f>'Maturity Curve'!A18</f>
         <v>8</v>
       </c>
       <c r="B31" s="134" t="str">
         <f>'Maturity Curve'!F18</f>
         <v/>
       </c>
       <c r="C31" s="134">
         <f>'Maturity Curve'!J18</f>
         <v>0</v>
       </c>
       <c r="D31" s="135" t="e">
         <f t="shared" si="0"/>
         <v>#NUM!</v>
       </c>
-      <c r="E31" s="340" t="e">
+      <c r="E31" s="341" t="e">
         <f t="shared" si="1"/>
         <v>#NUM!</v>
       </c>
-      <c r="F31" s="341"/>
+      <c r="F31" s="342"/>
       <c r="G31" s="136" t="e">
         <f>(E31+Validation!$D$43)</f>
         <v>#NUM!</v>
       </c>
       <c r="H31" s="136" t="e">
         <f>(E31-Validation!$D$43)</f>
         <v>#NUM!</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" s="149">
         <f>'Maturity Curve'!A19</f>
         <v>9</v>
       </c>
       <c r="B32" s="134" t="str">
         <f>'Maturity Curve'!F19</f>
         <v/>
       </c>
       <c r="C32" s="134">
         <f>'Maturity Curve'!J19</f>
         <v>0</v>
       </c>
       <c r="D32" s="135" t="e">
         <f t="shared" si="0"/>
         <v>#NUM!</v>
       </c>
-      <c r="E32" s="342" t="e">
+      <c r="E32" s="343" t="e">
         <f t="shared" si="1"/>
         <v>#NUM!</v>
       </c>
-      <c r="F32" s="342"/>
+      <c r="F32" s="343"/>
       <c r="G32" s="136" t="e">
         <f>(E32+Validation!$D$43)</f>
         <v>#NUM!</v>
       </c>
       <c r="H32" s="136" t="e">
         <f>(E32-Validation!$D$43)</f>
         <v>#NUM!</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" s="150">
         <f>'Maturity Curve'!A20</f>
         <v>10</v>
       </c>
       <c r="B33" s="137" t="str">
         <f>'Maturity Curve'!F20</f>
         <v/>
       </c>
       <c r="C33" s="137">
         <f>'Maturity Curve'!J20</f>
         <v>0</v>
       </c>
       <c r="D33" s="138" t="e">
         <f t="shared" si="0"/>
         <v>#NUM!</v>
       </c>
-      <c r="E33" s="339" t="e">
+      <c r="E33" s="340" t="e">
         <f t="shared" si="1"/>
         <v>#NUM!</v>
       </c>
-      <c r="F33" s="339"/>
+      <c r="F33" s="340"/>
       <c r="G33" s="139" t="e">
         <f>(E33+Validation!$D$43)</f>
         <v>#NUM!</v>
       </c>
       <c r="H33" s="139" t="e">
         <f>(E33-Validation!$D$43)</f>
         <v>#NUM!</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" s="149">
         <f>'Maturity Curve'!A21</f>
         <v>11</v>
       </c>
       <c r="B34" s="134" t="str">
         <f>'Maturity Curve'!F21</f>
         <v/>
       </c>
       <c r="C34" s="134">
         <f>'Maturity Curve'!J21</f>
         <v>0</v>
       </c>
       <c r="D34" s="135" t="e">
         <f t="shared" si="0"/>
         <v>#NUM!</v>
       </c>
-      <c r="E34" s="342" t="e">
+      <c r="E34" s="343" t="e">
         <f t="shared" si="1"/>
         <v>#NUM!</v>
       </c>
-      <c r="F34" s="342"/>
+      <c r="F34" s="343"/>
       <c r="G34" s="136" t="e">
         <f>(E34+Validation!$D$43)</f>
         <v>#NUM!</v>
       </c>
       <c r="H34" s="136" t="e">
         <f>(E34-Validation!$D$43)</f>
         <v>#NUM!</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" s="151">
         <f>'Maturity Curve'!A22</f>
         <v>12</v>
       </c>
       <c r="B35" s="140" t="str">
         <f>'Maturity Curve'!F22</f>
         <v/>
       </c>
       <c r="C35" s="140">
         <f>'Maturity Curve'!J22</f>
         <v>0</v>
       </c>
       <c r="D35" s="141" t="e">
         <f t="shared" si="0"/>
         <v>#NUM!</v>
       </c>
-      <c r="E35" s="343" t="e">
+      <c r="E35" s="344" t="e">
         <f t="shared" si="1"/>
         <v>#NUM!</v>
       </c>
-      <c r="F35" s="343"/>
+      <c r="F35" s="344"/>
       <c r="G35" s="142" t="e">
         <f>(E35+Validation!$D$43)</f>
         <v>#NUM!</v>
       </c>
       <c r="H35" s="142" t="e">
         <f>(E35-Validation!$D$43)</f>
         <v>#NUM!</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" s="242">
         <v>13</v>
       </c>
       <c r="B36" s="140" t="str">
         <f>'Maturity Curve'!F23</f>
         <v/>
       </c>
       <c r="C36" s="140">
         <f>'Maturity Curve'!J23</f>
         <v>0</v>
       </c>
       <c r="D36" s="141" t="e">
         <f>LOG(C36)</f>
         <v>#NUM!</v>
       </c>
-      <c r="E36" s="343" t="e">
+      <c r="E36" s="344" t="e">
         <f>(intercept+(D36*slope))</f>
         <v>#NUM!</v>
       </c>
-      <c r="F36" s="343"/>
+      <c r="F36" s="344"/>
       <c r="G36" s="142" t="e">
         <f>(E36+Validation!$D$43)</f>
         <v>#NUM!</v>
       </c>
       <c r="H36" s="142" t="e">
         <f>(E36-Validation!$D$43)</f>
         <v>#NUM!</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" s="149">
         <v>14</v>
       </c>
       <c r="B37" s="140" t="str">
         <f>'Maturity Curve'!F24</f>
         <v/>
       </c>
       <c r="C37" s="140">
         <f>'Maturity Curve'!J24</f>
         <v>0</v>
       </c>
       <c r="D37" s="141" t="e">
         <f>LOG(C37)</f>
         <v>#NUM!</v>
       </c>
-      <c r="E37" s="343" t="e">
+      <c r="E37" s="344" t="e">
         <f>(intercept+(D37*slope))</f>
         <v>#NUM!</v>
       </c>
-      <c r="F37" s="343"/>
+      <c r="F37" s="344"/>
       <c r="G37" s="142" t="e">
         <f>(E37+Validation!$D$43)</f>
         <v>#NUM!</v>
       </c>
       <c r="H37" s="142" t="e">
         <f>(E37-Validation!$D$43)</f>
         <v>#NUM!</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" s="151">
         <v>15</v>
       </c>
       <c r="B38" s="140" t="str">
         <f>'Maturity Curve'!F25</f>
         <v/>
       </c>
       <c r="C38" s="140">
         <f>'Maturity Curve'!J25</f>
         <v>0</v>
       </c>
       <c r="D38" s="141" t="e">
         <f>LOG(C38)</f>
         <v>#NUM!</v>
       </c>
-      <c r="E38" s="343" t="e">
+      <c r="E38" s="344" t="e">
         <f>(intercept+(D38*slope))</f>
         <v>#NUM!</v>
       </c>
-      <c r="F38" s="343"/>
+      <c r="F38" s="344"/>
       <c r="G38" s="142" t="e">
         <f>(E38+Validation!$D$43)</f>
         <v>#NUM!</v>
       </c>
       <c r="H38" s="142" t="e">
         <f>(E38-Validation!$D$43)</f>
         <v>#NUM!</v>
       </c>
     </row>
     <row r="39" spans="1:8"/>
     <row r="40" spans="1:8">
       <c r="B40" s="155">
         <f>Validation!G10</f>
         <v>0</v>
       </c>
       <c r="C40" s="155">
         <f>Validation!K10</f>
         <v>0</v>
       </c>
       <c r="D40" s="141" t="e">
         <f t="shared" si="0"/>
         <v>#NUM!</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="B41" s="155">
         <f>Validation!G11</f>
         <v>0</v>
       </c>
       <c r="C41" s="155">
         <f>Validation!K11</f>
         <v>0</v>
       </c>
       <c r="D41" s="141" t="e">
         <f t="shared" si="0"/>
         <v>#NUM!</v>
       </c>
     </row>
-    <row r="42" spans="1:8" ht="15.6" thickBot="1">
+    <row r="42" spans="1:8" ht="15.75" thickBot="1">
       <c r="B42" s="155">
         <f>Validation!G12</f>
         <v>0</v>
       </c>
       <c r="C42" s="155">
         <f>Validation!K12</f>
         <v>0</v>
       </c>
       <c r="D42" s="135" t="e">
         <f t="shared" si="0"/>
         <v>#NUM!</v>
       </c>
     </row>
-    <row r="43" spans="1:8" ht="16.2" thickTop="1" thickBot="1">
+    <row r="43" spans="1:8" ht="16.5" thickTop="1" thickBot="1">
       <c r="A43" s="232" t="s">
         <v>113</v>
       </c>
       <c r="B43" s="233">
         <f>Validation!$C$41</f>
         <v>0</v>
       </c>
       <c r="C43" s="233">
         <f>Validation!$C$32</f>
         <v>0</v>
       </c>
       <c r="D43" s="234" t="e">
         <f>LOG(C43)</f>
         <v>#NUM!</v>
       </c>
     </row>
-    <row r="44" spans="1:8" ht="16.2" thickTop="1" thickBot="1">
+    <row r="44" spans="1:8" ht="16.5" thickTop="1" thickBot="1">
       <c r="A44" s="235"/>
       <c r="B44" s="236">
         <f>'Validation-2'!$C$41</f>
         <v>0</v>
       </c>
       <c r="C44" s="236">
         <f>'Validation-2'!$C$32</f>
         <v>0</v>
       </c>
       <c r="D44" s="234" t="e">
         <f>LOG(C44)</f>
         <v>#NUM!</v>
       </c>
     </row>
-    <row r="45" spans="1:8" ht="16.2" thickTop="1" thickBot="1">
+    <row r="45" spans="1:8" ht="16.5" thickTop="1" thickBot="1">
       <c r="A45" s="235"/>
       <c r="B45" s="236">
         <f>'Validation-3'!$C$41</f>
         <v>0</v>
       </c>
       <c r="C45" s="236">
         <f>'Validation-3'!$C$32</f>
         <v>0</v>
       </c>
       <c r="D45" s="234" t="e">
         <f>LOG(C45)</f>
         <v>#NUM!</v>
       </c>
     </row>
-    <row r="46" spans="1:8" ht="16.2" thickTop="1" thickBot="1">
+    <row r="46" spans="1:8" ht="16.5" thickTop="1" thickBot="1">
       <c r="A46" s="235"/>
       <c r="B46" s="236">
         <f>'Validation-4'!$C$41</f>
         <v>0</v>
       </c>
       <c r="C46" s="236">
         <f>'Validation-4'!$C$32</f>
         <v>0</v>
       </c>
       <c r="D46" s="234" t="e">
         <f>LOG(C46)</f>
         <v>#NUM!</v>
       </c>
     </row>
-    <row r="47" spans="1:8" ht="16.2" thickTop="1" thickBot="1">
+    <row r="47" spans="1:8" ht="16.5" thickTop="1" thickBot="1">
       <c r="A47" s="237"/>
       <c r="B47" s="238">
         <f>'Validation-5'!$C$41</f>
         <v>0</v>
       </c>
       <c r="C47" s="238">
         <f>'Validation-5'!$C$32</f>
         <v>0</v>
       </c>
       <c r="D47" s="239" t="e">
         <f>LOG(C47)</f>
         <v>#NUM!</v>
       </c>
     </row>
-    <row r="48" spans="1:8" ht="15.6" thickTop="1"/>
+    <row r="48" spans="1:8" ht="15.75" thickTop="1"/>
     <row r="49"/>
     <row r="50"/>
     <row r="51"/>
     <row r="52"/>
     <row r="53"/>
     <row r="54"/>
     <row r="55"/>
     <row r="56"/>
     <row r="57"/>
     <row r="58"/>
     <row r="59"/>
     <row r="60"/>
     <row r="61"/>
     <row r="62"/>
     <row r="63"/>
     <row r="64"/>
     <row r="65"/>
     <row r="66"/>
     <row r="67"/>
     <row r="68"/>
     <row r="69"/>
     <row r="70"/>
     <row r="71"/>
     <row r="72"/>
     <row r="73"/>
@@ -25413,179 +25572,179 @@
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="D24:H38">
     <cfRule type="cellIs" priority="1" stopIfTrue="1" operator="greaterThanOrEqual">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <pageMargins left="0.75" right="0.75" top="1" bottom="1" header="0.5" footer="0.5"/>
   <pageSetup orientation="portrait" horizontalDpi="4294967294" verticalDpi="300" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
   <drawing r:id="rId2"/>
   <legacyDrawing r:id="rId3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0200-000000000000}">
   <dimension ref="A1:F24"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection activeCell="C12" sqref="C12"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
-    <col min="1" max="1" width="11.453125" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="6" max="6" width="16.81640625" customWidth="1"/>
+    <col min="1" max="1" width="11.44140625" customWidth="1"/>
+    <col min="2" max="2" width="14.109375" customWidth="1"/>
+    <col min="3" max="5" width="9.6640625" customWidth="1"/>
+    <col min="6" max="6" width="16.77734375" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:6" ht="15.6">
+    <row r="1" spans="1:6" ht="15.75">
       <c r="A1" s="183"/>
       <c r="B1" s="184" t="s">
         <v>111</v>
       </c>
       <c r="C1" s="185"/>
       <c r="D1" s="185"/>
       <c r="E1" s="185"/>
       <c r="F1" s="186"/>
     </row>
     <row r="2" spans="1:6">
       <c r="A2" s="187"/>
       <c r="B2" s="188"/>
       <c r="C2" s="188"/>
       <c r="D2" s="188"/>
       <c r="E2" s="188"/>
       <c r="F2" s="189"/>
     </row>
-    <row r="3" spans="1:6" ht="15.6">
+    <row r="3" spans="1:6" ht="15.75">
       <c r="A3" s="187"/>
       <c r="B3" s="190" t="s">
         <v>0</v>
       </c>
       <c r="C3" s="191">
         <f>'Maturity Curve'!B2</f>
         <v>0</v>
       </c>
       <c r="D3" s="192"/>
       <c r="E3" s="188"/>
       <c r="F3" s="193"/>
     </row>
-    <row r="4" spans="1:6" ht="15.6">
+    <row r="4" spans="1:6" ht="15.75">
       <c r="A4" s="187"/>
       <c r="B4" s="190" t="s">
         <v>1</v>
       </c>
       <c r="C4" s="194">
         <f>'Maturity Curve'!B3</f>
         <v>0</v>
       </c>
       <c r="D4" s="48"/>
       <c r="E4" s="188"/>
       <c r="F4" s="189"/>
     </row>
-    <row r="5" spans="1:6" ht="15.6">
+    <row r="5" spans="1:6" ht="15.75">
       <c r="A5" s="187"/>
       <c r="B5" s="190" t="s">
         <v>4</v>
       </c>
       <c r="C5" s="191">
         <f>'Maturity Curve'!B4</f>
         <v>0</v>
       </c>
       <c r="D5" s="47"/>
       <c r="E5" s="188"/>
       <c r="F5" s="189"/>
     </row>
-    <row r="6" spans="1:6" ht="15.6">
+    <row r="6" spans="1:6" ht="15.75">
       <c r="A6" s="195"/>
       <c r="B6" s="190" t="s">
         <v>5</v>
       </c>
       <c r="C6" s="191">
         <f>'Maturity Curve'!G3</f>
         <v>0</v>
       </c>
       <c r="D6" s="47"/>
       <c r="E6" s="47"/>
       <c r="F6" s="193"/>
     </row>
-    <row r="7" spans="1:6" ht="15.6">
+    <row r="7" spans="1:6" ht="15.75">
       <c r="A7" s="195"/>
       <c r="B7" s="190" t="s">
         <v>126</v>
       </c>
       <c r="C7" s="191">
         <f>'Maturity Curve'!G4</f>
         <v>0</v>
       </c>
       <c r="D7" s="47"/>
       <c r="E7" s="47"/>
       <c r="F7" s="193"/>
     </row>
-    <row r="8" spans="1:6" ht="15.6">
+    <row r="8" spans="1:6" ht="15.75">
       <c r="A8" s="195"/>
       <c r="B8" s="190" t="s">
         <v>6</v>
       </c>
       <c r="C8" s="196">
         <f>'Maturity Curve'!L4</f>
         <v>0</v>
       </c>
       <c r="D8" s="197"/>
       <c r="E8" s="188"/>
       <c r="F8" s="193"/>
     </row>
-    <row r="9" spans="1:6" ht="17.399999999999999">
+    <row r="9" spans="1:6" ht="18">
       <c r="A9" s="195"/>
       <c r="B9" s="190"/>
       <c r="C9" s="198"/>
       <c r="D9" s="199"/>
       <c r="E9" s="188"/>
       <c r="F9" s="193"/>
     </row>
-    <row r="10" spans="1:6" ht="17.399999999999999">
+    <row r="10" spans="1:6" ht="18">
       <c r="A10" s="200"/>
       <c r="B10" s="201"/>
       <c r="C10" s="202"/>
       <c r="D10" s="203"/>
       <c r="E10" s="204"/>
       <c r="F10" s="205"/>
     </row>
-    <row r="11" spans="1:6" ht="17.399999999999999">
+    <row r="11" spans="1:6" ht="18">
       <c r="A11" s="206"/>
       <c r="B11" s="207" t="s">
         <v>112</v>
       </c>
       <c r="C11" s="208"/>
       <c r="D11" s="209"/>
       <c r="E11" s="210"/>
       <c r="F11" s="211"/>
     </row>
-    <row r="12" spans="1:6" ht="17.399999999999999">
+    <row r="12" spans="1:6" ht="18">
       <c r="A12" s="212"/>
       <c r="B12" s="213"/>
       <c r="C12" s="185"/>
       <c r="D12" s="185"/>
       <c r="E12" s="185"/>
       <c r="F12" s="214"/>
     </row>
     <row r="13" spans="1:6">
       <c r="A13" s="215" t="s">
         <v>113</v>
       </c>
       <c r="B13" s="216"/>
       <c r="C13" s="217" t="s">
         <v>114</v>
       </c>
       <c r="D13" s="217" t="s">
         <v>12</v>
       </c>
       <c r="E13" s="216"/>
       <c r="F13" s="218" t="s">
         <v>115</v>
       </c>
     </row>
     <row r="14" spans="1:6">
       <c r="A14" s="215" t="s">
@@ -25765,850 +25924,850 @@
       <c r="F23" s="189"/>
     </row>
     <row r="24" spans="1:6">
       <c r="A24" s="229"/>
       <c r="B24" s="204"/>
       <c r="C24" s="204"/>
       <c r="D24" s="204"/>
       <c r="E24" s="204"/>
       <c r="F24" s="230"/>
     </row>
   </sheetData>
   <sheetProtection algorithmName="SHA-512" hashValue="O9MuEQqAlKm6TeFLGUvEmwm3SHuBtfd+wyO2vuPMpk2VIVsSfmMinwRlE6H+SCkGbiJk7SpxJoKUhXMsoxIeFg==" saltValue="fvInnO2dwZ9x2FAhMh2wFg==" spinCount="100000" sheet="1"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0300-000000000000}">
   <sheetPr transitionEvaluation="1"/>
   <dimension ref="A1:M58"/>
   <sheetViews>
     <sheetView defaultGridColor="0" view="pageBreakPreview" colorId="22" zoomScale="60" zoomScaleNormal="50" workbookViewId="0">
       <selection activeCell="C14" sqref="C14"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.81640625" defaultRowHeight="15"/>
+  <sheetFormatPr defaultColWidth="9.77734375" defaultRowHeight="15"/>
   <cols>
-    <col min="1" max="1" width="18.54296875" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="5" max="5" width="13.81640625" customWidth="1"/>
+    <col min="1" max="1" width="18.5546875" customWidth="1"/>
+    <col min="2" max="2" width="13.77734375" customWidth="1"/>
+    <col min="3" max="3" width="10.88671875" customWidth="1"/>
+    <col min="5" max="5" width="13.77734375" customWidth="1"/>
     <col min="7" max="7" width="12" customWidth="1"/>
-    <col min="8" max="8" width="11.81640625" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="10" max="10" width="11.81640625" customWidth="1"/>
+    <col min="8" max="8" width="11.77734375" customWidth="1"/>
+    <col min="9" max="9" width="10.77734375" customWidth="1"/>
+    <col min="10" max="10" width="11.77734375" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:13" ht="15.6">
+    <row r="1" spans="1:13" ht="15.75">
       <c r="A1" s="41" t="s">
         <v>100</v>
       </c>
       <c r="B1" s="42"/>
       <c r="C1" s="42"/>
       <c r="D1" s="42"/>
       <c r="E1" s="43"/>
       <c r="F1" s="44"/>
       <c r="G1" s="44"/>
       <c r="H1" s="44"/>
       <c r="I1" s="45"/>
       <c r="J1" s="42"/>
       <c r="K1" s="42"/>
       <c r="L1" s="42"/>
       <c r="M1" s="42"/>
     </row>
     <row r="2" spans="1:13" ht="16.5" customHeight="1">
       <c r="A2" s="46" t="s">
         <v>123</v>
       </c>
       <c r="B2" s="243"/>
       <c r="C2" s="244"/>
       <c r="F2" s="46" t="s">
         <v>2</v>
       </c>
       <c r="G2" s="157"/>
       <c r="H2" s="48"/>
       <c r="I2" s="48"/>
     </row>
-    <row r="3" spans="1:13" ht="15.6">
+    <row r="3" spans="1:13" ht="15.75">
       <c r="A3" s="46" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="47">
         <f>('Maturity Curve'!B3)</f>
         <v>0</v>
       </c>
       <c r="C3" s="48"/>
       <c r="D3" s="42"/>
       <c r="E3" s="40"/>
       <c r="F3" s="46" t="s">
         <v>46</v>
       </c>
       <c r="G3" s="158"/>
       <c r="H3" s="47"/>
       <c r="I3" s="47"/>
       <c r="J3" s="40"/>
       <c r="K3" s="46" t="s">
         <v>3</v>
       </c>
       <c r="L3" s="157"/>
       <c r="M3" s="48"/>
     </row>
-    <row r="4" spans="1:13" ht="17.399999999999999">
+    <row r="4" spans="1:13" ht="18">
       <c r="A4" s="46" t="s">
         <v>4</v>
       </c>
       <c r="B4" s="47">
         <f>('Maturity Curve'!B4)</f>
         <v>0</v>
       </c>
       <c r="C4" s="47"/>
       <c r="D4" s="40"/>
       <c r="E4" s="40"/>
       <c r="F4" s="4" t="s">
         <v>126</v>
       </c>
       <c r="G4" s="176"/>
       <c r="H4" s="158"/>
       <c r="I4" s="158"/>
       <c r="J4" s="40"/>
       <c r="K4" s="46" t="s">
         <v>101</v>
       </c>
       <c r="L4" s="241"/>
       <c r="M4" s="231"/>
     </row>
-    <row r="5" spans="1:13" ht="16.2" thickBot="1">
+    <row r="5" spans="1:13" ht="16.5" thickBot="1">
       <c r="A5" s="49"/>
       <c r="B5" s="40"/>
       <c r="C5" s="40"/>
       <c r="D5" s="40"/>
       <c r="E5" s="40"/>
       <c r="F5" s="46"/>
       <c r="G5" s="40"/>
       <c r="H5" s="40"/>
       <c r="I5" s="40"/>
       <c r="J5" s="46"/>
       <c r="K5" s="40"/>
       <c r="L5" s="50"/>
     </row>
-    <row r="6" spans="1:13" ht="15.6">
+    <row r="6" spans="1:13" ht="15.75">
       <c r="A6" s="49"/>
       <c r="B6" s="51" t="s">
         <v>8</v>
       </c>
       <c r="C6" s="52" t="s">
         <v>9</v>
       </c>
       <c r="D6" s="52" t="s">
         <v>10</v>
       </c>
       <c r="E6" s="52" t="s">
         <v>91</v>
       </c>
       <c r="F6" s="52" t="s">
         <v>89</v>
       </c>
       <c r="G6" s="52" t="s">
         <v>87</v>
       </c>
       <c r="H6" s="52" t="s">
         <v>11</v>
       </c>
       <c r="I6" s="52" t="s">
         <v>12</v>
       </c>
       <c r="J6" s="52" t="s">
         <v>12</v>
       </c>
       <c r="K6" s="53" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="7" spans="1:13" ht="15.6">
+    <row r="7" spans="1:13" ht="15.75">
       <c r="A7" s="49"/>
       <c r="B7" s="54"/>
       <c r="C7" s="55" t="s">
         <v>14</v>
       </c>
       <c r="D7" s="55" t="s">
         <v>15</v>
       </c>
       <c r="E7" s="55"/>
       <c r="F7" s="55"/>
       <c r="G7" s="55" t="s">
         <v>16</v>
       </c>
       <c r="H7" s="55" t="s">
         <v>14</v>
       </c>
       <c r="I7" s="55" t="s">
         <v>17</v>
       </c>
       <c r="J7" s="55" t="s">
         <v>18</v>
       </c>
       <c r="K7" s="56" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="8" spans="1:13" ht="16.2" thickBot="1">
+    <row r="8" spans="1:13" ht="16.5" thickBot="1">
       <c r="A8" s="49"/>
       <c r="B8" s="57"/>
       <c r="C8" s="58" t="s">
         <v>20</v>
       </c>
       <c r="D8" s="58" t="s">
         <v>21</v>
       </c>
       <c r="E8" s="58" t="s">
         <v>21</v>
       </c>
       <c r="F8" s="58" t="s">
         <v>21</v>
       </c>
       <c r="G8" s="58" t="s">
         <v>22</v>
       </c>
       <c r="H8" s="58" t="s">
         <v>47</v>
       </c>
       <c r="I8" s="58"/>
       <c r="J8" s="58"/>
       <c r="K8" s="59"/>
     </row>
-    <row r="9" spans="1:13" ht="15.6">
+    <row r="9" spans="1:13" ht="15.75">
       <c r="A9" s="49"/>
       <c r="B9" s="54"/>
       <c r="C9" s="60" t="s">
         <v>25</v>
       </c>
       <c r="D9" s="60"/>
       <c r="E9" s="60" t="s">
         <v>25</v>
       </c>
       <c r="F9" s="60" t="s">
         <v>25</v>
       </c>
       <c r="G9" s="61"/>
       <c r="H9" s="60" t="s">
         <v>25</v>
       </c>
       <c r="I9" s="60" t="s">
         <v>25</v>
       </c>
       <c r="J9" s="60" t="s">
         <v>25</v>
       </c>
       <c r="K9" s="62"/>
     </row>
-    <row r="10" spans="1:13" ht="15.6">
+    <row r="10" spans="1:13" ht="15.75">
       <c r="A10" s="49"/>
       <c r="B10" s="54">
         <v>1</v>
       </c>
       <c r="C10" s="21"/>
       <c r="D10" s="21"/>
       <c r="E10" s="22">
         <v>8</v>
       </c>
       <c r="F10" s="22">
         <v>4</v>
       </c>
       <c r="G10" s="23">
         <f>IF(F10="","",ROUND((C10/((PI()*(F10/2)^2))),-1))</f>
         <v>0</v>
       </c>
       <c r="H10" s="164"/>
       <c r="I10" s="21"/>
       <c r="J10" s="21"/>
       <c r="K10" s="24">
         <f>(I10+J10)/2</f>
         <v>0</v>
       </c>
     </row>
-    <row r="11" spans="1:13" ht="15.6">
+    <row r="11" spans="1:13" ht="15.75">
       <c r="A11" s="49"/>
       <c r="B11" s="54">
         <v>2</v>
       </c>
       <c r="C11" s="21"/>
       <c r="D11" s="21"/>
       <c r="E11" s="22">
         <v>8</v>
       </c>
       <c r="F11" s="22">
         <v>4</v>
       </c>
       <c r="G11" s="23">
         <f>IF(F11="","",ROUND((C11/((PI()*(F11/2)^2))),-1))</f>
         <v>0</v>
       </c>
       <c r="H11" s="164"/>
       <c r="I11" s="21"/>
       <c r="J11" s="21"/>
       <c r="K11" s="24">
         <f>(I11+J11)/2</f>
         <v>0</v>
       </c>
     </row>
-    <row r="12" spans="1:13" ht="16.2" thickBot="1">
+    <row r="12" spans="1:13" ht="16.5" thickBot="1">
       <c r="A12" s="49"/>
       <c r="B12" s="57">
         <v>3</v>
       </c>
       <c r="C12" s="63"/>
       <c r="D12" s="63"/>
       <c r="E12" s="64">
         <v>8</v>
       </c>
       <c r="F12" s="64">
         <v>4</v>
       </c>
       <c r="G12" s="65">
         <f>IF(F12="","",ROUND((C12/((PI()*(F12/2)^2))),-1))</f>
         <v>0</v>
       </c>
       <c r="H12" s="165"/>
       <c r="I12" s="63"/>
       <c r="J12" s="63"/>
       <c r="K12" s="66">
         <f>(I12+J12)/2</f>
         <v>0</v>
       </c>
     </row>
-    <row r="13" spans="1:13" ht="15.6">
+    <row r="13" spans="1:13" ht="15.75">
       <c r="A13" s="49"/>
       <c r="B13" s="40"/>
       <c r="C13" s="40"/>
       <c r="D13" s="40"/>
       <c r="E13" s="40"/>
       <c r="F13" s="46"/>
       <c r="G13" s="40"/>
       <c r="H13" s="40"/>
       <c r="I13" s="40"/>
       <c r="J13" s="46"/>
       <c r="K13" s="40"/>
       <c r="L13" s="50"/>
     </row>
-    <row r="14" spans="1:13" ht="17.399999999999999">
+    <row r="14" spans="1:13" ht="18">
       <c r="B14" s="46" t="s">
         <v>27</v>
       </c>
       <c r="C14" s="176"/>
       <c r="D14" s="160"/>
     </row>
-    <row r="15" spans="1:13" ht="17.399999999999999">
+    <row r="15" spans="1:13" ht="18">
       <c r="A15" s="40"/>
       <c r="B15" s="46" t="s">
         <v>28</v>
       </c>
       <c r="C15" s="176"/>
       <c r="D15" s="160"/>
       <c r="E15" s="67" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="16" spans="1:13" ht="17.399999999999999">
+    <row r="16" spans="1:13" ht="18">
       <c r="A16" s="40"/>
       <c r="B16" s="46" t="s">
         <v>48</v>
       </c>
       <c r="C16" s="176"/>
       <c r="D16" s="160"/>
       <c r="E16" s="67" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="17" spans="1:5" ht="20.399999999999999">
-      <c r="A17" s="360" t="s">
+    <row r="17" spans="1:5" ht="22.5">
+      <c r="A17" s="361" t="s">
         <v>125</v>
       </c>
-      <c r="B17" s="360"/>
+      <c r="B17" s="361"/>
       <c r="C17" s="251" t="str">
         <f>IF(C16&gt;0, C16+0.02,"")</f>
         <v/>
       </c>
       <c r="D17" s="252"/>
       <c r="E17" s="255" t="s">
         <v>127</v>
       </c>
     </row>
-    <row r="18" spans="1:5" ht="17.399999999999999">
+    <row r="18" spans="1:5" ht="18">
       <c r="A18" s="40"/>
       <c r="B18" s="46" t="s">
         <v>29</v>
       </c>
       <c r="C18" s="182" t="str">
         <f>('Maturity Curve'!D32)</f>
         <v>C-3WR</v>
       </c>
       <c r="D18" s="47"/>
       <c r="E18" s="67" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="19" spans="1:5" ht="17.399999999999999">
+    <row r="19" spans="1:5" ht="18">
       <c r="A19" s="40"/>
       <c r="B19" s="46" t="s">
         <v>49</v>
       </c>
       <c r="C19" s="182">
         <f>('Maturity Curve'!D33)</f>
         <v>0</v>
       </c>
       <c r="D19" s="47"/>
       <c r="E19" s="245" t="s">
         <v>124</v>
       </c>
     </row>
-    <row r="20" spans="1:5" ht="17.399999999999999">
+    <row r="20" spans="1:5" ht="18">
       <c r="A20" s="40"/>
       <c r="B20" s="46" t="s">
         <v>108</v>
       </c>
       <c r="C20" s="182">
         <f>('Maturity Curve'!D34)</f>
         <v>0</v>
       </c>
       <c r="D20" s="47"/>
       <c r="E20" s="246"/>
     </row>
-    <row r="21" spans="1:5" ht="17.399999999999999">
+    <row r="21" spans="1:5" ht="18">
       <c r="A21" s="40"/>
       <c r="B21" s="46" t="s">
         <v>50</v>
       </c>
       <c r="C21" s="182">
         <f>('Maturity Curve'!D35)</f>
         <v>0</v>
       </c>
       <c r="D21" s="47"/>
       <c r="E21" s="246"/>
     </row>
-    <row r="22" spans="1:5" ht="17.399999999999999">
+    <row r="22" spans="1:5" ht="18">
       <c r="A22" s="40"/>
       <c r="B22" s="46" t="s">
         <v>51</v>
       </c>
       <c r="C22" s="182">
         <f>('Maturity Curve'!D36)</f>
         <v>0</v>
       </c>
       <c r="D22" s="47"/>
       <c r="E22" s="246"/>
     </row>
-    <row r="23" spans="1:5" ht="17.399999999999999">
+    <row r="23" spans="1:5" ht="18">
       <c r="A23" s="40"/>
       <c r="B23" s="46" t="s">
         <v>109</v>
       </c>
       <c r="C23" s="182">
         <f>('Maturity Curve'!D37)</f>
         <v>0</v>
       </c>
       <c r="D23" s="47"/>
       <c r="E23" s="246"/>
     </row>
-    <row r="24" spans="1:5" ht="17.399999999999999">
+    <row r="24" spans="1:5" ht="18">
       <c r="A24" s="40"/>
       <c r="B24" s="46" t="s">
         <v>52</v>
       </c>
       <c r="C24" s="182">
         <f>('Maturity Curve'!D38)</f>
         <v>0</v>
       </c>
       <c r="D24" s="47"/>
       <c r="E24" s="246"/>
     </row>
-    <row r="25" spans="1:5" ht="17.399999999999999">
+    <row r="25" spans="1:5" ht="18">
       <c r="A25" s="40"/>
       <c r="B25" s="46" t="s">
         <v>53</v>
       </c>
       <c r="C25" s="182">
         <f>('Maturity Curve'!D39)</f>
         <v>0</v>
       </c>
       <c r="D25" s="47"/>
       <c r="E25" s="246"/>
     </row>
-    <row r="26" spans="1:5" ht="17.399999999999999">
+    <row r="26" spans="1:5" ht="18">
       <c r="A26" s="40"/>
       <c r="B26" s="46" t="s">
         <v>35</v>
       </c>
       <c r="C26" s="182">
         <f>('Maturity Curve'!D40)</f>
         <v>0</v>
       </c>
       <c r="D26" s="47"/>
       <c r="E26" s="246"/>
     </row>
-    <row r="27" spans="1:5" ht="17.399999999999999">
+    <row r="27" spans="1:5" ht="18">
       <c r="A27" s="40"/>
       <c r="B27" s="46" t="s">
         <v>54</v>
       </c>
       <c r="C27" s="182">
         <f>('Maturity Curve'!D41)</f>
         <v>0</v>
       </c>
       <c r="D27" s="47"/>
       <c r="E27" s="247"/>
     </row>
-    <row r="28" spans="1:5" ht="17.399999999999999">
+    <row r="28" spans="1:5" ht="18">
       <c r="A28" s="40"/>
       <c r="B28" s="46" t="s">
         <v>35</v>
       </c>
       <c r="C28" s="182">
         <f>('Maturity Curve'!D42)</f>
         <v>0</v>
       </c>
       <c r="D28" s="47"/>
       <c r="E28" s="247"/>
     </row>
     <row r="29" spans="1:5">
       <c r="B29" s="254" t="s">
         <v>97</v>
       </c>
       <c r="C29" s="258">
         <f>'Maturity Curve'!D44</f>
         <v>4000</v>
       </c>
       <c r="D29" s="33" t="s">
         <v>38</v>
       </c>
       <c r="E29" s="247"/>
     </row>
-    <row r="30" spans="1:5" ht="15.6">
+    <row r="30" spans="1:5">
       <c r="A30" s="40"/>
       <c r="B30" s="68" t="s">
         <v>122</v>
       </c>
       <c r="C30" s="69"/>
       <c r="D30" s="70"/>
     </row>
     <row r="31" spans="1:5">
       <c r="A31" s="40"/>
       <c r="B31" s="71"/>
       <c r="C31" s="40"/>
     </row>
-    <row r="32" spans="1:5" ht="15.6">
+    <row r="32" spans="1:5" ht="15.75">
       <c r="A32" s="40"/>
       <c r="B32" s="72" t="s">
         <v>55</v>
       </c>
       <c r="C32" s="153">
         <f>(K11)</f>
         <v>0</v>
       </c>
       <c r="D32" s="154"/>
     </row>
-    <row r="33" spans="1:13" ht="15.6">
+    <row r="33" spans="1:13" ht="15.75">
       <c r="A33" s="40"/>
       <c r="B33" s="74"/>
       <c r="C33" s="152"/>
       <c r="D33" s="73"/>
     </row>
-    <row r="34" spans="1:13" ht="15.6">
+    <row r="34" spans="1:13" ht="15.75">
       <c r="A34" s="40"/>
       <c r="B34" s="75" t="s">
         <v>92</v>
       </c>
       <c r="C34" s="172"/>
       <c r="D34" s="76"/>
     </row>
-    <row r="35" spans="1:13" ht="15.6">
+    <row r="35" spans="1:13" ht="15.75">
       <c r="A35" s="40"/>
       <c r="B35" s="77" t="s">
         <v>22</v>
       </c>
       <c r="C35" s="173">
         <f>(G10)</f>
         <v>0</v>
       </c>
       <c r="D35" s="78"/>
     </row>
-    <row r="36" spans="1:13" ht="15.6">
+    <row r="36" spans="1:13" ht="15.75">
       <c r="A36" s="40"/>
       <c r="B36" s="75" t="s">
         <v>93</v>
       </c>
       <c r="C36" s="152" t="s">
         <v>7</v>
       </c>
       <c r="D36" s="79"/>
     </row>
-    <row r="37" spans="1:13" ht="15.6">
+    <row r="37" spans="1:13" ht="15.75">
       <c r="A37" s="40"/>
       <c r="B37" s="77" t="s">
         <v>22</v>
       </c>
       <c r="C37" s="153">
         <f>(G11)</f>
         <v>0</v>
       </c>
       <c r="D37" s="79"/>
     </row>
-    <row r="38" spans="1:13" ht="15.6">
+    <row r="38" spans="1:13" ht="15.75">
       <c r="A38" s="40"/>
       <c r="B38" s="75" t="s">
         <v>94</v>
       </c>
       <c r="C38" s="152"/>
       <c r="D38" s="79"/>
     </row>
-    <row r="39" spans="1:13" ht="15.6">
+    <row r="39" spans="1:13" ht="15.75">
       <c r="A39" s="40"/>
       <c r="B39" s="77" t="s">
         <v>22</v>
       </c>
       <c r="C39" s="153">
         <f>(G12)</f>
         <v>0</v>
       </c>
       <c r="D39" s="79"/>
     </row>
-    <row r="40" spans="1:13" ht="15.6">
+    <row r="40" spans="1:13" ht="15.75">
       <c r="A40" s="40"/>
       <c r="B40" s="75" t="s">
         <v>95</v>
       </c>
       <c r="C40" s="152"/>
       <c r="D40" s="39"/>
     </row>
-    <row r="41" spans="1:13" ht="15.6">
+    <row r="41" spans="1:13" ht="15.75">
       <c r="A41" s="40"/>
       <c r="B41" s="77" t="s">
         <v>22</v>
       </c>
       <c r="C41" s="153">
         <f>(+$C35+$C37+$C39)/3</f>
         <v>0</v>
       </c>
     </row>
-    <row r="42" spans="1:13" ht="15.6">
+    <row r="42" spans="1:13" ht="15.75">
       <c r="A42" s="40"/>
       <c r="B42" s="80"/>
       <c r="C42" s="20"/>
       <c r="D42" s="39"/>
     </row>
-    <row r="43" spans="1:13" ht="15.6">
+    <row r="43" spans="1:13" ht="15.75">
       <c r="A43" s="166"/>
       <c r="B43" s="167" t="s">
         <v>98</v>
       </c>
       <c r="C43" s="168"/>
       <c r="D43" s="169">
         <v>500</v>
       </c>
     </row>
-    <row r="44" spans="1:13" ht="15.6">
+    <row r="44" spans="1:13" ht="15.75">
       <c r="A44" s="40"/>
       <c r="B44" s="72" t="s">
         <v>56</v>
       </c>
       <c r="C44" s="20"/>
       <c r="D44" s="82" t="s">
         <v>57</v>
       </c>
       <c r="E44" s="20" t="s">
         <v>7</v>
       </c>
       <c r="F44" s="40"/>
       <c r="G44" s="40"/>
       <c r="H44" s="40"/>
       <c r="I44" s="40" t="s">
         <v>41</v>
       </c>
       <c r="J44" s="161"/>
       <c r="K44" s="162"/>
       <c r="L44" s="162"/>
       <c r="M44" s="163"/>
     </row>
-    <row r="45" spans="1:13" ht="15.6">
+    <row r="45" spans="1:13" ht="15.75">
       <c r="A45" s="40"/>
       <c r="B45" s="72" t="s">
         <v>58</v>
       </c>
       <c r="C45" s="153" t="e">
         <f>(Regression!$C5+(LOG(C32)*Regression!$C10))</f>
         <v>#NUM!</v>
       </c>
       <c r="D45" s="81" t="s">
         <v>86</v>
       </c>
       <c r="E45" s="153" t="e">
         <f>$C$45-D43</f>
         <v>#NUM!</v>
       </c>
       <c r="F45" s="84" t="s">
         <v>120</v>
       </c>
       <c r="G45" s="40"/>
       <c r="H45" s="40"/>
       <c r="I45" s="161"/>
       <c r="J45" s="162"/>
       <c r="K45" s="162"/>
       <c r="L45" s="162"/>
       <c r="M45" s="163"/>
     </row>
-    <row r="46" spans="1:13" ht="15.6">
+    <row r="46" spans="1:13" ht="15.75">
       <c r="A46" s="40"/>
       <c r="B46" s="83"/>
       <c r="C46" s="152"/>
       <c r="D46" s="74"/>
       <c r="E46" s="240"/>
       <c r="F46" s="174" t="e">
         <f>IF($C$41&gt;$E$47,"Above Upper Limit",IF($C$41&lt;$E$45,"Out of Range","OK"))</f>
         <v>#NUM!</v>
       </c>
       <c r="G46" s="175"/>
       <c r="H46" s="40"/>
       <c r="I46" s="161"/>
       <c r="J46" s="162"/>
       <c r="K46" s="162"/>
       <c r="L46" s="162"/>
       <c r="M46" s="163"/>
     </row>
-    <row r="47" spans="1:13" ht="15.6">
+    <row r="47" spans="1:13" ht="15.75">
       <c r="A47" s="40"/>
       <c r="B47" s="40"/>
       <c r="C47" s="20"/>
       <c r="D47" s="81" t="s">
         <v>59</v>
       </c>
       <c r="E47" s="153" t="e">
         <f>$C45+D43</f>
         <v>#NUM!</v>
       </c>
       <c r="F47" s="40"/>
       <c r="G47" s="40"/>
       <c r="H47" s="40"/>
       <c r="I47" s="161"/>
       <c r="J47" s="162"/>
       <c r="K47" s="162"/>
       <c r="L47" s="162"/>
       <c r="M47" s="163"/>
     </row>
-    <row r="48" spans="1:13" ht="15.6">
+    <row r="48" spans="1:13" ht="15.75">
       <c r="A48" s="40"/>
       <c r="B48" s="40"/>
       <c r="C48" s="40"/>
       <c r="D48" s="74"/>
       <c r="E48" s="40"/>
       <c r="F48" s="40"/>
       <c r="G48" s="40"/>
       <c r="H48" s="40"/>
       <c r="I48" s="161"/>
       <c r="J48" s="162"/>
       <c r="K48" s="162"/>
       <c r="L48" s="162"/>
       <c r="M48" s="163"/>
     </row>
     <row r="49" spans="1:13">
       <c r="A49" s="40"/>
       <c r="B49" s="40"/>
       <c r="C49" s="40"/>
       <c r="D49" s="40"/>
       <c r="E49" s="40"/>
       <c r="F49" s="40"/>
       <c r="G49" s="40"/>
       <c r="H49" s="40"/>
       <c r="I49" s="161"/>
       <c r="J49" s="162"/>
       <c r="K49" s="162"/>
       <c r="L49" s="162"/>
       <c r="M49" s="163"/>
     </row>
-    <row r="50" spans="1:13" ht="15.6">
+    <row r="50" spans="1:13" ht="15.75">
       <c r="A50" s="40"/>
       <c r="C50" s="39"/>
       <c r="F50" s="40"/>
       <c r="H50" s="40"/>
       <c r="I50" s="170" t="s">
         <v>121</v>
       </c>
       <c r="J50" s="171"/>
       <c r="K50" s="171"/>
       <c r="L50" s="171"/>
       <c r="M50" s="163"/>
     </row>
-    <row r="51" spans="1:13" ht="15.6">
+    <row r="51" spans="1:13" ht="15.75">
       <c r="A51" s="85"/>
       <c r="B51" s="40"/>
       <c r="C51" s="40"/>
       <c r="D51" s="40"/>
       <c r="E51" s="40"/>
       <c r="F51" s="40"/>
       <c r="G51" s="40"/>
       <c r="H51" s="40"/>
       <c r="I51" s="170" t="s">
         <v>99</v>
       </c>
       <c r="J51" s="171"/>
       <c r="K51" s="171"/>
       <c r="L51" s="171"/>
       <c r="M51" s="163"/>
     </row>
-    <row r="52" spans="1:13" ht="15.6">
+    <row r="52" spans="1:13">
       <c r="A52" s="85"/>
       <c r="B52" s="40"/>
       <c r="C52" s="40"/>
       <c r="D52" s="40"/>
       <c r="E52" s="86" t="s">
         <v>40</v>
       </c>
       <c r="F52" s="47">
         <f>'Maturity Curve'!D50</f>
         <v>0</v>
       </c>
       <c r="G52" s="47"/>
       <c r="H52" s="47">
         <f>'Maturity Curve'!G50</f>
         <v>0</v>
       </c>
     </row>
     <row r="53" spans="1:13">
       <c r="A53" s="40"/>
       <c r="B53" s="40"/>
       <c r="C53" s="40"/>
       <c r="D53" s="40"/>
       <c r="E53" s="40"/>
       <c r="F53" s="248"/>
       <c r="G53" s="248"/>
       <c r="H53" s="248"/>
     </row>
     <row r="54" spans="1:13">
       <c r="F54" s="40"/>
       <c r="G54" s="40"/>
       <c r="H54" s="40"/>
     </row>
-    <row r="55" spans="1:13" ht="15.6">
+    <row r="55" spans="1:13">
       <c r="A55" s="40"/>
       <c r="B55" s="40"/>
       <c r="C55" s="40"/>
       <c r="D55" s="40"/>
       <c r="E55" s="86" t="s">
         <v>60</v>
       </c>
       <c r="F55" s="178"/>
       <c r="G55" s="158"/>
       <c r="H55" s="158"/>
       <c r="M55" s="87" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="56" spans="1:13">
       <c r="A56" s="40"/>
       <c r="B56" s="40"/>
       <c r="C56" s="40"/>
       <c r="D56" s="40"/>
       <c r="E56" s="40"/>
       <c r="F56" s="42"/>
       <c r="G56" s="42"/>
       <c r="H56" s="42"/>
       <c r="M56" s="156">
         <v>36526</v>
@@ -26641,845 +26800,845 @@
       <c r="J58" s="40"/>
       <c r="K58" s="40"/>
     </row>
   </sheetData>
   <sheetProtection algorithmName="SHA-512" hashValue="YXA8kzhDPGCdFyz3IOn4WNezRSoPiawSU0WvOy+qVSWSG4NEAVWNNeugsrcxd2B8pUWgIssSPy4KDeVpZfyl1w==" saltValue="NpuVViz01YgYArpmKTMe2w==" spinCount="100000" sheet="1"/>
   <mergeCells count="1">
     <mergeCell ref="A17:B17"/>
   </mergeCells>
   <phoneticPr fontId="0" type="noConversion"/>
   <pageMargins left="0.5" right="0.58699999999999997" top="0.5" bottom="0.5" header="0.5" footer="0.5"/>
   <pageSetup scale="59" orientation="landscape" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0400-000000000000}">
   <sheetPr transitionEvaluation="1"/>
   <dimension ref="A1:M58"/>
   <sheetViews>
     <sheetView defaultGridColor="0" view="pageBreakPreview" colorId="22" zoomScale="60" zoomScaleNormal="50" workbookViewId="0">
       <selection activeCell="C14" sqref="C14"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.81640625" defaultRowHeight="15"/>
+  <sheetFormatPr defaultColWidth="9.77734375" defaultRowHeight="15"/>
   <cols>
-    <col min="1" max="1" width="16.453125" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="5" max="5" width="13.6328125" customWidth="1"/>
+    <col min="1" max="1" width="16.44140625" customWidth="1"/>
+    <col min="2" max="2" width="13.77734375" customWidth="1"/>
+    <col min="3" max="3" width="10.88671875" customWidth="1"/>
+    <col min="5" max="5" width="13.6640625" customWidth="1"/>
     <col min="7" max="7" width="12" customWidth="1"/>
-    <col min="8" max="8" width="11.81640625" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="10" max="10" width="11.81640625" customWidth="1"/>
+    <col min="8" max="8" width="11.77734375" customWidth="1"/>
+    <col min="9" max="9" width="10.77734375" customWidth="1"/>
+    <col min="10" max="10" width="11.77734375" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:13" ht="15.6">
+    <row r="1" spans="1:13" ht="15.75">
       <c r="A1" s="41" t="s">
         <v>100</v>
       </c>
       <c r="B1" s="42"/>
       <c r="C1" s="42"/>
       <c r="D1" s="42"/>
       <c r="E1" s="43"/>
       <c r="F1" s="44"/>
       <c r="G1" s="44"/>
       <c r="H1" s="44"/>
       <c r="I1" s="45"/>
       <c r="J1" s="42"/>
       <c r="K1" s="42"/>
       <c r="L1" s="42"/>
       <c r="M1" s="42"/>
     </row>
     <row r="2" spans="1:13" ht="16.5" customHeight="1">
       <c r="A2" s="46" t="s">
         <v>123</v>
       </c>
       <c r="B2" s="243"/>
       <c r="C2" s="244"/>
       <c r="F2" s="46" t="s">
         <v>2</v>
       </c>
       <c r="G2" s="157"/>
       <c r="H2" s="48"/>
       <c r="I2" s="48"/>
     </row>
-    <row r="3" spans="1:13" ht="15.6">
+    <row r="3" spans="1:13" ht="15.75">
       <c r="A3" s="46" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="47">
         <f>('Maturity Curve'!B3)</f>
         <v>0</v>
       </c>
       <c r="C3" s="48"/>
       <c r="D3" s="42"/>
       <c r="E3" s="40"/>
       <c r="F3" s="46" t="s">
         <v>46</v>
       </c>
       <c r="G3" s="158"/>
       <c r="H3" s="47"/>
       <c r="I3" s="47"/>
       <c r="J3" s="40"/>
       <c r="K3" s="46" t="s">
         <v>3</v>
       </c>
       <c r="L3" s="157"/>
       <c r="M3" s="48"/>
     </row>
-    <row r="4" spans="1:13" ht="17.399999999999999">
+    <row r="4" spans="1:13" ht="18">
       <c r="A4" s="46" t="s">
         <v>4</v>
       </c>
       <c r="B4" s="47">
         <f>('Maturity Curve'!B4)</f>
         <v>0</v>
       </c>
       <c r="C4" s="47"/>
       <c r="D4" s="40"/>
       <c r="E4" s="40"/>
       <c r="F4" s="4" t="s">
         <v>126</v>
       </c>
       <c r="G4" s="176"/>
       <c r="H4" s="158"/>
       <c r="I4" s="158"/>
       <c r="J4" s="40"/>
       <c r="K4" s="46" t="s">
         <v>101</v>
       </c>
       <c r="L4" s="158"/>
       <c r="M4" s="231"/>
     </row>
-    <row r="5" spans="1:13" ht="16.2" thickBot="1">
+    <row r="5" spans="1:13" ht="16.5" thickBot="1">
       <c r="A5" s="49"/>
       <c r="B5" s="40"/>
       <c r="C5" s="40"/>
       <c r="D5" s="40"/>
       <c r="E5" s="40"/>
       <c r="F5" s="46"/>
       <c r="G5" s="40"/>
       <c r="H5" s="40"/>
       <c r="I5" s="40"/>
       <c r="J5" s="46"/>
       <c r="K5" s="40"/>
       <c r="L5" s="50"/>
     </row>
-    <row r="6" spans="1:13" ht="15.6">
+    <row r="6" spans="1:13" ht="15.75">
       <c r="A6" s="49"/>
       <c r="B6" s="51" t="s">
         <v>8</v>
       </c>
       <c r="C6" s="52" t="s">
         <v>9</v>
       </c>
       <c r="D6" s="52" t="s">
         <v>10</v>
       </c>
       <c r="E6" s="52" t="s">
         <v>91</v>
       </c>
       <c r="F6" s="52" t="s">
         <v>89</v>
       </c>
       <c r="G6" s="52" t="s">
         <v>87</v>
       </c>
       <c r="H6" s="52" t="s">
         <v>11</v>
       </c>
       <c r="I6" s="52" t="s">
         <v>12</v>
       </c>
       <c r="J6" s="52" t="s">
         <v>12</v>
       </c>
       <c r="K6" s="53" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="7" spans="1:13" ht="15.6">
+    <row r="7" spans="1:13" ht="15.75">
       <c r="A7" s="49"/>
       <c r="B7" s="54"/>
       <c r="C7" s="55" t="s">
         <v>14</v>
       </c>
       <c r="D7" s="55" t="s">
         <v>15</v>
       </c>
       <c r="E7" s="55"/>
       <c r="F7" s="55"/>
       <c r="G7" s="55" t="s">
         <v>16</v>
       </c>
       <c r="H7" s="55" t="s">
         <v>14</v>
       </c>
       <c r="I7" s="55" t="s">
         <v>17</v>
       </c>
       <c r="J7" s="55" t="s">
         <v>18</v>
       </c>
       <c r="K7" s="56" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="8" spans="1:13" ht="16.2" thickBot="1">
+    <row r="8" spans="1:13" ht="16.5" thickBot="1">
       <c r="A8" s="49"/>
       <c r="B8" s="57"/>
       <c r="C8" s="58" t="s">
         <v>20</v>
       </c>
       <c r="D8" s="58" t="s">
         <v>21</v>
       </c>
       <c r="E8" s="58" t="s">
         <v>21</v>
       </c>
       <c r="F8" s="58" t="s">
         <v>21</v>
       </c>
       <c r="G8" s="58" t="s">
         <v>22</v>
       </c>
       <c r="H8" s="58" t="s">
         <v>47</v>
       </c>
       <c r="I8" s="58"/>
       <c r="J8" s="58"/>
       <c r="K8" s="59"/>
     </row>
-    <row r="9" spans="1:13" ht="15.6">
+    <row r="9" spans="1:13" ht="15.75">
       <c r="A9" s="49"/>
       <c r="B9" s="54"/>
       <c r="C9" s="60" t="s">
         <v>25</v>
       </c>
       <c r="D9" s="60"/>
       <c r="E9" s="60" t="s">
         <v>25</v>
       </c>
       <c r="F9" s="60" t="s">
         <v>25</v>
       </c>
       <c r="G9" s="61"/>
       <c r="H9" s="60" t="s">
         <v>25</v>
       </c>
       <c r="I9" s="60" t="s">
         <v>25</v>
       </c>
       <c r="J9" s="60" t="s">
         <v>25</v>
       </c>
       <c r="K9" s="62"/>
     </row>
-    <row r="10" spans="1:13" ht="15.6">
+    <row r="10" spans="1:13" ht="15.75">
       <c r="A10" s="49"/>
       <c r="B10" s="54">
         <v>1</v>
       </c>
       <c r="C10" s="21"/>
       <c r="D10" s="21"/>
       <c r="E10" s="22">
         <v>8</v>
       </c>
       <c r="F10" s="22">
         <v>4</v>
       </c>
       <c r="G10" s="23">
         <f>IF(F10="","",ROUND((C10/((PI()*(F10/2)^2))),-1))</f>
         <v>0</v>
       </c>
       <c r="H10" s="164"/>
       <c r="I10" s="21"/>
       <c r="J10" s="21"/>
       <c r="K10" s="24">
         <f>(I10+J10)/2</f>
         <v>0</v>
       </c>
     </row>
-    <row r="11" spans="1:13" ht="15.6">
+    <row r="11" spans="1:13" ht="15.75">
       <c r="A11" s="49"/>
       <c r="B11" s="54">
         <v>2</v>
       </c>
       <c r="C11" s="21"/>
       <c r="D11" s="21"/>
       <c r="E11" s="22">
         <v>8</v>
       </c>
       <c r="F11" s="22">
         <v>4</v>
       </c>
       <c r="G11" s="23">
         <f>IF(F11="","",ROUND((C11/((PI()*(F11/2)^2))),-1))</f>
         <v>0</v>
       </c>
       <c r="H11" s="164"/>
       <c r="I11" s="21"/>
       <c r="J11" s="21"/>
       <c r="K11" s="24">
         <f>(I11+J11)/2</f>
         <v>0</v>
       </c>
     </row>
-    <row r="12" spans="1:13" ht="16.2" thickBot="1">
+    <row r="12" spans="1:13" ht="16.5" thickBot="1">
       <c r="A12" s="49"/>
       <c r="B12" s="57">
         <v>3</v>
       </c>
       <c r="C12" s="63"/>
       <c r="D12" s="63"/>
       <c r="E12" s="64">
         <v>8</v>
       </c>
       <c r="F12" s="64">
         <v>4</v>
       </c>
       <c r="G12" s="65">
         <f>IF(F12="","",ROUND((C12/((PI()*(F12/2)^2))),-1))</f>
         <v>0</v>
       </c>
       <c r="H12" s="165"/>
       <c r="I12" s="63"/>
       <c r="J12" s="63"/>
       <c r="K12" s="66">
         <f>(I12+J12)/2</f>
         <v>0</v>
       </c>
     </row>
-    <row r="13" spans="1:13" ht="15.6">
+    <row r="13" spans="1:13" ht="15.75">
       <c r="A13" s="49"/>
       <c r="B13" s="40"/>
       <c r="C13" s="40"/>
       <c r="D13" s="40"/>
       <c r="E13" s="40"/>
       <c r="F13" s="46"/>
       <c r="G13" s="40"/>
       <c r="H13" s="40"/>
       <c r="I13" s="40"/>
       <c r="J13" s="46"/>
       <c r="K13" s="40"/>
       <c r="L13" s="50"/>
     </row>
-    <row r="14" spans="1:13" ht="17.399999999999999">
+    <row r="14" spans="1:13" ht="18">
       <c r="B14" s="46" t="s">
         <v>27</v>
       </c>
       <c r="C14" s="176"/>
       <c r="D14" s="160"/>
     </row>
-    <row r="15" spans="1:13" ht="17.399999999999999">
+    <row r="15" spans="1:13" ht="18">
       <c r="A15" s="40"/>
       <c r="B15" s="46" t="s">
         <v>28</v>
       </c>
       <c r="C15" s="176"/>
       <c r="D15" s="160"/>
       <c r="E15" s="67" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="16" spans="1:13" ht="17.399999999999999">
+    <row r="16" spans="1:13" ht="18">
       <c r="A16" s="40"/>
       <c r="B16" s="46" t="s">
         <v>48</v>
       </c>
       <c r="C16" s="176"/>
       <c r="D16" s="160"/>
       <c r="E16" s="67" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="17" spans="1:5" ht="20.399999999999999">
-      <c r="A17" s="360" t="s">
+    <row r="17" spans="1:5" ht="22.5">
+      <c r="A17" s="361" t="s">
         <v>125</v>
       </c>
-      <c r="B17" s="360"/>
+      <c r="B17" s="361"/>
       <c r="C17" s="251" t="str">
         <f>IF(C16&gt;0, C16+0.02,"")</f>
         <v/>
       </c>
       <c r="D17" s="252"/>
       <c r="E17" s="255" t="s">
         <v>127</v>
       </c>
     </row>
-    <row r="18" spans="1:5" ht="17.399999999999999">
+    <row r="18" spans="1:5" ht="18">
       <c r="A18" s="40"/>
       <c r="B18" s="46" t="s">
         <v>29</v>
       </c>
       <c r="C18" s="182" t="str">
         <f>('Maturity Curve'!D32)</f>
         <v>C-3WR</v>
       </c>
       <c r="D18" s="47"/>
       <c r="E18" s="67" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="19" spans="1:5" ht="17.399999999999999">
+    <row r="19" spans="1:5" ht="18">
       <c r="A19" s="40"/>
       <c r="B19" s="46" t="s">
         <v>49</v>
       </c>
       <c r="C19" s="182">
         <f>('Maturity Curve'!D33)</f>
         <v>0</v>
       </c>
       <c r="D19" s="47"/>
       <c r="E19" s="245" t="s">
         <v>124</v>
       </c>
     </row>
-    <row r="20" spans="1:5" ht="17.399999999999999">
+    <row r="20" spans="1:5" ht="18">
       <c r="A20" s="40"/>
       <c r="B20" s="46" t="s">
         <v>108</v>
       </c>
       <c r="C20" s="182">
         <f>('Maturity Curve'!D34)</f>
         <v>0</v>
       </c>
       <c r="D20" s="47"/>
       <c r="E20" s="246"/>
     </row>
-    <row r="21" spans="1:5" ht="17.399999999999999">
+    <row r="21" spans="1:5" ht="18">
       <c r="A21" s="40"/>
       <c r="B21" s="46" t="s">
         <v>50</v>
       </c>
       <c r="C21" s="182">
         <f>('Maturity Curve'!D35)</f>
         <v>0</v>
       </c>
       <c r="D21" s="47"/>
       <c r="E21" s="246"/>
     </row>
-    <row r="22" spans="1:5" ht="17.399999999999999">
+    <row r="22" spans="1:5" ht="18">
       <c r="A22" s="40"/>
       <c r="B22" s="46" t="s">
         <v>51</v>
       </c>
       <c r="C22" s="182">
         <f>('Maturity Curve'!D36)</f>
         <v>0</v>
       </c>
       <c r="D22" s="47"/>
       <c r="E22" s="246"/>
     </row>
-    <row r="23" spans="1:5" ht="17.399999999999999">
+    <row r="23" spans="1:5" ht="18">
       <c r="A23" s="40"/>
       <c r="B23" s="46" t="s">
         <v>109</v>
       </c>
       <c r="C23" s="182">
         <f>('Maturity Curve'!D37)</f>
         <v>0</v>
       </c>
       <c r="D23" s="47"/>
       <c r="E23" s="246"/>
     </row>
-    <row r="24" spans="1:5" ht="17.399999999999999">
+    <row r="24" spans="1:5" ht="18">
       <c r="A24" s="40"/>
       <c r="B24" s="46" t="s">
         <v>52</v>
       </c>
       <c r="C24" s="182">
         <f>('Maturity Curve'!D38)</f>
         <v>0</v>
       </c>
       <c r="D24" s="47"/>
       <c r="E24" s="246"/>
     </row>
-    <row r="25" spans="1:5" ht="17.399999999999999">
+    <row r="25" spans="1:5" ht="18">
       <c r="A25" s="40"/>
       <c r="B25" s="46" t="s">
         <v>53</v>
       </c>
       <c r="C25" s="182">
         <f>('Maturity Curve'!D39)</f>
         <v>0</v>
       </c>
       <c r="D25" s="47"/>
       <c r="E25" s="246"/>
     </row>
-    <row r="26" spans="1:5" ht="17.399999999999999">
+    <row r="26" spans="1:5" ht="18">
       <c r="A26" s="40"/>
       <c r="B26" s="46" t="s">
         <v>35</v>
       </c>
       <c r="C26" s="182">
         <f>('Maturity Curve'!D40)</f>
         <v>0</v>
       </c>
       <c r="D26" s="47"/>
       <c r="E26" s="246"/>
     </row>
-    <row r="27" spans="1:5" ht="17.399999999999999">
+    <row r="27" spans="1:5" ht="18">
       <c r="A27" s="40"/>
       <c r="B27" s="46" t="s">
         <v>54</v>
       </c>
       <c r="C27" s="182">
         <f>('Maturity Curve'!D41)</f>
         <v>0</v>
       </c>
       <c r="D27" s="47"/>
       <c r="E27" s="247"/>
     </row>
-    <row r="28" spans="1:5" ht="17.399999999999999">
+    <row r="28" spans="1:5" ht="18">
       <c r="A28" s="40"/>
       <c r="B28" s="46" t="s">
         <v>35</v>
       </c>
       <c r="C28" s="182">
         <f>('Maturity Curve'!D42)</f>
         <v>0</v>
       </c>
       <c r="D28" s="47"/>
       <c r="E28" s="247"/>
     </row>
     <row r="29" spans="1:5">
       <c r="B29" s="254" t="s">
         <v>97</v>
       </c>
       <c r="C29" s="258">
         <f>'Maturity Curve'!D44</f>
         <v>4000</v>
       </c>
       <c r="D29" s="33" t="s">
         <v>38</v>
       </c>
       <c r="E29" s="247"/>
     </row>
-    <row r="30" spans="1:5" ht="15.6">
+    <row r="30" spans="1:5">
       <c r="A30" s="40"/>
       <c r="B30" s="68" t="s">
         <v>122</v>
       </c>
       <c r="C30" s="69"/>
       <c r="D30" s="70"/>
     </row>
     <row r="31" spans="1:5">
       <c r="A31" s="40"/>
       <c r="B31" s="71"/>
       <c r="C31" s="40"/>
     </row>
-    <row r="32" spans="1:5" ht="15.6">
+    <row r="32" spans="1:5" ht="15.75">
       <c r="A32" s="40"/>
       <c r="B32" s="72" t="s">
         <v>55</v>
       </c>
       <c r="C32" s="153">
         <f>(K11)</f>
         <v>0</v>
       </c>
       <c r="D32" s="154"/>
     </row>
-    <row r="33" spans="1:13" ht="15.6">
+    <row r="33" spans="1:13" ht="15.75">
       <c r="A33" s="40"/>
       <c r="B33" s="74"/>
       <c r="C33" s="152"/>
       <c r="D33" s="73"/>
     </row>
-    <row r="34" spans="1:13" ht="15.6">
+    <row r="34" spans="1:13" ht="15.75">
       <c r="A34" s="40"/>
       <c r="B34" s="75" t="s">
         <v>92</v>
       </c>
       <c r="C34" s="172"/>
       <c r="D34" s="76"/>
     </row>
-    <row r="35" spans="1:13" ht="15.6">
+    <row r="35" spans="1:13" ht="15.75">
       <c r="A35" s="40"/>
       <c r="B35" s="77" t="s">
         <v>22</v>
       </c>
       <c r="C35" s="173">
         <f>(G10)</f>
         <v>0</v>
       </c>
       <c r="D35" s="78"/>
     </row>
-    <row r="36" spans="1:13" ht="15.6">
+    <row r="36" spans="1:13" ht="15.75">
       <c r="A36" s="40"/>
       <c r="B36" s="75" t="s">
         <v>93</v>
       </c>
       <c r="C36" s="152" t="s">
         <v>7</v>
       </c>
       <c r="D36" s="79"/>
     </row>
-    <row r="37" spans="1:13" ht="15.6">
+    <row r="37" spans="1:13" ht="15.75">
       <c r="A37" s="40"/>
       <c r="B37" s="77" t="s">
         <v>22</v>
       </c>
       <c r="C37" s="153">
         <f>(G11)</f>
         <v>0</v>
       </c>
       <c r="D37" s="79"/>
     </row>
-    <row r="38" spans="1:13" ht="15.6">
+    <row r="38" spans="1:13" ht="15.75">
       <c r="A38" s="40"/>
       <c r="B38" s="75" t="s">
         <v>94</v>
       </c>
       <c r="C38" s="152"/>
       <c r="D38" s="79"/>
     </row>
-    <row r="39" spans="1:13" ht="15.6">
+    <row r="39" spans="1:13" ht="15.75">
       <c r="A39" s="40"/>
       <c r="B39" s="77" t="s">
         <v>22</v>
       </c>
       <c r="C39" s="153">
         <f>(G12)</f>
         <v>0</v>
       </c>
       <c r="D39" s="79"/>
     </row>
-    <row r="40" spans="1:13" ht="15.6">
+    <row r="40" spans="1:13" ht="15.75">
       <c r="A40" s="40"/>
       <c r="B40" s="75" t="s">
         <v>95</v>
       </c>
       <c r="C40" s="152"/>
       <c r="D40" s="39"/>
     </row>
-    <row r="41" spans="1:13" ht="15.6">
+    <row r="41" spans="1:13" ht="15.75">
       <c r="A41" s="40"/>
       <c r="B41" s="77" t="s">
         <v>22</v>
       </c>
       <c r="C41" s="153">
         <f>(+$C35+$C37+$C39)/3</f>
         <v>0</v>
       </c>
     </row>
-    <row r="42" spans="1:13" ht="15.6">
+    <row r="42" spans="1:13" ht="15.75">
       <c r="A42" s="40"/>
       <c r="B42" s="80"/>
       <c r="C42" s="20"/>
       <c r="D42" s="39"/>
     </row>
-    <row r="43" spans="1:13" ht="15.6">
+    <row r="43" spans="1:13" ht="15.75">
       <c r="A43" s="166"/>
       <c r="B43" s="167" t="s">
         <v>98</v>
       </c>
       <c r="C43" s="168"/>
       <c r="D43" s="169">
         <v>500</v>
       </c>
     </row>
-    <row r="44" spans="1:13" ht="15.6">
+    <row r="44" spans="1:13" ht="15.75">
       <c r="A44" s="40"/>
       <c r="B44" s="72" t="s">
         <v>56</v>
       </c>
       <c r="C44" s="20"/>
       <c r="D44" s="82" t="s">
         <v>57</v>
       </c>
       <c r="E44" s="20" t="s">
         <v>7</v>
       </c>
       <c r="F44" s="40"/>
       <c r="G44" s="40"/>
       <c r="H44" s="40"/>
       <c r="I44" s="40" t="s">
         <v>41</v>
       </c>
       <c r="J44" s="161"/>
       <c r="K44" s="162"/>
       <c r="L44" s="162"/>
       <c r="M44" s="163"/>
     </row>
-    <row r="45" spans="1:13" ht="15.6">
+    <row r="45" spans="1:13" ht="15.75">
       <c r="A45" s="40"/>
       <c r="B45" s="72" t="s">
         <v>58</v>
       </c>
       <c r="C45" s="153" t="e">
         <f>(Regression!$C5+(LOG(C32)*Regression!$C10))</f>
         <v>#NUM!</v>
       </c>
       <c r="D45" s="81" t="s">
         <v>86</v>
       </c>
       <c r="E45" s="153" t="e">
         <f>$C$45-D43</f>
         <v>#NUM!</v>
       </c>
       <c r="F45" s="84" t="s">
         <v>120</v>
       </c>
       <c r="G45" s="40"/>
       <c r="H45" s="40"/>
       <c r="I45" s="161"/>
       <c r="J45" s="162"/>
       <c r="K45" s="162"/>
       <c r="L45" s="162"/>
       <c r="M45" s="163"/>
     </row>
-    <row r="46" spans="1:13" ht="15.6">
+    <row r="46" spans="1:13" ht="15.75">
       <c r="A46" s="40"/>
       <c r="B46" s="83"/>
       <c r="C46" s="152"/>
       <c r="D46" s="74"/>
       <c r="E46" s="240"/>
       <c r="F46" s="174" t="e">
         <f>IF($C$41&gt;$E$47,"Above Upper Limit",IF($C$41&lt;$E$45,"Out of Range","OK"))</f>
         <v>#NUM!</v>
       </c>
       <c r="G46" s="175"/>
       <c r="H46" s="40"/>
       <c r="I46" s="161"/>
       <c r="J46" s="162"/>
       <c r="K46" s="162"/>
       <c r="L46" s="162"/>
       <c r="M46" s="163"/>
     </row>
-    <row r="47" spans="1:13" ht="15.6">
+    <row r="47" spans="1:13" ht="15.75">
       <c r="A47" s="40"/>
       <c r="B47" s="40"/>
       <c r="C47" s="20"/>
       <c r="D47" s="81" t="s">
         <v>59</v>
       </c>
       <c r="E47" s="153" t="e">
         <f>$C45+D43</f>
         <v>#NUM!</v>
       </c>
       <c r="F47" s="40"/>
       <c r="G47" s="40"/>
       <c r="H47" s="40"/>
       <c r="I47" s="161"/>
       <c r="J47" s="162"/>
       <c r="K47" s="162"/>
       <c r="L47" s="162"/>
       <c r="M47" s="163"/>
     </row>
-    <row r="48" spans="1:13" ht="15.6">
+    <row r="48" spans="1:13" ht="15.75">
       <c r="A48" s="40"/>
       <c r="B48" s="40"/>
       <c r="C48" s="40"/>
       <c r="D48" s="74"/>
       <c r="E48" s="40"/>
       <c r="F48" s="40"/>
       <c r="G48" s="40"/>
       <c r="H48" s="40"/>
       <c r="I48" s="161"/>
       <c r="J48" s="162"/>
       <c r="K48" s="162"/>
       <c r="L48" s="162"/>
       <c r="M48" s="163"/>
     </row>
     <row r="49" spans="1:13">
       <c r="A49" s="40"/>
       <c r="B49" s="40"/>
       <c r="C49" s="40"/>
       <c r="D49" s="40"/>
       <c r="E49" s="40"/>
       <c r="F49" s="40"/>
       <c r="G49" s="40"/>
       <c r="H49" s="40"/>
       <c r="I49" s="161"/>
       <c r="J49" s="162"/>
       <c r="K49" s="162"/>
       <c r="L49" s="162"/>
       <c r="M49" s="163"/>
     </row>
-    <row r="50" spans="1:13" ht="15.6">
+    <row r="50" spans="1:13" ht="15.75">
       <c r="A50" s="40"/>
       <c r="C50" s="39"/>
       <c r="F50" s="40"/>
       <c r="H50" s="40"/>
       <c r="I50" s="170" t="s">
         <v>121</v>
       </c>
       <c r="J50" s="171"/>
       <c r="K50" s="171"/>
       <c r="L50" s="171"/>
       <c r="M50" s="163"/>
     </row>
-    <row r="51" spans="1:13" ht="15.6">
+    <row r="51" spans="1:13" ht="15.75">
       <c r="A51" s="85"/>
       <c r="B51" s="40"/>
       <c r="C51" s="40"/>
       <c r="D51" s="40"/>
       <c r="E51" s="40"/>
       <c r="F51" s="40"/>
       <c r="G51" s="40"/>
       <c r="H51" s="40"/>
       <c r="I51" s="170" t="s">
         <v>99</v>
       </c>
       <c r="J51" s="171"/>
       <c r="K51" s="171"/>
       <c r="L51" s="171"/>
       <c r="M51" s="163"/>
     </row>
-    <row r="52" spans="1:13" ht="15.6">
+    <row r="52" spans="1:13">
       <c r="A52" s="85"/>
       <c r="B52" s="40"/>
       <c r="C52" s="40"/>
       <c r="D52" s="40"/>
       <c r="E52" s="86" t="s">
         <v>40</v>
       </c>
       <c r="F52" s="47">
         <f>'Maturity Curve'!D50</f>
         <v>0</v>
       </c>
       <c r="G52" s="47"/>
       <c r="H52" s="47">
         <f>'Maturity Curve'!G50</f>
         <v>0</v>
       </c>
     </row>
     <row r="53" spans="1:13">
       <c r="A53" s="40"/>
       <c r="B53" s="40"/>
       <c r="C53" s="40"/>
       <c r="D53" s="40"/>
       <c r="E53" s="40"/>
       <c r="F53" s="249"/>
       <c r="G53" s="249"/>
       <c r="H53" s="249"/>
     </row>
-    <row r="55" spans="1:13" ht="15.6">
+    <row r="55" spans="1:13">
       <c r="A55" s="40"/>
       <c r="B55" s="40"/>
       <c r="C55" s="40"/>
       <c r="D55" s="40"/>
       <c r="E55" s="86" t="s">
         <v>60</v>
       </c>
       <c r="F55" s="158"/>
       <c r="G55" s="47"/>
       <c r="H55" s="47"/>
       <c r="M55" s="87" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="56" spans="1:13">
       <c r="A56" s="40"/>
       <c r="B56" s="40"/>
       <c r="C56" s="40"/>
       <c r="D56" s="40"/>
       <c r="E56" s="40"/>
       <c r="F56" s="42"/>
       <c r="G56" s="42"/>
       <c r="H56" s="42"/>
       <c r="M56" s="156">
         <v>36526</v>
@@ -27511,845 +27670,845 @@
       <c r="I58" s="40"/>
       <c r="J58" s="40"/>
       <c r="K58" s="40"/>
     </row>
   </sheetData>
   <sheetProtection algorithmName="SHA-512" hashValue="Bhae6l+QYddPPI/c89wtwMWC3uQhBQizm1ywoYkeyhBCpple2JqJLflT7FI7ATUxWCNVNMUOoSRVnZSPxYfm/w==" saltValue="dsBl3LHhQ2TJqwUZvOvQlg==" spinCount="100000" sheet="1"/>
   <mergeCells count="1">
     <mergeCell ref="A17:B17"/>
   </mergeCells>
   <pageMargins left="0.5" right="0.58699999999999997" top="0.5" bottom="0.5" header="0.5" footer="0.5"/>
   <pageSetup scale="59" orientation="landscape" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0500-000000000000}">
   <sheetPr transitionEvaluation="1"/>
   <dimension ref="A1:M58"/>
   <sheetViews>
     <sheetView defaultGridColor="0" view="pageBreakPreview" colorId="22" zoomScale="60" zoomScaleNormal="50" workbookViewId="0">
       <selection activeCell="C14" sqref="C14"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.81640625" defaultRowHeight="15"/>
+  <sheetFormatPr defaultColWidth="9.77734375" defaultRowHeight="15"/>
   <cols>
-    <col min="1" max="1" width="16.6328125" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="5" max="5" width="13.81640625" customWidth="1"/>
+    <col min="1" max="1" width="16.6640625" customWidth="1"/>
+    <col min="2" max="2" width="13.77734375" customWidth="1"/>
+    <col min="3" max="3" width="10.88671875" customWidth="1"/>
+    <col min="5" max="5" width="13.77734375" customWidth="1"/>
     <col min="7" max="7" width="12" customWidth="1"/>
-    <col min="8" max="8" width="11.81640625" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="10" max="10" width="11.81640625" customWidth="1"/>
+    <col min="8" max="8" width="11.77734375" customWidth="1"/>
+    <col min="9" max="9" width="10.77734375" customWidth="1"/>
+    <col min="10" max="10" width="11.77734375" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:13" ht="15.6">
+    <row r="1" spans="1:13" ht="15.75">
       <c r="A1" s="41" t="s">
         <v>100</v>
       </c>
       <c r="B1" s="42"/>
       <c r="C1" s="42"/>
       <c r="D1" s="42"/>
       <c r="E1" s="43"/>
       <c r="F1" s="44"/>
       <c r="G1" s="44"/>
       <c r="H1" s="44"/>
       <c r="I1" s="45"/>
       <c r="J1" s="42"/>
       <c r="K1" s="42"/>
       <c r="L1" s="42"/>
       <c r="M1" s="42"/>
     </row>
     <row r="2" spans="1:13" ht="16.5" customHeight="1">
       <c r="A2" s="46" t="s">
         <v>123</v>
       </c>
       <c r="B2" s="243"/>
       <c r="C2" s="244"/>
       <c r="F2" s="46" t="s">
         <v>2</v>
       </c>
       <c r="G2" s="48"/>
       <c r="H2" s="48"/>
       <c r="I2" s="48"/>
     </row>
-    <row r="3" spans="1:13" ht="15.6">
+    <row r="3" spans="1:13" ht="15.75">
       <c r="A3" s="46" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="47">
         <f>('Maturity Curve'!B3)</f>
         <v>0</v>
       </c>
       <c r="C3" s="48"/>
       <c r="D3" s="42"/>
       <c r="E3" s="40"/>
       <c r="F3" s="46" t="s">
         <v>46</v>
       </c>
       <c r="G3" s="47"/>
       <c r="H3" s="47"/>
       <c r="I3" s="47"/>
       <c r="J3" s="40"/>
       <c r="K3" s="46" t="s">
         <v>3</v>
       </c>
       <c r="L3" s="48"/>
       <c r="M3" s="48"/>
     </row>
-    <row r="4" spans="1:13" ht="17.399999999999999">
+    <row r="4" spans="1:13" ht="18">
       <c r="A4" s="46" t="s">
         <v>4</v>
       </c>
       <c r="B4" s="47">
         <f>('Maturity Curve'!B4)</f>
         <v>0</v>
       </c>
       <c r="C4" s="47"/>
       <c r="D4" s="40"/>
       <c r="E4" s="40"/>
       <c r="F4" s="4" t="s">
         <v>126</v>
       </c>
       <c r="G4" s="176"/>
       <c r="H4" s="158"/>
       <c r="I4" s="158"/>
       <c r="J4" s="40"/>
       <c r="K4" s="46" t="s">
         <v>101</v>
       </c>
       <c r="L4" s="158"/>
       <c r="M4" s="231"/>
     </row>
-    <row r="5" spans="1:13" ht="16.2" thickBot="1">
+    <row r="5" spans="1:13" ht="16.5" thickBot="1">
       <c r="A5" s="49"/>
       <c r="B5" s="40"/>
       <c r="C5" s="40"/>
       <c r="D5" s="40"/>
       <c r="E5" s="40"/>
       <c r="F5" s="46"/>
       <c r="G5" s="40"/>
       <c r="H5" s="40"/>
       <c r="I5" s="40"/>
       <c r="J5" s="46"/>
       <c r="K5" s="40"/>
       <c r="L5" s="50"/>
     </row>
-    <row r="6" spans="1:13" ht="15.6">
+    <row r="6" spans="1:13" ht="15.75">
       <c r="A6" s="49"/>
       <c r="B6" s="51" t="s">
         <v>8</v>
       </c>
       <c r="C6" s="52" t="s">
         <v>9</v>
       </c>
       <c r="D6" s="52" t="s">
         <v>10</v>
       </c>
       <c r="E6" s="52" t="s">
         <v>91</v>
       </c>
       <c r="F6" s="52" t="s">
         <v>89</v>
       </c>
       <c r="G6" s="52" t="s">
         <v>87</v>
       </c>
       <c r="H6" s="52" t="s">
         <v>11</v>
       </c>
       <c r="I6" s="52" t="s">
         <v>12</v>
       </c>
       <c r="J6" s="52" t="s">
         <v>12</v>
       </c>
       <c r="K6" s="53" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="7" spans="1:13" ht="15.6">
+    <row r="7" spans="1:13" ht="15.75">
       <c r="A7" s="49"/>
       <c r="B7" s="54"/>
       <c r="C7" s="55" t="s">
         <v>14</v>
       </c>
       <c r="D7" s="55" t="s">
         <v>15</v>
       </c>
       <c r="E7" s="55"/>
       <c r="F7" s="55"/>
       <c r="G7" s="55" t="s">
         <v>16</v>
       </c>
       <c r="H7" s="55" t="s">
         <v>14</v>
       </c>
       <c r="I7" s="55" t="s">
         <v>17</v>
       </c>
       <c r="J7" s="55" t="s">
         <v>18</v>
       </c>
       <c r="K7" s="56" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="8" spans="1:13" ht="16.2" thickBot="1">
+    <row r="8" spans="1:13" ht="16.5" thickBot="1">
       <c r="A8" s="49"/>
       <c r="B8" s="57"/>
       <c r="C8" s="58" t="s">
         <v>20</v>
       </c>
       <c r="D8" s="58" t="s">
         <v>21</v>
       </c>
       <c r="E8" s="58" t="s">
         <v>21</v>
       </c>
       <c r="F8" s="58" t="s">
         <v>21</v>
       </c>
       <c r="G8" s="58" t="s">
         <v>22</v>
       </c>
       <c r="H8" s="58" t="s">
         <v>47</v>
       </c>
       <c r="I8" s="58"/>
       <c r="J8" s="58"/>
       <c r="K8" s="59"/>
     </row>
-    <row r="9" spans="1:13" ht="15.6">
+    <row r="9" spans="1:13" ht="15.75">
       <c r="A9" s="49"/>
       <c r="B9" s="54"/>
       <c r="C9" s="60" t="s">
         <v>25</v>
       </c>
       <c r="D9" s="60"/>
       <c r="E9" s="60" t="s">
         <v>25</v>
       </c>
       <c r="F9" s="60" t="s">
         <v>25</v>
       </c>
       <c r="G9" s="61"/>
       <c r="H9" s="60" t="s">
         <v>25</v>
       </c>
       <c r="I9" s="60" t="s">
         <v>25</v>
       </c>
       <c r="J9" s="60" t="s">
         <v>25</v>
       </c>
       <c r="K9" s="62"/>
     </row>
-    <row r="10" spans="1:13" ht="15.6">
+    <row r="10" spans="1:13" ht="15.75">
       <c r="A10" s="49"/>
       <c r="B10" s="54">
         <v>1</v>
       </c>
       <c r="C10" s="21"/>
       <c r="D10" s="21"/>
       <c r="E10" s="22">
         <v>8</v>
       </c>
       <c r="F10" s="22">
         <v>4</v>
       </c>
       <c r="G10" s="23">
         <f>IF(F10="","",ROUND((C10/((PI()*(F10/2)^2))),-1))</f>
         <v>0</v>
       </c>
       <c r="H10" s="164"/>
       <c r="I10" s="21"/>
       <c r="J10" s="21"/>
       <c r="K10" s="24">
         <f>(I10+J10)/2</f>
         <v>0</v>
       </c>
     </row>
-    <row r="11" spans="1:13" ht="15.6">
+    <row r="11" spans="1:13" ht="15.75">
       <c r="A11" s="49"/>
       <c r="B11" s="54">
         <v>2</v>
       </c>
       <c r="C11" s="21"/>
       <c r="D11" s="21"/>
       <c r="E11" s="22">
         <v>8</v>
       </c>
       <c r="F11" s="22">
         <v>4</v>
       </c>
       <c r="G11" s="23">
         <f>IF(F11="","",ROUND((C11/((PI()*(F11/2)^2))),-1))</f>
         <v>0</v>
       </c>
       <c r="H11" s="164"/>
       <c r="I11" s="21"/>
       <c r="J11" s="21"/>
       <c r="K11" s="24">
         <f>(I11+J11)/2</f>
         <v>0</v>
       </c>
     </row>
-    <row r="12" spans="1:13" ht="16.2" thickBot="1">
+    <row r="12" spans="1:13" ht="16.5" thickBot="1">
       <c r="A12" s="49"/>
       <c r="B12" s="57">
         <v>3</v>
       </c>
       <c r="C12" s="63"/>
       <c r="D12" s="63"/>
       <c r="E12" s="64">
         <v>8</v>
       </c>
       <c r="F12" s="64">
         <v>4</v>
       </c>
       <c r="G12" s="65">
         <f>IF(F12="","",ROUND((C12/((PI()*(F12/2)^2))),-1))</f>
         <v>0</v>
       </c>
       <c r="H12" s="165"/>
       <c r="I12" s="63"/>
       <c r="J12" s="63"/>
       <c r="K12" s="66">
         <f>(I12+J12)/2</f>
         <v>0</v>
       </c>
     </row>
-    <row r="13" spans="1:13" ht="15.6">
+    <row r="13" spans="1:13" ht="15.75">
       <c r="A13" s="49"/>
       <c r="B13" s="40"/>
       <c r="C13" s="40"/>
       <c r="D13" s="40"/>
       <c r="E13" s="40"/>
       <c r="F13" s="46"/>
       <c r="G13" s="40"/>
       <c r="H13" s="40"/>
       <c r="I13" s="40"/>
       <c r="J13" s="46"/>
       <c r="K13" s="40"/>
       <c r="L13" s="50"/>
     </row>
-    <row r="14" spans="1:13" ht="17.399999999999999">
+    <row r="14" spans="1:13" ht="18">
       <c r="B14" s="46" t="s">
         <v>27</v>
       </c>
       <c r="C14" s="176"/>
       <c r="D14" s="160"/>
     </row>
-    <row r="15" spans="1:13" ht="17.399999999999999">
+    <row r="15" spans="1:13" ht="18">
       <c r="A15" s="40"/>
       <c r="B15" s="46" t="s">
         <v>28</v>
       </c>
       <c r="C15" s="176"/>
       <c r="D15" s="160"/>
       <c r="E15" s="67" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="16" spans="1:13" ht="17.399999999999999">
+    <row r="16" spans="1:13" ht="18">
       <c r="A16" s="40"/>
       <c r="B16" s="46" t="s">
         <v>48</v>
       </c>
       <c r="C16" s="176"/>
       <c r="D16" s="160"/>
       <c r="E16" s="67" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="17" spans="1:5" ht="20.399999999999999">
-      <c r="A17" s="360" t="s">
+    <row r="17" spans="1:5" ht="22.5">
+      <c r="A17" s="361" t="s">
         <v>125</v>
       </c>
-      <c r="B17" s="360"/>
+      <c r="B17" s="361"/>
       <c r="C17" s="251" t="str">
         <f>IF(C16&gt;0, C16+0.02,"")</f>
         <v/>
       </c>
       <c r="D17" s="252"/>
       <c r="E17" s="255" t="s">
         <v>127</v>
       </c>
     </row>
-    <row r="18" spans="1:5" ht="17.399999999999999">
+    <row r="18" spans="1:5" ht="18">
       <c r="A18" s="40"/>
       <c r="B18" s="46" t="s">
         <v>29</v>
       </c>
       <c r="C18" s="182" t="str">
         <f>('Maturity Curve'!D32)</f>
         <v>C-3WR</v>
       </c>
       <c r="D18" s="47"/>
       <c r="E18" s="67" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="19" spans="1:5" ht="17.399999999999999">
+    <row r="19" spans="1:5" ht="18">
       <c r="A19" s="40"/>
       <c r="B19" s="46" t="s">
         <v>49</v>
       </c>
       <c r="C19" s="182">
         <f>('Maturity Curve'!D33)</f>
         <v>0</v>
       </c>
       <c r="D19" s="47"/>
       <c r="E19" s="245" t="s">
         <v>124</v>
       </c>
     </row>
-    <row r="20" spans="1:5" ht="17.399999999999999">
+    <row r="20" spans="1:5" ht="18">
       <c r="A20" s="40"/>
       <c r="B20" s="46" t="s">
         <v>108</v>
       </c>
       <c r="C20" s="182">
         <f>('Maturity Curve'!D34)</f>
         <v>0</v>
       </c>
       <c r="D20" s="47"/>
       <c r="E20" s="246"/>
     </row>
-    <row r="21" spans="1:5" ht="17.399999999999999">
+    <row r="21" spans="1:5" ht="18">
       <c r="A21" s="40"/>
       <c r="B21" s="46" t="s">
         <v>50</v>
       </c>
       <c r="C21" s="182">
         <f>('Maturity Curve'!D35)</f>
         <v>0</v>
       </c>
       <c r="D21" s="47"/>
       <c r="E21" s="246"/>
     </row>
-    <row r="22" spans="1:5" ht="17.399999999999999">
+    <row r="22" spans="1:5" ht="18">
       <c r="A22" s="40"/>
       <c r="B22" s="46" t="s">
         <v>51</v>
       </c>
       <c r="C22" s="182">
         <f>('Maturity Curve'!D36)</f>
         <v>0</v>
       </c>
       <c r="D22" s="47"/>
       <c r="E22" s="246"/>
     </row>
-    <row r="23" spans="1:5" ht="17.399999999999999">
+    <row r="23" spans="1:5" ht="18">
       <c r="A23" s="40"/>
       <c r="B23" s="46" t="s">
         <v>109</v>
       </c>
       <c r="C23" s="182">
         <f>('Maturity Curve'!D37)</f>
         <v>0</v>
       </c>
       <c r="D23" s="47"/>
       <c r="E23" s="246"/>
     </row>
-    <row r="24" spans="1:5" ht="17.399999999999999">
+    <row r="24" spans="1:5" ht="18">
       <c r="A24" s="40"/>
       <c r="B24" s="46" t="s">
         <v>52</v>
       </c>
       <c r="C24" s="182">
         <f>('Maturity Curve'!D38)</f>
         <v>0</v>
       </c>
       <c r="D24" s="47"/>
       <c r="E24" s="246"/>
     </row>
-    <row r="25" spans="1:5" ht="17.399999999999999">
+    <row r="25" spans="1:5" ht="18">
       <c r="A25" s="40"/>
       <c r="B25" s="46" t="s">
         <v>53</v>
       </c>
       <c r="C25" s="182">
         <f>('Maturity Curve'!D39)</f>
         <v>0</v>
       </c>
       <c r="D25" s="47"/>
       <c r="E25" s="246"/>
     </row>
-    <row r="26" spans="1:5" ht="17.399999999999999">
+    <row r="26" spans="1:5" ht="18">
       <c r="A26" s="40"/>
       <c r="B26" s="46" t="s">
         <v>35</v>
       </c>
       <c r="C26" s="182">
         <f>('Maturity Curve'!D40)</f>
         <v>0</v>
       </c>
       <c r="D26" s="47"/>
       <c r="E26" s="246"/>
     </row>
-    <row r="27" spans="1:5" ht="17.399999999999999">
+    <row r="27" spans="1:5" ht="18">
       <c r="A27" s="40"/>
       <c r="B27" s="46" t="s">
         <v>54</v>
       </c>
       <c r="C27" s="182">
         <f>('Maturity Curve'!D41)</f>
         <v>0</v>
       </c>
       <c r="D27" s="47"/>
       <c r="E27" s="247"/>
     </row>
-    <row r="28" spans="1:5" ht="17.399999999999999">
+    <row r="28" spans="1:5" ht="18">
       <c r="A28" s="40"/>
       <c r="B28" s="46" t="s">
         <v>35</v>
       </c>
       <c r="C28" s="182">
         <f>('Maturity Curve'!D42)</f>
         <v>0</v>
       </c>
       <c r="D28" s="47"/>
       <c r="E28" s="247"/>
     </row>
     <row r="29" spans="1:5">
       <c r="B29" s="254" t="s">
         <v>97</v>
       </c>
       <c r="C29" s="258">
         <f>'Maturity Curve'!D44</f>
         <v>4000</v>
       </c>
       <c r="D29" s="33" t="s">
         <v>38</v>
       </c>
       <c r="E29" s="247"/>
     </row>
-    <row r="30" spans="1:5" ht="15.6">
+    <row r="30" spans="1:5">
       <c r="A30" s="40"/>
       <c r="B30" s="68" t="s">
         <v>122</v>
       </c>
       <c r="C30" s="69"/>
       <c r="D30" s="70"/>
     </row>
     <row r="31" spans="1:5">
       <c r="A31" s="40"/>
       <c r="B31" s="71"/>
       <c r="C31" s="40"/>
     </row>
-    <row r="32" spans="1:5" ht="15.6">
+    <row r="32" spans="1:5" ht="15.75">
       <c r="A32" s="40"/>
       <c r="B32" s="72" t="s">
         <v>55</v>
       </c>
       <c r="C32" s="153">
         <f>(K11)</f>
         <v>0</v>
       </c>
       <c r="D32" s="154"/>
     </row>
-    <row r="33" spans="1:13" ht="15.6">
+    <row r="33" spans="1:13" ht="15.75">
       <c r="A33" s="40"/>
       <c r="B33" s="74"/>
       <c r="C33" s="152"/>
       <c r="D33" s="73"/>
     </row>
-    <row r="34" spans="1:13" ht="15.6">
+    <row r="34" spans="1:13" ht="15.75">
       <c r="A34" s="40"/>
       <c r="B34" s="75" t="s">
         <v>92</v>
       </c>
       <c r="C34" s="172"/>
       <c r="D34" s="76"/>
     </row>
-    <row r="35" spans="1:13" ht="15.6">
+    <row r="35" spans="1:13" ht="15.75">
       <c r="A35" s="40"/>
       <c r="B35" s="77" t="s">
         <v>22</v>
       </c>
       <c r="C35" s="173">
         <f>(G10)</f>
         <v>0</v>
       </c>
       <c r="D35" s="78"/>
     </row>
-    <row r="36" spans="1:13" ht="15.6">
+    <row r="36" spans="1:13" ht="15.75">
       <c r="A36" s="40"/>
       <c r="B36" s="75" t="s">
         <v>93</v>
       </c>
       <c r="C36" s="152" t="s">
         <v>7</v>
       </c>
       <c r="D36" s="79"/>
     </row>
-    <row r="37" spans="1:13" ht="15.6">
+    <row r="37" spans="1:13" ht="15.75">
       <c r="A37" s="40"/>
       <c r="B37" s="77" t="s">
         <v>22</v>
       </c>
       <c r="C37" s="153">
         <f>(G11)</f>
         <v>0</v>
       </c>
       <c r="D37" s="79"/>
     </row>
-    <row r="38" spans="1:13" ht="15.6">
+    <row r="38" spans="1:13" ht="15.75">
       <c r="A38" s="40"/>
       <c r="B38" s="75" t="s">
         <v>94</v>
       </c>
       <c r="C38" s="152"/>
       <c r="D38" s="79"/>
     </row>
-    <row r="39" spans="1:13" ht="15.6">
+    <row r="39" spans="1:13" ht="15.75">
       <c r="A39" s="40"/>
       <c r="B39" s="77" t="s">
         <v>22</v>
       </c>
       <c r="C39" s="153">
         <f>(G12)</f>
         <v>0</v>
       </c>
       <c r="D39" s="79"/>
     </row>
-    <row r="40" spans="1:13" ht="15.6">
+    <row r="40" spans="1:13" ht="15.75">
       <c r="A40" s="40"/>
       <c r="B40" s="75" t="s">
         <v>95</v>
       </c>
       <c r="C40" s="152"/>
       <c r="D40" s="39"/>
     </row>
-    <row r="41" spans="1:13" ht="15.6">
+    <row r="41" spans="1:13" ht="15.75">
       <c r="A41" s="40"/>
       <c r="B41" s="77" t="s">
         <v>22</v>
       </c>
       <c r="C41" s="153">
         <f>(+$C35+$C37+$C39)/3</f>
         <v>0</v>
       </c>
     </row>
-    <row r="42" spans="1:13" ht="15.6">
+    <row r="42" spans="1:13" ht="15.75">
       <c r="A42" s="40"/>
       <c r="B42" s="80"/>
       <c r="C42" s="20"/>
       <c r="D42" s="39"/>
     </row>
-    <row r="43" spans="1:13" ht="15.6">
+    <row r="43" spans="1:13" ht="15.75">
       <c r="A43" s="166"/>
       <c r="B43" s="167" t="s">
         <v>98</v>
       </c>
       <c r="C43" s="168"/>
       <c r="D43" s="169">
         <v>500</v>
       </c>
     </row>
-    <row r="44" spans="1:13" ht="15.6">
+    <row r="44" spans="1:13" ht="15.75">
       <c r="A44" s="40"/>
       <c r="B44" s="72" t="s">
         <v>56</v>
       </c>
       <c r="C44" s="20"/>
       <c r="D44" s="82" t="s">
         <v>57</v>
       </c>
       <c r="E44" s="20" t="s">
         <v>7</v>
       </c>
       <c r="F44" s="40"/>
       <c r="G44" s="40"/>
       <c r="H44" s="40"/>
       <c r="I44" s="40" t="s">
         <v>41</v>
       </c>
       <c r="J44" s="161"/>
       <c r="K44" s="162"/>
       <c r="L44" s="162"/>
       <c r="M44" s="163"/>
     </row>
-    <row r="45" spans="1:13" ht="15.6">
+    <row r="45" spans="1:13" ht="15.75">
       <c r="A45" s="40"/>
       <c r="B45" s="72" t="s">
         <v>58</v>
       </c>
       <c r="C45" s="153" t="e">
         <f>(Regression!$C5+(LOG(C32)*Regression!$C10))</f>
         <v>#NUM!</v>
       </c>
       <c r="D45" s="81" t="s">
         <v>86</v>
       </c>
       <c r="E45" s="153" t="e">
         <f>$C$45-D43</f>
         <v>#NUM!</v>
       </c>
       <c r="F45" s="84" t="s">
         <v>120</v>
       </c>
       <c r="G45" s="40"/>
       <c r="H45" s="40"/>
       <c r="I45" s="161"/>
       <c r="J45" s="162"/>
       <c r="K45" s="162"/>
       <c r="L45" s="162"/>
       <c r="M45" s="163"/>
     </row>
-    <row r="46" spans="1:13" ht="15.6">
+    <row r="46" spans="1:13" ht="15.75">
       <c r="A46" s="40"/>
       <c r="B46" s="83"/>
       <c r="C46" s="152"/>
       <c r="D46" s="74"/>
       <c r="E46" s="152"/>
       <c r="F46" s="174" t="e">
         <f>IF($C$41&gt;$E$47,"Above Upper Limit",IF($C$41&lt;$E$45,"Out of Range","OK"))</f>
         <v>#NUM!</v>
       </c>
       <c r="G46" s="175"/>
       <c r="H46" s="40"/>
       <c r="I46" s="161"/>
       <c r="J46" s="162"/>
       <c r="K46" s="162"/>
       <c r="L46" s="162"/>
       <c r="M46" s="163"/>
     </row>
-    <row r="47" spans="1:13" ht="15.6">
+    <row r="47" spans="1:13" ht="15.75">
       <c r="A47" s="40"/>
       <c r="B47" s="40"/>
       <c r="C47" s="20"/>
       <c r="D47" s="81" t="s">
         <v>59</v>
       </c>
       <c r="E47" s="153" t="e">
         <f>$C45+D43</f>
         <v>#NUM!</v>
       </c>
       <c r="F47" s="40"/>
       <c r="G47" s="40"/>
       <c r="H47" s="40"/>
       <c r="I47" s="161"/>
       <c r="J47" s="162"/>
       <c r="K47" s="162"/>
       <c r="L47" s="162"/>
       <c r="M47" s="163"/>
     </row>
-    <row r="48" spans="1:13" ht="15.6">
+    <row r="48" spans="1:13" ht="15.75">
       <c r="A48" s="40"/>
       <c r="B48" s="40"/>
       <c r="C48" s="40"/>
       <c r="D48" s="74"/>
       <c r="E48" s="40"/>
       <c r="F48" s="40"/>
       <c r="G48" s="40"/>
       <c r="H48" s="40"/>
       <c r="I48" s="161"/>
       <c r="J48" s="162"/>
       <c r="K48" s="162"/>
       <c r="L48" s="162"/>
       <c r="M48" s="163"/>
     </row>
     <row r="49" spans="1:13">
       <c r="A49" s="40"/>
       <c r="B49" s="40"/>
       <c r="C49" s="40"/>
       <c r="D49" s="40"/>
       <c r="E49" s="40"/>
       <c r="F49" s="40"/>
       <c r="G49" s="40"/>
       <c r="H49" s="40"/>
       <c r="I49" s="161"/>
       <c r="J49" s="162"/>
       <c r="K49" s="162"/>
       <c r="L49" s="162"/>
       <c r="M49" s="163"/>
     </row>
-    <row r="50" spans="1:13" ht="15.6">
+    <row r="50" spans="1:13" ht="15.75">
       <c r="A50" s="40"/>
       <c r="C50" s="39"/>
       <c r="F50" s="40"/>
       <c r="H50" s="40"/>
       <c r="I50" s="170" t="s">
         <v>121</v>
       </c>
       <c r="J50" s="171"/>
       <c r="K50" s="171"/>
       <c r="L50" s="171"/>
       <c r="M50" s="163"/>
     </row>
-    <row r="51" spans="1:13" ht="15.6">
+    <row r="51" spans="1:13" ht="15.75">
       <c r="A51" s="85"/>
       <c r="B51" s="40"/>
       <c r="C51" s="40"/>
       <c r="D51" s="40"/>
       <c r="E51" s="40"/>
       <c r="F51" s="40"/>
       <c r="G51" s="40"/>
       <c r="H51" s="40"/>
       <c r="I51" s="170" t="s">
         <v>99</v>
       </c>
       <c r="J51" s="171"/>
       <c r="K51" s="171"/>
       <c r="L51" s="171"/>
       <c r="M51" s="163"/>
     </row>
-    <row r="52" spans="1:13" ht="15.6">
+    <row r="52" spans="1:13">
       <c r="A52" s="85"/>
       <c r="B52" s="40"/>
       <c r="C52" s="40"/>
       <c r="D52" s="40"/>
       <c r="E52" s="86" t="s">
         <v>40</v>
       </c>
       <c r="F52" s="47">
         <f>'Maturity Curve'!D50</f>
         <v>0</v>
       </c>
       <c r="G52" s="47"/>
       <c r="H52" s="47">
         <f>'Maturity Curve'!G50</f>
         <v>0</v>
       </c>
     </row>
     <row r="53" spans="1:13">
       <c r="A53" s="40"/>
       <c r="B53" s="40"/>
       <c r="C53" s="40"/>
       <c r="D53" s="40"/>
       <c r="E53" s="40"/>
       <c r="F53" s="42"/>
       <c r="G53" s="42"/>
       <c r="H53" s="42"/>
     </row>
-    <row r="55" spans="1:13" ht="15.6">
+    <row r="55" spans="1:13">
       <c r="A55" s="40"/>
       <c r="B55" s="40"/>
       <c r="C55" s="40"/>
       <c r="D55" s="40"/>
       <c r="E55" s="86" t="s">
         <v>60</v>
       </c>
       <c r="F55" s="47" t="str">
         <f>'Maturity Curve'!E52</f>
         <v xml:space="preserve"> </v>
       </c>
       <c r="G55" s="47"/>
       <c r="H55" s="47"/>
       <c r="M55" s="87" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="56" spans="1:13">
       <c r="A56" s="40"/>
       <c r="B56" s="40"/>
       <c r="C56" s="40"/>
       <c r="D56" s="40"/>
       <c r="E56" s="40"/>
       <c r="F56" s="42"/>
       <c r="G56" s="42"/>
@@ -28384,845 +28543,845 @@
       <c r="I58" s="40"/>
       <c r="J58" s="40"/>
       <c r="K58" s="40"/>
     </row>
   </sheetData>
   <sheetProtection algorithmName="SHA-512" hashValue="z/yxE2WgAQt+H/Eh0EK0URkbvgB3PSbKd7VgP5lY5c/lEf8FxYoMraUoflOl1UiYhKDrysIrOQIip6ZPU5d4sQ==" saltValue="ZwTiavU6DUWvkqfidgriPw==" spinCount="100000" sheet="1"/>
   <mergeCells count="1">
     <mergeCell ref="A17:B17"/>
   </mergeCells>
   <pageMargins left="0.5" right="0.58699999999999997" top="0.5" bottom="0.5" header="0.5" footer="0.5"/>
   <pageSetup scale="59" orientation="landscape" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0600-000000000000}">
   <sheetPr transitionEvaluation="1"/>
   <dimension ref="A1:M58"/>
   <sheetViews>
     <sheetView defaultGridColor="0" view="pageBreakPreview" colorId="22" zoomScale="60" zoomScaleNormal="50" workbookViewId="0">
       <selection activeCell="C14" sqref="C14"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.81640625" defaultRowHeight="15"/>
+  <sheetFormatPr defaultColWidth="9.77734375" defaultRowHeight="15"/>
   <cols>
-    <col min="1" max="1" width="16.6328125" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="5" max="5" width="13.81640625" customWidth="1"/>
+    <col min="1" max="1" width="16.6640625" customWidth="1"/>
+    <col min="2" max="2" width="13.77734375" customWidth="1"/>
+    <col min="3" max="3" width="10.88671875" customWidth="1"/>
+    <col min="5" max="5" width="13.77734375" customWidth="1"/>
     <col min="7" max="7" width="12" customWidth="1"/>
-    <col min="8" max="8" width="11.81640625" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="10" max="10" width="11.81640625" customWidth="1"/>
+    <col min="8" max="8" width="11.77734375" customWidth="1"/>
+    <col min="9" max="9" width="10.77734375" customWidth="1"/>
+    <col min="10" max="10" width="11.77734375" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:13" ht="15.6">
+    <row r="1" spans="1:13" ht="15.75">
       <c r="A1" s="41" t="s">
         <v>100</v>
       </c>
       <c r="B1" s="42"/>
       <c r="C1" s="42"/>
       <c r="D1" s="42"/>
       <c r="E1" s="43"/>
       <c r="F1" s="44"/>
       <c r="G1" s="44"/>
       <c r="H1" s="44"/>
       <c r="I1" s="45"/>
       <c r="J1" s="42"/>
       <c r="K1" s="42"/>
       <c r="L1" s="42"/>
       <c r="M1" s="42"/>
     </row>
     <row r="2" spans="1:13" ht="16.5" customHeight="1">
       <c r="A2" s="46" t="s">
         <v>123</v>
       </c>
       <c r="B2" s="243"/>
       <c r="C2" s="244"/>
       <c r="F2" s="46" t="s">
         <v>2</v>
       </c>
       <c r="G2" s="48"/>
       <c r="H2" s="48"/>
       <c r="I2" s="48"/>
     </row>
-    <row r="3" spans="1:13" ht="15.6">
+    <row r="3" spans="1:13" ht="15.75">
       <c r="A3" s="46" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="47">
         <f>('Maturity Curve'!B3)</f>
         <v>0</v>
       </c>
       <c r="C3" s="48"/>
       <c r="D3" s="42"/>
       <c r="E3" s="40"/>
       <c r="F3" s="46" t="s">
         <v>46</v>
       </c>
       <c r="G3" s="47"/>
       <c r="H3" s="47"/>
       <c r="I3" s="47"/>
       <c r="J3" s="40"/>
       <c r="K3" s="46" t="s">
         <v>3</v>
       </c>
       <c r="L3" s="48"/>
       <c r="M3" s="48"/>
     </row>
-    <row r="4" spans="1:13" ht="17.399999999999999">
+    <row r="4" spans="1:13" ht="18">
       <c r="A4" s="46" t="s">
         <v>4</v>
       </c>
       <c r="B4" s="47">
         <f>('Maturity Curve'!B4)</f>
         <v>0</v>
       </c>
       <c r="C4" s="47"/>
       <c r="D4" s="40"/>
       <c r="E4" s="40"/>
       <c r="F4" s="4" t="s">
         <v>126</v>
       </c>
       <c r="G4" s="176"/>
       <c r="H4" s="158"/>
       <c r="I4" s="158"/>
       <c r="J4" s="40"/>
       <c r="K4" s="46" t="s">
         <v>101</v>
       </c>
       <c r="L4" s="158"/>
       <c r="M4" s="231"/>
     </row>
-    <row r="5" spans="1:13" ht="16.2" thickBot="1">
+    <row r="5" spans="1:13" ht="16.5" thickBot="1">
       <c r="A5" s="49"/>
       <c r="B5" s="40"/>
       <c r="C5" s="40"/>
       <c r="D5" s="40"/>
       <c r="E5" s="40"/>
       <c r="F5" s="46"/>
       <c r="G5" s="40"/>
       <c r="H5" s="40"/>
       <c r="I5" s="40"/>
       <c r="J5" s="46"/>
       <c r="K5" s="40"/>
       <c r="L5" s="50"/>
     </row>
-    <row r="6" spans="1:13" ht="15.6">
+    <row r="6" spans="1:13" ht="15.75">
       <c r="A6" s="49"/>
       <c r="B6" s="51" t="s">
         <v>8</v>
       </c>
       <c r="C6" s="52" t="s">
         <v>9</v>
       </c>
       <c r="D6" s="52" t="s">
         <v>10</v>
       </c>
       <c r="E6" s="52" t="s">
         <v>91</v>
       </c>
       <c r="F6" s="52" t="s">
         <v>89</v>
       </c>
       <c r="G6" s="52" t="s">
         <v>87</v>
       </c>
       <c r="H6" s="52" t="s">
         <v>11</v>
       </c>
       <c r="I6" s="52" t="s">
         <v>12</v>
       </c>
       <c r="J6" s="52" t="s">
         <v>12</v>
       </c>
       <c r="K6" s="53" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="7" spans="1:13" ht="15.6">
+    <row r="7" spans="1:13" ht="15.75">
       <c r="A7" s="49"/>
       <c r="B7" s="54"/>
       <c r="C7" s="55" t="s">
         <v>14</v>
       </c>
       <c r="D7" s="55" t="s">
         <v>15</v>
       </c>
       <c r="E7" s="55"/>
       <c r="F7" s="55"/>
       <c r="G7" s="55" t="s">
         <v>16</v>
       </c>
       <c r="H7" s="55" t="s">
         <v>14</v>
       </c>
       <c r="I7" s="55" t="s">
         <v>17</v>
       </c>
       <c r="J7" s="55" t="s">
         <v>18</v>
       </c>
       <c r="K7" s="56" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="8" spans="1:13" ht="16.2" thickBot="1">
+    <row r="8" spans="1:13" ht="16.5" thickBot="1">
       <c r="A8" s="49"/>
       <c r="B8" s="57"/>
       <c r="C8" s="58" t="s">
         <v>20</v>
       </c>
       <c r="D8" s="58" t="s">
         <v>21</v>
       </c>
       <c r="E8" s="58" t="s">
         <v>21</v>
       </c>
       <c r="F8" s="58" t="s">
         <v>21</v>
       </c>
       <c r="G8" s="58" t="s">
         <v>22</v>
       </c>
       <c r="H8" s="58" t="s">
         <v>47</v>
       </c>
       <c r="I8" s="58"/>
       <c r="J8" s="58"/>
       <c r="K8" s="59"/>
     </row>
-    <row r="9" spans="1:13" ht="15.6">
+    <row r="9" spans="1:13" ht="15.75">
       <c r="A9" s="49"/>
       <c r="B9" s="54"/>
       <c r="C9" s="60" t="s">
         <v>25</v>
       </c>
       <c r="D9" s="60"/>
       <c r="E9" s="60" t="s">
         <v>25</v>
       </c>
       <c r="F9" s="60" t="s">
         <v>25</v>
       </c>
       <c r="G9" s="61"/>
       <c r="H9" s="60" t="s">
         <v>25</v>
       </c>
       <c r="I9" s="60" t="s">
         <v>25</v>
       </c>
       <c r="J9" s="60" t="s">
         <v>25</v>
       </c>
       <c r="K9" s="62"/>
     </row>
-    <row r="10" spans="1:13" ht="15.6">
+    <row r="10" spans="1:13" ht="15.75">
       <c r="A10" s="49"/>
       <c r="B10" s="54">
         <v>1</v>
       </c>
       <c r="C10" s="21"/>
       <c r="D10" s="21"/>
       <c r="E10" s="22">
         <v>8</v>
       </c>
       <c r="F10" s="22">
         <v>4</v>
       </c>
       <c r="G10" s="23">
         <f>IF(F10="","",ROUND((C10/((PI()*(F10/2)^2))),-1))</f>
         <v>0</v>
       </c>
       <c r="H10" s="164"/>
       <c r="I10" s="21"/>
       <c r="J10" s="21"/>
       <c r="K10" s="24">
         <f>(I10+J10)/2</f>
         <v>0</v>
       </c>
     </row>
-    <row r="11" spans="1:13" ht="15.6">
+    <row r="11" spans="1:13" ht="15.75">
       <c r="A11" s="49"/>
       <c r="B11" s="54">
         <v>2</v>
       </c>
       <c r="C11" s="21"/>
       <c r="D11" s="21"/>
       <c r="E11" s="22">
         <v>8</v>
       </c>
       <c r="F11" s="22">
         <v>4</v>
       </c>
       <c r="G11" s="23">
         <f>IF(F11="","",ROUND((C11/((PI()*(F11/2)^2))),-1))</f>
         <v>0</v>
       </c>
       <c r="H11" s="164"/>
       <c r="I11" s="21"/>
       <c r="J11" s="21"/>
       <c r="K11" s="24">
         <f>(I11+J11)/2</f>
         <v>0</v>
       </c>
     </row>
-    <row r="12" spans="1:13" ht="16.2" thickBot="1">
+    <row r="12" spans="1:13" ht="16.5" thickBot="1">
       <c r="A12" s="49"/>
       <c r="B12" s="57">
         <v>3</v>
       </c>
       <c r="C12" s="63"/>
       <c r="D12" s="63"/>
       <c r="E12" s="64">
         <v>8</v>
       </c>
       <c r="F12" s="64">
         <v>4</v>
       </c>
       <c r="G12" s="65">
         <f>IF(F12="","",ROUND((C12/((PI()*(F12/2)^2))),-1))</f>
         <v>0</v>
       </c>
       <c r="H12" s="165"/>
       <c r="I12" s="63"/>
       <c r="J12" s="63"/>
       <c r="K12" s="66">
         <f>(I12+J12)/2</f>
         <v>0</v>
       </c>
     </row>
-    <row r="13" spans="1:13" ht="15.6">
+    <row r="13" spans="1:13" ht="15.75">
       <c r="A13" s="49"/>
       <c r="B13" s="40"/>
       <c r="C13" s="40"/>
       <c r="D13" s="40"/>
       <c r="E13" s="40"/>
       <c r="F13" s="46"/>
       <c r="G13" s="40"/>
       <c r="H13" s="40"/>
       <c r="I13" s="40"/>
       <c r="J13" s="46"/>
       <c r="K13" s="40"/>
       <c r="L13" s="50"/>
     </row>
-    <row r="14" spans="1:13" ht="17.399999999999999">
+    <row r="14" spans="1:13" ht="18">
       <c r="B14" s="46" t="s">
         <v>27</v>
       </c>
       <c r="C14" s="176"/>
       <c r="D14" s="160"/>
     </row>
-    <row r="15" spans="1:13" ht="17.399999999999999">
+    <row r="15" spans="1:13" ht="18">
       <c r="A15" s="40"/>
       <c r="B15" s="46" t="s">
         <v>28</v>
       </c>
       <c r="C15" s="176"/>
       <c r="D15" s="160"/>
       <c r="E15" s="67" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="16" spans="1:13" ht="17.399999999999999">
+    <row r="16" spans="1:13" ht="18">
       <c r="A16" s="40"/>
       <c r="B16" s="46" t="s">
         <v>48</v>
       </c>
       <c r="C16" s="176"/>
       <c r="D16" s="160"/>
       <c r="E16" s="67" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="17" spans="1:5" ht="20.399999999999999">
-      <c r="A17" s="360" t="s">
+    <row r="17" spans="1:5" ht="22.5">
+      <c r="A17" s="361" t="s">
         <v>125</v>
       </c>
-      <c r="B17" s="360"/>
+      <c r="B17" s="361"/>
       <c r="C17" s="251" t="str">
         <f>IF(C16&gt;0, C16+0.02,"")</f>
         <v/>
       </c>
       <c r="D17" s="252"/>
       <c r="E17" s="255" t="s">
         <v>127</v>
       </c>
     </row>
-    <row r="18" spans="1:5" ht="17.399999999999999">
+    <row r="18" spans="1:5" ht="18">
       <c r="A18" s="40"/>
       <c r="B18" s="46" t="s">
         <v>29</v>
       </c>
       <c r="C18" s="182" t="str">
         <f>('Maturity Curve'!D32)</f>
         <v>C-3WR</v>
       </c>
       <c r="D18" s="47"/>
       <c r="E18" s="67" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="19" spans="1:5" ht="17.399999999999999">
+    <row r="19" spans="1:5" ht="18">
       <c r="A19" s="40"/>
       <c r="B19" s="46" t="s">
         <v>49</v>
       </c>
       <c r="C19" s="182">
         <f>('Maturity Curve'!D33)</f>
         <v>0</v>
       </c>
       <c r="D19" s="47"/>
       <c r="E19" s="245" t="s">
         <v>124</v>
       </c>
     </row>
-    <row r="20" spans="1:5" ht="17.399999999999999">
+    <row r="20" spans="1:5" ht="18">
       <c r="A20" s="40"/>
       <c r="B20" s="46" t="s">
         <v>108</v>
       </c>
       <c r="C20" s="182">
         <f>('Maturity Curve'!D34)</f>
         <v>0</v>
       </c>
       <c r="D20" s="47"/>
       <c r="E20" s="246"/>
     </row>
-    <row r="21" spans="1:5" ht="17.399999999999999">
+    <row r="21" spans="1:5" ht="18">
       <c r="A21" s="40"/>
       <c r="B21" s="46" t="s">
         <v>50</v>
       </c>
       <c r="C21" s="182">
         <f>('Maturity Curve'!D35)</f>
         <v>0</v>
       </c>
       <c r="D21" s="47"/>
       <c r="E21" s="246"/>
     </row>
-    <row r="22" spans="1:5" ht="17.399999999999999">
+    <row r="22" spans="1:5" ht="18">
       <c r="A22" s="40"/>
       <c r="B22" s="46" t="s">
         <v>51</v>
       </c>
       <c r="C22" s="182">
         <f>('Maturity Curve'!D36)</f>
         <v>0</v>
       </c>
       <c r="D22" s="47"/>
       <c r="E22" s="246"/>
     </row>
-    <row r="23" spans="1:5" ht="17.399999999999999">
+    <row r="23" spans="1:5" ht="18">
       <c r="A23" s="40"/>
       <c r="B23" s="46" t="s">
         <v>109</v>
       </c>
       <c r="C23" s="182">
         <f>('Maturity Curve'!D37)</f>
         <v>0</v>
       </c>
       <c r="D23" s="47"/>
       <c r="E23" s="246"/>
     </row>
-    <row r="24" spans="1:5" ht="17.399999999999999">
+    <row r="24" spans="1:5" ht="18">
       <c r="A24" s="40"/>
       <c r="B24" s="46" t="s">
         <v>52</v>
       </c>
       <c r="C24" s="182">
         <f>('Maturity Curve'!D38)</f>
         <v>0</v>
       </c>
       <c r="D24" s="47"/>
       <c r="E24" s="246"/>
     </row>
-    <row r="25" spans="1:5" ht="17.399999999999999">
+    <row r="25" spans="1:5" ht="18">
       <c r="A25" s="40"/>
       <c r="B25" s="46" t="s">
         <v>53</v>
       </c>
       <c r="C25" s="182">
         <f>('Maturity Curve'!D39)</f>
         <v>0</v>
       </c>
       <c r="D25" s="47"/>
       <c r="E25" s="246"/>
     </row>
-    <row r="26" spans="1:5" ht="17.399999999999999">
+    <row r="26" spans="1:5" ht="18">
       <c r="A26" s="40"/>
       <c r="B26" s="46" t="s">
         <v>35</v>
       </c>
       <c r="C26" s="182">
         <f>('Maturity Curve'!D40)</f>
         <v>0</v>
       </c>
       <c r="D26" s="47"/>
       <c r="E26" s="246"/>
     </row>
-    <row r="27" spans="1:5" ht="17.399999999999999">
+    <row r="27" spans="1:5" ht="18">
       <c r="A27" s="40"/>
       <c r="B27" s="46" t="s">
         <v>54</v>
       </c>
       <c r="C27" s="182">
         <f>('Maturity Curve'!D41)</f>
         <v>0</v>
       </c>
       <c r="D27" s="47"/>
       <c r="E27" s="247"/>
     </row>
-    <row r="28" spans="1:5" ht="17.399999999999999">
+    <row r="28" spans="1:5" ht="18">
       <c r="A28" s="40"/>
       <c r="B28" s="46" t="s">
         <v>35</v>
       </c>
       <c r="C28" s="182">
         <f>('Maturity Curve'!D42)</f>
         <v>0</v>
       </c>
       <c r="D28" s="47"/>
       <c r="E28" s="247"/>
     </row>
     <row r="29" spans="1:5">
       <c r="B29" s="254" t="s">
         <v>97</v>
       </c>
       <c r="C29" s="258">
         <f>'Maturity Curve'!D44</f>
         <v>4000</v>
       </c>
       <c r="D29" s="33" t="s">
         <v>38</v>
       </c>
       <c r="E29" s="247"/>
     </row>
-    <row r="30" spans="1:5" ht="15.6">
+    <row r="30" spans="1:5">
       <c r="A30" s="40"/>
       <c r="B30" s="253" t="s">
         <v>122</v>
       </c>
       <c r="C30" s="69"/>
       <c r="D30" s="70"/>
     </row>
     <row r="31" spans="1:5">
       <c r="A31" s="40"/>
       <c r="B31" s="71"/>
       <c r="C31" s="40"/>
     </row>
-    <row r="32" spans="1:5" ht="15.6">
+    <row r="32" spans="1:5" ht="15.75">
       <c r="A32" s="40"/>
       <c r="B32" s="72" t="s">
         <v>55</v>
       </c>
       <c r="C32" s="153">
         <f>(K11)</f>
         <v>0</v>
       </c>
       <c r="D32" s="154"/>
     </row>
-    <row r="33" spans="1:13" ht="15.6">
+    <row r="33" spans="1:13" ht="15.75">
       <c r="A33" s="40"/>
       <c r="B33" s="74"/>
       <c r="C33" s="152"/>
       <c r="D33" s="73"/>
     </row>
-    <row r="34" spans="1:13" ht="15.6">
+    <row r="34" spans="1:13" ht="15.75">
       <c r="A34" s="40"/>
       <c r="B34" s="75" t="s">
         <v>92</v>
       </c>
       <c r="C34" s="172"/>
       <c r="D34" s="76"/>
     </row>
-    <row r="35" spans="1:13" ht="15.6">
+    <row r="35" spans="1:13" ht="15.75">
       <c r="A35" s="40"/>
       <c r="B35" s="77" t="s">
         <v>22</v>
       </c>
       <c r="C35" s="173">
         <f>(G10)</f>
         <v>0</v>
       </c>
       <c r="D35" s="78"/>
     </row>
-    <row r="36" spans="1:13" ht="15.6">
+    <row r="36" spans="1:13" ht="15.75">
       <c r="A36" s="40"/>
       <c r="B36" s="75" t="s">
         <v>93</v>
       </c>
       <c r="C36" s="152" t="s">
         <v>7</v>
       </c>
       <c r="D36" s="79"/>
     </row>
-    <row r="37" spans="1:13" ht="15.6">
+    <row r="37" spans="1:13" ht="15.75">
       <c r="A37" s="40"/>
       <c r="B37" s="77" t="s">
         <v>22</v>
       </c>
       <c r="C37" s="153">
         <f>(G11)</f>
         <v>0</v>
       </c>
       <c r="D37" s="79"/>
     </row>
-    <row r="38" spans="1:13" ht="15.6">
+    <row r="38" spans="1:13" ht="15.75">
       <c r="A38" s="40"/>
       <c r="B38" s="75" t="s">
         <v>94</v>
       </c>
       <c r="C38" s="152"/>
       <c r="D38" s="79"/>
     </row>
-    <row r="39" spans="1:13" ht="15.6">
+    <row r="39" spans="1:13" ht="15.75">
       <c r="A39" s="40"/>
       <c r="B39" s="77" t="s">
         <v>22</v>
       </c>
       <c r="C39" s="153">
         <f>(G12)</f>
         <v>0</v>
       </c>
       <c r="D39" s="79"/>
     </row>
-    <row r="40" spans="1:13" ht="15.6">
+    <row r="40" spans="1:13" ht="15.75">
       <c r="A40" s="40"/>
       <c r="B40" s="75" t="s">
         <v>95</v>
       </c>
       <c r="C40" s="152"/>
       <c r="D40" s="39"/>
     </row>
-    <row r="41" spans="1:13" ht="15.6">
+    <row r="41" spans="1:13" ht="15.75">
       <c r="A41" s="40"/>
       <c r="B41" s="77" t="s">
         <v>22</v>
       </c>
       <c r="C41" s="153">
         <f>(+$C35+$C37+$C39)/3</f>
         <v>0</v>
       </c>
     </row>
-    <row r="42" spans="1:13" ht="15.6">
+    <row r="42" spans="1:13" ht="15.75">
       <c r="A42" s="40"/>
       <c r="B42" s="80"/>
       <c r="C42" s="20"/>
       <c r="D42" s="39"/>
     </row>
-    <row r="43" spans="1:13" ht="15.6">
+    <row r="43" spans="1:13" ht="15.75">
       <c r="A43" s="166"/>
       <c r="B43" s="167" t="s">
         <v>98</v>
       </c>
       <c r="C43" s="168"/>
       <c r="D43" s="169">
         <v>500</v>
       </c>
     </row>
-    <row r="44" spans="1:13" ht="15.6">
+    <row r="44" spans="1:13" ht="15.75">
       <c r="A44" s="40"/>
       <c r="B44" s="72" t="s">
         <v>56</v>
       </c>
       <c r="C44" s="20"/>
       <c r="D44" s="82" t="s">
         <v>57</v>
       </c>
       <c r="E44" s="20" t="s">
         <v>7</v>
       </c>
       <c r="F44" s="40"/>
       <c r="G44" s="40"/>
       <c r="H44" s="40"/>
       <c r="I44" s="40" t="s">
         <v>41</v>
       </c>
       <c r="J44" s="161"/>
       <c r="K44" s="162"/>
       <c r="L44" s="162"/>
       <c r="M44" s="163"/>
     </row>
-    <row r="45" spans="1:13" ht="15.6">
+    <row r="45" spans="1:13" ht="15.75">
       <c r="A45" s="40"/>
       <c r="B45" s="72" t="s">
         <v>58</v>
       </c>
       <c r="C45" s="153" t="e">
         <f>(Regression!$C5+(LOG(C32)*Regression!$C10))</f>
         <v>#NUM!</v>
       </c>
       <c r="D45" s="81" t="s">
         <v>86</v>
       </c>
       <c r="E45" s="153" t="e">
         <f>$C$45-D43</f>
         <v>#NUM!</v>
       </c>
       <c r="F45" s="84" t="s">
         <v>120</v>
       </c>
       <c r="G45" s="40"/>
       <c r="H45" s="40"/>
       <c r="I45" s="161"/>
       <c r="J45" s="162"/>
       <c r="K45" s="162"/>
       <c r="L45" s="162"/>
       <c r="M45" s="163"/>
     </row>
-    <row r="46" spans="1:13" ht="15.6">
+    <row r="46" spans="1:13" ht="15.75">
       <c r="A46" s="40"/>
       <c r="B46" s="83"/>
       <c r="C46" s="152"/>
       <c r="D46" s="74"/>
       <c r="E46" s="240"/>
       <c r="F46" s="174" t="e">
         <f>IF($C$41&gt;$E$47,"Above Upper Limit",IF($C$41&lt;$E$45,"Out of Range","OK"))</f>
         <v>#NUM!</v>
       </c>
       <c r="G46" s="175"/>
       <c r="H46" s="40"/>
       <c r="I46" s="161"/>
       <c r="J46" s="162"/>
       <c r="K46" s="162"/>
       <c r="L46" s="162"/>
       <c r="M46" s="163"/>
     </row>
-    <row r="47" spans="1:13" ht="15.6">
+    <row r="47" spans="1:13" ht="15.75">
       <c r="A47" s="40"/>
       <c r="B47" s="40"/>
       <c r="C47" s="20"/>
       <c r="D47" s="81" t="s">
         <v>59</v>
       </c>
       <c r="E47" s="153" t="e">
         <f>$C45+D43</f>
         <v>#NUM!</v>
       </c>
       <c r="F47" s="40"/>
       <c r="G47" s="40"/>
       <c r="H47" s="40"/>
       <c r="I47" s="161"/>
       <c r="J47" s="162"/>
       <c r="K47" s="162"/>
       <c r="L47" s="162"/>
       <c r="M47" s="163"/>
     </row>
-    <row r="48" spans="1:13" ht="15.6">
+    <row r="48" spans="1:13" ht="15.75">
       <c r="A48" s="40"/>
       <c r="B48" s="40"/>
       <c r="C48" s="40"/>
       <c r="D48" s="74"/>
       <c r="E48" s="40"/>
       <c r="F48" s="40"/>
       <c r="G48" s="40"/>
       <c r="H48" s="40"/>
       <c r="I48" s="161"/>
       <c r="J48" s="162"/>
       <c r="K48" s="162"/>
       <c r="L48" s="162"/>
       <c r="M48" s="163"/>
     </row>
     <row r="49" spans="1:13">
       <c r="A49" s="40"/>
       <c r="B49" s="40"/>
       <c r="C49" s="40"/>
       <c r="D49" s="40"/>
       <c r="E49" s="40"/>
       <c r="F49" s="40"/>
       <c r="G49" s="40"/>
       <c r="H49" s="40"/>
       <c r="I49" s="161"/>
       <c r="J49" s="162"/>
       <c r="K49" s="162"/>
       <c r="L49" s="162"/>
       <c r="M49" s="163"/>
     </row>
-    <row r="50" spans="1:13" ht="15.6">
+    <row r="50" spans="1:13" ht="15.75">
       <c r="A50" s="40"/>
       <c r="C50" s="39"/>
       <c r="F50" s="40"/>
       <c r="H50" s="40"/>
       <c r="I50" s="170" t="s">
         <v>121</v>
       </c>
       <c r="J50" s="171"/>
       <c r="K50" s="171"/>
       <c r="L50" s="171"/>
       <c r="M50" s="163"/>
     </row>
-    <row r="51" spans="1:13" ht="15.6">
+    <row r="51" spans="1:13" ht="15.75">
       <c r="A51" s="85"/>
       <c r="B51" s="40"/>
       <c r="C51" s="40"/>
       <c r="D51" s="40"/>
       <c r="E51" s="40"/>
       <c r="F51" s="40"/>
       <c r="G51" s="40"/>
       <c r="H51" s="40"/>
       <c r="I51" s="170" t="s">
         <v>99</v>
       </c>
       <c r="J51" s="171"/>
       <c r="K51" s="171"/>
       <c r="L51" s="171"/>
       <c r="M51" s="163"/>
     </row>
-    <row r="52" spans="1:13" ht="15.6">
+    <row r="52" spans="1:13">
       <c r="A52" s="85"/>
       <c r="B52" s="40"/>
       <c r="C52" s="40"/>
       <c r="D52" s="40"/>
       <c r="E52" s="86" t="s">
         <v>40</v>
       </c>
       <c r="F52" s="47">
         <f>'Maturity Curve'!D50</f>
         <v>0</v>
       </c>
       <c r="G52" s="47"/>
       <c r="H52" s="47">
         <f>'Maturity Curve'!G50</f>
         <v>0</v>
       </c>
     </row>
     <row r="53" spans="1:13">
       <c r="A53" s="40"/>
       <c r="B53" s="40"/>
       <c r="C53" s="40"/>
       <c r="D53" s="40"/>
       <c r="E53" s="40"/>
       <c r="F53" s="42"/>
       <c r="G53" s="42"/>
       <c r="H53" s="42"/>
     </row>
-    <row r="55" spans="1:13" ht="15.6">
+    <row r="55" spans="1:13">
       <c r="A55" s="40"/>
       <c r="B55" s="40"/>
       <c r="C55" s="40"/>
       <c r="D55" s="40"/>
       <c r="E55" s="86" t="s">
         <v>60</v>
       </c>
       <c r="F55" s="47" t="str">
         <f>'Maturity Curve'!E52</f>
         <v xml:space="preserve"> </v>
       </c>
       <c r="G55" s="47"/>
       <c r="H55" s="47"/>
       <c r="M55" s="87" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="56" spans="1:13">
       <c r="A56" s="40"/>
       <c r="B56" s="40"/>
       <c r="C56" s="40"/>
       <c r="D56" s="40"/>
       <c r="E56" s="40"/>
       <c r="F56" s="42"/>
       <c r="G56" s="42"/>
@@ -29257,845 +29416,845 @@
       <c r="I58" s="40"/>
       <c r="J58" s="40"/>
       <c r="K58" s="40"/>
     </row>
   </sheetData>
   <sheetProtection algorithmName="SHA-512" hashValue="Pud3sq37wbJg0f+Z0VOeHFfbbncvtY98AzYisdzv1fMO70Lc11Zn7/kcqnAywlMxISXuusGtgIQKKRGiqavpyg==" saltValue="RSQsEdQtI+bp2cYc7Ya2KA==" spinCount="100000" sheet="1"/>
   <mergeCells count="1">
     <mergeCell ref="A17:B17"/>
   </mergeCells>
   <pageMargins left="0.5" right="0.58699999999999997" top="0.5" bottom="0.5" header="0.5" footer="0.5"/>
   <pageSetup scale="59" orientation="landscape" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0700-000000000000}">
   <sheetPr transitionEvaluation="1"/>
   <dimension ref="A1:M58"/>
   <sheetViews>
     <sheetView defaultGridColor="0" view="pageBreakPreview" colorId="22" zoomScale="60" zoomScaleNormal="50" workbookViewId="0">
       <selection activeCell="C14" sqref="C14"/>
     </sheetView>
   </sheetViews>
-  <sheetFormatPr defaultColWidth="9.81640625" defaultRowHeight="15"/>
+  <sheetFormatPr defaultColWidth="9.77734375" defaultRowHeight="15"/>
   <cols>
-    <col min="1" max="1" width="16.453125" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="5" max="5" width="13.81640625" customWidth="1"/>
+    <col min="1" max="1" width="16.44140625" customWidth="1"/>
+    <col min="2" max="2" width="13.77734375" customWidth="1"/>
+    <col min="3" max="3" width="10.88671875" customWidth="1"/>
+    <col min="5" max="5" width="13.77734375" customWidth="1"/>
     <col min="7" max="7" width="12" customWidth="1"/>
-    <col min="8" max="8" width="11.81640625" customWidth="1"/>
-[...1 lines deleted...]
-    <col min="10" max="10" width="11.81640625" customWidth="1"/>
+    <col min="8" max="8" width="11.77734375" customWidth="1"/>
+    <col min="9" max="9" width="10.77734375" customWidth="1"/>
+    <col min="10" max="10" width="11.77734375" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:13" ht="15.6">
+    <row r="1" spans="1:13" ht="15.75">
       <c r="A1" s="41" t="s">
         <v>100</v>
       </c>
       <c r="B1" s="42"/>
       <c r="C1" s="42"/>
       <c r="D1" s="42"/>
       <c r="E1" s="43"/>
       <c r="F1" s="44"/>
       <c r="G1" s="44"/>
       <c r="H1" s="44"/>
       <c r="I1" s="45"/>
       <c r="J1" s="42"/>
       <c r="K1" s="42"/>
       <c r="L1" s="42"/>
       <c r="M1" s="42"/>
     </row>
     <row r="2" spans="1:13" ht="16.5" customHeight="1">
       <c r="A2" s="46" t="s">
         <v>123</v>
       </c>
       <c r="B2" s="243"/>
       <c r="C2" s="244"/>
       <c r="F2" s="46" t="s">
         <v>2</v>
       </c>
       <c r="G2" s="157"/>
       <c r="H2" s="48"/>
       <c r="I2" s="48"/>
     </row>
-    <row r="3" spans="1:13" ht="15.6">
+    <row r="3" spans="1:13" ht="15.75">
       <c r="A3" s="46" t="s">
         <v>1</v>
       </c>
       <c r="B3" s="47">
         <f>('Maturity Curve'!B3)</f>
         <v>0</v>
       </c>
       <c r="C3" s="48"/>
       <c r="D3" s="42"/>
       <c r="E3" s="40"/>
       <c r="F3" s="46" t="s">
         <v>46</v>
       </c>
       <c r="G3" s="158"/>
       <c r="H3" s="47"/>
       <c r="I3" s="47"/>
       <c r="J3" s="40"/>
       <c r="K3" s="46" t="s">
         <v>3</v>
       </c>
       <c r="L3" s="157"/>
       <c r="M3" s="48"/>
     </row>
-    <row r="4" spans="1:13" ht="17.399999999999999">
+    <row r="4" spans="1:13" ht="18">
       <c r="A4" s="46" t="s">
         <v>4</v>
       </c>
       <c r="B4" s="47">
         <f>('Maturity Curve'!B4)</f>
         <v>0</v>
       </c>
       <c r="C4" s="47"/>
       <c r="D4" s="40"/>
       <c r="E4" s="40"/>
       <c r="F4" s="4" t="s">
         <v>126</v>
       </c>
       <c r="G4" s="176"/>
       <c r="H4" s="158"/>
       <c r="I4" s="158"/>
       <c r="J4" s="40"/>
       <c r="K4" s="46" t="s">
         <v>101</v>
       </c>
       <c r="L4" s="158"/>
       <c r="M4" s="231"/>
     </row>
-    <row r="5" spans="1:13" ht="16.2" thickBot="1">
+    <row r="5" spans="1:13" ht="16.5" thickBot="1">
       <c r="A5" s="49"/>
       <c r="B5" s="40"/>
       <c r="C5" s="40"/>
       <c r="D5" s="40"/>
       <c r="E5" s="40"/>
       <c r="F5" s="46"/>
       <c r="G5" s="40"/>
       <c r="H5" s="40"/>
       <c r="I5" s="40"/>
       <c r="J5" s="46"/>
       <c r="K5" s="40"/>
       <c r="L5" s="50"/>
     </row>
-    <row r="6" spans="1:13" ht="15.6">
+    <row r="6" spans="1:13" ht="15.75">
       <c r="A6" s="49"/>
       <c r="B6" s="51" t="s">
         <v>8</v>
       </c>
       <c r="C6" s="52" t="s">
         <v>9</v>
       </c>
       <c r="D6" s="52" t="s">
         <v>10</v>
       </c>
       <c r="E6" s="52" t="s">
         <v>91</v>
       </c>
       <c r="F6" s="52" t="s">
         <v>89</v>
       </c>
       <c r="G6" s="52" t="s">
         <v>87</v>
       </c>
       <c r="H6" s="52" t="s">
         <v>11</v>
       </c>
       <c r="I6" s="52" t="s">
         <v>12</v>
       </c>
       <c r="J6" s="52" t="s">
         <v>12</v>
       </c>
       <c r="K6" s="53" t="s">
         <v>13</v>
       </c>
     </row>
-    <row r="7" spans="1:13" ht="15.6">
+    <row r="7" spans="1:13" ht="15.75">
       <c r="A7" s="49"/>
       <c r="B7" s="54"/>
       <c r="C7" s="55" t="s">
         <v>14</v>
       </c>
       <c r="D7" s="55" t="s">
         <v>15</v>
       </c>
       <c r="E7" s="55"/>
       <c r="F7" s="55"/>
       <c r="G7" s="55" t="s">
         <v>16</v>
       </c>
       <c r="H7" s="55" t="s">
         <v>14</v>
       </c>
       <c r="I7" s="55" t="s">
         <v>17</v>
       </c>
       <c r="J7" s="55" t="s">
         <v>18</v>
       </c>
       <c r="K7" s="56" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="8" spans="1:13" ht="16.2" thickBot="1">
+    <row r="8" spans="1:13" ht="16.5" thickBot="1">
       <c r="A8" s="49"/>
       <c r="B8" s="57"/>
       <c r="C8" s="58" t="s">
         <v>20</v>
       </c>
       <c r="D8" s="58" t="s">
         <v>21</v>
       </c>
       <c r="E8" s="58" t="s">
         <v>21</v>
       </c>
       <c r="F8" s="58" t="s">
         <v>21</v>
       </c>
       <c r="G8" s="58" t="s">
         <v>22</v>
       </c>
       <c r="H8" s="58" t="s">
         <v>47</v>
       </c>
       <c r="I8" s="58"/>
       <c r="J8" s="58"/>
       <c r="K8" s="59"/>
     </row>
-    <row r="9" spans="1:13" ht="15.6">
+    <row r="9" spans="1:13" ht="15.75">
       <c r="A9" s="49"/>
       <c r="B9" s="54"/>
       <c r="C9" s="60" t="s">
         <v>25</v>
       </c>
       <c r="D9" s="60"/>
       <c r="E9" s="60" t="s">
         <v>25</v>
       </c>
       <c r="F9" s="60" t="s">
         <v>25</v>
       </c>
       <c r="G9" s="61"/>
       <c r="H9" s="60" t="s">
         <v>25</v>
       </c>
       <c r="I9" s="60" t="s">
         <v>25</v>
       </c>
       <c r="J9" s="60" t="s">
         <v>25</v>
       </c>
       <c r="K9" s="62"/>
     </row>
-    <row r="10" spans="1:13" ht="15.6">
+    <row r="10" spans="1:13" ht="15.75">
       <c r="A10" s="49"/>
       <c r="B10" s="54">
         <v>1</v>
       </c>
       <c r="C10" s="21"/>
       <c r="D10" s="21"/>
       <c r="E10" s="22">
         <v>8</v>
       </c>
       <c r="F10" s="22">
         <v>4</v>
       </c>
       <c r="G10" s="23">
         <f>IF(F10="","",ROUND((C10/((PI()*(F10/2)^2))),-1))</f>
         <v>0</v>
       </c>
       <c r="H10" s="164"/>
       <c r="I10" s="21"/>
       <c r="J10" s="21"/>
       <c r="K10" s="24">
         <f>(I10+J10)/2</f>
         <v>0</v>
       </c>
     </row>
-    <row r="11" spans="1:13" ht="15.6">
+    <row r="11" spans="1:13" ht="15.75">
       <c r="A11" s="49"/>
       <c r="B11" s="54">
         <v>2</v>
       </c>
       <c r="C11" s="21"/>
       <c r="D11" s="21"/>
       <c r="E11" s="22">
         <v>8</v>
       </c>
       <c r="F11" s="22">
         <v>4</v>
       </c>
       <c r="G11" s="23">
         <f>IF(F11="","",ROUND((C11/((PI()*(F11/2)^2))),-1))</f>
         <v>0</v>
       </c>
       <c r="H11" s="164"/>
       <c r="I11" s="21"/>
       <c r="J11" s="21"/>
       <c r="K11" s="24">
         <f>(I11+J11)/2</f>
         <v>0</v>
       </c>
     </row>
-    <row r="12" spans="1:13" ht="16.2" thickBot="1">
+    <row r="12" spans="1:13" ht="16.5" thickBot="1">
       <c r="A12" s="49"/>
       <c r="B12" s="57">
         <v>3</v>
       </c>
       <c r="C12" s="63"/>
       <c r="D12" s="63"/>
       <c r="E12" s="64">
         <v>8</v>
       </c>
       <c r="F12" s="64">
         <v>4</v>
       </c>
       <c r="G12" s="65">
         <f>IF(F12="","",ROUND((C12/((PI()*(F12/2)^2))),-1))</f>
         <v>0</v>
       </c>
       <c r="H12" s="165"/>
       <c r="I12" s="63"/>
       <c r="J12" s="63"/>
       <c r="K12" s="66">
         <f>(I12+J12)/2</f>
         <v>0</v>
       </c>
     </row>
-    <row r="13" spans="1:13" ht="15.6">
+    <row r="13" spans="1:13" ht="15.75">
       <c r="A13" s="49"/>
       <c r="B13" s="40"/>
       <c r="C13" s="40"/>
       <c r="D13" s="40"/>
       <c r="E13" s="40"/>
       <c r="F13" s="46"/>
       <c r="G13" s="40"/>
       <c r="H13" s="40"/>
       <c r="I13" s="40"/>
       <c r="J13" s="46"/>
       <c r="K13" s="40"/>
       <c r="L13" s="50"/>
     </row>
-    <row r="14" spans="1:13" ht="17.399999999999999">
+    <row r="14" spans="1:13" ht="18">
       <c r="B14" s="46" t="s">
         <v>27</v>
       </c>
       <c r="C14" s="176"/>
       <c r="D14" s="160"/>
     </row>
-    <row r="15" spans="1:13" ht="17.399999999999999">
+    <row r="15" spans="1:13" ht="18">
       <c r="A15" s="40"/>
       <c r="B15" s="46" t="s">
         <v>28</v>
       </c>
       <c r="C15" s="176"/>
       <c r="D15" s="160"/>
       <c r="E15" s="67" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="16" spans="1:13" ht="17.399999999999999">
+    <row r="16" spans="1:13" ht="18">
       <c r="A16" s="40"/>
       <c r="B16" s="46" t="s">
         <v>48</v>
       </c>
       <c r="C16" s="176"/>
       <c r="D16" s="160"/>
       <c r="E16" s="67" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="17" spans="1:5" ht="20.399999999999999">
-      <c r="A17" s="360" t="s">
+    <row r="17" spans="1:5" ht="22.5">
+      <c r="A17" s="361" t="s">
         <v>125</v>
       </c>
-      <c r="B17" s="360"/>
+      <c r="B17" s="361"/>
       <c r="C17" s="251" t="str">
         <f>IF(C16&gt;0, C16+0.02,"")</f>
         <v/>
       </c>
       <c r="D17" s="252"/>
       <c r="E17" s="255" t="s">
         <v>127</v>
       </c>
     </row>
-    <row r="18" spans="1:5" ht="17.399999999999999">
+    <row r="18" spans="1:5" ht="18">
       <c r="A18" s="40"/>
       <c r="B18" s="46" t="s">
         <v>29</v>
       </c>
       <c r="C18" s="182" t="str">
         <f>('Maturity Curve'!D32)</f>
         <v>C-3WR</v>
       </c>
       <c r="D18" s="47"/>
       <c r="E18" s="67" t="s">
         <v>25</v>
       </c>
     </row>
-    <row r="19" spans="1:5" ht="17.399999999999999">
+    <row r="19" spans="1:5" ht="18">
       <c r="A19" s="40"/>
       <c r="B19" s="46" t="s">
         <v>49</v>
       </c>
       <c r="C19" s="182">
         <f>('Maturity Curve'!D33)</f>
         <v>0</v>
       </c>
       <c r="D19" s="47"/>
       <c r="E19" s="245" t="s">
         <v>124</v>
       </c>
     </row>
-    <row r="20" spans="1:5" ht="17.399999999999999">
+    <row r="20" spans="1:5" ht="18">
       <c r="A20" s="40"/>
       <c r="B20" s="46" t="s">
         <v>108</v>
       </c>
       <c r="C20" s="182">
         <f>('Maturity Curve'!D34)</f>
         <v>0</v>
       </c>
       <c r="D20" s="47"/>
       <c r="E20" s="246"/>
     </row>
-    <row r="21" spans="1:5" ht="17.399999999999999">
+    <row r="21" spans="1:5" ht="18">
       <c r="A21" s="40"/>
       <c r="B21" s="46" t="s">
         <v>50</v>
       </c>
       <c r="C21" s="182">
         <f>('Maturity Curve'!D35)</f>
         <v>0</v>
       </c>
       <c r="D21" s="47"/>
       <c r="E21" s="246"/>
     </row>
-    <row r="22" spans="1:5" ht="17.399999999999999">
+    <row r="22" spans="1:5" ht="18">
       <c r="A22" s="40"/>
       <c r="B22" s="46" t="s">
         <v>51</v>
       </c>
       <c r="C22" s="182">
         <f>('Maturity Curve'!D36)</f>
         <v>0</v>
       </c>
       <c r="D22" s="47"/>
       <c r="E22" s="246"/>
     </row>
-    <row r="23" spans="1:5" ht="17.399999999999999">
+    <row r="23" spans="1:5" ht="18">
       <c r="A23" s="40"/>
       <c r="B23" s="46" t="s">
         <v>109</v>
       </c>
       <c r="C23" s="182">
         <f>('Maturity Curve'!D37)</f>
         <v>0</v>
       </c>
       <c r="D23" s="47"/>
       <c r="E23" s="246"/>
     </row>
-    <row r="24" spans="1:5" ht="17.399999999999999">
+    <row r="24" spans="1:5" ht="18">
       <c r="A24" s="40"/>
       <c r="B24" s="46" t="s">
         <v>52</v>
       </c>
       <c r="C24" s="182">
         <f>('Maturity Curve'!D38)</f>
         <v>0</v>
       </c>
       <c r="D24" s="47"/>
       <c r="E24" s="246"/>
     </row>
-    <row r="25" spans="1:5" ht="17.399999999999999">
+    <row r="25" spans="1:5" ht="18">
       <c r="A25" s="40"/>
       <c r="B25" s="46" t="s">
         <v>53</v>
       </c>
       <c r="C25" s="182">
         <f>('Maturity Curve'!D39)</f>
         <v>0</v>
       </c>
       <c r="D25" s="47"/>
       <c r="E25" s="246"/>
     </row>
-    <row r="26" spans="1:5" ht="17.399999999999999">
+    <row r="26" spans="1:5" ht="18">
       <c r="A26" s="40"/>
       <c r="B26" s="46" t="s">
         <v>35</v>
       </c>
       <c r="C26" s="182">
         <f>('Maturity Curve'!D40)</f>
         <v>0</v>
       </c>
       <c r="D26" s="47"/>
       <c r="E26" s="246"/>
     </row>
-    <row r="27" spans="1:5" ht="17.399999999999999">
+    <row r="27" spans="1:5" ht="18">
       <c r="A27" s="40"/>
       <c r="B27" s="46" t="s">
         <v>54</v>
       </c>
       <c r="C27" s="182">
         <f>('Maturity Curve'!D41)</f>
         <v>0</v>
       </c>
       <c r="D27" s="47"/>
       <c r="E27" s="247"/>
     </row>
-    <row r="28" spans="1:5" ht="17.399999999999999">
+    <row r="28" spans="1:5" ht="18">
       <c r="A28" s="40"/>
       <c r="B28" s="46" t="s">
         <v>35</v>
       </c>
       <c r="C28" s="182">
         <f>('Maturity Curve'!D42)</f>
         <v>0</v>
       </c>
       <c r="D28" s="47"/>
       <c r="E28" s="247"/>
     </row>
     <row r="29" spans="1:5">
       <c r="B29" s="254" t="s">
         <v>97</v>
       </c>
       <c r="C29" s="257">
         <f>'Maturity Curve'!D44</f>
         <v>4000</v>
       </c>
       <c r="D29" s="33" t="s">
         <v>38</v>
       </c>
       <c r="E29" s="247"/>
     </row>
-    <row r="30" spans="1:5" ht="15.6">
+    <row r="30" spans="1:5">
       <c r="A30" s="40"/>
       <c r="B30" s="253" t="s">
         <v>122</v>
       </c>
       <c r="C30" s="69"/>
       <c r="D30" s="70"/>
     </row>
     <row r="31" spans="1:5">
       <c r="A31" s="40"/>
       <c r="B31" s="71"/>
       <c r="C31" s="40"/>
     </row>
-    <row r="32" spans="1:5" ht="15.6">
+    <row r="32" spans="1:5" ht="15.75">
       <c r="A32" s="40"/>
       <c r="B32" s="72" t="s">
         <v>55</v>
       </c>
       <c r="C32" s="153">
         <f>(K11)</f>
         <v>0</v>
       </c>
       <c r="D32" s="154"/>
     </row>
-    <row r="33" spans="1:13" ht="15.6">
+    <row r="33" spans="1:13" ht="15.75">
       <c r="A33" s="40"/>
       <c r="B33" s="74"/>
       <c r="C33" s="152"/>
       <c r="D33" s="73"/>
     </row>
-    <row r="34" spans="1:13" ht="15.6">
+    <row r="34" spans="1:13" ht="15.75">
       <c r="A34" s="40"/>
       <c r="B34" s="75" t="s">
         <v>92</v>
       </c>
       <c r="C34" s="172"/>
       <c r="D34" s="76"/>
     </row>
-    <row r="35" spans="1:13" ht="15.6">
+    <row r="35" spans="1:13" ht="15.75">
       <c r="A35" s="40"/>
       <c r="B35" s="77" t="s">
         <v>22</v>
       </c>
       <c r="C35" s="173">
         <f>(G10)</f>
         <v>0</v>
       </c>
       <c r="D35" s="78"/>
     </row>
-    <row r="36" spans="1:13" ht="15.6">
+    <row r="36" spans="1:13" ht="15.75">
       <c r="A36" s="40"/>
       <c r="B36" s="75" t="s">
         <v>93</v>
       </c>
       <c r="C36" s="152" t="s">
         <v>7</v>
       </c>
       <c r="D36" s="79"/>
     </row>
-    <row r="37" spans="1:13" ht="15.6">
+    <row r="37" spans="1:13" ht="15.75">
       <c r="A37" s="40"/>
       <c r="B37" s="77" t="s">
         <v>22</v>
       </c>
       <c r="C37" s="153">
         <f>(G11)</f>
         <v>0</v>
       </c>
       <c r="D37" s="79"/>
     </row>
-    <row r="38" spans="1:13" ht="15.6">
+    <row r="38" spans="1:13" ht="15.75">
       <c r="A38" s="40"/>
       <c r="B38" s="75" t="s">
         <v>94</v>
       </c>
       <c r="C38" s="152"/>
       <c r="D38" s="79"/>
     </row>
-    <row r="39" spans="1:13" ht="15.6">
+    <row r="39" spans="1:13" ht="15.75">
       <c r="A39" s="40"/>
       <c r="B39" s="77" t="s">
         <v>22</v>
       </c>
       <c r="C39" s="153">
         <f>(G12)</f>
         <v>0</v>
       </c>
       <c r="D39" s="79"/>
     </row>
-    <row r="40" spans="1:13" ht="15.6">
+    <row r="40" spans="1:13" ht="15.75">
       <c r="A40" s="40"/>
       <c r="B40" s="75" t="s">
         <v>95</v>
       </c>
       <c r="C40" s="152"/>
       <c r="D40" s="39"/>
     </row>
-    <row r="41" spans="1:13" ht="15.6">
+    <row r="41" spans="1:13" ht="15.75">
       <c r="A41" s="40"/>
       <c r="B41" s="77" t="s">
         <v>22</v>
       </c>
       <c r="C41" s="153">
         <f>(+$C35+$C37+$C39)/3</f>
         <v>0</v>
       </c>
     </row>
-    <row r="42" spans="1:13" ht="15.6">
+    <row r="42" spans="1:13" ht="15.75">
       <c r="A42" s="40"/>
       <c r="B42" s="80"/>
       <c r="C42" s="20"/>
       <c r="D42" s="39"/>
     </row>
-    <row r="43" spans="1:13" ht="15.6">
+    <row r="43" spans="1:13" ht="15.75">
       <c r="A43" s="166"/>
       <c r="B43" s="167" t="s">
         <v>98</v>
       </c>
       <c r="C43" s="168"/>
       <c r="D43" s="169">
         <v>500</v>
       </c>
     </row>
-    <row r="44" spans="1:13" ht="15.6">
+    <row r="44" spans="1:13" ht="15.75">
       <c r="A44" s="40"/>
       <c r="B44" s="72" t="s">
         <v>56</v>
       </c>
       <c r="C44" s="20"/>
       <c r="D44" s="82" t="s">
         <v>57</v>
       </c>
       <c r="E44" s="20" t="s">
         <v>7</v>
       </c>
       <c r="F44" s="40"/>
       <c r="G44" s="40"/>
       <c r="H44" s="40"/>
       <c r="I44" s="40" t="s">
         <v>41</v>
       </c>
       <c r="J44" s="161"/>
       <c r="K44" s="162"/>
       <c r="L44" s="162"/>
       <c r="M44" s="163"/>
     </row>
-    <row r="45" spans="1:13" ht="15.6">
+    <row r="45" spans="1:13" ht="15.75">
       <c r="A45" s="40"/>
       <c r="B45" s="72" t="s">
         <v>58</v>
       </c>
       <c r="C45" s="153" t="e">
         <f>(Regression!$C5+(LOG(C32)*Regression!$C10))</f>
         <v>#NUM!</v>
       </c>
       <c r="D45" s="81" t="s">
         <v>86</v>
       </c>
       <c r="E45" s="153" t="e">
         <f>$C$45-D43</f>
         <v>#NUM!</v>
       </c>
       <c r="F45" s="84" t="s">
         <v>120</v>
       </c>
       <c r="G45" s="40"/>
       <c r="H45" s="40"/>
       <c r="I45" s="161"/>
       <c r="J45" s="162"/>
       <c r="K45" s="162"/>
       <c r="L45" s="162"/>
       <c r="M45" s="163"/>
     </row>
-    <row r="46" spans="1:13" ht="15.6">
+    <row r="46" spans="1:13" ht="15.75">
       <c r="A46" s="40"/>
       <c r="B46" s="83"/>
       <c r="C46" s="152"/>
       <c r="D46" s="74"/>
       <c r="E46" s="240"/>
       <c r="F46" s="174" t="e">
         <f>IF($C$41&gt;$E$47,"Above Upper Limit",IF($C$41&lt;$E$45,"Out of Range","OK"))</f>
         <v>#NUM!</v>
       </c>
       <c r="G46" s="175"/>
       <c r="H46" s="40"/>
       <c r="I46" s="161"/>
       <c r="J46" s="162"/>
       <c r="K46" s="162"/>
       <c r="L46" s="162"/>
       <c r="M46" s="163"/>
     </row>
-    <row r="47" spans="1:13" ht="15.6">
+    <row r="47" spans="1:13" ht="15.75">
       <c r="A47" s="40"/>
       <c r="B47" s="40"/>
       <c r="C47" s="20"/>
       <c r="D47" s="81" t="s">
         <v>59</v>
       </c>
       <c r="E47" s="153" t="e">
         <f>$C45+D43</f>
         <v>#NUM!</v>
       </c>
       <c r="F47" s="40"/>
       <c r="G47" s="40"/>
       <c r="H47" s="40"/>
       <c r="I47" s="161"/>
       <c r="J47" s="162"/>
       <c r="K47" s="162"/>
       <c r="L47" s="162"/>
       <c r="M47" s="163"/>
     </row>
-    <row r="48" spans="1:13" ht="15.6">
+    <row r="48" spans="1:13" ht="15.75">
       <c r="A48" s="40"/>
       <c r="B48" s="40"/>
       <c r="C48" s="40"/>
       <c r="D48" s="74"/>
       <c r="E48" s="40"/>
       <c r="F48" s="40"/>
       <c r="G48" s="40"/>
       <c r="H48" s="40"/>
       <c r="I48" s="161"/>
       <c r="J48" s="162"/>
       <c r="K48" s="162"/>
       <c r="L48" s="162"/>
       <c r="M48" s="163"/>
     </row>
     <row r="49" spans="1:13">
       <c r="A49" s="40"/>
       <c r="B49" s="40"/>
       <c r="C49" s="40"/>
       <c r="D49" s="40"/>
       <c r="E49" s="40"/>
       <c r="F49" s="40"/>
       <c r="G49" s="40"/>
       <c r="H49" s="40"/>
       <c r="I49" s="161"/>
       <c r="J49" s="162"/>
       <c r="K49" s="162"/>
       <c r="L49" s="162"/>
       <c r="M49" s="163"/>
     </row>
-    <row r="50" spans="1:13" ht="15.6">
+    <row r="50" spans="1:13" ht="15.75">
       <c r="A50" s="40"/>
       <c r="C50" s="39"/>
       <c r="F50" s="40"/>
       <c r="H50" s="40"/>
       <c r="I50" s="170" t="s">
         <v>121</v>
       </c>
       <c r="J50" s="171"/>
       <c r="K50" s="171"/>
       <c r="L50" s="171"/>
       <c r="M50" s="163"/>
     </row>
-    <row r="51" spans="1:13" ht="15.6">
+    <row r="51" spans="1:13" ht="15.75">
       <c r="A51" s="85"/>
       <c r="B51" s="40"/>
       <c r="C51" s="40"/>
       <c r="D51" s="40"/>
       <c r="E51" s="40"/>
       <c r="F51" s="40"/>
       <c r="G51" s="40"/>
       <c r="H51" s="40"/>
       <c r="I51" s="170" t="s">
         <v>99</v>
       </c>
       <c r="J51" s="171"/>
       <c r="K51" s="171"/>
       <c r="L51" s="171"/>
       <c r="M51" s="163"/>
     </row>
-    <row r="52" spans="1:13" ht="15.6">
+    <row r="52" spans="1:13">
       <c r="A52" s="85"/>
       <c r="B52" s="40"/>
       <c r="C52" s="40"/>
       <c r="D52" s="40"/>
       <c r="E52" s="86" t="s">
         <v>40</v>
       </c>
       <c r="F52" s="47">
         <f>'Maturity Curve'!D50</f>
         <v>0</v>
       </c>
       <c r="G52" s="47"/>
       <c r="H52" s="47">
         <f>'Maturity Curve'!G50</f>
         <v>0</v>
       </c>
     </row>
     <row r="53" spans="1:13">
       <c r="A53" s="40"/>
       <c r="B53" s="40"/>
       <c r="C53" s="40"/>
       <c r="D53" s="40"/>
       <c r="E53" s="40"/>
       <c r="F53" s="249"/>
       <c r="G53" s="249"/>
       <c r="H53" s="249"/>
     </row>
-    <row r="55" spans="1:13" ht="15.6">
+    <row r="55" spans="1:13">
       <c r="A55" s="40"/>
       <c r="B55" s="40"/>
       <c r="C55" s="40"/>
       <c r="D55" s="40"/>
       <c r="E55" s="86" t="s">
         <v>60</v>
       </c>
       <c r="F55" s="158"/>
       <c r="G55" s="47"/>
       <c r="H55" s="47"/>
       <c r="M55" s="87" t="s">
         <v>85</v>
       </c>
     </row>
     <row r="56" spans="1:13">
       <c r="A56" s="40"/>
       <c r="B56" s="40"/>
       <c r="C56" s="40"/>
       <c r="D56" s="40"/>
       <c r="E56" s="40"/>
       <c r="F56" s="42"/>
       <c r="G56" s="42"/>
       <c r="H56" s="42"/>
       <c r="M56" s="156">
         <v>36526</v>
@@ -30120,4106 +30279,4259 @@
       <c r="A58" s="40"/>
       <c r="C58" s="40"/>
       <c r="D58" s="40"/>
       <c r="E58" s="40"/>
       <c r="F58" s="40"/>
       <c r="G58" s="40"/>
       <c r="H58" s="40"/>
       <c r="I58" s="40"/>
       <c r="J58" s="40"/>
       <c r="K58" s="40"/>
     </row>
   </sheetData>
   <sheetProtection algorithmName="SHA-512" hashValue="rdSKsRTqqpo5Shh0PJWX6ayPyj70x4zsJ+qHAxmDeV6AAY4YYGYv35nQ133gnmI7DGe6IpMldArJMHTJ591LkQ==" saltValue="lOU7T4dv/oToTzI5YHwpjQ==" spinCount="100000" sheet="1"/>
   <mergeCells count="1">
     <mergeCell ref="A17:B17"/>
   </mergeCells>
   <pageMargins left="0.5" right="0.58699999999999997" top="0.5" bottom="0.5" header="0.5" footer="0.5"/>
   <pageSetup scale="59" orientation="landscape" horizontalDpi="300" verticalDpi="300" r:id="rId1"/>
   <headerFooter alignWithMargins="0"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{9947CC9A-539F-47FA-98B4-BD54DF317A85}">
-  <dimension ref="A1:D325"/>
+  <dimension ref="A1:D338"/>
   <sheetViews>
     <sheetView workbookViewId="0">
       <selection sqref="A1:XFD1048576"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
-    <col min="1" max="1" width="31.453125" bestFit="1" customWidth="1"/>
-    <col min="3" max="3" width="23.1796875" bestFit="1" customWidth="1"/>
+    <col min="1" max="1" width="29.88671875" bestFit="1" customWidth="1"/>
+    <col min="3" max="3" width="22" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4">
-      <c r="A1" s="361" t="s">
-[...4 lines deleted...]
-      <c r="D1" s="361"/>
+      <c r="A1" s="362" t="s">
+        <v>1141</v>
+      </c>
+      <c r="B1" s="362"/>
+      <c r="C1" s="362"/>
+      <c r="D1" s="362"/>
     </row>
     <row r="2" spans="1:4">
-      <c r="A2" s="361"/>
-[...2 lines deleted...]
-      <c r="D2" s="361"/>
+      <c r="A2" s="362"/>
+      <c r="B2" s="362"/>
+      <c r="C2" s="362"/>
+      <c r="D2" s="362"/>
     </row>
     <row r="4" spans="1:4">
       <c r="A4" t="s">
-        <v>1562</v>
+        <v>1520</v>
       </c>
       <c r="B4" t="s">
-        <v>1175</v>
+        <v>1142</v>
       </c>
       <c r="C4" t="s">
-        <v>1176</v>
+        <v>1143</v>
       </c>
     </row>
     <row r="5" spans="1:4">
       <c r="A5" t="str">
         <f t="shared" ref="A5:A68" si="0">CONCATENATE(B5,"-",C5)</f>
         <v>A03004-LANGE</v>
       </c>
       <c r="B5" t="s">
-        <v>1177</v>
+        <v>1144</v>
       </c>
       <c r="C5" t="s">
-        <v>1178</v>
+        <v>1145</v>
       </c>
     </row>
     <row r="6" spans="1:4">
       <c r="A6" t="str">
         <f t="shared" si="0"/>
         <v>A03014-HAMMEL-BOONIES</v>
       </c>
       <c r="B6" t="s">
-        <v>1563</v>
+        <v>1521</v>
       </c>
       <c r="C6" t="s">
-        <v>1564</v>
+        <v>1522</v>
       </c>
     </row>
     <row r="7" spans="1:4">
       <c r="A7" t="str">
         <f t="shared" si="0"/>
         <v>A03038-RIEHM</v>
       </c>
       <c r="B7" t="s">
-        <v>1179</v>
+        <v>1146</v>
       </c>
       <c r="C7" t="s">
-        <v>1180</v>
+        <v>1147</v>
       </c>
     </row>
     <row r="8" spans="1:4">
       <c r="A8" t="str">
         <f t="shared" si="0"/>
         <v>A03040-DEE</v>
       </c>
       <c r="B8" t="s">
-        <v>1181</v>
+        <v>1148</v>
       </c>
       <c r="C8" t="s">
-        <v>1182</v>
+        <v>1149</v>
       </c>
     </row>
     <row r="9" spans="1:4">
       <c r="A9" t="str">
         <f t="shared" si="0"/>
         <v>A03046-MOHS</v>
       </c>
       <c r="B9" t="s">
-        <v>1183</v>
+        <v>1150</v>
       </c>
       <c r="C9" t="s">
-        <v>1184</v>
+        <v>1151</v>
       </c>
     </row>
     <row r="10" spans="1:4">
       <c r="A10" t="str">
         <f t="shared" si="0"/>
         <v>A03048-POSTVILLE</v>
       </c>
       <c r="B10" t="s">
-        <v>1185</v>
+        <v>1152</v>
       </c>
       <c r="C10" t="s">
-        <v>1186</v>
+        <v>1153</v>
       </c>
     </row>
     <row r="11" spans="1:4">
       <c r="A11" t="str">
         <f t="shared" si="0"/>
         <v>A03050-GREEN</v>
       </c>
       <c r="B11" t="s">
-        <v>1187</v>
+        <v>1154</v>
       </c>
       <c r="C11" t="s">
-        <v>1188</v>
+        <v>1155</v>
       </c>
     </row>
     <row r="12" spans="1:4">
       <c r="A12" t="str">
         <f t="shared" si="0"/>
         <v>A03066-ELSBERN</v>
       </c>
       <c r="B12" t="s">
-        <v>1189</v>
+        <v>1156</v>
       </c>
       <c r="C12" t="s">
-        <v>1190</v>
+        <v>1157</v>
       </c>
     </row>
     <row r="13" spans="1:4">
       <c r="A13" t="str">
         <f t="shared" si="0"/>
         <v>A03502-HARPERS FERRY</v>
       </c>
       <c r="B13" t="s">
-        <v>673</v>
+        <v>654</v>
       </c>
       <c r="C13" t="s">
-        <v>674</v>
+        <v>655</v>
       </c>
       <c r="D13" t="s">
-        <v>1565</v>
+        <v>1523</v>
       </c>
     </row>
     <row r="14" spans="1:4">
       <c r="A14" t="str">
         <f t="shared" si="0"/>
         <v>A04016-WALNUT CITY</v>
       </c>
       <c r="B14" t="s">
-        <v>1191</v>
+        <v>1158</v>
       </c>
       <c r="C14" t="s">
-        <v>1192</v>
+        <v>1159</v>
       </c>
     </row>
     <row r="15" spans="1:4">
       <c r="A15" t="str">
         <f t="shared" si="0"/>
         <v>A05506-EXIRA</v>
       </c>
       <c r="B15" t="s">
-        <v>677</v>
+        <v>658</v>
       </c>
       <c r="C15" t="s">
-        <v>678</v>
+        <v>659</v>
       </c>
     </row>
     <row r="16" spans="1:4">
       <c r="A16" t="str">
         <f t="shared" si="0"/>
         <v>A06006-GARRISON B</v>
       </c>
       <c r="B16" t="s">
-        <v>1193</v>
+        <v>1160</v>
       </c>
       <c r="C16" t="s">
-        <v>1194</v>
+        <v>1161</v>
       </c>
     </row>
     <row r="17" spans="1:4">
       <c r="A17" t="str">
         <f t="shared" si="0"/>
         <v>A06012-JABENS</v>
       </c>
       <c r="B17" t="s">
-        <v>1195</v>
+        <v>1162</v>
       </c>
       <c r="C17" t="s">
-        <v>1196</v>
+        <v>1163</v>
       </c>
     </row>
     <row r="18" spans="1:4">
       <c r="A18" t="str">
         <f t="shared" si="0"/>
         <v>A07004-WATERLOO SOUTH</v>
       </c>
       <c r="B18" t="s">
-        <v>1197</v>
+        <v>1164</v>
       </c>
       <c r="C18" t="s">
-        <v>1198</v>
+        <v>1165</v>
       </c>
     </row>
     <row r="19" spans="1:4">
       <c r="A19" t="str">
         <f t="shared" si="0"/>
         <v>A07008-MORGAN</v>
       </c>
       <c r="B19" t="s">
-        <v>1199</v>
+        <v>1166</v>
       </c>
       <c r="C19" t="s">
-        <v>1200</v>
+        <v>1167</v>
       </c>
     </row>
     <row r="20" spans="1:4">
       <c r="A20" t="str">
         <f t="shared" si="0"/>
         <v>A07018-RAYMOND-PESKE</v>
       </c>
       <c r="B20" t="s">
-        <v>1201</v>
+        <v>1168</v>
       </c>
       <c r="C20" t="s">
-        <v>1202</v>
+        <v>1169</v>
       </c>
     </row>
     <row r="21" spans="1:4">
       <c r="A21" t="str">
         <f t="shared" si="0"/>
         <v>A07020-STEINBRON</v>
       </c>
       <c r="B21" t="s">
-        <v>1203</v>
+        <v>1170</v>
       </c>
       <c r="C21" t="s">
-        <v>1204</v>
+        <v>1171</v>
       </c>
     </row>
     <row r="22" spans="1:4">
       <c r="A22" t="str">
         <f t="shared" si="0"/>
-        <v>A07508-GILBERTVILLE</v>
+        <v>A07022-MESSERLY</v>
       </c>
       <c r="B22" t="s">
-        <v>683</v>
+        <v>1612</v>
       </c>
       <c r="C22" t="s">
-        <v>684</v>
+        <v>1613</v>
       </c>
     </row>
     <row r="23" spans="1:4">
       <c r="A23" t="str">
         <f t="shared" si="0"/>
-        <v>A09006-TRIPOLI-PLATTE</v>
+        <v>A07508-GILBERTVILLE</v>
       </c>
       <c r="B23" t="s">
-        <v>1205</v>
+        <v>664</v>
       </c>
       <c r="C23" t="s">
-        <v>1206</v>
-[...2 lines deleted...]
-        <v>1565</v>
+        <v>665</v>
       </c>
     </row>
     <row r="24" spans="1:4">
       <c r="A24" t="str">
         <f t="shared" si="0"/>
-        <v>A10002-WESTON-LAMONT</v>
+        <v>A07518-JANESVILLE</v>
       </c>
       <c r="B24" t="s">
-        <v>1207</v>
+        <v>668</v>
       </c>
       <c r="C24" t="s">
-        <v>1208</v>
-[...2 lines deleted...]
-        <v>1565</v>
+        <v>669</v>
       </c>
     </row>
     <row r="25" spans="1:4">
       <c r="A25" t="str">
         <f t="shared" si="0"/>
-        <v>A10004-BLOOM-JESUP</v>
+        <v>A09006-TRIPOLI-PLATTE</v>
       </c>
       <c r="B25" t="s">
-        <v>1209</v>
+        <v>1172</v>
       </c>
       <c r="C25" t="s">
-        <v>1210</v>
+        <v>1173</v>
+      </c>
+      <c r="D25" t="s">
+        <v>1523</v>
       </c>
     </row>
     <row r="26" spans="1:4">
       <c r="A26" t="str">
         <f t="shared" si="0"/>
-        <v>A10008-OELWEIN</v>
+        <v>A09008-DENVER #2</v>
       </c>
       <c r="B26" t="s">
-        <v>1211</v>
+        <v>1614</v>
       </c>
       <c r="C26" t="s">
-        <v>1212</v>
+        <v>1615</v>
       </c>
     </row>
     <row r="27" spans="1:4">
       <c r="A27" t="str">
         <f t="shared" si="0"/>
-        <v>A10010-HAZELTON</v>
+        <v>A10002-WESTON-LAMONT</v>
       </c>
       <c r="B27" t="s">
-        <v>1213</v>
+        <v>1174</v>
       </c>
       <c r="C27" t="s">
-        <v>1214</v>
+        <v>1175</v>
       </c>
       <c r="D27" t="s">
-        <v>1565</v>
+        <v>1523</v>
       </c>
     </row>
     <row r="28" spans="1:4">
       <c r="A28" t="str">
         <f t="shared" si="0"/>
-        <v>A10016-OELWEIN #2</v>
+        <v>A10004-BLOOM-JESUP</v>
       </c>
       <c r="B28" t="s">
-        <v>1215</v>
+        <v>1176</v>
       </c>
       <c r="C28" t="s">
-        <v>1216</v>
+        <v>1177</v>
       </c>
     </row>
     <row r="29" spans="1:4">
       <c r="A29" t="str">
         <f t="shared" si="0"/>
-        <v>A10022-BROOKS</v>
+        <v>A10008-OELWEIN</v>
       </c>
       <c r="B29" t="s">
-        <v>1217</v>
+        <v>1178</v>
       </c>
       <c r="C29" t="s">
-        <v>698</v>
+        <v>1179</v>
       </c>
     </row>
     <row r="30" spans="1:4">
       <c r="A30" t="str">
         <f t="shared" si="0"/>
-        <v>A10030-SOUTH AURORA</v>
+        <v>A10010-HAZELTON</v>
       </c>
       <c r="B30" t="s">
-        <v>1218</v>
+        <v>1180</v>
       </c>
       <c r="C30" t="s">
-        <v>1219</v>
+        <v>1181</v>
       </c>
       <c r="D30" t="s">
-        <v>1565</v>
+        <v>1523</v>
       </c>
     </row>
     <row r="31" spans="1:4">
       <c r="A31" t="str">
         <f t="shared" si="0"/>
-        <v>A12502-CLARKSVILLE</v>
+        <v>A10016-OELWEIN #2</v>
       </c>
       <c r="B31" t="s">
-        <v>703</v>
+        <v>1182</v>
       </c>
       <c r="C31" t="s">
-        <v>704</v>
+        <v>1183</v>
       </c>
     </row>
     <row r="32" spans="1:4">
       <c r="A32" t="str">
         <f t="shared" si="0"/>
-        <v>A14504-REINHART</v>
+        <v>A10022-BROOKS</v>
       </c>
       <c r="B32" t="s">
-        <v>715</v>
+        <v>1184</v>
       </c>
       <c r="C32" t="s">
-        <v>716</v>
+        <v>677</v>
       </c>
     </row>
     <row r="33" spans="1:4">
       <c r="A33" t="str">
         <f t="shared" si="0"/>
-        <v>A14510-LANESBORO</v>
+        <v>A10030-SOUTH AURORA</v>
       </c>
       <c r="B33" t="s">
-        <v>717</v>
+        <v>1185</v>
       </c>
       <c r="C33" t="s">
-        <v>718</v>
+        <v>1186</v>
+      </c>
+      <c r="D33" t="s">
+        <v>1523</v>
       </c>
     </row>
     <row r="34" spans="1:4">
       <c r="A34" t="str">
         <f t="shared" si="0"/>
-        <v>A14514-MACKE</v>
+        <v>A12502-CLARKSVILLE</v>
       </c>
       <c r="B34" t="s">
-        <v>719</v>
+        <v>682</v>
       </c>
       <c r="C34" t="s">
-        <v>720</v>
+        <v>683</v>
       </c>
     </row>
     <row r="35" spans="1:4">
       <c r="A35" t="str">
         <f t="shared" si="0"/>
-        <v>A14518-MILLER</v>
+        <v>A12522-HOBSON</v>
       </c>
       <c r="B35" t="s">
-        <v>721</v>
+        <v>688</v>
       </c>
       <c r="C35" t="s">
-        <v>694</v>
+        <v>689</v>
       </c>
     </row>
     <row r="36" spans="1:4">
       <c r="A36" t="str">
         <f t="shared" si="0"/>
-        <v>A16004-LOWDEN-SCHNECKLOTH</v>
+        <v>A14504-REINHART</v>
       </c>
       <c r="B36" t="s">
-        <v>1220</v>
+        <v>694</v>
       </c>
       <c r="C36" t="s">
-        <v>1221</v>
+        <v>695</v>
       </c>
     </row>
     <row r="37" spans="1:4">
       <c r="A37" t="str">
         <f t="shared" si="0"/>
-        <v>A16006-STONEMILL</v>
+        <v>A14510-LANESBORO</v>
       </c>
       <c r="B37" t="s">
-        <v>1222</v>
+        <v>696</v>
       </c>
       <c r="C37" t="s">
-        <v>1223</v>
-[...2 lines deleted...]
-        <v>1565</v>
+        <v>697</v>
       </c>
     </row>
     <row r="38" spans="1:4">
       <c r="A38" t="str">
         <f t="shared" si="0"/>
-        <v>A16012-ONION GROVE</v>
+        <v>A14514-MACKE</v>
       </c>
       <c r="B38" t="s">
-        <v>1224</v>
+        <v>698</v>
       </c>
       <c r="C38" t="s">
-        <v>725</v>
+        <v>699</v>
       </c>
     </row>
     <row r="39" spans="1:4">
       <c r="A39" t="str">
         <f t="shared" si="0"/>
-        <v>A16022-TRICON</v>
+        <v>A14518-MILLER</v>
       </c>
       <c r="B39" t="s">
-        <v>1225</v>
+        <v>700</v>
       </c>
       <c r="C39" t="s">
-        <v>1226</v>
+        <v>675</v>
       </c>
     </row>
     <row r="40" spans="1:4">
       <c r="A40" t="str">
         <f t="shared" si="0"/>
-        <v>A17008-PORTLAND WEST</v>
+        <v>A16004-LOWDEN-SCHNECKLOTH</v>
       </c>
       <c r="B40" t="s">
-        <v>1227</v>
+        <v>1187</v>
       </c>
       <c r="C40" t="s">
-        <v>1228</v>
+        <v>1188</v>
       </c>
     </row>
     <row r="41" spans="1:4">
       <c r="A41" t="str">
         <f t="shared" si="0"/>
-        <v>A17012-UBBEN</v>
+        <v>A16006-STONEMILL</v>
       </c>
       <c r="B41" t="s">
-        <v>1229</v>
+        <v>1189</v>
       </c>
       <c r="C41" t="s">
-        <v>1230</v>
+        <v>1190</v>
       </c>
       <c r="D41" t="s">
-        <v>1565</v>
+        <v>1523</v>
       </c>
     </row>
     <row r="42" spans="1:4">
       <c r="A42" t="str">
         <f t="shared" si="0"/>
-        <v>A17020-MASON CITY</v>
+        <v>A16012-ONION GROVE</v>
       </c>
       <c r="B42" t="s">
-        <v>1231</v>
+        <v>1191</v>
       </c>
       <c r="C42" t="s">
-        <v>1232</v>
+        <v>704</v>
       </c>
     </row>
     <row r="43" spans="1:4">
       <c r="A43" t="str">
         <f t="shared" si="0"/>
-        <v>A17514-HOLCIM SAND</v>
+        <v>A16022-TRICON</v>
       </c>
       <c r="B43" t="s">
-        <v>728</v>
+        <v>1192</v>
       </c>
       <c r="C43" t="s">
-        <v>729</v>
+        <v>1193</v>
       </c>
     </row>
     <row r="44" spans="1:4">
       <c r="A44" t="str">
         <f t="shared" si="0"/>
-        <v>A18506-CHEROKEE SOUTH</v>
+        <v>A17008-PORTLAND WEST</v>
       </c>
       <c r="B44" t="s">
-        <v>732</v>
+        <v>1194</v>
       </c>
       <c r="C44" t="s">
-        <v>733</v>
+        <v>1195</v>
+      </c>
+      <c r="D44" t="s">
+        <v>1523</v>
       </c>
     </row>
     <row r="45" spans="1:4">
       <c r="A45" t="str">
         <f t="shared" si="0"/>
-        <v>A18514-LARRABEE-MONTGOMERY</v>
+        <v>A17012-UBBEN</v>
       </c>
       <c r="B45" t="s">
-        <v>734</v>
+        <v>1196</v>
       </c>
       <c r="C45" t="s">
-        <v>735</v>
+        <v>1197</v>
       </c>
     </row>
     <row r="46" spans="1:4">
       <c r="A46" t="str">
         <f t="shared" si="0"/>
-        <v>A18526-CHEROKEE NORTH</v>
+        <v>A17020-MASON CITY</v>
       </c>
       <c r="B46" t="s">
-        <v>736</v>
+        <v>1198</v>
       </c>
       <c r="C46" t="s">
-        <v>737</v>
+        <v>1199</v>
       </c>
     </row>
     <row r="47" spans="1:4">
       <c r="A47" t="str">
         <f t="shared" si="0"/>
-        <v>A18528-WASHTA</v>
+        <v>A17514-HOLCIM SAND</v>
       </c>
       <c r="B47" t="s">
-        <v>738</v>
+        <v>707</v>
       </c>
       <c r="C47" t="s">
-        <v>739</v>
+        <v>708</v>
       </c>
     </row>
     <row r="48" spans="1:4">
       <c r="A48" t="str">
         <f t="shared" si="0"/>
-        <v>A18534-NELSON</v>
+        <v>A18506-CHEROKEE SOUTH</v>
       </c>
       <c r="B48" t="s">
-        <v>740</v>
+        <v>711</v>
       </c>
       <c r="C48" t="s">
-        <v>741</v>
+        <v>712</v>
       </c>
     </row>
     <row r="49" spans="1:4">
       <c r="A49" t="str">
         <f t="shared" si="0"/>
-        <v>A19522-BUCKY'S</v>
+        <v>A18514-LARRABEE-MONTGOMERY</v>
       </c>
       <c r="B49" t="s">
-        <v>750</v>
+        <v>713</v>
       </c>
       <c r="C49" t="s">
-        <v>751</v>
-[...2 lines deleted...]
-        <v>1565</v>
+        <v>714</v>
       </c>
     </row>
     <row r="50" spans="1:4">
       <c r="A50" t="str">
         <f t="shared" si="0"/>
-        <v>A21506-EVERLY</v>
+        <v>A18526-CHEROKEE NORTH</v>
       </c>
       <c r="B50" t="s">
-        <v>752</v>
+        <v>715</v>
       </c>
       <c r="C50" t="s">
-        <v>753</v>
+        <v>716</v>
       </c>
     </row>
     <row r="51" spans="1:4">
       <c r="A51" t="str">
         <f t="shared" si="0"/>
-        <v>A21516-SPENCER #1</v>
+        <v>A18528-WASHTA</v>
       </c>
       <c r="B51" t="s">
-        <v>754</v>
+        <v>717</v>
       </c>
       <c r="C51" t="s">
-        <v>755</v>
+        <v>718</v>
       </c>
     </row>
     <row r="52" spans="1:4">
       <c r="A52" t="str">
         <f t="shared" si="0"/>
-        <v>A22004-BENTE-ELKADER-WATSON</v>
+        <v>A18534-NELSON</v>
       </c>
       <c r="B52" t="s">
-        <v>1233</v>
+        <v>719</v>
       </c>
       <c r="C52" t="s">
-        <v>1234</v>
+        <v>720</v>
       </c>
     </row>
     <row r="53" spans="1:4">
       <c r="A53" t="str">
         <f t="shared" si="0"/>
-        <v>A22010-OSTERDOCK</v>
+        <v>A19522-BUCKY'S</v>
       </c>
       <c r="B53" t="s">
-        <v>1235</v>
+        <v>729</v>
       </c>
       <c r="C53" t="s">
-        <v>1236</v>
+        <v>730</v>
+      </c>
+      <c r="D53" t="s">
+        <v>1523</v>
       </c>
     </row>
     <row r="54" spans="1:4">
       <c r="A54" t="str">
         <f t="shared" si="0"/>
-        <v>A22012-SCHMIDT</v>
+        <v>A21506-EVERLY</v>
       </c>
       <c r="B54" t="s">
-        <v>1237</v>
+        <v>731</v>
       </c>
       <c r="C54" t="s">
-        <v>1238</v>
+        <v>732</v>
       </c>
     </row>
     <row r="55" spans="1:4">
       <c r="A55" t="str">
         <f t="shared" si="0"/>
-        <v>A22014-BLUME</v>
+        <v>A21516-SPENCER #1</v>
       </c>
       <c r="B55" t="s">
-        <v>1239</v>
+        <v>733</v>
       </c>
       <c r="C55" t="s">
-        <v>1240</v>
+        <v>734</v>
       </c>
     </row>
     <row r="56" spans="1:4">
       <c r="A56" t="str">
         <f t="shared" si="0"/>
-        <v>A22016-GISLESON</v>
+        <v>A21528-GOEKEN</v>
       </c>
       <c r="B56" t="s">
-        <v>1241</v>
+        <v>1616</v>
       </c>
       <c r="C56" t="s">
-        <v>1242</v>
+        <v>1617</v>
       </c>
     </row>
     <row r="57" spans="1:4">
       <c r="A57" t="str">
         <f t="shared" si="0"/>
-        <v>A22020-MUELLER</v>
+        <v>A22004-BENTE-ELKADER-WATSON</v>
       </c>
       <c r="B57" t="s">
-        <v>1243</v>
+        <v>1200</v>
       </c>
       <c r="C57" t="s">
-        <v>1244</v>
+        <v>1201</v>
       </c>
     </row>
     <row r="58" spans="1:4">
       <c r="A58" t="str">
         <f t="shared" si="0"/>
-        <v>A22030-EBERHARDT</v>
+        <v>A22010-OSTERDOCK</v>
       </c>
       <c r="B58" t="s">
-        <v>1245</v>
+        <v>1202</v>
       </c>
       <c r="C58" t="s">
-        <v>1246</v>
+        <v>1203</v>
       </c>
     </row>
     <row r="59" spans="1:4">
       <c r="A59" t="str">
         <f t="shared" si="0"/>
-        <v>A22034-KRUSE</v>
+        <v>A22012-SCHMIDT</v>
       </c>
       <c r="B59" t="s">
-        <v>1247</v>
+        <v>1204</v>
       </c>
       <c r="C59" t="s">
-        <v>1248</v>
-[...2 lines deleted...]
-        <v>1565</v>
+        <v>1205</v>
       </c>
     </row>
     <row r="60" spans="1:4">
       <c r="A60" t="str">
         <f t="shared" si="0"/>
-        <v>A22038-FASSBINDER</v>
+        <v>A22014-BLUME</v>
       </c>
       <c r="B60" t="s">
-        <v>1249</v>
+        <v>1206</v>
       </c>
       <c r="C60" t="s">
-        <v>1250</v>
+        <v>1207</v>
       </c>
     </row>
     <row r="61" spans="1:4">
       <c r="A61" t="str">
         <f t="shared" si="0"/>
-        <v>A22040-HARTMAN</v>
+        <v>A22016-GISLESON</v>
       </c>
       <c r="B61" t="s">
-        <v>1251</v>
+        <v>1208</v>
       </c>
       <c r="C61" t="s">
-        <v>1252</v>
+        <v>1209</v>
       </c>
     </row>
     <row r="62" spans="1:4">
       <c r="A62" t="str">
         <f t="shared" si="0"/>
-        <v>A22060-JOHNSON</v>
+        <v>A22020-MUELLER</v>
       </c>
       <c r="B62" t="s">
-        <v>1253</v>
+        <v>1210</v>
       </c>
       <c r="C62" t="s">
-        <v>1254</v>
+        <v>1211</v>
       </c>
     </row>
     <row r="63" spans="1:4">
       <c r="A63" t="str">
         <f t="shared" si="0"/>
-        <v>A22062-SNY MAGILL</v>
+        <v>A22030-EBERHARDT</v>
       </c>
       <c r="B63" t="s">
-        <v>1255</v>
+        <v>1212</v>
       </c>
       <c r="C63" t="s">
-        <v>1256</v>
+        <v>1213</v>
       </c>
     </row>
     <row r="64" spans="1:4">
       <c r="A64" t="str">
         <f t="shared" si="0"/>
-        <v>A22068-MILLVILLE</v>
+        <v>A22034-KRUSE</v>
       </c>
       <c r="B64" t="s">
-        <v>1257</v>
+        <v>1214</v>
       </c>
       <c r="C64" t="s">
-        <v>1258</v>
+        <v>1215</v>
+      </c>
+      <c r="D64" t="s">
+        <v>1523</v>
       </c>
     </row>
     <row r="65" spans="1:4">
       <c r="A65" t="str">
         <f t="shared" si="0"/>
-        <v>A22070-BERNHARD/GIARD</v>
+        <v>A22038-FASSBINDER</v>
       </c>
       <c r="B65" t="s">
-        <v>1259</v>
+        <v>1216</v>
       </c>
       <c r="C65" t="s">
-        <v>1260</v>
+        <v>1217</v>
       </c>
     </row>
     <row r="66" spans="1:4">
       <c r="A66" t="str">
         <f t="shared" si="0"/>
-        <v>A22074-STRAWBERRY POINT</v>
+        <v>A22040-HARTMAN</v>
       </c>
       <c r="B66" t="s">
-        <v>1261</v>
+        <v>1218</v>
       </c>
       <c r="C66" t="s">
-        <v>1262</v>
+        <v>1219</v>
       </c>
     </row>
     <row r="67" spans="1:4">
       <c r="A67" t="str">
         <f t="shared" si="0"/>
-        <v>A22084-MOYNA</v>
+        <v>A22046-JOY SPRINGS-BURRACK</v>
       </c>
       <c r="B67" t="s">
-        <v>1263</v>
+        <v>1618</v>
       </c>
       <c r="C67" t="s">
-        <v>763</v>
+        <v>1619</v>
       </c>
     </row>
     <row r="68" spans="1:4">
       <c r="A68" t="str">
         <f t="shared" si="0"/>
-        <v>A22090-FRENCHTOWN</v>
+        <v>A22060-JOHNSON</v>
       </c>
       <c r="B68" t="s">
-        <v>1264</v>
+        <v>1220</v>
       </c>
       <c r="C68" t="s">
-        <v>1265</v>
-[...2 lines deleted...]
-        <v>1565</v>
+        <v>1221</v>
       </c>
     </row>
     <row r="69" spans="1:4">
       <c r="A69" t="str">
         <f t="shared" ref="A69:A132" si="1">CONCATENATE(B69,"-",C69)</f>
-        <v>A23002-ELWOOD-YEAGER</v>
+        <v>A22062-SNY MAGILL</v>
       </c>
       <c r="B69" t="s">
-        <v>1266</v>
+        <v>1222</v>
       </c>
       <c r="C69" t="s">
-        <v>1267</v>
+        <v>1223</v>
       </c>
     </row>
     <row r="70" spans="1:4">
       <c r="A70" t="str">
         <f t="shared" si="1"/>
-        <v>A23004-BEHR</v>
+        <v>A22068-MILLVILLE</v>
       </c>
       <c r="B70" t="s">
-        <v>1268</v>
+        <v>1224</v>
       </c>
       <c r="C70" t="s">
-        <v>1269</v>
+        <v>1225</v>
       </c>
     </row>
     <row r="71" spans="1:4">
       <c r="A71" t="str">
         <f t="shared" si="1"/>
-        <v>A23006-SHAFFTON</v>
+        <v>A22070-BERNHARD/GIARD</v>
       </c>
       <c r="B71" t="s">
-        <v>1270</v>
+        <v>1226</v>
       </c>
       <c r="C71" t="s">
-        <v>766</v>
+        <v>1227</v>
       </c>
     </row>
     <row r="72" spans="1:4">
       <c r="A72" t="str">
         <f t="shared" si="1"/>
-        <v>A23504-BEHR</v>
+        <v>A22074-STRAWBERRY POINT</v>
       </c>
       <c r="B72" t="s">
-        <v>1271</v>
+        <v>1228</v>
       </c>
       <c r="C72" t="s">
-        <v>1269</v>
+        <v>1229</v>
       </c>
     </row>
     <row r="73" spans="1:4">
       <c r="A73" t="str">
         <f t="shared" si="1"/>
-        <v>A24512-DUNLAP</v>
+        <v>A22084-MOYNA</v>
       </c>
       <c r="B73" t="s">
-        <v>771</v>
+        <v>1230</v>
       </c>
       <c r="C73" t="s">
-        <v>772</v>
+        <v>742</v>
       </c>
     </row>
     <row r="74" spans="1:4">
       <c r="A74" t="str">
         <f t="shared" si="1"/>
-        <v>A25510-PERRY</v>
+        <v>A22090-FRENCHTOWN</v>
       </c>
       <c r="B74" t="s">
-        <v>773</v>
+        <v>1231</v>
       </c>
       <c r="C74" t="s">
-        <v>774</v>
+        <v>1232</v>
+      </c>
+      <c r="D74" t="s">
+        <v>1523</v>
       </c>
     </row>
     <row r="75" spans="1:4">
       <c r="A75" t="str">
         <f t="shared" si="1"/>
-        <v>A25514-BOONEVILLE</v>
+        <v>A23002-ELWOOD-YEAGER</v>
       </c>
       <c r="B75" t="s">
-        <v>775</v>
+        <v>1233</v>
       </c>
       <c r="C75" t="s">
-        <v>776</v>
+        <v>1234</v>
       </c>
     </row>
     <row r="76" spans="1:4">
       <c r="A76" t="str">
         <f t="shared" si="1"/>
-        <v>A25516-VAN METER SOUTH</v>
+        <v>A23004-BEHR</v>
       </c>
       <c r="B76" t="s">
-        <v>777</v>
+        <v>1235</v>
       </c>
       <c r="C76" t="s">
-        <v>778</v>
+        <v>1236</v>
       </c>
     </row>
     <row r="77" spans="1:4">
       <c r="A77" t="str">
         <f t="shared" si="1"/>
-        <v>A25518-RACCOON RIVER SAND</v>
+        <v>A23006-SHAFFTON</v>
       </c>
       <c r="B77" t="s">
-        <v>779</v>
+        <v>1237</v>
       </c>
       <c r="C77" t="s">
-        <v>780</v>
+        <v>745</v>
       </c>
     </row>
     <row r="78" spans="1:4">
       <c r="A78" t="str">
         <f t="shared" si="1"/>
-        <v>A25520-LEAGACY MATERIALS</v>
+        <v>A24512-DUNLAP</v>
       </c>
       <c r="B78" t="s">
-        <v>781</v>
+        <v>750</v>
       </c>
       <c r="C78" t="s">
-        <v>1272</v>
+        <v>751</v>
       </c>
     </row>
     <row r="79" spans="1:4">
       <c r="A79" t="str">
         <f t="shared" si="1"/>
-        <v>A25522-BOONEVILLE WEST</v>
+        <v>A25510-PERRY</v>
       </c>
       <c r="B79" t="s">
-        <v>783</v>
+        <v>752</v>
       </c>
       <c r="C79" t="s">
-        <v>784</v>
+        <v>753</v>
       </c>
     </row>
     <row r="80" spans="1:4">
       <c r="A80" t="str">
         <f t="shared" si="1"/>
-        <v>A26004-LEWIS</v>
+        <v>A25514-BOONEVILLE</v>
       </c>
       <c r="B80" t="s">
-        <v>1273</v>
+        <v>754</v>
       </c>
       <c r="C80" t="s">
-        <v>1274</v>
+        <v>755</v>
       </c>
     </row>
     <row r="81" spans="1:4">
       <c r="A81" t="str">
         <f t="shared" si="1"/>
-        <v>A26006-BROWN</v>
+        <v>A25516-VAN METER SOUTH</v>
       </c>
       <c r="B81" t="s">
-        <v>1275</v>
+        <v>756</v>
       </c>
       <c r="C81" t="s">
-        <v>1276</v>
+        <v>757</v>
       </c>
     </row>
     <row r="82" spans="1:4">
       <c r="A82" t="str">
         <f t="shared" si="1"/>
-        <v>A28008-EDGEWOOD WEST</v>
+        <v>A25518-RACCOON RIVER SAND</v>
       </c>
       <c r="B82" t="s">
-        <v>1277</v>
+        <v>758</v>
       </c>
       <c r="C82" t="s">
-        <v>1278</v>
+        <v>759</v>
       </c>
     </row>
     <row r="83" spans="1:4">
       <c r="A83" t="str">
         <f t="shared" si="1"/>
-        <v>A28010-TIBBOTT</v>
+        <v>A25520-LEAGACY MATERIALS</v>
       </c>
       <c r="B83" t="s">
-        <v>1279</v>
+        <v>760</v>
       </c>
       <c r="C83" t="s">
-        <v>1280</v>
+        <v>1238</v>
       </c>
     </row>
     <row r="84" spans="1:4">
       <c r="A84" t="str">
         <f t="shared" si="1"/>
-        <v>A28012-BAUL</v>
+        <v>A25522-BOONEVILLE WEST</v>
       </c>
       <c r="B84" t="s">
-        <v>1281</v>
+        <v>762</v>
       </c>
       <c r="C84" t="s">
-        <v>1282</v>
+        <v>763</v>
       </c>
     </row>
     <row r="85" spans="1:4">
       <c r="A85" t="str">
         <f t="shared" si="1"/>
-        <v>A28014-LOGAN</v>
+        <v>A26004-LEWIS</v>
       </c>
       <c r="B85" t="s">
-        <v>1283</v>
+        <v>1239</v>
       </c>
       <c r="C85" t="s">
-        <v>790</v>
+        <v>1240</v>
       </c>
     </row>
     <row r="86" spans="1:4">
       <c r="A86" t="str">
         <f t="shared" si="1"/>
-        <v>A28016-WHITE</v>
+        <v>A26006-BROWN</v>
       </c>
       <c r="B86" t="s">
-        <v>1284</v>
+        <v>1241</v>
       </c>
       <c r="C86" t="s">
-        <v>1285</v>
+        <v>1242</v>
       </c>
     </row>
     <row r="87" spans="1:4">
       <c r="A87" t="str">
         <f t="shared" si="1"/>
-        <v>A28038-EDGEWOOD EAST</v>
+        <v>A28008-EDGEWOOD WEST</v>
       </c>
       <c r="B87" t="s">
-        <v>1286</v>
+        <v>1243</v>
       </c>
       <c r="C87" t="s">
-        <v>1287</v>
+        <v>1244</v>
       </c>
     </row>
     <row r="88" spans="1:4">
       <c r="A88" t="str">
         <f t="shared" si="1"/>
-        <v>A28040-KRAPFL</v>
+        <v>A28010-TIBBOTT</v>
       </c>
       <c r="B88" t="s">
-        <v>1288</v>
+        <v>1245</v>
       </c>
       <c r="C88" t="s">
-        <v>1289</v>
-[...2 lines deleted...]
-        <v>1565</v>
+        <v>1246</v>
       </c>
     </row>
     <row r="89" spans="1:4">
       <c r="A89" t="str">
         <f t="shared" si="1"/>
-        <v>A28044-DUNDEE</v>
+        <v>A28012-BAHL</v>
       </c>
       <c r="B89" t="s">
-        <v>1290</v>
+        <v>1247</v>
       </c>
       <c r="C89" t="s">
-        <v>1291</v>
+        <v>1620</v>
       </c>
     </row>
     <row r="90" spans="1:4">
       <c r="A90" t="str">
         <f t="shared" si="1"/>
-        <v>A28052-MANCHESTER</v>
+        <v>A28014-LOGAN</v>
       </c>
       <c r="B90" t="s">
-        <v>1292</v>
+        <v>1248</v>
       </c>
       <c r="C90" t="s">
-        <v>792</v>
+        <v>766</v>
       </c>
     </row>
     <row r="91" spans="1:4">
       <c r="A91" t="str">
         <f t="shared" si="1"/>
-        <v>A29002-MEDIAPOLIS</v>
+        <v>A28016-WHITE</v>
       </c>
       <c r="B91" t="s">
-        <v>1293</v>
+        <v>1249</v>
       </c>
       <c r="C91" t="s">
-        <v>1566</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="92" spans="1:4">
       <c r="A92" t="str">
         <f t="shared" si="1"/>
-        <v>A29008-NELSON</v>
+        <v>A28038-EDGEWOOD EAST</v>
       </c>
       <c r="B92" t="s">
-        <v>1294</v>
+        <v>1251</v>
       </c>
       <c r="C92" t="s">
-        <v>741</v>
+        <v>1252</v>
       </c>
     </row>
     <row r="93" spans="1:4">
       <c r="A93" t="str">
         <f t="shared" si="1"/>
-        <v>A29502-SPRING GROVE</v>
+        <v>A28040-KRAPFL</v>
       </c>
       <c r="B93" t="s">
-        <v>797</v>
+        <v>1253</v>
       </c>
       <c r="C93" t="s">
-        <v>798</v>
+        <v>1254</v>
+      </c>
+      <c r="D93" t="s">
+        <v>1523</v>
       </c>
     </row>
     <row r="94" spans="1:4">
       <c r="A94" t="str">
         <f t="shared" si="1"/>
-        <v>A30508-FOSTORIA/LOST</v>
+        <v>A28044-DUNDEE</v>
       </c>
       <c r="B94" t="s">
-        <v>799</v>
+        <v>1255</v>
       </c>
       <c r="C94" t="s">
-        <v>800</v>
+        <v>1256</v>
       </c>
     </row>
     <row r="95" spans="1:4">
       <c r="A95" t="str">
         <f t="shared" si="1"/>
-        <v>A30510-WEDEKING</v>
+        <v>A28052-MANCHESTER</v>
       </c>
       <c r="B95" t="s">
-        <v>801</v>
+        <v>1257</v>
       </c>
       <c r="C95" t="s">
-        <v>802</v>
+        <v>768</v>
       </c>
     </row>
     <row r="96" spans="1:4">
       <c r="A96" t="str">
         <f t="shared" si="1"/>
-        <v>A30520-MILFORD/DERNER</v>
+        <v>A29002-MEDIAPOLIS</v>
       </c>
       <c r="B96" t="s">
-        <v>803</v>
+        <v>1258</v>
       </c>
       <c r="C96" t="s">
-        <v>804</v>
+        <v>1524</v>
       </c>
     </row>
     <row r="97" spans="1:4">
       <c r="A97" t="str">
         <f t="shared" si="1"/>
-        <v>A31002-ROSE SPUR</v>
+        <v>A29008-NELSON</v>
       </c>
       <c r="B97" t="s">
-        <v>1295</v>
+        <v>1259</v>
       </c>
       <c r="C97" t="s">
-        <v>1296</v>
+        <v>720</v>
       </c>
     </row>
     <row r="98" spans="1:4">
       <c r="A98" t="str">
         <f t="shared" si="1"/>
-        <v>A31006-DYERSVILLE EAST</v>
+        <v>A29502-SPRING GROVE</v>
       </c>
       <c r="B98" t="s">
-        <v>1297</v>
+        <v>773</v>
       </c>
       <c r="C98" t="s">
-        <v>1298</v>
+        <v>774</v>
       </c>
     </row>
     <row r="99" spans="1:4">
       <c r="A99" t="str">
         <f t="shared" si="1"/>
-        <v>A31008-KLEIN-RICHARDSVILLE</v>
+        <v>A30508-FOSTORIA/LOST</v>
       </c>
       <c r="B99" t="s">
-        <v>1299</v>
+        <v>775</v>
       </c>
       <c r="C99" t="s">
-        <v>1300</v>
+        <v>776</v>
       </c>
     </row>
     <row r="100" spans="1:4">
       <c r="A100" t="str">
         <f t="shared" si="1"/>
-        <v>A31010-BROWN</v>
+        <v>A30510-WEDEKING</v>
       </c>
       <c r="B100" t="s">
-        <v>1301</v>
+        <v>777</v>
       </c>
       <c r="C100" t="s">
-        <v>1276</v>
+        <v>778</v>
       </c>
     </row>
     <row r="101" spans="1:4">
       <c r="A101" t="str">
         <f t="shared" si="1"/>
-        <v>A31014-KURT</v>
+        <v>A30514-MILFORD/LEITH</v>
       </c>
       <c r="B101" t="s">
-        <v>1302</v>
+        <v>1621</v>
       </c>
       <c r="C101" t="s">
-        <v>1303</v>
-[...2 lines deleted...]
-        <v>1565</v>
+        <v>1622</v>
       </c>
     </row>
     <row r="102" spans="1:4">
       <c r="A102" t="str">
         <f t="shared" si="1"/>
-        <v>A31018-MELOY</v>
+        <v>A30520-MILFORD/DERNER</v>
       </c>
       <c r="B102" t="s">
-        <v>1304</v>
+        <v>779</v>
       </c>
       <c r="C102" t="s">
-        <v>1305</v>
+        <v>780</v>
       </c>
     </row>
     <row r="103" spans="1:4">
       <c r="A103" t="str">
         <f t="shared" si="1"/>
-        <v>A31020-SCHLITCHE</v>
+        <v>A31002-ROSE SPUR</v>
       </c>
       <c r="B103" t="s">
-        <v>1306</v>
+        <v>1260</v>
       </c>
       <c r="C103" t="s">
-        <v>1307</v>
+        <v>1261</v>
       </c>
     </row>
     <row r="104" spans="1:4">
       <c r="A104" t="str">
         <f t="shared" si="1"/>
-        <v>A31026-ARNSDORF</v>
+        <v>A31006-DYERSVILLE EAST</v>
       </c>
       <c r="B104" t="s">
-        <v>1308</v>
+        <v>1262</v>
       </c>
       <c r="C104" t="s">
-        <v>1309</v>
+        <v>1263</v>
       </c>
     </row>
     <row r="105" spans="1:4">
       <c r="A105" t="str">
         <f t="shared" si="1"/>
-        <v>A31028-THOLE</v>
+        <v>A31008-KLEIN-RICHARDSVILLE</v>
       </c>
       <c r="B105" t="s">
-        <v>1310</v>
+        <v>1264</v>
       </c>
       <c r="C105" t="s">
-        <v>1311</v>
+        <v>1265</v>
       </c>
     </row>
     <row r="106" spans="1:4">
       <c r="A106" t="str">
         <f t="shared" si="1"/>
-        <v>A31032-CASCADE-REITER</v>
+        <v>A31010-BROWN</v>
       </c>
       <c r="B106" t="s">
-        <v>1312</v>
+        <v>1266</v>
       </c>
       <c r="C106" t="s">
-        <v>1313</v>
+        <v>1242</v>
       </c>
     </row>
     <row r="107" spans="1:4">
       <c r="A107" t="str">
         <f t="shared" si="1"/>
-        <v>A31046-DECKER</v>
+        <v>A31014-KURT</v>
       </c>
       <c r="B107" t="s">
-        <v>1314</v>
+        <v>1267</v>
       </c>
       <c r="C107" t="s">
-        <v>1315</v>
+        <v>1268</v>
+      </c>
+      <c r="D107" t="s">
+        <v>1523</v>
       </c>
     </row>
     <row r="108" spans="1:4">
       <c r="A108" t="str">
         <f t="shared" si="1"/>
-        <v>A31048-MCDERMOTT</v>
+        <v>A31018-MELOY</v>
       </c>
       <c r="B108" t="s">
-        <v>1316</v>
+        <v>1269</v>
       </c>
       <c r="C108" t="s">
-        <v>1317</v>
+        <v>1270</v>
       </c>
     </row>
     <row r="109" spans="1:4">
       <c r="A109" t="str">
         <f t="shared" si="1"/>
-        <v>A31050-PLOESSEL-DYERSVILLE</v>
+        <v>A31020-SCHLITCHE</v>
       </c>
       <c r="B109" t="s">
-        <v>1318</v>
+        <v>1271</v>
       </c>
       <c r="C109" t="s">
-        <v>1319</v>
+        <v>1272</v>
       </c>
     </row>
     <row r="110" spans="1:4">
       <c r="A110" t="str">
         <f t="shared" si="1"/>
-        <v>A31052-EPWORTH-KIDDER</v>
+        <v>A31026-ARNSDORF</v>
       </c>
       <c r="B110" t="s">
-        <v>1320</v>
+        <v>1273</v>
       </c>
       <c r="C110" t="s">
-        <v>1321</v>
+        <v>1274</v>
       </c>
     </row>
     <row r="111" spans="1:4">
       <c r="A111" t="str">
         <f t="shared" si="1"/>
-        <v>A31056-RUBIE</v>
+        <v>A31028-THOLE</v>
       </c>
       <c r="B111" t="s">
-        <v>1322</v>
+        <v>1275</v>
       </c>
       <c r="C111" t="s">
-        <v>1323</v>
-[...2 lines deleted...]
-        <v>1565</v>
+        <v>1276</v>
       </c>
     </row>
     <row r="112" spans="1:4">
       <c r="A112" t="str">
         <f t="shared" si="1"/>
-        <v>A31060-CASCADE EAST</v>
+        <v>A31032-REITER</v>
       </c>
       <c r="B112" t="s">
-        <v>1324</v>
+        <v>1277</v>
       </c>
       <c r="C112" t="s">
-        <v>1325</v>
-[...2 lines deleted...]
-        <v>1565</v>
+        <v>1623</v>
       </c>
     </row>
     <row r="113" spans="1:4">
       <c r="A113" t="str">
         <f t="shared" si="1"/>
-        <v>A31066-FILLMORE</v>
+        <v>A31046-DECKER</v>
       </c>
       <c r="B113" t="s">
-        <v>1326</v>
+        <v>1278</v>
       </c>
       <c r="C113" t="s">
-        <v>808</v>
+        <v>1279</v>
       </c>
     </row>
     <row r="114" spans="1:4">
       <c r="A114" t="str">
         <f t="shared" si="1"/>
-        <v>A31068-DYERSVILLE-MAIERS</v>
+        <v>A31048-MCDERMOTT</v>
       </c>
       <c r="B114" t="s">
-        <v>1327</v>
+        <v>1280</v>
       </c>
       <c r="C114" t="s">
-        <v>1328</v>
+        <v>1281</v>
       </c>
     </row>
     <row r="115" spans="1:4">
       <c r="A115" t="str">
         <f t="shared" si="1"/>
-        <v>A32502-ESTHERVILLE</v>
+        <v>A31050-PLOESSEL-DYERSVILLE</v>
       </c>
       <c r="B115" t="s">
-        <v>813</v>
+        <v>1282</v>
       </c>
       <c r="C115" t="s">
-        <v>814</v>
+        <v>1283</v>
       </c>
     </row>
     <row r="116" spans="1:4">
       <c r="A116" t="str">
         <f t="shared" si="1"/>
-        <v>A32530-ESTHERVILLE/WHITE</v>
+        <v>A31052-EPWORTH-KIDDER</v>
       </c>
       <c r="B116" t="s">
-        <v>815</v>
+        <v>1284</v>
       </c>
       <c r="C116" t="s">
-        <v>816</v>
+        <v>1285</v>
       </c>
     </row>
     <row r="117" spans="1:4">
       <c r="A117" t="str">
         <f t="shared" si="1"/>
-        <v>A32538-JENSEN</v>
+        <v>A31056-RUBIE</v>
       </c>
       <c r="B117" t="s">
-        <v>817</v>
+        <v>1286</v>
       </c>
       <c r="C117" t="s">
-        <v>712</v>
+        <v>1287</v>
+      </c>
+      <c r="D117" t="s">
+        <v>1523</v>
       </c>
     </row>
     <row r="118" spans="1:4">
       <c r="A118" t="str">
         <f t="shared" si="1"/>
-        <v>A32548-LILLAND</v>
+        <v>A31060-CASCADE EAST</v>
       </c>
       <c r="B118" t="s">
-        <v>819</v>
+        <v>1288</v>
       </c>
       <c r="C118" t="s">
-        <v>820</v>
+        <v>1289</v>
+      </c>
+      <c r="D118" t="s">
+        <v>1523</v>
       </c>
     </row>
     <row r="119" spans="1:4">
       <c r="A119" t="str">
         <f t="shared" si="1"/>
-        <v>A33002-ELDORADO-JACOBSEN</v>
+        <v>A31066-FILLMORE</v>
       </c>
       <c r="B119" t="s">
-        <v>1329</v>
+        <v>1290</v>
       </c>
       <c r="C119" t="s">
-        <v>1330</v>
-[...2 lines deleted...]
-        <v>1565</v>
+        <v>784</v>
       </c>
     </row>
     <row r="120" spans="1:4">
       <c r="A120" t="str">
         <f t="shared" si="1"/>
-        <v>A33024-WAUCOMA</v>
+        <v>A31068-DYERSVILLE-MAIERS</v>
       </c>
       <c r="B120" t="s">
-        <v>1331</v>
+        <v>1291</v>
       </c>
       <c r="C120" t="s">
-        <v>1332</v>
-[...2 lines deleted...]
-        <v>1565</v>
+        <v>1292</v>
       </c>
     </row>
     <row r="121" spans="1:4">
       <c r="A121" t="str">
         <f t="shared" si="1"/>
-        <v>A33038-PAPE</v>
+        <v>A32502-ESTHERVILLE</v>
       </c>
       <c r="B121" t="s">
-        <v>1333</v>
+        <v>789</v>
       </c>
       <c r="C121" t="s">
-        <v>830</v>
-[...2 lines deleted...]
-        <v>1565</v>
+        <v>790</v>
       </c>
     </row>
     <row r="122" spans="1:4">
       <c r="A122" t="str">
         <f t="shared" si="1"/>
-        <v>A34002-CARVILLE-BUNN</v>
+        <v>A32530-ESTHERVILLE/WHITE</v>
       </c>
       <c r="B122" t="s">
-        <v>1334</v>
+        <v>791</v>
       </c>
       <c r="C122" t="s">
-        <v>1335</v>
+        <v>792</v>
       </c>
     </row>
     <row r="123" spans="1:4">
       <c r="A123" t="str">
         <f t="shared" si="1"/>
-        <v>A34004-MAXON</v>
+        <v>A32538-JENSEN</v>
       </c>
       <c r="B123" t="s">
-        <v>1336</v>
+        <v>793</v>
       </c>
       <c r="C123" t="s">
-        <v>1337</v>
+        <v>691</v>
       </c>
     </row>
     <row r="124" spans="1:4">
       <c r="A124" t="str">
         <f t="shared" si="1"/>
-        <v>A34008-WARNHOLTZ</v>
+        <v>A32548-LILLAND</v>
       </c>
       <c r="B124" t="s">
-        <v>1338</v>
+        <v>795</v>
       </c>
       <c r="C124" t="s">
-        <v>1339</v>
+        <v>796</v>
       </c>
     </row>
     <row r="125" spans="1:4">
       <c r="A125" t="str">
         <f t="shared" si="1"/>
-        <v>A34010-LACOSTE</v>
+        <v>A33002-ELDORADO-JACOBSEN</v>
       </c>
       <c r="B125" t="s">
-        <v>1340</v>
+        <v>1293</v>
       </c>
       <c r="C125" t="s">
-        <v>1567</v>
+        <v>1294</v>
       </c>
       <c r="D125" t="s">
-        <v>1565</v>
+        <v>1523</v>
       </c>
     </row>
     <row r="126" spans="1:4">
       <c r="A126" t="str">
         <f t="shared" si="1"/>
-        <v>A34018-JONES</v>
+        <v>A33024-WAUCOMA</v>
       </c>
       <c r="B126" t="s">
-        <v>1341</v>
+        <v>1295</v>
       </c>
       <c r="C126" t="s">
-        <v>1342</v>
+        <v>1296</v>
       </c>
       <c r="D126" t="s">
-        <v>1565</v>
+        <v>1523</v>
       </c>
     </row>
     <row r="127" spans="1:4">
       <c r="A127" t="str">
         <f t="shared" si="1"/>
-        <v>A34502-ROCKFORD</v>
+        <v>A33038-PAPE</v>
       </c>
       <c r="B127" t="s">
-        <v>835</v>
+        <v>1297</v>
       </c>
       <c r="C127" t="s">
-        <v>836</v>
+        <v>806</v>
+      </c>
+      <c r="D127" t="s">
+        <v>1523</v>
       </c>
     </row>
     <row r="128" spans="1:4">
       <c r="A128" t="str">
         <f t="shared" si="1"/>
-        <v>A34516-CEDAR ACRE RESORT</v>
+        <v>A34002-CARVILLE-BUNN</v>
       </c>
       <c r="B128" t="s">
-        <v>837</v>
+        <v>1298</v>
       </c>
       <c r="C128" t="s">
-        <v>838</v>
+        <v>1299</v>
       </c>
     </row>
     <row r="129" spans="1:4">
       <c r="A129" t="str">
         <f t="shared" si="1"/>
-        <v>A34520-FOOTHILL</v>
+        <v>A34004-MAXON</v>
       </c>
       <c r="B129" t="s">
-        <v>839</v>
+        <v>1300</v>
       </c>
       <c r="C129" t="s">
-        <v>840</v>
+        <v>1301</v>
       </c>
     </row>
     <row r="130" spans="1:4">
       <c r="A130" t="str">
         <f t="shared" si="1"/>
-        <v>A35502-GENEVA</v>
+        <v>A34008-WARNHOLTZ</v>
       </c>
       <c r="B130" t="s">
-        <v>843</v>
+        <v>1302</v>
       </c>
       <c r="C130" t="s">
-        <v>844</v>
+        <v>1303</v>
       </c>
     </row>
     <row r="131" spans="1:4">
       <c r="A131" t="str">
         <f t="shared" si="1"/>
-        <v>A35522-MCDOWELL SAND</v>
+        <v>A34010-LACOSTE</v>
       </c>
       <c r="B131" t="s">
-        <v>845</v>
+        <v>1304</v>
       </c>
       <c r="C131" t="s">
-        <v>846</v>
+        <v>1525</v>
+      </c>
+      <c r="D131" t="s">
+        <v>1523</v>
       </c>
     </row>
     <row r="132" spans="1:4">
       <c r="A132" t="str">
         <f t="shared" si="1"/>
-        <v>A37504-JEFFERSON</v>
+        <v>A34018-JONES</v>
       </c>
       <c r="B132" t="s">
-        <v>847</v>
+        <v>1305</v>
       </c>
       <c r="C132" t="s">
-        <v>848</v>
+        <v>1306</v>
+      </c>
+      <c r="D132" t="s">
+        <v>1523</v>
       </c>
     </row>
     <row r="133" spans="1:4">
       <c r="A133" t="str">
         <f t="shared" ref="A133:A196" si="2">CONCATENATE(B133,"-",C133)</f>
-        <v>A37520-GREEN COUNTY MATERIALS</v>
+        <v>A34502-ROCKFORD</v>
       </c>
       <c r="B133" t="s">
-        <v>849</v>
+        <v>811</v>
       </c>
       <c r="C133" t="s">
-        <v>1568</v>
+        <v>812</v>
       </c>
     </row>
     <row r="134" spans="1:4">
       <c r="A134" t="str">
         <f t="shared" si="2"/>
-        <v>A40006-GRANDGEORGE</v>
+        <v>A34516-CEDAR ACRE RESORT</v>
       </c>
       <c r="B134" t="s">
-        <v>1343</v>
+        <v>813</v>
       </c>
       <c r="C134" t="s">
-        <v>1344</v>
-[...2 lines deleted...]
-        <v>1565</v>
+        <v>814</v>
       </c>
     </row>
     <row r="135" spans="1:4">
       <c r="A135" t="str">
         <f t="shared" si="2"/>
-        <v>A41002-GARNER NORTH</v>
+        <v>A34520-FOOTHILL</v>
       </c>
       <c r="B135" t="s">
-        <v>1345</v>
+        <v>815</v>
       </c>
       <c r="C135" t="s">
-        <v>1346</v>
-[...2 lines deleted...]
-        <v>1565</v>
+        <v>816</v>
       </c>
     </row>
     <row r="136" spans="1:4">
       <c r="A136" t="str">
         <f t="shared" si="2"/>
-        <v>A42002-ALDEN</v>
+        <v>A35502-GENEVA</v>
       </c>
       <c r="B136" t="s">
-        <v>1347</v>
+        <v>819</v>
       </c>
       <c r="C136" t="s">
-        <v>1348</v>
-[...2 lines deleted...]
-        <v>1565</v>
+        <v>820</v>
       </c>
     </row>
     <row r="137" spans="1:4">
       <c r="A137" t="str">
         <f t="shared" si="2"/>
-        <v>A42532-H &amp; M FARMS</v>
+        <v>A35522-MCDOWELL SAND</v>
       </c>
       <c r="B137" t="s">
-        <v>860</v>
+        <v>821</v>
       </c>
       <c r="C137" t="s">
-        <v>861</v>
+        <v>822</v>
       </c>
     </row>
     <row r="138" spans="1:4">
       <c r="A138" t="str">
         <f t="shared" si="2"/>
-        <v>A43512-WOODBINE-MCCANN</v>
+        <v>A37504-JEFFERSON</v>
       </c>
       <c r="B138" t="s">
-        <v>862</v>
+        <v>823</v>
       </c>
       <c r="C138" t="s">
-        <v>863</v>
+        <v>824</v>
       </c>
     </row>
     <row r="139" spans="1:4">
       <c r="A139" t="str">
         <f t="shared" si="2"/>
-        <v>A44006-LEEPER</v>
+        <v>A37520-JEFFERSON</v>
       </c>
       <c r="B139" t="s">
-        <v>1349</v>
+        <v>825</v>
       </c>
       <c r="C139" t="s">
-        <v>1350</v>
+        <v>824</v>
       </c>
     </row>
     <row r="140" spans="1:4">
       <c r="A140" t="str">
         <f t="shared" si="2"/>
-        <v>A45006-NELSON</v>
+        <v>A40006-GRANDGEORGE</v>
       </c>
       <c r="B140" t="s">
-        <v>1351</v>
+        <v>1307</v>
       </c>
       <c r="C140" t="s">
-        <v>741</v>
+        <v>1308</v>
+      </c>
+      <c r="D140" t="s">
+        <v>1523</v>
       </c>
     </row>
     <row r="141" spans="1:4">
       <c r="A141" t="str">
         <f t="shared" si="2"/>
-        <v>A45008-DOTZLER</v>
+        <v>A41002-GARNER NORTH</v>
       </c>
       <c r="B141" t="s">
-        <v>1352</v>
+        <v>1309</v>
       </c>
       <c r="C141" t="s">
-        <v>1353</v>
+        <v>1310</v>
+      </c>
+      <c r="D141" t="s">
+        <v>1523</v>
       </c>
     </row>
     <row r="142" spans="1:4">
       <c r="A142" t="str">
         <f t="shared" si="2"/>
-        <v>A45010-DALEY</v>
+        <v>A42002-ALDEN</v>
       </c>
       <c r="B142" t="s">
-        <v>1354</v>
+        <v>1311</v>
       </c>
       <c r="C142" t="s">
-        <v>1355</v>
+        <v>1312</v>
+      </c>
+      <c r="D142" t="s">
+        <v>1523</v>
       </c>
     </row>
     <row r="143" spans="1:4">
       <c r="A143" t="str">
         <f t="shared" si="2"/>
-        <v>A45028-ELMA</v>
+        <v>A42532-H &amp; M FARMS</v>
       </c>
       <c r="B143" t="s">
-        <v>1356</v>
+        <v>836</v>
       </c>
       <c r="C143" t="s">
-        <v>877</v>
+        <v>837</v>
       </c>
     </row>
     <row r="144" spans="1:4">
       <c r="A144" t="str">
         <f t="shared" si="2"/>
-        <v>A45504-ECKERMAN</v>
+        <v>A43512-WOODBINE-MCCANN</v>
       </c>
       <c r="B144" t="s">
-        <v>870</v>
+        <v>838</v>
       </c>
       <c r="C144" t="s">
-        <v>871</v>
+        <v>839</v>
       </c>
     </row>
     <row r="145" spans="1:4">
       <c r="A145" t="str">
         <f t="shared" si="2"/>
-        <v>A45508-SOVEREIGN</v>
+        <v>A44006-LEEPER</v>
       </c>
       <c r="B145" t="s">
-        <v>872</v>
+        <v>1313</v>
       </c>
       <c r="C145" t="s">
-        <v>873</v>
+        <v>1314</v>
       </c>
     </row>
     <row r="146" spans="1:4">
       <c r="A146" t="str">
         <f t="shared" si="2"/>
-        <v>A46004-GRIFFITH</v>
+        <v>A45006-NELSON</v>
       </c>
       <c r="B146" t="s">
-        <v>1357</v>
+        <v>1315</v>
       </c>
       <c r="C146" t="s">
-        <v>1358</v>
-[...2 lines deleted...]
-        <v>1565</v>
+        <v>720</v>
       </c>
     </row>
     <row r="147" spans="1:4">
       <c r="A147" t="str">
         <f t="shared" si="2"/>
-        <v>A46006-HODGES</v>
+        <v>A45008-DOTZLER</v>
       </c>
       <c r="B147" t="s">
-        <v>1359</v>
+        <v>1316</v>
       </c>
       <c r="C147" t="s">
-        <v>1360</v>
+        <v>1317</v>
       </c>
     </row>
     <row r="148" spans="1:4">
       <c r="A148" t="str">
         <f t="shared" si="2"/>
-        <v>A46014-PEDERSEN</v>
+        <v>A45010-DALEY</v>
       </c>
       <c r="B148" t="s">
-        <v>1361</v>
+        <v>1318</v>
       </c>
       <c r="C148" t="s">
-        <v>883</v>
+        <v>1319</v>
       </c>
     </row>
     <row r="149" spans="1:4">
       <c r="A149" t="str">
         <f t="shared" si="2"/>
-        <v>A46018-MOORE EAST</v>
+        <v>A45028-ELMA</v>
       </c>
       <c r="B149" t="s">
-        <v>1362</v>
+        <v>1320</v>
       </c>
       <c r="C149" t="s">
-        <v>1363</v>
-[...2 lines deleted...]
-        <v>1565</v>
+        <v>853</v>
       </c>
     </row>
     <row r="150" spans="1:4">
       <c r="A150" t="str">
         <f t="shared" si="2"/>
-        <v>A46518-PEDERSEN</v>
+        <v>A45504-ECKERMAN</v>
       </c>
       <c r="B150" t="s">
-        <v>882</v>
+        <v>846</v>
       </c>
       <c r="C150" t="s">
-        <v>883</v>
+        <v>847</v>
       </c>
     </row>
     <row r="151" spans="1:4">
       <c r="A151" t="str">
         <f t="shared" si="2"/>
-        <v>A49002-BELLEVUE</v>
+        <v>A45508-SOVEREIGN</v>
       </c>
       <c r="B151" t="s">
-        <v>1364</v>
+        <v>848</v>
       </c>
       <c r="C151" t="s">
-        <v>889</v>
+        <v>849</v>
       </c>
     </row>
     <row r="152" spans="1:4">
       <c r="A152" t="str">
         <f t="shared" si="2"/>
-        <v>A49008-IRON HILL</v>
+        <v>A46004-GRIFFITH</v>
       </c>
       <c r="B152" t="s">
-        <v>1365</v>
+        <v>1321</v>
       </c>
       <c r="C152" t="s">
-        <v>896</v>
+        <v>1322</v>
+      </c>
+      <c r="D152" t="s">
+        <v>1523</v>
       </c>
     </row>
     <row r="153" spans="1:4">
       <c r="A153" t="str">
         <f t="shared" si="2"/>
-        <v>A49010-ANDREW</v>
+        <v>A46006-HODGES</v>
       </c>
       <c r="B153" t="s">
-        <v>1366</v>
+        <v>1323</v>
       </c>
       <c r="C153" t="s">
-        <v>1367</v>
-[...2 lines deleted...]
-        <v>1565</v>
+        <v>1324</v>
       </c>
     </row>
     <row r="154" spans="1:4">
       <c r="A154" t="str">
         <f t="shared" si="2"/>
-        <v>A49012-FROST</v>
+        <v>A46014-PEDERSEN</v>
       </c>
       <c r="B154" t="s">
-        <v>1368</v>
+        <v>1325</v>
       </c>
       <c r="C154" t="s">
-        <v>1369</v>
-[...2 lines deleted...]
-        <v>1565</v>
+        <v>859</v>
       </c>
     </row>
     <row r="155" spans="1:4">
       <c r="A155" t="str">
         <f t="shared" si="2"/>
-        <v>A49020-PRESTON</v>
+        <v>A46018-MOORE EAST</v>
       </c>
       <c r="B155" t="s">
-        <v>1370</v>
+        <v>1326</v>
       </c>
       <c r="C155" t="s">
-        <v>1371</v>
+        <v>1327</v>
+      </c>
+      <c r="D155" t="s">
+        <v>1523</v>
       </c>
     </row>
     <row r="156" spans="1:4">
       <c r="A156" t="str">
         <f t="shared" si="2"/>
-        <v>A49021-PRESTON R/M</v>
+        <v>A46518-PEDERSEN</v>
       </c>
       <c r="B156" t="s">
-        <v>1372</v>
+        <v>858</v>
       </c>
       <c r="C156" t="s">
-        <v>1373</v>
+        <v>859</v>
       </c>
     </row>
     <row r="157" spans="1:4">
       <c r="A157" t="str">
         <f t="shared" si="2"/>
-        <v>A49024-MAQUOKETA EAST</v>
+        <v>A47504-CROCKER</v>
       </c>
       <c r="B157" t="s">
-        <v>1374</v>
+        <v>1624</v>
       </c>
       <c r="C157" t="s">
-        <v>1375</v>
+        <v>1625</v>
       </c>
     </row>
     <row r="158" spans="1:4">
       <c r="A158" t="str">
         <f t="shared" si="2"/>
-        <v>A49060-ST DONATUS</v>
+        <v>A49002-BELLEVUE</v>
       </c>
       <c r="B158" t="s">
-        <v>1376</v>
+        <v>1328</v>
       </c>
       <c r="C158" t="s">
-        <v>1377</v>
+        <v>863</v>
       </c>
     </row>
     <row r="159" spans="1:4">
       <c r="A159" t="str">
         <f t="shared" si="2"/>
-        <v>A49064-VEACH</v>
+        <v>A49008-IRON HILL</v>
       </c>
       <c r="B159" t="s">
-        <v>1378</v>
+        <v>1329</v>
       </c>
       <c r="C159" t="s">
-        <v>1379</v>
+        <v>870</v>
       </c>
     </row>
     <row r="160" spans="1:4">
       <c r="A160" t="str">
         <f t="shared" si="2"/>
-        <v>A49068-BELLEVUE FARM</v>
+        <v>A49010-ANDREW</v>
       </c>
       <c r="B160" t="s">
-        <v>1380</v>
+        <v>1330</v>
       </c>
       <c r="C160" t="s">
-        <v>893</v>
+        <v>1331</v>
+      </c>
+      <c r="D160" t="s">
+        <v>1523</v>
       </c>
     </row>
     <row r="161" spans="1:4">
       <c r="A161" t="str">
         <f t="shared" si="2"/>
-        <v>A49506-BELLEVUE</v>
+        <v>A49012-FROST</v>
       </c>
       <c r="B161" t="s">
-        <v>888</v>
+        <v>1332</v>
       </c>
       <c r="C161" t="s">
-        <v>889</v>
+        <v>1333</v>
       </c>
       <c r="D161" t="s">
-        <v>1565</v>
+        <v>1523</v>
       </c>
     </row>
     <row r="162" spans="1:4">
       <c r="A162" t="str">
         <f t="shared" si="2"/>
-        <v>A49516-TURNER</v>
+        <v>A49020-PRESTON</v>
       </c>
       <c r="B162" t="s">
-        <v>890</v>
+        <v>1334</v>
       </c>
       <c r="C162" t="s">
-        <v>891</v>
-[...2 lines deleted...]
-        <v>1565</v>
+        <v>1335</v>
       </c>
     </row>
     <row r="163" spans="1:4">
       <c r="A163" t="str">
         <f t="shared" si="2"/>
-        <v>A49524-GRIEBEL</v>
+        <v>A49021-PRESTON R/M</v>
       </c>
       <c r="B163" t="s">
-        <v>1381</v>
+        <v>1336</v>
       </c>
       <c r="C163" t="s">
-        <v>1382</v>
-[...2 lines deleted...]
-        <v>1565</v>
+        <v>1337</v>
       </c>
     </row>
     <row r="164" spans="1:4">
       <c r="A164" t="str">
         <f t="shared" si="2"/>
-        <v>A49526-BELLEVUE FARM</v>
+        <v>A49024-MAQUOKETA EAST</v>
       </c>
       <c r="B164" t="s">
-        <v>892</v>
+        <v>1338</v>
       </c>
       <c r="C164" t="s">
-        <v>893</v>
-[...2 lines deleted...]
-        <v>1565</v>
+        <v>1339</v>
       </c>
     </row>
     <row r="165" spans="1:4">
       <c r="A165" t="str">
         <f t="shared" si="2"/>
-        <v>A49530-PETERSON</v>
+        <v>A49060-ST DONATUS</v>
       </c>
       <c r="B165" t="s">
-        <v>894</v>
+        <v>1340</v>
       </c>
       <c r="C165" t="s">
-        <v>895</v>
-[...2 lines deleted...]
-        <v>1565</v>
+        <v>1341</v>
       </c>
     </row>
     <row r="166" spans="1:4">
       <c r="A166" t="str">
         <f t="shared" si="2"/>
-        <v>A50002-SULLY MINE</v>
+        <v>A49064-VEACH</v>
       </c>
       <c r="B166" t="s">
-        <v>1383</v>
+        <v>1342</v>
       </c>
       <c r="C166" t="s">
-        <v>1384</v>
+        <v>1343</v>
       </c>
     </row>
     <row r="167" spans="1:4">
       <c r="A167" t="str">
         <f t="shared" si="2"/>
-        <v>A51006-FAIRFIELD</v>
+        <v>A49068-BELLEVUE FARM</v>
       </c>
       <c r="B167" t="s">
-        <v>1385</v>
+        <v>1344</v>
       </c>
       <c r="C167" t="s">
-        <v>1569</v>
+        <v>867</v>
       </c>
     </row>
     <row r="168" spans="1:4">
       <c r="A168" t="str">
         <f t="shared" si="2"/>
-        <v>A52004-CONKLIN</v>
+        <v>A49506-BELLEVUE</v>
       </c>
       <c r="B168" t="s">
-        <v>1386</v>
+        <v>862</v>
       </c>
       <c r="C168" t="s">
-        <v>1387</v>
+        <v>863</v>
       </c>
       <c r="D168" t="s">
-        <v>1565</v>
+        <v>1523</v>
       </c>
     </row>
     <row r="169" spans="1:4">
       <c r="A169" t="str">
         <f t="shared" si="2"/>
-        <v>A52006-KLEIN</v>
+        <v>A49516-TURNER</v>
       </c>
       <c r="B169" t="s">
-        <v>1388</v>
+        <v>864</v>
       </c>
       <c r="C169" t="s">
-        <v>1389</v>
+        <v>865</v>
       </c>
       <c r="D169" t="s">
-        <v>1565</v>
+        <v>1523</v>
       </c>
     </row>
     <row r="170" spans="1:4">
       <c r="A170" t="str">
         <f t="shared" si="2"/>
-        <v>A52008-ERNST</v>
+        <v>A49526-BELLEVUE FARM</v>
       </c>
       <c r="B170" t="s">
-        <v>1390</v>
+        <v>866</v>
       </c>
       <c r="C170" t="s">
-        <v>1391</v>
+        <v>867</v>
+      </c>
+      <c r="D170" t="s">
+        <v>1523</v>
       </c>
     </row>
     <row r="171" spans="1:4">
       <c r="A171" t="str">
         <f t="shared" si="2"/>
-        <v>A53002-FARMERS-BEHRENDS</v>
+        <v>A49530-PETERSON</v>
       </c>
       <c r="B171" t="s">
-        <v>1392</v>
+        <v>868</v>
       </c>
       <c r="C171" t="s">
-        <v>1393</v>
+        <v>869</v>
+      </c>
+      <c r="D171" t="s">
+        <v>1523</v>
       </c>
     </row>
     <row r="172" spans="1:4">
       <c r="A172" t="str">
         <f t="shared" si="2"/>
-        <v>A53006-ANAMOSA</v>
+        <v>A50002-SULLY MINE</v>
       </c>
       <c r="B172" t="s">
-        <v>1394</v>
+        <v>1345</v>
       </c>
       <c r="C172" t="s">
-        <v>908</v>
+        <v>1346</v>
       </c>
     </row>
     <row r="173" spans="1:4">
       <c r="A173" t="str">
         <f t="shared" si="2"/>
-        <v>A53010-BALLOU-OLIN</v>
+        <v>A51006-FAIRFIELD</v>
       </c>
       <c r="B173" t="s">
-        <v>1395</v>
+        <v>1347</v>
       </c>
       <c r="C173" t="s">
-        <v>1396</v>
-[...2 lines deleted...]
-        <v>1565</v>
+        <v>1526</v>
       </c>
     </row>
     <row r="174" spans="1:4">
       <c r="A174" t="str">
         <f t="shared" si="2"/>
-        <v>A53016-STONE CITY</v>
+        <v>A52004-CONKLIN</v>
       </c>
       <c r="B174" t="s">
-        <v>1397</v>
+        <v>1348</v>
       </c>
       <c r="C174" t="s">
-        <v>1398</v>
+        <v>1349</v>
+      </c>
+      <c r="D174" t="s">
+        <v>1523</v>
       </c>
     </row>
     <row r="175" spans="1:4">
       <c r="A175" t="str">
         <f t="shared" si="2"/>
-        <v>A53018-FINN</v>
+        <v>A52006-KLEIN</v>
       </c>
       <c r="B175" t="s">
-        <v>1399</v>
+        <v>1350</v>
       </c>
       <c r="C175" t="s">
-        <v>1400</v>
+        <v>1351</v>
+      </c>
+      <c r="D175" t="s">
+        <v>1523</v>
       </c>
     </row>
     <row r="176" spans="1:4">
       <c r="A176" t="str">
         <f t="shared" si="2"/>
-        <v>A53024-SULLIVAN</v>
+        <v>A52008-ERNST</v>
       </c>
       <c r="B176" t="s">
-        <v>1401</v>
+        <v>1352</v>
       </c>
       <c r="C176" t="s">
-        <v>1402</v>
-[...2 lines deleted...]
-    <row r="177" spans="1:3">
+        <v>1353</v>
+      </c>
+    </row>
+    <row r="177" spans="1:4">
       <c r="A177" t="str">
         <f t="shared" si="2"/>
-        <v>A53026-ANAMOSA</v>
+        <v>A53002-FARMERS-BEHRENDS</v>
       </c>
       <c r="B177" t="s">
-        <v>1403</v>
+        <v>1354</v>
       </c>
       <c r="C177" t="s">
-        <v>908</v>
-[...2 lines deleted...]
-    <row r="178" spans="1:3">
+        <v>1355</v>
+      </c>
+    </row>
+    <row r="178" spans="1:4">
       <c r="A178" t="str">
         <f t="shared" si="2"/>
-        <v>A54002-KESWICK</v>
+        <v>A53010-BALLOU-OLIN</v>
       </c>
       <c r="B178" t="s">
-        <v>1404</v>
+        <v>1356</v>
       </c>
       <c r="C178" t="s">
-        <v>1405</v>
-[...2 lines deleted...]
-    <row r="179" spans="1:3">
+        <v>1357</v>
+      </c>
+      <c r="D178" t="s">
+        <v>1523</v>
+      </c>
+    </row>
+    <row r="179" spans="1:4">
       <c r="A179" t="str">
         <f t="shared" si="2"/>
-        <v>A54004-OLLIE</v>
+        <v>A53016-STONE CITY</v>
       </c>
       <c r="B179" t="s">
-        <v>1406</v>
+        <v>1358</v>
       </c>
       <c r="C179" t="s">
-        <v>1407</v>
-[...2 lines deleted...]
-    <row r="180" spans="1:3">
+        <v>1359</v>
+      </c>
+    </row>
+    <row r="180" spans="1:4">
       <c r="A180" t="str">
         <f t="shared" si="2"/>
-        <v>A54010-LYLE MINE</v>
+        <v>A53018-FINN</v>
       </c>
       <c r="B180" t="s">
-        <v>1408</v>
+        <v>1360</v>
       </c>
       <c r="C180" t="s">
-        <v>1409</v>
-[...2 lines deleted...]
-    <row r="181" spans="1:3">
+        <v>1361</v>
+      </c>
+    </row>
+    <row r="181" spans="1:4">
       <c r="A181" t="str">
         <f t="shared" si="2"/>
-        <v>A56016-HERITAGE</v>
+        <v>A53024-SULLIVAN</v>
       </c>
       <c r="B181" t="s">
-        <v>1410</v>
+        <v>1362</v>
       </c>
       <c r="C181" t="s">
-        <v>1411</v>
-[...2 lines deleted...]
-    <row r="182" spans="1:3">
+        <v>1363</v>
+      </c>
+    </row>
+    <row r="182" spans="1:4">
       <c r="A182" t="str">
         <f t="shared" si="2"/>
-        <v>A57002-BETENBENDER-COGGON</v>
+        <v>A53026-ANAMOSA</v>
       </c>
       <c r="B182" t="s">
-        <v>1412</v>
+        <v>1364</v>
       </c>
       <c r="C182" t="s">
-        <v>1413</v>
-[...2 lines deleted...]
-    <row r="183" spans="1:3">
+        <v>882</v>
+      </c>
+    </row>
+    <row r="183" spans="1:4">
       <c r="A183" t="str">
         <f t="shared" si="2"/>
-        <v>A57006-ROBINS</v>
+        <v>A54002-KESWICK</v>
       </c>
       <c r="B183" t="s">
-        <v>1414</v>
+        <v>1365</v>
       </c>
       <c r="C183" t="s">
-        <v>1415</v>
-[...2 lines deleted...]
-    <row r="184" spans="1:3">
+        <v>1366</v>
+      </c>
+    </row>
+    <row r="184" spans="1:4">
       <c r="A184" t="str">
         <f t="shared" si="2"/>
-        <v>A57008-BOWSER-SPRINGVILLE</v>
+        <v>A54004-OLLIE</v>
       </c>
       <c r="B184" t="s">
-        <v>1416</v>
+        <v>1367</v>
       </c>
       <c r="C184" t="s">
-        <v>1417</v>
-[...2 lines deleted...]
-    <row r="185" spans="1:3">
+        <v>1368</v>
+      </c>
+    </row>
+    <row r="185" spans="1:4">
       <c r="A185" t="str">
         <f t="shared" si="2"/>
-        <v>A57018-CEDAR RAPIDS</v>
+        <v>A54010-LYLE MINE</v>
       </c>
       <c r="B185" t="s">
-        <v>1418</v>
+        <v>1369</v>
       </c>
       <c r="C185" t="s">
-        <v>919</v>
-[...2 lines deleted...]
-    <row r="186" spans="1:3">
+        <v>1370</v>
+      </c>
+    </row>
+    <row r="186" spans="1:4">
       <c r="A186" t="str">
         <f t="shared" si="2"/>
-        <v>A57022-LEE CRAWFORD</v>
+        <v>A56016-HERITAGE</v>
       </c>
       <c r="B186" t="s">
-        <v>1419</v>
+        <v>1371</v>
       </c>
       <c r="C186" t="s">
-        <v>1420</v>
-[...2 lines deleted...]
-    <row r="187" spans="1:3">
+        <v>1372</v>
+      </c>
+    </row>
+    <row r="187" spans="1:4">
       <c r="A187" t="str">
         <f t="shared" si="2"/>
-        <v>A57028-CEDAR RAPIDS SOUTH</v>
+        <v>A57002-BETENBENDER-COGGON</v>
       </c>
       <c r="B187" t="s">
-        <v>1421</v>
+        <v>1373</v>
       </c>
       <c r="C187" t="s">
-        <v>1422</v>
-[...2 lines deleted...]
-    <row r="188" spans="1:3">
+        <v>1374</v>
+      </c>
+    </row>
+    <row r="188" spans="1:4">
       <c r="A188" t="str">
         <f t="shared" si="2"/>
-        <v>A57528-BLAIRSFERRY SAND</v>
+        <v>A57006-ROBINS</v>
       </c>
       <c r="B188" t="s">
-        <v>922</v>
+        <v>1375</v>
       </c>
       <c r="C188" t="s">
-        <v>923</v>
-[...2 lines deleted...]
-    <row r="189" spans="1:3">
+        <v>1376</v>
+      </c>
+    </row>
+    <row r="189" spans="1:4">
       <c r="A189" t="str">
         <f t="shared" si="2"/>
-        <v>A58002-COLUMBUS JCT.</v>
+        <v>A57008-BOWSER-SPRINGVILLE</v>
       </c>
       <c r="B189" t="s">
-        <v>1423</v>
+        <v>1377</v>
       </c>
       <c r="C189" t="s">
-        <v>1424</v>
-[...2 lines deleted...]
-    <row r="190" spans="1:3">
+        <v>1378</v>
+      </c>
+    </row>
+    <row r="190" spans="1:4">
       <c r="A190" t="str">
         <f t="shared" si="2"/>
-        <v>A60502-ROCK RAPIDS #1</v>
+        <v>A57018-CEDAR RAPIDS</v>
       </c>
       <c r="B190" t="s">
-        <v>932</v>
+        <v>1379</v>
       </c>
       <c r="C190" t="s">
-        <v>933</v>
-[...2 lines deleted...]
-    <row r="191" spans="1:3">
+        <v>893</v>
+      </c>
+    </row>
+    <row r="191" spans="1:4">
       <c r="A191" t="str">
         <f t="shared" si="2"/>
-        <v>A63002-DURHAM MINE</v>
+        <v>A57022-LEE CRAWFORD</v>
       </c>
       <c r="B191" t="s">
-        <v>1425</v>
+        <v>1380</v>
       </c>
       <c r="C191" t="s">
-        <v>1426</v>
-[...2 lines deleted...]
-    <row r="192" spans="1:3">
+        <v>1381</v>
+      </c>
+    </row>
+    <row r="192" spans="1:4">
       <c r="A192" t="str">
         <f t="shared" si="2"/>
-        <v>A63010-KNOXVILLE QUARRY</v>
+        <v>A57028-CEDAR RAPIDS SOUTH</v>
       </c>
       <c r="B192" t="s">
-        <v>1427</v>
+        <v>1382</v>
       </c>
       <c r="C192" t="s">
-        <v>1570</v>
+        <v>1383</v>
       </c>
     </row>
     <row r="193" spans="1:4">
       <c r="A193" t="str">
         <f t="shared" si="2"/>
-        <v>A63512-NEW HARVEY</v>
+        <v>A57528-BLAIRSFERRY SAND</v>
       </c>
       <c r="B193" t="s">
-        <v>936</v>
+        <v>896</v>
       </c>
       <c r="C193" t="s">
-        <v>937</v>
+        <v>897</v>
       </c>
     </row>
     <row r="194" spans="1:4">
       <c r="A194" t="str">
         <f t="shared" si="2"/>
-        <v>A64002-FERGUSON</v>
+        <v>A58002-COLUMBUS JCT.</v>
       </c>
       <c r="B194" t="s">
-        <v>1428</v>
+        <v>1384</v>
       </c>
       <c r="C194" t="s">
-        <v>1429</v>
+        <v>1385</v>
       </c>
     </row>
     <row r="195" spans="1:4">
       <c r="A195" t="str">
         <f t="shared" si="2"/>
-        <v>A64004-LE GRAND</v>
+        <v>A60502-ROCK RAPIDS #1</v>
       </c>
       <c r="B195" t="s">
-        <v>1430</v>
+        <v>906</v>
       </c>
       <c r="C195" t="s">
-        <v>1431</v>
+        <v>907</v>
       </c>
     </row>
     <row r="196" spans="1:4">
       <c r="A196" t="str">
         <f t="shared" si="2"/>
-        <v>A66002-DUENOW</v>
+        <v>A63002-DURHAM MINE</v>
       </c>
       <c r="B196" t="s">
-        <v>1432</v>
+        <v>1386</v>
       </c>
       <c r="C196" t="s">
-        <v>1433</v>
-[...2 lines deleted...]
-        <v>1565</v>
+        <v>1387</v>
       </c>
     </row>
     <row r="197" spans="1:4">
       <c r="A197" t="str">
         <f t="shared" ref="A197:A260" si="3">CONCATENATE(B197,"-",C197)</f>
-        <v>A66016-LESCH</v>
+        <v>A63010-KNOXVILLE QUARRY</v>
       </c>
       <c r="B197" t="s">
-        <v>1434</v>
+        <v>1388</v>
       </c>
       <c r="C197" t="s">
-        <v>949</v>
+        <v>1527</v>
       </c>
     </row>
     <row r="198" spans="1:4">
       <c r="A198" t="str">
         <f t="shared" si="3"/>
-        <v>A66516-BOERJAN</v>
+        <v>A63512-NEW HARVEY</v>
       </c>
       <c r="B198" t="s">
-        <v>946</v>
+        <v>910</v>
       </c>
       <c r="C198" t="s">
-        <v>947</v>
+        <v>911</v>
       </c>
     </row>
     <row r="199" spans="1:4">
       <c r="A199" t="str">
         <f t="shared" si="3"/>
-        <v>A67502-RODNEY</v>
+        <v>A64002-FERGUSON</v>
       </c>
       <c r="B199" t="s">
-        <v>950</v>
+        <v>1389</v>
       </c>
       <c r="C199" t="s">
-        <v>951</v>
+        <v>1390</v>
       </c>
     </row>
     <row r="200" spans="1:4">
       <c r="A200" t="str">
         <f t="shared" si="3"/>
-        <v>A70002-MOSCOW</v>
+        <v>A64004-LE GRAND</v>
       </c>
       <c r="B200" t="s">
-        <v>1435</v>
+        <v>1391</v>
       </c>
       <c r="C200" t="s">
-        <v>1436</v>
-[...2 lines deleted...]
-        <v>1565</v>
+        <v>1392</v>
       </c>
     </row>
     <row r="201" spans="1:4">
       <c r="A201" t="str">
         <f t="shared" si="3"/>
-        <v>A70506-ACME</v>
+        <v>A66002-DUENOW</v>
       </c>
       <c r="B201" t="s">
-        <v>952</v>
+        <v>1393</v>
       </c>
       <c r="C201" t="s">
-        <v>953</v>
+        <v>1394</v>
+      </c>
+      <c r="D201" t="s">
+        <v>1523</v>
       </c>
     </row>
     <row r="202" spans="1:4">
       <c r="A202" t="str">
         <f t="shared" si="3"/>
-        <v>A72504-OCHEYEDAN</v>
+        <v>A66016-LESCH</v>
       </c>
       <c r="B202" t="s">
-        <v>958</v>
+        <v>1395</v>
       </c>
       <c r="C202" t="s">
-        <v>959</v>
+        <v>923</v>
       </c>
     </row>
     <row r="203" spans="1:4">
       <c r="A203" t="str">
         <f t="shared" si="3"/>
-        <v>A72506-ASHTON</v>
+        <v>A66516-BOERJAN</v>
       </c>
       <c r="B203" t="s">
-        <v>960</v>
+        <v>920</v>
       </c>
       <c r="C203" t="s">
-        <v>961</v>
+        <v>921</v>
       </c>
     </row>
     <row r="204" spans="1:4">
       <c r="A204" t="str">
         <f t="shared" si="3"/>
-        <v>A72530-BOYD</v>
+        <v>A67502-RODNEY</v>
       </c>
       <c r="B204" t="s">
-        <v>964</v>
+        <v>924</v>
       </c>
       <c r="C204" t="s">
-        <v>965</v>
+        <v>925</v>
       </c>
     </row>
     <row r="205" spans="1:4">
       <c r="A205" t="str">
         <f t="shared" si="3"/>
-        <v>A72534-ASHTON-SEIVERT</v>
+        <v>A70002-MOSCOW</v>
       </c>
       <c r="B205" t="s">
-        <v>967</v>
+        <v>1396</v>
       </c>
       <c r="C205" t="s">
-        <v>968</v>
+        <v>1397</v>
+      </c>
+      <c r="D205" t="s">
+        <v>1523</v>
       </c>
     </row>
     <row r="206" spans="1:4">
       <c r="A206" t="str">
         <f t="shared" si="3"/>
-        <v>A73538-MONEY PIT #1</v>
+        <v>A70506-ACME</v>
       </c>
       <c r="B206" t="s">
-        <v>1437</v>
+        <v>926</v>
       </c>
       <c r="C206" t="s">
-        <v>970</v>
+        <v>927</v>
       </c>
     </row>
     <row r="207" spans="1:4">
       <c r="A207" t="str">
         <f t="shared" si="3"/>
-        <v>A73508-SHENANDOAH-CONNELL II</v>
+        <v>A72504-OCHEYEDAN</v>
       </c>
       <c r="B207" t="s">
-        <v>971</v>
+        <v>932</v>
       </c>
       <c r="C207" t="s">
-        <v>972</v>
+        <v>933</v>
       </c>
     </row>
     <row r="208" spans="1:4">
       <c r="A208" t="str">
         <f t="shared" si="3"/>
-        <v>A74502-EMMETSBURG S&amp;G</v>
+        <v>A72506-ASHTON</v>
       </c>
       <c r="B208" t="s">
-        <v>973</v>
+        <v>934</v>
       </c>
       <c r="C208" t="s">
-        <v>974</v>
+        <v>935</v>
       </c>
     </row>
     <row r="209" spans="1:4">
       <c r="A209" t="str">
         <f t="shared" si="3"/>
-        <v>A75502-AKRON</v>
+        <v>A72530-BOYD</v>
       </c>
       <c r="B209" t="s">
-        <v>975</v>
+        <v>938</v>
       </c>
       <c r="C209" t="s">
-        <v>976</v>
+        <v>939</v>
       </c>
     </row>
     <row r="210" spans="1:4">
       <c r="A210" t="str">
         <f t="shared" si="3"/>
-        <v>A75503-AKRON</v>
+        <v>A72534-ASHTON-SEIVERT</v>
       </c>
       <c r="B210" t="s">
-        <v>977</v>
+        <v>941</v>
       </c>
       <c r="C210" t="s">
-        <v>976</v>
+        <v>942</v>
       </c>
     </row>
     <row r="211" spans="1:4">
       <c r="A211" t="str">
         <f t="shared" si="3"/>
-        <v>A76004-MOORE</v>
+        <v>A73538-MONEY PIT #1</v>
       </c>
       <c r="B211" t="s">
-        <v>1438</v>
+        <v>1398</v>
       </c>
       <c r="C211" t="s">
-        <v>1439</v>
-[...2 lines deleted...]
-        <v>1565</v>
+        <v>944</v>
       </c>
     </row>
     <row r="212" spans="1:4">
       <c r="A212" t="str">
         <f t="shared" si="3"/>
-        <v>A77504-DENNY-JOHNSTON</v>
+        <v>A73508-SHENANDOAH-CONNELL II</v>
       </c>
       <c r="B212" t="s">
-        <v>985</v>
+        <v>945</v>
       </c>
       <c r="C212" t="s">
-        <v>986</v>
+        <v>946</v>
       </c>
     </row>
     <row r="213" spans="1:4">
       <c r="A213" t="str">
         <f t="shared" si="3"/>
-        <v>A77522-EDM #2-VANDALIA</v>
+        <v>A74502-EMMETSBURG S&amp;G</v>
       </c>
       <c r="B213" t="s">
-        <v>987</v>
+        <v>947</v>
       </c>
       <c r="C213" t="s">
-        <v>988</v>
+        <v>948</v>
       </c>
     </row>
     <row r="214" spans="1:4">
       <c r="A214" t="str">
         <f t="shared" si="3"/>
-        <v>A77530-NORTH DES MOINES WHITE</v>
+        <v>A75502-AKRON</v>
       </c>
       <c r="B214" t="s">
-        <v>989</v>
+        <v>949</v>
       </c>
       <c r="C214" t="s">
-        <v>990</v>
+        <v>950</v>
       </c>
     </row>
     <row r="215" spans="1:4">
       <c r="A215" t="str">
         <f t="shared" si="3"/>
-        <v>A77534-SAYLORVILLE SAND</v>
+        <v>A75518-HINTON</v>
       </c>
       <c r="B215" t="s">
-        <v>991</v>
+        <v>1626</v>
       </c>
       <c r="C215" t="s">
-        <v>992</v>
+        <v>1627</v>
       </c>
     </row>
     <row r="216" spans="1:4">
       <c r="A216" t="str">
         <f t="shared" si="3"/>
-        <v>A77538-NORTH DES MOINES HOVELAND</v>
+        <v>A76004-MOORE</v>
       </c>
       <c r="B216" t="s">
-        <v>993</v>
+        <v>1399</v>
       </c>
       <c r="C216" t="s">
-        <v>994</v>
+        <v>1400</v>
+      </c>
+      <c r="D216" t="s">
+        <v>1523</v>
       </c>
     </row>
     <row r="217" spans="1:4">
       <c r="A217" t="str">
         <f t="shared" si="3"/>
-        <v>A78504-OAKLAND</v>
+        <v>A77504-DENNY-JOHNSTON</v>
       </c>
       <c r="B217" t="s">
-        <v>995</v>
+        <v>958</v>
       </c>
       <c r="C217" t="s">
-        <v>996</v>
+        <v>959</v>
       </c>
     </row>
     <row r="218" spans="1:4">
       <c r="A218" t="str">
         <f t="shared" si="3"/>
-        <v>A79002-MALCOM MINE</v>
+        <v>A77522-EDM #2-VANDALIA</v>
       </c>
       <c r="B218" t="s">
-        <v>1440</v>
+        <v>960</v>
       </c>
       <c r="C218" t="s">
-        <v>1441</v>
+        <v>961</v>
       </c>
     </row>
     <row r="219" spans="1:4">
       <c r="A219" t="str">
         <f t="shared" si="3"/>
-        <v>A81502-SACTON-LAKEVIEW</v>
+        <v>A77530-NORTH DES MOINES WHITE</v>
       </c>
       <c r="B219" t="s">
-        <v>997</v>
+        <v>962</v>
       </c>
       <c r="C219" t="s">
-        <v>998</v>
+        <v>963</v>
       </c>
     </row>
     <row r="220" spans="1:4">
       <c r="A220" t="str">
         <f t="shared" si="3"/>
-        <v>A81504-AUBURN</v>
+        <v>A77534-SAYLORVILLE SAND</v>
       </c>
       <c r="B220" t="s">
-        <v>999</v>
+        <v>964</v>
       </c>
       <c r="C220" t="s">
-        <v>1000</v>
+        <v>965</v>
       </c>
     </row>
     <row r="221" spans="1:4">
       <c r="A221" t="str">
         <f t="shared" si="3"/>
-        <v>A81514-CARNARVON S&amp;G</v>
+        <v>A77538-NORTH DES MOINES HOVELAND</v>
       </c>
       <c r="B221" t="s">
-        <v>1003</v>
+        <v>966</v>
       </c>
       <c r="C221" t="s">
-        <v>1004</v>
+        <v>967</v>
       </c>
     </row>
     <row r="222" spans="1:4">
       <c r="A222" t="str">
         <f t="shared" si="3"/>
-        <v>A81528-WALL LAKE</v>
+        <v>A78504-OAKLAND</v>
       </c>
       <c r="B222" t="s">
-        <v>1007</v>
+        <v>968</v>
       </c>
       <c r="C222" t="s">
-        <v>1008</v>
+        <v>969</v>
       </c>
     </row>
     <row r="223" spans="1:4">
       <c r="A223" t="str">
         <f t="shared" si="3"/>
-        <v>A81542-WALL LAKE BOYER</v>
+        <v>A79002-MALCOM MINE</v>
       </c>
       <c r="B223" t="s">
-        <v>1015</v>
+        <v>1401</v>
       </c>
       <c r="C223" t="s">
-        <v>1016</v>
+        <v>1402</v>
       </c>
     </row>
     <row r="224" spans="1:4">
       <c r="A224" t="str">
         <f t="shared" si="3"/>
-        <v>A81544-ULMER-MEISTER</v>
+        <v>A81502-SACTON-LAKEVIEW</v>
       </c>
       <c r="B224" t="s">
-        <v>1017</v>
+        <v>970</v>
       </c>
       <c r="C224" t="s">
-        <v>1018</v>
+        <v>971</v>
       </c>
     </row>
     <row r="225" spans="1:4">
       <c r="A225" t="str">
         <f t="shared" si="3"/>
-        <v>A81546-MEISTER</v>
+        <v>A81504-AUBURN</v>
       </c>
       <c r="B225" t="s">
-        <v>1019</v>
+        <v>972</v>
       </c>
       <c r="C225" t="s">
-        <v>1020</v>
+        <v>973</v>
       </c>
     </row>
     <row r="226" spans="1:4">
       <c r="A226" t="str">
         <f t="shared" si="3"/>
-        <v>A82002-MCCAUSLAND(MC39)</v>
+        <v>A81514-CARNARVON S&amp;G</v>
       </c>
       <c r="B226" t="s">
-        <v>1442</v>
+        <v>976</v>
       </c>
       <c r="C226" t="s">
-        <v>1443</v>
+        <v>977</v>
       </c>
     </row>
     <row r="227" spans="1:4">
       <c r="A227" t="str">
         <f t="shared" si="3"/>
-        <v>A82004-NEW LIBERTY(MC41)</v>
+        <v>A81528-WALL LAKE</v>
       </c>
       <c r="B227" t="s">
-        <v>1444</v>
+        <v>980</v>
       </c>
       <c r="C227" t="s">
-        <v>1445</v>
-[...2 lines deleted...]
-        <v>1565</v>
+        <v>981</v>
       </c>
     </row>
     <row r="228" spans="1:4">
       <c r="A228" t="str">
         <f t="shared" si="3"/>
-        <v>A82006-LECLAIRE(MC38)</v>
+        <v>A81542-WALL LAKE BOYER</v>
       </c>
       <c r="B228" t="s">
-        <v>1446</v>
+        <v>988</v>
       </c>
       <c r="C228" t="s">
-        <v>1447</v>
+        <v>989</v>
       </c>
     </row>
     <row r="229" spans="1:4">
       <c r="A229" t="str">
         <f t="shared" si="3"/>
-        <v>A82008-LINWOOD MINE</v>
+        <v>A81544-ULMER-MEISTER</v>
       </c>
       <c r="B229" t="s">
-        <v>1448</v>
+        <v>990</v>
       </c>
       <c r="C229" t="s">
-        <v>1449</v>
-[...2 lines deleted...]
-        <v>1565</v>
+        <v>991</v>
       </c>
     </row>
     <row r="230" spans="1:4">
       <c r="A230" t="str">
         <f t="shared" si="3"/>
-        <v>A83506-HARLAN-REINIG</v>
+        <v>A81546-MEISTER</v>
       </c>
       <c r="B230" t="s">
-        <v>1023</v>
+        <v>992</v>
       </c>
       <c r="C230" t="s">
-        <v>1024</v>
+        <v>993</v>
       </c>
     </row>
     <row r="231" spans="1:4">
       <c r="A231" t="str">
         <f t="shared" si="3"/>
-        <v>A84502-VANZEE</v>
+        <v>A82002-MCCAUSLAND(MC39)</v>
       </c>
       <c r="B231" t="s">
-        <v>1025</v>
+        <v>1403</v>
       </c>
       <c r="C231" t="s">
-        <v>1026</v>
+        <v>1404</v>
       </c>
     </row>
     <row r="232" spans="1:4">
       <c r="A232" t="str">
         <f t="shared" si="3"/>
-        <v>A84506-HUDSON-OSTERCAMP</v>
+        <v>A82004-NEW LIBERTY(MC41)</v>
       </c>
       <c r="B232" t="s">
-        <v>1027</v>
+        <v>1405</v>
       </c>
       <c r="C232" t="s">
-        <v>1028</v>
+        <v>1406</v>
+      </c>
+      <c r="D232" t="s">
+        <v>1523</v>
       </c>
     </row>
     <row r="233" spans="1:4">
       <c r="A233" t="str">
         <f t="shared" si="3"/>
-        <v>A84510-HAWARDEN-NORTH</v>
+        <v>A82006-LECLAIRE(MC38)</v>
       </c>
       <c r="B233" t="s">
-        <v>1029</v>
+        <v>1407</v>
       </c>
       <c r="C233" t="s">
-        <v>1030</v>
+        <v>1408</v>
       </c>
     </row>
     <row r="234" spans="1:4">
       <c r="A234" t="str">
         <f t="shared" si="3"/>
-        <v>A84528-HIGMAN-CHATSWORTH</v>
+        <v>A82008-LINWOOD MINE</v>
       </c>
       <c r="B234" t="s">
-        <v>1031</v>
+        <v>1409</v>
       </c>
       <c r="C234" t="s">
-        <v>1032</v>
+        <v>1410</v>
+      </c>
+      <c r="D234" t="s">
+        <v>1523</v>
       </c>
     </row>
     <row r="235" spans="1:4">
       <c r="A235" t="str">
         <f t="shared" si="3"/>
-        <v>A84536-VANBEEK</v>
+        <v>A83506-HARLAN-REINIG</v>
       </c>
       <c r="B235" t="s">
-        <v>1035</v>
+        <v>995</v>
       </c>
       <c r="C235" t="s">
-        <v>1036</v>
+        <v>996</v>
       </c>
     </row>
     <row r="236" spans="1:4">
       <c r="A236" t="str">
         <f t="shared" si="3"/>
-        <v>A84538-VAN'T HUL</v>
+        <v>A84502-VANZEE</v>
       </c>
       <c r="B236" t="s">
-        <v>1037</v>
+        <v>997</v>
       </c>
       <c r="C236" t="s">
-        <v>1038</v>
+        <v>998</v>
       </c>
     </row>
     <row r="237" spans="1:4">
       <c r="A237" t="str">
         <f t="shared" si="3"/>
-        <v>A85006-AMES MINE</v>
+        <v>A84506-HUDSON-OSTERCAMP</v>
       </c>
       <c r="B237" t="s">
-        <v>1450</v>
+        <v>999</v>
       </c>
       <c r="C237" t="s">
-        <v>1451</v>
-[...2 lines deleted...]
-        <v>1565</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="238" spans="1:4">
       <c r="A238" t="str">
         <f t="shared" si="3"/>
-        <v>A85510-AMES SOUTH</v>
+        <v>A84510-HAWARDEN-NORTH</v>
       </c>
       <c r="B238" t="s">
-        <v>1039</v>
+        <v>1001</v>
       </c>
       <c r="C238" t="s">
-        <v>1040</v>
+        <v>1002</v>
       </c>
     </row>
     <row r="239" spans="1:4">
       <c r="A239" t="str">
         <f t="shared" si="3"/>
-        <v>A86002-MONTOUR</v>
+        <v>A84528-HIGMAN-CHATSWORTH</v>
       </c>
       <c r="B239" t="s">
-        <v>1452</v>
+        <v>1003</v>
       </c>
       <c r="C239" t="s">
-        <v>1453</v>
+        <v>1004</v>
       </c>
     </row>
     <row r="240" spans="1:4">
       <c r="A240" t="str">
         <f t="shared" si="3"/>
-        <v>A86502-FLINT</v>
+        <v>A84532-LASSON</v>
       </c>
       <c r="B240" t="s">
-        <v>1041</v>
+        <v>1005</v>
       </c>
       <c r="C240" t="s">
-        <v>1042</v>
+        <v>1006</v>
       </c>
     </row>
     <row r="241" spans="1:4">
       <c r="A241" t="str">
         <f t="shared" si="3"/>
-        <v>A89002-DOUDS MINE</v>
+        <v>A84536-VANBEEK</v>
       </c>
       <c r="B241" t="s">
-        <v>1454</v>
+        <v>1007</v>
       </c>
       <c r="C241" t="s">
-        <v>1455</v>
+        <v>1008</v>
       </c>
     </row>
     <row r="242" spans="1:4">
       <c r="A242" t="str">
         <f t="shared" si="3"/>
-        <v>A89006-FARMINGTON-COMANCHE</v>
+        <v>A84538-VAN'T HUL</v>
       </c>
       <c r="B242" t="s">
-        <v>1456</v>
+        <v>1009</v>
       </c>
       <c r="C242" t="s">
-        <v>1457</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="243" spans="1:4">
       <c r="A243" t="str">
         <f t="shared" si="3"/>
-        <v>A89008-SELMA-GARDNER</v>
+        <v>A85006-AMES MINE</v>
       </c>
       <c r="B243" t="s">
-        <v>1458</v>
+        <v>1411</v>
       </c>
       <c r="C243" t="s">
-        <v>1459</v>
+        <v>1412</v>
+      </c>
+      <c r="D243" t="s">
+        <v>1523</v>
       </c>
     </row>
     <row r="244" spans="1:4">
       <c r="A244" t="str">
         <f t="shared" si="3"/>
-        <v>A90508-STEVENSON</v>
+        <v>A85510-AMES SOUTH</v>
       </c>
       <c r="B244" t="s">
-        <v>1044</v>
+        <v>1011</v>
       </c>
       <c r="C244" t="s">
-        <v>1045</v>
+        <v>1012</v>
       </c>
     </row>
     <row r="245" spans="1:4">
       <c r="A245" t="str">
         <f t="shared" si="3"/>
-        <v>A90510-CHILLICOTHE</v>
+        <v>A86002-MONTOUR</v>
       </c>
       <c r="B245" t="s">
-        <v>1046</v>
+        <v>1413</v>
       </c>
       <c r="C245" t="s">
-        <v>1047</v>
+        <v>1414</v>
       </c>
     </row>
     <row r="246" spans="1:4">
       <c r="A246" t="str">
         <f t="shared" si="3"/>
-        <v>A92002-WEST CHESTER</v>
+        <v>A86502-FLINT</v>
       </c>
       <c r="B246" t="s">
-        <v>1460</v>
+        <v>1013</v>
       </c>
       <c r="C246" t="s">
-        <v>1461</v>
+        <v>1014</v>
       </c>
     </row>
     <row r="247" spans="1:4">
       <c r="A247" t="str">
         <f t="shared" si="3"/>
-        <v>A94002-FT DODGE MINE</v>
+        <v>A89002-DOUDS MINE</v>
       </c>
       <c r="B247" t="s">
-        <v>1462</v>
+        <v>1415</v>
       </c>
       <c r="C247" t="s">
-        <v>1463</v>
-[...2 lines deleted...]
-        <v>1565</v>
+        <v>1416</v>
       </c>
     </row>
     <row r="248" spans="1:4">
       <c r="A248" t="str">
         <f t="shared" si="3"/>
-        <v>A96002-KENDALLVILLE</v>
+        <v>A89006-FARMINGTON-COMANCHE</v>
       </c>
       <c r="B248" t="s">
-        <v>1464</v>
+        <v>1417</v>
       </c>
       <c r="C248" t="s">
-        <v>1465</v>
-[...2 lines deleted...]
-        <v>1565</v>
+        <v>1418</v>
       </c>
     </row>
     <row r="249" spans="1:4">
       <c r="A249" t="str">
         <f t="shared" si="3"/>
-        <v>A96004-HOVEY</v>
+        <v>A89008-SELMA-GARDNER</v>
       </c>
       <c r="B249" t="s">
-        <v>1466</v>
+        <v>1419</v>
       </c>
       <c r="C249" t="s">
-        <v>1467</v>
-[...2 lines deleted...]
-        <v>1565</v>
+        <v>1420</v>
       </c>
     </row>
     <row r="250" spans="1:4">
       <c r="A250" t="str">
         <f t="shared" si="3"/>
-        <v>A96011-GJETLEY</v>
+        <v>A90508-STEVENSON</v>
       </c>
       <c r="B250" t="s">
-        <v>1468</v>
+        <v>1016</v>
       </c>
       <c r="C250" t="s">
-        <v>1065</v>
-[...2 lines deleted...]
-        <v>1565</v>
+        <v>1017</v>
       </c>
     </row>
     <row r="251" spans="1:4">
       <c r="A251" t="str">
         <f t="shared" si="3"/>
-        <v>A96017-SKYLINE B</v>
+        <v>A90510-CHILLICOTHE</v>
       </c>
       <c r="B251" t="s">
-        <v>1469</v>
+        <v>1018</v>
       </c>
       <c r="C251" t="s">
-        <v>1470</v>
-[...2 lines deleted...]
-        <v>1565</v>
+        <v>1019</v>
       </c>
     </row>
     <row r="252" spans="1:4">
       <c r="A252" t="str">
         <f t="shared" si="3"/>
-        <v>A96052-ESTREM</v>
+        <v>A92002-WEST CHESTER</v>
       </c>
       <c r="B252" t="s">
-        <v>1471</v>
+        <v>1421</v>
       </c>
       <c r="C252" t="s">
-        <v>1472</v>
+        <v>1422</v>
       </c>
     </row>
     <row r="253" spans="1:4">
       <c r="A253" t="str">
         <f t="shared" si="3"/>
-        <v>A96064-STIKA</v>
+        <v>A94002-FT DODGE MINE</v>
       </c>
       <c r="B253" t="s">
-        <v>1473</v>
+        <v>1423</v>
       </c>
       <c r="C253" t="s">
-        <v>1474</v>
+        <v>1424</v>
+      </c>
+      <c r="D253" t="s">
+        <v>1523</v>
       </c>
     </row>
     <row r="254" spans="1:4">
       <c r="A254" t="str">
         <f t="shared" si="3"/>
-        <v>A96090-MCKENNA SOUTH</v>
+        <v>A96002-KENDALLVILLE</v>
       </c>
       <c r="B254" t="s">
-        <v>1475</v>
+        <v>1425</v>
       </c>
       <c r="C254" t="s">
-        <v>1476</v>
+        <v>1426</v>
       </c>
       <c r="D254" t="s">
-        <v>1565</v>
+        <v>1523</v>
       </c>
     </row>
     <row r="255" spans="1:4">
       <c r="A255" t="str">
         <f t="shared" si="3"/>
-        <v>A97502-CORRECTIONVILLE-BUCK</v>
+        <v>A96004-HOVEY</v>
       </c>
       <c r="B255" t="s">
-        <v>1070</v>
+        <v>1427</v>
       </c>
       <c r="C255" t="s">
-        <v>1071</v>
+        <v>1428</v>
+      </c>
+      <c r="D255" t="s">
+        <v>1523</v>
       </c>
     </row>
     <row r="256" spans="1:4">
       <c r="A256" t="str">
         <f t="shared" si="3"/>
-        <v>A97516-ANTHON</v>
+        <v>A96011-GJETLEY</v>
       </c>
       <c r="B256" t="s">
-        <v>1072</v>
+        <v>1429</v>
       </c>
       <c r="C256" t="s">
-        <v>1073</v>
+        <v>1037</v>
+      </c>
+      <c r="D256" t="s">
+        <v>1523</v>
       </c>
     </row>
     <row r="257" spans="1:4">
       <c r="A257" t="str">
         <f t="shared" si="3"/>
-        <v>A97518-SMITHLAND</v>
+        <v>A96017-SKYLINE B</v>
       </c>
       <c r="B257" t="s">
-        <v>1074</v>
+        <v>1430</v>
       </c>
       <c r="C257" t="s">
-        <v>1075</v>
+        <v>1431</v>
+      </c>
+      <c r="D257" t="s">
+        <v>1523</v>
       </c>
     </row>
     <row r="258" spans="1:4">
       <c r="A258" t="str">
         <f t="shared" si="3"/>
-        <v>A97538-ANTHON-WRIGHT</v>
+        <v>A96052-ESTREM</v>
       </c>
       <c r="B258" t="s">
-        <v>1080</v>
+        <v>1432</v>
       </c>
       <c r="C258" t="s">
-        <v>1081</v>
+        <v>1433</v>
       </c>
     </row>
     <row r="259" spans="1:4">
       <c r="A259" t="str">
         <f t="shared" si="3"/>
-        <v>A98010-FERTILE</v>
+        <v>A96064-STIKA</v>
       </c>
       <c r="B259" t="s">
-        <v>1477</v>
+        <v>1434</v>
       </c>
       <c r="C259" t="s">
-        <v>1085</v>
+        <v>1435</v>
       </c>
     </row>
     <row r="260" spans="1:4">
       <c r="A260" t="str">
         <f t="shared" si="3"/>
-        <v>A98014-STEVENS</v>
+        <v>A96090-MCKENNA SOUTH</v>
       </c>
       <c r="B260" t="s">
-        <v>1478</v>
+        <v>1436</v>
       </c>
       <c r="C260" t="s">
-        <v>1479</v>
+        <v>1437</v>
+      </c>
+      <c r="D260" t="s">
+        <v>1523</v>
       </c>
     </row>
     <row r="261" spans="1:4">
       <c r="A261" t="str">
         <f t="shared" ref="A261:A324" si="4">CONCATENATE(B261,"-",C261)</f>
-        <v>A98016-EMIL OLSON-BOLTON</v>
+        <v>A97502-CORRECTIONVILLE-BUCK</v>
       </c>
       <c r="B261" t="s">
-        <v>1480</v>
+        <v>1042</v>
       </c>
       <c r="C261" t="s">
-        <v>1481</v>
+        <v>1043</v>
       </c>
     </row>
     <row r="262" spans="1:4">
       <c r="A262" t="str">
         <f t="shared" si="4"/>
-        <v>A98020-TRENHAILE</v>
+        <v>A97516-ANTHON</v>
       </c>
       <c r="B262" t="s">
-        <v>1482</v>
+        <v>1044</v>
       </c>
       <c r="C262" t="s">
-        <v>1483</v>
+        <v>1045</v>
       </c>
     </row>
     <row r="263" spans="1:4">
       <c r="A263" t="str">
         <f t="shared" si="4"/>
-        <v>A98502-RANDALL TRANSIT MIX</v>
+        <v>A97518-SMITHLAND</v>
       </c>
       <c r="B263" t="s">
-        <v>1082</v>
+        <v>1046</v>
       </c>
       <c r="C263" t="s">
-        <v>1083</v>
+        <v>1047</v>
       </c>
     </row>
     <row r="264" spans="1:4">
       <c r="A264" t="str">
         <f t="shared" si="4"/>
-        <v>A98504-FERTILE</v>
+        <v>A97538-ANTHON-WRIGHT</v>
       </c>
       <c r="B264" t="s">
-        <v>1084</v>
+        <v>1052</v>
       </c>
       <c r="C264" t="s">
-        <v>1085</v>
-[...2 lines deleted...]
-        <v>1565</v>
+        <v>1053</v>
       </c>
     </row>
     <row r="265" spans="1:4">
       <c r="A265" t="str">
         <f t="shared" si="4"/>
-        <v>A99002-VOSS</v>
+        <v>A98010-FERTILE</v>
       </c>
       <c r="B265" t="s">
-        <v>1484</v>
+        <v>1438</v>
       </c>
       <c r="C265" t="s">
-        <v>1485</v>
+        <v>1057</v>
       </c>
     </row>
     <row r="266" spans="1:4">
       <c r="A266" t="str">
         <f t="shared" si="4"/>
-        <v>A99502-WRIGHT</v>
+        <v>A98014-STEVENS</v>
       </c>
       <c r="B266" t="s">
-        <v>1086</v>
+        <v>1439</v>
       </c>
       <c r="C266" t="s">
-        <v>1087</v>
+        <v>1440</v>
       </c>
     </row>
     <row r="267" spans="1:4">
       <c r="A267" t="str">
         <f t="shared" si="4"/>
-        <v>AIL006-MIDWAY(MC45)</v>
+        <v>A98016-EMIL OLSON-BOLTON</v>
       </c>
       <c r="B267" t="s">
-        <v>1486</v>
+        <v>1441</v>
       </c>
       <c r="C267" t="s">
-        <v>1487</v>
-[...2 lines deleted...]
-        <v>1565</v>
+        <v>1442</v>
       </c>
     </row>
     <row r="268" spans="1:4">
       <c r="A268" t="str">
         <f t="shared" si="4"/>
-        <v>AIL010-ALLIED(MC30)</v>
+        <v>A98020-TRENHAILE</v>
       </c>
       <c r="B268" t="s">
-        <v>1488</v>
+        <v>1443</v>
       </c>
       <c r="C268" t="s">
-        <v>1489</v>
+        <v>1444</v>
       </c>
     </row>
     <row r="269" spans="1:4">
       <c r="A269" t="str">
         <f t="shared" si="4"/>
-        <v>AIL014-DALLAS CITY</v>
+        <v>A98502-RANDALL TRANSIT MIX</v>
       </c>
       <c r="B269" t="s">
-        <v>1490</v>
+        <v>1054</v>
       </c>
       <c r="C269" t="s">
-        <v>1491</v>
+        <v>1055</v>
       </c>
     </row>
     <row r="270" spans="1:4">
       <c r="A270" t="str">
         <f t="shared" si="4"/>
-        <v>AIL016-CLEVELAND(MC31)</v>
+        <v>A98504-FERTILE</v>
       </c>
       <c r="B270" t="s">
-        <v>1492</v>
+        <v>1056</v>
       </c>
       <c r="C270" t="s">
-        <v>1493</v>
+        <v>1057</v>
+      </c>
+      <c r="D270" t="s">
+        <v>1523</v>
       </c>
     </row>
     <row r="271" spans="1:4">
       <c r="A271" t="str">
         <f t="shared" si="4"/>
-        <v>AIL020-HAMILTON</v>
+        <v>A99002-VOSS</v>
       </c>
       <c r="B271" t="s">
-        <v>1494</v>
+        <v>1445</v>
       </c>
       <c r="C271" t="s">
-        <v>850</v>
+        <v>1446</v>
       </c>
     </row>
     <row r="272" spans="1:4">
       <c r="A272" t="str">
         <f t="shared" si="4"/>
-        <v>AIL028-TURNBAUGH</v>
+        <v>A99502-WRIGHT</v>
       </c>
       <c r="B272" t="s">
-        <v>1495</v>
+        <v>1058</v>
       </c>
       <c r="C272" t="s">
-        <v>1496</v>
+        <v>1059</v>
       </c>
     </row>
     <row r="273" spans="1:4">
       <c r="A273" t="str">
         <f t="shared" si="4"/>
-        <v>AIL046-BLUFF CITY MATERIALS</v>
+        <v>AIL006-MIDWAY(MC45)</v>
       </c>
       <c r="B273" t="s">
-        <v>1497</v>
+        <v>1447</v>
       </c>
       <c r="C273" t="s">
-        <v>1498</v>
+        <v>1448</v>
+      </c>
+      <c r="D273" t="s">
+        <v>1523</v>
       </c>
     </row>
     <row r="274" spans="1:4">
       <c r="A274" t="str">
         <f t="shared" si="4"/>
-        <v>AIL522-CORDOVA INLAND</v>
+        <v>AIL010-ALLIED(MC30)</v>
       </c>
       <c r="B274" t="s">
-        <v>1092</v>
+        <v>1449</v>
       </c>
       <c r="C274" t="s">
-        <v>1499</v>
-[...2 lines deleted...]
-        <v>1565</v>
+        <v>1450</v>
       </c>
     </row>
     <row r="275" spans="1:4">
       <c r="A275" t="str">
         <f t="shared" si="4"/>
-        <v>AMN004-POOL HILL</v>
+        <v>AIL014-DALLAS CITY</v>
       </c>
       <c r="B275" t="s">
-        <v>1500</v>
+        <v>1451</v>
       </c>
       <c r="C275" t="s">
-        <v>1571</v>
+        <v>1452</v>
       </c>
     </row>
     <row r="276" spans="1:4">
       <c r="A276" t="str">
         <f t="shared" si="4"/>
-        <v>AMN006-OTTERNESS</v>
+        <v>AIL016-CLEVELAND(MC31)</v>
       </c>
       <c r="B276" t="s">
-        <v>1501</v>
+        <v>1453</v>
       </c>
       <c r="C276" t="s">
-        <v>1502</v>
+        <v>1454</v>
       </c>
     </row>
     <row r="277" spans="1:4">
       <c r="A277" t="str">
         <f t="shared" si="4"/>
-        <v>AMN008-QUARTZITE</v>
+        <v>AIL020-HAMILTON</v>
       </c>
       <c r="B277" t="s">
-        <v>1503</v>
+        <v>1455</v>
       </c>
       <c r="C277" t="s">
-        <v>1504</v>
+        <v>826</v>
       </c>
     </row>
     <row r="278" spans="1:4">
       <c r="A278" t="str">
         <f t="shared" si="4"/>
-        <v>AMN010-ST CLOUD-GRANITE</v>
+        <v>AIL028-TURNBAUGH</v>
       </c>
       <c r="B278" t="s">
-        <v>1505</v>
+        <v>1456</v>
       </c>
       <c r="C278" t="s">
-        <v>1506</v>
+        <v>1457</v>
       </c>
     </row>
     <row r="279" spans="1:4">
       <c r="A279" t="str">
         <f t="shared" si="4"/>
-        <v>AMN024-YELLOW MEDICINE</v>
+        <v>AIL046-BLUFF CITY MATERIALS</v>
       </c>
       <c r="B279" t="s">
-        <v>1507</v>
+        <v>1458</v>
       </c>
       <c r="C279" t="s">
-        <v>1508</v>
+        <v>1459</v>
       </c>
     </row>
     <row r="280" spans="1:4">
       <c r="A280" t="str">
         <f t="shared" si="4"/>
-        <v>AMN026-BIG STONE</v>
+        <v>AIL522-CORDOVA INLAND</v>
       </c>
       <c r="B280" t="s">
-        <v>1509</v>
+        <v>1064</v>
       </c>
       <c r="C280" t="s">
-        <v>1510</v>
+        <v>1460</v>
+      </c>
+      <c r="D280" t="s">
+        <v>1523</v>
       </c>
     </row>
     <row r="281" spans="1:4">
       <c r="A281" t="str">
         <f t="shared" si="4"/>
-        <v>AMN030-GENGLER</v>
+        <v>AMN004-POOL HILL</v>
       </c>
       <c r="B281" t="s">
-        <v>1511</v>
+        <v>1461</v>
       </c>
       <c r="C281" t="s">
-        <v>1512</v>
-[...2 lines deleted...]
-        <v>1565</v>
+        <v>1528</v>
       </c>
     </row>
     <row r="282" spans="1:4">
       <c r="A282" t="str">
         <f t="shared" si="4"/>
-        <v>AMN032-COTTONWOOD</v>
+        <v>AMN006-OTTERNESS</v>
       </c>
       <c r="B282" t="s">
-        <v>1513</v>
+        <v>1462</v>
       </c>
       <c r="C282" t="s">
-        <v>1514</v>
+        <v>1463</v>
       </c>
     </row>
     <row r="283" spans="1:4">
       <c r="A283" t="str">
         <f t="shared" si="4"/>
-        <v>AMN034-ENGRAV</v>
+        <v>AMN008-NEW ULM QTZ</v>
       </c>
       <c r="B283" t="s">
-        <v>1515</v>
+        <v>1464</v>
       </c>
       <c r="C283" t="s">
-        <v>1516</v>
+        <v>1628</v>
       </c>
     </row>
     <row r="284" spans="1:4">
       <c r="A284" t="str">
         <f t="shared" si="4"/>
-        <v>AMN042-SCOTT</v>
+        <v>AMN010-ST CLOUD-GRANITE</v>
       </c>
       <c r="B284" t="s">
-        <v>1517</v>
+        <v>1465</v>
       </c>
       <c r="C284" t="s">
-        <v>1572</v>
+        <v>1466</v>
       </c>
     </row>
     <row r="285" spans="1:4">
       <c r="A285" t="str">
         <f t="shared" si="4"/>
-        <v>AMN044-BIESANZ</v>
+        <v>AMN024-YELLOW MEDICINE</v>
       </c>
       <c r="B285" t="s">
-        <v>1518</v>
+        <v>1467</v>
       </c>
       <c r="C285" t="s">
-        <v>1519</v>
+        <v>1468</v>
       </c>
     </row>
     <row r="286" spans="1:4">
       <c r="A286" t="str">
         <f t="shared" si="4"/>
-        <v>AMN046-43 QUARRY</v>
+        <v>AMN026-BIG STONE</v>
       </c>
       <c r="B286" t="s">
-        <v>1520</v>
+        <v>1469</v>
       </c>
       <c r="C286" t="s">
-        <v>1521</v>
+        <v>1470</v>
       </c>
     </row>
     <row r="287" spans="1:4">
       <c r="A287" t="str">
-        <f>CONCATENATE(B287,"-",C287)</f>
-        <v>AMN052-ABNET</v>
+        <f t="shared" si="4"/>
+        <v>AMN030-GENGLER</v>
       </c>
       <c r="B287" t="s">
-        <v>1522</v>
+        <v>1471</v>
       </c>
       <c r="C287" t="s">
+        <v>1472</v>
+      </c>
+      <c r="D287" t="s">
         <v>1523</v>
       </c>
     </row>
     <row r="288" spans="1:4">
       <c r="A288" t="str">
-        <f>CONCATENATE(B288,"-",C288)</f>
-        <v>AMN054-HARDROCK</v>
+        <f t="shared" si="4"/>
+        <v>AMN032-COTTONWOOD</v>
       </c>
       <c r="B288" t="s">
-        <v>1524</v>
+        <v>1473</v>
       </c>
       <c r="C288" t="s">
-        <v>1525</v>
-[...2 lines deleted...]
-    <row r="289" spans="1:4">
+        <v>1474</v>
+      </c>
+    </row>
+    <row r="289" spans="1:3">
       <c r="A289" t="str">
         <f t="shared" si="4"/>
-        <v>AMN528-POPE</v>
+        <v>AMN034-ENGRAV</v>
       </c>
       <c r="B289" t="s">
-        <v>1098</v>
+        <v>1475</v>
       </c>
       <c r="C289" t="s">
-        <v>1099</v>
-[...2 lines deleted...]
-    <row r="290" spans="1:4">
+        <v>1476</v>
+      </c>
+    </row>
+    <row r="290" spans="1:3">
       <c r="A290" t="str">
         <f t="shared" si="4"/>
-        <v>AMN536-ELK RIVER</v>
+        <v>AMN042-SCOTT</v>
       </c>
       <c r="B290" t="s">
-        <v>1100</v>
+        <v>1477</v>
       </c>
       <c r="C290" t="s">
-        <v>1101</v>
-[...2 lines deleted...]
-    <row r="291" spans="1:4">
+        <v>1529</v>
+      </c>
+    </row>
+    <row r="291" spans="1:3">
       <c r="A291" t="str">
-        <f>CONCATENATE(B291,"-",C291)</f>
-        <v>AMN550-SACHS</v>
+        <f t="shared" si="4"/>
+        <v>AMN044-BIESANZ</v>
       </c>
       <c r="B291" t="s">
-        <v>1104</v>
+        <v>1478</v>
       </c>
       <c r="C291" t="s">
-        <v>1105</v>
-[...2 lines deleted...]
-    <row r="292" spans="1:4">
+        <v>1479</v>
+      </c>
+    </row>
+    <row r="292" spans="1:3">
       <c r="A292" t="str">
         <f t="shared" si="4"/>
+        <v>AMN046-43 QUARRY</v>
+      </c>
+      <c r="B292" t="s">
+        <v>1480</v>
+      </c>
+      <c r="C292" t="s">
+        <v>1481</v>
+      </c>
+    </row>
+    <row r="293" spans="1:3">
+      <c r="A293" t="str">
+        <f>CONCATENATE(B293,"-",C293)</f>
+        <v>AMN052-ABNET</v>
+      </c>
+      <c r="B293" t="s">
+        <v>1482</v>
+      </c>
+      <c r="C293" t="s">
+        <v>1483</v>
+      </c>
+    </row>
+    <row r="294" spans="1:3">
+      <c r="A294" t="str">
+        <f>CONCATENATE(B294,"-",C294)</f>
+        <v>AMN054-HOOGLAND</v>
+      </c>
+      <c r="B294" t="s">
+        <v>1484</v>
+      </c>
+      <c r="C294" t="s">
+        <v>1629</v>
+      </c>
+    </row>
+    <row r="295" spans="1:3">
+      <c r="A295" t="str">
+        <f>CONCATENATE(B295,"-",C295)</f>
+        <v>AMN055-ELG</v>
+      </c>
+      <c r="B295" t="s">
+        <v>1630</v>
+      </c>
+      <c r="C295" t="s">
+        <v>1631</v>
+      </c>
+    </row>
+    <row r="296" spans="1:3">
+      <c r="A296" t="str">
+        <f>CONCATENATE(B296,"-",C296)</f>
+        <v>AMN522-PRAIRIE ISLAND</v>
+      </c>
+      <c r="B296" t="s">
+        <v>1485</v>
+      </c>
+      <c r="C296" t="s">
+        <v>1632</v>
+      </c>
+    </row>
+    <row r="297" spans="1:3">
+      <c r="A297" t="str">
+        <f t="shared" si="4"/>
+        <v>AMN528-POPE</v>
+      </c>
+      <c r="B297" t="s">
+        <v>1070</v>
+      </c>
+      <c r="C297" t="s">
+        <v>1071</v>
+      </c>
+    </row>
+    <row r="298" spans="1:3">
+      <c r="A298" t="str">
+        <f t="shared" si="4"/>
+        <v>AMN536-ELK RIVER</v>
+      </c>
+      <c r="B298" t="s">
+        <v>1072</v>
+      </c>
+      <c r="C298" t="s">
+        <v>1073</v>
+      </c>
+    </row>
+    <row r="299" spans="1:3">
+      <c r="A299" t="str">
+        <f t="shared" si="4"/>
+        <v>AMN544-LAKEVILLE</v>
+      </c>
+      <c r="B299" t="s">
+        <v>1487</v>
+      </c>
+      <c r="C299" t="s">
+        <v>1488</v>
+      </c>
+    </row>
+    <row r="300" spans="1:3">
+      <c r="A300" t="str">
+        <f>CONCATENATE(B300,"-",C300)</f>
+        <v>AMN550-SACHS</v>
+      </c>
+      <c r="B300" t="s">
+        <v>1076</v>
+      </c>
+      <c r="C300" t="s">
+        <v>1077</v>
+      </c>
+    </row>
+    <row r="301" spans="1:3">
+      <c r="A301" t="str">
+        <f t="shared" si="4"/>
         <v>AMN558-ST CROIX</v>
       </c>
-      <c r="B292" t="s">
-[...7 lines deleted...]
-      <c r="A293" t="str">
+      <c r="B301" t="s">
+        <v>1082</v>
+      </c>
+      <c r="C301" t="s">
+        <v>1083</v>
+      </c>
+    </row>
+    <row r="302" spans="1:3">
+      <c r="A302" t="str">
+        <f t="shared" si="4"/>
+        <v>AMN560-ROSEMONT</v>
+      </c>
+      <c r="B302" t="s">
+        <v>1084</v>
+      </c>
+      <c r="C302" t="s">
+        <v>1633</v>
+      </c>
+    </row>
+    <row r="303" spans="1:3">
+      <c r="A303" t="str">
+        <f t="shared" si="4"/>
+        <v>AMN564-HASTINGS</v>
+      </c>
+      <c r="B303" t="s">
+        <v>1634</v>
+      </c>
+      <c r="C303" t="s">
+        <v>1635</v>
+      </c>
+    </row>
+    <row r="304" spans="1:3">
+      <c r="A304" t="str">
         <f t="shared" si="4"/>
         <v>AMN566-ELK RIVER</v>
       </c>
-      <c r="B293" t="s">
-[...136 lines deleted...]
-      </c>
       <c r="B304" t="s">
-        <v>1133</v>
+        <v>1088</v>
       </c>
       <c r="C304" t="s">
-        <v>1134</v>
+        <v>1073</v>
       </c>
     </row>
     <row r="305" spans="1:4">
       <c r="A305" t="str">
         <f t="shared" si="4"/>
-        <v>ANE544-VALLEY</v>
+        <v>AMN568-EMPIRE</v>
       </c>
       <c r="B305" t="s">
-        <v>1138</v>
+        <v>1089</v>
       </c>
       <c r="C305" t="s">
-        <v>1139</v>
+        <v>1090</v>
       </c>
     </row>
     <row r="306" spans="1:4">
       <c r="A306" t="str">
         <f t="shared" si="4"/>
-        <v>ANE548-WEST CENTER SAND</v>
+        <v>AMN570-WINONA AGGREGATE</v>
       </c>
       <c r="B306" t="s">
-        <v>1140</v>
+        <v>1489</v>
       </c>
       <c r="C306" t="s">
-        <v>1141</v>
+        <v>1490</v>
       </c>
     </row>
     <row r="307" spans="1:4">
       <c r="A307" t="str">
         <f t="shared" si="4"/>
-        <v>ANE552 -WATERLOO SAND</v>
+        <v>AMN576-TILSTRA</v>
       </c>
       <c r="B307" t="s">
-        <v>1546</v>
+        <v>1095</v>
       </c>
       <c r="C307" t="s">
-        <v>680</v>
+        <v>1096</v>
       </c>
     </row>
     <row r="308" spans="1:4">
       <c r="A308" t="str">
         <f t="shared" si="4"/>
-        <v>ANE560-PLANT #47</v>
+        <v>AMO002-KAHOKA</v>
       </c>
       <c r="B308" t="s">
-        <v>1143</v>
+        <v>1491</v>
       </c>
       <c r="C308" t="s">
-        <v>1137</v>
+        <v>1492</v>
       </c>
     </row>
     <row r="309" spans="1:4">
       <c r="A309" t="str">
         <f t="shared" si="4"/>
-        <v>ANE564-NORTH VALLEY SAND</v>
+        <v>AMO022-IRON MT</v>
       </c>
       <c r="B309" t="s">
-        <v>1144</v>
+        <v>1493</v>
       </c>
       <c r="C309" t="s">
-        <v>1145</v>
+        <v>1494</v>
       </c>
     </row>
     <row r="310" spans="1:4">
       <c r="A310" t="str">
         <f t="shared" si="4"/>
-        <v>ANE566-PLANT #52</v>
+        <v>AMO024-HUNTINGTON</v>
       </c>
       <c r="B310" t="s">
-        <v>1146</v>
+        <v>1495</v>
       </c>
       <c r="C310" t="s">
-        <v>1147</v>
+        <v>1496</v>
       </c>
     </row>
     <row r="311" spans="1:4">
       <c r="A311" t="str">
         <f t="shared" si="4"/>
-        <v>ASD002-DELL RAPIDS</v>
+        <v>AMO058-PIT#3</v>
       </c>
       <c r="B311" t="s">
-        <v>1547</v>
+        <v>1497</v>
       </c>
       <c r="C311" t="s">
-        <v>1548</v>
-[...2 lines deleted...]
-        <v>1565</v>
+        <v>1498</v>
       </c>
     </row>
     <row r="312" spans="1:4">
       <c r="A312" t="str">
         <f t="shared" si="4"/>
-        <v>ASD004-SIOUX FALLS QUARTZITE</v>
+        <v>AMO060-RANDOLPH MINE</v>
       </c>
       <c r="B312" t="s">
-        <v>1549</v>
+        <v>1499</v>
       </c>
       <c r="C312" t="s">
-        <v>1550</v>
-[...2 lines deleted...]
-        <v>1565</v>
+        <v>1500</v>
       </c>
     </row>
     <row r="313" spans="1:4">
       <c r="A313" t="str">
         <f t="shared" si="4"/>
-        <v>ASD006-EAST SIOUX</v>
+        <v>ANE002-WEEPING WATER MINE</v>
       </c>
       <c r="B313" t="s">
-        <v>1551</v>
+        <v>1501</v>
       </c>
       <c r="C313" t="s">
-        <v>1155</v>
+        <v>1502</v>
+      </c>
+      <c r="D313" t="s">
+        <v>1523</v>
       </c>
     </row>
     <row r="314" spans="1:4">
       <c r="A314" t="str">
         <f t="shared" si="4"/>
-        <v>ASD008-SPENCER</v>
+        <v>ANE010-FT CALHOUN</v>
       </c>
       <c r="B314" t="s">
-        <v>1573</v>
+        <v>1503</v>
       </c>
       <c r="C314" t="s">
-        <v>1574</v>
+        <v>1504</v>
       </c>
       <c r="D314" t="s">
-        <v>1565</v>
+        <v>1523</v>
       </c>
     </row>
     <row r="315" spans="1:4">
       <c r="A315" t="str">
-        <f>CONCATENATE(B315,"-",C315)</f>
-        <v>ASD526-CORSON</v>
+        <f t="shared" si="4"/>
+        <v>ANE504-WATERLOO #40</v>
       </c>
       <c r="B315" t="s">
-        <v>1152</v>
+        <v>1105</v>
       </c>
       <c r="C315" t="s">
-        <v>1153</v>
+        <v>1106</v>
       </c>
     </row>
     <row r="316" spans="1:4">
       <c r="A316" t="str">
         <f t="shared" si="4"/>
-        <v>AWI022-KINGS BLUFF</v>
+        <v>ANE544-VALLEY</v>
       </c>
       <c r="B316" t="s">
-        <v>1552</v>
+        <v>1107</v>
       </c>
       <c r="C316" t="s">
-        <v>1553</v>
+        <v>1108</v>
       </c>
     </row>
     <row r="317" spans="1:4">
       <c r="A317" t="str">
         <f t="shared" si="4"/>
-        <v>AWI030-HAVERLAND</v>
+        <v>ANE548-WEST CENTER SAND</v>
       </c>
       <c r="B317" t="s">
-        <v>1554</v>
+        <v>1109</v>
       </c>
       <c r="C317" t="s">
-        <v>1555</v>
+        <v>1110</v>
       </c>
     </row>
     <row r="318" spans="1:4">
       <c r="A318" t="str">
         <f t="shared" si="4"/>
-        <v>AWI038-ATHENS</v>
+        <v>ANE552 -WATERLOO SAND</v>
       </c>
       <c r="B318" t="s">
-        <v>1556</v>
+        <v>1505</v>
       </c>
       <c r="C318" t="s">
-        <v>1575</v>
+        <v>661</v>
       </c>
     </row>
     <row r="319" spans="1:4">
       <c r="A319" t="str">
         <f t="shared" si="4"/>
-        <v>AWI044-SLAMA</v>
+        <v>ANE560-PLANT #45</v>
       </c>
       <c r="B319" t="s">
-        <v>1557</v>
+        <v>1112</v>
       </c>
       <c r="C319" t="s">
-        <v>1558</v>
+        <v>1636</v>
       </c>
     </row>
     <row r="320" spans="1:4">
       <c r="A320" t="str">
         <f t="shared" si="4"/>
-        <v>AWI046-HAHN</v>
+        <v>ANE564-NORTH VALLEY SAND</v>
       </c>
       <c r="B320" t="s">
-        <v>1559</v>
+        <v>1113</v>
       </c>
       <c r="C320" t="s">
-        <v>1560</v>
-[...2 lines deleted...]
-    <row r="321" spans="1:3">
+        <v>1114</v>
+      </c>
+    </row>
+    <row r="321" spans="1:4">
       <c r="A321" t="str">
         <f t="shared" si="4"/>
-        <v>AWI502-PRAIRIE DU CHIEN</v>
+        <v>ANE566-PLANT #52</v>
       </c>
       <c r="B321" t="s">
-        <v>1156</v>
+        <v>1115</v>
       </c>
       <c r="C321" t="s">
-        <v>1157</v>
-[...2 lines deleted...]
-    <row r="322" spans="1:3">
+        <v>1116</v>
+      </c>
+    </row>
+    <row r="322" spans="1:4">
       <c r="A322" t="str">
         <f t="shared" si="4"/>
-        <v>AWI504-VOGT</v>
+        <v>ASD002-DELL RAPIDS</v>
       </c>
       <c r="B322" t="s">
-        <v>1158</v>
+        <v>1506</v>
       </c>
       <c r="C322" t="s">
-        <v>1576</v>
-[...2 lines deleted...]
-    <row r="323" spans="1:3">
+        <v>1507</v>
+      </c>
+      <c r="D322" t="s">
+        <v>1523</v>
+      </c>
+    </row>
+    <row r="323" spans="1:4">
       <c r="A323" t="str">
         <f t="shared" si="4"/>
-        <v>AWI514-HAGER CITY</v>
+        <v>ASD004-SIOUX FALLS QUARTZITE</v>
       </c>
       <c r="B323" t="s">
-        <v>1163</v>
+        <v>1508</v>
       </c>
       <c r="C323" t="s">
-        <v>1164</v>
-[...2 lines deleted...]
-    <row r="324" spans="1:3">
+        <v>1509</v>
+      </c>
+      <c r="D323" t="s">
+        <v>1523</v>
+      </c>
+    </row>
+    <row r="324" spans="1:4">
       <c r="A324" t="str">
         <f t="shared" si="4"/>
+        <v>ASD006-EAST SIOUX</v>
+      </c>
+      <c r="B324" t="s">
+        <v>1510</v>
+      </c>
+      <c r="C324" t="s">
+        <v>1122</v>
+      </c>
+    </row>
+    <row r="325" spans="1:4">
+      <c r="A325" t="str">
+        <f t="shared" ref="A325:A338" si="5">CONCATENATE(B325,"-",C325)</f>
+        <v>ASD008-SPENCER</v>
+      </c>
+      <c r="B325" t="s">
+        <v>1530</v>
+      </c>
+      <c r="C325" t="s">
+        <v>1531</v>
+      </c>
+      <c r="D325" t="s">
+        <v>1523</v>
+      </c>
+    </row>
+    <row r="326" spans="1:4">
+      <c r="A326" t="str">
+        <f t="shared" si="5"/>
+        <v>ASD502-BOYER</v>
+      </c>
+      <c r="B326" t="s">
+        <v>1637</v>
+      </c>
+      <c r="C326" t="s">
+        <v>1638</v>
+      </c>
+    </row>
+    <row r="327" spans="1:4">
+      <c r="A327" t="str">
+        <f>CONCATENATE(B327,"-",C327)</f>
+        <v>ASD526-CORSON</v>
+      </c>
+      <c r="B327" t="s">
+        <v>1119</v>
+      </c>
+      <c r="C327" t="s">
+        <v>1120</v>
+      </c>
+    </row>
+    <row r="328" spans="1:4">
+      <c r="A328" t="str">
+        <f t="shared" si="5"/>
+        <v>AWI022-KINGS BLUFF</v>
+      </c>
+      <c r="B328" t="s">
+        <v>1511</v>
+      </c>
+      <c r="C328" t="s">
+        <v>1512</v>
+      </c>
+    </row>
+    <row r="329" spans="1:4">
+      <c r="A329" t="str">
+        <f t="shared" si="5"/>
+        <v>AWI030-HAVERLAND</v>
+      </c>
+      <c r="B329" t="s">
+        <v>1513</v>
+      </c>
+      <c r="C329" t="s">
+        <v>1514</v>
+      </c>
+    </row>
+    <row r="330" spans="1:4">
+      <c r="A330" t="str">
+        <f t="shared" si="5"/>
+        <v>AWI038-ATHENS</v>
+      </c>
+      <c r="B330" t="s">
+        <v>1515</v>
+      </c>
+      <c r="C330" t="s">
+        <v>1532</v>
+      </c>
+    </row>
+    <row r="331" spans="1:4">
+      <c r="A331" t="str">
+        <f t="shared" si="5"/>
+        <v>AWI044-SLAMA</v>
+      </c>
+      <c r="B331" t="s">
+        <v>1516</v>
+      </c>
+      <c r="C331" t="s">
+        <v>1517</v>
+      </c>
+    </row>
+    <row r="332" spans="1:4">
+      <c r="A332" t="str">
+        <f t="shared" si="5"/>
+        <v>AWI046-HAHN</v>
+      </c>
+      <c r="B332" t="s">
+        <v>1518</v>
+      </c>
+      <c r="C332" t="s">
+        <v>1519</v>
+      </c>
+    </row>
+    <row r="333" spans="1:4">
+      <c r="A333" t="str">
+        <f t="shared" si="5"/>
+        <v>AWI502-PRAIRIE DU CHIEN</v>
+      </c>
+      <c r="B333" t="s">
+        <v>1123</v>
+      </c>
+      <c r="C333" t="s">
+        <v>1124</v>
+      </c>
+    </row>
+    <row r="334" spans="1:4">
+      <c r="A334" t="str">
+        <f t="shared" si="5"/>
+        <v>AWI504-VOGT</v>
+      </c>
+      <c r="B334" t="s">
+        <v>1125</v>
+      </c>
+      <c r="C334" t="s">
+        <v>1533</v>
+      </c>
+    </row>
+    <row r="335" spans="1:4">
+      <c r="A335" t="str">
+        <f t="shared" si="5"/>
+        <v>AWI514-HAGER CITY</v>
+      </c>
+      <c r="B335" t="s">
+        <v>1130</v>
+      </c>
+      <c r="C335" t="s">
+        <v>1131</v>
+      </c>
+    </row>
+    <row r="336" spans="1:4">
+      <c r="A336" t="str">
+        <f t="shared" si="5"/>
         <v>AWI524-HAEF</v>
       </c>
-      <c r="B324" t="s">
-[...8 lines deleted...]
-        <f t="shared" ref="A325" si="5">CONCATENATE(B325,"-",C325)</f>
+      <c r="B336" t="s">
+        <v>1136</v>
+      </c>
+      <c r="C336" t="s">
+        <v>1137</v>
+      </c>
+    </row>
+    <row r="337" spans="1:3">
+      <c r="A337" t="str">
+        <f t="shared" si="5"/>
         <v>AWI528-NELSON</v>
       </c>
-      <c r="B325" t="s">
-[...3 lines deleted...]
-        <v>741</v>
+      <c r="B337" t="s">
+        <v>1140</v>
+      </c>
+      <c r="C337" t="s">
+        <v>720</v>
+      </c>
+    </row>
+    <row r="338" spans="1:3">
+      <c r="A338" t="str">
+        <f t="shared" si="5"/>
+        <v>AWI532-WOLF</v>
+      </c>
+      <c r="B338" t="s">
+        <v>1639</v>
+      </c>
+      <c r="C338" t="s">
+        <v>1640</v>
       </c>
     </row>
   </sheetData>
-  <sheetProtection algorithmName="SHA-512" hashValue="pH9SbYJjVkCQaOkWL8TRr7wY6fEpBbFUH8J7dtpWLZf70frQv2cMLcWk7NGSrW6D0SfyvWnxVSDkamL9tr4LVA==" saltValue="JDCncmKCtfMJiNc/ymrIuA==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
+  <sheetProtection algorithmName="SHA-512" hashValue="kb8wCr7cT5liRTsqVHBZLBpb7ZNLHhAyWE0S8tF/DSErGKxnTpoWGaGKY6oYVxVZAa/H8rDVseuQAuqcJE1/2g==" saltValue="6/E85bTKQ3iAZnZw0vT8Pg==" spinCount="100000" sheet="1" objects="1" scenarios="1"/>
   <mergeCells count="1">
     <mergeCell ref="A1:D2"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>16</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>4</vt:i4>
@@ -34350,27 +34662,51 @@
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="28" name="Document_Updater">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="29" name="Document_UpdaterDesc">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="30" name="Document_UpdateDate">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="31" name="Document_Size">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="32" name="Document_Storage">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="33" name="Document_StorageDesc">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="34" name="Document_Department">
     <vt:lpwstr/>
   </property>
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="35" name="Document_DepartmentDesc">
     <vt:lpwstr/>
   </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="36" name="MSIP_Label_0faac733-ded1-41e0-8ea6-961193f81247_Enabled">
+    <vt:lpwstr>true</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="37" name="MSIP_Label_0faac733-ded1-41e0-8ea6-961193f81247_SetDate">
+    <vt:lpwstr>2026-01-06T14:14:37Z</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="38" name="MSIP_Label_0faac733-ded1-41e0-8ea6-961193f81247_Method">
+    <vt:lpwstr>Standard</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="39" name="MSIP_Label_0faac733-ded1-41e0-8ea6-961193f81247_Name">
+    <vt:lpwstr>defa4170-0d19-0005-0004-bc88714345d2</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="40" name="MSIP_Label_0faac733-ded1-41e0-8ea6-961193f81247_SiteId">
+    <vt:lpwstr>a1e65fcc-32fa-4fdd-8692-0cc2eb06676e</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="41" name="MSIP_Label_0faac733-ded1-41e0-8ea6-961193f81247_ActionId">
+    <vt:lpwstr>f2e21b5c-c2e0-49f8-b98a-55847b54d91b</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="42" name="MSIP_Label_0faac733-ded1-41e0-8ea6-961193f81247_ContentBits">
+    <vt:lpwstr>0</vt:lpwstr>
+  </property>
+  <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="43" name="MSIP_Label_0faac733-ded1-41e0-8ea6-961193f81247_Tag">
+    <vt:lpwstr>10, 3, 0, 1</vt:lpwstr>
+  </property>
 </Properties>
 </file>